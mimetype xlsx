--- v0 (2025-10-19)
+++ v1 (2025-11-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fc30c33e6df4585" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf7b1f37eb9043369f85fe30384968dc.psmdcp" Id="Raa5d7ef0ae854289" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R059989d6dd754804" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/85f3903a362c43e7aee9f2f9038a3ba0.psmdcp" Id="Rf5549b8398e64bc3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prisendring" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="231">
   <x:si>
     <x:t>09186: Final consumption expenditure, by industry, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Change in prices from the same period in the previous year (per cent)</x:t>
   </x:si>
   <x:si>