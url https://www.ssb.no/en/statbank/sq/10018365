--- v1 (2025-11-14)
+++ v2 (2025-12-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R059989d6dd754804" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/85f3903a362c43e7aee9f2f9038a3ba0.psmdcp" Id="Rf5549b8398e64bc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1389fbba00d745ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a0e6e33986e64765bb31930f4563e38b.psmdcp" Id="R26ae332ad8d04471" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prisendring" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="231">
   <x:si>
     <x:t>09186: Final consumption expenditure, by industry, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Change in prices from the same period in the previous year (per cent)</x:t>
   </x:si>
   <x:si>
@@ -586,114 +586,114 @@
   <x:si>
     <x:t>2023K3</x:t>
   </x:si>
   <x:si>
     <x:t>2023K4</x:t>
   </x:si>
   <x:si>
     <x:t>2024K1</x:t>
   </x:si>
   <x:si>
     <x:t>2024K2</x:t>
   </x:si>
   <x:si>
     <x:t>2024K3</x:t>
   </x:si>
   <x:si>
     <x:t>2024K4</x:t>
   </x:si>
   <x:si>
     <x:t>2025K1</x:t>
   </x:si>
   <x:si>
     <x:t>2025K2</x:t>
   </x:si>
   <x:si>
-    <x:t>Konsum i alt</x:t>
+    <x:t>2025K3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Consumption total</x:t>
   </x:si>
   <x:si>
     <x:t>..</x:t>
   </x:si>
   <x:si>
     <x:t>Final consumption expenditure of households and NPISHs1</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Household final consumption expenditure</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Final consumption expenditure of NPISHs1</x:t>
   </x:si>
   <x:si>
     <x:t>Final consumption expenditure of general governmen</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Final consumption expenditure of central governm</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Central government, individual</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Central government, collective</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Central government, defence</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Final consumption expenditure of local governmen</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Local government, individual</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Local government, collective</x:t>
   </x:si>
   <x:si>
     <x:t>Actual individual consumption</x:t>
   </x:si>
   <x:si>
     <x:t>Actual collective consumption</x:t>
   </x:si>
   <x:si>
-    <x:t>Unadjusted figures from the base year (final annual accounts) are preliminary.</x:t>
+    <x:t>Figures after 2023 (the base year) are preliminary.</x:t>
   </x:si>
   <x:si>
     <x:t>In the time series in volume, the figures from the base year and onwards are fixed price figures while data prior to the base year are chained volume figures. This implies that additivity in volume is lost prior to the base year.</x:t>
   </x:si>
   <x:si>
-    <x:t>Errors in seasonally adjusted figures were corrected on November 29, 2024 at 11:35 a.m.</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>.. = Data not available. Figures have not been entered into our databases or are too unreliable to be published.</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
     <x:t>Change in prices from the same period in the previous year (per cent):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250821 08:00</x:t>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Achraf Bougroug, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 15</x:t>
   </x:si>
   <x:si>
     <x:t>acb@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Units:</x:t>
   </x:si>
   <x:si>
     <x:t>per cent</x:t>
   </x:si>
@@ -1096,70 +1096,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:GI62"/>
+  <x:dimension ref="A1:GJ61"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="191" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="1" max="192" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:191">
+    <x:row r="1" spans="1:192">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:191">
+    <x:row r="3" spans="1:192">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="4" spans="1:191">
+    <x:row r="4" spans="1:192">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="I4" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J4" s="2" t="s">
@@ -1686,96 +1686,99 @@
       </x:c>
       <x:c r="GB4" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="GC4" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="GD4" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="GE4" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="GF4" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="GG4" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="GH4" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="GI4" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
+      <x:c r="GJ4" s="2" t="s">
+        <x:v>192</x:v>
+      </x:c>
     </x:row>
-    <x:row r="5" spans="1:191">
+    <x:row r="5" spans="1:192">
       <x:c r="A5" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B5" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E5" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="G5" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="I5" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="J5" s="4" t="n">
         <x:v>8.1</x:v>
       </x:c>
       <x:c r="K5" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
       <x:c r="L5" s="4" t="n">
         <x:v>10.4</x:v>
       </x:c>
       <x:c r="M5" s="4" t="n">
         <x:v>10.7</x:v>
       </x:c>
       <x:c r="N5" s="4" t="n">
         <x:v>12.6</x:v>
       </x:c>
       <x:c r="O5" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>12.3</x:v>
       </x:c>
       <x:c r="P5" s="4" t="n">
         <x:v>12.2</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="n">
         <x:v>11.8</x:v>
       </x:c>
       <x:c r="R5" s="4" t="n">
         <x:v>11.6</x:v>
       </x:c>
       <x:c r="S5" s="4" t="n">
         <x:v>11.4</x:v>
       </x:c>
       <x:c r="T5" s="4" t="n">
         <x:v>10.9</x:v>
       </x:c>
       <x:c r="U5" s="4" t="n">
         <x:v>10.6</x:v>
       </x:c>
       <x:c r="V5" s="4" t="n">
         <x:v>9.7</x:v>
       </x:c>
       <x:c r="W5" s="4" t="n">
         <x:v>8.1</x:v>
       </x:c>
@@ -1824,99 +1827,99 @@
       <x:c r="AL5" s="4" t="n">
         <x:v>10.7</x:v>
       </x:c>
       <x:c r="AM5" s="4" t="n">
         <x:v>8.9</x:v>
       </x:c>
       <x:c r="AN5" s="4" t="n">
         <x:v>7.8</x:v>
       </x:c>
       <x:c r="AO5" s="4" t="n">
         <x:v>7.6</x:v>
       </x:c>
       <x:c r="AP5" s="4" t="n">
         <x:v>6.1</x:v>
       </x:c>
       <x:c r="AQ5" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="AR5" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="AS5" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="AT5" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="AU5" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="AV5" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="AW5" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="AX5" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="AY5" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AZ5" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="BA5" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="BB5" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="BC5" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="BD5" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="BE5" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="BF5" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="BG5" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="BH5" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="BI5" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="BJ5" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="BK5" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="BL5" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="BM5" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="BN5" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="BO5" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="BP5" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="BQ5" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="BR5" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
@@ -1968,392 +1971,395 @@
       <x:c r="CH5" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="CI5" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="CJ5" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="CK5" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="CL5" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="CM5" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="CN5" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="CO5" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="CP5" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="CQ5" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="CR5" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="CS5" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="CT5" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="CU5" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="CV5" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="CW5" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="CX5" s="4" t="n">
+        <x:v>5.2</x:v>
+      </x:c>
+      <x:c r="CY5" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
-      <x:c r="CW5" s="4" t="n">
+      <x:c r="CZ5" s="4" t="n">
         <x:v>2.7</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2.8</x:v>
       </x:c>
       <x:c r="DA5" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="DB5" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="DC5" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="DD5" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="DE5" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="DF5" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="DG5" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="DH5" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="DI5" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="DJ5" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="DK5" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="DL5" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="DM5" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="DN5" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="DO5" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="DP5" s="4" t="n">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="DQ5" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="DR5" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="DS5" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="DT5" s="4" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="DU5" s="4" t="n">
+        <x:v>5.1</x:v>
+      </x:c>
+      <x:c r="DV5" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="DW5" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="DX5" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="DY5" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="DZ5" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="EA5" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+      <x:c r="EB5" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="EC5" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="ED5" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="EE5" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="EF5" s="4" t="n">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="EG5" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="EH5" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="EI5" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="EJ5" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="EK5" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+      <x:c r="EL5" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="EM5" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="EN5" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="EO5" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="EP5" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="EQ5" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="ER5" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="ES5" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="ET5" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="EU5" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="EV5" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="EW5" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="EX5" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="EY5" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="EZ5" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="FA5" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="FB5" s="4" t="n">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="FC5" s="4" t="n">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="FD5" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="FE5" s="4" t="n">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="FF5" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="FG5" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="FH5" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="FI5" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="FJ5" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="FK5" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
-      <x:c r="DM5" s="4" t="n">
-[...5 lines deleted...]
-      <x:c r="DO5" s="4" t="n">
+      <x:c r="FL5" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
-      <x:c r="DP5" s="4" t="n">
-[...41 lines deleted...]
-      <x:c r="ED5" s="4" t="n">
+      <x:c r="FM5" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="FN5" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="FO5" s="4" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="FP5" s="4" t="n">
         <x:v>2.3</x:v>
-      </x:c>
-[...112 lines deleted...]
-        <x:v>2.8</x:v>
       </x:c>
       <x:c r="FQ5" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="FR5" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="FS5" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="FT5" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="FU5" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="FV5" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="FW5" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="FX5" s="4" t="n">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="FY5" s="4" t="n">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="FZ5" s="4" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="GA5" s="4" t="n">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="GB5" s="4" t="n">
+        <x:v>4.6</x:v>
+      </x:c>
+      <x:c r="GC5" s="4" t="n">
+        <x:v>4.6</x:v>
+      </x:c>
+      <x:c r="GD5" s="4" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="GE5" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
-      <x:c r="FW5" s="4" t="n">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="GF5" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="GG5" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="GH5" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="GI5" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="GJ5" s="4" t="n">
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:191">
+    <x:row r="6" spans="1:192">
       <x:c r="A6" s="2" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="B6" s="3" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="B6" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="I6" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="J6" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
       <x:c r="K6" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
       <x:c r="L6" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>10.8</x:v>
       </x:c>
       <x:c r="M6" s="4" t="n">
         <x:v>11.1</x:v>
       </x:c>
       <x:c r="N6" s="4" t="n">
         <x:v>13.6</x:v>
       </x:c>
       <x:c r="O6" s="4" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="P6" s="4" t="n">
-        <x:v>13.1</x:v>
+        <x:v>13.2</x:v>
       </x:c>
       <x:c r="Q6" s="4" t="n">
         <x:v>12.3</x:v>
       </x:c>
       <x:c r="R6" s="4" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="S6" s="4" t="n">
         <x:v>11.7</x:v>
       </x:c>
       <x:c r="T6" s="4" t="n">
         <x:v>10.9</x:v>
       </x:c>
       <x:c r="U6" s="4" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="V6" s="4" t="n">
         <x:v>10.5</x:v>
       </x:c>
       <x:c r="W6" s="4" t="n">
         <x:v>8.3</x:v>
       </x:c>
       <x:c r="X6" s="4" t="n">
         <x:v>7.6</x:v>
       </x:c>
@@ -2399,503 +2405,506 @@
       <x:c r="AL6" s="4" t="n">
         <x:v>10.9</x:v>
       </x:c>
       <x:c r="AM6" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
       <x:c r="AN6" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="AO6" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="AP6" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="AQ6" s="4" t="n">
         <x:v>7.1</x:v>
       </x:c>
       <x:c r="AR6" s="4" t="n">
         <x:v>6.1</x:v>
       </x:c>
       <x:c r="AS6" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="AT6" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="AU6" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="AV6" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="AW6" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="AX6" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="AY6" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="AZ6" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="BA6" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="BB6" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="BC6" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="BD6" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="BE6" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="BF6" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="BG6" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="BH6" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="BI6" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="BJ6" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="BK6" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="BL6" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="BM6" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="BN6" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="BO6" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="BP6" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="BQ6" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="BR6" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="BS6" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="BT6" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="BU6" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="BV6" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="BW6" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="BX6" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="BY6" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="BZ6" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="CA6" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="CB6" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="CC6" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="CD6" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="CE6" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="CF6" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="CG6" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="CH6" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="CI6" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="CJ6" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="CK6" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="CL6" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="CM6" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="CN6" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="CO6" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="CP6" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="CQ6" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="CR6" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="CS6" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="CT6" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="CU6" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="CV6" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="CW6" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="CX6" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="CY6" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="CZ6" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="DA6" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="DB6" s="4" t="n">
         <x:v>-0.3</x:v>
       </x:c>
       <x:c r="DC6" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+      <x:c r="DD6" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="DE6" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="DF6" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="DG6" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="DH6" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="DI6" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="DJ6" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="DK6" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="DL6" s="4" t="n">
+        <x:v>1.4</x:v>
+      </x:c>
+      <x:c r="DM6" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="DN6" s="4" t="n">
+        <x:v>1.2</x:v>
+      </x:c>
+      <x:c r="DO6" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="DP6" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="DQ6" s="4" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="DR6" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="DS6" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="DT6" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="DU6" s="4" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="DV6" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="DW6" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="DX6" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="DY6" s="4" t="n">
+        <x:v>0.7</x:v>
+      </x:c>
+      <x:c r="DZ6" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="EA6" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+      <x:c r="EB6" s="4" t="n">
+        <x:v>1.2</x:v>
+      </x:c>
+      <x:c r="EC6" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="ED6" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="EE6" s="4" t="n">
+        <x:v>1.2</x:v>
+      </x:c>
+      <x:c r="EF6" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="EG6" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="EH6" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EI6" s="4" t="n">
+        <x:v>0.7</x:v>
+      </x:c>
+      <x:c r="EJ6" s="4" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="EK6" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="EL6" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="EM6" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="EN6" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="EO6" s="4" t="n">
+        <x:v>1.2</x:v>
+      </x:c>
+      <x:c r="EP6" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="EQ6" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
-      <x:c r="DD6" s="4" t="n">
+      <x:c r="ER6" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="ES6" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
-      <x:c r="DE6" s="4" t="n">
+      <x:c r="ET6" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="EU6" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
-      <x:c r="DF6" s="4" t="n">
-[...2 lines deleted...]
-      <x:c r="DG6" s="4" t="n">
+      <x:c r="EV6" s="4" t="n">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="EW6" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="EX6" s="4" t="n">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="EY6" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="EZ6" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="FA6" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="FB6" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+      <x:c r="FC6" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="FD6" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="FE6" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="FF6" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="FG6" s="4" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="FH6" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="FI6" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="FJ6" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="FK6" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="FL6" s="4" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="FM6" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="FN6" s="4" t="n">
+        <x:v>0.7</x:v>
+      </x:c>
+      <x:c r="FO6" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="FP6" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
-      <x:c r="DH6" s="4" t="n">
-[...17 lines deleted...]
-      <x:c r="DN6" s="4" t="n">
+      <x:c r="FQ6" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="FR6" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="FS6" s="4" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="FT6" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
-      <x:c r="DO6" s="4" t="n">
-[...17 lines deleted...]
-      <x:c r="DU6" s="4" t="n">
+      <x:c r="FU6" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="FV6" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="FW6" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
-      <x:c r="DV6" s="4" t="n">
-[...160 lines deleted...]
-      </x:c>
       <x:c r="FX6" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="FY6" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="FZ6" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="GA6" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="GB6" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="GC6" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="GD6" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="GE6" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="GF6" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="GG6" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="GH6" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="GI6" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="GJ6" s="4" t="n">
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
-    <x:row r="7" spans="1:191">
+    <x:row r="7" spans="1:192">
       <x:c r="A7" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E7" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="G7" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="I7" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="J7" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="K7" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
       <x:c r="L7" s="4" t="n">
         <x:v>10.9</x:v>
       </x:c>
       <x:c r="M7" s="4" t="n">
         <x:v>11.2</x:v>
       </x:c>
@@ -2929,69 +2938,69 @@
       <x:c r="W7" s="4" t="n">
         <x:v>8.4</x:v>
       </x:c>
       <x:c r="X7" s="4" t="n">
         <x:v>7.6</x:v>
       </x:c>
       <x:c r="Y7" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="Z7" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="AA7" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="AB7" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="AC7" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="AD7" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="AE7" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="AF7" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="AG7" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="AH7" s="4" t="n">
         <x:v>6.1</x:v>
       </x:c>
       <x:c r="AI7" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="AJ7" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="AK7" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="AL7" s="4" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="AM7" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
       <x:c r="AN7" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="AO7" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="AP7" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="AQ7" s="4" t="n">
         <x:v>7.2</x:v>
       </x:c>
       <x:c r="AR7" s="4" t="n">
         <x:v>6.1</x:v>
       </x:c>
       <x:c r="AS7" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
@@ -3052,1000 +3061,1006 @@
       <x:c r="BL7" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="BM7" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="BN7" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="BO7" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="BP7" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="BQ7" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="BR7" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="BS7" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="BT7" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="BU7" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="BV7" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="BW7" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="BX7" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="BY7" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="BZ7" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="CA7" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="CB7" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="CC7" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="CD7" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="CE7" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="CF7" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="CG7" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="CH7" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="CI7" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="CJ7" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="CK7" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="CL7" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="CM7" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="CN7" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="CO7" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="CP7" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="CQ7" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="CR7" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="CS7" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="CT7" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="CU7" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="CV7" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="CW7" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="CX7" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="CY7" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="CZ7" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="DA7" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="DB7" s="4" t="n">
         <x:v>-0.4</x:v>
       </x:c>
       <x:c r="DC7" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="DD7" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="DE7" s="4" t="n">
         <x:v>1.6</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1.7</x:v>
       </x:c>
       <x:c r="DF7" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="DG7" s="4" t="n">
+        <x:v>1.2</x:v>
+      </x:c>
+      <x:c r="DH7" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
-      <x:c r="DH7" s="4" t="n">
+      <x:c r="DI7" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="DJ7" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="DK7" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
-      <x:c r="DI7" s="4" t="n">
+      <x:c r="DL7" s="4" t="n">
+        <x:v>1.2</x:v>
+      </x:c>
+      <x:c r="DM7" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="DN7" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="DO7" s="4" t="n">
+        <x:v>0.7</x:v>
+      </x:c>
+      <x:c r="DP7" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="DQ7" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
-      <x:c r="DJ7" s="4" t="n">
+      <x:c r="DR7" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="DS7" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="DT7" s="4" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="DU7" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="DV7" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="DW7" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="DX7" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="DY7" s="4" t="n">
+        <x:v>0.7</x:v>
+      </x:c>
+      <x:c r="DZ7" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="EA7" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+      <x:c r="EB7" s="4" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="EC7" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="ED7" s="4" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="EE7" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="EF7" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="EG7" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="EH7" s="4" t="n">
+        <x:v>-0.1</x:v>
+      </x:c>
+      <x:c r="EI7" s="4" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="EJ7" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="EK7" s="4" t="n">
+        <x:v>1.2</x:v>
+      </x:c>
+      <x:c r="EL7" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="EM7" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="EN7" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="EO7" s="4" t="n">
+        <x:v>1.2</x:v>
+      </x:c>
+      <x:c r="EP7" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="EQ7" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+      <x:c r="ER7" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="ES7" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+      <x:c r="ET7" s="4" t="n">
+        <x:v>1.2</x:v>
+      </x:c>
+      <x:c r="EU7" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="EV7" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="EW7" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="EX7" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
-      <x:c r="DK7" s="4" t="n">
+      <x:c r="EY7" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="EZ7" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="FA7" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="FB7" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="FC7" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
-      <x:c r="DL7" s="4" t="n">
+      <x:c r="FD7" s="4" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="FE7" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
-      <x:c r="DM7" s="4" t="n">
+      <x:c r="FF7" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+      <x:c r="FG7" s="4" t="n">
+        <x:v>1.2</x:v>
+      </x:c>
+      <x:c r="FH7" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="FI7" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="FJ7" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="DN7" s="4" t="n">
+      <x:c r="FK7" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="FL7" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="FM7" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
-      <x:c r="DO7" s="4" t="n">
-[...38 lines deleted...]
-      <x:c r="EB7" s="4" t="n">
+      <x:c r="FN7" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="FO7" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
-      <x:c r="EC7" s="4" t="n">
-[...5 lines deleted...]
-      <x:c r="EE7" s="4" t="n">
+      <x:c r="FP7" s="4" t="n">
         <x:v>1.4</x:v>
-      </x:c>
-[...109 lines deleted...]
-        <x:v>2.1</x:v>
       </x:c>
       <x:c r="FQ7" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="FR7" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="FS7" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="FT7" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="FU7" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="FV7" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="FW7" s="4" t="n">
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="FX7" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
-      <x:c r="FX7" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="FY7" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="FZ7" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="GA7" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="GB7" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="GC7" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="GD7" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="GE7" s="4" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="GF7" s="4" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="GG7" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="GH7" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="GI7" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="GJ7" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:192">
+      <x:c r="A8" s="2" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="F8" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
-      <x:c r="GF7" s="4" t="n">
-[...30 lines deleted...]
-      </x:c>
       <x:c r="G8" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="I8" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="J8" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="K8" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="L8" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="M8" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="N8" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="O8" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="P8" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="Q8" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="R8" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="S8" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="T8" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="U8" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="V8" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="W8" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="X8" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="Y8" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="Z8" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="AA8" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="AB8" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="AC8" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="AD8" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="AE8" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="AF8" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="AG8" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="AH8" s="4" t="n">
         <x:v>6.9</x:v>
       </x:c>
       <x:c r="AI8" s="4" t="n">
         <x:v>6.9</x:v>
       </x:c>
       <x:c r="AJ8" s="4" t="n">
         <x:v>6.9</x:v>
       </x:c>
       <x:c r="AK8" s="4" t="n">
         <x:v>6.9</x:v>
       </x:c>
       <x:c r="AL8" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
       <x:c r="AM8" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
       <x:c r="AN8" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
       <x:c r="AO8" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
       <x:c r="AP8" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="AQ8" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="AR8" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="AS8" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="AT8" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="AU8" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="AV8" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="AW8" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="AX8" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="AY8" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="AZ8" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="BA8" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="BB8" s="4" t="n">
         <x:v>3.2</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>3.1</x:v>
       </x:c>
       <x:c r="BC8" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="BD8" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="BE8" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="BF8" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="BG8" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="BH8" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="BI8" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="BJ8" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="BK8" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="BL8" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="BM8" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="BN8" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="BM8" s="4" t="n">
+      <x:c r="BO8" s="4" t="n">
         <x:v>3</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2.8</x:v>
       </x:c>
       <x:c r="BP8" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="BQ8" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="BR8" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="BS8" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="BT8" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="BU8" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="BV8" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="BW8" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="BX8" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="BY8" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>12.2</x:v>
       </x:c>
       <x:c r="BZ8" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="CA8" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="CB8" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="CC8" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="CD8" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="CE8" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="CF8" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="CG8" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="CH8" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="CI8" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="CJ8" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="CK8" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="CL8" s="4" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="CM8" s="4" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="CN8" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="CO8" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="CP8" s="4" t="n">
+        <x:v>4.6</x:v>
+      </x:c>
+      <x:c r="CQ8" s="4" t="n">
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="CR8" s="4" t="n">
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="CS8" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="CT8" s="4" t="n">
+        <x:v>1.4</x:v>
+      </x:c>
+      <x:c r="CU8" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
-      <x:c r="CL8" s="4" t="n">
-[...2 lines deleted...]
-      <x:c r="CM8" s="4" t="n">
+      <x:c r="CV8" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="CW8" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="CX8" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="CY8" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="CZ8" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="DA8" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="DB8" s="4" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="DC8" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="DD8" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="DE8" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="DF8" s="4" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="DG8" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="DH8" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="DI8" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="DJ8" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="DK8" s="4" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="DL8" s="4" t="n">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="DM8" s="4" t="n">
+        <x:v>5.6</x:v>
+      </x:c>
+      <x:c r="DN8" s="4" t="n">
+        <x:v>5.7</x:v>
+      </x:c>
+      <x:c r="DO8" s="4" t="n">
+        <x:v>6.1</x:v>
+      </x:c>
+      <x:c r="DP8" s="4" t="n">
+        <x:v>5.8</x:v>
+      </x:c>
+      <x:c r="DQ8" s="4" t="n">
+        <x:v>5.4</x:v>
+      </x:c>
+      <x:c r="DR8" s="4" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="DS8" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
-      <x:c r="CN8" s="4" t="n">
-[...11 lines deleted...]
-      <x:c r="CR8" s="4" t="n">
+      <x:c r="DT8" s="4" t="n">
+        <x:v>5.9</x:v>
+      </x:c>
+      <x:c r="DU8" s="4" t="n">
+        <x:v>7.3</x:v>
+      </x:c>
+      <x:c r="DV8" s="4" t="n">
+        <x:v>5.3</x:v>
+      </x:c>
+      <x:c r="DW8" s="4" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="DX8" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="DY8" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="DZ8" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="EA8" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="EB8" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="EC8" s="4" t="n">
+        <x:v>5.3</x:v>
+      </x:c>
+      <x:c r="ED8" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
-      <x:c r="CS8" s="4" t="n">
-[...44 lines deleted...]
-      <x:c r="DH8" s="4" t="n">
+      <x:c r="EE8" s="4" t="n">
+        <x:v>4.6</x:v>
+      </x:c>
+      <x:c r="EF8" s="4" t="n">
         <x:v>3.4</x:v>
-      </x:c>
-[...70 lines deleted...]
-        <x:v>3.3</x:v>
       </x:c>
       <x:c r="EG8" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="EH8" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="EI8" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="EJ8" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="EK8" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="EL8" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="EM8" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="EN8" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="EO8" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="EP8" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="EQ8" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="ER8" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="ES8" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="ET8" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="EU8" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="EV8" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="EW8" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="EX8" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="EY8" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="EZ8" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="FA8" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="FB8" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="FC8" s="4" t="n">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="FD8" s="4" t="n">
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="FE8" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="FF8" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="FG8" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FH8" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+      <x:c r="FI8" s="4" t="n">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="FJ8" s="4" t="n">
+        <x:v>6.9</x:v>
+      </x:c>
+      <x:c r="FK8" s="4" t="n">
+        <x:v>7.7</x:v>
+      </x:c>
+      <x:c r="FL8" s="4" t="n">
+        <x:v>5.7</x:v>
+      </x:c>
+      <x:c r="FM8" s="4" t="n">
+        <x:v>-0.9</x:v>
+      </x:c>
+      <x:c r="FN8" s="4" t="n">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="FO8" s="4" t="n">
+        <x:v>6.7</x:v>
+      </x:c>
+      <x:c r="FP8" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="FQ8" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="FR8" s="4" t="n">
+        <x:v>8.8</x:v>
+      </x:c>
+      <x:c r="FS8" s="4" t="n">
+        <x:v>-0.4</x:v>
+      </x:c>
+      <x:c r="FT8" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="FU8" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="FV8" s="4" t="n">
+        <x:v>-5.1</x:v>
+      </x:c>
+      <x:c r="FW8" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="FX8" s="4" t="n">
+        <x:v>11.9</x:v>
+      </x:c>
+      <x:c r="FY8" s="4" t="n">
+        <x:v>9.2</x:v>
+      </x:c>
+      <x:c r="FZ8" s="4" t="n">
+        <x:v>9.4</x:v>
+      </x:c>
+      <x:c r="GA8" s="4" t="n">
+        <x:v>9.8</x:v>
+      </x:c>
+      <x:c r="GB8" s="4" t="n">
+        <x:v>10.3</x:v>
+      </x:c>
+      <x:c r="GC8" s="4" t="n">
+        <x:v>11.3</x:v>
+      </x:c>
+      <x:c r="GD8" s="4" t="n">
+        <x:v>5.7</x:v>
+      </x:c>
+      <x:c r="GE8" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="GF8" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="GG8" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="GH8" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="GI8" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="GJ8" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
-      <x:c r="EY8" s="4" t="n">
-[...109 lines deleted...]
-      </x:c>
     </x:row>
-    <x:row r="9" spans="1:191">
+    <x:row r="9" spans="1:192">
       <x:c r="A9" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
         <x:v>9.6</x:v>
       </x:c>
       <x:c r="K9" s="4" t="n">
         <x:v>9.5</x:v>
       </x:c>
       <x:c r="L9" s="4" t="n">
         <x:v>9.5</x:v>
       </x:c>
       <x:c r="M9" s="4" t="n">
         <x:v>9.5</x:v>
       </x:c>
@@ -4202,425 +4217,428 @@
       <x:c r="BL9" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="BM9" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="BN9" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="BO9" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="BP9" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="BQ9" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="BR9" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="BS9" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="BT9" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="BU9" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="BV9" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="BW9" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="BX9" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="BY9" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="BZ9" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="CA9" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="CB9" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="CC9" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="CD9" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="CE9" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="CF9" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="CG9" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="CH9" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="CI9" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="CJ9" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="CK9" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="CL9" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="CM9" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="CN9" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="CO9" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="CP9" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="CQ9" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="CR9" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="CS9" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="CT9" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="CU9" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="CV9" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="CW9" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="CX9" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="CY9" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="CZ9" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="DA9" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="DB9" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="DC9" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="DD9" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="DE9" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="DF9" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="DG9" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="DH9" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="DI9" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="DJ9" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="DK9" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="DL9" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="DM9" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="DN9" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="DO9" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="DP9" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="DQ9" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="DR9" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="DS9" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="DT9" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="DU9" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="DV9" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="DW9" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="DX9" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="DY9" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="DZ9" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="EA9" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="EB9" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="EC9" s="4" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="ED9" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="EE9" s="4" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="EF9" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
-      <x:c r="DY9" s="4" t="n">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="EG9" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="EH9" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="EI9" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="EJ9" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="EK9" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="EL9" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="EM9" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="EN9" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="EO9" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="EP9" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="EQ9" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="ER9" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="ES9" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="ET9" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="EU9" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="EV9" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="EW9" s="4" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="EX9" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
-      <x:c r="EW9" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="EY9" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="EZ9" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="FA9" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="FB9" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="FC9" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="FD9" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="FE9" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="FF9" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="FG9" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="FH9" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="FI9" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="FJ9" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="FK9" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="FL9" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="FM9" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="FN9" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
-      <x:c r="FN9" s="4" t="n">
+      <x:c r="FO9" s="4" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="FP9" s="4" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="FQ9" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="FR9" s="4" t="n">
+        <x:v>5.3</x:v>
+      </x:c>
+      <x:c r="FS9" s="4" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="FT9" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="FU9" s="4" t="n">
+        <x:v>5.3</x:v>
+      </x:c>
+      <x:c r="FV9" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="FW9" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="FX9" s="4" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="FY9" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="FZ9" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+      <x:c r="GA9" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="GB9" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="GC9" s="4" t="n">
+        <x:v>5.3</x:v>
+      </x:c>
+      <x:c r="GD9" s="4" t="n">
+        <x:v>4.6</x:v>
+      </x:c>
+      <x:c r="GE9" s="4" t="n">
         <x:v>4.2</x:v>
-      </x:c>
-[...49 lines deleted...]
-        <x:v>4.3</x:v>
       </x:c>
       <x:c r="GF9" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="GG9" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="GH9" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="GI9" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="GJ9" s="4" t="n">
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
-    <x:row r="10" spans="1:191">
+    <x:row r="10" spans="1:192">
       <x:c r="A10" s="2" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E10" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
         <x:v>10.2</x:v>
       </x:c>
       <x:c r="K10" s="4" t="n">
         <x:v>10.2</x:v>
       </x:c>
       <x:c r="L10" s="4" t="n">
         <x:v>10.2</x:v>
       </x:c>
       <x:c r="M10" s="4" t="n">
         <x:v>10.2</x:v>
       </x:c>
@@ -4771,431 +4789,434 @@
       <x:c r="BJ10" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="BK10" s="4" t="n">
         <x:v>-1.9</x:v>
       </x:c>
       <x:c r="BL10" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="BM10" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="BN10" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="BO10" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="BP10" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="BQ10" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="BR10" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="BS10" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="BT10" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="BU10" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="BV10" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="BW10" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="BX10" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="BY10" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="BZ10" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="CA10" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="CB10" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="CC10" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="CD10" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="CE10" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="CF10" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="CG10" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="CH10" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="CI10" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="CJ10" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="CK10" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="CL10" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="CM10" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="CN10" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="CO10" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="CP10" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="CQ10" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="CR10" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="CS10" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="CT10" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="CU10" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="CV10" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="CW10" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="CX10" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="CY10" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="CZ10" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="DA10" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="DB10" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="DC10" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="DD10" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="DE10" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="DF10" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="DG10" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="DH10" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="DI10" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="DJ10" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="DK10" s="4" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="DL10" s="4" t="n">
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="DM10" s="4" t="n">
+        <x:v>5.9</x:v>
+      </x:c>
+      <x:c r="DN10" s="4" t="n">
         <x:v>4.6</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>4.5</x:v>
       </x:c>
       <x:c r="DO10" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="DP10" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="DQ10" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="DR10" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="DS10" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="DT10" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="DU10" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
       <x:c r="DV10" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="DW10" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="DX10" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="DY10" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="DZ10" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="EA10" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="EB10" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
-      <x:c r="DY10" s="4" t="n">
+      <x:c r="EC10" s="4" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+      <x:c r="ED10" s="4" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="EE10" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="EF10" s="4" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="EG10" s="4" t="n">
+        <x:v>5.4</x:v>
+      </x:c>
+      <x:c r="EH10" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="EI10" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="EJ10" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="EK10" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
-      <x:c r="DZ10" s="4" t="n">
+      <x:c r="EL10" s="4" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="EM10" s="4" t="n">
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="EN10" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="EO10" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="EP10" s="4" t="n">
         <x:v>2.9</x:v>
-      </x:c>
-[...46 lines deleted...]
-        <x:v>2.8</x:v>
       </x:c>
       <x:c r="EQ10" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="ER10" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="ES10" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="ET10" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="EU10" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="EV10" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="EW10" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="EX10" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="EY10" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="EZ10" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="FA10" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="FB10" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="FC10" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="FD10" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="FE10" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="FF10" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="FG10" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="FH10" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="FI10" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="FJ10" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="FK10" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="FL10" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="FM10" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="FN10" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="FO10" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="FP10" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="FQ10" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="FR10" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="FS10" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="FT10" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="FU10" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="FV10" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="FW10" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="FX10" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="FY10" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="FZ10" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="GA10" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="GB10" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="GC10" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="GD10" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="GE10" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="GF10" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="GG10" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="GH10" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="GI10" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="GJ10" s="4" t="n">
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:191">
+    <x:row r="11" spans="1:192">
       <x:c r="A11" s="2" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E11" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
         <x:v>11.9</x:v>
       </x:c>
       <x:c r="K11" s="4" t="n">
         <x:v>11.9</x:v>
       </x:c>
       <x:c r="L11" s="4" t="n">
         <x:v>11.9</x:v>
       </x:c>
       <x:c r="M11" s="4" t="n">
         <x:v>11.9</x:v>
       </x:c>
@@ -5346,431 +5367,434 @@
       <x:c r="BJ11" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="BK11" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="BL11" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="BM11" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="BN11" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="BO11" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="BP11" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="BQ11" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="BR11" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="BS11" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="BT11" s="4" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+      <x:c r="BU11" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
-      <x:c r="BU11" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="BV11" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="BW11" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="BX11" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="BY11" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="BZ11" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="CA11" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="CB11" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="CC11" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="CD11" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="CE11" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>10.3</x:v>
       </x:c>
       <x:c r="CF11" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="CG11" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="CH11" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="CI11" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="CJ11" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="CK11" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="CL11" s="4" t="n">
         <x:v>-3</x:v>
       </x:c>
       <x:c r="CM11" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="CN11" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="CO11" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="CP11" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="CQ11" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="CR11" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="CS11" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="CT11" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="CU11" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="CV11" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="CW11" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="CX11" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="CY11" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="CZ11" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="DA11" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="DB11" s="4" t="n">
+        <x:v>-0.6</x:v>
+      </x:c>
+      <x:c r="DC11" s="4" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="DD11" s="4" t="n">
+        <x:v>4.6</x:v>
+      </x:c>
+      <x:c r="DE11" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="DF11" s="4" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="DG11" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="DH11" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="DI11" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="DJ11" s="4" t="n">
+        <x:v>4.5</x:v>
+      </x:c>
+      <x:c r="DK11" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="DL11" s="4" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="DM11" s="4" t="n">
+        <x:v>5.1</x:v>
+      </x:c>
+      <x:c r="DN11" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="DO11" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
-      <x:c r="CZ11" s="4" t="n">
-[...2 lines deleted...]
-      <x:c r="DA11" s="4" t="n">
+      <x:c r="DP11" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="DQ11" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="DR11" s="4" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+      <x:c r="DS11" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="DT11" s="4" t="n">
+        <x:v>5.8</x:v>
+      </x:c>
+      <x:c r="DU11" s="4" t="n">
+        <x:v>9.4</x:v>
+      </x:c>
+      <x:c r="DV11" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="DW11" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="DX11" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="DY11" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="DZ11" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="EA11" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="EB11" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
-      <x:c r="DB11" s="4" t="n">
-[...2 lines deleted...]
-      <x:c r="DC11" s="4" t="n">
+      <x:c r="EC11" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
-      <x:c r="DD11" s="4" t="n">
-[...76 lines deleted...]
-      </x:c>
       <x:c r="ED11" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="EE11" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="EF11" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="EG11" s="4" t="n">
         <x:v>7.1</x:v>
       </x:c>
       <x:c r="EH11" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="EI11" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="EJ11" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="EK11" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="EL11" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="EM11" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="EN11" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="EO11" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="EP11" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="EQ11" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="ER11" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="ES11" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="ET11" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="EU11" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="EV11" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="EW11" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="EX11" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="EY11" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="EZ11" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="FA11" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="FB11" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="FC11" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="FD11" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="FE11" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="FF11" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="FG11" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="FH11" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="FI11" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="FJ11" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="FK11" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="FL11" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="FM11" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="FN11" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="FO11" s="4" t="n">
-        <x:v>17.1</x:v>
+        <x:v>15.4</x:v>
       </x:c>
       <x:c r="FP11" s="4" t="n">
+        <x:v>8.2</x:v>
+      </x:c>
+      <x:c r="FQ11" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
-      <x:c r="FQ11" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="FR11" s="4" t="n">
-        <x:v>10.2</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="FS11" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-2.2</x:v>
       </x:c>
       <x:c r="FT11" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="FU11" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="FV11" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="FW11" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="FX11" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="FY11" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="FZ11" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
       <x:c r="GA11" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="GB11" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="GC11" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="GD11" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="GE11" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="GF11" s="4" t="n">
+        <x:v>5.3</x:v>
+      </x:c>
+      <x:c r="GG11" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
-      <x:c r="GF11" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="GH11" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="GI11" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="GJ11" s="4" t="n">
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:191">
+    <x:row r="12" spans="1:192">
       <x:c r="A12" s="2" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="I12" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="J12" s="4" t="n">
         <x:v>9.5</x:v>
       </x:c>
       <x:c r="K12" s="4" t="n">
         <x:v>9.5</x:v>
       </x:c>
       <x:c r="L12" s="4" t="n">
         <x:v>9.5</x:v>
       </x:c>
       <x:c r="M12" s="4" t="n">
         <x:v>9.5</x:v>
       </x:c>
@@ -5924,428 +5948,431 @@
       <x:c r="BK12" s="4" t="n">
         <x:v>-3.4</x:v>
       </x:c>
       <x:c r="BL12" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="BM12" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="BN12" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="BO12" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="BP12" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="BQ12" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="BR12" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="BS12" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="BT12" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="BU12" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="BV12" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="BW12" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="BX12" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="BY12" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="BZ12" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="CA12" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="CB12" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="CC12" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="CD12" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="CE12" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="CF12" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="CG12" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="CH12" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="CI12" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="CJ12" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="CK12" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="CL12" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="CM12" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="CN12" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="CO12" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="CP12" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="CQ12" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="CR12" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="CS12" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="CT12" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="CU12" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="CV12" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="CW12" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="CX12" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="CY12" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="CZ12" s="4" t="n">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="DA12" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="DB12" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="DC12" s="4" t="n">
         <x:v>1.8</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1.9</x:v>
       </x:c>
       <x:c r="DD12" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="DE12" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="DF12" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="DG12" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="DH12" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="DI12" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="DJ12" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="DK12" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="DL12" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="DM12" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="DN12" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="DO12" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="DP12" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="DQ12" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="DR12" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="DS12" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="DT12" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="DU12" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
       <x:c r="DV12" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="DW12" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="DX12" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="DY12" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="DZ12" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="EA12" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="EB12" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="EC12" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="ED12" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="EE12" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="EF12" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="EG12" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
-      <x:c r="EG12" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="EH12" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="EI12" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="EJ12" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="EK12" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="EI12" s="4" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="EL12" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="EM12" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="EN12" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="EO12" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="EP12" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="EQ12" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="ER12" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="ES12" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="ET12" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="EU12" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="EV12" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
       <x:c r="EW12" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="EX12" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="EY12" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="EZ12" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="FA12" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="FB12" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="FC12" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="FD12" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="FE12" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="FF12" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="FG12" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="FH12" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="FI12" s="4" t="n">
+        <x:v>5.8</x:v>
+      </x:c>
+      <x:c r="FJ12" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="FK12" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="FL12" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="FM12" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="FN12" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="FO12" s="4" t="n">
+        <x:v>1.4</x:v>
+      </x:c>
+      <x:c r="FP12" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="FQ12" s="4" t="n">
+        <x:v>-0.2</x:v>
+      </x:c>
+      <x:c r="FR12" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="FS12" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="FT12" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="FU12" s="4" t="n">
+        <x:v>7.6</x:v>
+      </x:c>
+      <x:c r="FV12" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="FW12" s="4" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="FX12" s="4" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+      <x:c r="FY12" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="FZ12" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
-      <x:c r="FJ12" s="4" t="n">
-[...11 lines deleted...]
-      <x:c r="FN12" s="4" t="n">
+      <x:c r="GA12" s="4" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="GB12" s="4" t="n">
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="GC12" s="4" t="n">
+        <x:v>5.1</x:v>
+      </x:c>
+      <x:c r="GD12" s="4" t="n">
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="GE12" s="4" t="n">
+        <x:v>4.6</x:v>
+      </x:c>
+      <x:c r="GF12" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
-      <x:c r="FO12" s="4" t="n">
-[...52 lines deleted...]
-      </x:c>
       <x:c r="GG12" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="GH12" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="GI12" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.5</x:v>
+      </x:c>
+      <x:c r="GJ12" s="4" t="n">
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:191">
+    <x:row r="13" spans="1:192">
       <x:c r="A13" s="2" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E13" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="G13" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="I13" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="J13" s="4" t="n">
         <x:v>9.4</x:v>
       </x:c>
       <x:c r="K13" s="4" t="n">
         <x:v>9.4</x:v>
       </x:c>
       <x:c r="L13" s="4" t="n">
         <x:v>9.4</x:v>
       </x:c>
       <x:c r="M13" s="4" t="n">
         <x:v>9.4</x:v>
       </x:c>
@@ -6652,96 +6679,96 @@
       <x:c r="DJ13" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="DK13" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="DL13" s="4" t="n">
         <x:v>7.2</x:v>
       </x:c>
       <x:c r="DM13" s="4" t="n">
         <x:v>8.7</x:v>
       </x:c>
       <x:c r="DN13" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="DO13" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="DP13" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="DQ13" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="DR13" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="DS13" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="DT13" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="DU13" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="DV13" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="DW13" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="DX13" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="DY13" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="DZ13" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="EA13" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="EB13" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="EC13" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="ED13" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="EE13" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="EF13" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
-      <x:c r="EF13" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="EG13" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="EH13" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="EI13" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="EJ13" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="EK13" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="EL13" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="EM13" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="EN13" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="EO13" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
@@ -6781,146 +6808,149 @@
       <x:c r="FA13" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="FB13" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="FC13" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="FD13" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="FE13" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="FF13" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="FG13" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="FH13" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="FI13" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="FJ13" s="4" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="FK13" s="4" t="n">
         <x:v>3.3</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3.2</x:v>
       </x:c>
       <x:c r="FL13" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="FM13" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>-2.2</x:v>
       </x:c>
       <x:c r="FN13" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="FO13" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="FP13" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="FQ13" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="FR13" s="4" t="n">
+        <x:v>7.1</x:v>
+      </x:c>
+      <x:c r="FS13" s="4" t="n">
+        <x:v>4.6</x:v>
+      </x:c>
+      <x:c r="FT13" s="4" t="n">
+        <x:v>8.2</x:v>
+      </x:c>
+      <x:c r="FU13" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
-      <x:c r="FS13" s="4" t="n">
+      <x:c r="FV13" s="4" t="n">
+        <x:v>-1.6</x:v>
+      </x:c>
+      <x:c r="FW13" s="4" t="n">
+        <x:v>1.2</x:v>
+      </x:c>
+      <x:c r="FX13" s="4" t="n">
+        <x:v>-0.2</x:v>
+      </x:c>
+      <x:c r="FY13" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="FZ13" s="4" t="n">
+        <x:v>5.9</x:v>
+      </x:c>
+      <x:c r="GA13" s="4" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="GB13" s="4" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="GC13" s="4" t="n">
+        <x:v>7.1</x:v>
+      </x:c>
+      <x:c r="GD13" s="4" t="n">
+        <x:v>5.8</x:v>
+      </x:c>
+      <x:c r="GE13" s="4" t="n">
+        <x:v>5.4</x:v>
+      </x:c>
+      <x:c r="GF13" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="GG13" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="GH13" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="GI13" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="GJ13" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
-      <x:c r="FT13" s="4" t="n">
-[...46 lines deleted...]
-      </x:c>
     </x:row>
-    <x:row r="14" spans="1:191">
+    <x:row r="14" spans="1:192">
       <x:c r="A14" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E14" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="G14" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="H14" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="I14" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="J14" s="4" t="n">
         <x:v>9.1</x:v>
       </x:c>
       <x:c r="K14" s="4" t="n">
         <x:v>9.1</x:v>
       </x:c>
       <x:c r="L14" s="4" t="n">
         <x:v>9.1</x:v>
       </x:c>
       <x:c r="M14" s="4" t="n">
         <x:v>9.1</x:v>
       </x:c>
@@ -7074,428 +7104,431 @@
       <x:c r="BK14" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="BL14" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="BM14" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="BN14" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="BO14" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="BP14" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="BQ14" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="BR14" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="BS14" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="BT14" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="BU14" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="BV14" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="BW14" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="BX14" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="BY14" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="BZ14" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="CA14" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="CB14" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="CC14" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="CD14" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="CE14" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="CF14" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="CG14" s="4" t="n">
         <x:v>7.8</x:v>
       </x:c>
       <x:c r="CH14" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="CI14" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="CJ14" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="CK14" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="CL14" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="CM14" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="CN14" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="CO14" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="CP14" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="CQ14" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="CR14" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="CS14" s="4" t="n">
         <x:v>8.4</x:v>
       </x:c>
       <x:c r="CT14" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="CU14" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="CV14" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="CW14" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="CX14" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="CY14" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="CZ14" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="DA14" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="DB14" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="DC14" s="4" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="DD14" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="DB14" s="4" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="DE14" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="DF14" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="DG14" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="DH14" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="DI14" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="DJ14" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="DK14" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="DL14" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="DM14" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="DN14" s="4" t="n">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="DO14" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
-      <x:c r="DO14" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="DP14" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="DQ14" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="DR14" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="DS14" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="DT14" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="DU14" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="DV14" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="DW14" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="DX14" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="DY14" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="DZ14" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="EA14" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="EB14" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="EC14" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="ED14" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="EE14" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="EF14" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="EG14" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="EH14" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="EI14" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="EJ14" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="EK14" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="EL14" s="4" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="EM14" s="4" t="n">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="EN14" s="4" t="n">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="EO14" s="4" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="EP14" s="4" t="n">
+        <x:v>4.5</x:v>
+      </x:c>
+      <x:c r="EQ14" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="ER14" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="ES14" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="ET14" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="EU14" s="4" t="n">
+        <x:v>6.8</x:v>
+      </x:c>
+      <x:c r="EV14" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="EW14" s="4" t="n">
+        <x:v>-1.5</x:v>
+      </x:c>
+      <x:c r="EX14" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="EY14" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="EZ14" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="FA14" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="FB14" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="FC14" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="FD14" s="4" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="FE14" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="FF14" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="FG14" s="4" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="FH14" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="FI14" s="4" t="n">
         <x:v>4.2</x:v>
-      </x:c>
-[...67 lines deleted...]
-        <x:v>4.4</x:v>
       </x:c>
       <x:c r="FJ14" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="FK14" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="FL14" s="4" t="n">
+        <x:v>5.4</x:v>
+      </x:c>
+      <x:c r="FM14" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="FN14" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="FO14" s="4" t="n">
+        <x:v>6.7</x:v>
+      </x:c>
+      <x:c r="FP14" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="FQ14" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+      <x:c r="FR14" s="4" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+      <x:c r="FS14" s="4" t="n">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="FT14" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="FU14" s="4" t="n">
+        <x:v>6.3</x:v>
+      </x:c>
+      <x:c r="FV14" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="FW14" s="4" t="n">
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="FX14" s="4" t="n">
+        <x:v>5.9</x:v>
+      </x:c>
+      <x:c r="FY14" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
-      <x:c r="FL14" s="4" t="n">
-[...40 lines deleted...]
-      </x:c>
       <x:c r="FZ14" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="GA14" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="GB14" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="GC14" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="GD14" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="GE14" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="GF14" s="4" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="GG14" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="GH14" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="GI14" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
-      <x:c r="GG14" s="4" t="n">
-[...6 lines deleted...]
-        <x:v>2.8</x:v>
+      <x:c r="GJ14" s="4" t="n">
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:191">
+    <x:row r="15" spans="1:192">
       <x:c r="A15" s="2" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E15" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="G15" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="I15" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="J15" s="4" t="n">
         <x:v>9.3</x:v>
       </x:c>
       <x:c r="K15" s="4" t="n">
         <x:v>9.2</x:v>
       </x:c>
       <x:c r="L15" s="4" t="n">
         <x:v>9.2</x:v>
       </x:c>
       <x:c r="M15" s="4" t="n">
         <x:v>9.2</x:v>
       </x:c>
@@ -7646,431 +7679,434 @@
       <x:c r="BJ15" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="BK15" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="BL15" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="BM15" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="BN15" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="BO15" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="BP15" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="BQ15" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="BR15" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="BS15" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="BT15" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="BU15" s="4" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="BV15" s="4" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="BW15" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="BX15" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
-      <x:c r="BU15" s="4" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="BY15" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="BZ15" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="CA15" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="CB15" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="CC15" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="CD15" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="CE15" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="CF15" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="CG15" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="CH15" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="CI15" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="CJ15" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="CK15" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="CL15" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="CM15" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="CN15" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="CO15" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="CP15" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="CQ15" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="CR15" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="CS15" s="4" t="n">
         <x:v>9.1</x:v>
       </x:c>
       <x:c r="CT15" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="CU15" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="CV15" s="4" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="CW15" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="CX15" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="CY15" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="CZ15" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="DA15" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="DB15" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="DC15" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="DD15" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
-      <x:c r="DB15" s="4" t="n">
-[...2 lines deleted...]
-      <x:c r="DC15" s="4" t="n">
+      <x:c r="DE15" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="DF15" s="4" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+      <x:c r="DG15" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
-      <x:c r="DD15" s="4" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="DH15" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="DI15" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="DJ15" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="DK15" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="DL15" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="DM15" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="DN15" s="4" t="n">
+        <x:v>5.6</x:v>
+      </x:c>
+      <x:c r="DO15" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
-      <x:c r="DO15" s="4" t="n">
+      <x:c r="DP15" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
-      <x:c r="DP15" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="DQ15" s="4" t="n">
+        <x:v>5.2</x:v>
+      </x:c>
+      <x:c r="DR15" s="4" t="n">
+        <x:v>6.6</x:v>
+      </x:c>
+      <x:c r="DS15" s="4" t="n">
+        <x:v>7.1</x:v>
+      </x:c>
+      <x:c r="DT15" s="4" t="n">
+        <x:v>8.9</x:v>
+      </x:c>
+      <x:c r="DU15" s="4" t="n">
+        <x:v>7.5</x:v>
+      </x:c>
+      <x:c r="DV15" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="DR15" s="4" t="n">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="DW15" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="DX15" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="DY15" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="DZ15" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="EA15" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="EB15" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="EC15" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="ED15" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="EE15" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="EF15" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="EG15" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="EH15" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="EI15" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="EJ15" s="4" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="EK15" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
-      <x:c r="EK15" s="4" t="n">
+      <x:c r="EL15" s="4" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="EM15" s="4" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="EN15" s="4" t="n">
+        <x:v>6.2</x:v>
+      </x:c>
+      <x:c r="EO15" s="4" t="n">
+        <x:v>5.3</x:v>
+      </x:c>
+      <x:c r="EP15" s="4" t="n">
+        <x:v>5.6</x:v>
+      </x:c>
+      <x:c r="EQ15" s="4" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="ER15" s="4" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="ES15" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="ET15" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="EU15" s="4" t="n">
+        <x:v>7.5</x:v>
+      </x:c>
+      <x:c r="EV15" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="EW15" s="4" t="n">
+        <x:v>-1.8</x:v>
+      </x:c>
+      <x:c r="EX15" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="EY15" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="EZ15" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="FA15" s="4" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="FB15" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="FC15" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="FD15" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="FE15" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="FF15" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="FG15" s="4" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="FH15" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
-      <x:c r="EL15" s="4" t="n">
+      <x:c r="FI15" s="4" t="n">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="FJ15" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="FK15" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="FL15" s="4" t="n">
+        <x:v>6.2</x:v>
+      </x:c>
+      <x:c r="FM15" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
-      <x:c r="EM15" s="4" t="n">
-[...11 lines deleted...]
-      <x:c r="EQ15" s="4" t="n">
+      <x:c r="FN15" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
-      <x:c r="ER15" s="4" t="n">
-[...67 lines deleted...]
-      </x:c>
       <x:c r="FO15" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="FP15" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="FQ15" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="FR15" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="FS15" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="FT15" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="FU15" s="4" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="FV15" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="FW15" s="4" t="n">
+        <x:v>4.5</x:v>
+      </x:c>
+      <x:c r="FX15" s="4" t="n">
+        <x:v>6.5</x:v>
+      </x:c>
+      <x:c r="FY15" s="4" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="FZ15" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="GA15" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="GB15" s="4" t="n">
+        <x:v>6.7</x:v>
+      </x:c>
+      <x:c r="GC15" s="4" t="n">
         <x:v>7.2</x:v>
       </x:c>
-      <x:c r="FV15" s="4" t="n">
-[...5 lines deleted...]
-      <x:c r="FX15" s="4" t="n">
+      <x:c r="GD15" s="4" t="n">
         <x:v>6.9</x:v>
       </x:c>
-      <x:c r="FY15" s="4" t="n">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="GE15" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="GF15" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="GG15" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="GH15" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="GI15" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="GJ15" s="4" t="n">
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:191">
+    <x:row r="16" spans="1:192">
       <x:c r="A16" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="G16" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="I16" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="J16" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
       <x:c r="K16" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
       <x:c r="L16" s="4" t="n">
         <x:v>8.7</x:v>
       </x:c>
       <x:c r="M16" s="4" t="n">
         <x:v>8.7</x:v>
       </x:c>
@@ -8473,200 +8509,203 @@
       <x:c r="EP16" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="EQ16" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="ER16" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="ES16" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="ET16" s="4" t="n">
         <x:v>-0.8</x:v>
       </x:c>
       <x:c r="EU16" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="EV16" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="EW16" s="4" t="n">
         <x:v>-0.4</x:v>
       </x:c>
       <x:c r="EX16" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="EY16" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="EZ16" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="FA16" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="FB16" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="FC16" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="FD16" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="FE16" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="FF16" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="FG16" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="FH16" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="FI16" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="FJ16" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="FK16" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="FL16" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="FM16" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="FN16" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="FO16" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="FP16" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="FQ16" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="FR16" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="FS16" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="FT16" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="FU16" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="FV16" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="FW16" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="FX16" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="FY16" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="FZ16" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="GA16" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="GB16" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="GC16" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="GD16" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="GE16" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="GF16" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="GG16" s="4" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="GH16" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
-      <x:c r="GG16" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="GI16" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="GJ16" s="4" t="n">
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:191">
+    <x:row r="17" spans="1:192">
       <x:c r="A17" s="2" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E17" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
         <x:v>7.9</x:v>
       </x:c>
       <x:c r="K17" s="4" t="n">
         <x:v>8.7</x:v>
       </x:c>
       <x:c r="L17" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="M17" s="4" t="n">
         <x:v>10.9</x:v>
       </x:c>
       <x:c r="N17" s="4" t="n">
         <x:v>12.9</x:v>
       </x:c>
       <x:c r="O17" s="4" t="n">
         <x:v>12.5</x:v>
       </x:c>
       <x:c r="P17" s="4" t="n">
         <x:v>12.5</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="R17" s="4" t="n">
         <x:v>11.7</x:v>
       </x:c>
       <x:c r="S17" s="4" t="n">
         <x:v>11.5</x:v>
       </x:c>
       <x:c r="T17" s="4" t="n">
         <x:v>10.9</x:v>
       </x:c>
@@ -8691,72 +8730,72 @@
       <x:c r="AA17" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="AB17" s="4" t="n">
         <x:v>6.1</x:v>
       </x:c>
       <x:c r="AC17" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="AD17" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="AE17" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="AF17" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="AG17" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="AH17" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="AI17" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="AJ17" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="AK17" s="4" t="n">
         <x:v>7.6</x:v>
       </x:c>
       <x:c r="AL17" s="4" t="n">
         <x:v>10.8</x:v>
       </x:c>
       <x:c r="AM17" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
       <x:c r="AN17" s="4" t="n">
         <x:v>7.6</x:v>
       </x:c>
       <x:c r="AO17" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
       <x:c r="AP17" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="AQ17" s="4" t="n">
         <x:v>6.9</x:v>
       </x:c>
       <x:c r="AR17" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="AS17" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="AT17" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="AU17" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="AV17" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="AW17" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="AX17" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
@@ -8772,455 +8811,458 @@
       <x:c r="BB17" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="BC17" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="BD17" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="BE17" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="BF17" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="BG17" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="BH17" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="BI17" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="BJ17" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="BK17" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="BL17" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="BM17" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="BN17" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="BO17" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="BP17" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="BQ17" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="BR17" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="BS17" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="BT17" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="BU17" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="BV17" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="BW17" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="BX17" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="BY17" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="BZ17" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="CA17" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="CB17" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="CC17" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="CD17" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="CE17" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="CF17" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="CG17" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="CH17" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="CI17" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="CJ17" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="CK17" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="CL17" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="CM17" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="CN17" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="CO17" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="CP17" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="CQ17" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="CR17" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="CS17" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="CT17" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="CU17" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="CV17" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="CW17" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="CX17" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="CY17" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="CZ17" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="DA17" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="DB17" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="DC17" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="DD17" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="DE17" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="DF17" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="DG17" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="DH17" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="DI17" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="DJ17" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="DK17" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="DL17" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="DM17" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="DN17" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="DO17" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="DP17" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+      <x:c r="DQ17" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="DR17" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="DS17" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="DT17" s="4" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+      <x:c r="DU17" s="4" t="n">
+        <x:v>4.9</x:v>
+      </x:c>
+      <x:c r="DV17" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="DW17" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="DX17" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="DY17" s="4" t="n">
+        <x:v>1.2</x:v>
+      </x:c>
+      <x:c r="DZ17" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="EA17" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="EB17" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+      <x:c r="EC17" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="ED17" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="EE17" s="4" t="n">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="EF17" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="EG17" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+      <x:c r="EH17" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="EI17" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="EJ17" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+      <x:c r="EK17" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="EL17" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="EM17" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="EN17" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="EO17" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="EP17" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="EQ17" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="ER17" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="ES17" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="ET17" s="4" t="n">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="EU17" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="EV17" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="EW17" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="EX17" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="EY17" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="EZ17" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="FA17" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="FB17" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="FC17" s="4" t="n">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="FD17" s="4" t="n">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="FE17" s="4" t="n">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="FF17" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="FG17" s="4" t="n">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="FH17" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
-      <x:c r="DK17" s="4" t="n">
-[...2 lines deleted...]
-      <x:c r="DL17" s="4" t="n">
+      <x:c r="FI17" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="FJ17" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="FK17" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="FL17" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="FM17" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="FN17" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="FO17" s="4" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="FP17" s="4" t="n">
         <x:v>2.2</x:v>
-      </x:c>
-[...166 lines deleted...]
-        <x:v>2.8</x:v>
       </x:c>
       <x:c r="FQ17" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="FR17" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="FS17" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="FT17" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="FU17" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="FV17" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="FW17" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="FX17" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="FY17" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="FZ17" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="GA17" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="GB17" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="GC17" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="GD17" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="GE17" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="GF17" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="GG17" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="GH17" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="GI17" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="GJ17" s="4" t="n">
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:191">
+    <x:row r="18" spans="1:192">
       <x:c r="A18" s="2" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
         <x:v>9.3</x:v>
       </x:c>
       <x:c r="K18" s="4" t="n">
         <x:v>9.2</x:v>
       </x:c>
       <x:c r="L18" s="4" t="n">
         <x:v>9.2</x:v>
       </x:c>
       <x:c r="M18" s="4" t="n">
         <x:v>9.2</x:v>
       </x:c>
@@ -9374,550 +9416,548 @@
       <x:c r="BK18" s="4" t="n">
         <x:v>-2.2</x:v>
       </x:c>
       <x:c r="BL18" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="BM18" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="BN18" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="BO18" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="BP18" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="BQ18" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="BR18" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="BS18" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="BT18" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="BU18" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="BV18" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="BW18" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="BX18" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="BY18" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="BZ18" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="CA18" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="CB18" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="CC18" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="CD18" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="CE18" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="CF18" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="CG18" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="CH18" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="CI18" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="CJ18" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="CK18" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="CL18" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="CM18" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="CN18" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="CO18" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="CP18" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="CQ18" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="CR18" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="CS18" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="CT18" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="CU18" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="CV18" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="CW18" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="CX18" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="CY18" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="CZ18" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="DA18" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="DB18" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="DC18" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="DD18" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="DE18" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="DF18" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="DG18" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="DH18" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="DI18" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="DJ18" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
-      <x:c r="DI18" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="DK18" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="DL18" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="DM18" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="DN18" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="DO18" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="DP18" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="DQ18" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="DR18" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="DS18" s="4" t="n">
+        <x:v>5.4</x:v>
+      </x:c>
+      <x:c r="DT18" s="4" t="n">
+        <x:v>7.8</x:v>
+      </x:c>
+      <x:c r="DU18" s="4" t="n">
+        <x:v>7.4</x:v>
+      </x:c>
+      <x:c r="DV18" s="4" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="DW18" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
-      <x:c r="DT18" s="4" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="DX18" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="DY18" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="DZ18" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="EA18" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="EB18" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="EC18" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="ED18" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="EE18" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="EF18" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="EG18" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="EH18" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="EI18" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="EJ18" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="EK18" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="EL18" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="EM18" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="EN18" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="EO18" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="EP18" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="EQ18" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="ER18" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="ES18" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="ET18" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="EU18" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="EV18" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="EW18" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="EX18" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="EY18" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="EZ18" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="FA18" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="FB18" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="FC18" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="FD18" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="FE18" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="FF18" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="FG18" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="FH18" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="FI18" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="FJ18" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="FK18" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="FL18" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="FM18" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="FN18" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="FO18" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="FP18" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="FQ18" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="FR18" s="4" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="FS18" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="FO18" s="4" t="n">
-[...2 lines deleted...]
-      <x:c r="FP18" s="4" t="n">
+      <x:c r="FT18" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="FU18" s="4" t="n">
+        <x:v>6.2</x:v>
+      </x:c>
+      <x:c r="FV18" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="FW18" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="FX18" s="4" t="n">
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="FY18" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="FZ18" s="4" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="GA18" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
-      <x:c r="FQ18" s="4" t="n">
-[...31 lines deleted...]
-      </x:c>
       <x:c r="GB18" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="GC18" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="GD18" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="GE18" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="GF18" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="GG18" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="GH18" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="GI18" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="GJ18" s="4" t="n">
+        <x:v>3.6</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:191">
+    <x:row r="20" spans="1:192">
       <x:c r="A20" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
-    <x:row r="21" spans="1:191">
+    <x:row r="21" spans="1:192">
       <x:c r="A21" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:191">
+    <x:row r="22" spans="1:192">
       <x:c r="A22" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
-    <x:row r="23" spans="1:191">
-[...1 lines deleted...]
-        <x:v>210</x:v>
+    <x:row r="24" spans="1:192">
+      <x:c r="A24" s="0" t="s">
+        <x:v>211</x:v>
       </x:c>
     </x:row>
-    <x:row r="25" spans="1:191">
+    <x:row r="25" spans="1:192">
       <x:c r="A25" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
-    <x:row r="26" spans="1:191">
+    <x:row r="26" spans="1:192">
       <x:c r="A26" s="0" t="s">
+        <x:v>213</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:192">
+      <x:c r="A28" s="0" t="s">
+        <x:v>214</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:192">
+      <x:c r="A29" s="0" t="s">
+        <x:v>215</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:192">
+      <x:c r="A31" s="0" t="s">
+        <x:v>216</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:192">
+      <x:c r="A32" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
-    <x:row r="27" spans="1:191">
-[...1 lines deleted...]
-        <x:v>213</x:v>
+    <x:row r="33" spans="1:192">
+      <x:c r="A33" s="0" t="s">
+        <x:v>217</x:v>
       </x:c>
     </x:row>
-    <x:row r="29" spans="1:191">
-[...1 lines deleted...]
-        <x:v>214</x:v>
+    <x:row r="34" spans="1:192">
+      <x:c r="A34" s="0" t="s">
+        <x:v>218</x:v>
       </x:c>
     </x:row>
-    <x:row r="30" spans="1:191">
-[...1 lines deleted...]
-        <x:v>215</x:v>
+    <x:row r="35" spans="1:192">
+      <x:c r="A35" s="0" t="s">
+        <x:v>219</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:191">
-[...1 lines deleted...]
-        <x:v>216</x:v>
+    <x:row r="40" spans="1:192">
+      <x:c r="A40" s="0" t="s">
+        <x:v>220</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:191">
-      <x:c r="A33" s="0" t="s">
+    <x:row r="41" spans="1:192">
+      <x:c r="A41" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
-    <x:row r="34" spans="1:191">
-[...1 lines deleted...]
-        <x:v>217</x:v>
+    <x:row r="42" spans="1:192">
+      <x:c r="A42" s="0" t="s">
+        <x:v>221</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:191">
-[...1 lines deleted...]
-        <x:v>218</x:v>
+    <x:row r="43" spans="1:192">
+      <x:c r="A43" s="0" t="s">
+        <x:v>222</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:191">
-[...1 lines deleted...]
-        <x:v>219</x:v>
+    <x:row r="44" spans="1:192">
+      <x:c r="A44" s="0" t="s">
+        <x:v>212</x:v>
       </x:c>
     </x:row>
-    <x:row r="41" spans="1:191">
-[...1 lines deleted...]
-        <x:v>220</x:v>
+    <x:row r="45" spans="1:192">
+      <x:c r="A45" s="0" t="s">
+        <x:v>223</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:191">
-[...1 lines deleted...]
-        <x:v>212</x:v>
+    <x:row r="47" spans="1:192">
+      <x:c r="A47" s="0" t="s">
+        <x:v>224</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:191">
-[...1 lines deleted...]
-        <x:v>221</x:v>
+    <x:row r="48" spans="1:192">
+      <x:c r="A48" s="0" t="s">
+        <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:191">
-[...1 lines deleted...]
-        <x:v>222</x:v>
+    <x:row r="49" spans="1:192">
+      <x:c r="A49" s="0" t="s">
+        <x:v>225</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:191">
-[...1 lines deleted...]
-        <x:v>212</x:v>
+    <x:row r="55" spans="1:192">
+      <x:c r="A55" s="0" t="s">
+        <x:v>226</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:191">
-[...1 lines deleted...]
-        <x:v>223</x:v>
+    <x:row r="57" spans="1:192">
+      <x:c r="A57" s="0" t="s">
+        <x:v>227</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:191">
-[...1 lines deleted...]
-        <x:v>224</x:v>
+    <x:row r="58" spans="1:192">
+      <x:c r="A58" s="0" t="s">
+        <x:v>228</x:v>
       </x:c>
     </x:row>
-    <x:row r="49" spans="1:191">
-[...1 lines deleted...]
-        <x:v>1</x:v>
+    <x:row r="60" spans="1:192">
+      <x:c r="A60" s="0" t="s">
+        <x:v>229</x:v>
       </x:c>
     </x:row>
-    <x:row r="50" spans="1:191">
-[...19 lines deleted...]
-    <x:row r="61" spans="1:191">
+    <x:row r="61" spans="1:192">
       <x:c r="A61" s="0" t="s">
-        <x:v>229</x:v>
-[...3 lines deleted...]
-      <x:c r="A62" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Prisendring</vt:lpstr>
       <vt:lpstr>Prisendring!Print_Area</vt:lpstr>
       <vt:lpstr>Prisendring!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>