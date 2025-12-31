--- v2 (2025-12-11)
+++ v3 (2025-12-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1389fbba00d745ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a0e6e33986e64765bb31930f4563e38b.psmdcp" Id="R26ae332ad8d04471" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16d41b432f8743d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bde705ac4ae84b4c89e9312a9234a3ed.psmdcp" Id="R20b477acaf86492c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prisendring" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="231">
   <x:si>
     <x:t>09186: Final consumption expenditure, by industry, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Change in prices from the same period in the previous year (per cent)</x:t>
   </x:si>
   <x:si>