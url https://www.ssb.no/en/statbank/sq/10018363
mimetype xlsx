--- v0 (2025-11-14)
+++ v1 (2025-12-31)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5012067edcb4f74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a64488eb84e5435cae36900fd8e69286.psmdcp" Id="R2b8bd03d903847e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9802099750c848cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cb462c75aec94d5ea0ec20692007657e.psmdcp" Id="R2a044bb0d24d4173" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="FastePriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="230" uniqueCount="230">
   <x:si>
     <x:t>09186: Final consumption expenditure, by industry, contents and quarter</x:t>
   </x:si>
   <x:si>
-    <x:t>Constant 2022-prices (NOK million)</x:t>
+    <x:t>Constant 2023-prices (NOK million)</x:t>
   </x:si>
   <x:si>
     <x:t>1978K1</x:t>
   </x:si>
   <x:si>
     <x:t>1978K2</x:t>
   </x:si>
   <x:si>
     <x:t>1978K3</x:t>
   </x:si>
   <x:si>
     <x:t>1978K4</x:t>
   </x:si>
   <x:si>
     <x:t>1979K1</x:t>
   </x:si>
   <x:si>
     <x:t>1979K2</x:t>
   </x:si>
   <x:si>
     <x:t>1979K3</x:t>
   </x:si>
   <x:si>
     <x:t>1979K4</x:t>
   </x:si>
@@ -586,108 +586,108 @@
   <x:si>
     <x:t>2023K3</x:t>
   </x:si>
   <x:si>
     <x:t>2023K4</x:t>
   </x:si>
   <x:si>
     <x:t>2024K1</x:t>
   </x:si>
   <x:si>
     <x:t>2024K2</x:t>
   </x:si>
   <x:si>
     <x:t>2024K3</x:t>
   </x:si>
   <x:si>
     <x:t>2024K4</x:t>
   </x:si>
   <x:si>
     <x:t>2025K1</x:t>
   </x:si>
   <x:si>
     <x:t>2025K2</x:t>
   </x:si>
   <x:si>
-    <x:t>Konsum i alt</x:t>
+    <x:t>2025K3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Consumption total</x:t>
   </x:si>
   <x:si>
     <x:t>Final consumption expenditure of households and NPISHs1</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Household final consumption expenditure</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Final consumption expenditure of NPISHs1</x:t>
   </x:si>
   <x:si>
     <x:t>Final consumption expenditure of general governmen</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Final consumption expenditure of central governm</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Central government, individual</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Central government, collective</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Central government, defence</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Final consumption expenditure of local governmen</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Local government, individual</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Local government, collective</x:t>
   </x:si>
   <x:si>
     <x:t>Actual individual consumption</x:t>
   </x:si>
   <x:si>
     <x:t>Actual collective consumption</x:t>
   </x:si>
   <x:si>
-    <x:t>Unadjusted figures from the base year (final annual accounts) are preliminary.</x:t>
+    <x:t>Figures after 2023 (the base year) are preliminary.</x:t>
   </x:si>
   <x:si>
     <x:t>In the time series in volume, the figures from the base year and onwards are fixed price figures while data prior to the base year are chained volume figures. This implies that additivity in volume is lost prior to the base year.</x:t>
   </x:si>
   <x:si>
-    <x:t>Errors in seasonally adjusted figures were corrected on November 29, 2024 at 11:35 a.m.</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
-    <x:t>Constant 2022-prices (NOK million):</x:t>
-[...2 lines deleted...]
-    <x:t>20250821 08:00</x:t>
+    <x:t>Constant 2023-prices (NOK million):</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Achraf Bougroug, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 15</x:t>
   </x:si>
   <x:si>
     <x:t>acb@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Units:</x:t>
   </x:si>
   <x:si>
     <x:t>NOK million</x:t>
   </x:si>
@@ -1089,70 +1089,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:GI63"/>
+  <x:dimension ref="A1:GJ62"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="191" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="1" max="192" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:191">
+    <x:row r="1" spans="1:192">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:191">
+    <x:row r="3" spans="1:192">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="4" spans="1:191">
+    <x:row r="4" spans="1:192">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="I4" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J4" s="2" t="s">
@@ -1679,8243 +1679,8283 @@
       </x:c>
       <x:c r="GB4" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="GC4" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="GD4" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="GE4" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="GF4" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="GG4" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="GH4" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="GI4" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
+      <x:c r="GJ4" s="2" t="s">
+        <x:v>192</x:v>
+      </x:c>
     </x:row>
-    <x:row r="5" spans="1:191">
+    <x:row r="5" spans="1:192">
       <x:c r="A5" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>225199</x:v>
+        <x:v>220148</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>229805</x:v>
+        <x:v>224651</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>230625</x:v>
+        <x:v>225452</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>244557</x:v>
+        <x:v>239072</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>235529</x:v>
+        <x:v>230114</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>239680</x:v>
+        <x:v>234170</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
-        <x:v>239441</x:v>
+        <x:v>233937</x:v>
       </x:c>
       <x:c r="I5" s="3" t="n">
-        <x:v>256937</x:v>
+        <x:v>251030</x:v>
       </x:c>
       <x:c r="J5" s="3" t="n">
-        <x:v>245415</x:v>
+        <x:v>239710</x:v>
       </x:c>
       <x:c r="K5" s="3" t="n">
-        <x:v>243225</x:v>
+        <x:v>237571</x:v>
       </x:c>
       <x:c r="L5" s="3" t="n">
-        <x:v>245354</x:v>
+        <x:v>239650</x:v>
       </x:c>
       <x:c r="M5" s="3" t="n">
-        <x:v>263947</x:v>
+        <x:v>257811</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>245485</x:v>
+        <x:v>239718</x:v>
       </x:c>
       <x:c r="O5" s="3" t="n">
-        <x:v>247974</x:v>
+        <x:v>242148</x:v>
       </x:c>
       <x:c r="P5" s="3" t="n">
-        <x:v>247720</x:v>
+        <x:v>241900</x:v>
       </x:c>
       <x:c r="Q5" s="3" t="n">
-        <x:v>268547</x:v>
+        <x:v>262239</x:v>
       </x:c>
       <x:c r="R5" s="3" t="n">
-        <x:v>249589</x:v>
+        <x:v>243712</x:v>
       </x:c>
       <x:c r="S5" s="3" t="n">
-        <x:v>253495</x:v>
+        <x:v>247526</x:v>
       </x:c>
       <x:c r="T5" s="3" t="n">
-        <x:v>254169</x:v>
+        <x:v>248184</x:v>
       </x:c>
       <x:c r="U5" s="3" t="n">
-        <x:v>267680</x:v>
+        <x:v>261377</x:v>
       </x:c>
       <x:c r="V5" s="3" t="n">
-        <x:v>256155</x:v>
+        <x:v>250120</x:v>
       </x:c>
       <x:c r="W5" s="3" t="n">
-        <x:v>257645</x:v>
+        <x:v>251575</x:v>
       </x:c>
       <x:c r="X5" s="3" t="n">
-        <x:v>260773</x:v>
+        <x:v>254629</x:v>
       </x:c>
       <x:c r="Y5" s="3" t="n">
-        <x:v>273706</x:v>
+        <x:v>267258</x:v>
       </x:c>
       <x:c r="Z5" s="3" t="n">
-        <x:v>263250</x:v>
+        <x:v>257075</x:v>
       </x:c>
       <x:c r="AA5" s="3" t="n">
-        <x:v>264541</x:v>
+        <x:v>258335</x:v>
       </x:c>
       <x:c r="AB5" s="3" t="n">
-        <x:v>265551</x:v>
+        <x:v>259322</x:v>
       </x:c>
       <x:c r="AC5" s="3" t="n">
-        <x:v>283344</x:v>
+        <x:v>276697</x:v>
       </x:c>
       <x:c r="AD5" s="3" t="n">
-        <x:v>280445</x:v>
+        <x:v>273859</x:v>
       </x:c>
       <x:c r="AE5" s="3" t="n">
-        <x:v>282871</x:v>
+        <x:v>276228</x:v>
       </x:c>
       <x:c r="AF5" s="3" t="n">
-        <x:v>286422</x:v>
+        <x:v>279695</x:v>
       </x:c>
       <x:c r="AG5" s="3" t="n">
-        <x:v>306160</x:v>
+        <x:v>298970</x:v>
       </x:c>
       <x:c r="AH5" s="3" t="n">
-        <x:v>293388</x:v>
+        <x:v>286505</x:v>
       </x:c>
       <x:c r="AI5" s="3" t="n">
-        <x:v>302699</x:v>
+        <x:v>295598</x:v>
       </x:c>
       <x:c r="AJ5" s="3" t="n">
-        <x:v>295051</x:v>
+        <x:v>288129</x:v>
       </x:c>
       <x:c r="AK5" s="3" t="n">
-        <x:v>314137</x:v>
+        <x:v>306767</x:v>
       </x:c>
       <x:c r="AL5" s="3" t="n">
-        <x:v>295237</x:v>
+        <x:v>288214</x:v>
       </x:c>
       <x:c r="AM5" s="3" t="n">
-        <x:v>300694</x:v>
+        <x:v>293541</x:v>
       </x:c>
       <x:c r="AN5" s="3" t="n">
-        <x:v>300646</x:v>
+        <x:v>293494</x:v>
       </x:c>
       <x:c r="AO5" s="3" t="n">
-        <x:v>317118</x:v>
+        <x:v>309574</x:v>
       </x:c>
       <x:c r="AP5" s="3" t="n">
-        <x:v>295798</x:v>
+        <x:v>288842</x:v>
       </x:c>
       <x:c r="AQ5" s="3" t="n">
-        <x:v>294543</x:v>
+        <x:v>287617</x:v>
       </x:c>
       <x:c r="AR5" s="3" t="n">
-        <x:v>294518</x:v>
+        <x:v>287592</x:v>
       </x:c>
       <x:c r="AS5" s="3" t="n">
-        <x:v>307069</x:v>
+        <x:v>299848</x:v>
       </x:c>
       <x:c r="AT5" s="3" t="n">
-        <x:v>290118</x:v>
+        <x:v>283153</x:v>
       </x:c>
       <x:c r="AU5" s="3" t="n">
-        <x:v>298098</x:v>
+        <x:v>290942</x:v>
       </x:c>
       <x:c r="AV5" s="3" t="n">
-        <x:v>297533</x:v>
+        <x:v>290391</x:v>
       </x:c>
       <x:c r="AW5" s="3" t="n">
-        <x:v>311534</x:v>
+        <x:v>304056</x:v>
       </x:c>
       <x:c r="AX5" s="3" t="n">
-        <x:v>295484</x:v>
+        <x:v>288650</x:v>
       </x:c>
       <x:c r="AY5" s="3" t="n">
-        <x:v>302116</x:v>
+        <x:v>295128</x:v>
       </x:c>
       <x:c r="AZ5" s="3" t="n">
-        <x:v>304321</x:v>
+        <x:v>297282</x:v>
       </x:c>
       <x:c r="BA5" s="3" t="n">
-        <x:v>316800</x:v>
+        <x:v>309473</x:v>
       </x:c>
       <x:c r="BB5" s="3" t="n">
-        <x:v>307173</x:v>
+        <x:v>299871</x:v>
       </x:c>
       <x:c r="BC5" s="3" t="n">
-        <x:v>308590</x:v>
+        <x:v>301255</x:v>
       </x:c>
       <x:c r="BD5" s="3" t="n">
-        <x:v>311118</x:v>
+        <x:v>303723</x:v>
       </x:c>
       <x:c r="BE5" s="3" t="n">
-        <x:v>330638</x:v>
+        <x:v>322779</x:v>
       </x:c>
       <x:c r="BF5" s="3" t="n">
-        <x:v>322865</x:v>
+        <x:v>315322</x:v>
       </x:c>
       <x:c r="BG5" s="3" t="n">
-        <x:v>318165</x:v>
+        <x:v>310732</x:v>
       </x:c>
       <x:c r="BH5" s="3" t="n">
-        <x:v>318521</x:v>
+        <x:v>311080</x:v>
       </x:c>
       <x:c r="BI5" s="3" t="n">
-        <x:v>341634</x:v>
+        <x:v>333653</x:v>
       </x:c>
       <x:c r="BJ5" s="3" t="n">
-        <x:v>327390</x:v>
+        <x:v>319890</x:v>
       </x:c>
       <x:c r="BK5" s="3" t="n">
-        <x:v>324406</x:v>
+        <x:v>316975</x:v>
       </x:c>
       <x:c r="BL5" s="3" t="n">
-        <x:v>327693</x:v>
+        <x:v>320186</x:v>
       </x:c>
       <x:c r="BM5" s="3" t="n">
-        <x:v>356628</x:v>
+        <x:v>348458</x:v>
       </x:c>
       <x:c r="BN5" s="3" t="n">
-        <x:v>333587</x:v>
+        <x:v>325909</x:v>
       </x:c>
       <x:c r="BO5" s="3" t="n">
-        <x:v>336489</x:v>
+        <x:v>328744</x:v>
       </x:c>
       <x:c r="BP5" s="3" t="n">
-        <x:v>341606</x:v>
+        <x:v>333743</x:v>
       </x:c>
       <x:c r="BQ5" s="3" t="n">
-        <x:v>361792</x:v>
+        <x:v>353464</x:v>
       </x:c>
       <x:c r="BR5" s="3" t="n">
-        <x:v>346612</x:v>
+        <x:v>339737</x:v>
       </x:c>
       <x:c r="BS5" s="3" t="n">
-        <x:v>342772</x:v>
+        <x:v>335973</x:v>
       </x:c>
       <x:c r="BT5" s="3" t="n">
-        <x:v>350088</x:v>
+        <x:v>343144</x:v>
       </x:c>
       <x:c r="BU5" s="3" t="n">
-        <x:v>369949</x:v>
+        <x:v>362611</x:v>
       </x:c>
       <x:c r="BV5" s="3" t="n">
-        <x:v>365047</x:v>
+        <x:v>358039</x:v>
       </x:c>
       <x:c r="BW5" s="3" t="n">
-        <x:v>358822</x:v>
+        <x:v>351933</x:v>
       </x:c>
       <x:c r="BX5" s="3" t="n">
-        <x:v>368921</x:v>
+        <x:v>361838</x:v>
       </x:c>
       <x:c r="BY5" s="3" t="n">
-        <x:v>390935</x:v>
+        <x:v>383429</x:v>
       </x:c>
       <x:c r="BZ5" s="3" t="n">
-        <x:v>361445</x:v>
+        <x:v>354609</x:v>
       </x:c>
       <x:c r="CA5" s="3" t="n">
-        <x:v>380622</x:v>
+        <x:v>373423</x:v>
       </x:c>
       <x:c r="CB5" s="3" t="n">
-        <x:v>381248</x:v>
+        <x:v>374037</x:v>
       </x:c>
       <x:c r="CC5" s="3" t="n">
-        <x:v>405789</x:v>
+        <x:v>398115</x:v>
       </x:c>
       <x:c r="CD5" s="3" t="n">
-        <x:v>381692</x:v>
+        <x:v>374531</x:v>
       </x:c>
       <x:c r="CE5" s="3" t="n">
-        <x:v>388016</x:v>
+        <x:v>380736</x:v>
       </x:c>
       <x:c r="CF5" s="3" t="n">
-        <x:v>394149</x:v>
+        <x:v>386754</x:v>
       </x:c>
       <x:c r="CG5" s="3" t="n">
-        <x:v>411772</x:v>
+        <x:v>404046</x:v>
       </x:c>
       <x:c r="CH5" s="3" t="n">
-        <x:v>395664</x:v>
+        <x:v>388797</x:v>
       </x:c>
       <x:c r="CI5" s="3" t="n">
-        <x:v>397272</x:v>
+        <x:v>390378</x:v>
       </x:c>
       <x:c r="CJ5" s="3" t="n">
-        <x:v>408736</x:v>
+        <x:v>401643</x:v>
       </x:c>
       <x:c r="CK5" s="3" t="n">
-        <x:v>429980</x:v>
+        <x:v>422517</x:v>
       </x:c>
       <x:c r="CL5" s="3" t="n">
-        <x:v>417545</x:v>
+        <x:v>410930</x:v>
       </x:c>
       <x:c r="CM5" s="3" t="n">
-        <x:v>414665</x:v>
+        <x:v>408095</x:v>
       </x:c>
       <x:c r="CN5" s="3" t="n">
-        <x:v>422320</x:v>
+        <x:v>415629</x:v>
       </x:c>
       <x:c r="CO5" s="3" t="n">
-        <x:v>434781</x:v>
+        <x:v>427893</x:v>
       </x:c>
       <x:c r="CP5" s="3" t="n">
-        <x:v>426249</x:v>
+        <x:v>420474</x:v>
       </x:c>
       <x:c r="CQ5" s="3" t="n">
-        <x:v>423834</x:v>
+        <x:v>418091</x:v>
       </x:c>
       <x:c r="CR5" s="3" t="n">
-        <x:v>432762</x:v>
+        <x:v>426899</x:v>
       </x:c>
       <x:c r="CS5" s="3" t="n">
-        <x:v>451405</x:v>
+        <x:v>445289</x:v>
       </x:c>
       <x:c r="CT5" s="3" t="n">
-        <x:v>430512</x:v>
+        <x:v>426436</x:v>
       </x:c>
       <x:c r="CU5" s="3" t="n">
-        <x:v>442502</x:v>
+        <x:v>438313</x:v>
       </x:c>
       <x:c r="CV5" s="3" t="n">
-        <x:v>450093</x:v>
+        <x:v>445832</x:v>
       </x:c>
       <x:c r="CW5" s="3" t="n">
-        <x:v>468196</x:v>
+        <x:v>463763</x:v>
       </x:c>
       <x:c r="CX5" s="3" t="n">
-        <x:v>445910</x:v>
+        <x:v>442673</x:v>
       </x:c>
       <x:c r="CY5" s="3" t="n">
-        <x:v>448752</x:v>
+        <x:v>445495</x:v>
       </x:c>
       <x:c r="CZ5" s="3" t="n">
-        <x:v>462904</x:v>
+        <x:v>459544</x:v>
       </x:c>
       <x:c r="DA5" s="3" t="n">
-        <x:v>479364</x:v>
+        <x:v>475885</x:v>
       </x:c>
       <x:c r="DB5" s="3" t="n">
-        <x:v>465636</x:v>
+        <x:v>464455</x:v>
       </x:c>
       <x:c r="DC5" s="3" t="n">
-        <x:v>468524</x:v>
+        <x:v>467335</x:v>
       </x:c>
       <x:c r="DD5" s="3" t="n">
-        <x:v>480711</x:v>
+        <x:v>479491</x:v>
       </x:c>
       <x:c r="DE5" s="3" t="n">
-        <x:v>496894</x:v>
+        <x:v>495633</x:v>
       </x:c>
       <x:c r="DF5" s="3" t="n">
-        <x:v>469388</x:v>
+        <x:v>471569</x:v>
       </x:c>
       <x:c r="DG5" s="3" t="n">
-        <x:v>497083</x:v>
+        <x:v>499394</x:v>
       </x:c>
       <x:c r="DH5" s="3" t="n">
-        <x:v>501988</x:v>
+        <x:v>504321</x:v>
       </x:c>
       <x:c r="DI5" s="3" t="n">
-        <x:v>512497</x:v>
+        <x:v>514879</x:v>
       </x:c>
       <x:c r="DJ5" s="3" t="n">
-        <x:v>498910</x:v>
+        <x:v>504889</x:v>
       </x:c>
       <x:c r="DK5" s="3" t="n">
-        <x:v>508296</x:v>
+        <x:v>514388</x:v>
       </x:c>
       <x:c r="DL5" s="3" t="n">
-        <x:v>520255</x:v>
+        <x:v>526490</x:v>
       </x:c>
       <x:c r="DM5" s="3" t="n">
-        <x:v>534467</x:v>
+        <x:v>540872</x:v>
       </x:c>
       <x:c r="DN5" s="3" t="n">
-        <x:v>519636</x:v>
+        <x:v>528306</x:v>
       </x:c>
       <x:c r="DO5" s="3" t="n">
-        <x:v>529515</x:v>
+        <x:v>538350</x:v>
       </x:c>
       <x:c r="DP5" s="3" t="n">
-        <x:v>541739</x:v>
+        <x:v>550778</x:v>
       </x:c>
       <x:c r="DQ5" s="3" t="n">
-        <x:v>558981</x:v>
+        <x:v>568307</x:v>
       </x:c>
       <x:c r="DR5" s="3" t="n">
-        <x:v>530282</x:v>
+        <x:v>538933</x:v>
       </x:c>
       <x:c r="DS5" s="3" t="n">
-        <x:v>553316</x:v>
+        <x:v>562343</x:v>
       </x:c>
       <x:c r="DT5" s="3" t="n">
-        <x:v>551964</x:v>
+        <x:v>560969</x:v>
       </x:c>
       <x:c r="DU5" s="3" t="n">
-        <x:v>556392</x:v>
+        <x:v>565470</x:v>
       </x:c>
       <x:c r="DV5" s="3" t="n">
-        <x:v>532174</x:v>
+        <x:v>544364</x:v>
       </x:c>
       <x:c r="DW5" s="3" t="n">
-        <x:v>551106</x:v>
+        <x:v>563729</x:v>
       </x:c>
       <x:c r="DX5" s="3" t="n">
-        <x:v>563187</x:v>
+        <x:v>576088</x:v>
       </x:c>
       <x:c r="DY5" s="3" t="n">
-        <x:v>576180</x:v>
+        <x:v>589379</x:v>
       </x:c>
       <x:c r="DZ5" s="3" t="n">
-        <x:v>560879</x:v>
+        <x:v>576576</x:v>
       </x:c>
       <x:c r="EA5" s="3" t="n">
-        <x:v>565661</x:v>
+        <x:v>581492</x:v>
       </x:c>
       <x:c r="EB5" s="3" t="n">
-        <x:v>579146</x:v>
+        <x:v>595354</x:v>
       </x:c>
       <x:c r="EC5" s="3" t="n">
-        <x:v>589481</x:v>
+        <x:v>605979</x:v>
       </x:c>
       <x:c r="ED5" s="3" t="n">
-        <x:v>564444</x:v>
+        <x:v>583273</x:v>
       </x:c>
       <x:c r="EE5" s="3" t="n">
-        <x:v>583841</x:v>
+        <x:v>603317</x:v>
       </x:c>
       <x:c r="EF5" s="3" t="n">
-        <x:v>592736</x:v>
+        <x:v>612509</x:v>
       </x:c>
       <x:c r="EG5" s="3" t="n">
-        <x:v>598576</x:v>
+        <x:v>618543</x:v>
       </x:c>
       <x:c r="EH5" s="3" t="n">
-        <x:v>583766</x:v>
+        <x:v>606499</x:v>
       </x:c>
       <x:c r="EI5" s="3" t="n">
-        <x:v>598198</x:v>
+        <x:v>621492</x:v>
       </x:c>
       <x:c r="EJ5" s="3" t="n">
-        <x:v>609198</x:v>
+        <x:v>632921</x:v>
       </x:c>
       <x:c r="EK5" s="3" t="n">
-        <x:v>614565</x:v>
+        <x:v>638497</x:v>
       </x:c>
       <x:c r="EL5" s="3" t="n">
-        <x:v>593750</x:v>
+        <x:v>621353</x:v>
       </x:c>
       <x:c r="EM5" s="3" t="n">
-        <x:v>613159</x:v>
+        <x:v>641664</x:v>
       </x:c>
       <x:c r="EN5" s="3" t="n">
-        <x:v>623155</x:v>
+        <x:v>652125</x:v>
       </x:c>
       <x:c r="EO5" s="3" t="n">
-        <x:v>628061</x:v>
+        <x:v>657259</x:v>
       </x:c>
       <x:c r="EP5" s="3" t="n">
-        <x:v>605325</x:v>
+        <x:v>636455</x:v>
       </x:c>
       <x:c r="EQ5" s="3" t="n">
-        <x:v>627635</x:v>
+        <x:v>659913</x:v>
       </x:c>
       <x:c r="ER5" s="3" t="n">
-        <x:v>636866</x:v>
+        <x:v>669619</x:v>
       </x:c>
       <x:c r="ES5" s="3" t="n">
-        <x:v>644455</x:v>
+        <x:v>677598</x:v>
       </x:c>
       <x:c r="ET5" s="3" t="n">
-        <x:v>625217</x:v>
+        <x:v>661763</x:v>
       </x:c>
       <x:c r="EU5" s="3" t="n">
-        <x:v>643194</x:v>
+        <x:v>680790</x:v>
       </x:c>
       <x:c r="EV5" s="3" t="n">
-        <x:v>654517</x:v>
+        <x:v>692776</x:v>
       </x:c>
       <x:c r="EW5" s="3" t="n">
-        <x:v>656759</x:v>
+        <x:v>695149</x:v>
       </x:c>
       <x:c r="EX5" s="3" t="n">
-        <x:v>630373</x:v>
+        <x:v>671851</x:v>
       </x:c>
       <x:c r="EY5" s="3" t="n">
-        <x:v>660868</x:v>
+        <x:v>703154</x:v>
       </x:c>
       <x:c r="EZ5" s="3" t="n">
-        <x:v>648507</x:v>
+        <x:v>690207</x:v>
       </x:c>
       <x:c r="FA5" s="3" t="n">
-        <x:v>679761</x:v>
+        <x:v>725478</x:v>
       </x:c>
       <x:c r="FB5" s="3" t="n">
-        <x:v>651304</x:v>
+        <x:v>697025</x:v>
       </x:c>
       <x:c r="FC5" s="3" t="n">
-        <x:v>667253</x:v>
+        <x:v>714109</x:v>
       </x:c>
       <x:c r="FD5" s="3" t="n">
-        <x:v>662700</x:v>
+        <x:v>710247</x:v>
       </x:c>
       <x:c r="FE5" s="3" t="n">
-        <x:v>693680</x:v>
+        <x:v>745700</x:v>
       </x:c>
       <x:c r="FF5" s="3" t="n">
-        <x:v>655848</x:v>
+        <x:v>708793</x:v>
       </x:c>
       <x:c r="FG5" s="3" t="n">
-        <x:v>683297</x:v>
+        <x:v>737498</x:v>
       </x:c>
       <x:c r="FH5" s="3" t="n">
-        <x:v>668117</x:v>
+        <x:v>721753</x:v>
       </x:c>
       <x:c r="FI5" s="3" t="n">
-        <x:v>698174</x:v>
+        <x:v>756291</x:v>
       </x:c>
       <x:c r="FJ5" s="3" t="n">
-        <x:v>664428</x:v>
+        <x:v>723584</x:v>
       </x:c>
       <x:c r="FK5" s="3" t="n">
-        <x:v>684212</x:v>
+        <x:v>741074</x:v>
       </x:c>
       <x:c r="FL5" s="3" t="n">
-        <x:v>682089</x:v>
+        <x:v>739440</x:v>
       </x:c>
       <x:c r="FM5" s="3" t="n">
-        <x:v>703294</x:v>
+        <x:v>767320</x:v>
       </x:c>
       <x:c r="FN5" s="3" t="n">
-        <x:v>658337</x:v>
+        <x:v>726748</x:v>
       </x:c>
       <x:c r="FO5" s="3" t="n">
-        <x:v>619554</x:v>
+        <x:v>682891</x:v>
       </x:c>
       <x:c r="FP5" s="3" t="n">
-        <x:v>654864</x:v>
+        <x:v>719514</x:v>
       </x:c>
       <x:c r="FQ5" s="3" t="n">
-        <x:v>686450</x:v>
+        <x:v>755088</x:v>
       </x:c>
       <x:c r="FR5" s="3" t="n">
-        <x:v>642050</x:v>
+        <x:v>708660</x:v>
       </x:c>
       <x:c r="FS5" s="3" t="n">
-        <x:v>667519</x:v>
+        <x:v>739416</x:v>
       </x:c>
       <x:c r="FT5" s="3" t="n">
-        <x:v>692170</x:v>
+        <x:v>767154</x:v>
       </x:c>
       <x:c r="FU5" s="3" t="n">
-        <x:v>736411</x:v>
+        <x:v>819252</x:v>
       </x:c>
       <x:c r="FV5" s="3" t="n">
-        <x:v>688272</x:v>
+        <x:v>764647</x:v>
       </x:c>
       <x:c r="FW5" s="3" t="n">
-        <x:v>725633</x:v>
+        <x:v>805796</x:v>
       </x:c>
       <x:c r="FX5" s="3" t="n">
-        <x:v>710023</x:v>
+        <x:v>792428</x:v>
       </x:c>
       <x:c r="FY5" s="3" t="n">
-        <x:v>767296</x:v>
+        <x:v>846311</x:v>
       </x:c>
       <x:c r="FZ5" s="3" t="n">
-        <x:v>709609</x:v>
+        <x:v>796497</x:v>
       </x:c>
       <x:c r="GA5" s="3" t="n">
-        <x:v>727223</x:v>
+        <x:v>808937</x:v>
       </x:c>
       <x:c r="GB5" s="3" t="n">
-        <x:v>712350</x:v>
+        <x:v>793695</x:v>
       </x:c>
       <x:c r="GC5" s="3" t="n">
-        <x:v>753902</x:v>
+        <x:v>835936</x:v>
       </x:c>
       <x:c r="GD5" s="3" t="n">
-        <x:v>712071</x:v>
+        <x:v>789316</x:v>
       </x:c>
       <x:c r="GE5" s="3" t="n">
-        <x:v>746816</x:v>
+        <x:v>828642</x:v>
       </x:c>
       <x:c r="GF5" s="3" t="n">
-        <x:v>727613</x:v>
+        <x:v>812668</x:v>
       </x:c>
       <x:c r="GG5" s="3" t="n">
-        <x:v>767983</x:v>
+        <x:v>851553</x:v>
       </x:c>
       <x:c r="GH5" s="3" t="n">
-        <x:v>734185</x:v>
+        <x:v>808962</x:v>
       </x:c>
       <x:c r="GI5" s="3" t="n">
-        <x:v>758568</x:v>
+        <x:v>839626</x:v>
+      </x:c>
+      <x:c r="GJ5" s="3" t="n">
+        <x:v>825953</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:191">
+    <x:row r="6" spans="1:192">
       <x:c r="A6" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>140302</x:v>
+        <x:v>136136</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>143835</x:v>
+        <x:v>139564</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>143816</x:v>
+        <x:v>139545</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>156904</x:v>
+        <x:v>152245</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>146470</x:v>
+        <x:v>142006</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>149541</x:v>
+        <x:v>144984</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
-        <x:v>148483</x:v>
+        <x:v>143958</x:v>
       </x:c>
       <x:c r="I6" s="3" t="n">
-        <x:v>164928</x:v>
+        <x:v>159902</x:v>
       </x:c>
       <x:c r="J6" s="3" t="n">
-        <x:v>152111</x:v>
+        <x:v>147420</x:v>
       </x:c>
       <x:c r="K6" s="3" t="n">
-        <x:v>150049</x:v>
+        <x:v>145421</x:v>
       </x:c>
       <x:c r="L6" s="3" t="n">
-        <x:v>151184</x:v>
+        <x:v>146521</x:v>
       </x:c>
       <x:c r="M6" s="3" t="n">
-        <x:v>168693</x:v>
+        <x:v>163489</x:v>
       </x:c>
       <x:c r="N6" s="3" t="n">
-        <x:v>150541</x:v>
+        <x:v>145843</x:v>
       </x:c>
       <x:c r="O6" s="3" t="n">
-        <x:v>151987</x:v>
+        <x:v>147244</x:v>
       </x:c>
       <x:c r="P6" s="3" t="n">
-        <x:v>150840</x:v>
+        <x:v>146133</x:v>
       </x:c>
       <x:c r="Q6" s="3" t="n">
-        <x:v>170549</x:v>
+        <x:v>165226</x:v>
       </x:c>
       <x:c r="R6" s="3" t="n">
-        <x:v>152598</x:v>
+        <x:v>147823</x:v>
       </x:c>
       <x:c r="S6" s="3" t="n">
-        <x:v>155370</x:v>
+        <x:v>150507</x:v>
       </x:c>
       <x:c r="T6" s="3" t="n">
-        <x:v>155073</x:v>
+        <x:v>150220</x:v>
       </x:c>
       <x:c r="U6" s="3" t="n">
-        <x:v>167873</x:v>
+        <x:v>162619</x:v>
       </x:c>
       <x:c r="V6" s="3" t="n">
-        <x:v>156445</x:v>
+        <x:v>151546</x:v>
       </x:c>
       <x:c r="W6" s="3" t="n">
-        <x:v>156898</x:v>
+        <x:v>151984</x:v>
       </x:c>
       <x:c r="X6" s="3" t="n">
-        <x:v>158903</x:v>
+        <x:v>153926</x:v>
       </x:c>
       <x:c r="Y6" s="3" t="n">
-        <x:v>171162</x:v>
+        <x:v>165802</x:v>
       </x:c>
       <x:c r="Z6" s="3" t="n">
-        <x:v>160859</x:v>
+        <x:v>155846</x:v>
       </x:c>
       <x:c r="AA6" s="3" t="n">
-        <x:v>162083</x:v>
+        <x:v>157032</x:v>
       </x:c>
       <x:c r="AB6" s="3" t="n">
-        <x:v>162063</x:v>
+        <x:v>157012</x:v>
       </x:c>
       <x:c r="AC6" s="3" t="n">
-        <x:v>178937</x:v>
+        <x:v>173360</x:v>
       </x:c>
       <x:c r="AD6" s="3" t="n">
-        <x:v>174480</x:v>
+        <x:v>169042</x:v>
       </x:c>
       <x:c r="AE6" s="3" t="n">
-        <x:v>175766</x:v>
+        <x:v>170288</x:v>
       </x:c>
       <x:c r="AF6" s="3" t="n">
-        <x:v>178116</x:v>
+        <x:v>172564</x:v>
       </x:c>
       <x:c r="AG6" s="3" t="n">
-        <x:v>196831</x:v>
+        <x:v>190696</x:v>
       </x:c>
       <x:c r="AH6" s="3" t="n">
-        <x:v>184242</x:v>
+        <x:v>178509</x:v>
       </x:c>
       <x:c r="AI6" s="3" t="n">
-        <x:v>192021</x:v>
+        <x:v>186045</x:v>
       </x:c>
       <x:c r="AJ6" s="3" t="n">
-        <x:v>183736</x:v>
+        <x:v>178018</x:v>
       </x:c>
       <x:c r="AK6" s="3" t="n">
-        <x:v>201811</x:v>
+        <x:v>195531</x:v>
       </x:c>
       <x:c r="AL6" s="3" t="n">
-        <x:v>182868</x:v>
+        <x:v>177089</x:v>
       </x:c>
       <x:c r="AM6" s="3" t="n">
-        <x:v>186959</x:v>
+        <x:v>181052</x:v>
       </x:c>
       <x:c r="AN6" s="3" t="n">
-        <x:v>185840</x:v>
+        <x:v>179967</x:v>
       </x:c>
       <x:c r="AO6" s="3" t="n">
-        <x:v>201441</x:v>
+        <x:v>195076</x:v>
       </x:c>
       <x:c r="AP6" s="3" t="n">
-        <x:v>183742</x:v>
+        <x:v>178003</x:v>
       </x:c>
       <x:c r="AQ6" s="3" t="n">
-        <x:v>182555</x:v>
+        <x:v>176854</x:v>
       </x:c>
       <x:c r="AR6" s="3" t="n">
-        <x:v>181477</x:v>
+        <x:v>175809</x:v>
       </x:c>
       <x:c r="AS6" s="3" t="n">
-        <x:v>193349</x:v>
+        <x:v>187310</x:v>
       </x:c>
       <x:c r="AT6" s="3" t="n">
-        <x:v>176798</x:v>
+        <x:v>171152</x:v>
       </x:c>
       <x:c r="AU6" s="3" t="n">
-        <x:v>183265</x:v>
+        <x:v>177412</x:v>
       </x:c>
       <x:c r="AV6" s="3" t="n">
-        <x:v>181643</x:v>
+        <x:v>175842</x:v>
       </x:c>
       <x:c r="AW6" s="3" t="n">
-        <x:v>194886</x:v>
+        <x:v>188662</x:v>
       </x:c>
       <x:c r="AX6" s="3" t="n">
-        <x:v>178133</x:v>
+        <x:v>172659</x:v>
       </x:c>
       <x:c r="AY6" s="3" t="n">
-        <x:v>183282</x:v>
+        <x:v>177650</x:v>
       </x:c>
       <x:c r="AZ6" s="3" t="n">
-        <x:v>184237</x:v>
+        <x:v>178575</x:v>
       </x:c>
       <x:c r="BA6" s="3" t="n">
-        <x:v>196042</x:v>
+        <x:v>190018</x:v>
       </x:c>
       <x:c r="BB6" s="3" t="n">
-        <x:v>183419</x:v>
+        <x:v>177613</x:v>
       </x:c>
       <x:c r="BC6" s="3" t="n">
-        <x:v>185102</x:v>
+        <x:v>179243</x:v>
       </x:c>
       <x:c r="BD6" s="3" t="n">
-        <x:v>187658</x:v>
+        <x:v>181718</x:v>
       </x:c>
       <x:c r="BE6" s="3" t="n">
-        <x:v>200974</x:v>
+        <x:v>194613</x:v>
       </x:c>
       <x:c r="BF6" s="3" t="n">
-        <x:v>188274</x:v>
+        <x:v>182420</x:v>
       </x:c>
       <x:c r="BG6" s="3" t="n">
-        <x:v>190936</x:v>
+        <x:v>184998</x:v>
       </x:c>
       <x:c r="BH6" s="3" t="n">
-        <x:v>190033</x:v>
+        <x:v>184124</x:v>
       </x:c>
       <x:c r="BI6" s="3" t="n">
-        <x:v>205811</x:v>
+        <x:v>199411</x:v>
       </x:c>
       <x:c r="BJ6" s="3" t="n">
-        <x:v>189315</x:v>
+        <x:v>183550</x:v>
       </x:c>
       <x:c r="BK6" s="3" t="n">
-        <x:v>192317</x:v>
+        <x:v>186460</x:v>
       </x:c>
       <x:c r="BL6" s="3" t="n">
-        <x:v>197684</x:v>
+        <x:v>191664</x:v>
       </x:c>
       <x:c r="BM6" s="3" t="n">
-        <x:v>213339</x:v>
+        <x:v>206842</x:v>
       </x:c>
       <x:c r="BN6" s="3" t="n">
-        <x:v>197839</x:v>
+        <x:v>191785</x:v>
       </x:c>
       <x:c r="BO6" s="3" t="n">
-        <x:v>200232</x:v>
+        <x:v>194105</x:v>
       </x:c>
       <x:c r="BP6" s="3" t="n">
-        <x:v>204927</x:v>
+        <x:v>198656</x:v>
       </x:c>
       <x:c r="BQ6" s="3" t="n">
-        <x:v>216564</x:v>
+        <x:v>209937</x:v>
       </x:c>
       <x:c r="BR6" s="3" t="n">
-        <x:v>202503</x:v>
+        <x:v>196487</x:v>
       </x:c>
       <x:c r="BS6" s="3" t="n">
-        <x:v>208446</x:v>
+        <x:v>202254</x:v>
       </x:c>
       <x:c r="BT6" s="3" t="n">
-        <x:v>213170</x:v>
+        <x:v>206837</x:v>
       </x:c>
       <x:c r="BU6" s="3" t="n">
-        <x:v>225048</x:v>
+        <x:v>218363</x:v>
       </x:c>
       <x:c r="BV6" s="3" t="n">
-        <x:v>216941</x:v>
+        <x:v>210721</x:v>
       </x:c>
       <x:c r="BW6" s="3" t="n">
-        <x:v>219003</x:v>
+        <x:v>212724</x:v>
       </x:c>
       <x:c r="BX6" s="3" t="n">
-        <x:v>226485</x:v>
+        <x:v>219991</x:v>
       </x:c>
       <x:c r="BY6" s="3" t="n">
-        <x:v>240432</x:v>
+        <x:v>233539</x:v>
       </x:c>
       <x:c r="BZ6" s="3" t="n">
-        <x:v>216751</x:v>
+        <x:v>210629</x:v>
       </x:c>
       <x:c r="CA6" s="3" t="n">
-        <x:v>229163</x:v>
+        <x:v>222691</x:v>
       </x:c>
       <x:c r="CB6" s="3" t="n">
-        <x:v>234892</x:v>
+        <x:v>228258</x:v>
       </x:c>
       <x:c r="CC6" s="3" t="n">
-        <x:v>250232</x:v>
+        <x:v>243165</x:v>
       </x:c>
       <x:c r="CD6" s="3" t="n">
-        <x:v>225550</x:v>
+        <x:v>219246</x:v>
       </x:c>
       <x:c r="CE6" s="3" t="n">
-        <x:v>237388</x:v>
+        <x:v>230752</x:v>
       </x:c>
       <x:c r="CF6" s="3" t="n">
-        <x:v>242477</x:v>
+        <x:v>235700</x:v>
       </x:c>
       <x:c r="CG6" s="3" t="n">
-        <x:v>251959</x:v>
+        <x:v>244916</x:v>
       </x:c>
       <x:c r="CH6" s="3" t="n">
-        <x:v>236248</x:v>
+        <x:v>230112</x:v>
       </x:c>
       <x:c r="CI6" s="3" t="n">
-        <x:v>239877</x:v>
+        <x:v>233646</x:v>
       </x:c>
       <x:c r="CJ6" s="3" t="n">
-        <x:v>252118</x:v>
+        <x:v>245570</x:v>
       </x:c>
       <x:c r="CK6" s="3" t="n">
-        <x:v>264880</x:v>
+        <x:v>258000</x:v>
       </x:c>
       <x:c r="CL6" s="3" t="n">
-        <x:v>247975</x:v>
+        <x:v>242032</x:v>
       </x:c>
       <x:c r="CM6" s="3" t="n">
-        <x:v>255573</x:v>
+        <x:v>249448</x:v>
       </x:c>
       <x:c r="CN6" s="3" t="n">
-        <x:v>262125</x:v>
+        <x:v>255843</x:v>
       </x:c>
       <x:c r="CO6" s="3" t="n">
-        <x:v>268872</x:v>
+        <x:v>262428</x:v>
       </x:c>
       <x:c r="CP6" s="3" t="n">
-        <x:v>252040</x:v>
+        <x:v>246784</x:v>
       </x:c>
       <x:c r="CQ6" s="3" t="n">
-        <x:v>259167</x:v>
+        <x:v>253762</x:v>
       </x:c>
       <x:c r="CR6" s="3" t="n">
-        <x:v>266406</x:v>
+        <x:v>260850</x:v>
       </x:c>
       <x:c r="CS6" s="3" t="n">
-        <x:v>278272</x:v>
+        <x:v>272468</x:v>
       </x:c>
       <x:c r="CT6" s="3" t="n">
-        <x:v>257400</x:v>
+        <x:v>253372</x:v>
       </x:c>
       <x:c r="CU6" s="3" t="n">
-        <x:v>266326</x:v>
+        <x:v>262159</x:v>
       </x:c>
       <x:c r="CV6" s="3" t="n">
-        <x:v>275340</x:v>
+        <x:v>271032</x:v>
       </x:c>
       <x:c r="CW6" s="3" t="n">
-        <x:v>289931</x:v>
+        <x:v>285395</x:v>
       </x:c>
       <x:c r="CX6" s="3" t="n">
-        <x:v>264251</x:v>
+        <x:v>260853</x:v>
       </x:c>
       <x:c r="CY6" s="3" t="n">
-        <x:v>273869</x:v>
+        <x:v>270348</x:v>
       </x:c>
       <x:c r="CZ6" s="3" t="n">
-        <x:v>286167</x:v>
+        <x:v>282488</x:v>
       </x:c>
       <x:c r="DA6" s="3" t="n">
-        <x:v>299477</x:v>
+        <x:v>295627</x:v>
       </x:c>
       <x:c r="DB6" s="3" t="n">
-        <x:v>281459</x:v>
+        <x:v>279777</x:v>
       </x:c>
       <x:c r="DC6" s="3" t="n">
-        <x:v>291513</x:v>
+        <x:v>289770</x:v>
       </x:c>
       <x:c r="DD6" s="3" t="n">
-        <x:v>302154</x:v>
+        <x:v>300347</x:v>
       </x:c>
       <x:c r="DE6" s="3" t="n">
-        <x:v>309876</x:v>
+        <x:v>308023</x:v>
       </x:c>
       <x:c r="DF6" s="3" t="n">
-        <x:v>287278</x:v>
+        <x:v>288611</x:v>
       </x:c>
       <x:c r="DG6" s="3" t="n">
-        <x:v>308046</x:v>
+        <x:v>309475</x:v>
       </x:c>
       <x:c r="DH6" s="3" t="n">
-        <x:v>319972</x:v>
+        <x:v>321457</x:v>
       </x:c>
       <x:c r="DI6" s="3" t="n">
-        <x:v>321879</x:v>
+        <x:v>323372</x:v>
       </x:c>
       <x:c r="DJ6" s="3" t="n">
-        <x:v>304289</x:v>
+        <x:v>309017</x:v>
       </x:c>
       <x:c r="DK6" s="3" t="n">
-        <x:v>322079</x:v>
+        <x:v>327083</x:v>
       </x:c>
       <x:c r="DL6" s="3" t="n">
-        <x:v>332137</x:v>
+        <x:v>337297</x:v>
       </x:c>
       <x:c r="DM6" s="3" t="n">
-        <x:v>340038</x:v>
+        <x:v>345321</x:v>
       </x:c>
       <x:c r="DN6" s="3" t="n">
-        <x:v>322793</x:v>
+        <x:v>329746</x:v>
       </x:c>
       <x:c r="DO6" s="3" t="n">
-        <x:v>338324</x:v>
+        <x:v>345611</x:v>
       </x:c>
       <x:c r="DP6" s="3" t="n">
-        <x:v>347828</x:v>
+        <x:v>355320</x:v>
       </x:c>
       <x:c r="DQ6" s="3" t="n">
-        <x:v>358511</x:v>
+        <x:v>366234</x:v>
       </x:c>
       <x:c r="DR6" s="3" t="n">
-        <x:v>333009</x:v>
+        <x:v>339833</x:v>
       </x:c>
       <x:c r="DS6" s="3" t="n">
-        <x:v>352696</x:v>
+        <x:v>359923</x:v>
       </x:c>
       <x:c r="DT6" s="3" t="n">
-        <x:v>350861</x:v>
+        <x:v>358051</x:v>
       </x:c>
       <x:c r="DU6" s="3" t="n">
-        <x:v>353829</x:v>
+        <x:v>361079</x:v>
       </x:c>
       <x:c r="DV6" s="3" t="n">
-        <x:v>325482</x:v>
+        <x:v>335441</x:v>
       </x:c>
       <x:c r="DW6" s="3" t="n">
-        <x:v>345099</x:v>
+        <x:v>355658</x:v>
       </x:c>
       <x:c r="DX6" s="3" t="n">
-        <x:v>353994</x:v>
+        <x:v>364825</x:v>
       </x:c>
       <x:c r="DY6" s="3" t="n">
-        <x:v>366243</x:v>
+        <x:v>377449</x:v>
       </x:c>
       <x:c r="DZ6" s="3" t="n">
-        <x:v>347287</x:v>
+        <x:v>360147</x:v>
       </x:c>
       <x:c r="EA6" s="3" t="n">
-        <x:v>353741</x:v>
+        <x:v>366840</x:v>
       </x:c>
       <x:c r="EB6" s="3" t="n">
-        <x:v>365762</x:v>
+        <x:v>379306</x:v>
       </x:c>
       <x:c r="EC6" s="3" t="n">
-        <x:v>377014</x:v>
+        <x:v>390974</x:v>
       </x:c>
       <x:c r="ED6" s="3" t="n">
-        <x:v>350076</x:v>
+        <x:v>365651</x:v>
       </x:c>
       <x:c r="EE6" s="3" t="n">
-        <x:v>369159</x:v>
+        <x:v>385583</x:v>
       </x:c>
       <x:c r="EF6" s="3" t="n">
-        <x:v>375206</x:v>
+        <x:v>391898</x:v>
       </x:c>
       <x:c r="EG6" s="3" t="n">
-        <x:v>383502</x:v>
+        <x:v>400563</x:v>
       </x:c>
       <x:c r="EH6" s="3" t="n">
-        <x:v>366362</x:v>
+        <x:v>384698</x:v>
       </x:c>
       <x:c r="EI6" s="3" t="n">
-        <x:v>379621</x:v>
+        <x:v>398619</x:v>
       </x:c>
       <x:c r="EJ6" s="3" t="n">
-        <x:v>388748</x:v>
+        <x:v>408203</x:v>
       </x:c>
       <x:c r="EK6" s="3" t="n">
-        <x:v>394981</x:v>
+        <x:v>414749</x:v>
       </x:c>
       <x:c r="EL6" s="3" t="n">
-        <x:v>374063</x:v>
+        <x:v>396470</x:v>
       </x:c>
       <x:c r="EM6" s="3" t="n">
-        <x:v>392990</x:v>
+        <x:v>416531</x:v>
       </x:c>
       <x:c r="EN6" s="3" t="n">
-        <x:v>400977</x:v>
+        <x:v>424996</x:v>
       </x:c>
       <x:c r="EO6" s="3" t="n">
-        <x:v>404687</x:v>
+        <x:v>428929</x:v>
       </x:c>
       <x:c r="EP6" s="3" t="n">
-        <x:v>381091</x:v>
+        <x:v>407287</x:v>
       </x:c>
       <x:c r="EQ6" s="3" t="n">
-        <x:v>401342</x:v>
+        <x:v>428930</x:v>
       </x:c>
       <x:c r="ER6" s="3" t="n">
-        <x:v>408422</x:v>
+        <x:v>436496</x:v>
       </x:c>
       <x:c r="ES6" s="3" t="n">
-        <x:v>414437</x:v>
+        <x:v>442925</x:v>
       </x:c>
       <x:c r="ET6" s="3" t="n">
-        <x:v>394959</x:v>
+        <x:v>426090</x:v>
       </x:c>
       <x:c r="EU6" s="3" t="n">
-        <x:v>410067</x:v>
+        <x:v>442389</x:v>
       </x:c>
       <x:c r="EV6" s="3" t="n">
-        <x:v>419736</x:v>
+        <x:v>452819</x:v>
       </x:c>
       <x:c r="EW6" s="3" t="n">
-        <x:v>424033</x:v>
+        <x:v>457455</x:v>
       </x:c>
       <x:c r="EX6" s="3" t="n">
-        <x:v>396692</x:v>
+        <x:v>432922</x:v>
       </x:c>
       <x:c r="EY6" s="3" t="n">
-        <x:v>423526</x:v>
+        <x:v>460533</x:v>
       </x:c>
       <x:c r="EZ6" s="3" t="n">
-        <x:v>408776</x:v>
+        <x:v>444924</x:v>
       </x:c>
       <x:c r="FA6" s="3" t="n">
-        <x:v>438322</x:v>
+        <x:v>478405</x:v>
       </x:c>
       <x:c r="FB6" s="3" t="n">
-        <x:v>412245</x:v>
+        <x:v>452317</x:v>
       </x:c>
       <x:c r="FC6" s="3" t="n">
-        <x:v>424430</x:v>
+        <x:v>465347</x:v>
       </x:c>
       <x:c r="FD6" s="3" t="n">
-        <x:v>419390</x:v>
+        <x:v>460952</x:v>
       </x:c>
       <x:c r="FE6" s="3" t="n">
-        <x:v>448578</x:v>
+        <x:v>494596</x:v>
       </x:c>
       <x:c r="FF6" s="3" t="n">
-        <x:v>413419</x:v>
+        <x:v>460244</x:v>
       </x:c>
       <x:c r="FG6" s="3" t="n">
-        <x:v>439018</x:v>
+        <x:v>487244</x:v>
       </x:c>
       <x:c r="FH6" s="3" t="n">
-        <x:v>424383</x:v>
+        <x:v>471800</x:v>
       </x:c>
       <x:c r="FI6" s="3" t="n">
-        <x:v>452255</x:v>
+        <x:v>504298</x:v>
       </x:c>
       <x:c r="FJ6" s="3" t="n">
-        <x:v>419630</x:v>
+        <x:v>473305</x:v>
       </x:c>
       <x:c r="FK6" s="3" t="n">
-        <x:v>437549</x:v>
+        <x:v>488755</x:v>
       </x:c>
       <x:c r="FL6" s="3" t="n">
-        <x:v>434916</x:v>
+        <x:v>486301</x:v>
       </x:c>
       <x:c r="FM6" s="3" t="n">
-        <x:v>454661</x:v>
+        <x:v>511768</x:v>
       </x:c>
       <x:c r="FN6" s="3" t="n">
-        <x:v>411018</x:v>
+        <x:v>472736</x:v>
       </x:c>
       <x:c r="FO6" s="3" t="n">
-        <x:v>383162</x:v>
+        <x:v>439516</x:v>
       </x:c>
       <x:c r="FP6" s="3" t="n">
-        <x:v>408111</x:v>
+        <x:v>465665</x:v>
       </x:c>
       <x:c r="FQ6" s="3" t="n">
-        <x:v>435800</x:v>
+        <x:v>497341</x:v>
       </x:c>
       <x:c r="FR6" s="3" t="n">
-        <x:v>393880</x:v>
+        <x:v>453688</x:v>
       </x:c>
       <x:c r="FS6" s="3" t="n">
-        <x:v>414985</x:v>
+        <x:v>480063</x:v>
       </x:c>
       <x:c r="FT6" s="3" t="n">
-        <x:v>434772</x:v>
+        <x:v>502637</x:v>
       </x:c>
       <x:c r="FU6" s="3" t="n">
-        <x:v>477956</x:v>
+        <x:v>552824</x:v>
       </x:c>
       <x:c r="FV6" s="3" t="n">
-        <x:v>433162</x:v>
+        <x:v>500629</x:v>
       </x:c>
       <x:c r="FW6" s="3" t="n">
-        <x:v>468307</x:v>
+        <x:v>538558</x:v>
       </x:c>
       <x:c r="FX6" s="3" t="n">
-        <x:v>451175</x:v>
+        <x:v>522787</x:v>
       </x:c>
       <x:c r="FY6" s="3" t="n">
-        <x:v>503856</x:v>
+        <x:v>571001</x:v>
       </x:c>
       <x:c r="FZ6" s="3" t="n">
-        <x:v>446928</x:v>
+        <x:v>521036</x:v>
       </x:c>
       <x:c r="GA6" s="3" t="n">
-        <x:v>461329</x:v>
+        <x:v>529507</x:v>
       </x:c>
       <x:c r="GB6" s="3" t="n">
-        <x:v>443942</x:v>
+        <x:v>511408</x:v>
       </x:c>
       <x:c r="GC6" s="3" t="n">
-        <x:v>481421</x:v>
+        <x:v>549087</x:v>
       </x:c>
       <x:c r="GD6" s="3" t="n">
-        <x:v>441726</x:v>
+        <x:v>506619</x:v>
       </x:c>
       <x:c r="GE6" s="3" t="n">
-        <x:v>474633</x:v>
+        <x:v>543199</x:v>
       </x:c>
       <x:c r="GF6" s="3" t="n">
-        <x:v>453440</x:v>
+        <x:v>525627</x:v>
       </x:c>
       <x:c r="GG6" s="3" t="n">
-        <x:v>489917</x:v>
+        <x:v>562695</x:v>
       </x:c>
       <x:c r="GH6" s="3" t="n">
-        <x:v>458649</x:v>
+        <x:v>521604</x:v>
       </x:c>
       <x:c r="GI6" s="3" t="n">
-        <x:v>481106</x:v>
+        <x:v>549497</x:v>
+      </x:c>
+      <x:c r="GJ6" s="3" t="n">
+        <x:v>535666</x:v>
       </x:c>
     </x:row>
-    <x:row r="7" spans="1:191">
+    <x:row r="7" spans="1:192">
       <x:c r="A7" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>131397</x:v>
+        <x:v>126917</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>134827</x:v>
+        <x:v>130230</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>134712</x:v>
+        <x:v>130119</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>147766</x:v>
+        <x:v>142728</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>136992</x:v>
+        <x:v>132321</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>139954</x:v>
+        <x:v>135182</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
-        <x:v>138798</x:v>
+        <x:v>134065</x:v>
       </x:c>
       <x:c r="I7" s="3" t="n">
-        <x:v>155199</x:v>
+        <x:v>149907</x:v>
       </x:c>
       <x:c r="J7" s="3" t="n">
-        <x:v>142217</x:v>
+        <x:v>137368</x:v>
       </x:c>
       <x:c r="K7" s="3" t="n">
-        <x:v>140159</x:v>
+        <x:v>135380</x:v>
       </x:c>
       <x:c r="L7" s="3" t="n">
-        <x:v>141187</x:v>
+        <x:v>136373</x:v>
       </x:c>
       <x:c r="M7" s="3" t="n">
-        <x:v>158657</x:v>
+        <x:v>153247</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
-        <x:v>140378</x:v>
+        <x:v>135592</x:v>
       </x:c>
       <x:c r="O7" s="3" t="n">
-        <x:v>141711</x:v>
+        <x:v>136879</x:v>
       </x:c>
       <x:c r="P7" s="3" t="n">
-        <x:v>140455</x:v>
+        <x:v>135666</x:v>
       </x:c>
       <x:c r="Q7" s="3" t="n">
-        <x:v>160136</x:v>
+        <x:v>154676</x:v>
       </x:c>
       <x:c r="R7" s="3" t="n">
-        <x:v>141970</x:v>
+        <x:v>137129</x:v>
       </x:c>
       <x:c r="S7" s="3" t="n">
-        <x:v>144622</x:v>
+        <x:v>139691</x:v>
       </x:c>
       <x:c r="T7" s="3" t="n">
-        <x:v>144210</x:v>
+        <x:v>139293</x:v>
       </x:c>
       <x:c r="U7" s="3" t="n">
-        <x:v>156997</x:v>
+        <x:v>151644</x:v>
       </x:c>
       <x:c r="V7" s="3" t="n">
-        <x:v>145623</x:v>
+        <x:v>140658</x:v>
       </x:c>
       <x:c r="W7" s="3" t="n">
-        <x:v>145957</x:v>
+        <x:v>140980</x:v>
       </x:c>
       <x:c r="X7" s="3" t="n">
-        <x:v>147841</x:v>
+        <x:v>142800</x:v>
       </x:c>
       <x:c r="Y7" s="3" t="n">
-        <x:v>160087</x:v>
+        <x:v>154628</x:v>
       </x:c>
       <x:c r="Z7" s="3" t="n">
-        <x:v>149789</x:v>
+        <x:v>144682</x:v>
       </x:c>
       <x:c r="AA7" s="3" t="n">
-        <x:v>151011</x:v>
+        <x:v>145862</x:v>
       </x:c>
       <x:c r="AB7" s="3" t="n">
-        <x:v>150871</x:v>
+        <x:v>145727</x:v>
       </x:c>
       <x:c r="AC7" s="3" t="n">
-        <x:v>167723</x:v>
+        <x:v>162005</x:v>
       </x:c>
       <x:c r="AD7" s="3" t="n">
-        <x:v>163228</x:v>
+        <x:v>157663</x:v>
       </x:c>
       <x:c r="AE7" s="3" t="n">
-        <x:v>164391</x:v>
+        <x:v>158786</x:v>
       </x:c>
       <x:c r="AF7" s="3" t="n">
-        <x:v>166614</x:v>
+        <x:v>160933</x:v>
       </x:c>
       <x:c r="AG7" s="3" t="n">
-        <x:v>185293</x:v>
+        <x:v>178975</x:v>
       </x:c>
       <x:c r="AH7" s="3" t="n">
-        <x:v>172390</x:v>
+        <x:v>166512</x:v>
       </x:c>
       <x:c r="AI7" s="3" t="n">
-        <x:v>180026</x:v>
+        <x:v>173888</x:v>
       </x:c>
       <x:c r="AJ7" s="3" t="n">
-        <x:v>171629</x:v>
+        <x:v>165777</x:v>
       </x:c>
       <x:c r="AK7" s="3" t="n">
-        <x:v>189670</x:v>
+        <x:v>183203</x:v>
       </x:c>
       <x:c r="AL7" s="3" t="n">
-        <x:v>170844</x:v>
+        <x:v>165019</x:v>
       </x:c>
       <x:c r="AM7" s="3" t="n">
-        <x:v>174798</x:v>
+        <x:v>168838</x:v>
       </x:c>
       <x:c r="AN7" s="3" t="n">
-        <x:v>173552</x:v>
+        <x:v>167634</x:v>
       </x:c>
       <x:c r="AO7" s="3" t="n">
-        <x:v>189118</x:v>
+        <x:v>182670</x:v>
       </x:c>
       <x:c r="AP7" s="3" t="n">
-        <x:v>171551</x:v>
+        <x:v>165701</x:v>
       </x:c>
       <x:c r="AQ7" s="3" t="n">
-        <x:v>170367</x:v>
+        <x:v>164558</x:v>
       </x:c>
       <x:c r="AR7" s="3" t="n">
-        <x:v>169162</x:v>
+        <x:v>163395</x:v>
       </x:c>
       <x:c r="AS7" s="3" t="n">
-        <x:v>181005</x:v>
+        <x:v>174834</x:v>
       </x:c>
       <x:c r="AT7" s="3" t="n">
-        <x:v>164517</x:v>
+        <x:v>158908</x:v>
       </x:c>
       <x:c r="AU7" s="3" t="n">
-        <x:v>170837</x:v>
+        <x:v>165012</x:v>
       </x:c>
       <x:c r="AV7" s="3" t="n">
-        <x:v>169087</x:v>
+        <x:v>163322</x:v>
       </x:c>
       <x:c r="AW7" s="3" t="n">
-        <x:v>182300</x:v>
+        <x:v>176084</x:v>
       </x:c>
       <x:c r="AX7" s="3" t="n">
-        <x:v>165608</x:v>
+        <x:v>159961</x:v>
       </x:c>
       <x:c r="AY7" s="3" t="n">
-        <x:v>170609</x:v>
+        <x:v>164792</x:v>
       </x:c>
       <x:c r="AZ7" s="3" t="n">
-        <x:v>171428</x:v>
+        <x:v>165583</x:v>
       </x:c>
       <x:c r="BA7" s="3" t="n">
-        <x:v>183203</x:v>
+        <x:v>176957</x:v>
       </x:c>
       <x:c r="BB7" s="3" t="n">
-        <x:v>170684</x:v>
+        <x:v>164865</x:v>
       </x:c>
       <x:c r="BC7" s="3" t="n">
-        <x:v>172877</x:v>
+        <x:v>166983</x:v>
       </x:c>
       <x:c r="BD7" s="3" t="n">
-        <x:v>174924</x:v>
+        <x:v>168959</x:v>
       </x:c>
       <x:c r="BE7" s="3" t="n">
-        <x:v>188469</x:v>
+        <x:v>182043</x:v>
       </x:c>
       <x:c r="BF7" s="3" t="n">
-        <x:v>175570</x:v>
+        <x:v>169583</x:v>
       </x:c>
       <x:c r="BG7" s="3" t="n">
-        <x:v>178183</x:v>
+        <x:v>172107</x:v>
       </x:c>
       <x:c r="BH7" s="3" t="n">
-        <x:v>177003</x:v>
+        <x:v>170968</x:v>
       </x:c>
       <x:c r="BI7" s="3" t="n">
-        <x:v>192987</x:v>
+        <x:v>186407</x:v>
       </x:c>
       <x:c r="BJ7" s="3" t="n">
-        <x:v>176288</x:v>
+        <x:v>170277</x:v>
       </x:c>
       <x:c r="BK7" s="3" t="n">
-        <x:v>179384</x:v>
+        <x:v>173268</x:v>
       </x:c>
       <x:c r="BL7" s="3" t="n">
-        <x:v>184621</x:v>
+        <x:v>178326</x:v>
       </x:c>
       <x:c r="BM7" s="3" t="n">
-        <x:v>200843</x:v>
+        <x:v>193995</x:v>
       </x:c>
       <x:c r="BN7" s="3" t="n">
-        <x:v>184648</x:v>
+        <x:v>178353</x:v>
       </x:c>
       <x:c r="BO7" s="3" t="n">
-        <x:v>187109</x:v>
+        <x:v>180729</x:v>
       </x:c>
       <x:c r="BP7" s="3" t="n">
-        <x:v>191591</x:v>
+        <x:v>185059</x:v>
       </x:c>
       <x:c r="BQ7" s="3" t="n">
-        <x:v>203693</x:v>
+        <x:v>196748</x:v>
       </x:c>
       <x:c r="BR7" s="3" t="n">
-        <x:v>189668</x:v>
+        <x:v>183201</x:v>
       </x:c>
       <x:c r="BS7" s="3" t="n">
-        <x:v>195344</x:v>
+        <x:v>188683</x:v>
       </x:c>
       <x:c r="BT7" s="3" t="n">
-        <x:v>200088</x:v>
+        <x:v>193266</x:v>
       </x:c>
       <x:c r="BU7" s="3" t="n">
-        <x:v>212399</x:v>
+        <x:v>205157</x:v>
       </x:c>
       <x:c r="BV7" s="3" t="n">
-        <x:v>203948</x:v>
+        <x:v>196994</x:v>
       </x:c>
       <x:c r="BW7" s="3" t="n">
-        <x:v>205940</x:v>
+        <x:v>198918</x:v>
       </x:c>
       <x:c r="BX7" s="3" t="n">
-        <x:v>213334</x:v>
+        <x:v>206061</x:v>
       </x:c>
       <x:c r="BY7" s="3" t="n">
-        <x:v>227662</x:v>
+        <x:v>219899</x:v>
       </x:c>
       <x:c r="BZ7" s="3" t="n">
-        <x:v>203460</x:v>
+        <x:v>196523</x:v>
       </x:c>
       <x:c r="CA7" s="3" t="n">
-        <x:v>216243</x:v>
+        <x:v>208870</x:v>
       </x:c>
       <x:c r="CB7" s="3" t="n">
-        <x:v>221858</x:v>
+        <x:v>214294</x:v>
       </x:c>
       <x:c r="CC7" s="3" t="n">
-        <x:v>237592</x:v>
+        <x:v>229491</x:v>
       </x:c>
       <x:c r="CD7" s="3" t="n">
-        <x:v>212427</x:v>
+        <x:v>205184</x:v>
       </x:c>
       <x:c r="CE7" s="3" t="n">
-        <x:v>224231</x:v>
+        <x:v>216586</x:v>
       </x:c>
       <x:c r="CF7" s="3" t="n">
-        <x:v>229331</x:v>
+        <x:v>221512</x:v>
       </x:c>
       <x:c r="CG7" s="3" t="n">
-        <x:v>238979</x:v>
+        <x:v>230831</x:v>
       </x:c>
       <x:c r="CH7" s="3" t="n">
-        <x:v>222645</x:v>
+        <x:v>215536</x:v>
       </x:c>
       <x:c r="CI7" s="3" t="n">
-        <x:v>226256</x:v>
+        <x:v>219032</x:v>
       </x:c>
       <x:c r="CJ7" s="3" t="n">
-        <x:v>238423</x:v>
+        <x:v>230810</x:v>
       </x:c>
       <x:c r="CK7" s="3" t="n">
-        <x:v>251480</x:v>
+        <x:v>243450</x:v>
       </x:c>
       <x:c r="CL7" s="3" t="n">
-        <x:v>234209</x:v>
+        <x:v>227236</x:v>
       </x:c>
       <x:c r="CM7" s="3" t="n">
-        <x:v>241644</x:v>
+        <x:v>234449</x:v>
       </x:c>
       <x:c r="CN7" s="3" t="n">
-        <x:v>247957</x:v>
+        <x:v>240575</x:v>
       </x:c>
       <x:c r="CO7" s="3" t="n">
-        <x:v>255319</x:v>
+        <x:v>247717</x:v>
       </x:c>
       <x:c r="CP7" s="3" t="n">
-        <x:v>238071</x:v>
+        <x:v>231494</x:v>
       </x:c>
       <x:c r="CQ7" s="3" t="n">
-        <x:v>245704</x:v>
+        <x:v>238916</x:v>
       </x:c>
       <x:c r="CR7" s="3" t="n">
-        <x:v>252901</x:v>
+        <x:v>245913</x:v>
       </x:c>
       <x:c r="CS7" s="3" t="n">
-        <x:v>264222</x:v>
+        <x:v>256922</x:v>
       </x:c>
       <x:c r="CT7" s="3" t="n">
-        <x:v>243025</x:v>
+        <x:v>237563</x:v>
       </x:c>
       <x:c r="CU7" s="3" t="n">
-        <x:v>252356</x:v>
+        <x:v>246685</x:v>
       </x:c>
       <x:c r="CV7" s="3" t="n">
-        <x:v>261443</x:v>
+        <x:v>255567</x:v>
       </x:c>
       <x:c r="CW7" s="3" t="n">
-        <x:v>275538</x:v>
+        <x:v>269346</x:v>
       </x:c>
       <x:c r="CX7" s="3" t="n">
-        <x:v>249164</x:v>
+        <x:v>244675</x:v>
       </x:c>
       <x:c r="CY7" s="3" t="n">
-        <x:v>259157</x:v>
+        <x:v>254489</x:v>
       </x:c>
       <x:c r="CZ7" s="3" t="n">
-        <x:v>271518</x:v>
+        <x:v>266627</x:v>
       </x:c>
       <x:c r="DA7" s="3" t="n">
-        <x:v>284391</x:v>
+        <x:v>279268</x:v>
       </x:c>
       <x:c r="DB7" s="3" t="n">
-        <x:v>265449</x:v>
+        <x:v>262021</x:v>
       </x:c>
       <x:c r="DC7" s="3" t="n">
-        <x:v>276002</x:v>
+        <x:v>272438</x:v>
       </x:c>
       <x:c r="DD7" s="3" t="n">
-        <x:v>286733</x:v>
+        <x:v>283030</x:v>
       </x:c>
       <x:c r="DE7" s="3" t="n">
-        <x:v>294009</x:v>
+        <x:v>290212</x:v>
       </x:c>
       <x:c r="DF7" s="3" t="n">
-        <x:v>270590</x:v>
+        <x:v>270216</x:v>
       </x:c>
       <x:c r="DG7" s="3" t="n">
-        <x:v>291763</x:v>
+        <x:v>291360</x:v>
       </x:c>
       <x:c r="DH7" s="3" t="n">
-        <x:v>303575</x:v>
+        <x:v>303156</x:v>
       </x:c>
       <x:c r="DI7" s="3" t="n">
-        <x:v>305003</x:v>
+        <x:v>304581</x:v>
       </x:c>
       <x:c r="DJ7" s="3" t="n">
-        <x:v>287315</x:v>
+        <x:v>290332</x:v>
       </x:c>
       <x:c r="DK7" s="3" t="n">
-        <x:v>304908</x:v>
+        <x:v>308110</x:v>
       </x:c>
       <x:c r="DL7" s="3" t="n">
-        <x:v>315436</x:v>
+        <x:v>318748</x:v>
       </x:c>
       <x:c r="DM7" s="3" t="n">
-        <x:v>323245</x:v>
+        <x:v>326639</x:v>
       </x:c>
       <x:c r="DN7" s="3" t="n">
-        <x:v>305810</x:v>
+        <x:v>310879</x:v>
       </x:c>
       <x:c r="DO7" s="3" t="n">
-        <x:v>321282</x:v>
+        <x:v>326607</x:v>
       </x:c>
       <x:c r="DP7" s="3" t="n">
-        <x:v>331149</x:v>
+        <x:v>336638</x:v>
       </x:c>
       <x:c r="DQ7" s="3" t="n">
-        <x:v>341661</x:v>
+        <x:v>347324</x:v>
       </x:c>
       <x:c r="DR7" s="3" t="n">
-        <x:v>315515</x:v>
+        <x:v>320436</x:v>
       </x:c>
       <x:c r="DS7" s="3" t="n">
-        <x:v>334929</x:v>
+        <x:v>340153</x:v>
       </x:c>
       <x:c r="DT7" s="3" t="n">
-        <x:v>334170</x:v>
+        <x:v>339382</x:v>
       </x:c>
       <x:c r="DU7" s="3" t="n">
-        <x:v>336285</x:v>
+        <x:v>341530</x:v>
       </x:c>
       <x:c r="DV7" s="3" t="n">
-        <x:v>307339</x:v>
+        <x:v>315303</x:v>
       </x:c>
       <x:c r="DW7" s="3" t="n">
-        <x:v>327504</x:v>
+        <x:v>335990</x:v>
       </x:c>
       <x:c r="DX7" s="3" t="n">
-        <x:v>336613</x:v>
+        <x:v>345335</x:v>
       </x:c>
       <x:c r="DY7" s="3" t="n">
-        <x:v>347405</x:v>
+        <x:v>356407</x:v>
       </x:c>
       <x:c r="DZ7" s="3" t="n">
-        <x:v>329247</x:v>
+        <x:v>339881</x:v>
       </x:c>
       <x:c r="EA7" s="3" t="n">
-        <x:v>336033</x:v>
+        <x:v>346886</x:v>
       </x:c>
       <x:c r="EB7" s="3" t="n">
-        <x:v>348672</x:v>
+        <x:v>359933</x:v>
       </x:c>
       <x:c r="EC7" s="3" t="n">
-        <x:v>358790</x:v>
+        <x:v>370378</x:v>
       </x:c>
       <x:c r="ED7" s="3" t="n">
-        <x:v>331254</x:v>
+        <x:v>344457</x:v>
       </x:c>
       <x:c r="EE7" s="3" t="n">
-        <x:v>350999</x:v>
+        <x:v>364989</x:v>
       </x:c>
       <x:c r="EF7" s="3" t="n">
-        <x:v>357397</x:v>
+        <x:v>371642</x:v>
       </x:c>
       <x:c r="EG7" s="3" t="n">
-        <x:v>364566</x:v>
+        <x:v>379096</x:v>
       </x:c>
       <x:c r="EH7" s="3" t="n">
-        <x:v>346728</x:v>
+        <x:v>362668</x:v>
       </x:c>
       <x:c r="EI7" s="3" t="n">
-        <x:v>360956</x:v>
+        <x:v>377551</x:v>
       </x:c>
       <x:c r="EJ7" s="3" t="n">
-        <x:v>370744</x:v>
+        <x:v>387789</x:v>
       </x:c>
       <x:c r="EK7" s="3" t="n">
-        <x:v>375904</x:v>
+        <x:v>393186</x:v>
       </x:c>
       <x:c r="EL7" s="3" t="n">
-        <x:v>354047</x:v>
+        <x:v>374354</x:v>
       </x:c>
       <x:c r="EM7" s="3" t="n">
-        <x:v>373262</x:v>
+        <x:v>394671</x:v>
       </x:c>
       <x:c r="EN7" s="3" t="n">
-        <x:v>382013</x:v>
+        <x:v>403924</x:v>
       </x:c>
       <x:c r="EO7" s="3" t="n">
-        <x:v>384646</x:v>
+        <x:v>406707</x:v>
       </x:c>
       <x:c r="EP7" s="3" t="n">
-        <x:v>359636</x:v>
+        <x:v>383994</x:v>
       </x:c>
       <x:c r="EQ7" s="3" t="n">
-        <x:v>380541</x:v>
+        <x:v>406315</x:v>
       </x:c>
       <x:c r="ER7" s="3" t="n">
-        <x:v>388116</x:v>
+        <x:v>414403</x:v>
       </x:c>
       <x:c r="ES7" s="3" t="n">
-        <x:v>393005</x:v>
+        <x:v>419623</x:v>
       </x:c>
       <x:c r="ET7" s="3" t="n">
-        <x:v>371279</x:v>
+        <x:v>400919</x:v>
       </x:c>
       <x:c r="EU7" s="3" t="n">
-        <x:v>387919</x:v>
+        <x:v>418887</x:v>
       </x:c>
       <x:c r="EV7" s="3" t="n">
-        <x:v>397437</x:v>
+        <x:v>429165</x:v>
       </x:c>
       <x:c r="EW7" s="3" t="n">
-        <x:v>400810</x:v>
+        <x:v>432807</x:v>
       </x:c>
       <x:c r="EX7" s="3" t="n">
-        <x:v>373740</x:v>
+        <x:v>409004</x:v>
       </x:c>
       <x:c r="EY7" s="3" t="n">
-        <x:v>399493</x:v>
+        <x:v>435752</x:v>
       </x:c>
       <x:c r="EZ7" s="3" t="n">
-        <x:v>387878</x:v>
+        <x:v>422464</x:v>
       </x:c>
       <x:c r="FA7" s="3" t="n">
-        <x:v>414183</x:v>
+        <x:v>453513</x:v>
       </x:c>
       <x:c r="FB7" s="3" t="n">
-        <x:v>387289</x:v>
+        <x:v>427203</x:v>
       </x:c>
       <x:c r="FC7" s="3" t="n">
-        <x:v>401229</x:v>
+        <x:v>441606</x:v>
       </x:c>
       <x:c r="FD7" s="3" t="n">
-        <x:v>398200</x:v>
+        <x:v>438350</x:v>
       </x:c>
       <x:c r="FE7" s="3" t="n">
-        <x:v>424291</x:v>
+        <x:v>469759</x:v>
       </x:c>
       <x:c r="FF7" s="3" t="n">
-        <x:v>389532</x:v>
+        <x:v>434944</x:v>
       </x:c>
       <x:c r="FG7" s="3" t="n">
-        <x:v>414962</x:v>
+        <x:v>461854</x:v>
       </x:c>
       <x:c r="FH7" s="3" t="n">
-        <x:v>403445</x:v>
+        <x:v>448933</x:v>
       </x:c>
       <x:c r="FI7" s="3" t="n">
-        <x:v>427914</x:v>
+        <x:v>479072</x:v>
       </x:c>
       <x:c r="FJ7" s="3" t="n">
-        <x:v>395659</x:v>
+        <x:v>448390</x:v>
       </x:c>
       <x:c r="FK7" s="3" t="n">
-        <x:v>414623</x:v>
+        <x:v>464641</x:v>
       </x:c>
       <x:c r="FL7" s="3" t="n">
-        <x:v>413176</x:v>
+        <x:v>462876</x:v>
       </x:c>
       <x:c r="FM7" s="3" t="n">
-        <x:v>428605</x:v>
+        <x:v>484870</x:v>
       </x:c>
       <x:c r="FN7" s="3" t="n">
-        <x:v>386151</x:v>
+        <x:v>446098</x:v>
       </x:c>
       <x:c r="FO7" s="3" t="n">
-        <x:v>362968</x:v>
+        <x:v>417974</x:v>
       </x:c>
       <x:c r="FP7" s="3" t="n">
-        <x:v>386620</x:v>
+        <x:v>441833</x:v>
       </x:c>
       <x:c r="FQ7" s="3" t="n">
-        <x:v>411150</x:v>
+        <x:v>470875</x:v>
       </x:c>
       <x:c r="FR7" s="3" t="n">
-        <x:v>373031</x:v>
+        <x:v>431792</x:v>
       </x:c>
       <x:c r="FS7" s="3" t="n">
-        <x:v>392759</x:v>
+        <x:v>455260</x:v>
       </x:c>
       <x:c r="FT7" s="3" t="n">
-        <x:v>410937</x:v>
+        <x:v>474348</x:v>
       </x:c>
       <x:c r="FU7" s="3" t="n">
-        <x:v>449479</x:v>
+        <x:v>519366</x:v>
       </x:c>
       <x:c r="FV7" s="3" t="n">
-        <x:v>405218</x:v>
+        <x:v>471500</x:v>
       </x:c>
       <x:c r="FW7" s="3" t="n">
-        <x:v>440944</x:v>
+        <x:v>509570</x:v>
       </x:c>
       <x:c r="FX7" s="3" t="n">
-        <x:v>425841</x:v>
+        <x:v>495216</x:v>
       </x:c>
       <x:c r="FY7" s="3" t="n">
-        <x:v>474708</x:v>
+        <x:v>540334</x:v>
       </x:c>
       <x:c r="FZ7" s="3" t="n">
-        <x:v>417362</x:v>
+        <x:v>489084</x:v>
       </x:c>
       <x:c r="GA7" s="3" t="n">
-        <x:v>434215</x:v>
+        <x:v>499614</x:v>
       </x:c>
       <x:c r="GB7" s="3" t="n">
-        <x:v>418881</x:v>
+        <x:v>482967</x:v>
       </x:c>
       <x:c r="GC7" s="3" t="n">
-        <x:v>452247</x:v>
+        <x:v>517305</x:v>
       </x:c>
       <x:c r="GD7" s="3" t="n">
-        <x:v>413647</x:v>
+        <x:v>476543</x:v>
       </x:c>
       <x:c r="GE7" s="3" t="n">
-        <x:v>446575</x:v>
+        <x:v>511922</x:v>
       </x:c>
       <x:c r="GF7" s="3" t="n">
-        <x:v>428154</x:v>
+        <x:v>494756</x:v>
       </x:c>
       <x:c r="GG7" s="3" t="n">
-        <x:v>460731</x:v>
+        <x:v>530950</x:v>
       </x:c>
       <x:c r="GH7" s="3" t="n">
-        <x:v>429867</x:v>
+        <x:v>490582</x:v>
       </x:c>
       <x:c r="GI7" s="3" t="n">
-        <x:v>453511</x:v>
+        <x:v>517429</x:v>
+      </x:c>
+      <x:c r="GJ7" s="3" t="n">
+        <x:v>504178</x:v>
       </x:c>
     </x:row>
-    <x:row r="8" spans="1:191">
+    <x:row r="8" spans="1:192">
       <x:c r="A8" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>9665</x:v>
+        <x:v>10201</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>9772</x:v>
+        <x:v>10314</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>9880</x:v>
+        <x:v>10427</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>9880</x:v>
+        <x:v>10427</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>10328</x:v>
+        <x:v>10741</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>10442</x:v>
+        <x:v>10860</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
-        <x:v>10557</x:v>
+        <x:v>10979</x:v>
       </x:c>
       <x:c r="I8" s="3" t="n">
-        <x:v>10557</x:v>
+        <x:v>10979</x:v>
       </x:c>
       <x:c r="J8" s="3" t="n">
-        <x:v>10807</x:v>
+        <x:v>11163</x:v>
       </x:c>
       <x:c r="K8" s="3" t="n">
-        <x:v>10807</x:v>
+        <x:v>11163</x:v>
       </x:c>
       <x:c r="L8" s="3" t="n">
-        <x:v>10926</x:v>
+        <x:v>11286</x:v>
       </x:c>
       <x:c r="M8" s="3" t="n">
-        <x:v>10926</x:v>
+        <x:v>11286</x:v>
       </x:c>
       <x:c r="N8" s="3" t="n">
+        <x:v>11484</x:v>
+      </x:c>
+      <x:c r="O8" s="3" t="n">
+        <x:v>11612</x:v>
+      </x:c>
+      <x:c r="P8" s="3" t="n">
+        <x:v>11740</x:v>
+      </x:c>
+      <x:c r="Q8" s="3" t="n">
+        <x:v>11740</x:v>
+      </x:c>
+      <x:c r="R8" s="3" t="n">
+        <x:v>12114</x:v>
+      </x:c>
+      <x:c r="S8" s="3" t="n">
+        <x:v>12249</x:v>
+      </x:c>
+      <x:c r="T8" s="3" t="n">
+        <x:v>12383</x:v>
+      </x:c>
+      <x:c r="U8" s="3" t="n">
+        <x:v>12383</x:v>
+      </x:c>
+      <x:c r="V8" s="3" t="n">
+        <x:v>12323</x:v>
+      </x:c>
+      <x:c r="W8" s="3" t="n">
+        <x:v>12460</x:v>
+      </x:c>
+      <x:c r="X8" s="3" t="n">
+        <x:v>12597</x:v>
+      </x:c>
+      <x:c r="Y8" s="3" t="n">
+        <x:v>12597</x:v>
+      </x:c>
+      <x:c r="Z8" s="3" t="n">
+        <x:v>12573</x:v>
+      </x:c>
+      <x:c r="AA8" s="3" t="n">
+        <x:v>12573</x:v>
+      </x:c>
+      <x:c r="AB8" s="3" t="n">
+        <x:v>12711</x:v>
+      </x:c>
+      <x:c r="AC8" s="3" t="n">
+        <x:v>12711</x:v>
+      </x:c>
+      <x:c r="AD8" s="3" t="n">
+        <x:v>12492</x:v>
+      </x:c>
+      <x:c r="AE8" s="3" t="n">
+        <x:v>12631</x:v>
+      </x:c>
+      <x:c r="AF8" s="3" t="n">
+        <x:v>12770</x:v>
+      </x:c>
+      <x:c r="AG8" s="3" t="n">
+        <x:v>12770</x:v>
+      </x:c>
+      <x:c r="AH8" s="3" t="n">
+        <x:v>13182</x:v>
+      </x:c>
+      <x:c r="AI8" s="3" t="n">
+        <x:v>13329</x:v>
+      </x:c>
+      <x:c r="AJ8" s="3" t="n">
+        <x:v>13475</x:v>
+      </x:c>
+      <x:c r="AK8" s="3" t="n">
+        <x:v>13475</x:v>
+      </x:c>
+      <x:c r="AL8" s="3" t="n">
+        <x:v>13335</x:v>
+      </x:c>
+      <x:c r="AM8" s="3" t="n">
+        <x:v>13483</x:v>
+      </x:c>
+      <x:c r="AN8" s="3" t="n">
+        <x:v>13632</x:v>
+      </x:c>
+      <x:c r="AO8" s="3" t="n">
+        <x:v>13632</x:v>
+      </x:c>
+      <x:c r="AP8" s="3" t="n">
+        <x:v>13740</x:v>
+      </x:c>
+      <x:c r="AQ8" s="3" t="n">
+        <x:v>13740</x:v>
+      </x:c>
+      <x:c r="AR8" s="3" t="n">
+        <x:v>13891</x:v>
+      </x:c>
+      <x:c r="AS8" s="3" t="n">
+        <x:v>13891</x:v>
+      </x:c>
+      <x:c r="AT8" s="3" t="n">
+        <x:v>13760</x:v>
+      </x:c>
+      <x:c r="AU8" s="3" t="n">
+        <x:v>13913</x:v>
+      </x:c>
+      <x:c r="AV8" s="3" t="n">
+        <x:v>14066</x:v>
+      </x:c>
+      <x:c r="AW8" s="3" t="n">
+        <x:v>14066</x:v>
+      </x:c>
+      <x:c r="AX8" s="3" t="n">
+        <x:v>14439</x:v>
+      </x:c>
+      <x:c r="AY8" s="3" t="n">
+        <x:v>14599</x:v>
+      </x:c>
+      <x:c r="AZ8" s="3" t="n">
+        <x:v>14760</x:v>
+      </x:c>
+      <x:c r="BA8" s="3" t="n">
+        <x:v>14760</x:v>
+      </x:c>
+      <x:c r="BB8" s="3" t="n">
+        <x:v>14246</x:v>
+      </x:c>
+      <x:c r="BC8" s="3" t="n">
+        <x:v>13647</x:v>
+      </x:c>
+      <x:c r="BD8" s="3" t="n">
+        <x:v>14233</x:v>
+      </x:c>
+      <x:c r="BE8" s="3" t="n">
+        <x:v>13923</x:v>
+      </x:c>
+      <x:c r="BF8" s="3" t="n">
+        <x:v>14356</x:v>
+      </x:c>
+      <x:c r="BG8" s="3" t="n">
+        <x:v>14405</x:v>
+      </x:c>
+      <x:c r="BH8" s="3" t="n">
+        <x:v>14733</x:v>
+      </x:c>
+      <x:c r="BI8" s="3" t="n">
+        <x:v>14443</x:v>
+      </x:c>
+      <x:c r="BJ8" s="3" t="n">
+        <x:v>14846</x:v>
+      </x:c>
+      <x:c r="BK8" s="3" t="n">
+        <x:v>14724</x:v>
+      </x:c>
+      <x:c r="BL8" s="3" t="n">
+        <x:v>14860</x:v>
+      </x:c>
+      <x:c r="BM8" s="3" t="n">
+        <x:v>14135</x:v>
+      </x:c>
+      <x:c r="BN8" s="3" t="n">
+        <x:v>14892</x:v>
+      </x:c>
+      <x:c r="BO8" s="3" t="n">
+        <x:v>14804</x:v>
+      </x:c>
+      <x:c r="BP8" s="3" t="n">
+        <x:v>15039</x:v>
+      </x:c>
+      <x:c r="BQ8" s="3" t="n">
+        <x:v>14451</x:v>
+      </x:c>
+      <x:c r="BR8" s="3" t="n">
+        <x:v>14502</x:v>
+      </x:c>
+      <x:c r="BS8" s="3" t="n">
+        <x:v>14797</x:v>
+      </x:c>
+      <x:c r="BT8" s="3" t="n">
+        <x:v>14752</x:v>
+      </x:c>
+      <x:c r="BU8" s="3" t="n">
+        <x:v>14181</x:v>
+      </x:c>
+      <x:c r="BV8" s="3" t="n">
+        <x:v>14738</x:v>
+      </x:c>
+      <x:c r="BW8" s="3" t="n">
+        <x:v>14814</x:v>
+      </x:c>
+      <x:c r="BX8" s="3" t="n">
+        <x:v>14884</x:v>
+      </x:c>
+      <x:c r="BY8" s="3" t="n">
+        <x:v>14362</x:v>
+      </x:c>
+      <x:c r="BZ8" s="3" t="n">
+        <x:v>15126</x:v>
+      </x:c>
+      <x:c r="CA8" s="3" t="n">
+        <x:v>14617</x:v>
+      </x:c>
+      <x:c r="CB8" s="3" t="n">
+        <x:v>14727</x:v>
+      </x:c>
+      <x:c r="CC8" s="3" t="n">
+        <x:v>14176</x:v>
+      </x:c>
+      <x:c r="CD8" s="3" t="n">
+        <x:v>14916</x:v>
+      </x:c>
+      <x:c r="CE8" s="3" t="n">
+        <x:v>14903</x:v>
+      </x:c>
+      <x:c r="CF8" s="3" t="n">
+        <x:v>14868</x:v>
+      </x:c>
+      <x:c r="CG8" s="3" t="n">
+        <x:v>14625</x:v>
+      </x:c>
+      <x:c r="CH8" s="3" t="n">
+        <x:v>15402</x:v>
+      </x:c>
+      <x:c r="CI8" s="3" t="n">
+        <x:v>15408</x:v>
+      </x:c>
+      <x:c r="CJ8" s="3" t="n">
+        <x:v>15449</x:v>
+      </x:c>
+      <x:c r="CK8" s="3" t="n">
+        <x:v>15043</x:v>
+      </x:c>
+      <x:c r="CL8" s="3" t="n">
+        <x:v>15444</x:v>
+      </x:c>
+      <x:c r="CM8" s="3" t="n">
+        <x:v>15610</x:v>
+      </x:c>
+      <x:c r="CN8" s="3" t="n">
+        <x:v>15869</x:v>
+      </x:c>
+      <x:c r="CO8" s="3" t="n">
+        <x:v>15111</x:v>
+      </x:c>
+      <x:c r="CP8" s="3" t="n">
+        <x:v>15987</x:v>
+      </x:c>
+      <x:c r="CQ8" s="3" t="n">
+        <x:v>15333</x:v>
+      </x:c>
+      <x:c r="CR8" s="3" t="n">
+        <x:v>15353</x:v>
+      </x:c>
+      <x:c r="CS8" s="3" t="n">
+        <x:v>15966</x:v>
+      </x:c>
+      <x:c r="CT8" s="3" t="n">
+        <x:v>16550</x:v>
+      </x:c>
+      <x:c r="CU8" s="3" t="n">
+        <x:v>16010</x:v>
+      </x:c>
+      <x:c r="CV8" s="3" t="n">
+        <x:v>15881</x:v>
+      </x:c>
+      <x:c r="CW8" s="3" t="n">
+        <x:v>16426</x:v>
+      </x:c>
+      <x:c r="CX8" s="3" t="n">
+        <x:v>16809</x:v>
+      </x:c>
+      <x:c r="CY8" s="3" t="n">
+        <x:v>16338</x:v>
+      </x:c>
+      <x:c r="CZ8" s="3" t="n">
+        <x:v>16224</x:v>
+      </x:c>
+      <x:c r="DA8" s="3" t="n">
+        <x:v>16693</x:v>
+      </x:c>
+      <x:c r="DB8" s="3" t="n">
+        <x:v>18680</x:v>
+      </x:c>
+      <x:c r="DC8" s="3" t="n">
+        <x:v>18041</x:v>
+      </x:c>
+      <x:c r="DD8" s="3" t="n">
+        <x:v>17899</x:v>
+      </x:c>
+      <x:c r="DE8" s="3" t="n">
+        <x:v>18420</x:v>
+      </x:c>
+      <x:c r="DF8" s="3" t="n">
+        <x:v>19300</x:v>
+      </x:c>
+      <x:c r="DG8" s="3" t="n">
+        <x:v>18758</x:v>
+      </x:c>
+      <x:c r="DH8" s="3" t="n">
+        <x:v>18864</x:v>
+      </x:c>
+      <x:c r="DI8" s="3" t="n">
+        <x:v>19436</x:v>
+      </x:c>
+      <x:c r="DJ8" s="3" t="n">
+        <x:v>19240</x:v>
+      </x:c>
+      <x:c r="DK8" s="3" t="n">
+        <x:v>19425</x:v>
+      </x:c>
+      <x:c r="DL8" s="3" t="n">
+        <x:v>18845</x:v>
+      </x:c>
+      <x:c r="DM8" s="3" t="n">
+        <x:v>18932</x:v>
+      </x:c>
+      <x:c r="DN8" s="3" t="n">
+        <x:v>19070</x:v>
+      </x:c>
+      <x:c r="DO8" s="3" t="n">
+        <x:v>19091</x:v>
+      </x:c>
+      <x:c r="DP8" s="3" t="n">
+        <x:v>18633</x:v>
+      </x:c>
+      <x:c r="DQ8" s="3" t="n">
+        <x:v>18803</x:v>
+      </x:c>
+      <x:c r="DR8" s="3" t="n">
+        <x:v>19624</x:v>
+      </x:c>
+      <x:c r="DS8" s="3" t="n">
+        <x:v>19888</x:v>
+      </x:c>
+      <x:c r="DT8" s="3" t="n">
+        <x:v>18626</x:v>
+      </x:c>
+      <x:c r="DU8" s="3" t="n">
+        <x:v>19622</x:v>
+      </x:c>
+      <x:c r="DV8" s="3" t="n">
+        <x:v>20580</x:v>
+      </x:c>
+      <x:c r="DW8" s="3" t="n">
+        <x:v>19880</x:v>
+      </x:c>
+      <x:c r="DX8" s="3" t="n">
+        <x:v>19603</x:v>
+      </x:c>
+      <x:c r="DY8" s="3" t="n">
+        <x:v>21293</x:v>
+      </x:c>
+      <x:c r="DZ8" s="3" t="n">
+        <x:v>20411</x:v>
+      </x:c>
+      <x:c r="EA8" s="3" t="n">
+        <x:v>19999</x:v>
+      </x:c>
+      <x:c r="EB8" s="3" t="n">
+        <x:v>19232</x:v>
+      </x:c>
+      <x:c r="EC8" s="3" t="n">
+        <x:v>20545</x:v>
+      </x:c>
+      <x:c r="ED8" s="3" t="n">
+        <x:v>21453</x:v>
+      </x:c>
+      <x:c r="EE8" s="3" t="n">
+        <x:v>20610</x:v>
+      </x:c>
+      <x:c r="EF8" s="3" t="n">
+        <x:v>20174</x:v>
+      </x:c>
+      <x:c r="EG8" s="3" t="n">
+        <x:v>21494</x:v>
+      </x:c>
+      <x:c r="EH8" s="3" t="n">
+        <x:v>22201</x:v>
+      </x:c>
+      <x:c r="EI8" s="3" t="n">
+        <x:v>21017</x:v>
+      </x:c>
+      <x:c r="EJ8" s="3" t="n">
+        <x:v>20210</x:v>
+      </x:c>
+      <x:c r="EK8" s="3" t="n">
+        <x:v>21463</x:v>
+      </x:c>
+      <x:c r="EL8" s="3" t="n">
+        <x:v>22142</x:v>
+      </x:c>
+      <x:c r="EM8" s="3" t="n">
+        <x:v>21766</x:v>
+      </x:c>
+      <x:c r="EN8" s="3" t="n">
+        <x:v>20869</x:v>
+      </x:c>
+      <x:c r="EO8" s="3" t="n">
+        <x:v>22100</x:v>
+      </x:c>
+      <x:c r="EP8" s="3" t="n">
+        <x:v>23352</x:v>
+      </x:c>
+      <x:c r="EQ8" s="3" t="n">
+        <x:v>22569</x:v>
+      </x:c>
+      <x:c r="ER8" s="3" t="n">
+        <x:v>21995</x:v>
+      </x:c>
+      <x:c r="ES8" s="3" t="n">
+        <x:v>23252</x:v>
+      </x:c>
+      <x:c r="ET8" s="3" t="n">
+        <x:v>25271</x:v>
+      </x:c>
+      <x:c r="EU8" s="3" t="n">
+        <x:v>23550</x:v>
+      </x:c>
+      <x:c r="EV8" s="3" t="n">
+        <x:v>23695</x:v>
+      </x:c>
+      <x:c r="EW8" s="3" t="n">
+        <x:v>24705</x:v>
+      </x:c>
+      <x:c r="EX8" s="3" t="n">
+        <x:v>23876</x:v>
+      </x:c>
+      <x:c r="EY8" s="3" t="n">
+        <x:v>24730</x:v>
+      </x:c>
+      <x:c r="EZ8" s="3" t="n">
+        <x:v>22395</x:v>
+      </x:c>
+      <x:c r="FA8" s="3" t="n">
+        <x:v>24830</x:v>
+      </x:c>
+      <x:c r="FB8" s="3" t="n">
+        <x:v>24970</x:v>
+      </x:c>
+      <x:c r="FC8" s="3" t="n">
+        <x:v>23576</x:v>
+      </x:c>
+      <x:c r="FD8" s="3" t="n">
+        <x:v>22432</x:v>
+      </x:c>
+      <x:c r="FE8" s="3" t="n">
+        <x:v>24660</x:v>
+      </x:c>
+      <x:c r="FF8" s="3" t="n">
+        <x:v>25146</x:v>
+      </x:c>
+      <x:c r="FG8" s="3" t="n">
+        <x:v>25219</x:v>
+      </x:c>
+      <x:c r="FH8" s="3" t="n">
+        <x:v>22691</x:v>
+      </x:c>
+      <x:c r="FI8" s="3" t="n">
+        <x:v>25043</x:v>
+      </x:c>
+      <x:c r="FJ8" s="3" t="n">
+        <x:v>24709</x:v>
+      </x:c>
+      <x:c r="FK8" s="3" t="n">
+        <x:v>23897</x:v>
+      </x:c>
+      <x:c r="FL8" s="3" t="n">
+        <x:v>23209</x:v>
+      </x:c>
+      <x:c r="FM8" s="3" t="n">
+        <x:v>26674</x:v>
+      </x:c>
+      <x:c r="FN8" s="3" t="n">
+        <x:v>26498</x:v>
+      </x:c>
+      <x:c r="FO8" s="3" t="n">
+        <x:v>21430</x:v>
+      </x:c>
+      <x:c r="FP8" s="3" t="n">
+        <x:v>23707</x:v>
+      </x:c>
+      <x:c r="FQ8" s="3" t="n">
+        <x:v>26327</x:v>
+      </x:c>
+      <x:c r="FR8" s="3" t="n">
+        <x:v>21838</x:v>
+      </x:c>
+      <x:c r="FS8" s="3" t="n">
+        <x:v>24732</x:v>
+      </x:c>
+      <x:c r="FT8" s="3" t="n">
+        <x:v>28202</x:v>
+      </x:c>
+      <x:c r="FU8" s="3" t="n">
+        <x:v>33349</x:v>
+      </x:c>
+      <x:c r="FV8" s="3" t="n">
+        <x:v>29051</x:v>
+      </x:c>
+      <x:c r="FW8" s="3" t="n">
+        <x:v>28900</x:v>
+      </x:c>
+      <x:c r="FX8" s="3" t="n">
+        <x:v>27485</x:v>
+      </x:c>
+      <x:c r="FY8" s="3" t="n">
+        <x:v>30574</x:v>
+      </x:c>
+      <x:c r="FZ8" s="3" t="n">
+        <x:v>31952</x:v>
+      </x:c>
+      <x:c r="GA8" s="3" t="n">
+        <x:v>29893</x:v>
+      </x:c>
+      <x:c r="GB8" s="3" t="n">
+        <x:v>28441</x:v>
+      </x:c>
+      <x:c r="GC8" s="3" t="n">
+        <x:v>31783</x:v>
+      </x:c>
+      <x:c r="GD8" s="3" t="n">
+        <x:v>30076</x:v>
+      </x:c>
+      <x:c r="GE8" s="3" t="n">
+        <x:v>31278</x:v>
+      </x:c>
+      <x:c r="GF8" s="3" t="n">
+        <x:v>30871</x:v>
+      </x:c>
+      <x:c r="GG8" s="3" t="n">
+        <x:v>31745</x:v>
+      </x:c>
+      <x:c r="GH8" s="3" t="n">
+        <x:v>31022</x:v>
+      </x:c>
+      <x:c r="GI8" s="3" t="n">
+        <x:v>32068</x:v>
+      </x:c>
+      <x:c r="GJ8" s="3" t="n">
+        <x:v>31488</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:192">
+      <x:c r="A9" s="2" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="n">
+        <x:v>84911</x:v>
+      </x:c>
+      <x:c r="C9" s="3" t="n">
+        <x:v>85856</x:v>
+      </x:c>
+      <x:c r="D9" s="3" t="n">
+        <x:v>86798</x:v>
+      </x:c>
+      <x:c r="E9" s="3" t="n">
+        <x:v>86798</x:v>
+      </x:c>
+      <x:c r="F9" s="3" t="n">
+        <x:v>89231</x:v>
+      </x:c>
+      <x:c r="G9" s="3" t="n">
+        <x:v>90219</x:v>
+      </x:c>
+      <x:c r="H9" s="3" t="n">
+        <x:v>91213</x:v>
+      </x:c>
+      <x:c r="I9" s="3" t="n">
+        <x:v>91213</x:v>
+      </x:c>
+      <x:c r="J9" s="3" t="n">
+        <x:v>93901</x:v>
+      </x:c>
+      <x:c r="K9" s="3" t="n">
+        <x:v>93901</x:v>
+      </x:c>
+      <x:c r="L9" s="3" t="n">
+        <x:v>94934</x:v>
+      </x:c>
+      <x:c r="M9" s="3" t="n">
+        <x:v>94934</x:v>
+      </x:c>
+      <x:c r="N9" s="3" t="n">
+        <x:v>96282</x:v>
+      </x:c>
+      <x:c r="O9" s="3" t="n">
+        <x:v>97353</x:v>
+      </x:c>
+      <x:c r="P9" s="3" t="n">
+        <x:v>98420</x:v>
+      </x:c>
+      <x:c r="Q9" s="3" t="n">
+        <x:v>98420</x:v>
+      </x:c>
+      <x:c r="R9" s="3" t="n">
+        <x:v>98657</x:v>
+      </x:c>
+      <x:c r="S9" s="3" t="n">
+        <x:v>99751</x:v>
+      </x:c>
+      <x:c r="T9" s="3" t="n">
+        <x:v>100851</x:v>
+      </x:c>
+      <x:c r="U9" s="3" t="n">
+        <x:v>100851</x:v>
+      </x:c>
+      <x:c r="V9" s="3" t="n">
+        <x:v>101633</x:v>
+      </x:c>
+      <x:c r="W9" s="3" t="n">
+        <x:v>102762</x:v>
+      </x:c>
+      <x:c r="X9" s="3" t="n">
+        <x:v>103892</x:v>
+      </x:c>
+      <x:c r="Y9" s="3" t="n">
+        <x:v>103892</x:v>
+      </x:c>
+      <x:c r="Z9" s="3" t="n">
+        <x:v>104036</x:v>
+      </x:c>
+      <x:c r="AA9" s="3" t="n">
+        <x:v>104036</x:v>
+      </x:c>
+      <x:c r="AB9" s="3" t="n">
+        <x:v>105182</x:v>
+      </x:c>
+      <x:c r="AC9" s="3" t="n">
+        <x:v>105182</x:v>
+      </x:c>
+      <x:c r="AD9" s="3" t="n">
+        <x:v>105940</x:v>
+      </x:c>
+      <x:c r="AE9" s="3" t="n">
+        <x:v>107115</x:v>
+      </x:c>
+      <x:c r="AF9" s="3" t="n">
+        <x:v>108294</x:v>
+      </x:c>
+      <x:c r="AG9" s="3" t="n">
+        <x:v>108294</x:v>
+      </x:c>
+      <x:c r="AH9" s="3" t="n">
+        <x:v>108283</x:v>
+      </x:c>
+      <x:c r="AI9" s="3" t="n">
+        <x:v>109486</x:v>
+      </x:c>
+      <x:c r="AJ9" s="3" t="n">
+        <x:v>110691</x:v>
+      </x:c>
+      <x:c r="AK9" s="3" t="n">
+        <x:v>110691</x:v>
+      </x:c>
+      <x:c r="AL9" s="3" t="n">
+        <x:v>112896</x:v>
+      </x:c>
+      <x:c r="AM9" s="3" t="n">
+        <x:v>114152</x:v>
+      </x:c>
+      <x:c r="AN9" s="3" t="n">
+        <x:v>115405</x:v>
+      </x:c>
+      <x:c r="AO9" s="3" t="n">
+        <x:v>115405</x:v>
+      </x:c>
+      <x:c r="AP9" s="3" t="n">
+        <x:v>112718</x:v>
+      </x:c>
+      <x:c r="AQ9" s="3" t="n">
+        <x:v>112718</x:v>
+      </x:c>
+      <x:c r="AR9" s="3" t="n">
+        <x:v>113955</x:v>
+      </x:c>
+      <x:c r="AS9" s="3" t="n">
+        <x:v>113955</x:v>
+      </x:c>
+      <x:c r="AT9" s="3" t="n">
+        <x:v>115277</x:v>
+      </x:c>
+      <x:c r="AU9" s="3" t="n">
+        <x:v>116553</x:v>
+      </x:c>
+      <x:c r="AV9" s="3" t="n">
+        <x:v>117838</x:v>
+      </x:c>
+      <x:c r="AW9" s="3" t="n">
+        <x:v>117838</x:v>
+      </x:c>
+      <x:c r="AX9" s="3" t="n">
+        <x:v>120444</x:v>
+      </x:c>
+      <x:c r="AY9" s="3" t="n">
+        <x:v>121780</x:v>
+      </x:c>
+      <x:c r="AZ9" s="3" t="n">
+        <x:v>123123</x:v>
+      </x:c>
+      <x:c r="BA9" s="3" t="n">
+        <x:v>123123</x:v>
+      </x:c>
+      <x:c r="BB9" s="3" t="n">
+        <x:v>128096</x:v>
+      </x:c>
+      <x:c r="BC9" s="3" t="n">
+        <x:v>127691</x:v>
+      </x:c>
+      <x:c r="BD9" s="3" t="n">
+        <x:v>127502</x:v>
+      </x:c>
+      <x:c r="BE9" s="3" t="n">
+        <x:v>133670</x:v>
+      </x:c>
+      <x:c r="BF9" s="3" t="n">
+        <x:v>140835</x:v>
+      </x:c>
+      <x:c r="BG9" s="3" t="n">
+        <x:v>132388</x:v>
+      </x:c>
+      <x:c r="BH9" s="3" t="n">
+        <x:v>133857</x:v>
+      </x:c>
+      <x:c r="BI9" s="3" t="n">
+        <x:v>141216</x:v>
+      </x:c>
+      <x:c r="BJ9" s="3" t="n">
+        <x:v>145011</x:v>
+      </x:c>
+      <x:c r="BK9" s="3" t="n">
+        <x:v>138115</x:v>
+      </x:c>
+      <x:c r="BL9" s="3" t="n">
+        <x:v>135483</x:v>
+      </x:c>
+      <x:c r="BM9" s="3" t="n">
+        <x:v>149569</x:v>
+      </x:c>
+      <x:c r="BN9" s="3" t="n">
+        <x:v>141411</x:v>
+      </x:c>
+      <x:c r="BO9" s="3" t="n">
+        <x:v>141853</x:v>
+      </x:c>
+      <x:c r="BP9" s="3" t="n">
+        <x:v>142075</x:v>
+      </x:c>
+      <x:c r="BQ9" s="3" t="n">
+        <x:v>151025</x:v>
+      </x:c>
+      <x:c r="BR9" s="3" t="n">
+        <x:v>150848</x:v>
+      </x:c>
+      <x:c r="BS9" s="3" t="n">
+        <x:v>139639</x:v>
+      </x:c>
+      <x:c r="BT9" s="3" t="n">
+        <x:v>142299</x:v>
+      </x:c>
+      <x:c r="BU9" s="3" t="n">
+        <x:v>150623</x:v>
+      </x:c>
+      <x:c r="BV9" s="3" t="n">
+        <x:v>153523</x:v>
+      </x:c>
+      <x:c r="BW9" s="3" t="n">
+        <x:v>144298</x:v>
+      </x:c>
+      <x:c r="BX9" s="3" t="n">
+        <x:v>146848</x:v>
+      </x:c>
+      <x:c r="BY9" s="3" t="n">
+        <x:v>155114</x:v>
+      </x:c>
+      <x:c r="BZ9" s="3" t="n">
+        <x:v>149680</x:v>
+      </x:c>
+      <x:c r="CA9" s="3" t="n">
+        <x:v>156582</x:v>
+      </x:c>
+      <x:c r="CB9" s="3" t="n">
+        <x:v>150750</x:v>
+      </x:c>
+      <x:c r="CC9" s="3" t="n">
+        <x:v>160203</x:v>
+      </x:c>
+      <x:c r="CD9" s="3" t="n">
+        <x:v>161897</x:v>
+      </x:c>
+      <x:c r="CE9" s="3" t="n">
+        <x:v>155536</x:v>
+      </x:c>
+      <x:c r="CF9" s="3" t="n">
+        <x:v>156501</x:v>
+      </x:c>
+      <x:c r="CG9" s="3" t="n">
+        <x:v>165017</x:v>
+      </x:c>
+      <x:c r="CH9" s="3" t="n">
+        <x:v>164960</x:v>
+      </x:c>
+      <x:c r="CI9" s="3" t="n">
+        <x:v>162645</x:v>
+      </x:c>
+      <x:c r="CJ9" s="3" t="n">
+        <x:v>161387</x:v>
+      </x:c>
+      <x:c r="CK9" s="3" t="n">
+        <x:v>170157</x:v>
+      </x:c>
+      <x:c r="CL9" s="3" t="n">
+        <x:v>175026</x:v>
+      </x:c>
+      <x:c r="CM9" s="3" t="n">
+        <x:v>163459</x:v>
+      </x:c>
+      <x:c r="CN9" s="3" t="n">
+        <x:v>164436</x:v>
+      </x:c>
+      <x:c r="CO9" s="3" t="n">
+        <x:v>170387</x:v>
+      </x:c>
+      <x:c r="CP9" s="3" t="n">
+        <x:v>180397</x:v>
+      </x:c>
+      <x:c r="CQ9" s="3" t="n">
+        <x:v>169977</x:v>
+      </x:c>
+      <x:c r="CR9" s="3" t="n">
+        <x:v>171603</x:v>
+      </x:c>
+      <x:c r="CS9" s="3" t="n">
+        <x:v>178568</x:v>
+      </x:c>
+      <x:c r="CT9" s="3" t="n">
+        <x:v>179658</x:v>
+      </x:c>
+      <x:c r="CU9" s="3" t="n">
+        <x:v>182663</x:v>
+      </x:c>
+      <x:c r="CV9" s="3" t="n">
+        <x:v>180738</x:v>
+      </x:c>
+      <x:c r="CW9" s="3" t="n">
+        <x:v>184006</x:v>
+      </x:c>
+      <x:c r="CX9" s="3" t="n">
+        <x:v>188407</x:v>
+      </x:c>
+      <x:c r="CY9" s="3" t="n">
+        <x:v>180683</x:v>
+      </x:c>
+      <x:c r="CZ9" s="3" t="n">
+        <x:v>182261</x:v>
+      </x:c>
+      <x:c r="DA9" s="3" t="n">
+        <x:v>185217</x:v>
+      </x:c>
+      <x:c r="DB9" s="3" t="n">
+        <x:v>189542</x:v>
+      </x:c>
+      <x:c r="DC9" s="3" t="n">
+        <x:v>181442</x:v>
+      </x:c>
+      <x:c r="DD9" s="3" t="n">
+        <x:v>182748</x:v>
+      </x:c>
+      <x:c r="DE9" s="3" t="n">
+        <x:v>191635</x:v>
+      </x:c>
+      <x:c r="DF9" s="3" t="n">
+        <x:v>186471</x:v>
+      </x:c>
+      <x:c r="DG9" s="3" t="n">
+        <x:v>193225</x:v>
+      </x:c>
+      <x:c r="DH9" s="3" t="n">
+        <x:v>185242</x:v>
+      </x:c>
+      <x:c r="DI9" s="3" t="n">
+        <x:v>194453</x:v>
+      </x:c>
+      <x:c r="DJ9" s="3" t="n">
+        <x:v>198586</x:v>
+      </x:c>
+      <x:c r="DK9" s="3" t="n">
+        <x:v>188934</x:v>
+      </x:c>
+      <x:c r="DL9" s="3" t="n">
+        <x:v>190627</x:v>
+      </x:c>
+      <x:c r="DM9" s="3" t="n">
+        <x:v>197136</x:v>
+      </x:c>
+      <x:c r="DN9" s="3" t="n">
+        <x:v>199931</x:v>
+      </x:c>
+      <x:c r="DO9" s="3" t="n">
+        <x:v>193326</x:v>
+      </x:c>
+      <x:c r="DP9" s="3" t="n">
+        <x:v>195913</x:v>
+      </x:c>
+      <x:c r="DQ9" s="3" t="n">
+        <x:v>202577</x:v>
+      </x:c>
+      <x:c r="DR9" s="3" t="n">
+        <x:v>200425</x:v>
+      </x:c>
+      <x:c r="DS9" s="3" t="n">
+        <x:v>203342</x:v>
+      </x:c>
+      <x:c r="DT9" s="3" t="n">
+        <x:v>203924</x:v>
+      </x:c>
+      <x:c r="DU9" s="3" t="n">
+        <x:v>205391</x:v>
+      </x:c>
+      <x:c r="DV9" s="3" t="n">
+        <x:v>211327</x:v>
+      </x:c>
+      <x:c r="DW9" s="3" t="n">
+        <x:v>209942</x:v>
+      </x:c>
+      <x:c r="DX9" s="3" t="n">
+        <x:v>213072</x:v>
+      </x:c>
+      <x:c r="DY9" s="3" t="n">
+        <x:v>213466</x:v>
+      </x:c>
+      <x:c r="DZ9" s="3" t="n">
+        <x:v>218263</x:v>
+      </x:c>
+      <x:c r="EA9" s="3" t="n">
+        <x:v>216258</x:v>
+      </x:c>
+      <x:c r="EB9" s="3" t="n">
+        <x:v>217441</x:v>
+      </x:c>
+      <x:c r="EC9" s="3" t="n">
+        <x:v>216092</x:v>
+      </x:c>
+      <x:c r="ED9" s="3" t="n">
+        <x:v>219071</x:v>
+      </x:c>
+      <x:c r="EE9" s="3" t="n">
+        <x:v>218777</x:v>
+      </x:c>
+      <x:c r="EF9" s="3" t="n">
+        <x:v>221643</x:v>
+      </x:c>
+      <x:c r="EG9" s="3" t="n">
+        <x:v>218725</x:v>
+      </x:c>
+      <x:c r="EH9" s="3" t="n">
+        <x:v>222798</x:v>
+      </x:c>
+      <x:c r="EI9" s="3" t="n">
+        <x:v>223628</x:v>
+      </x:c>
+      <x:c r="EJ9" s="3" t="n">
+        <x:v>225351</x:v>
+      </x:c>
+      <x:c r="EK9" s="3" t="n">
+        <x:v>224209</x:v>
+      </x:c>
+      <x:c r="EL9" s="3" t="n">
+        <x:v>225292</x:v>
+      </x:c>
+      <x:c r="EM9" s="3" t="n">
+        <x:v>225437</x:v>
+      </x:c>
+      <x:c r="EN9" s="3" t="n">
+        <x:v>227409</x:v>
+      </x:c>
+      <x:c r="EO9" s="3" t="n">
+        <x:v>228602</x:v>
+      </x:c>
+      <x:c r="EP9" s="3" t="n">
+        <x:v>229441</x:v>
+      </x:c>
+      <x:c r="EQ9" s="3" t="n">
+        <x:v>231246</x:v>
+      </x:c>
+      <x:c r="ER9" s="3" t="n">
+        <x:v>233385</x:v>
+      </x:c>
+      <x:c r="ES9" s="3" t="n">
+        <x:v>234935</x:v>
+      </x:c>
+      <x:c r="ET9" s="3" t="n">
+        <x:v>235778</x:v>
+      </x:c>
+      <x:c r="EU9" s="3" t="n">
+        <x:v>238535</x:v>
+      </x:c>
+      <x:c r="EV9" s="3" t="n">
+        <x:v>240108</x:v>
+      </x:c>
+      <x:c r="EW9" s="3" t="n">
+        <x:v>237865</x:v>
+      </x:c>
+      <x:c r="EX9" s="3" t="n">
+        <x:v>239139</x:v>
+      </x:c>
+      <x:c r="EY9" s="3" t="n">
+        <x:v>242754</x:v>
+      </x:c>
+      <x:c r="EZ9" s="3" t="n">
+        <x:v>245496</x:v>
+      </x:c>
+      <x:c r="FA9" s="3" t="n">
+        <x:v>247173</x:v>
+      </x:c>
+      <x:c r="FB9" s="3" t="n">
+        <x:v>244777</x:v>
+      </x:c>
+      <x:c r="FC9" s="3" t="n">
+        <x:v>248815</x:v>
+      </x:c>
+      <x:c r="FD9" s="3" t="n">
+        <x:v>249365</x:v>
+      </x:c>
+      <x:c r="FE9" s="3" t="n">
+        <x:v>251081</x:v>
+      </x:c>
+      <x:c r="FF9" s="3" t="n">
+        <x:v>248433</x:v>
+      </x:c>
+      <x:c r="FG9" s="3" t="n">
+        <x:v>250079</x:v>
+      </x:c>
+      <x:c r="FH9" s="3" t="n">
+        <x:v>249816</x:v>
+      </x:c>
+      <x:c r="FI9" s="3" t="n">
+        <x:v>251785</x:v>
+      </x:c>
+      <x:c r="FJ9" s="3" t="n">
+        <x:v>250077</x:v>
+      </x:c>
+      <x:c r="FK9" s="3" t="n">
+        <x:v>252101</x:v>
+      </x:c>
+      <x:c r="FL9" s="3" t="n">
+        <x:v>252925</x:v>
+      </x:c>
+      <x:c r="FM9" s="3" t="n">
+        <x:v>255311</x:v>
+      </x:c>
+      <x:c r="FN9" s="3" t="n">
+        <x:v>253927</x:v>
+      </x:c>
+      <x:c r="FO9" s="3" t="n">
+        <x:v>243271</x:v>
+      </x:c>
+      <x:c r="FP9" s="3" t="n">
+        <x:v>253753</x:v>
+      </x:c>
+      <x:c r="FQ9" s="3" t="n">
+        <x:v>257692</x:v>
+      </x:c>
+      <x:c r="FR9" s="3" t="n">
+        <x:v>254891</x:v>
+      </x:c>
+      <x:c r="FS9" s="3" t="n">
+        <x:v>259307</x:v>
+      </x:c>
+      <x:c r="FT9" s="3" t="n">
+        <x:v>264496</x:v>
+      </x:c>
+      <x:c r="FU9" s="3" t="n">
+        <x:v>266500</x:v>
+      </x:c>
+      <x:c r="FV9" s="3" t="n">
+        <x:v>264225</x:v>
+      </x:c>
+      <x:c r="FW9" s="3" t="n">
+        <x:v>267448</x:v>
+      </x:c>
+      <x:c r="FX9" s="3" t="n">
+        <x:v>269853</x:v>
+      </x:c>
+      <x:c r="FY9" s="3" t="n">
+        <x:v>275527</x:v>
+      </x:c>
+      <x:c r="FZ9" s="3" t="n">
+        <x:v>275461</x:v>
+      </x:c>
+      <x:c r="GA9" s="3" t="n">
+        <x:v>279431</x:v>
+      </x:c>
+      <x:c r="GB9" s="3" t="n">
+        <x:v>282287</x:v>
+      </x:c>
+      <x:c r="GC9" s="3" t="n">
+        <x:v>286849</x:v>
+      </x:c>
+      <x:c r="GD9" s="3" t="n">
+        <x:v>282696</x:v>
+      </x:c>
+      <x:c r="GE9" s="3" t="n">
+        <x:v>285443</x:v>
+      </x:c>
+      <x:c r="GF9" s="3" t="n">
+        <x:v>287042</x:v>
+      </x:c>
+      <x:c r="GG9" s="3" t="n">
+        <x:v>288858</x:v>
+      </x:c>
+      <x:c r="GH9" s="3" t="n">
+        <x:v>287358</x:v>
+      </x:c>
+      <x:c r="GI9" s="3" t="n">
+        <x:v>290129</x:v>
+      </x:c>
+      <x:c r="GJ9" s="3" t="n">
+        <x:v>290286</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:192">
+      <x:c r="A10" s="2" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="n">
+        <x:v>31403</x:v>
+      </x:c>
+      <x:c r="C10" s="3" t="n">
+        <x:v>31752</x:v>
+      </x:c>
+      <x:c r="D10" s="3" t="n">
+        <x:v>32099</x:v>
+      </x:c>
+      <x:c r="E10" s="3" t="n">
+        <x:v>32099</x:v>
+      </x:c>
+      <x:c r="F10" s="3" t="n">
+        <x:v>32706</x:v>
+      </x:c>
+      <x:c r="G10" s="3" t="n">
+        <x:v>33068</x:v>
+      </x:c>
+      <x:c r="H10" s="3" t="n">
+        <x:v>33431</x:v>
+      </x:c>
+      <x:c r="I10" s="3" t="n">
+        <x:v>33431</x:v>
+      </x:c>
+      <x:c r="J10" s="3" t="n">
+        <x:v>33503</x:v>
+      </x:c>
+      <x:c r="K10" s="3" t="n">
+        <x:v>33503</x:v>
+      </x:c>
+      <x:c r="L10" s="3" t="n">
+        <x:v>33872</x:v>
+      </x:c>
+      <x:c r="M10" s="3" t="n">
+        <x:v>33872</x:v>
+      </x:c>
+      <x:c r="N10" s="3" t="n">
+        <x:v>34555</x:v>
+      </x:c>
+      <x:c r="O10" s="3" t="n">
+        <x:v>34941</x:v>
+      </x:c>
+      <x:c r="P10" s="3" t="n">
+        <x:v>35324</x:v>
+      </x:c>
+      <x:c r="Q10" s="3" t="n">
+        <x:v>35324</x:v>
+      </x:c>
+      <x:c r="R10" s="3" t="n">
+        <x:v>35134</x:v>
+      </x:c>
+      <x:c r="S10" s="3" t="n">
+        <x:v>35523</x:v>
+      </x:c>
+      <x:c r="T10" s="3" t="n">
+        <x:v>35914</x:v>
+      </x:c>
+      <x:c r="U10" s="3" t="n">
+        <x:v>35914</x:v>
+      </x:c>
+      <x:c r="V10" s="3" t="n">
+        <x:v>35858</x:v>
+      </x:c>
+      <x:c r="W10" s="3" t="n">
+        <x:v>36255</x:v>
+      </x:c>
+      <x:c r="X10" s="3" t="n">
+        <x:v>36654</x:v>
+      </x:c>
+      <x:c r="Y10" s="3" t="n">
+        <x:v>36654</x:v>
+      </x:c>
+      <x:c r="Z10" s="3" t="n">
+        <x:v>35707</x:v>
+      </x:c>
+      <x:c r="AA10" s="3" t="n">
+        <x:v>35707</x:v>
+      </x:c>
+      <x:c r="AB10" s="3" t="n">
+        <x:v>36102</x:v>
+      </x:c>
+      <x:c r="AC10" s="3" t="n">
+        <x:v>36102</x:v>
+      </x:c>
+      <x:c r="AD10" s="3" t="n">
+        <x:v>35399</x:v>
+      </x:c>
+      <x:c r="AE10" s="3" t="n">
+        <x:v>35793</x:v>
+      </x:c>
+      <x:c r="AF10" s="3" t="n">
+        <x:v>36187</x:v>
+      </x:c>
+      <x:c r="AG10" s="3" t="n">
+        <x:v>36187</x:v>
+      </x:c>
+      <x:c r="AH10" s="3" t="n">
+        <x:v>36179</x:v>
+      </x:c>
+      <x:c r="AI10" s="3" t="n">
+        <x:v>36581</x:v>
+      </x:c>
+      <x:c r="AJ10" s="3" t="n">
+        <x:v>36983</x:v>
+      </x:c>
+      <x:c r="AK10" s="3" t="n">
+        <x:v>36983</x:v>
+      </x:c>
+      <x:c r="AL10" s="3" t="n">
+        <x:v>37915</x:v>
+      </x:c>
+      <x:c r="AM10" s="3" t="n">
+        <x:v>38336</x:v>
+      </x:c>
+      <x:c r="AN10" s="3" t="n">
+        <x:v>38756</x:v>
+      </x:c>
+      <x:c r="AO10" s="3" t="n">
+        <x:v>38756</x:v>
+      </x:c>
+      <x:c r="AP10" s="3" t="n">
+        <x:v>37117</x:v>
+      </x:c>
+      <x:c r="AQ10" s="3" t="n">
+        <x:v>37117</x:v>
+      </x:c>
+      <x:c r="AR10" s="3" t="n">
+        <x:v>37524</x:v>
+      </x:c>
+      <x:c r="AS10" s="3" t="n">
+        <x:v>37524</x:v>
+      </x:c>
+      <x:c r="AT10" s="3" t="n">
+        <x:v>39689</x:v>
+      </x:c>
+      <x:c r="AU10" s="3" t="n">
+        <x:v>40129</x:v>
+      </x:c>
+      <x:c r="AV10" s="3" t="n">
+        <x:v>40572</x:v>
+      </x:c>
+      <x:c r="AW10" s="3" t="n">
+        <x:v>40572</x:v>
+      </x:c>
+      <x:c r="AX10" s="3" t="n">
+        <x:v>42773</x:v>
+      </x:c>
+      <x:c r="AY10" s="3" t="n">
+        <x:v>43248</x:v>
+      </x:c>
+      <x:c r="AZ10" s="3" t="n">
+        <x:v>43724</x:v>
+      </x:c>
+      <x:c r="BA10" s="3" t="n">
+        <x:v>43724</x:v>
+      </x:c>
+      <x:c r="BB10" s="3" t="n">
+        <x:v>46720</x:v>
+      </x:c>
+      <x:c r="BC10" s="3" t="n">
+        <x:v>44850</x:v>
+      </x:c>
+      <x:c r="BD10" s="3" t="n">
+        <x:v>48540</x:v>
+      </x:c>
+      <x:c r="BE10" s="3" t="n">
+        <x:v>46720</x:v>
+      </x:c>
+      <x:c r="BF10" s="3" t="n">
+        <x:v>50526</x:v>
+      </x:c>
+      <x:c r="BG10" s="3" t="n">
+        <x:v>48419</x:v>
+      </x:c>
+      <x:c r="BH10" s="3" t="n">
+        <x:v>50489</x:v>
+      </x:c>
+      <x:c r="BI10" s="3" t="n">
+        <x:v>51494</x:v>
+      </x:c>
+      <x:c r="BJ10" s="3" t="n">
+        <x:v>53301</x:v>
+      </x:c>
+      <x:c r="BK10" s="3" t="n">
+        <x:v>51413</x:v>
+      </x:c>
+      <x:c r="BL10" s="3" t="n">
+        <x:v>52844</x:v>
+      </x:c>
+      <x:c r="BM10" s="3" t="n">
+        <x:v>54526</x:v>
+      </x:c>
+      <x:c r="BN10" s="3" t="n">
+        <x:v>52759</x:v>
+      </x:c>
+      <x:c r="BO10" s="3" t="n">
+        <x:v>52141</x:v>
+      </x:c>
+      <x:c r="BP10" s="3" t="n">
+        <x:v>53123</x:v>
+      </x:c>
+      <x:c r="BQ10" s="3" t="n">
+        <x:v>54790</x:v>
+      </x:c>
+      <x:c r="BR10" s="3" t="n">
+        <x:v>53795</x:v>
+      </x:c>
+      <x:c r="BS10" s="3" t="n">
+        <x:v>50600</x:v>
+      </x:c>
+      <x:c r="BT10" s="3" t="n">
+        <x:v>52249</x:v>
+      </x:c>
+      <x:c r="BU10" s="3" t="n">
+        <x:v>53919</x:v>
+      </x:c>
+      <x:c r="BV10" s="3" t="n">
+        <x:v>55415</x:v>
+      </x:c>
+      <x:c r="BW10" s="3" t="n">
+        <x:v>52185</x:v>
+      </x:c>
+      <x:c r="BX10" s="3" t="n">
+        <x:v>54385</x:v>
+      </x:c>
+      <x:c r="BY10" s="3" t="n">
+        <x:v>55627</x:v>
+      </x:c>
+      <x:c r="BZ10" s="3" t="n">
+        <x:v>54472</x:v>
+      </x:c>
+      <x:c r="CA10" s="3" t="n">
+        <x:v>56164</x:v>
+      </x:c>
+      <x:c r="CB10" s="3" t="n">
+        <x:v>55938</x:v>
+      </x:c>
+      <x:c r="CC10" s="3" t="n">
+        <x:v>57325</x:v>
+      </x:c>
+      <x:c r="CD10" s="3" t="n">
+        <x:v>57608</x:v>
+      </x:c>
+      <x:c r="CE10" s="3" t="n">
+        <x:v>54978</x:v>
+      </x:c>
+      <x:c r="CF10" s="3" t="n">
+        <x:v>56698</x:v>
+      </x:c>
+      <x:c r="CG10" s="3" t="n">
+        <x:v>58576</x:v>
+      </x:c>
+      <x:c r="CH10" s="3" t="n">
+        <x:v>58990</x:v>
+      </x:c>
+      <x:c r="CI10" s="3" t="n">
+        <x:v>57489</x:v>
+      </x:c>
+      <x:c r="CJ10" s="3" t="n">
+        <x:v>58705</x:v>
+      </x:c>
+      <x:c r="CK10" s="3" t="n">
+        <x:v>59472</x:v>
+      </x:c>
+      <x:c r="CL10" s="3" t="n">
+        <x:v>62425</x:v>
+      </x:c>
+      <x:c r="CM10" s="3" t="n">
+        <x:v>58932</x:v>
+      </x:c>
+      <x:c r="CN10" s="3" t="n">
+        <x:v>59920</x:v>
+      </x:c>
+      <x:c r="CO10" s="3" t="n">
+        <x:v>60871</x:v>
+      </x:c>
+      <x:c r="CP10" s="3" t="n">
+        <x:v>63781</x:v>
+      </x:c>
+      <x:c r="CQ10" s="3" t="n">
+        <x:v>60614</x:v>
+      </x:c>
+      <x:c r="CR10" s="3" t="n">
+        <x:v>62037</x:v>
+      </x:c>
+      <x:c r="CS10" s="3" t="n">
+        <x:v>62501</x:v>
+      </x:c>
+      <x:c r="CT10" s="3" t="n">
+        <x:v>87192</x:v>
+      </x:c>
+      <x:c r="CU10" s="3" t="n">
+        <x:v>88043</x:v>
+      </x:c>
+      <x:c r="CV10" s="3" t="n">
+        <x:v>89190</x:v>
+      </x:c>
+      <x:c r="CW10" s="3" t="n">
+        <x:v>88494</x:v>
+      </x:c>
+      <x:c r="CX10" s="3" t="n">
+        <x:v>90523</x:v>
+      </x:c>
+      <x:c r="CY10" s="3" t="n">
+        <x:v>87831</x:v>
+      </x:c>
+      <x:c r="CZ10" s="3" t="n">
+        <x:v>89655</x:v>
+      </x:c>
+      <x:c r="DA10" s="3" t="n">
+        <x:v>88929</x:v>
+      </x:c>
+      <x:c r="DB10" s="3" t="n">
+        <x:v>92118</x:v>
+      </x:c>
+      <x:c r="DC10" s="3" t="n">
+        <x:v>89419</x:v>
+      </x:c>
+      <x:c r="DD10" s="3" t="n">
+        <x:v>91671</x:v>
+      </x:c>
+      <x:c r="DE10" s="3" t="n">
+        <x:v>92774</x:v>
+      </x:c>
+      <x:c r="DF10" s="3" t="n">
+        <x:v>91551</x:v>
+      </x:c>
+      <x:c r="DG10" s="3" t="n">
+        <x:v>94153</x:v>
+      </x:c>
+      <x:c r="DH10" s="3" t="n">
+        <x:v>93580</x:v>
+      </x:c>
+      <x:c r="DI10" s="3" t="n">
+        <x:v>94513</x:v>
+      </x:c>
+      <x:c r="DJ10" s="3" t="n">
+        <x:v>96403</x:v>
+      </x:c>
+      <x:c r="DK10" s="3" t="n">
+        <x:v>92480</x:v>
+      </x:c>
+      <x:c r="DL10" s="3" t="n">
+        <x:v>95097</x:v>
+      </x:c>
+      <x:c r="DM10" s="3" t="n">
+        <x:v>95660</x:v>
+      </x:c>
+      <x:c r="DN10" s="3" t="n">
+        <x:v>97504</x:v>
+      </x:c>
+      <x:c r="DO10" s="3" t="n">
+        <x:v>94205</x:v>
+      </x:c>
+      <x:c r="DP10" s="3" t="n">
+        <x:v>96921</x:v>
+      </x:c>
+      <x:c r="DQ10" s="3" t="n">
+        <x:v>97511</x:v>
+      </x:c>
+      <x:c r="DR10" s="3" t="n">
+        <x:v>96118</x:v>
+      </x:c>
+      <x:c r="DS10" s="3" t="n">
+        <x:v>98294</x:v>
+      </x:c>
+      <x:c r="DT10" s="3" t="n">
+        <x:v>99245</x:v>
+      </x:c>
+      <x:c r="DU10" s="3" t="n">
+        <x:v>99376</x:v>
+      </x:c>
+      <x:c r="DV10" s="3" t="n">
+        <x:v>102085</x:v>
+      </x:c>
+      <x:c r="DW10" s="3" t="n">
+        <x:v>102410</x:v>
+      </x:c>
+      <x:c r="DX10" s="3" t="n">
+        <x:v>103501</x:v>
+      </x:c>
+      <x:c r="DY10" s="3" t="n">
+        <x:v>103462</x:v>
+      </x:c>
+      <x:c r="DZ10" s="3" t="n">
+        <x:v>104957</x:v>
+      </x:c>
+      <x:c r="EA10" s="3" t="n">
+        <x:v>104282</x:v>
+      </x:c>
+      <x:c r="EB10" s="3" t="n">
+        <x:v>104902</x:v>
+      </x:c>
+      <x:c r="EC10" s="3" t="n">
+        <x:v>103063</x:v>
+      </x:c>
+      <x:c r="ED10" s="3" t="n">
+        <x:v>103959</x:v>
+      </x:c>
+      <x:c r="EE10" s="3" t="n">
+        <x:v>103825</x:v>
+      </x:c>
+      <x:c r="EF10" s="3" t="n">
+        <x:v>105988</x:v>
+      </x:c>
+      <x:c r="EG10" s="3" t="n">
+        <x:v>103738</x:v>
+      </x:c>
+      <x:c r="EH10" s="3" t="n">
+        <x:v>106414</x:v>
+      </x:c>
+      <x:c r="EI10" s="3" t="n">
+        <x:v>106666</x:v>
+      </x:c>
+      <x:c r="EJ10" s="3" t="n">
+        <x:v>107780</x:v>
+      </x:c>
+      <x:c r="EK10" s="3" t="n">
+        <x:v>107263</x:v>
+      </x:c>
+      <x:c r="EL10" s="3" t="n">
+        <x:v>107888</x:v>
+      </x:c>
+      <x:c r="EM10" s="3" t="n">
+        <x:v>107529</x:v>
+      </x:c>
+      <x:c r="EN10" s="3" t="n">
+        <x:v>108764</x:v>
+      </x:c>
+      <x:c r="EO10" s="3" t="n">
+        <x:v>109286</x:v>
+      </x:c>
+      <x:c r="EP10" s="3" t="n">
+        <x:v>110561</x:v>
+      </x:c>
+      <x:c r="EQ10" s="3" t="n">
+        <x:v>111795</x:v>
+      </x:c>
+      <x:c r="ER10" s="3" t="n">
+        <x:v>113074</x:v>
+      </x:c>
+      <x:c r="ES10" s="3" t="n">
+        <x:v>113907</x:v>
+      </x:c>
+      <x:c r="ET10" s="3" t="n">
+        <x:v>115379</x:v>
+      </x:c>
+      <x:c r="EU10" s="3" t="n">
+        <x:v>115675</x:v>
+      </x:c>
+      <x:c r="EV10" s="3" t="n">
+        <x:v>116880</x:v>
+      </x:c>
+      <x:c r="EW10" s="3" t="n">
+        <x:v>116494</x:v>
+      </x:c>
+      <x:c r="EX10" s="3" t="n">
+        <x:v>117439</x:v>
+      </x:c>
+      <x:c r="EY10" s="3" t="n">
+        <x:v>118171</x:v>
+      </x:c>
+      <x:c r="EZ10" s="3" t="n">
+        <x:v>118920</x:v>
+      </x:c>
+      <x:c r="FA10" s="3" t="n">
+        <x:v>120863</x:v>
+      </x:c>
+      <x:c r="FB10" s="3" t="n">
+        <x:v>119099</x:v>
+      </x:c>
+      <x:c r="FC10" s="3" t="n">
+        <x:v>121304</x:v>
+      </x:c>
+      <x:c r="FD10" s="3" t="n">
+        <x:v>121187</x:v>
+      </x:c>
+      <x:c r="FE10" s="3" t="n">
+        <x:v>122018</x:v>
+      </x:c>
+      <x:c r="FF10" s="3" t="n">
+        <x:v>120885</x:v>
+      </x:c>
+      <x:c r="FG10" s="3" t="n">
+        <x:v>121271</x:v>
+      </x:c>
+      <x:c r="FH10" s="3" t="n">
+        <x:v>120855</x:v>
+      </x:c>
+      <x:c r="FI10" s="3" t="n">
+        <x:v>122145</x:v>
+      </x:c>
+      <x:c r="FJ10" s="3" t="n">
+        <x:v>122219</x:v>
+      </x:c>
+      <x:c r="FK10" s="3" t="n">
+        <x:v>123081</x:v>
+      </x:c>
+      <x:c r="FL10" s="3" t="n">
+        <x:v>122670</x:v>
+      </x:c>
+      <x:c r="FM10" s="3" t="n">
+        <x:v>124317</x:v>
+      </x:c>
+      <x:c r="FN10" s="3" t="n">
+        <x:v>125593</x:v>
+      </x:c>
+      <x:c r="FO10" s="3" t="n">
+        <x:v>118414</x:v>
+      </x:c>
+      <x:c r="FP10" s="3" t="n">
+        <x:v>123334</x:v>
+      </x:c>
+      <x:c r="FQ10" s="3" t="n">
+        <x:v>125621</x:v>
+      </x:c>
+      <x:c r="FR10" s="3" t="n">
+        <x:v>124991</x:v>
+      </x:c>
+      <x:c r="FS10" s="3" t="n">
+        <x:v>126786</x:v>
+      </x:c>
+      <x:c r="FT10" s="3" t="n">
+        <x:v>128232</x:v>
+      </x:c>
+      <x:c r="FU10" s="3" t="n">
+        <x:v>131498</x:v>
+      </x:c>
+      <x:c r="FV10" s="3" t="n">
+        <x:v>129845</x:v>
+      </x:c>
+      <x:c r="FW10" s="3" t="n">
+        <x:v>132651</x:v>
+      </x:c>
+      <x:c r="FX10" s="3" t="n">
+        <x:v>133884</x:v>
+      </x:c>
+      <x:c r="FY10" s="3" t="n">
+        <x:v>139499</x:v>
+      </x:c>
+      <x:c r="FZ10" s="3" t="n">
+        <x:v>139306</x:v>
+      </x:c>
+      <x:c r="GA10" s="3" t="n">
+        <x:v>141271</x:v>
+      </x:c>
+      <x:c r="GB10" s="3" t="n">
+        <x:v>142478</x:v>
+      </x:c>
+      <x:c r="GC10" s="3" t="n">
+        <x:v>147238</x:v>
+      </x:c>
+      <x:c r="GD10" s="3" t="n">
+        <x:v>145105</x:v>
+      </x:c>
+      <x:c r="GE10" s="3" t="n">
+        <x:v>146177</x:v>
+      </x:c>
+      <x:c r="GF10" s="3" t="n">
+        <x:v>146407</x:v>
+      </x:c>
+      <x:c r="GG10" s="3" t="n">
+        <x:v>148656</x:v>
+      </x:c>
+      <x:c r="GH10" s="3" t="n">
+        <x:v>148893</x:v>
+      </x:c>
+      <x:c r="GI10" s="3" t="n">
+        <x:v>149995</x:v>
+      </x:c>
+      <x:c r="GJ10" s="3" t="n">
+        <x:v>149733</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:192">
+      <x:c r="A11" s="2" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="B11" s="3" t="n">
+        <x:v>9013</x:v>
+      </x:c>
+      <x:c r="C11" s="3" t="n">
+        <x:v>9113</x:v>
+      </x:c>
+      <x:c r="D11" s="3" t="n">
+        <x:v>9213</x:v>
+      </x:c>
+      <x:c r="E11" s="3" t="n">
+        <x:v>9213</x:v>
+      </x:c>
+      <x:c r="F11" s="3" t="n">
+        <x:v>9439</x:v>
+      </x:c>
+      <x:c r="G11" s="3" t="n">
+        <x:v>9544</x:v>
+      </x:c>
+      <x:c r="H11" s="3" t="n">
+        <x:v>9648</x:v>
+      </x:c>
+      <x:c r="I11" s="3" t="n">
+        <x:v>9648</x:v>
+      </x:c>
+      <x:c r="J11" s="3" t="n">
+        <x:v>9440</x:v>
+      </x:c>
+      <x:c r="K11" s="3" t="n">
+        <x:v>9440</x:v>
+      </x:c>
+      <x:c r="L11" s="3" t="n">
+        <x:v>9544</x:v>
+      </x:c>
+      <x:c r="M11" s="3" t="n">
+        <x:v>9544</x:v>
+      </x:c>
+      <x:c r="N11" s="3" t="n">
+        <x:v>9367</x:v>
+      </x:c>
+      <x:c r="O11" s="3" t="n">
+        <x:v>9473</x:v>
+      </x:c>
+      <x:c r="P11" s="3" t="n">
+        <x:v>9577</x:v>
+      </x:c>
+      <x:c r="Q11" s="3" t="n">
+        <x:v>9577</x:v>
+      </x:c>
+      <x:c r="R11" s="3" t="n">
+        <x:v>9604</x:v>
+      </x:c>
+      <x:c r="S11" s="3" t="n">
+        <x:v>9710</x:v>
+      </x:c>
+      <x:c r="T11" s="3" t="n">
+        <x:v>9817</x:v>
+      </x:c>
+      <x:c r="U11" s="3" t="n">
+        <x:v>9817</x:v>
+      </x:c>
+      <x:c r="V11" s="3" t="n">
+        <x:v>9876</x:v>
+      </x:c>
+      <x:c r="W11" s="3" t="n">
+        <x:v>9987</x:v>
+      </x:c>
+      <x:c r="X11" s="3" t="n">
+        <x:v>10095</x:v>
+      </x:c>
+      <x:c r="Y11" s="3" t="n">
+        <x:v>10095</x:v>
+      </x:c>
+      <x:c r="Z11" s="3" t="n">
+        <x:v>9217</x:v>
+      </x:c>
+      <x:c r="AA11" s="3" t="n">
+        <x:v>9217</x:v>
+      </x:c>
+      <x:c r="AB11" s="3" t="n">
+        <x:v>9320</x:v>
+      </x:c>
+      <x:c r="AC11" s="3" t="n">
+        <x:v>9320</x:v>
+      </x:c>
+      <x:c r="AD11" s="3" t="n">
+        <x:v>8855</x:v>
+      </x:c>
+      <x:c r="AE11" s="3" t="n">
+        <x:v>8952</x:v>
+      </x:c>
+      <x:c r="AF11" s="3" t="n">
+        <x:v>9052</x:v>
+      </x:c>
+      <x:c r="AG11" s="3" t="n">
+        <x:v>9052</x:v>
+      </x:c>
+      <x:c r="AH11" s="3" t="n">
+        <x:v>9116</x:v>
+      </x:c>
+      <x:c r="AI11" s="3" t="n">
+        <x:v>9217</x:v>
+      </x:c>
+      <x:c r="AJ11" s="3" t="n">
+        <x:v>9318</x:v>
+      </x:c>
+      <x:c r="AK11" s="3" t="n">
+        <x:v>9318</x:v>
+      </x:c>
+      <x:c r="AL11" s="3" t="n">
+        <x:v>9404</x:v>
+      </x:c>
+      <x:c r="AM11" s="3" t="n">
+        <x:v>9508</x:v>
+      </x:c>
+      <x:c r="AN11" s="3" t="n">
+        <x:v>9612</x:v>
+      </x:c>
+      <x:c r="AO11" s="3" t="n">
+        <x:v>9612</x:v>
+      </x:c>
+      <x:c r="AP11" s="3" t="n">
+        <x:v>9887</x:v>
+      </x:c>
+      <x:c r="AQ11" s="3" t="n">
+        <x:v>9887</x:v>
+      </x:c>
+      <x:c r="AR11" s="3" t="n">
+        <x:v>9996</x:v>
+      </x:c>
+      <x:c r="AS11" s="3" t="n">
+        <x:v>9996</x:v>
+      </x:c>
+      <x:c r="AT11" s="3" t="n">
+        <x:v>10000</x:v>
+      </x:c>
+      <x:c r="AU11" s="3" t="n">
+        <x:v>10111</x:v>
+      </x:c>
+      <x:c r="AV11" s="3" t="n">
+        <x:v>10222</x:v>
+      </x:c>
+      <x:c r="AW11" s="3" t="n">
+        <x:v>10222</x:v>
+      </x:c>
+      <x:c r="AX11" s="3" t="n">
+        <x:v>10457</x:v>
+      </x:c>
+      <x:c r="AY11" s="3" t="n">
+        <x:v>10572</x:v>
+      </x:c>
+      <x:c r="AZ11" s="3" t="n">
+        <x:v>10688</x:v>
+      </x:c>
+      <x:c r="BA11" s="3" t="n">
+        <x:v>10688</x:v>
+      </x:c>
+      <x:c r="BB11" s="3" t="n">
+        <x:v>11413</x:v>
+      </x:c>
+      <x:c r="BC11" s="3" t="n">
+        <x:v>11625</x:v>
+      </x:c>
+      <x:c r="BD11" s="3" t="n">
+        <x:v>12013</x:v>
+      </x:c>
+      <x:c r="BE11" s="3" t="n">
+        <x:v>11992</x:v>
+      </x:c>
+      <x:c r="BF11" s="3" t="n">
+        <x:v>12747</x:v>
+      </x:c>
+      <x:c r="BG11" s="3" t="n">
+        <x:v>12324</x:v>
+      </x:c>
+      <x:c r="BH11" s="3" t="n">
+        <x:v>13029</x:v>
+      </x:c>
+      <x:c r="BI11" s="3" t="n">
+        <x:v>13019</x:v>
+      </x:c>
+      <x:c r="BJ11" s="3" t="n">
+        <x:v>13764</x:v>
+      </x:c>
+      <x:c r="BK11" s="3" t="n">
+        <x:v>13336</x:v>
+      </x:c>
+      <x:c r="BL11" s="3" t="n">
+        <x:v>13819</x:v>
+      </x:c>
+      <x:c r="BM11" s="3" t="n">
+        <x:v>14148</x:v>
+      </x:c>
+      <x:c r="BN11" s="3" t="n">
+        <x:v>13313</x:v>
+      </x:c>
+      <x:c r="BO11" s="3" t="n">
+        <x:v>13188</x:v>
+      </x:c>
+      <x:c r="BP11" s="3" t="n">
+        <x:v>13583</x:v>
+      </x:c>
+      <x:c r="BQ11" s="3" t="n">
+        <x:v>13847</x:v>
+      </x:c>
+      <x:c r="BR11" s="3" t="n">
+        <x:v>17323</x:v>
+      </x:c>
+      <x:c r="BS11" s="3" t="n">
+        <x:v>16526</x:v>
+      </x:c>
+      <x:c r="BT11" s="3" t="n">
+        <x:v>17084</x:v>
+      </x:c>
+      <x:c r="BU11" s="3" t="n">
+        <x:v>17423</x:v>
+      </x:c>
+      <x:c r="BV11" s="3" t="n">
+        <x:v>18360</x:v>
+      </x:c>
+      <x:c r="BW11" s="3" t="n">
+        <x:v>17473</x:v>
+      </x:c>
+      <x:c r="BX11" s="3" t="n">
+        <x:v>18169</x:v>
+      </x:c>
+      <x:c r="BY11" s="3" t="n">
+        <x:v>18437</x:v>
+      </x:c>
+      <x:c r="BZ11" s="3" t="n">
+        <x:v>18504</x:v>
+      </x:c>
+      <x:c r="CA11" s="3" t="n">
+        <x:v>19211</x:v>
+      </x:c>
+      <x:c r="CB11" s="3" t="n">
+        <x:v>19343</x:v>
+      </x:c>
+      <x:c r="CC11" s="3" t="n">
+        <x:v>19540</x:v>
+      </x:c>
+      <x:c r="CD11" s="3" t="n">
+        <x:v>19158</x:v>
+      </x:c>
+      <x:c r="CE11" s="3" t="n">
+        <x:v>18892</x:v>
+      </x:c>
+      <x:c r="CF11" s="3" t="n">
+        <x:v>19359</x:v>
+      </x:c>
+      <x:c r="CG11" s="3" t="n">
+        <x:v>19763</x:v>
+      </x:c>
+      <x:c r="CH11" s="3" t="n">
+        <x:v>19441</x:v>
+      </x:c>
+      <x:c r="CI11" s="3" t="n">
+        <x:v>19305</x:v>
+      </x:c>
+      <x:c r="CJ11" s="3" t="n">
+        <x:v>19667</x:v>
+      </x:c>
+      <x:c r="CK11" s="3" t="n">
+        <x:v>19667</x:v>
+      </x:c>
+      <x:c r="CL11" s="3" t="n">
+        <x:v>21051</x:v>
+      </x:c>
+      <x:c r="CM11" s="3" t="n">
+        <x:v>20347</x:v>
+      </x:c>
+      <x:c r="CN11" s="3" t="n">
+        <x:v>20586</x:v>
+      </x:c>
+      <x:c r="CO11" s="3" t="n">
+        <x:v>20858</x:v>
+      </x:c>
+      <x:c r="CP11" s="3" t="n">
+        <x:v>22371</x:v>
+      </x:c>
+      <x:c r="CQ11" s="3" t="n">
+        <x:v>21881</x:v>
+      </x:c>
+      <x:c r="CR11" s="3" t="n">
+        <x:v>22381</x:v>
+      </x:c>
+      <x:c r="CS11" s="3" t="n">
+        <x:v>22340</x:v>
+      </x:c>
+      <x:c r="CT11" s="3" t="n">
+        <x:v>45005</x:v>
+      </x:c>
+      <x:c r="CU11" s="3" t="n">
+        <x:v>45960</x:v>
+      </x:c>
+      <x:c r="CV11" s="3" t="n">
+        <x:v>46331</x:v>
+      </x:c>
+      <x:c r="CW11" s="3" t="n">
+        <x:v>46084</x:v>
+      </x:c>
+      <x:c r="CX11" s="3" t="n">
+        <x:v>49065</x:v>
+      </x:c>
+      <x:c r="CY11" s="3" t="n">
+        <x:v>48077</x:v>
+      </x:c>
+      <x:c r="CZ11" s="3" t="n">
+        <x:v>48715</x:v>
+      </x:c>
+      <x:c r="DA11" s="3" t="n">
+        <x:v>48148</x:v>
+      </x:c>
+      <x:c r="DB11" s="3" t="n">
+        <x:v>51119</x:v>
+      </x:c>
+      <x:c r="DC11" s="3" t="n">
+        <x:v>50097</x:v>
+      </x:c>
+      <x:c r="DD11" s="3" t="n">
+        <x:v>51164</x:v>
+      </x:c>
+      <x:c r="DE11" s="3" t="n">
+        <x:v>51481</x:v>
+      </x:c>
+      <x:c r="DF11" s="3" t="n">
+        <x:v>52359</x:v>
+      </x:c>
+      <x:c r="DG11" s="3" t="n">
+        <x:v>54109</x:v>
+      </x:c>
+      <x:c r="DH11" s="3" t="n">
+        <x:v>54280</x:v>
+      </x:c>
+      <x:c r="DI11" s="3" t="n">
+        <x:v>55235</x:v>
+      </x:c>
+      <x:c r="DJ11" s="3" t="n">
+        <x:v>54607</x:v>
+      </x:c>
+      <x:c r="DK11" s="3" t="n">
+        <x:v>53043</x:v>
+      </x:c>
+      <x:c r="DL11" s="3" t="n">
+        <x:v>54591</x:v>
+      </x:c>
+      <x:c r="DM11" s="3" t="n">
+        <x:v>55075</x:v>
+      </x:c>
+      <x:c r="DN11" s="3" t="n">
+        <x:v>55575</x:v>
+      </x:c>
+      <x:c r="DO11" s="3" t="n">
+        <x:v>54049</x:v>
+      </x:c>
+      <x:c r="DP11" s="3" t="n">
+        <x:v>55676</x:v>
+      </x:c>
+      <x:c r="DQ11" s="3" t="n">
+        <x:v>55688</x:v>
+      </x:c>
+      <x:c r="DR11" s="3" t="n">
+        <x:v>54851</x:v>
+      </x:c>
+      <x:c r="DS11" s="3" t="n">
+        <x:v>55811</x:v>
+      </x:c>
+      <x:c r="DT11" s="3" t="n">
+        <x:v>56671</x:v>
+      </x:c>
+      <x:c r="DU11" s="3" t="n">
+        <x:v>55977</x:v>
+      </x:c>
+      <x:c r="DV11" s="3" t="n">
+        <x:v>61755</x:v>
+      </x:c>
+      <x:c r="DW11" s="3" t="n">
+        <x:v>61633</x:v>
+      </x:c>
+      <x:c r="DX11" s="3" t="n">
+        <x:v>62396</x:v>
+      </x:c>
+      <x:c r="DY11" s="3" t="n">
+        <x:v>62635</x:v>
+      </x:c>
+      <x:c r="DZ11" s="3" t="n">
+        <x:v>63660</x:v>
+      </x:c>
+      <x:c r="EA11" s="3" t="n">
+        <x:v>63632</x:v>
+      </x:c>
+      <x:c r="EB11" s="3" t="n">
+        <x:v>65525</x:v>
+      </x:c>
+      <x:c r="EC11" s="3" t="n">
+        <x:v>64265</x:v>
+      </x:c>
+      <x:c r="ED11" s="3" t="n">
+        <x:v>63026</x:v>
+      </x:c>
+      <x:c r="EE11" s="3" t="n">
+        <x:v>63054</x:v>
+      </x:c>
+      <x:c r="EF11" s="3" t="n">
+        <x:v>65095</x:v>
+      </x:c>
+      <x:c r="EG11" s="3" t="n">
+        <x:v>63411</x:v>
+      </x:c>
+      <x:c r="EH11" s="3" t="n">
+        <x:v>65679</x:v>
+      </x:c>
+      <x:c r="EI11" s="3" t="n">
+        <x:v>66064</x:v>
+      </x:c>
+      <x:c r="EJ11" s="3" t="n">
+        <x:v>67553</x:v>
+      </x:c>
+      <x:c r="EK11" s="3" t="n">
+        <x:v>67129</x:v>
+      </x:c>
+      <x:c r="EL11" s="3" t="n">
+        <x:v>67225</x:v>
+      </x:c>
+      <x:c r="EM11" s="3" t="n">
+        <x:v>67142</x:v>
+      </x:c>
+      <x:c r="EN11" s="3" t="n">
+        <x:v>67260</x:v>
+      </x:c>
+      <x:c r="EO11" s="3" t="n">
+        <x:v>67625</x:v>
+      </x:c>
+      <x:c r="EP11" s="3" t="n">
+        <x:v>68329</x:v>
+      </x:c>
+      <x:c r="EQ11" s="3" t="n">
+        <x:v>69143</x:v>
+      </x:c>
+      <x:c r="ER11" s="3" t="n">
+        <x:v>69792</x:v>
+      </x:c>
+      <x:c r="ES11" s="3" t="n">
+        <x:v>70163</x:v>
+      </x:c>
+      <x:c r="ET11" s="3" t="n">
+        <x:v>70996</x:v>
+      </x:c>
+      <x:c r="EU11" s="3" t="n">
+        <x:v>70751</x:v>
+      </x:c>
+      <x:c r="EV11" s="3" t="n">
+        <x:v>71119</x:v>
+      </x:c>
+      <x:c r="EW11" s="3" t="n">
+        <x:v>70809</x:v>
+      </x:c>
+      <x:c r="EX11" s="3" t="n">
+        <x:v>71306</x:v>
+      </x:c>
+      <x:c r="EY11" s="3" t="n">
+        <x:v>72542</x:v>
+      </x:c>
+      <x:c r="EZ11" s="3" t="n">
+        <x:v>72524</x:v>
+      </x:c>
+      <x:c r="FA11" s="3" t="n">
+        <x:v>74164</x:v>
+      </x:c>
+      <x:c r="FB11" s="3" t="n">
+        <x:v>72570</x:v>
+      </x:c>
+      <x:c r="FC11" s="3" t="n">
+        <x:v>74060</x:v>
+      </x:c>
+      <x:c r="FD11" s="3" t="n">
+        <x:v>73096</x:v>
+      </x:c>
+      <x:c r="FE11" s="3" t="n">
+        <x:v>74282</x:v>
+      </x:c>
+      <x:c r="FF11" s="3" t="n">
+        <x:v>73428</x:v>
+      </x:c>
+      <x:c r="FG11" s="3" t="n">
+        <x:v>74026</x:v>
+      </x:c>
+      <x:c r="FH11" s="3" t="n">
+        <x:v>73093</x:v>
+      </x:c>
+      <x:c r="FI11" s="3" t="n">
+        <x:v>74260</x:v>
+      </x:c>
+      <x:c r="FJ11" s="3" t="n">
+        <x:v>73990</x:v>
+      </x:c>
+      <x:c r="FK11" s="3" t="n">
+        <x:v>74798</x:v>
+      </x:c>
+      <x:c r="FL11" s="3" t="n">
+        <x:v>73727</x:v>
+      </x:c>
+      <x:c r="FM11" s="3" t="n">
+        <x:v>75148</x:v>
+      </x:c>
+      <x:c r="FN11" s="3" t="n">
+        <x:v>75009</x:v>
+      </x:c>
+      <x:c r="FO11" s="3" t="n">
+        <x:v>66798</x:v>
+      </x:c>
+      <x:c r="FP11" s="3" t="n">
+        <x:v>70900</x:v>
+      </x:c>
+      <x:c r="FQ11" s="3" t="n">
+        <x:v>73202</x:v>
+      </x:c>
+      <x:c r="FR11" s="3" t="n">
+        <x:v>72557</x:v>
+      </x:c>
+      <x:c r="FS11" s="3" t="n">
+        <x:v>74584</x:v>
+      </x:c>
+      <x:c r="FT11" s="3" t="n">
+        <x:v>75452</x:v>
+      </x:c>
+      <x:c r="FU11" s="3" t="n">
+        <x:v>78543</x:v>
+      </x:c>
+      <x:c r="FV11" s="3" t="n">
+        <x:v>76362</x:v>
+      </x:c>
+      <x:c r="FW11" s="3" t="n">
+        <x:v>79346</x:v>
+      </x:c>
+      <x:c r="FX11" s="3" t="n">
+        <x:v>80093</x:v>
+      </x:c>
+      <x:c r="FY11" s="3" t="n">
+        <x:v>84752</x:v>
+      </x:c>
+      <x:c r="FZ11" s="3" t="n">
+        <x:v>83347</x:v>
+      </x:c>
+      <x:c r="GA11" s="3" t="n">
+        <x:v>84793</x:v>
+      </x:c>
+      <x:c r="GB11" s="3" t="n">
+        <x:v>84515</x:v>
+      </x:c>
+      <x:c r="GC11" s="3" t="n">
+        <x:v>89124</x:v>
+      </x:c>
+      <x:c r="GD11" s="3" t="n">
+        <x:v>86647</x:v>
+      </x:c>
+      <x:c r="GE11" s="3" t="n">
+        <x:v>87502</x:v>
+      </x:c>
+      <x:c r="GF11" s="3" t="n">
+        <x:v>86596</x:v>
+      </x:c>
+      <x:c r="GG11" s="3" t="n">
+        <x:v>88201</x:v>
+      </x:c>
+      <x:c r="GH11" s="3" t="n">
+        <x:v>87859</x:v>
+      </x:c>
+      <x:c r="GI11" s="3" t="n">
+        <x:v>88318</x:v>
+      </x:c>
+      <x:c r="GJ11" s="3" t="n">
+        <x:v>86854</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:192">
+      <x:c r="A12" s="2" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="B12" s="3" t="n">
+        <x:v>22693</x:v>
+      </x:c>
+      <x:c r="C12" s="3" t="n">
+        <x:v>22946</x:v>
+      </x:c>
+      <x:c r="D12" s="3" t="n">
+        <x:v>23196</x:v>
+      </x:c>
+      <x:c r="E12" s="3" t="n">
+        <x:v>23196</x:v>
+      </x:c>
+      <x:c r="F12" s="3" t="n">
+        <x:v>23580</x:v>
+      </x:c>
+      <x:c r="G12" s="3" t="n">
+        <x:v>23840</x:v>
+      </x:c>
+      <x:c r="H12" s="3" t="n">
+        <x:v>24103</x:v>
+      </x:c>
+      <x:c r="I12" s="3" t="n">
+        <x:v>24103</x:v>
+      </x:c>
+      <x:c r="J12" s="3" t="n">
+        <x:v>24392</x:v>
+      </x:c>
+      <x:c r="K12" s="3" t="n">
+        <x:v>24392</x:v>
+      </x:c>
+      <x:c r="L12" s="3" t="n">
+        <x:v>24660</x:v>
+      </x:c>
+      <x:c r="M12" s="3" t="n">
+        <x:v>24660</x:v>
+      </x:c>
+      <x:c r="N12" s="3" t="n">
+        <x:v>25547</x:v>
+      </x:c>
+      <x:c r="O12" s="3" t="n">
+        <x:v>25832</x:v>
+      </x:c>
+      <x:c r="P12" s="3" t="n">
+        <x:v>26115</x:v>
+      </x:c>
+      <x:c r="Q12" s="3" t="n">
+        <x:v>26115</x:v>
+      </x:c>
+      <x:c r="R12" s="3" t="n">
+        <x:v>25892</x:v>
+      </x:c>
+      <x:c r="S12" s="3" t="n">
+        <x:v>26179</x:v>
+      </x:c>
+      <x:c r="T12" s="3" t="n">
+        <x:v>26467</x:v>
+      </x:c>
+      <x:c r="U12" s="3" t="n">
+        <x:v>26467</x:v>
+      </x:c>
+      <x:c r="V12" s="3" t="n">
+        <x:v>26349</x:v>
+      </x:c>
+      <x:c r="W12" s="3" t="n">
+        <x:v>26640</x:v>
+      </x:c>
+      <x:c r="X12" s="3" t="n">
+        <x:v>26934</x:v>
+      </x:c>
+      <x:c r="Y12" s="3" t="n">
+        <x:v>26934</x:v>
+      </x:c>
+      <x:c r="Z12" s="3" t="n">
+        <x:v>26877</x:v>
+      </x:c>
+      <x:c r="AA12" s="3" t="n">
+        <x:v>26877</x:v>
+      </x:c>
+      <x:c r="AB12" s="3" t="n">
+        <x:v>27175</x:v>
+      </x:c>
+      <x:c r="AC12" s="3" t="n">
+        <x:v>27175</x:v>
+      </x:c>
+      <x:c r="AD12" s="3" t="n">
+        <x:v>26942</x:v>
+      </x:c>
+      <x:c r="AE12" s="3" t="n">
+        <x:v>27243</x:v>
+      </x:c>
+      <x:c r="AF12" s="3" t="n">
+        <x:v>27542</x:v>
+      </x:c>
+      <x:c r="AG12" s="3" t="n">
+        <x:v>27542</x:v>
+      </x:c>
+      <x:c r="AH12" s="3" t="n">
+        <x:v>27466</x:v>
+      </x:c>
+      <x:c r="AI12" s="3" t="n">
+        <x:v>27772</x:v>
+      </x:c>
+      <x:c r="AJ12" s="3" t="n">
+        <x:v>28078</x:v>
+      </x:c>
+      <x:c r="AK12" s="3" t="n">
+        <x:v>28078</x:v>
+      </x:c>
+      <x:c r="AL12" s="3" t="n">
+        <x:v>28941</x:v>
+      </x:c>
+      <x:c r="AM12" s="3" t="n">
+        <x:v>29262</x:v>
+      </x:c>
+      <x:c r="AN12" s="3" t="n">
+        <x:v>29583</x:v>
+      </x:c>
+      <x:c r="AO12" s="3" t="n">
+        <x:v>29583</x:v>
+      </x:c>
+      <x:c r="AP12" s="3" t="n">
+        <x:v>27620</x:v>
+      </x:c>
+      <x:c r="AQ12" s="3" t="n">
+        <x:v>27620</x:v>
+      </x:c>
+      <x:c r="AR12" s="3" t="n">
+        <x:v>27923</x:v>
+      </x:c>
+      <x:c r="AS12" s="3" t="n">
+        <x:v>27923</x:v>
+      </x:c>
+      <x:c r="AT12" s="3" t="n">
+        <x:v>30128</x:v>
+      </x:c>
+      <x:c r="AU12" s="3" t="n">
+        <x:v>30461</x:v>
+      </x:c>
+      <x:c r="AV12" s="3" t="n">
+        <x:v>30798</x:v>
+      </x:c>
+      <x:c r="AW12" s="3" t="n">
+        <x:v>30798</x:v>
+      </x:c>
+      <x:c r="AX12" s="3" t="n">
+        <x:v>32807</x:v>
+      </x:c>
+      <x:c r="AY12" s="3" t="n">
+        <x:v>33171</x:v>
+      </x:c>
+      <x:c r="AZ12" s="3" t="n">
+        <x:v>33538</x:v>
+      </x:c>
+      <x:c r="BA12" s="3" t="n">
+        <x:v>33538</x:v>
+      </x:c>
+      <x:c r="BB12" s="3" t="n">
+        <x:v>35803</x:v>
+      </x:c>
+      <x:c r="BC12" s="3" t="n">
+        <x:v>33721</x:v>
+      </x:c>
+      <x:c r="BD12" s="3" t="n">
+        <x:v>37048</x:v>
+      </x:c>
+      <x:c r="BE12" s="3" t="n">
+        <x:v>35241</x:v>
+      </x:c>
+      <x:c r="BF12" s="3" t="n">
+        <x:v>38315</x:v>
+      </x:c>
+      <x:c r="BG12" s="3" t="n">
+        <x:v>36611</x:v>
+      </x:c>
+      <x:c r="BH12" s="3" t="n">
+        <x:v>38004</x:v>
+      </x:c>
+      <x:c r="BI12" s="3" t="n">
+        <x:v>39022</x:v>
+      </x:c>
+      <x:c r="BJ12" s="3" t="n">
+        <x:v>40089</x:v>
+      </x:c>
+      <x:c r="BK12" s="3" t="n">
+        <x:v>38611</x:v>
+      </x:c>
+      <x:c r="BL12" s="3" t="n">
+        <x:v>39577</x:v>
+      </x:c>
+      <x:c r="BM12" s="3" t="n">
+        <x:v>40944</x:v>
+      </x:c>
+      <x:c r="BN12" s="3" t="n">
+        <x:v>40014</x:v>
+      </x:c>
+      <x:c r="BO12" s="3" t="n">
+        <x:v>39514</x:v>
+      </x:c>
+      <x:c r="BP12" s="3" t="n">
+        <x:v>40117</x:v>
+      </x:c>
+      <x:c r="BQ12" s="3" t="n">
+        <x:v>41533</x:v>
+      </x:c>
+      <x:c r="BR12" s="3" t="n">
+        <x:v>36794</x:v>
+      </x:c>
+      <x:c r="BS12" s="3" t="n">
+        <x:v>34446</x:v>
+      </x:c>
+      <x:c r="BT12" s="3" t="n">
+        <x:v>35555</x:v>
+      </x:c>
+      <x:c r="BU12" s="3" t="n">
+        <x:v>36837</x:v>
+      </x:c>
+      <x:c r="BV12" s="3" t="n">
+        <x:v>37373</x:v>
+      </x:c>
+      <x:c r="BW12" s="3" t="n">
+        <x:v>35065</x:v>
+      </x:c>
+      <x:c r="BX12" s="3" t="n">
+        <x:v>36573</x:v>
+      </x:c>
+      <x:c r="BY12" s="3" t="n">
+        <x:v>37512</x:v>
+      </x:c>
+      <x:c r="BZ12" s="3" t="n">
+        <x:v>36244</x:v>
+      </x:c>
+      <x:c r="CA12" s="3" t="n">
+        <x:v>37275</x:v>
+      </x:c>
+      <x:c r="CB12" s="3" t="n">
+        <x:v>36975</x:v>
+      </x:c>
+      <x:c r="CC12" s="3" t="n">
+        <x:v>38094</x:v>
+      </x:c>
+      <x:c r="CD12" s="3" t="n">
+        <x:v>38692</x:v>
+      </x:c>
+      <x:c r="CE12" s="3" t="n">
+        <x:v>36485</x:v>
+      </x:c>
+      <x:c r="CF12" s="3" t="n">
+        <x:v>37717</x:v>
+      </x:c>
+      <x:c r="CG12" s="3" t="n">
+        <x:v>39137</x:v>
+      </x:c>
+      <x:c r="CH12" s="3" t="n">
+        <x:v>39869</x:v>
+      </x:c>
+      <x:c r="CI12" s="3" t="n">
+        <x:v>38600</x:v>
+      </x:c>
+      <x:c r="CJ12" s="3" t="n">
+        <x:v>39449</x:v>
+      </x:c>
+      <x:c r="CK12" s="3" t="n">
+        <x:v>40148</x:v>
+      </x:c>
+      <x:c r="CL12" s="3" t="n">
+        <x:v>41647</x:v>
+      </x:c>
+      <x:c r="CM12" s="3" t="n">
+        <x:v>38977</x:v>
+      </x:c>
+      <x:c r="CN12" s="3" t="n">
+        <x:v>39703</x:v>
+      </x:c>
+      <x:c r="CO12" s="3" t="n">
+        <x:v>40372</x:v>
+      </x:c>
+      <x:c r="CP12" s="3" t="n">
+        <x:v>41618</x:v>
+      </x:c>
+      <x:c r="CQ12" s="3" t="n">
+        <x:v>39103</x:v>
+      </x:c>
+      <x:c r="CR12" s="3" t="n">
+        <x:v>40031</x:v>
+      </x:c>
+      <x:c r="CS12" s="3" t="n">
+        <x:v>40481</x:v>
+      </x:c>
+      <x:c r="CT12" s="3" t="n">
+        <x:v>42228</x:v>
+      </x:c>
+      <x:c r="CU12" s="3" t="n">
+        <x:v>42238</x:v>
+      </x:c>
+      <x:c r="CV12" s="3" t="n">
+        <x:v>42966</x:v>
+      </x:c>
+      <x:c r="CW12" s="3" t="n">
+        <x:v>42541</x:v>
+      </x:c>
+      <x:c r="CX12" s="3" t="n">
+        <x:v>41497</x:v>
+      </x:c>
+      <x:c r="CY12" s="3" t="n">
+        <x:v>39900</x:v>
+      </x:c>
+      <x:c r="CZ12" s="3" t="n">
+        <x:v>41007</x:v>
+      </x:c>
+      <x:c r="DA12" s="3" t="n">
+        <x:v>40808</x:v>
+      </x:c>
+      <x:c r="DB12" s="3" t="n">
+        <x:v>40988</x:v>
+      </x:c>
+      <x:c r="DC12" s="3" t="n">
+        <x:v>39423</x:v>
+      </x:c>
+      <x:c r="DD12" s="3" t="n">
+        <x:v>40565</x:v>
+      </x:c>
+      <x:c r="DE12" s="3" t="n">
+        <x:v>41281</x:v>
+      </x:c>
+      <x:c r="DF12" s="3" t="n">
+        <x:v>39051</x:v>
+      </x:c>
+      <x:c r="DG12" s="3" t="n">
+        <x:v>39960</x:v>
+      </x:c>
+      <x:c r="DH12" s="3" t="n">
+        <x:v>39332</x:v>
+      </x:c>
+      <x:c r="DI12" s="3" t="n">
+        <x:v>39406</x:v>
+      </x:c>
+      <x:c r="DJ12" s="3" t="n">
+        <x:v>41657</x:v>
+      </x:c>
+      <x:c r="DK12" s="3" t="n">
+        <x:v>39445</x:v>
+      </x:c>
+      <x:c r="DL12" s="3" t="n">
+        <x:v>40524</x:v>
+      </x:c>
+      <x:c r="DM12" s="3" t="n">
+        <x:v>40638</x:v>
+      </x:c>
+      <x:c r="DN12" s="3" t="n">
+        <x:v>41867</x:v>
+      </x:c>
+      <x:c r="DO12" s="3" t="n">
+        <x:v>40168</x:v>
+      </x:c>
+      <x:c r="DP12" s="3" t="n">
+        <x:v>41272</x:v>
+      </x:c>
+      <x:c r="DQ12" s="3" t="n">
+        <x:v>41784</x:v>
+      </x:c>
+      <x:c r="DR12" s="3" t="n">
+        <x:v>41289</x:v>
+      </x:c>
+      <x:c r="DS12" s="3" t="n">
+        <x:v>42447</x:v>
+      </x:c>
+      <x:c r="DT12" s="3" t="n">
+        <x:v>42605</x:v>
+      </x:c>
+      <x:c r="DU12" s="3" t="n">
+        <x:v>43269</x:v>
+      </x:c>
+      <x:c r="DV12" s="3" t="n">
+        <x:v>40442</x:v>
+      </x:c>
+      <x:c r="DW12" s="3" t="n">
+        <x:v>40824</x:v>
+      </x:c>
+      <x:c r="DX12" s="3" t="n">
+        <x:v>41175</x:v>
+      </x:c>
+      <x:c r="DY12" s="3" t="n">
+        <x:v>40951</x:v>
+      </x:c>
+      <x:c r="DZ12" s="3" t="n">
+        <x:v>41251</x:v>
+      </x:c>
+      <x:c r="EA12" s="3" t="n">
+        <x:v>40681</x:v>
+      </x:c>
+      <x:c r="EB12" s="3" t="n">
+        <x:v>39708</x:v>
+      </x:c>
+      <x:c r="EC12" s="3" t="n">
+        <x:v>39102</x:v>
+      </x:c>
+      <x:c r="ED12" s="3" t="n">
+        <x:v>40989</x:v>
+      </x:c>
+      <x:c r="EE12" s="3" t="n">
+        <x:v>40848</x:v>
+      </x:c>
+      <x:c r="EF12" s="3" t="n">
+        <x:v>41110</x:v>
+      </x:c>
+      <x:c r="EG12" s="3" t="n">
+        <x:v>40482</x:v>
+      </x:c>
+      <x:c r="EH12" s="3" t="n">
+        <x:v>40780</x:v>
+      </x:c>
+      <x:c r="EI12" s="3" t="n">
+        <x:v>40696</x:v>
+      </x:c>
+      <x:c r="EJ12" s="3" t="n">
+        <x:v>40486</x:v>
+      </x:c>
+      <x:c r="EK12" s="3" t="n">
+        <x:v>40372</x:v>
+      </x:c>
+      <x:c r="EL12" s="3" t="n">
+        <x:v>40862</x:v>
+      </x:c>
+      <x:c r="EM12" s="3" t="n">
+        <x:v>40612</x:v>
+      </x:c>
+      <x:c r="EN12" s="3" t="n">
+        <x:v>41602</x:v>
+      </x:c>
+      <x:c r="EO12" s="3" t="n">
+        <x:v>41768</x:v>
+      </x:c>
+      <x:c r="EP12" s="3" t="n">
+        <x:v>42388</x:v>
+      </x:c>
+      <x:c r="EQ12" s="3" t="n">
+        <x:v>42818</x:v>
+      </x:c>
+      <x:c r="ER12" s="3" t="n">
+        <x:v>43426</x:v>
+      </x:c>
+      <x:c r="ES12" s="3" t="n">
+        <x:v>43865</x:v>
+      </x:c>
+      <x:c r="ET12" s="3" t="n">
+        <x:v>44599</x:v>
+      </x:c>
+      <x:c r="EU12" s="3" t="n">
+        <x:v>45072</x:v>
+      </x:c>
+      <x:c r="EV12" s="3" t="n">
+        <x:v>45850</x:v>
+      </x:c>
+      <x:c r="EW12" s="3" t="n">
+        <x:v>45761</x:v>
+      </x:c>
+      <x:c r="EX12" s="3" t="n">
+        <x:v>46267</x:v>
+      </x:c>
+      <x:c r="EY12" s="3" t="n">
+        <x:v>45762</x:v>
+      </x:c>
+      <x:c r="EZ12" s="3" t="n">
+        <x:v>46531</x:v>
+      </x:c>
+      <x:c r="FA12" s="3" t="n">
+        <x:v>46836</x:v>
+      </x:c>
+      <x:c r="FB12" s="3" t="n">
+        <x:v>46663</x:v>
+      </x:c>
+      <x:c r="FC12" s="3" t="n">
+        <x:v>47381</x:v>
+      </x:c>
+      <x:c r="FD12" s="3" t="n">
+        <x:v>48228</x:v>
+      </x:c>
+      <x:c r="FE12" s="3" t="n">
+        <x:v>47873</x:v>
+      </x:c>
+      <x:c r="FF12" s="3" t="n">
+        <x:v>47593</x:v>
+      </x:c>
+      <x:c r="FG12" s="3" t="n">
+        <x:v>47381</x:v>
+      </x:c>
+      <x:c r="FH12" s="3" t="n">
+        <x:v>47898</x:v>
+      </x:c>
+      <x:c r="FI12" s="3" t="n">
+        <x:v>48022</x:v>
+      </x:c>
+      <x:c r="FJ12" s="3" t="n">
+        <x:v>48368</x:v>
+      </x:c>
+      <x:c r="FK12" s="3" t="n">
+        <x:v>48423</x:v>
+      </x:c>
+      <x:c r="FL12" s="3" t="n">
+        <x:v>49082</x:v>
+      </x:c>
+      <x:c r="FM12" s="3" t="n">
+        <x:v>49310</x:v>
+      </x:c>
+      <x:c r="FN12" s="3" t="n">
+        <x:v>50755</x:v>
+      </x:c>
+      <x:c r="FO12" s="3" t="n">
+        <x:v>51775</x:v>
+      </x:c>
+      <x:c r="FP12" s="3" t="n">
+        <x:v>52601</x:v>
+      </x:c>
+      <x:c r="FQ12" s="3" t="n">
+        <x:v>52589</x:v>
+      </x:c>
+      <x:c r="FR12" s="3" t="n">
+        <x:v>52514</x:v>
+      </x:c>
+      <x:c r="FS12" s="3" t="n">
+        <x:v>52283</x:v>
+      </x:c>
+      <x:c r="FT12" s="3" t="n">
+        <x:v>52863</x:v>
+      </x:c>
+      <x:c r="FU12" s="3" t="n">
+        <x:v>53042</x:v>
+      </x:c>
+      <x:c r="FV12" s="3" t="n">
+        <x:v>53491</x:v>
+      </x:c>
+      <x:c r="FW12" s="3" t="n">
+        <x:v>53312</x:v>
+      </x:c>
+      <x:c r="FX12" s="3" t="n">
+        <x:v>53798</x:v>
+      </x:c>
+      <x:c r="FY12" s="3" t="n">
+        <x:v>54754</x:v>
+      </x:c>
+      <x:c r="FZ12" s="3" t="n">
+        <x:v>55959</x:v>
+      </x:c>
+      <x:c r="GA12" s="3" t="n">
+        <x:v>56479</x:v>
+      </x:c>
+      <x:c r="GB12" s="3" t="n">
+        <x:v>57963</x:v>
+      </x:c>
+      <x:c r="GC12" s="3" t="n">
+        <x:v>58115</x:v>
+      </x:c>
+      <x:c r="GD12" s="3" t="n">
+        <x:v>58458</x:v>
+      </x:c>
+      <x:c r="GE12" s="3" t="n">
+        <x:v>58674</x:v>
+      </x:c>
+      <x:c r="GF12" s="3" t="n">
+        <x:v>59811</x:v>
+      </x:c>
+      <x:c r="GG12" s="3" t="n">
+        <x:v>60455</x:v>
+      </x:c>
+      <x:c r="GH12" s="3" t="n">
+        <x:v>61034</x:v>
+      </x:c>
+      <x:c r="GI12" s="3" t="n">
+        <x:v>61677</x:v>
+      </x:c>
+      <x:c r="GJ12" s="3" t="n">
+        <x:v>62879</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:192">
+      <x:c r="A13" s="2" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="B13" s="3" t="n">
+        <x:v>10424</x:v>
+      </x:c>
+      <x:c r="C13" s="3" t="n">
+        <x:v>10541</x:v>
+      </x:c>
+      <x:c r="D13" s="3" t="n">
+        <x:v>10656</x:v>
+      </x:c>
+      <x:c r="E13" s="3" t="n">
+        <x:v>10656</x:v>
+      </x:c>
+      <x:c r="F13" s="3" t="n">
+        <x:v>10924</x:v>
+      </x:c>
+      <x:c r="G13" s="3" t="n">
+        <x:v>11044</x:v>
+      </x:c>
+      <x:c r="H13" s="3" t="n">
+        <x:v>11167</x:v>
+      </x:c>
+      <x:c r="I13" s="3" t="n">
+        <x:v>11167</x:v>
+      </x:c>
+      <x:c r="J13" s="3" t="n">
+        <x:v>11156</x:v>
+      </x:c>
+      <x:c r="K13" s="3" t="n">
+        <x:v>11156</x:v>
+      </x:c>
+      <x:c r="L13" s="3" t="n">
+        <x:v>11279</x:v>
+      </x:c>
+      <x:c r="M13" s="3" t="n">
+        <x:v>11279</x:v>
+      </x:c>
+      <x:c r="N13" s="3" t="n">
+        <x:v>11068</x:v>
+      </x:c>
+      <x:c r="O13" s="3" t="n">
+        <x:v>11191</x:v>
+      </x:c>
+      <x:c r="P13" s="3" t="n">
+        <x:v>11314</x:v>
+      </x:c>
+      <x:c r="Q13" s="3" t="n">
+        <x:v>11314</x:v>
+      </x:c>
+      <x:c r="R13" s="3" t="n">
+        <x:v>11252</x:v>
+      </x:c>
+      <x:c r="S13" s="3" t="n">
+        <x:v>11376</x:v>
+      </x:c>
+      <x:c r="T13" s="3" t="n">
+        <x:v>11502</x:v>
+      </x:c>
+      <x:c r="U13" s="3" t="n">
+        <x:v>11502</x:v>
+      </x:c>
+      <x:c r="V13" s="3" t="n">
+        <x:v>11540</x:v>
+      </x:c>
+      <x:c r="W13" s="3" t="n">
+        <x:v>11667</x:v>
+      </x:c>
+      <x:c r="X13" s="3" t="n">
+        <x:v>11796</x:v>
+      </x:c>
+      <x:c r="Y13" s="3" t="n">
+        <x:v>11796</x:v>
+      </x:c>
+      <x:c r="Z13" s="3" t="n">
+        <x:v>11689</x:v>
+      </x:c>
+      <x:c r="AA13" s="3" t="n">
+        <x:v>11689</x:v>
+      </x:c>
+      <x:c r="AB13" s="3" t="n">
+        <x:v>11818</x:v>
+      </x:c>
+      <x:c r="AC13" s="3" t="n">
+        <x:v>11818</x:v>
+      </x:c>
+      <x:c r="AD13" s="3" t="n">
+        <x:v>11712</x:v>
+      </x:c>
+      <x:c r="AE13" s="3" t="n">
+        <x:v>11842</x:v>
+      </x:c>
+      <x:c r="AF13" s="3" t="n">
+        <x:v>11972</x:v>
+      </x:c>
+      <x:c r="AG13" s="3" t="n">
+        <x:v>11972</x:v>
+      </x:c>
+      <x:c r="AH13" s="3" t="n">
+        <x:v>12134</x:v>
+      </x:c>
+      <x:c r="AI13" s="3" t="n">
+        <x:v>12269</x:v>
+      </x:c>
+      <x:c r="AJ13" s="3" t="n">
+        <x:v>12404</x:v>
+      </x:c>
+      <x:c r="AK13" s="3" t="n">
+        <x:v>12404</x:v>
+      </x:c>
+      <x:c r="AL13" s="3" t="n">
+        <x:v>12973</x:v>
+      </x:c>
+      <x:c r="AM13" s="3" t="n">
+        <x:v>13118</x:v>
+      </x:c>
+      <x:c r="AN13" s="3" t="n">
+        <x:v>13261</x:v>
+      </x:c>
+      <x:c r="AO13" s="3" t="n">
+        <x:v>13261</x:v>
+      </x:c>
+      <x:c r="AP13" s="3" t="n">
+        <x:v>10491</x:v>
+      </x:c>
+      <x:c r="AQ13" s="3" t="n">
+        <x:v>10491</x:v>
+      </x:c>
+      <x:c r="AR13" s="3" t="n">
+        <x:v>10606</x:v>
+      </x:c>
+      <x:c r="AS13" s="3" t="n">
+        <x:v>10606</x:v>
+      </x:c>
+      <x:c r="AT13" s="3" t="n">
+        <x:v>13038</x:v>
+      </x:c>
+      <x:c r="AU13" s="3" t="n">
+        <x:v>13182</x:v>
+      </x:c>
+      <x:c r="AV13" s="3" t="n">
+        <x:v>13327</x:v>
+      </x:c>
+      <x:c r="AW13" s="3" t="n">
+        <x:v>13327</x:v>
+      </x:c>
+      <x:c r="AX13" s="3" t="n">
+        <x:v>13412</x:v>
+      </x:c>
+      <x:c r="AY13" s="3" t="n">
+        <x:v>13561</x:v>
+      </x:c>
+      <x:c r="AZ13" s="3" t="n">
+        <x:v>13711</x:v>
+      </x:c>
+      <x:c r="BA13" s="3" t="n">
+        <x:v>13711</x:v>
+      </x:c>
+      <x:c r="BB13" s="3" t="n">
+        <x:v>15044</x:v>
+      </x:c>
+      <x:c r="BC13" s="3" t="n">
+        <x:v>12321</x:v>
+      </x:c>
+      <x:c r="BD13" s="3" t="n">
+        <x:v>14946</x:v>
+      </x:c>
+      <x:c r="BE13" s="3" t="n">
+        <x:v>12711</x:v>
+      </x:c>
+      <x:c r="BF13" s="3" t="n">
+        <x:v>15150</x:v>
+      </x:c>
+      <x:c r="BG13" s="3" t="n">
+        <x:v>14440</x:v>
+      </x:c>
+      <x:c r="BH13" s="3" t="n">
+        <x:v>14515</x:v>
+      </x:c>
+      <x:c r="BI13" s="3" t="n">
+        <x:v>15017</x:v>
+      </x:c>
+      <x:c r="BJ13" s="3" t="n">
+        <x:v>14857</x:v>
+      </x:c>
+      <x:c r="BK13" s="3" t="n">
+        <x:v>14413</x:v>
+      </x:c>
+      <x:c r="BL13" s="3" t="n">
+        <x:v>14479</x:v>
+      </x:c>
+      <x:c r="BM13" s="3" t="n">
+        <x:v>15187</x:v>
+      </x:c>
+      <x:c r="BN13" s="3" t="n">
+        <x:v>14501</x:v>
+      </x:c>
+      <x:c r="BO13" s="3" t="n">
+        <x:v>14344</x:v>
+      </x:c>
+      <x:c r="BP13" s="3" t="n">
+        <x:v>14357</x:v>
+      </x:c>
+      <x:c r="BQ13" s="3" t="n">
+        <x:v>15068</x:v>
+      </x:c>
+      <x:c r="BR13" s="3" t="n">
+        <x:v>14381</x:v>
+      </x:c>
+      <x:c r="BS13" s="3" t="n">
+        <x:v>13550</x:v>
+      </x:c>
+      <x:c r="BT13" s="3" t="n">
+        <x:v>13739</x:v>
+      </x:c>
+      <x:c r="BU13" s="3" t="n">
+        <x:v>14440</x:v>
+      </x:c>
+      <x:c r="BV13" s="3" t="n">
+        <x:v>14624</x:v>
+      </x:c>
+      <x:c r="BW13" s="3" t="n">
+        <x:v>13750</x:v>
+      </x:c>
+      <x:c r="BX13" s="3" t="n">
+        <x:v>14113</x:v>
+      </x:c>
+      <x:c r="BY13" s="3" t="n">
+        <x:v>14586</x:v>
+      </x:c>
+      <x:c r="BZ13" s="3" t="n">
+        <x:v>14420</x:v>
+      </x:c>
+      <x:c r="CA13" s="3" t="n">
+        <x:v>14731</x:v>
+      </x:c>
+      <x:c r="CB13" s="3" t="n">
+        <x:v>14336</x:v>
+      </x:c>
+      <x:c r="CC13" s="3" t="n">
+        <x:v>14894</x:v>
+      </x:c>
+      <x:c r="CD13" s="3" t="n">
+        <x:v>15194</x:v>
+      </x:c>
+      <x:c r="CE13" s="3" t="n">
+        <x:v>14524</x:v>
+      </x:c>
+      <x:c r="CF13" s="3" t="n">
+        <x:v>14593</x:v>
+      </x:c>
+      <x:c r="CG13" s="3" t="n">
+        <x:v>15340</x:v>
+      </x:c>
+      <x:c r="CH13" s="3" t="n">
+        <x:v>15357</x:v>
+      </x:c>
+      <x:c r="CI13" s="3" t="n">
+        <x:v>15143</x:v>
+      </x:c>
+      <x:c r="CJ13" s="3" t="n">
+        <x:v>14938</x:v>
+      </x:c>
+      <x:c r="CK13" s="3" t="n">
+        <x:v>15480</x:v>
+      </x:c>
+      <x:c r="CL13" s="3" t="n">
+        <x:v>15833</x:v>
+      </x:c>
+      <x:c r="CM13" s="3" t="n">
+        <x:v>15028</x:v>
+      </x:c>
+      <x:c r="CN13" s="3" t="n">
+        <x:v>14737</x:v>
+      </x:c>
+      <x:c r="CO13" s="3" t="n">
+        <x:v>15363</x:v>
+      </x:c>
+      <x:c r="CP13" s="3" t="n">
+        <x:v>15417</x:v>
+      </x:c>
+      <x:c r="CQ13" s="3" t="n">
+        <x:v>14636</x:v>
+      </x:c>
+      <x:c r="CR13" s="3" t="n">
+        <x:v>14533</x:v>
+      </x:c>
+      <x:c r="CS13" s="3" t="n">
+        <x:v>15108</x:v>
+      </x:c>
+      <x:c r="CT13" s="3" t="n">
+        <x:v>14968</x:v>
+      </x:c>
+      <x:c r="CU13" s="3" t="n">
+        <x:v>14835</x:v>
+      </x:c>
+      <x:c r="CV13" s="3" t="n">
+        <x:v>14710</x:v>
+      </x:c>
+      <x:c r="CW13" s="3" t="n">
+        <x:v>14897</x:v>
+      </x:c>
+      <x:c r="CX13" s="3" t="n">
+        <x:v>14764</x:v>
+      </x:c>
+      <x:c r="CY13" s="3" t="n">
+        <x:v>14337</x:v>
+      </x:c>
+      <x:c r="CZ13" s="3" t="n">
+        <x:v>14318</x:v>
+      </x:c>
+      <x:c r="DA13" s="3" t="n">
+        <x:v>14653</x:v>
+      </x:c>
+      <x:c r="DB13" s="3" t="n">
+        <x:v>14967</x:v>
+      </x:c>
+      <x:c r="DC13" s="3" t="n">
+        <x:v>14338</x:v>
+      </x:c>
+      <x:c r="DD13" s="3" t="n">
+        <x:v>14350</x:v>
+      </x:c>
+      <x:c r="DE13" s="3" t="n">
+        <x:v>15056</x:v>
+      </x:c>
+      <x:c r="DF13" s="3" t="n">
+        <x:v>14793</x:v>
+      </x:c>
+      <x:c r="DG13" s="3" t="n">
+        <x:v>14725</x:v>
+      </x:c>
+      <x:c r="DH13" s="3" t="n">
+        <x:v>13785</x:v>
+      </x:c>
+      <x:c r="DI13" s="3" t="n">
+        <x:v>14039</x:v>
+      </x:c>
+      <x:c r="DJ13" s="3" t="n">
+        <x:v>14021</x:v>
+      </x:c>
+      <x:c r="DK13" s="3" t="n">
+        <x:v>13394</x:v>
+      </x:c>
+      <x:c r="DL13" s="3" t="n">
+        <x:v>13524</x:v>
+      </x:c>
+      <x:c r="DM13" s="3" t="n">
+        <x:v>14117</x:v>
+      </x:c>
+      <x:c r="DN13" s="3" t="n">
+        <x:v>13768</x:v>
+      </x:c>
+      <x:c r="DO13" s="3" t="n">
+        <x:v>13313</x:v>
+      </x:c>
+      <x:c r="DP13" s="3" t="n">
+        <x:v>13318</x:v>
+      </x:c>
+      <x:c r="DQ13" s="3" t="n">
+        <x:v>13797</x:v>
+      </x:c>
+      <x:c r="DR13" s="3" t="n">
+        <x:v>13189</x:v>
+      </x:c>
+      <x:c r="DS13" s="3" t="n">
+        <x:v>13359</x:v>
+      </x:c>
+      <x:c r="DT13" s="3" t="n">
+        <x:v>13400</x:v>
+      </x:c>
+      <x:c r="DU13" s="3" t="n">
+        <x:v>13729</x:v>
+      </x:c>
+      <x:c r="DV13" s="3" t="n">
+        <x:v>13531</x:v>
+      </x:c>
+      <x:c r="DW13" s="3" t="n">
+        <x:v>13875</x:v>
+      </x:c>
+      <x:c r="DX13" s="3" t="n">
+        <x:v>13578</x:v>
+      </x:c>
+      <x:c r="DY13" s="3" t="n">
+        <x:v>13160</x:v>
+      </x:c>
+      <x:c r="DZ13" s="3" t="n">
+        <x:v>14291</x:v>
+      </x:c>
+      <x:c r="EA13" s="3" t="n">
+        <x:v>14086</x:v>
+      </x:c>
+      <x:c r="EB13" s="3" t="n">
+        <x:v>13747</x:v>
+      </x:c>
+      <x:c r="EC13" s="3" t="n">
+        <x:v>13350</x:v>
+      </x:c>
+      <x:c r="ED13" s="3" t="n">
+        <x:v>13584</x:v>
+      </x:c>
+      <x:c r="EE13" s="3" t="n">
+        <x:v>13461</x:v>
+      </x:c>
+      <x:c r="EF13" s="3" t="n">
+        <x:v>13539</x:v>
+      </x:c>
+      <x:c r="EG13" s="3" t="n">
+        <x:v>13481</x:v>
+      </x:c>
+      <x:c r="EH13" s="3" t="n">
+        <x:v>13982</x:v>
+      </x:c>
+      <x:c r="EI13" s="3" t="n">
+        <x:v>13717</x:v>
+      </x:c>
+      <x:c r="EJ13" s="3" t="n">
+        <x:v>13640</x:v>
+      </x:c>
+      <x:c r="EK13" s="3" t="n">
+        <x:v>13557</x:v>
+      </x:c>
+      <x:c r="EL13" s="3" t="n">
+        <x:v>13664</x:v>
+      </x:c>
+      <x:c r="EM13" s="3" t="n">
+        <x:v>13552</x:v>
+      </x:c>
+      <x:c r="EN13" s="3" t="n">
+        <x:v>13610</x:v>
+      </x:c>
+      <x:c r="EO13" s="3" t="n">
+        <x:v>13274</x:v>
+      </x:c>
+      <x:c r="EP13" s="3" t="n">
+        <x:v>13617</x:v>
+      </x:c>
+      <x:c r="EQ13" s="3" t="n">
+        <x:v>13565</x:v>
+      </x:c>
+      <x:c r="ER13" s="3" t="n">
+        <x:v>13591</x:v>
+      </x:c>
+      <x:c r="ES13" s="3" t="n">
+        <x:v>13488</x:v>
+      </x:c>
+      <x:c r="ET13" s="3" t="n">
+        <x:v>13978</x:v>
+      </x:c>
+      <x:c r="EU13" s="3" t="n">
+        <x:v>14018</x:v>
+      </x:c>
+      <x:c r="EV13" s="3" t="n">
+        <x:v>14074</x:v>
+      </x:c>
+      <x:c r="EW13" s="3" t="n">
+        <x:v>14095</x:v>
+      </x:c>
+      <x:c r="EX13" s="3" t="n">
+        <x:v>13920</x:v>
+      </x:c>
+      <x:c r="EY13" s="3" t="n">
+        <x:v>13854</x:v>
+      </x:c>
+      <x:c r="EZ13" s="3" t="n">
+        <x:v>14022</x:v>
+      </x:c>
+      <x:c r="FA13" s="3" t="n">
+        <x:v>14065</x:v>
+      </x:c>
+      <x:c r="FB13" s="3" t="n">
+        <x:v>14156</x:v>
+      </x:c>
+      <x:c r="FC13" s="3" t="n">
+        <x:v>14126</x:v>
+      </x:c>
+      <x:c r="FD13" s="3" t="n">
+        <x:v>14305</x:v>
+      </x:c>
+      <x:c r="FE13" s="3" t="n">
+        <x:v>14195</x:v>
+      </x:c>
+      <x:c r="FF13" s="3" t="n">
+        <x:v>14248</x:v>
+      </x:c>
+      <x:c r="FG13" s="3" t="n">
+        <x:v>14142</x:v>
+      </x:c>
+      <x:c r="FH13" s="3" t="n">
+        <x:v>14218</x:v>
+      </x:c>
+      <x:c r="FI13" s="3" t="n">
+        <x:v>14352</x:v>
+      </x:c>
+      <x:c r="FJ13" s="3" t="n">
+        <x:v>14546</x:v>
+      </x:c>
+      <x:c r="FK13" s="3" t="n">
+        <x:v>14540</x:v>
+      </x:c>
+      <x:c r="FL13" s="3" t="n">
+        <x:v>14741</x:v>
+      </x:c>
+      <x:c r="FM13" s="3" t="n">
+        <x:v>14796</x:v>
+      </x:c>
+      <x:c r="FN13" s="3" t="n">
+        <x:v>15061</x:v>
+      </x:c>
+      <x:c r="FO13" s="3" t="n">
+        <x:v>15037</x:v>
+      </x:c>
+      <x:c r="FP13" s="3" t="n">
+        <x:v>15150</x:v>
+      </x:c>
+      <x:c r="FQ13" s="3" t="n">
+        <x:v>15010</x:v>
+      </x:c>
+      <x:c r="FR13" s="3" t="n">
+        <x:v>14807</x:v>
+      </x:c>
+      <x:c r="FS13" s="3" t="n">
+        <x:v>14659</x:v>
+      </x:c>
+      <x:c r="FT13" s="3" t="n">
+        <x:v>14917</x:v>
+      </x:c>
+      <x:c r="FU13" s="3" t="n">
+        <x:v>15499</x:v>
+      </x:c>
+      <x:c r="FV13" s="3" t="n">
+        <x:v>16265</x:v>
+      </x:c>
+      <x:c r="FW13" s="3" t="n">
+        <x:v>16495</x:v>
+      </x:c>
+      <x:c r="FX13" s="3" t="n">
+        <x:v>16756</x:v>
+      </x:c>
+      <x:c r="FY13" s="3" t="n">
+        <x:v>17153</x:v>
+      </x:c>
+      <x:c r="FZ13" s="3" t="n">
+        <x:v>17410</x:v>
+      </x:c>
+      <x:c r="GA13" s="3" t="n">
+        <x:v>17413</x:v>
+      </x:c>
+      <x:c r="GB13" s="3" t="n">
+        <x:v>17843</x:v>
+      </x:c>
+      <x:c r="GC13" s="3" t="n">
+        <x:v>18041</x:v>
+      </x:c>
+      <x:c r="GD13" s="3" t="n">
+        <x:v>18570</x:v>
+      </x:c>
+      <x:c r="GE13" s="3" t="n">
+        <x:v>18802</x:v>
+      </x:c>
+      <x:c r="GF13" s="3" t="n">
+        <x:v>19318</x:v>
+      </x:c>
+      <x:c r="GG13" s="3" t="n">
+        <x:v>19717</x:v>
+      </x:c>
+      <x:c r="GH13" s="3" t="n">
+        <x:v>20084</x:v>
+      </x:c>
+      <x:c r="GI13" s="3" t="n">
+        <x:v>20352</x:v>
+      </x:c>
+      <x:c r="GJ13" s="3" t="n">
+        <x:v>20674</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:192">
+      <x:c r="A14" s="2" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="B14" s="3" t="n">
+        <x:v>55027</x:v>
+      </x:c>
+      <x:c r="C14" s="3" t="n">
+        <x:v>55640</x:v>
+      </x:c>
+      <x:c r="D14" s="3" t="n">
+        <x:v>56251</x:v>
+      </x:c>
+      <x:c r="E14" s="3" t="n">
+        <x:v>56251</x:v>
+      </x:c>
+      <x:c r="F14" s="3" t="n">
+        <x:v>58205</x:v>
+      </x:c>
+      <x:c r="G14" s="3" t="n">
+        <x:v>58850</x:v>
+      </x:c>
+      <x:c r="H14" s="3" t="n">
+        <x:v>59499</x:v>
+      </x:c>
+      <x:c r="I14" s="3" t="n">
+        <x:v>59499</x:v>
+      </x:c>
+      <x:c r="J14" s="3" t="n">
+        <x:v>62416</x:v>
+      </x:c>
+      <x:c r="K14" s="3" t="n">
+        <x:v>62416</x:v>
+      </x:c>
+      <x:c r="L14" s="3" t="n">
+        <x:v>63103</x:v>
+      </x:c>
+      <x:c r="M14" s="3" t="n">
+        <x:v>63103</x:v>
+      </x:c>
+      <x:c r="N14" s="3" t="n">
+        <x:v>63738</x:v>
+      </x:c>
+      <x:c r="O14" s="3" t="n">
+        <x:v>64445</x:v>
+      </x:c>
+      <x:c r="P14" s="3" t="n">
+        <x:v>65152</x:v>
+      </x:c>
+      <x:c r="Q14" s="3" t="n">
+        <x:v>65152</x:v>
+      </x:c>
+      <x:c r="R14" s="3" t="n">
+        <x:v>65660</x:v>
+      </x:c>
+      <x:c r="S14" s="3" t="n">
+        <x:v>66388</x:v>
+      </x:c>
+      <x:c r="T14" s="3" t="n">
+        <x:v>67121</x:v>
+      </x:c>
+      <x:c r="U14" s="3" t="n">
+        <x:v>67121</x:v>
+      </x:c>
+      <x:c r="V14" s="3" t="n">
+        <x:v>68062</x:v>
+      </x:c>
+      <x:c r="W14" s="3" t="n">
+        <x:v>68820</x:v>
+      </x:c>
+      <x:c r="X14" s="3" t="n">
+        <x:v>69576</x:v>
+      </x:c>
+      <x:c r="Y14" s="3" t="n">
+        <x:v>69576</x:v>
+      </x:c>
+      <x:c r="Z14" s="3" t="n">
+        <x:v>70931</x:v>
+      </x:c>
+      <x:c r="AA14" s="3" t="n">
+        <x:v>70931</x:v>
+      </x:c>
+      <x:c r="AB14" s="3" t="n">
+        <x:v>71710</x:v>
+      </x:c>
+      <x:c r="AC14" s="3" t="n">
+        <x:v>71710</x:v>
+      </x:c>
+      <x:c r="AD14" s="3" t="n">
+        <x:v>73446</x:v>
+      </x:c>
+      <x:c r="AE14" s="3" t="n">
+        <x:v>74259</x:v>
+      </x:c>
+      <x:c r="AF14" s="3" t="n">
+        <x:v>75076</x:v>
+      </x:c>
+      <x:c r="AG14" s="3" t="n">
+        <x:v>75076</x:v>
+      </x:c>
+      <x:c r="AH14" s="3" t="n">
+        <x:v>75074</x:v>
+      </x:c>
+      <x:c r="AI14" s="3" t="n">
+        <x:v>75908</x:v>
+      </x:c>
+      <x:c r="AJ14" s="3" t="n">
+        <x:v>76744</x:v>
+      </x:c>
+      <x:c r="AK14" s="3" t="n">
+        <x:v>76744</x:v>
+      </x:c>
+      <x:c r="AL14" s="3" t="n">
+        <x:v>78029</x:v>
+      </x:c>
+      <x:c r="AM14" s="3" t="n">
+        <x:v>78898</x:v>
+      </x:c>
+      <x:c r="AN14" s="3" t="n">
+        <x:v>79765</x:v>
+      </x:c>
+      <x:c r="AO14" s="3" t="n">
+        <x:v>79765</x:v>
+      </x:c>
+      <x:c r="AP14" s="3" t="n">
+        <x:v>78813</x:v>
+      </x:c>
+      <x:c r="AQ14" s="3" t="n">
+        <x:v>78813</x:v>
+      </x:c>
+      <x:c r="AR14" s="3" t="n">
+        <x:v>79678</x:v>
+      </x:c>
+      <x:c r="AS14" s="3" t="n">
+        <x:v>79678</x:v>
+      </x:c>
+      <x:c r="AT14" s="3" t="n">
+        <x:v>78491</x:v>
+      </x:c>
+      <x:c r="AU14" s="3" t="n">
+        <x:v>79361</x:v>
+      </x:c>
+      <x:c r="AV14" s="3" t="n">
+        <x:v>80234</x:v>
+      </x:c>
+      <x:c r="AW14" s="3" t="n">
+        <x:v>80234</x:v>
+      </x:c>
+      <x:c r="AX14" s="3" t="n">
+        <x:v>80424</x:v>
+      </x:c>
+      <x:c r="AY14" s="3" t="n">
+        <x:v>81316</x:v>
+      </x:c>
+      <x:c r="AZ14" s="3" t="n">
+        <x:v>82213</x:v>
+      </x:c>
+      <x:c r="BA14" s="3" t="n">
+        <x:v>82213</x:v>
+      </x:c>
+      <x:c r="BB14" s="3" t="n">
+        <x:v>84085</x:v>
+      </x:c>
+      <x:c r="BC14" s="3" t="n">
+        <x:v>85743</x:v>
+      </x:c>
+      <x:c r="BD14" s="3" t="n">
+        <x:v>81422</x:v>
+      </x:c>
+      <x:c r="BE14" s="3" t="n">
+        <x:v>90015</x:v>
+      </x:c>
+      <x:c r="BF14" s="3" t="n">
+        <x:v>93312</x:v>
+      </x:c>
+      <x:c r="BG14" s="3" t="n">
+        <x:v>86686</x:v>
+      </x:c>
+      <x:c r="BH14" s="3" t="n">
+        <x:v>85938</x:v>
+      </x:c>
+      <x:c r="BI14" s="3" t="n">
+        <x:v>92638</x:v>
+      </x:c>
+      <x:c r="BJ14" s="3" t="n">
+        <x:v>94554</x:v>
+      </x:c>
+      <x:c r="BK14" s="3" t="n">
+        <x:v>89337</x:v>
+      </x:c>
+      <x:c r="BL14" s="3" t="n">
+        <x:v>84946</x:v>
+      </x:c>
+      <x:c r="BM14" s="3" t="n">
+        <x:v>98029</x:v>
+      </x:c>
+      <x:c r="BN14" s="3" t="n">
+        <x:v>91399</x:v>
+      </x:c>
+      <x:c r="BO14" s="3" t="n">
+        <x:v>92560</x:v>
+      </x:c>
+      <x:c r="BP14" s="3" t="n">
+        <x:v>91698</x:v>
+      </x:c>
+      <x:c r="BQ14" s="3" t="n">
+        <x:v>99351</x:v>
+      </x:c>
+      <x:c r="BR14" s="3" t="n">
+        <x:v>100411</x:v>
+      </x:c>
+      <x:c r="BS14" s="3" t="n">
+        <x:v>92048</x:v>
+      </x:c>
+      <x:c r="BT14" s="3" t="n">
+        <x:v>93032</x:v>
+      </x:c>
+      <x:c r="BU14" s="3" t="n">
+        <x:v>100031</x:v>
+      </x:c>
+      <x:c r="BV14" s="3" t="n">
+        <x:v>101413</x:v>
+      </x:c>
+      <x:c r="BW14" s="3" t="n">
+        <x:v>95208</x:v>
+      </x:c>
+      <x:c r="BX14" s="3" t="n">
+        <x:v>95466</x:v>
+      </x:c>
+      <x:c r="BY14" s="3" t="n">
+        <x:v>102868</x:v>
+      </x:c>
+      <x:c r="BZ14" s="3" t="n">
+        <x:v>98380</x:v>
+      </x:c>
+      <x:c r="CA14" s="3" t="n">
+        <x:v>103829</x:v>
+      </x:c>
+      <x:c r="CB14" s="3" t="n">
+        <x:v>97886</x:v>
+      </x:c>
+      <x:c r="CC14" s="3" t="n">
+        <x:v>106384</x:v>
+      </x:c>
+      <x:c r="CD14" s="3" t="n">
+        <x:v>107961</x:v>
+      </x:c>
+      <x:c r="CE14" s="3" t="n">
+        <x:v>104124</x:v>
+      </x:c>
+      <x:c r="CF14" s="3" t="n">
+        <x:v>103252</x:v>
+      </x:c>
+      <x:c r="CG14" s="3" t="n">
+        <x:v>110199</x:v>
+      </x:c>
+      <x:c r="CH14" s="3" t="n">
+        <x:v>109691</x:v>
+      </x:c>
+      <x:c r="CI14" s="3" t="n">
+        <x:v>108901</x:v>
+      </x:c>
+      <x:c r="CJ14" s="3" t="n">
+        <x:v>106208</x:v>
+      </x:c>
+      <x:c r="CK14" s="3" t="n">
+        <x:v>114679</x:v>
+      </x:c>
+      <x:c r="CL14" s="3" t="n">
+        <x:v>116503</x:v>
+      </x:c>
+      <x:c r="CM14" s="3" t="n">
+        <x:v>108101</x:v>
+      </x:c>
+      <x:c r="CN14" s="3" t="n">
+        <x:v>108041</x:v>
+      </x:c>
+      <x:c r="CO14" s="3" t="n">
+        <x:v>113303</x:v>
+      </x:c>
+      <x:c r="CP14" s="3" t="n">
+        <x:v>120764</x:v>
+      </x:c>
+      <x:c r="CQ14" s="3" t="n">
+        <x:v>113223</x:v>
+      </x:c>
+      <x:c r="CR14" s="3" t="n">
+        <x:v>113381</x:v>
+      </x:c>
+      <x:c r="CS14" s="3" t="n">
+        <x:v>120235</x:v>
+      </x:c>
+      <x:c r="CT14" s="3" t="n">
+        <x:v>92576</x:v>
+      </x:c>
+      <x:c r="CU14" s="3" t="n">
+        <x:v>94808</x:v>
+      </x:c>
+      <x:c r="CV14" s="3" t="n">
+        <x:v>91471</x:v>
+      </x:c>
+      <x:c r="CW14" s="3" t="n">
+        <x:v>95726</x:v>
+      </x:c>
+      <x:c r="CX14" s="3" t="n">
+        <x:v>98119</x:v>
+      </x:c>
+      <x:c r="CY14" s="3" t="n">
+        <x:v>92949</x:v>
+      </x:c>
+      <x:c r="CZ14" s="3" t="n">
+        <x:v>92569</x:v>
+      </x:c>
+      <x:c r="DA14" s="3" t="n">
+        <x:v>96527</x:v>
+      </x:c>
+      <x:c r="DB14" s="3" t="n">
+        <x:v>97515</x:v>
+      </x:c>
+      <x:c r="DC14" s="3" t="n">
+        <x:v>91967</x:v>
+      </x:c>
+      <x:c r="DD14" s="3" t="n">
+        <x:v>90836</x:v>
+      </x:c>
+      <x:c r="DE14" s="3" t="n">
+        <x:v>98994</x:v>
+      </x:c>
+      <x:c r="DF14" s="3" t="n">
+        <x:v>94900</x:v>
+      </x:c>
+      <x:c r="DG14" s="3" t="n">
+        <x:v>99135</x:v>
+      </x:c>
+      <x:c r="DH14" s="3" t="n">
+        <x:v>91335</x:v>
+      </x:c>
+      <x:c r="DI14" s="3" t="n">
+        <x:v>100030</x:v>
+      </x:c>
+      <x:c r="DJ14" s="3" t="n">
+        <x:v>102288</x:v>
+      </x:c>
+      <x:c r="DK14" s="3" t="n">
+        <x:v>96468</x:v>
+      </x:c>
+      <x:c r="DL14" s="3" t="n">
+        <x:v>95339</x:v>
+      </x:c>
+      <x:c r="DM14" s="3" t="n">
+        <x:v>101585</x:v>
+      </x:c>
+      <x:c r="DN14" s="3" t="n">
+        <x:v>102486</x:v>
+      </x:c>
+      <x:c r="DO14" s="3" t="n">
+        <x:v>99188</x:v>
+      </x:c>
+      <x:c r="DP14" s="3" t="n">
+        <x:v>98887</x:v>
+      </x:c>
+      <x:c r="DQ14" s="3" t="n">
+        <x:v>105277</x:v>
+      </x:c>
+      <x:c r="DR14" s="3" t="n">
+        <x:v>104555</x:v>
+      </x:c>
+      <x:c r="DS14" s="3" t="n">
+        <x:v>105203</x:v>
+      </x:c>
+      <x:c r="DT14" s="3" t="n">
+        <x:v>104751</x:v>
+      </x:c>
+      <x:c r="DU14" s="3" t="n">
+        <x:v>106161</x:v>
+      </x:c>
+      <x:c r="DV14" s="3" t="n">
+        <x:v>109426</x:v>
+      </x:c>
+      <x:c r="DW14" s="3" t="n">
+        <x:v>107586</x:v>
+      </x:c>
+      <x:c r="DX14" s="3" t="n">
+        <x:v>109683</x:v>
+      </x:c>
+      <x:c r="DY14" s="3" t="n">
+        <x:v>110146</x:v>
+      </x:c>
+      <x:c r="DZ14" s="3" t="n">
+        <x:v>113503</x:v>
+      </x:c>
+      <x:c r="EA14" s="3" t="n">
+        <x:v>112139</x:v>
+      </x:c>
+      <x:c r="EB14" s="3" t="n">
+        <x:v>112698</x:v>
+      </x:c>
+      <x:c r="EC14" s="3" t="n">
+        <x:v>113318</x:v>
+      </x:c>
+      <x:c r="ED14" s="3" t="n">
+        <x:v>115424</x:v>
+      </x:c>
+      <x:c r="EE14" s="3" t="n">
+        <x:v>115263</x:v>
+      </x:c>
+      <x:c r="EF14" s="3" t="n">
+        <x:v>115883</x:v>
+      </x:c>
+      <x:c r="EG14" s="3" t="n">
+        <x:v>115306</x:v>
+      </x:c>
+      <x:c r="EH14" s="3" t="n">
+        <x:v>116641</x:v>
+      </x:c>
+      <x:c r="EI14" s="3" t="n">
+        <x:v>117234</x:v>
+      </x:c>
+      <x:c r="EJ14" s="3" t="n">
+        <x:v>117815</x:v>
+      </x:c>
+      <x:c r="EK14" s="3" t="n">
+        <x:v>117187</x:v>
+      </x:c>
+      <x:c r="EL14" s="3" t="n">
+        <x:v>117640</x:v>
+      </x:c>
+      <x:c r="EM14" s="3" t="n">
+        <x:v>118179</x:v>
+      </x:c>
+      <x:c r="EN14" s="3" t="n">
+        <x:v>118895</x:v>
+      </x:c>
+      <x:c r="EO14" s="3" t="n">
+        <x:v>119571</x:v>
+      </x:c>
+      <x:c r="EP14" s="3" t="n">
+        <x:v>119102</x:v>
+      </x:c>
+      <x:c r="EQ14" s="3" t="n">
+        <x:v>119647</x:v>
+      </x:c>
+      <x:c r="ER14" s="3" t="n">
+        <x:v>120490</x:v>
+      </x:c>
+      <x:c r="ES14" s="3" t="n">
+        <x:v>121202</x:v>
+      </x:c>
+      <x:c r="ET14" s="3" t="n">
+        <x:v>120521</x:v>
+      </x:c>
+      <x:c r="EU14" s="3" t="n">
+        <x:v>123063</x:v>
+      </x:c>
+      <x:c r="EV14" s="3" t="n">
+        <x:v>123399</x:v>
+      </x:c>
+      <x:c r="EW14" s="3" t="n">
+        <x:v>121487</x:v>
+      </x:c>
+      <x:c r="EX14" s="3" t="n">
+        <x:v>121853</x:v>
+      </x:c>
+      <x:c r="EY14" s="3" t="n">
+        <x:v>124737</x:v>
+      </x:c>
+      <x:c r="EZ14" s="3" t="n">
+        <x:v>126731</x:v>
+      </x:c>
+      <x:c r="FA14" s="3" t="n">
+        <x:v>126468</x:v>
+      </x:c>
+      <x:c r="FB14" s="3" t="n">
+        <x:v>125848</x:v>
+      </x:c>
+      <x:c r="FC14" s="3" t="n">
+        <x:v>127684</x:v>
+      </x:c>
+      <x:c r="FD14" s="3" t="n">
+        <x:v>128351</x:v>
+      </x:c>
+      <x:c r="FE14" s="3" t="n">
+        <x:v>129237</x:v>
+      </x:c>
+      <x:c r="FF14" s="3" t="n">
+        <x:v>127734</x:v>
+      </x:c>
+      <x:c r="FG14" s="3" t="n">
+        <x:v>128995</x:v>
+      </x:c>
+      <x:c r="FH14" s="3" t="n">
+        <x:v>129147</x:v>
+      </x:c>
+      <x:c r="FI14" s="3" t="n">
+        <x:v>129827</x:v>
+      </x:c>
+      <x:c r="FJ14" s="3" t="n">
+        <x:v>128026</x:v>
+      </x:c>
+      <x:c r="FK14" s="3" t="n">
+        <x:v>129190</x:v>
+      </x:c>
+      <x:c r="FL14" s="3" t="n">
+        <x:v>130425</x:v>
+      </x:c>
+      <x:c r="FM14" s="3" t="n">
+        <x:v>131166</x:v>
+      </x:c>
+      <x:c r="FN14" s="3" t="n">
+        <x:v>128495</x:v>
+      </x:c>
+      <x:c r="FO14" s="3" t="n">
+        <x:v>125011</x:v>
+      </x:c>
+      <x:c r="FP14" s="3" t="n">
+        <x:v>130580</x:v>
+      </x:c>
+      <x:c r="FQ14" s="3" t="n">
+        <x:v>132234</x:v>
+      </x:c>
+      <x:c r="FR14" s="3" t="n">
+        <x:v>130052</x:v>
+      </x:c>
+      <x:c r="FS14" s="3" t="n">
+        <x:v>132677</x:v>
+      </x:c>
+      <x:c r="FT14" s="3" t="n">
+        <x:v>136425</x:v>
+      </x:c>
+      <x:c r="FU14" s="3" t="n">
+        <x:v>135161</x:v>
+      </x:c>
+      <x:c r="FV14" s="3" t="n">
+        <x:v>134454</x:v>
+      </x:c>
+      <x:c r="FW14" s="3" t="n">
+        <x:v>134870</x:v>
+      </x:c>
+      <x:c r="FX14" s="3" t="n">
+        <x:v>136043</x:v>
+      </x:c>
+      <x:c r="FY14" s="3" t="n">
+        <x:v>136102</x:v>
+      </x:c>
+      <x:c r="FZ14" s="3" t="n">
+        <x:v>136155</x:v>
+      </x:c>
+      <x:c r="GA14" s="3" t="n">
+        <x:v>138159</x:v>
+      </x:c>
+      <x:c r="GB14" s="3" t="n">
+        <x:v>139809</x:v>
+      </x:c>
+      <x:c r="GC14" s="3" t="n">
+        <x:v>139611</x:v>
+      </x:c>
+      <x:c r="GD14" s="3" t="n">
+        <x:v>137591</x:v>
+      </x:c>
+      <x:c r="GE14" s="3" t="n">
+        <x:v>139266</x:v>
+      </x:c>
+      <x:c r="GF14" s="3" t="n">
+        <x:v>140635</x:v>
+      </x:c>
+      <x:c r="GG14" s="3" t="n">
+        <x:v>140202</x:v>
+      </x:c>
+      <x:c r="GH14" s="3" t="n">
+        <x:v>138465</x:v>
+      </x:c>
+      <x:c r="GI14" s="3" t="n">
+        <x:v>140134</x:v>
+      </x:c>
+      <x:c r="GJ14" s="3" t="n">
+        <x:v>140554</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:192">
+      <x:c r="A15" s="2" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="B15" s="3" t="n">
+        <x:v>47330</x:v>
+      </x:c>
+      <x:c r="C15" s="3" t="n">
+        <x:v>47857</x:v>
+      </x:c>
+      <x:c r="D15" s="3" t="n">
+        <x:v>48383</x:v>
+      </x:c>
+      <x:c r="E15" s="3" t="n">
+        <x:v>48383</x:v>
+      </x:c>
+      <x:c r="F15" s="3" t="n">
+        <x:v>50581</x:v>
+      </x:c>
+      <x:c r="G15" s="3" t="n">
+        <x:v>51141</x:v>
+      </x:c>
+      <x:c r="H15" s="3" t="n">
+        <x:v>51706</x:v>
+      </x:c>
+      <x:c r="I15" s="3" t="n">
+        <x:v>51706</x:v>
+      </x:c>
+      <x:c r="J15" s="3" t="n">
+        <x:v>53408</x:v>
+      </x:c>
+      <x:c r="K15" s="3" t="n">
+        <x:v>53408</x:v>
+      </x:c>
+      <x:c r="L15" s="3" t="n">
+        <x:v>53995</x:v>
+      </x:c>
+      <x:c r="M15" s="3" t="n">
+        <x:v>53995</x:v>
+      </x:c>
+      <x:c r="N15" s="3" t="n">
+        <x:v>55081</x:v>
+      </x:c>
+      <x:c r="O15" s="3" t="n">
+        <x:v>55692</x:v>
+      </x:c>
+      <x:c r="P15" s="3" t="n">
+        <x:v>56304</x:v>
+      </x:c>
+      <x:c r="Q15" s="3" t="n">
+        <x:v>56304</x:v>
+      </x:c>
+      <x:c r="R15" s="3" t="n">
+        <x:v>56715</x:v>
+      </x:c>
+      <x:c r="S15" s="3" t="n">
+        <x:v>57345</x:v>
+      </x:c>
+      <x:c r="T15" s="3" t="n">
+        <x:v>57977</x:v>
+      </x:c>
+      <x:c r="U15" s="3" t="n">
+        <x:v>57977</x:v>
+      </x:c>
+      <x:c r="V15" s="3" t="n">
+        <x:v>58591</x:v>
+      </x:c>
+      <x:c r="W15" s="3" t="n">
+        <x:v>59244</x:v>
+      </x:c>
+      <x:c r="X15" s="3" t="n">
+        <x:v>59894</x:v>
+      </x:c>
+      <x:c r="Y15" s="3" t="n">
+        <x:v>59894</x:v>
+      </x:c>
+      <x:c r="Z15" s="3" t="n">
+        <x:v>61030</x:v>
+      </x:c>
+      <x:c r="AA15" s="3" t="n">
+        <x:v>61030</x:v>
+      </x:c>
+      <x:c r="AB15" s="3" t="n">
+        <x:v>61701</x:v>
+      </x:c>
+      <x:c r="AC15" s="3" t="n">
+        <x:v>61701</x:v>
+      </x:c>
+      <x:c r="AD15" s="3" t="n">
+        <x:v>63264</x:v>
+      </x:c>
+      <x:c r="AE15" s="3" t="n">
+        <x:v>63964</x:v>
+      </x:c>
+      <x:c r="AF15" s="3" t="n">
+        <x:v>64668</x:v>
+      </x:c>
+      <x:c r="AG15" s="3" t="n">
+        <x:v>64668</x:v>
+      </x:c>
+      <x:c r="AH15" s="3" t="n">
+        <x:v>64644</x:v>
+      </x:c>
+      <x:c r="AI15" s="3" t="n">
+        <x:v>65362</x:v>
+      </x:c>
+      <x:c r="AJ15" s="3" t="n">
+        <x:v>66082</x:v>
+      </x:c>
+      <x:c r="AK15" s="3" t="n">
+        <x:v>66082</x:v>
+      </x:c>
+      <x:c r="AL15" s="3" t="n">
+        <x:v>67337</x:v>
+      </x:c>
+      <x:c r="AM15" s="3" t="n">
+        <x:v>68086</x:v>
+      </x:c>
+      <x:c r="AN15" s="3" t="n">
+        <x:v>68834</x:v>
+      </x:c>
+      <x:c r="AO15" s="3" t="n">
+        <x:v>68834</x:v>
+      </x:c>
+      <x:c r="AP15" s="3" t="n">
+        <x:v>67392</x:v>
+      </x:c>
+      <x:c r="AQ15" s="3" t="n">
+        <x:v>67392</x:v>
+      </x:c>
+      <x:c r="AR15" s="3" t="n">
+        <x:v>68132</x:v>
+      </x:c>
+      <x:c r="AS15" s="3" t="n">
+        <x:v>68132</x:v>
+      </x:c>
+      <x:c r="AT15" s="3" t="n">
+        <x:v>67327</x:v>
+      </x:c>
+      <x:c r="AU15" s="3" t="n">
+        <x:v>68074</x:v>
+      </x:c>
+      <x:c r="AV15" s="3" t="n">
+        <x:v>68823</x:v>
+      </x:c>
+      <x:c r="AW15" s="3" t="n">
+        <x:v>68823</x:v>
+      </x:c>
+      <x:c r="AX15" s="3" t="n">
+        <x:v>68948</x:v>
+      </x:c>
+      <x:c r="AY15" s="3" t="n">
+        <x:v>69713</x:v>
+      </x:c>
+      <x:c r="AZ15" s="3" t="n">
+        <x:v>70481</x:v>
+      </x:c>
+      <x:c r="BA15" s="3" t="n">
+        <x:v>70481</x:v>
+      </x:c>
+      <x:c r="BB15" s="3" t="n">
+        <x:v>72403</x:v>
+      </x:c>
+      <x:c r="BC15" s="3" t="n">
+        <x:v>73821</x:v>
+      </x:c>
+      <x:c r="BD15" s="3" t="n">
+        <x:v>69175</x:v>
+      </x:c>
+      <x:c r="BE15" s="3" t="n">
+        <x:v>77508</x:v>
+      </x:c>
+      <x:c r="BF15" s="3" t="n">
+        <x:v>80052</x:v>
+      </x:c>
+      <x:c r="BG15" s="3" t="n">
+        <x:v>73996</x:v>
+      </x:c>
+      <x:c r="BH15" s="3" t="n">
+        <x:v>72682</x:v>
+      </x:c>
+      <x:c r="BI15" s="3" t="n">
+        <x:v>78898</x:v>
+      </x:c>
+      <x:c r="BJ15" s="3" t="n">
+        <x:v>81078</x:v>
+      </x:c>
+      <x:c r="BK15" s="3" t="n">
+        <x:v>76449</x:v>
+      </x:c>
+      <x:c r="BL15" s="3" t="n">
+        <x:v>71462</x:v>
+      </x:c>
+      <x:c r="BM15" s="3" t="n">
+        <x:v>83849</x:v>
+      </x:c>
+      <x:c r="BN15" s="3" t="n">
+        <x:v>77588</x:v>
+      </x:c>
+      <x:c r="BO15" s="3" t="n">
+        <x:v>78949</x:v>
+      </x:c>
+      <x:c r="BP15" s="3" t="n">
+        <x:v>77854</x:v>
+      </x:c>
+      <x:c r="BQ15" s="3" t="n">
+        <x:v>84854</x:v>
+      </x:c>
+      <x:c r="BR15" s="3" t="n">
+        <x:v>85214</x:v>
+      </x:c>
+      <x:c r="BS15" s="3" t="n">
+        <x:v>77930</x:v>
+      </x:c>
+      <x:c r="BT15" s="3" t="n">
+        <x:v>78357</x:v>
+      </x:c>
+      <x:c r="BU15" s="3" t="n">
+        <x:v>84698</x:v>
+      </x:c>
+      <x:c r="BV15" s="3" t="n">
+        <x:v>86658</x:v>
+      </x:c>
+      <x:c r="BW15" s="3" t="n">
+        <x:v>81491</x:v>
+      </x:c>
+      <x:c r="BX15" s="3" t="n">
+        <x:v>81170</x:v>
+      </x:c>
+      <x:c r="BY15" s="3" t="n">
+        <x:v>88178</x:v>
+      </x:c>
+      <x:c r="BZ15" s="3" t="n">
+        <x:v>84763</x:v>
+      </x:c>
+      <x:c r="CA15" s="3" t="n">
+        <x:v>89558</x:v>
+      </x:c>
+      <x:c r="CB15" s="3" t="n">
+        <x:v>83669</x:v>
+      </x:c>
+      <x:c r="CC15" s="3" t="n">
+        <x:v>91817</x:v>
+      </x:c>
+      <x:c r="CD15" s="3" t="n">
+        <x:v>93682</x:v>
+      </x:c>
+      <x:c r="CE15" s="3" t="n">
+        <x:v>90670</x:v>
+      </x:c>
+      <x:c r="CF15" s="3" t="n">
+        <x:v>89422</x:v>
+      </x:c>
+      <x:c r="CG15" s="3" t="n">
+        <x:v>95871</x:v>
+      </x:c>
+      <x:c r="CH15" s="3" t="n">
+        <x:v>95764</x:v>
+      </x:c>
+      <x:c r="CI15" s="3" t="n">
+        <x:v>95403</x:v>
+      </x:c>
+      <x:c r="CJ15" s="3" t="n">
+        <x:v>92138</x:v>
+      </x:c>
+      <x:c r="CK15" s="3" t="n">
+        <x:v>100611</x:v>
+      </x:c>
+      <x:c r="CL15" s="3" t="n">
+        <x:v>102458</x:v>
+      </x:c>
+      <x:c r="CM15" s="3" t="n">
+        <x:v>95030</x:v>
+      </x:c>
+      <x:c r="CN15" s="3" t="n">
+        <x:v>94398</x:v>
+      </x:c>
+      <x:c r="CO15" s="3" t="n">
+        <x:v>99734</x:v>
+      </x:c>
+      <x:c r="CP15" s="3" t="n">
+        <x:v>106362</x:v>
+      </x:c>
+      <x:c r="CQ15" s="3" t="n">
+        <x:v>99690</x:v>
+      </x:c>
+      <x:c r="CR15" s="3" t="n">
+        <x:v>99298</x:v>
+      </x:c>
+      <x:c r="CS15" s="3" t="n">
+        <x:v>105431</x:v>
+      </x:c>
+      <x:c r="CT15" s="3" t="n">
+        <x:v>77213</x:v>
+      </x:c>
+      <x:c r="CU15" s="3" t="n">
+        <x:v>79329</x:v>
+      </x:c>
+      <x:c r="CV15" s="3" t="n">
+        <x:v>75581</x:v>
+      </x:c>
+      <x:c r="CW15" s="3" t="n">
+        <x:v>79981</x:v>
+      </x:c>
+      <x:c r="CX15" s="3" t="n">
+        <x:v>82360</x:v>
+      </x:c>
+      <x:c r="CY15" s="3" t="n">
+        <x:v>77679</x:v>
+      </x:c>
+      <x:c r="CZ15" s="3" t="n">
+        <x:v>76582</x:v>
+      </x:c>
+      <x:c r="DA15" s="3" t="n">
+        <x:v>80712</x:v>
+      </x:c>
+      <x:c r="DB15" s="3" t="n">
+        <x:v>82374</x:v>
+      </x:c>
+      <x:c r="DC15" s="3" t="n">
+        <x:v>77360</x:v>
+      </x:c>
+      <x:c r="DD15" s="3" t="n">
+        <x:v>75467</x:v>
+      </x:c>
+      <x:c r="DE15" s="3" t="n">
+        <x:v>83765</x:v>
+      </x:c>
+      <x:c r="DF15" s="3" t="n">
+        <x:v>80533</x:v>
+      </x:c>
+      <x:c r="DG15" s="3" t="n">
+        <x:v>84238</x:v>
+      </x:c>
+      <x:c r="DH15" s="3" t="n">
+        <x:v>76493</x:v>
+      </x:c>
+      <x:c r="DI15" s="3" t="n">
+        <x:v>85380</x:v>
+      </x:c>
+      <x:c r="DJ15" s="3" t="n">
+        <x:v>86647</x:v>
+      </x:c>
+      <x:c r="DK15" s="3" t="n">
+        <x:v>81710</x:v>
+      </x:c>
+      <x:c r="DL15" s="3" t="n">
+        <x:v>79534</x:v>
+      </x:c>
+      <x:c r="DM15" s="3" t="n">
+        <x:v>85912</x:v>
+      </x:c>
+      <x:c r="DN15" s="3" t="n">
+        <x:v>87502</x:v>
+      </x:c>
+      <x:c r="DO15" s="3" t="n">
+        <x:v>84466</x:v>
+      </x:c>
+      <x:c r="DP15" s="3" t="n">
+        <x:v>83069</x:v>
+      </x:c>
+      <x:c r="DQ15" s="3" t="n">
+        <x:v>89425</x:v>
+      </x:c>
+      <x:c r="DR15" s="3" t="n">
+        <x:v>88362</x:v>
+      </x:c>
+      <x:c r="DS15" s="3" t="n">
+        <x:v>88977</x:v>
+      </x:c>
+      <x:c r="DT15" s="3" t="n">
+        <x:v>88481</x:v>
+      </x:c>
+      <x:c r="DU15" s="3" t="n">
+        <x:v>89666</x:v>
+      </x:c>
+      <x:c r="DV15" s="3" t="n">
+        <x:v>91782</x:v>
+      </x:c>
+      <x:c r="DW15" s="3" t="n">
+        <x:v>89736</x:v>
+      </x:c>
+      <x:c r="DX15" s="3" t="n">
+        <x:v>91072</x:v>
+      </x:c>
+      <x:c r="DY15" s="3" t="n">
+        <x:v>92822</x:v>
+      </x:c>
+      <x:c r="DZ15" s="3" t="n">
+        <x:v>93937</x:v>
+      </x:c>
+      <x:c r="EA15" s="3" t="n">
+        <x:v>92292</x:v>
+      </x:c>
+      <x:c r="EB15" s="3" t="n">
+        <x:v>92446</x:v>
+      </x:c>
+      <x:c r="EC15" s="3" t="n">
+        <x:v>93279</x:v>
+      </x:c>
+      <x:c r="ED15" s="3" t="n">
+        <x:v>95039</x:v>
+      </x:c>
+      <x:c r="EE15" s="3" t="n">
+        <x:v>95255</x:v>
+      </x:c>
+      <x:c r="EF15" s="3" t="n">
+        <x:v>94952</x:v>
+      </x:c>
+      <x:c r="EG15" s="3" t="n">
+        <x:v>93986</x:v>
+      </x:c>
+      <x:c r="EH15" s="3" t="n">
+        <x:v>95484</x:v>
+      </x:c>
+      <x:c r="EI15" s="3" t="n">
+        <x:v>96122</x:v>
+      </x:c>
+      <x:c r="EJ15" s="3" t="n">
+        <x:v>96059</x:v>
+      </x:c>
+      <x:c r="EK15" s="3" t="n">
+        <x:v>96070</x:v>
+      </x:c>
+      <x:c r="EL15" s="3" t="n">
+        <x:v>96602</x:v>
+      </x:c>
+      <x:c r="EM15" s="3" t="n">
+        <x:v>96963</x:v>
+      </x:c>
+      <x:c r="EN15" s="3" t="n">
+        <x:v>97001</x:v>
+      </x:c>
+      <x:c r="EO15" s="3" t="n">
+        <x:v>97782</x:v>
+      </x:c>
+      <x:c r="EP15" s="3" t="n">
+        <x:v>96904</x:v>
+      </x:c>
+      <x:c r="EQ15" s="3" t="n">
+        <x:v>97042</x:v>
+      </x:c>
+      <x:c r="ER15" s="3" t="n">
+        <x:v>97332</x:v>
+      </x:c>
+      <x:c r="ES15" s="3" t="n">
+        <x:v>98007</x:v>
+      </x:c>
+      <x:c r="ET15" s="3" t="n">
+        <x:v>97216</x:v>
+      </x:c>
+      <x:c r="EU15" s="3" t="n">
+        <x:v>98001</x:v>
+      </x:c>
+      <x:c r="EV15" s="3" t="n">
+        <x:v>98732</x:v>
+      </x:c>
+      <x:c r="EW15" s="3" t="n">
+        <x:v>97472</x:v>
+      </x:c>
+      <x:c r="EX15" s="3" t="n">
+        <x:v>98493</x:v>
+      </x:c>
+      <x:c r="EY15" s="3" t="n">
+        <x:v>100250</x:v>
+      </x:c>
+      <x:c r="EZ15" s="3" t="n">
+        <x:v>100994</x:v>
+      </x:c>
+      <x:c r="FA15" s="3" t="n">
+        <x:v>100769</x:v>
+      </x:c>
+      <x:c r="FB15" s="3" t="n">
+        <x:v>100524</x:v>
+      </x:c>
+      <x:c r="FC15" s="3" t="n">
+        <x:v>101969</x:v>
+      </x:c>
+      <x:c r="FD15" s="3" t="n">
+        <x:v>101889</x:v>
+      </x:c>
+      <x:c r="FE15" s="3" t="n">
+        <x:v>102646</x:v>
+      </x:c>
+      <x:c r="FF15" s="3" t="n">
+        <x:v>101574</x:v>
+      </x:c>
+      <x:c r="FG15" s="3" t="n">
+        <x:v>102412</x:v>
+      </x:c>
+      <x:c r="FH15" s="3" t="n">
+        <x:v>101841</x:v>
+      </x:c>
+      <x:c r="FI15" s="3" t="n">
+        <x:v>102586</x:v>
+      </x:c>
+      <x:c r="FJ15" s="3" t="n">
+        <x:v>101524</x:v>
+      </x:c>
+      <x:c r="FK15" s="3" t="n">
+        <x:v>102145</x:v>
+      </x:c>
+      <x:c r="FL15" s="3" t="n">
+        <x:v>102573</x:v>
+      </x:c>
+      <x:c r="FM15" s="3" t="n">
+        <x:v>103655</x:v>
+      </x:c>
+      <x:c r="FN15" s="3" t="n">
+        <x:v>101176</x:v>
+      </x:c>
+      <x:c r="FO15" s="3" t="n">
+        <x:v>96984</x:v>
+      </x:c>
+      <x:c r="FP15" s="3" t="n">
+        <x:v>102256</x:v>
+      </x:c>
+      <x:c r="FQ15" s="3" t="n">
+        <x:v>103465</x:v>
+      </x:c>
+      <x:c r="FR15" s="3" t="n">
+        <x:v>101077</x:v>
+      </x:c>
+      <x:c r="FS15" s="3" t="n">
+        <x:v>103403</x:v>
+      </x:c>
+      <x:c r="FT15" s="3" t="n">
+        <x:v>106249</x:v>
+      </x:c>
+      <x:c r="FU15" s="3" t="n">
+        <x:v>104466</x:v>
+      </x:c>
+      <x:c r="FV15" s="3" t="n">
+        <x:v>104762</x:v>
+      </x:c>
+      <x:c r="FW15" s="3" t="n">
+        <x:v>104756</x:v>
+      </x:c>
+      <x:c r="FX15" s="3" t="n">
+        <x:v>105726</x:v>
+      </x:c>
+      <x:c r="FY15" s="3" t="n">
+        <x:v>104654</x:v>
+      </x:c>
+      <x:c r="FZ15" s="3" t="n">
+        <x:v>105816</x:v>
+      </x:c>
+      <x:c r="GA15" s="3" t="n">
+        <x:v>107124</x:v>
+      </x:c>
+      <x:c r="GB15" s="3" t="n">
+        <x:v>107176</x:v>
+      </x:c>
+      <x:c r="GC15" s="3" t="n">
+        <x:v>107735</x:v>
+      </x:c>
+      <x:c r="GD15" s="3" t="n">
+        <x:v>106529</x:v>
+      </x:c>
+      <x:c r="GE15" s="3" t="n">
+        <x:v>107806</x:v>
+      </x:c>
+      <x:c r="GF15" s="3" t="n">
+        <x:v>108242</x:v>
+      </x:c>
+      <x:c r="GG15" s="3" t="n">
+        <x:v>108228</x:v>
+      </x:c>
+      <x:c r="GH15" s="3" t="n">
+        <x:v>107447</x:v>
+      </x:c>
+      <x:c r="GI15" s="3" t="n">
+        <x:v>108662</x:v>
+      </x:c>
+      <x:c r="GJ15" s="3" t="n">
+        <x:v>108424</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:192">
+      <x:c r="A16" s="2" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="B16" s="3" t="n">
+        <x:v>8428</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="n">
+        <x:v>8521</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="n">
+        <x:v>8615</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="n">
+        <x:v>8615</x:v>
+      </x:c>
+      <x:c r="F16" s="3" t="n">
+        <x:v>8587</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="n">
+        <x:v>8682</x:v>
+      </x:c>
+      <x:c r="H16" s="3" t="n">
+        <x:v>8778</x:v>
+      </x:c>
+      <x:c r="I16" s="3" t="n">
+        <x:v>8778</x:v>
+      </x:c>
+      <x:c r="J16" s="3" t="n">
+        <x:v>9721</x:v>
+      </x:c>
+      <x:c r="K16" s="3" t="n">
+        <x:v>9721</x:v>
+      </x:c>
+      <x:c r="L16" s="3" t="n">
+        <x:v>9828</x:v>
+      </x:c>
+      <x:c r="M16" s="3" t="n">
+        <x:v>9828</x:v>
+      </x:c>
+      <x:c r="N16" s="3" t="n">
+        <x:v>9592</x:v>
+      </x:c>
+      <x:c r="O16" s="3" t="n">
+        <x:v>9698</x:v>
+      </x:c>
+      <x:c r="P16" s="3" t="n">
+        <x:v>9803</x:v>
+      </x:c>
+      <x:c r="Q16" s="3" t="n">
+        <x:v>9803</x:v>
+      </x:c>
+      <x:c r="R16" s="3" t="n">
+        <x:v>9897</x:v>
+      </x:c>
+      <x:c r="S16" s="3" t="n">
+        <x:v>10006</x:v>
+      </x:c>
+      <x:c r="T16" s="3" t="n">
+        <x:v>10117</x:v>
+      </x:c>
+      <x:c r="U16" s="3" t="n">
+        <x:v>10117</x:v>
+      </x:c>
+      <x:c r="V16" s="3" t="n">
+        <x:v>10382</x:v>
+      </x:c>
+      <x:c r="W16" s="3" t="n">
+        <x:v>10497</x:v>
+      </x:c>
+      <x:c r="X16" s="3" t="n">
+        <x:v>10612</x:v>
+      </x:c>
+      <x:c r="Y16" s="3" t="n">
+        <x:v>10612</x:v>
+      </x:c>
+      <x:c r="Z16" s="3" t="n">
+        <x:v>10838</x:v>
+      </x:c>
+      <x:c r="AA16" s="3" t="n">
+        <x:v>10838</x:v>
+      </x:c>
+      <x:c r="AB16" s="3" t="n">
+        <x:v>10957</x:v>
+      </x:c>
+      <x:c r="AC16" s="3" t="n">
+        <x:v>10957</x:v>
+      </x:c>
+      <x:c r="AD16" s="3" t="n">
         <x:v>11178</x:v>
       </x:c>
-      <x:c r="O8" s="3" t="n">
+      <x:c r="AE16" s="3" t="n">
         <x:v>11302</x:v>
       </x:c>
-      <x:c r="P8" s="3" t="n">
-[...284 lines deleted...]
-      <x:c r="DG8" s="3" t="n">
+      <x:c r="AF16" s="3" t="n">
+        <x:v>11426</x:v>
+      </x:c>
+      <x:c r="AG16" s="3" t="n">
+        <x:v>11426</x:v>
+      </x:c>
+      <x:c r="AH16" s="3" t="n">
+        <x:v>11440</x:v>
+      </x:c>
+      <x:c r="AI16" s="3" t="n">
+        <x:v>11567</x:v>
+      </x:c>
+      <x:c r="AJ16" s="3" t="n">
+        <x:v>11694</x:v>
+      </x:c>
+      <x:c r="AK16" s="3" t="n">
+        <x:v>11694</x:v>
+      </x:c>
+      <x:c r="AL16" s="3" t="n">
+        <x:v>11796</x:v>
+      </x:c>
+      <x:c r="AM16" s="3" t="n">
+        <x:v>11928</x:v>
+      </x:c>
+      <x:c r="AN16" s="3" t="n">
+        <x:v>12059</x:v>
+      </x:c>
+      <x:c r="AO16" s="3" t="n">
+        <x:v>12059</x:v>
+      </x:c>
+      <x:c r="AP16" s="3" t="n">
+        <x:v>12303</x:v>
+      </x:c>
+      <x:c r="AQ16" s="3" t="n">
+        <x:v>12303</x:v>
+      </x:c>
+      <x:c r="AR16" s="3" t="n">
+        <x:v>12438</x:v>
+      </x:c>
+      <x:c r="AS16" s="3" t="n">
+        <x:v>12438</x:v>
+      </x:c>
+      <x:c r="AT16" s="3" t="n">
+        <x:v>12120</x:v>
+      </x:c>
+      <x:c r="AU16" s="3" t="n">
+        <x:v>12254</x:v>
+      </x:c>
+      <x:c r="AV16" s="3" t="n">
+        <x:v>12389</x:v>
+      </x:c>
+      <x:c r="AW16" s="3" t="n">
+        <x:v>12389</x:v>
+      </x:c>
+      <x:c r="AX16" s="3" t="n">
+        <x:v>12442</x:v>
+      </x:c>
+      <x:c r="AY16" s="3" t="n">
+        <x:v>12580</x:v>
+      </x:c>
+      <x:c r="AZ16" s="3" t="n">
+        <x:v>12719</x:v>
+      </x:c>
+      <x:c r="BA16" s="3" t="n">
+        <x:v>12719</x:v>
+      </x:c>
+      <x:c r="BB16" s="3" t="n">
+        <x:v>12759</x:v>
+      </x:c>
+      <x:c r="BC16" s="3" t="n">
+        <x:v>13019</x:v>
+      </x:c>
+      <x:c r="BD16" s="3" t="n">
+        <x:v>13138</x:v>
+      </x:c>
+      <x:c r="BE16" s="3" t="n">
+        <x:v>13660</x:v>
+      </x:c>
+      <x:c r="BF16" s="3" t="n">
+        <x:v>14308</x:v>
+      </x:c>
+      <x:c r="BG16" s="3" t="n">
+        <x:v>13603</x:v>
+      </x:c>
+      <x:c r="BH16" s="3" t="n">
+        <x:v>14051</x:v>
+      </x:c>
+      <x:c r="BI16" s="3" t="n">
+        <x:v>14687</x:v>
+      </x:c>
+      <x:c r="BJ16" s="3" t="n">
+        <x:v>14537</x:v>
+      </x:c>
+      <x:c r="BK16" s="3" t="n">
+        <x:v>13865</x:v>
+      </x:c>
+      <x:c r="BL16" s="3" t="n">
+        <x:v>14214</x:v>
+      </x:c>
+      <x:c r="BM16" s="3" t="n">
+        <x:v>15247</x:v>
+      </x:c>
+      <x:c r="BN16" s="3" t="n">
+        <x:v>14688</x:v>
+      </x:c>
+      <x:c r="BO16" s="3" t="n">
+        <x:v>14559</x:v>
+      </x:c>
+      <x:c r="BP16" s="3" t="n">
+        <x:v>14726</x:v>
+      </x:c>
+      <x:c r="BQ16" s="3" t="n">
+        <x:v>15534</x:v>
+      </x:c>
+      <x:c r="BR16" s="3" t="n">
+        <x:v>16074</x:v>
+      </x:c>
+      <x:c r="BS16" s="3" t="n">
+        <x:v>14890</x:v>
+      </x:c>
+      <x:c r="BT16" s="3" t="n">
+        <x:v>15386</x:v>
+      </x:c>
+      <x:c r="BU16" s="3" t="n">
+        <x:v>16174</x:v>
+      </x:c>
+      <x:c r="BV16" s="3" t="n">
+        <x:v>15875</x:v>
+      </x:c>
+      <x:c r="BW16" s="3" t="n">
+        <x:v>14791</x:v>
+      </x:c>
+      <x:c r="BX16" s="3" t="n">
+        <x:v>15280</x:v>
+      </x:c>
+      <x:c r="BY16" s="3" t="n">
+        <x:v>15873</x:v>
+      </x:c>
+      <x:c r="BZ16" s="3" t="n">
+        <x:v>14912</x:v>
+      </x:c>
+      <x:c r="CA16" s="3" t="n">
+        <x:v>15655</x:v>
+      </x:c>
+      <x:c r="CB16" s="3" t="n">
+        <x:v>15391</x:v>
+      </x:c>
+      <x:c r="CC16" s="3" t="n">
+        <x:v>15995</x:v>
+      </x:c>
+      <x:c r="CD16" s="3" t="n">
+        <x:v>15942</x:v>
+      </x:c>
+      <x:c r="CE16" s="3" t="n">
+        <x:v>15108</x:v>
+      </x:c>
+      <x:c r="CF16" s="3" t="n">
+        <x:v>15392</x:v>
+      </x:c>
+      <x:c r="CG16" s="3" t="n">
+        <x:v>16065</x:v>
+      </x:c>
+      <x:c r="CH16" s="3" t="n">
+        <x:v>15792</x:v>
+      </x:c>
+      <x:c r="CI16" s="3" t="n">
+        <x:v>15406</x:v>
+      </x:c>
+      <x:c r="CJ16" s="3" t="n">
+        <x:v>15775</x:v>
+      </x:c>
+      <x:c r="CK16" s="3" t="n">
+        <x:v>16103</x:v>
+      </x:c>
+      <x:c r="CL16" s="3" t="n">
+        <x:v>16230</x:v>
+      </x:c>
+      <x:c r="CM16" s="3" t="n">
+        <x:v>15092</x:v>
+      </x:c>
+      <x:c r="CN16" s="3" t="n">
+        <x:v>15563</x:v>
+      </x:c>
+      <x:c r="CO16" s="3" t="n">
+        <x:v>15710</x:v>
+      </x:c>
+      <x:c r="CP16" s="3" t="n">
+        <x:v>16689</x:v>
+      </x:c>
+      <x:c r="CQ16" s="3" t="n">
+        <x:v>15673</x:v>
+      </x:c>
+      <x:c r="CR16" s="3" t="n">
+        <x:v>16155</x:v>
+      </x:c>
+      <x:c r="CS16" s="3" t="n">
+        <x:v>17018</x:v>
+      </x:c>
+      <x:c r="CT16" s="3" t="n">
+        <x:v>15855</x:v>
+      </x:c>
+      <x:c r="CU16" s="3" t="n">
+        <x:v>16003</x:v>
+      </x:c>
+      <x:c r="CV16" s="3" t="n">
+        <x:v>16319</x:v>
+      </x:c>
+      <x:c r="CW16" s="3" t="n">
+        <x:v>16266</x:v>
+      </x:c>
+      <x:c r="CX16" s="3" t="n">
+        <x:v>16350</x:v>
+      </x:c>
+      <x:c r="CY16" s="3" t="n">
+        <x:v>15805</x:v>
+      </x:c>
+      <x:c r="CZ16" s="3" t="n">
+        <x:v>16463</x:v>
+      </x:c>
+      <x:c r="DA16" s="3" t="n">
+        <x:v>16373</x:v>
+      </x:c>
+      <x:c r="DB16" s="3" t="n">
+        <x:v>15884</x:v>
+      </x:c>
+      <x:c r="DC16" s="3" t="n">
+        <x:v>15285</x:v>
+      </x:c>
+      <x:c r="DD16" s="3" t="n">
+        <x:v>15971</x:v>
+      </x:c>
+      <x:c r="DE16" s="3" t="n">
+        <x:v>15995</x:v>
+      </x:c>
+      <x:c r="DF16" s="3" t="n">
+        <x:v>15241</x:v>
+      </x:c>
+      <x:c r="DG16" s="3" t="n">
+        <x:v>15816</x:v>
+      </x:c>
+      <x:c r="DH16" s="3" t="n">
+        <x:v>15618</x:v>
+      </x:c>
+      <x:c r="DI16" s="3" t="n">
+        <x:v>15602</x:v>
+      </x:c>
+      <x:c r="DJ16" s="3" t="n">
         <x:v>16496</x:v>
       </x:c>
-      <x:c r="DH8" s="3" t="n">
-[...237 lines deleted...]
-        <x:v>27595</x:v>
+      <x:c r="DK16" s="3" t="n">
+        <x:v>15563</x:v>
+      </x:c>
+      <x:c r="DL16" s="3" t="n">
+        <x:v>16528</x:v>
+      </x:c>
+      <x:c r="DM16" s="3" t="n">
+        <x:v>16513</x:v>
+      </x:c>
+      <x:c r="DN16" s="3" t="n">
+        <x:v>15966</x:v>
+      </x:c>
+      <x:c r="DO16" s="3" t="n">
+        <x:v>15656</x:v>
+      </x:c>
+      <x:c r="DP16" s="3" t="n">
+        <x:v>16664</x:v>
+      </x:c>
+      <x:c r="DQ16" s="3" t="n">
+        <x:v>16827</x:v>
+      </x:c>
+      <x:c r="DR16" s="3" t="n">
+        <x:v>17077</x:v>
+      </x:c>
+      <x:c r="DS16" s="3" t="n">
+        <x:v>17121</x:v>
+      </x:c>
+      <x:c r="DT16" s="3" t="n">
+        <x:v>17152</x:v>
+      </x:c>
+      <x:c r="DU16" s="3" t="n">
+        <x:v>17388</x:v>
+      </x:c>
+      <x:c r="DV16" s="3" t="n">
+        <x:v>18402</x:v>
+      </x:c>
+      <x:c r="DW16" s="3" t="n">
+        <x:v>18557</x:v>
+      </x:c>
+      <x:c r="DX16" s="3" t="n">
+        <x:v>19301</x:v>
+      </x:c>
+      <x:c r="DY16" s="3" t="n">
+        <x:v>18121</x:v>
+      </x:c>
+      <x:c r="DZ16" s="3" t="n">
+        <x:v>20131</x:v>
+      </x:c>
+      <x:c r="EA16" s="3" t="n">
+        <x:v>20345</x:v>
+      </x:c>
+      <x:c r="EB16" s="3" t="n">
+        <x:v>20718</x:v>
+      </x:c>
+      <x:c r="EC16" s="3" t="n">
+        <x:v>20544</x:v>
+      </x:c>
+      <x:c r="ED16" s="3" t="n">
+        <x:v>20890</x:v>
+      </x:c>
+      <x:c r="EE16" s="3" t="n">
+        <x:v>20552</x:v>
+      </x:c>
+      <x:c r="EF16" s="3" t="n">
+        <x:v>21384</x:v>
+      </x:c>
+      <x:c r="EG16" s="3" t="n">
+        <x:v>21715</x:v>
+      </x:c>
+      <x:c r="EH16" s="3" t="n">
+        <x:v>21589</x:v>
+      </x:c>
+      <x:c r="EI16" s="3" t="n">
+        <x:v>21564</x:v>
+      </x:c>
+      <x:c r="EJ16" s="3" t="n">
+        <x:v>22149</x:v>
+      </x:c>
+      <x:c r="EK16" s="3" t="n">
+        <x:v>21567</x:v>
+      </x:c>
+      <x:c r="EL16" s="3" t="n">
+        <x:v>21496</x:v>
+      </x:c>
+      <x:c r="EM16" s="3" t="n">
+        <x:v>21671</x:v>
+      </x:c>
+      <x:c r="EN16" s="3" t="n">
+        <x:v>22318</x:v>
+      </x:c>
+      <x:c r="EO16" s="3" t="n">
+        <x:v>22229</x:v>
+      </x:c>
+      <x:c r="EP16" s="3" t="n">
+        <x:v>22528</x:v>
+      </x:c>
+      <x:c r="EQ16" s="3" t="n">
+        <x:v>22918</x:v>
+      </x:c>
+      <x:c r="ER16" s="3" t="n">
+        <x:v>23449</x:v>
+      </x:c>
+      <x:c r="ES16" s="3" t="n">
+        <x:v>23494</x:v>
+      </x:c>
+      <x:c r="ET16" s="3" t="n">
+        <x:v>23538</x:v>
+      </x:c>
+      <x:c r="EU16" s="3" t="n">
+        <x:v>25225</x:v>
+      </x:c>
+      <x:c r="EV16" s="3" t="n">
+        <x:v>24858</x:v>
+      </x:c>
+      <x:c r="EW16" s="3" t="n">
+        <x:v>24219</x:v>
+      </x:c>
+      <x:c r="EX16" s="3" t="n">
+        <x:v>23559</x:v>
+      </x:c>
+      <x:c r="EY16" s="3" t="n">
+        <x:v>24690</x:v>
+      </x:c>
+      <x:c r="EZ16" s="3" t="n">
+        <x:v>25942</x:v>
+      </x:c>
+      <x:c r="FA16" s="3" t="n">
+        <x:v>25904</x:v>
+      </x:c>
+      <x:c r="FB16" s="3" t="n">
+        <x:v>25472</x:v>
+      </x:c>
+      <x:c r="FC16" s="3" t="n">
+        <x:v>25865</x:v>
+      </x:c>
+      <x:c r="FD16" s="3" t="n">
+        <x:v>26613</x:v>
+      </x:c>
+      <x:c r="FE16" s="3" t="n">
+        <x:v>26742</x:v>
+      </x:c>
+      <x:c r="FF16" s="3" t="n">
+        <x:v>26263</x:v>
+      </x:c>
+      <x:c r="FG16" s="3" t="n">
+        <x:v>26687</x:v>
+      </x:c>
+      <x:c r="FH16" s="3" t="n">
+        <x:v>27411</x:v>
+      </x:c>
+      <x:c r="FI16" s="3" t="n">
+        <x:v>27347</x:v>
+      </x:c>
+      <x:c r="FJ16" s="3" t="n">
+        <x:v>26593</x:v>
+      </x:c>
+      <x:c r="FK16" s="3" t="n">
+        <x:v>27136</x:v>
+      </x:c>
+      <x:c r="FL16" s="3" t="n">
+        <x:v>27943</x:v>
+      </x:c>
+      <x:c r="FM16" s="3" t="n">
+        <x:v>27602</x:v>
+      </x:c>
+      <x:c r="FN16" s="3" t="n">
+        <x:v>27365</x:v>
+      </x:c>
+      <x:c r="FO16" s="3" t="n">
+        <x:v>28068</x:v>
+      </x:c>
+      <x:c r="FP16" s="3" t="n">
+        <x:v>28369</x:v>
+      </x:c>
+      <x:c r="FQ16" s="3" t="n">
+        <x:v>28815</x:v>
+      </x:c>
+      <x:c r="FR16" s="3" t="n">
+        <x:v>28990</x:v>
+      </x:c>
+      <x:c r="FS16" s="3" t="n">
+        <x:v>29290</x:v>
+      </x:c>
+      <x:c r="FT16" s="3" t="n">
+        <x:v>30192</x:v>
+      </x:c>
+      <x:c r="FU16" s="3" t="n">
+        <x:v>30709</x:v>
+      </x:c>
+      <x:c r="FV16" s="3" t="n">
+        <x:v>29699</x:v>
+      </x:c>
+      <x:c r="FW16" s="3" t="n">
+        <x:v>30122</x:v>
+      </x:c>
+      <x:c r="FX16" s="3" t="n">
+        <x:v>30325</x:v>
+      </x:c>
+      <x:c r="FY16" s="3" t="n">
+        <x:v>31457</x:v>
+      </x:c>
+      <x:c r="FZ16" s="3" t="n">
+        <x:v>30339</x:v>
+      </x:c>
+      <x:c r="GA16" s="3" t="n">
+        <x:v>31035</x:v>
+      </x:c>
+      <x:c r="GB16" s="3" t="n">
+        <x:v>32633</x:v>
+      </x:c>
+      <x:c r="GC16" s="3" t="n">
+        <x:v>31876</x:v>
+      </x:c>
+      <x:c r="GD16" s="3" t="n">
+        <x:v>31062</x:v>
+      </x:c>
+      <x:c r="GE16" s="3" t="n">
+        <x:v>31461</x:v>
+      </x:c>
+      <x:c r="GF16" s="3" t="n">
+        <x:v>32393</x:v>
+      </x:c>
+      <x:c r="GG16" s="3" t="n">
+        <x:v>31973</x:v>
+      </x:c>
+      <x:c r="GH16" s="3" t="n">
+        <x:v>31018</x:v>
+      </x:c>
+      <x:c r="GI16" s="3" t="n">
+        <x:v>31472</x:v>
+      </x:c>
+      <x:c r="GJ16" s="3" t="n">
+        <x:v>32130</x:v>
       </x:c>
     </x:row>
-    <x:row r="9" spans="1:191">
-[...571 lines deleted...]
-        <x:v>277462</x:v>
+    <x:row r="17" spans="1:192">
+      <x:c r="A17" s="2" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="B17" s="3" t="n">
+        <x:v>190412</x:v>
+      </x:c>
+      <x:c r="C17" s="3" t="n">
+        <x:v>194570</x:v>
+      </x:c>
+      <x:c r="D17" s="3" t="n">
+        <x:v>195053</x:v>
+      </x:c>
+      <x:c r="E17" s="3" t="n">
+        <x:v>208585</x:v>
+      </x:c>
+      <x:c r="F17" s="3" t="n">
+        <x:v>199361</x:v>
+      </x:c>
+      <x:c r="G17" s="3" t="n">
+        <x:v>203066</x:v>
+      </x:c>
+      <x:c r="H17" s="3" t="n">
+        <x:v>202510</x:v>
+      </x:c>
+      <x:c r="I17" s="3" t="n">
+        <x:v>219485</x:v>
+      </x:c>
+      <x:c r="J17" s="3" t="n">
+        <x:v>207089</x:v>
+      </x:c>
+      <x:c r="K17" s="3" t="n">
+        <x:v>204964</x:v>
+      </x:c>
+      <x:c r="L17" s="3" t="n">
+        <x:v>206688</x:v>
+      </x:c>
+      <x:c r="M17" s="3" t="n">
+        <x:v>224728</x:v>
+      </x:c>
+      <x:c r="N17" s="3" t="n">
+        <x:v>206274</x:v>
+      </x:c>
+      <x:c r="O17" s="3" t="n">
+        <x:v>208334</x:v>
+      </x:c>
+      <x:c r="P17" s="3" t="n">
+        <x:v>207732</x:v>
+      </x:c>
+      <x:c r="Q17" s="3" t="n">
+        <x:v>227957</x:v>
+      </x:c>
+      <x:c r="R17" s="3" t="n">
+        <x:v>209644</x:v>
+      </x:c>
+      <x:c r="S17" s="3" t="n">
+        <x:v>213075</x:v>
+      </x:c>
+      <x:c r="T17" s="3" t="n">
+        <x:v>213365</x:v>
+      </x:c>
+      <x:c r="U17" s="3" t="n">
+        <x:v>226483</x:v>
+      </x:c>
+      <x:c r="V17" s="3" t="n">
+        <x:v>215135</x:v>
+      </x:c>
+      <x:c r="W17" s="3" t="n">
+        <x:v>216211</x:v>
+      </x:c>
+      <x:c r="X17" s="3" t="n">
+        <x:v>218874</x:v>
+      </x:c>
+      <x:c r="Y17" s="3" t="n">
+        <x:v>231427</x:v>
+      </x:c>
+      <x:c r="Z17" s="3" t="n">
+        <x:v>221094</x:v>
+      </x:c>
+      <x:c r="AA17" s="3" t="n">
+        <x:v>222347</x:v>
+      </x:c>
+      <x:c r="AB17" s="3" t="n">
+        <x:v>222947</x:v>
+      </x:c>
+      <x:c r="AC17" s="3" t="n">
+        <x:v>240224</x:v>
+      </x:c>
+      <x:c r="AD17" s="3" t="n">
+        <x:v>237179</x:v>
+      </x:c>
+      <x:c r="AE17" s="3" t="n">
+        <x:v>239143</x:v>
+      </x:c>
+      <x:c r="AF17" s="3" t="n">
+        <x:v>242201</x:v>
+      </x:c>
+      <x:c r="AG17" s="3" t="n">
+        <x:v>261374</x:v>
+      </x:c>
+      <x:c r="AH17" s="3" t="n">
+        <x:v>248938</x:v>
+      </x:c>
+      <x:c r="AI17" s="3" t="n">
+        <x:v>257582</x:v>
+      </x:c>
+      <x:c r="AJ17" s="3" t="n">
+        <x:v>249752</x:v>
+      </x:c>
+      <x:c r="AK17" s="3" t="n">
+        <x:v>268291</x:v>
+      </x:c>
+      <x:c r="AL17" s="3" t="n">
+        <x:v>249134</x:v>
+      </x:c>
+      <x:c r="AM17" s="3" t="n">
+        <x:v>254013</x:v>
+      </x:c>
+      <x:c r="AN17" s="3" t="n">
+        <x:v>253552</x:v>
+      </x:c>
+      <x:c r="AO17" s="3" t="n">
+        <x:v>269537</x:v>
+      </x:c>
+      <x:c r="AP17" s="3" t="n">
+        <x:v>250348</x:v>
+      </x:c>
+      <x:c r="AQ17" s="3" t="n">
+        <x:v>249132</x:v>
+      </x:c>
+      <x:c r="AR17" s="3" t="n">
+        <x:v>248708</x:v>
+      </x:c>
+      <x:c r="AS17" s="3" t="n">
+        <x:v>260877</x:v>
+      </x:c>
+      <x:c r="AT17" s="3" t="n">
+        <x:v>242935</x:v>
+      </x:c>
+      <x:c r="AU17" s="3" t="n">
+        <x:v>250247</x:v>
+      </x:c>
+      <x:c r="AV17" s="3" t="n">
+        <x:v>249272</x:v>
+      </x:c>
+      <x:c r="AW17" s="3" t="n">
+        <x:v>262843</x:v>
+      </x:c>
+      <x:c r="AX17" s="3" t="n">
+        <x:v>245967</x:v>
+      </x:c>
+      <x:c r="AY17" s="3" t="n">
+        <x:v>251951</x:v>
+      </x:c>
+      <x:c r="AZ17" s="3" t="n">
+        <x:v>253634</x:v>
+      </x:c>
+      <x:c r="BA17" s="3" t="n">
+        <x:v>265747</x:v>
+      </x:c>
+      <x:c r="BB17" s="3" t="n">
+        <x:v>254307</x:v>
+      </x:c>
+      <x:c r="BC17" s="3" t="n">
+        <x:v>257321</x:v>
+      </x:c>
+      <x:c r="BD17" s="3" t="n">
+        <x:v>256666</x:v>
+      </x:c>
+      <x:c r="BE17" s="3" t="n">
+        <x:v>276777</x:v>
+      </x:c>
+      <x:c r="BF17" s="3" t="n">
+        <x:v>266202</x:v>
+      </x:c>
+      <x:c r="BG17" s="3" t="n">
+        <x:v>263826</x:v>
+      </x:c>
+      <x:c r="BH17" s="3" t="n">
+        <x:v>262496</x:v>
+      </x:c>
+      <x:c r="BI17" s="3" t="n">
+        <x:v>283474</x:v>
+      </x:c>
+      <x:c r="BJ17" s="3" t="n">
+        <x:v>269046</x:v>
+      </x:c>
+      <x:c r="BK17" s="3" t="n">
+        <x:v>268109</x:v>
+      </x:c>
+      <x:c r="BL17" s="3" t="n">
+        <x:v>270108</x:v>
+      </x:c>
+      <x:c r="BM17" s="3" t="n">
+        <x:v>296097</x:v>
+      </x:c>
+      <x:c r="BN17" s="3" t="n">
+        <x:v>274873</x:v>
+      </x:c>
+      <x:c r="BO17" s="3" t="n">
+        <x:v>278278</x:v>
+      </x:c>
+      <x:c r="BP17" s="3" t="n">
+        <x:v>282558</x:v>
+      </x:c>
+      <x:c r="BQ17" s="3" t="n">
+        <x:v>300184</x:v>
+      </x:c>
+      <x:c r="BR17" s="3" t="n">
+        <x:v>289242</x:v>
+      </x:c>
+      <x:c r="BS17" s="3" t="n">
+        <x:v>288993</x:v>
+      </x:c>
+      <x:c r="BT17" s="3" t="n">
+        <x:v>294607</x:v>
+      </x:c>
+      <x:c r="BU17" s="3" t="n">
+        <x:v>312156</x:v>
+      </x:c>
+      <x:c r="BV17" s="3" t="n">
+        <x:v>306842</x:v>
+      </x:c>
+      <x:c r="BW17" s="3" t="n">
+        <x:v>304134</x:v>
+      </x:c>
+      <x:c r="BX17" s="3" t="n">
+        <x:v>312083</x:v>
+      </x:c>
+      <x:c r="BY17" s="3" t="n">
+        <x:v>332305</x:v>
+      </x:c>
+      <x:c r="BZ17" s="3" t="n">
+        <x:v>305288</x:v>
+      </x:c>
+      <x:c r="CA17" s="3" t="n">
+        <x:v>322462</x:v>
+      </x:c>
+      <x:c r="CB17" s="3" t="n">
+        <x:v>323653</x:v>
+      </x:c>
+      <x:c r="CC17" s="3" t="n">
+        <x:v>346179</x:v>
+      </x:c>
+      <x:c r="CD17" s="3" t="n">
+        <x:v>321715</x:v>
+      </x:c>
+      <x:c r="CE17" s="3" t="n">
+        <x:v>331089</x:v>
+      </x:c>
+      <x:c r="CF17" s="3" t="n">
+        <x:v>335595</x:v>
+      </x:c>
+      <x:c r="CG17" s="3" t="n">
+        <x:v>350892</x:v>
+      </x:c>
+      <x:c r="CH17" s="3" t="n">
+        <x:v>334988</x:v>
+      </x:c>
+      <x:c r="CI17" s="3" t="n">
+        <x:v>338303</x:v>
+      </x:c>
+      <x:c r="CJ17" s="3" t="n">
+        <x:v>348419</x:v>
+      </x:c>
+      <x:c r="CK17" s="3" t="n">
+        <x:v>368439</x:v>
+      </x:c>
+      <x:c r="CL17" s="3" t="n">
+        <x:v>354749</x:v>
+      </x:c>
+      <x:c r="CM17" s="3" t="n">
+        <x:v>355851</x:v>
+      </x:c>
+      <x:c r="CN17" s="3" t="n">
+        <x:v>362220</x:v>
+      </x:c>
+      <x:c r="CO17" s="3" t="n">
+        <x:v>373752</x:v>
+      </x:c>
+      <x:c r="CP17" s="3" t="n">
+        <x:v>363736</x:v>
+      </x:c>
+      <x:c r="CQ17" s="3" t="n">
+        <x:v>364994</x:v>
+      </x:c>
+      <x:c r="CR17" s="3" t="n">
+        <x:v>372424</x:v>
+      </x:c>
+      <x:c r="CS17" s="3" t="n">
+        <x:v>389658</x:v>
+      </x:c>
+      <x:c r="CT17" s="3" t="n">
+        <x:v>370025</x:v>
+      </x:c>
+      <x:c r="CU17" s="3" t="n">
+        <x:v>381870</x:v>
+      </x:c>
+      <x:c r="CV17" s="3" t="n">
+        <x:v>388379</x:v>
+      </x:c>
+      <x:c r="CW17" s="3" t="n">
+        <x:v>406997</x:v>
+      </x:c>
+      <x:c r="CX17" s="3" t="n">
+        <x:v>386004</x:v>
+      </x:c>
+      <x:c r="CY17" s="3" t="n">
+        <x:v>391138</x:v>
+      </x:c>
+      <x:c r="CZ17" s="3" t="n">
+        <x:v>403495</x:v>
+      </x:c>
+      <x:c r="DA17" s="3" t="n">
+        <x:v>420312</x:v>
+      </x:c>
+      <x:c r="DB17" s="3" t="n">
+        <x:v>408423</x:v>
+      </x:c>
+      <x:c r="DC17" s="3" t="n">
+        <x:v>413665</x:v>
+      </x:c>
+      <x:c r="DD17" s="3" t="n">
+        <x:v>424025</x:v>
+      </x:c>
+      <x:c r="DE17" s="3" t="n">
+        <x:v>439513</x:v>
+      </x:c>
+      <x:c r="DF17" s="3" t="n">
+        <x:v>417601</x:v>
+      </x:c>
+      <x:c r="DG17" s="3" t="n">
+        <x:v>444145</x:v>
+      </x:c>
+      <x:c r="DH17" s="3" t="n">
+        <x:v>450030</x:v>
+      </x:c>
+      <x:c r="DI17" s="3" t="n">
+        <x:v>460631</x:v>
+      </x:c>
+      <x:c r="DJ17" s="3" t="n">
+        <x:v>446897</x:v>
+      </x:c>
+      <x:c r="DK17" s="3" t="n">
+        <x:v>459904</x:v>
+      </x:c>
+      <x:c r="DL17" s="3" t="n">
+        <x:v>469987</x:v>
+      </x:c>
+      <x:c r="DM17" s="3" t="n">
+        <x:v>484402</x:v>
+      </x:c>
+      <x:c r="DN17" s="3" t="n">
+        <x:v>470491</x:v>
+      </x:c>
+      <x:c r="DO17" s="3" t="n">
+        <x:v>482881</x:v>
+      </x:c>
+      <x:c r="DP17" s="3" t="n">
+        <x:v>493207</x:v>
+      </x:c>
+      <x:c r="DQ17" s="3" t="n">
+        <x:v>510174</x:v>
+      </x:c>
+      <x:c r="DR17" s="3" t="n">
+        <x:v>480899</x:v>
+      </x:c>
+      <x:c r="DS17" s="3" t="n">
+        <x:v>503186</x:v>
+      </x:c>
+      <x:c r="DT17" s="3" t="n">
+        <x:v>501586</x:v>
+      </x:c>
+      <x:c r="DU17" s="3" t="n">
+        <x:v>505145</x:v>
+      </x:c>
+      <x:c r="DV17" s="3" t="n">
+        <x:v>485522</x:v>
+      </x:c>
+      <x:c r="DW17" s="3" t="n">
+        <x:v>504506</x:v>
+      </x:c>
+      <x:c r="DX17" s="3" t="n">
+        <x:v>515878</x:v>
+      </x:c>
+      <x:c r="DY17" s="3" t="n">
+        <x:v>530709</x:v>
+      </x:c>
+      <x:c r="DZ17" s="3" t="n">
+        <x:v>514974</x:v>
+      </x:c>
+      <x:c r="EA17" s="3" t="n">
+        <x:v>520391</x:v>
+      </x:c>
+      <x:c r="EB17" s="3" t="n">
+        <x:v>535163</x:v>
+      </x:c>
+      <x:c r="EC17" s="3" t="n">
+        <x:v>546787</x:v>
+      </x:c>
+      <x:c r="ED17" s="3" t="n">
+        <x:v>521229</x:v>
+      </x:c>
+      <x:c r="EE17" s="3" t="n">
+        <x:v>542000</x:v>
+      </x:c>
+      <x:c r="EF17" s="3" t="n">
+        <x:v>550150</x:v>
+      </x:c>
+      <x:c r="EG17" s="3" t="n">
+        <x:v>556642</x:v>
+      </x:c>
+      <x:c r="EH17" s="3" t="n">
+        <x:v>543901</x:v>
+      </x:c>
+      <x:c r="EI17" s="3" t="n">
+        <x:v>559195</x:v>
+      </x:c>
+      <x:c r="EJ17" s="3" t="n">
+        <x:v>570406</x:v>
+      </x:c>
+      <x:c r="EK17" s="3" t="n">
+        <x:v>576775</x:v>
+      </x:c>
+      <x:c r="EL17" s="3" t="n">
+        <x:v>558812</x:v>
+      </x:c>
+      <x:c r="EM17" s="3" t="n">
+        <x:v>579491</x:v>
+      </x:c>
+      <x:c r="EN17" s="3" t="n">
+        <x:v>588254</x:v>
+      </x:c>
+      <x:c r="EO17" s="3" t="n">
+        <x:v>593342</x:v>
+      </x:c>
+      <x:c r="EP17" s="3" t="n">
+        <x:v>571397</x:v>
+      </x:c>
+      <x:c r="EQ17" s="3" t="n">
+        <x:v>594226</x:v>
+      </x:c>
+      <x:c r="ER17" s="3" t="n">
+        <x:v>602792</x:v>
+      </x:c>
+      <x:c r="ES17" s="3" t="n">
+        <x:v>610307</x:v>
+      </x:c>
+      <x:c r="ET17" s="3" t="n">
+        <x:v>593526</x:v>
+      </x:c>
+      <x:c r="EU17" s="3" t="n">
+        <x:v>610502</x:v>
+      </x:c>
+      <x:c r="EV17" s="3" t="n">
+        <x:v>622100</x:v>
+      </x:c>
+      <x:c r="EW17" s="3" t="n">
+        <x:v>625262</x:v>
+      </x:c>
+      <x:c r="EX17" s="3" t="n">
+        <x:v>602049</x:v>
+      </x:c>
+      <x:c r="EY17" s="3" t="n">
+        <x:v>632695</x:v>
+      </x:c>
+      <x:c r="EZ17" s="3" t="n">
+        <x:v>617763</x:v>
+      </x:c>
+      <x:c r="FA17" s="3" t="n">
+        <x:v>652732</x:v>
+      </x:c>
+      <x:c r="FB17" s="3" t="n">
+        <x:v>624901</x:v>
+      </x:c>
+      <x:c r="FC17" s="3" t="n">
+        <x:v>640868</x:v>
+      </x:c>
+      <x:c r="FD17" s="3" t="n">
+        <x:v>635430</x:v>
+      </x:c>
+      <x:c r="FE17" s="3" t="n">
+        <x:v>671073</x:v>
+      </x:c>
+      <x:c r="FF17" s="3" t="n">
+        <x:v>634935</x:v>
+      </x:c>
+      <x:c r="FG17" s="3" t="n">
+        <x:v>663409</x:v>
+      </x:c>
+      <x:c r="FH17" s="3" t="n">
+        <x:v>646442</x:v>
+      </x:c>
+      <x:c r="FI17" s="3" t="n">
+        <x:v>680897</x:v>
+      </x:c>
+      <x:c r="FJ17" s="3" t="n">
+        <x:v>648619</x:v>
+      </x:c>
+      <x:c r="FK17" s="3" t="n">
+        <x:v>665506</x:v>
+      </x:c>
+      <x:c r="FL17" s="3" t="n">
+        <x:v>662409</x:v>
+      </x:c>
+      <x:c r="FM17" s="3" t="n">
+        <x:v>690394</x:v>
+      </x:c>
+      <x:c r="FN17" s="3" t="n">
+        <x:v>648637</x:v>
+      </x:c>
+      <x:c r="FO17" s="3" t="n">
+        <x:v>603036</x:v>
+      </x:c>
+      <x:c r="FP17" s="3" t="n">
+        <x:v>638543</x:v>
+      </x:c>
+      <x:c r="FQ17" s="3" t="n">
+        <x:v>673693</x:v>
+      </x:c>
+      <x:c r="FR17" s="3" t="n">
+        <x:v>627111</x:v>
+      </x:c>
+      <x:c r="FS17" s="3" t="n">
+        <x:v>657810</x:v>
+      </x:c>
+      <x:c r="FT17" s="3" t="n">
+        <x:v>684072</x:v>
+      </x:c>
+      <x:c r="FU17" s="3" t="n">
+        <x:v>735494</x:v>
+      </x:c>
+      <x:c r="FV17" s="3" t="n">
+        <x:v>681471</x:v>
+      </x:c>
+      <x:c r="FW17" s="3" t="n">
+        <x:v>722369</x:v>
+      </x:c>
+      <x:c r="FX17" s="3" t="n">
+        <x:v>708315</x:v>
+      </x:c>
+      <x:c r="FY17" s="3" t="n">
+        <x:v>760107</x:v>
+      </x:c>
+      <x:c r="FZ17" s="3" t="n">
+        <x:v>710199</x:v>
+      </x:c>
+      <x:c r="GA17" s="3" t="n">
+        <x:v>721423</x:v>
+      </x:c>
+      <x:c r="GB17" s="3" t="n">
+        <x:v>703099</x:v>
+      </x:c>
+      <x:c r="GC17" s="3" t="n">
+        <x:v>745945</x:v>
+      </x:c>
+      <x:c r="GD17" s="3" t="n">
+        <x:v>699795</x:v>
+      </x:c>
+      <x:c r="GE17" s="3" t="n">
+        <x:v>738507</x:v>
+      </x:c>
+      <x:c r="GF17" s="3" t="n">
+        <x:v>720464</x:v>
+      </x:c>
+      <x:c r="GG17" s="3" t="n">
+        <x:v>759125</x:v>
+      </x:c>
+      <x:c r="GH17" s="3" t="n">
+        <x:v>716910</x:v>
+      </x:c>
+      <x:c r="GI17" s="3" t="n">
+        <x:v>746477</x:v>
+      </x:c>
+      <x:c r="GJ17" s="3" t="n">
+        <x:v>730944</x:v>
       </x:c>
     </x:row>
-    <x:row r="10" spans="1:191">
-[...571 lines deleted...]
-        <x:v>140580</x:v>
+    <x:row r="18" spans="1:192">
+      <x:c r="A18" s="2" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="B18" s="3" t="n">
+        <x:v>30950</x:v>
+      </x:c>
+      <x:c r="C18" s="3" t="n">
+        <x:v>31295</x:v>
+      </x:c>
+      <x:c r="D18" s="3" t="n">
+        <x:v>31637</x:v>
+      </x:c>
+      <x:c r="E18" s="3" t="n">
+        <x:v>31637</x:v>
+      </x:c>
+      <x:c r="F18" s="3" t="n">
+        <x:v>31973</x:v>
+      </x:c>
+      <x:c r="G18" s="3" t="n">
+        <x:v>32327</x:v>
+      </x:c>
+      <x:c r="H18" s="3" t="n">
+        <x:v>32683</x:v>
+      </x:c>
+      <x:c r="I18" s="3" t="n">
+        <x:v>32683</x:v>
+      </x:c>
+      <x:c r="J18" s="3" t="n">
+        <x:v>34008</x:v>
+      </x:c>
+      <x:c r="K18" s="3" t="n">
+        <x:v>34008</x:v>
+      </x:c>
+      <x:c r="L18" s="3" t="n">
+        <x:v>34382</x:v>
+      </x:c>
+      <x:c r="M18" s="3" t="n">
+        <x:v>34382</x:v>
+      </x:c>
+      <x:c r="N18" s="3" t="n">
+        <x:v>34965</x:v>
+      </x:c>
+      <x:c r="O18" s="3" t="n">
+        <x:v>35354</x:v>
+      </x:c>
+      <x:c r="P18" s="3" t="n">
+        <x:v>35741</x:v>
+      </x:c>
+      <x:c r="Q18" s="3" t="n">
+        <x:v>35741</x:v>
+      </x:c>
+      <x:c r="R18" s="3" t="n">
+        <x:v>35634</x:v>
+      </x:c>
+      <x:c r="S18" s="3" t="n">
+        <x:v>36028</x:v>
+      </x:c>
+      <x:c r="T18" s="3" t="n">
+        <x:v>36425</x:v>
+      </x:c>
+      <x:c r="U18" s="3" t="n">
+        <x:v>36425</x:v>
+      </x:c>
+      <x:c r="V18" s="3" t="n">
+        <x:v>36611</x:v>
+      </x:c>
+      <x:c r="W18" s="3" t="n">
+        <x:v>37016</x:v>
+      </x:c>
+      <x:c r="X18" s="3" t="n">
+        <x:v>37424</x:v>
+      </x:c>
+      <x:c r="Y18" s="3" t="n">
+        <x:v>37424</x:v>
+      </x:c>
+      <x:c r="Z18" s="3" t="n">
+        <x:v>37622</x:v>
+      </x:c>
+      <x:c r="AA18" s="3" t="n">
+        <x:v>37622</x:v>
+      </x:c>
+      <x:c r="AB18" s="3" t="n">
+        <x:v>38038</x:v>
+      </x:c>
+      <x:c r="AC18" s="3" t="n">
+        <x:v>38038</x:v>
+      </x:c>
+      <x:c r="AD18" s="3" t="n">
+        <x:v>38059</x:v>
+      </x:c>
+      <x:c r="AE18" s="3" t="n">
+        <x:v>38483</x:v>
+      </x:c>
+      <x:c r="AF18" s="3" t="n">
+        <x:v>38905</x:v>
+      </x:c>
+      <x:c r="AG18" s="3" t="n">
+        <x:v>38905</x:v>
+      </x:c>
+      <x:c r="AH18" s="3" t="n">
+        <x:v>38848</x:v>
+      </x:c>
+      <x:c r="AI18" s="3" t="n">
+        <x:v>39280</x:v>
+      </x:c>
+      <x:c r="AJ18" s="3" t="n">
+        <x:v>39712</x:v>
+      </x:c>
+      <x:c r="AK18" s="3" t="n">
+        <x:v>39712</x:v>
+      </x:c>
+      <x:c r="AL18" s="3" t="n">
+        <x:v>40646</x:v>
+      </x:c>
+      <x:c r="AM18" s="3" t="n">
+        <x:v>41099</x:v>
+      </x:c>
+      <x:c r="AN18" s="3" t="n">
+        <x:v>41550</x:v>
+      </x:c>
+      <x:c r="AO18" s="3" t="n">
+        <x:v>41550</x:v>
+      </x:c>
+      <x:c r="AP18" s="3" t="n">
+        <x:v>39978</x:v>
+      </x:c>
+      <x:c r="AQ18" s="3" t="n">
+        <x:v>39978</x:v>
+      </x:c>
+      <x:c r="AR18" s="3" t="n">
+        <x:v>40417</x:v>
+      </x:c>
+      <x:c r="AS18" s="3" t="n">
+        <x:v>40417</x:v>
+      </x:c>
+      <x:c r="AT18" s="3" t="n">
+        <x:v>42136</x:v>
+      </x:c>
+      <x:c r="AU18" s="3" t="n">
+        <x:v>42602</x:v>
+      </x:c>
+      <x:c r="AV18" s="3" t="n">
+        <x:v>43073</x:v>
+      </x:c>
+      <x:c r="AW18" s="3" t="n">
+        <x:v>43073</x:v>
+      </x:c>
+      <x:c r="AX18" s="3" t="n">
+        <x:v>45029</x:v>
+      </x:c>
+      <x:c r="AY18" s="3" t="n">
+        <x:v>45530</x:v>
+      </x:c>
+      <x:c r="AZ18" s="3" t="n">
+        <x:v>46033</x:v>
+      </x:c>
+      <x:c r="BA18" s="3" t="n">
+        <x:v>46033</x:v>
+      </x:c>
+      <x:c r="BB18" s="3" t="n">
+        <x:v>48275</x:v>
+      </x:c>
+      <x:c r="BC18" s="3" t="n">
+        <x:v>46485</x:v>
+      </x:c>
+      <x:c r="BD18" s="3" t="n">
+        <x:v>49887</x:v>
+      </x:c>
+      <x:c r="BE18" s="3" t="n">
+        <x:v>48635</x:v>
+      </x:c>
+      <x:c r="BF18" s="3" t="n">
+        <x:v>52334</x:v>
+      </x:c>
+      <x:c r="BG18" s="3" t="n">
+        <x:v>49936</x:v>
+      </x:c>
+      <x:c r="BH18" s="3" t="n">
+        <x:v>51765</x:v>
+      </x:c>
+      <x:c r="BI18" s="3" t="n">
+        <x:v>53415</x:v>
+      </x:c>
+      <x:c r="BJ18" s="3" t="n">
+        <x:v>54284</x:v>
+      </x:c>
+      <x:c r="BK18" s="3" t="n">
+        <x:v>52144</x:v>
+      </x:c>
+      <x:c r="BL18" s="3" t="n">
+        <x:v>53451</x:v>
+      </x:c>
+      <x:c r="BM18" s="3" t="n">
+        <x:v>55847</x:v>
+      </x:c>
+      <x:c r="BN18" s="3" t="n">
+        <x:v>54382</x:v>
+      </x:c>
+      <x:c r="BO18" s="3" t="n">
+        <x:v>53758</x:v>
+      </x:c>
+      <x:c r="BP18" s="3" t="n">
+        <x:v>54522</x:v>
+      </x:c>
+      <x:c r="BQ18" s="3" t="n">
+        <x:v>56739</x:v>
+      </x:c>
+      <x:c r="BR18" s="3" t="n">
+        <x:v>52802</x:v>
+      </x:c>
+      <x:c r="BS18" s="3" t="n">
+        <x:v>49282</x:v>
+      </x:c>
+      <x:c r="BT18" s="3" t="n">
+        <x:v>50884</x:v>
+      </x:c>
+      <x:c r="BU18" s="3" t="n">
+        <x:v>52941</x:v>
+      </x:c>
+      <x:c r="BV18" s="3" t="n">
+        <x:v>53129</x:v>
+      </x:c>
+      <x:c r="BW18" s="3" t="n">
+        <x:v>49749</x:v>
+      </x:c>
+      <x:c r="BX18" s="3" t="n">
+        <x:v>51747</x:v>
+      </x:c>
+      <x:c r="BY18" s="3" t="n">
+        <x:v>53269</x:v>
+      </x:c>
+      <x:c r="BZ18" s="3" t="n">
+        <x:v>51037</x:v>
+      </x:c>
+      <x:c r="CA18" s="3" t="n">
+        <x:v>52794</x:v>
+      </x:c>
+      <x:c r="CB18" s="3" t="n">
+        <x:v>52237</x:v>
+      </x:c>
+      <x:c r="CC18" s="3" t="n">
+        <x:v>53949</x:v>
+      </x:c>
+      <x:c r="CD18" s="3" t="n">
+        <x:v>54476</x:v>
+      </x:c>
+      <x:c r="CE18" s="3" t="n">
+        <x:v>51440</x:v>
+      </x:c>
+      <x:c r="CF18" s="3" t="n">
+        <x:v>52961</x:v>
+      </x:c>
+      <x:c r="CG18" s="3" t="n">
+        <x:v>55045</x:v>
+      </x:c>
+      <x:c r="CH18" s="3" t="n">
+        <x:v>55456</x:v>
+      </x:c>
+      <x:c r="CI18" s="3" t="n">
+        <x:v>53803</x:v>
+      </x:c>
+      <x:c r="CJ18" s="3" t="n">
+        <x:v>55015</x:v>
+      </x:c>
+      <x:c r="CK18" s="3" t="n">
+        <x:v>56036</x:v>
+      </x:c>
+      <x:c r="CL18" s="3" t="n">
+        <x:v>57621</x:v>
+      </x:c>
+      <x:c r="CM18" s="3" t="n">
+        <x:v>53833</x:v>
+      </x:c>
+      <x:c r="CN18" s="3" t="n">
+        <x:v>55018</x:v>
+      </x:c>
+      <x:c r="CO18" s="3" t="n">
+        <x:v>55835</x:v>
+      </x:c>
+      <x:c r="CP18" s="3" t="n">
+        <x:v>58129</x:v>
+      </x:c>
+      <x:c r="CQ18" s="3" t="n">
+        <x:v>54609</x:v>
+      </x:c>
+      <x:c r="CR18" s="3" t="n">
+        <x:v>56009</x:v>
+      </x:c>
+      <x:c r="CS18" s="3" t="n">
+        <x:v>57277</x:v>
+      </x:c>
+      <x:c r="CT18" s="3" t="n">
+        <x:v>57801</x:v>
+      </x:c>
+      <x:c r="CU18" s="3" t="n">
+        <x:v>57941</x:v>
+      </x:c>
+      <x:c r="CV18" s="3" t="n">
+        <x:v>58975</x:v>
+      </x:c>
+      <x:c r="CW18" s="3" t="n">
+        <x:v>58486</x:v>
+      </x:c>
+      <x:c r="CX18" s="3" t="n">
+        <x:v>57650</x:v>
+      </x:c>
+      <x:c r="CY18" s="3" t="n">
+        <x:v>55504</x:v>
+      </x:c>
+      <x:c r="CZ18" s="3" t="n">
+        <x:v>57233</x:v>
+      </x:c>
+      <x:c r="DA18" s="3" t="n">
+        <x:v>56946</x:v>
+      </x:c>
+      <x:c r="DB18" s="3" t="n">
+        <x:v>56624</x:v>
+      </x:c>
+      <x:c r="DC18" s="3" t="n">
+        <x:v>54468</x:v>
+      </x:c>
+      <x:c r="DD18" s="3" t="n">
+        <x:v>56255</x:v>
+      </x:c>
+      <x:c r="DE18" s="3" t="n">
+        <x:v>57026</x:v>
+      </x:c>
+      <x:c r="DF18" s="3" t="n">
+        <x:v>54094</x:v>
+      </x:c>
+      <x:c r="DG18" s="3" t="n">
+        <x:v>55541</x:v>
+      </x:c>
+      <x:c r="DH18" s="3" t="n">
+        <x:v>54712</x:v>
+      </x:c>
+      <x:c r="DI18" s="3" t="n">
+        <x:v>54776</x:v>
+      </x:c>
+      <x:c r="DJ18" s="3" t="n">
+        <x:v>57966</x:v>
+      </x:c>
+      <x:c r="DK18" s="3" t="n">
+        <x:v>54839</x:v>
+      </x:c>
+      <x:c r="DL18" s="3" t="n">
+        <x:v>56805</x:v>
+      </x:c>
+      <x:c r="DM18" s="3" t="n">
+        <x:v>56911</x:v>
+      </x:c>
+      <x:c r="DN18" s="3" t="n">
+        <x:v>57674</x:v>
+      </x:c>
+      <x:c r="DO18" s="3" t="n">
+        <x:v>55629</x:v>
+      </x:c>
+      <x:c r="DP18" s="3" t="n">
+        <x:v>57662</x:v>
+      </x:c>
+      <x:c r="DQ18" s="3" t="n">
+        <x:v>58339</x:v>
+      </x:c>
+      <x:c r="DR18" s="3" t="n">
+        <x:v>58114</x:v>
+      </x:c>
+      <x:c r="DS18" s="3" t="n">
+        <x:v>59364</x:v>
+      </x:c>
+      <x:c r="DT18" s="3" t="n">
+        <x:v>59557</x:v>
+      </x:c>
+      <x:c r="DU18" s="3" t="n">
+        <x:v>60458</x:v>
+      </x:c>
+      <x:c r="DV18" s="3" t="n">
+        <x:v>58725</x:v>
+      </x:c>
+      <x:c r="DW18" s="3" t="n">
+        <x:v>59263</x:v>
+      </x:c>
+      <x:c r="DX18" s="3" t="n">
+        <x:v>60280</x:v>
+      </x:c>
+      <x:c r="DY18" s="3" t="n">
+        <x:v>59017</x:v>
+      </x:c>
+      <x:c r="DZ18" s="3" t="n">
+        <x:v>61404</x:v>
+      </x:c>
+      <x:c r="EA18" s="3" t="n">
+        <x:v>61003</x:v>
+      </x:c>
+      <x:c r="EB18" s="3" t="n">
+        <x:v>60325</x:v>
+      </x:c>
+      <x:c r="EC18" s="3" t="n">
+        <x:v>59533</x:v>
+      </x:c>
+      <x:c r="ED18" s="3" t="n">
+        <x:v>61860</x:v>
+      </x:c>
+      <x:c r="EE18" s="3" t="n">
+        <x:v>61404</x:v>
+      </x:c>
+      <x:c r="EF18" s="3" t="n">
+        <x:v>62437</x:v>
+      </x:c>
+      <x:c r="EG18" s="3" t="n">
+        <x:v>62084</x:v>
+      </x:c>
+      <x:c r="EH18" s="3" t="n">
+        <x:v>62363</x:v>
+      </x:c>
+      <x:c r="EI18" s="3" t="n">
+        <x:v>62252</x:v>
+      </x:c>
+      <x:c r="EJ18" s="3" t="n">
+        <x:v>62566</x:v>
+      </x:c>
+      <x:c r="EK18" s="3" t="n">
+        <x:v>61915</x:v>
+      </x:c>
+      <x:c r="EL18" s="3" t="n">
+        <x:v>62351</x:v>
+      </x:c>
+      <x:c r="EM18" s="3" t="n">
+        <x:v>62246</x:v>
+      </x:c>
+      <x:c r="EN18" s="3" t="n">
+        <x:v>63869</x:v>
+      </x:c>
+      <x:c r="EO18" s="3" t="n">
+        <x:v>63965</x:v>
+      </x:c>
+      <x:c r="EP18" s="3" t="n">
+        <x:v>64903</x:v>
+      </x:c>
+      <x:c r="EQ18" s="3" t="n">
+        <x:v>65709</x:v>
+      </x:c>
+      <x:c r="ER18" s="3" t="n">
+        <x:v>66830</x:v>
+      </x:c>
+      <x:c r="ES18" s="3" t="n">
+        <x:v>67330</x:v>
+      </x:c>
+      <x:c r="ET18" s="3" t="n">
+        <x:v>68155</x:v>
+      </x:c>
+      <x:c r="EU18" s="3" t="n">
+        <x:v>70195</x:v>
+      </x:c>
+      <x:c r="EV18" s="3" t="n">
+        <x:v>70671</x:v>
+      </x:c>
+      <x:c r="EW18" s="3" t="n">
+        <x:v>69993</x:v>
+      </x:c>
+      <x:c r="EX18" s="3" t="n">
+        <x:v>69797</x:v>
+      </x:c>
+      <x:c r="EY18" s="3" t="n">
+        <x:v>70425</x:v>
+      </x:c>
+      <x:c r="EZ18" s="3" t="n">
+        <x:v>72446</x:v>
+      </x:c>
+      <x:c r="FA18" s="3" t="n">
+        <x:v>72713</x:v>
+      </x:c>
+      <x:c r="FB18" s="3" t="n">
+        <x:v>72117</x:v>
+      </x:c>
+      <x:c r="FC18" s="3" t="n">
+        <x:v>73228</x:v>
+      </x:c>
+      <x:c r="FD18" s="3" t="n">
+        <x:v>74822</x:v>
+      </x:c>
+      <x:c r="FE18" s="3" t="n">
+        <x:v>74597</x:v>
+      </x:c>
+      <x:c r="FF18" s="3" t="n">
+        <x:v>73850</x:v>
+      </x:c>
+      <x:c r="FG18" s="3" t="n">
+        <x:v>74063</x:v>
+      </x:c>
+      <x:c r="FH18" s="3" t="n">
+        <x:v>75304</x:v>
+      </x:c>
+      <x:c r="FI18" s="3" t="n">
+        <x:v>75364</x:v>
+      </x:c>
+      <x:c r="FJ18" s="3" t="n">
+        <x:v>74951</x:v>
+      </x:c>
+      <x:c r="FK18" s="3" t="n">
+        <x:v>75550</x:v>
+      </x:c>
+      <x:c r="FL18" s="3" t="n">
+        <x:v>77018</x:v>
+      </x:c>
+      <x:c r="FM18" s="3" t="n">
+        <x:v>76904</x:v>
+      </x:c>
+      <x:c r="FN18" s="3" t="n">
+        <x:v>78102</x:v>
+      </x:c>
+      <x:c r="FO18" s="3" t="n">
+        <x:v>79824</x:v>
+      </x:c>
+      <x:c r="FP18" s="3" t="n">
+        <x:v>80950</x:v>
+      </x:c>
+      <x:c r="FQ18" s="3" t="n">
+        <x:v>81385</x:v>
+      </x:c>
+      <x:c r="FR18" s="3" t="n">
+        <x:v>81513</x:v>
+      </x:c>
+      <x:c r="FS18" s="3" t="n">
+        <x:v>81583</x:v>
+      </x:c>
+      <x:c r="FT18" s="3" t="n">
+        <x:v>83065</x:v>
+      </x:c>
+      <x:c r="FU18" s="3" t="n">
+        <x:v>83761</x:v>
+      </x:c>
+      <x:c r="FV18" s="3" t="n">
+        <x:v>83200</x:v>
+      </x:c>
+      <x:c r="FW18" s="3" t="n">
+        <x:v>83444</x:v>
+      </x:c>
+      <x:c r="FX18" s="3" t="n">
+        <x:v>84133</x:v>
+      </x:c>
+      <x:c r="FY18" s="3" t="n">
+        <x:v>86220</x:v>
+      </x:c>
+      <x:c r="FZ18" s="3" t="n">
+        <x:v>86298</x:v>
+      </x:c>
+      <x:c r="GA18" s="3" t="n">
+        <x:v>87514</x:v>
+      </x:c>
+      <x:c r="GB18" s="3" t="n">
+        <x:v>90596</x:v>
+      </x:c>
+      <x:c r="GC18" s="3" t="n">
+        <x:v>89991</x:v>
+      </x:c>
+      <x:c r="GD18" s="3" t="n">
+        <x:v>89520</x:v>
+      </x:c>
+      <x:c r="GE18" s="3" t="n">
+        <x:v>90135</x:v>
+      </x:c>
+      <x:c r="GF18" s="3" t="n">
+        <x:v>92204</x:v>
+      </x:c>
+      <x:c r="GG18" s="3" t="n">
+        <x:v>92428</x:v>
+      </x:c>
+      <x:c r="GH18" s="3" t="n">
+        <x:v>92052</x:v>
+      </x:c>
+      <x:c r="GI18" s="3" t="n">
+        <x:v>93149</x:v>
+      </x:c>
+      <x:c r="GJ18" s="3" t="n">
+        <x:v>95008</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:191">
-[...571 lines deleted...]
-        <x:v>77339</x:v>
+    <x:row r="20" spans="1:192">
+      <x:c r="A20" s="0" t="s">
+        <x:v>207</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:191">
-[...571 lines deleted...]
-        <x:v>63241</x:v>
+    <x:row r="21" spans="1:192">
+      <x:c r="A21" s="0" t="s">
+        <x:v>208</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:191">
-[...571 lines deleted...]
-        <x:v>19358</x:v>
+    <x:row r="23" spans="1:192">
+      <x:c r="A23" s="0" t="s">
+        <x:v>209</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:191">
-[...571 lines deleted...]
-        <x:v>136881</x:v>
+    <x:row r="24" spans="1:192">
+      <x:c r="A24" s="0" t="s">
+        <x:v>210</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:191">
-[...571 lines deleted...]
-        <x:v>106371</x:v>
+    <x:row r="25" spans="1:192">
+      <x:c r="A25" s="0" t="s">
+        <x:v>211</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:191">
-[...571 lines deleted...]
-        <x:v>30510</x:v>
+    <x:row r="27" spans="1:192">
+      <x:c r="A27" s="0" t="s">
+        <x:v>212</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:191">
-[...571 lines deleted...]
-        <x:v>664817</x:v>
+    <x:row r="28" spans="1:192">
+      <x:c r="A28" s="0" t="s">
+        <x:v>213</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:191">
-[...571 lines deleted...]
-        <x:v>93751</x:v>
+    <x:row r="30" spans="1:192">
+      <x:c r="A30" s="0" t="s">
+        <x:v>214</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:191">
-[...1 lines deleted...]
-        <x:v>206</x:v>
+    <x:row r="31" spans="1:192">
+      <x:c r="A31" s="0" t="s">
+        <x:v>210</x:v>
       </x:c>
     </x:row>
-    <x:row r="21" spans="1:191">
-[...1 lines deleted...]
-        <x:v>207</x:v>
+    <x:row r="32" spans="1:192">
+      <x:c r="A32" s="0" t="s">
+        <x:v>215</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:191">
-[...1 lines deleted...]
-        <x:v>208</x:v>
+    <x:row r="33" spans="1:192">
+      <x:c r="A33" s="0" t="s">
+        <x:v>216</x:v>
       </x:c>
     </x:row>
-    <x:row r="24" spans="1:191">
-[...1 lines deleted...]
-        <x:v>209</x:v>
+    <x:row r="34" spans="1:192">
+      <x:c r="A34" s="0" t="s">
+        <x:v>217</x:v>
       </x:c>
     </x:row>
-    <x:row r="25" spans="1:191">
-      <x:c r="A25" s="0" t="s">
+    <x:row r="39" spans="1:192">
+      <x:c r="A39" s="0" t="s">
+        <x:v>218</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:192">
+      <x:c r="A40" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
-    <x:row r="26" spans="1:191">
-[...1 lines deleted...]
-        <x:v>211</x:v>
+    <x:row r="41" spans="1:192">
+      <x:c r="A41" s="0" t="s">
+        <x:v>219</x:v>
       </x:c>
     </x:row>
-    <x:row r="28" spans="1:191">
-[...1 lines deleted...]
-        <x:v>212</x:v>
+    <x:row r="42" spans="1:192">
+      <x:c r="A42" s="0" t="s">
+        <x:v>220</x:v>
       </x:c>
     </x:row>
-    <x:row r="29" spans="1:191">
-[...1 lines deleted...]
-        <x:v>213</x:v>
+    <x:row r="43" spans="1:192">
+      <x:c r="A43" s="0" t="s">
+        <x:v>210</x:v>
       </x:c>
     </x:row>
-    <x:row r="31" spans="1:191">
-[...1 lines deleted...]
-        <x:v>214</x:v>
+    <x:row r="44" spans="1:192">
+      <x:c r="A44" s="0" t="s">
+        <x:v>221</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:191">
-      <x:c r="A32" s="0" t="s">
+    <x:row r="46" spans="1:192">
+      <x:c r="A46" s="0" t="s">
+        <x:v>222</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:192">
+      <x:c r="A47" s="0" t="s">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:192">
+      <x:c r="A48" s="0" t="s">
+        <x:v>223</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:192">
+      <x:c r="A51" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:191">
-[...1 lines deleted...]
-        <x:v>215</x:v>
+    <x:row r="52" spans="1:192">
+      <x:c r="A52" s="0" t="s">
+        <x:v>224</x:v>
       </x:c>
     </x:row>
-    <x:row r="34" spans="1:191">
-[...1 lines deleted...]
-        <x:v>216</x:v>
+    <x:row r="56" spans="1:192">
+      <x:c r="A56" s="0" t="s">
+        <x:v>225</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:191">
-[...1 lines deleted...]
-        <x:v>217</x:v>
+    <x:row r="58" spans="1:192">
+      <x:c r="A58" s="0" t="s">
+        <x:v>226</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:191">
-[...1 lines deleted...]
-        <x:v>218</x:v>
+    <x:row r="59" spans="1:192">
+      <x:c r="A59" s="0" t="s">
+        <x:v>227</x:v>
       </x:c>
     </x:row>
-    <x:row r="41" spans="1:191">
-[...1 lines deleted...]
-        <x:v>210</x:v>
+    <x:row r="61" spans="1:192">
+      <x:c r="A61" s="0" t="s">
+        <x:v>228</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:191">
-[...59 lines deleted...]
-    <x:row r="62" spans="1:191">
+    <x:row r="62" spans="1:192">
       <x:c r="A62" s="0" t="s">
-        <x:v>228</x:v>
-[...3 lines deleted...]
-      <x:c r="A63" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>FastePriser</vt:lpstr>
       <vt:lpstr>FastePriser!Print_Area</vt:lpstr>
       <vt:lpstr>FastePriser!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>