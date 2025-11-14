--- v0 (2025-10-19)
+++ v1 (2025-11-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a9689a062df47e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ab65245e115d42aca201df298063faef.psmdcp" Id="R8ad6bb95c6eb43f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R258cb986f30b4e3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/71c10c57d15f446d91401f5b3ff9bd19.psmdcp" Id="Rccf01f4017174f22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prob4" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="268">
   <x:si>
     <x:t>09171: Production account and income generation, by industry, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Output at basic values. Change in prices from the same period in the previous year (per cent)</x:t>
   </x:si>
   <x:si>