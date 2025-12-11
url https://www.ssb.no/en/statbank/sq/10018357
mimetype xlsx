--- v1 (2025-11-14)
+++ v2 (2025-12-11)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R258cb986f30b4e3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/71c10c57d15f446d91401f5b3ff9bd19.psmdcp" Id="Rccf01f4017174f22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8237f0a175d34718" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/75ed3670c00441189d015c0130db70dc.psmdcp" Id="Rdc1dc6e8473049be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prob4" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="268">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="270" uniqueCount="270">
   <x:si>
     <x:t>09171: Production account and income generation, by industry, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Output at basic values. Change in prices from the same period in the previous year (per cent)</x:t>
   </x:si>
   <x:si>
     <x:t>1978K1</x:t>
   </x:si>
   <x:si>
     <x:t>1978K2</x:t>
   </x:si>
   <x:si>
     <x:t>1978K3</x:t>
   </x:si>
   <x:si>
     <x:t>1978K4</x:t>
   </x:si>
   <x:si>
     <x:t>1979K1</x:t>
   </x:si>
   <x:si>
     <x:t>1979K2</x:t>
   </x:si>
   <x:si>
@@ -586,50 +586,53 @@
   <x:si>
     <x:t>2023K3</x:t>
   </x:si>
   <x:si>
     <x:t>2023K4</x:t>
   </x:si>
   <x:si>
     <x:t>2024K1</x:t>
   </x:si>
   <x:si>
     <x:t>2024K2</x:t>
   </x:si>
   <x:si>
     <x:t>2024K3</x:t>
   </x:si>
   <x:si>
     <x:t>2024K4</x:t>
   </x:si>
   <x:si>
     <x:t>2025K1</x:t>
   </x:si>
   <x:si>
     <x:t>2025K2</x:t>
   </x:si>
   <x:si>
+    <x:t>2025K3</x:t>
+  </x:si>
+  <x:si>
     <x:t>Total industry</x:t>
   </x:si>
   <x:si>
     <x:t>..</x:t>
   </x:si>
   <x:si>
     <x:t>Agriculture and forestry</x:t>
   </x:si>
   <x:si>
     <x:t>Fishing and aquaculture</x:t>
   </x:si>
   <x:si>
     <x:t>Mining and quarrying</x:t>
   </x:si>
   <x:si>
     <x:t>Oil and gas extraction including services</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Oil and gas extraction</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Service activities incidental to oil and gas</x:t>
   </x:si>
   <x:si>
     <x:t>Manufacturing</x:t>
@@ -736,75 +739,78 @@
   <x:si>
     <x:t>Arts, entertainment and other service activities</x:t>
   </x:si>
   <x:si>
     <x:t>¬ General government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Central government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Civilian central government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Defence</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Local government</x:t>
   </x:si>
   <x:si>
     <x:t>Mainland Norway</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Production for market Mainland Norway</x:t>
   </x:si>
   <x:si>
+    <x:t>.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Market producers</x:t>
   </x:si>
   <x:si>
     <x:t>Non-market producers</x:t>
   </x:si>
   <x:si>
-    <x:t>Unadjusted figures from the base year (final annual accounts) are preliminary.</x:t>
+    <x:t>Figures after 2023 (the base year) are preliminary.</x:t>
   </x:si>
   <x:si>
     <x:t>In the time series in volume, the figures from the base year and onwards are fixed price figures while data prior to the base year are chained volume figures. This implies that additivity in volume is lost prior to the base year.</x:t>
   </x:si>
   <x:si>
-    <x:t>Errors in seasonally adjusted figures were corrected on November 29, 2024 at 11:35 a.m.</x:t>
+    <x:t>.. = Data not available. Figures have not been entered into our databases or are too unreliable to be published.</x:t>
   </x:si>
   <x:si>
-    <x:t>.. = Data not available. Figures have not been entered into our databases or are too unreliable to be published.</x:t>
+    <x:t>. = Category not applicable. Figures do not exist at this time, because the category was not in use when the figures were collected.</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
     <x:t>Output at basic values. Change in prices from the same period in the previous year (per cent):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250821 08:00</x:t>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Achraf Bougroug, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 15</x:t>
   </x:si>
   <x:si>
     <x:t>acb@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Units:</x:t>
   </x:si>
   <x:si>
     <x:t>per cent</x:t>
   </x:si>
@@ -1207,70 +1213,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:GI99"/>
+  <x:dimension ref="A1:GJ99"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="191" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="1" max="192" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:191">
+    <x:row r="1" spans="1:192">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:191">
+    <x:row r="3" spans="1:192">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="4" spans="1:191">
+    <x:row r="4" spans="1:192">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="I4" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J4" s="2" t="s">
@@ -1797,66 +1803,69 @@
       </x:c>
       <x:c r="GB4" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="GC4" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="GD4" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="GE4" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="GF4" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="GG4" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="GH4" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="GI4" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
+      <x:c r="GJ4" s="2" t="s">
+        <x:v>192</x:v>
+      </x:c>
     </x:row>
-    <x:row r="5" spans="1:191">
+    <x:row r="5" spans="1:192">
       <x:c r="A5" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B5" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E5" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="G5" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="I5" s="4" t="n">
         <x:v>7.1</x:v>
       </x:c>
       <x:c r="J5" s="4" t="n">
         <x:v>10.8</x:v>
       </x:c>
       <x:c r="K5" s="4" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="L5" s="4" t="n">
         <x:v>15.2</x:v>
       </x:c>
       <x:c r="M5" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
@@ -1887,51 +1896,51 @@
       <x:c r="V5" s="4" t="n">
         <x:v>8.5</x:v>
       </x:c>
       <x:c r="W5" s="4" t="n">
         <x:v>7.2</x:v>
       </x:c>
       <x:c r="X5" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="Y5" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="Z5" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="AA5" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="AB5" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="AC5" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="AD5" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="AE5" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="AF5" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="AG5" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="AH5" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="AI5" s="4" t="n">
         <x:v>-0.5</x:v>
       </x:c>
       <x:c r="AJ5" s="4" t="n">
         <x:v>-1.9</x:v>
       </x:c>
       <x:c r="AK5" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="AL5" s="4" t="n">
         <x:v>7.1</x:v>
       </x:c>
@@ -2067,371 +2076,374 @@
       <x:c r="CD5" s="4" t="n">
         <x:v>-0.3</x:v>
       </x:c>
       <x:c r="CE5" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="CF5" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="CG5" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="CH5" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="CI5" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="CJ5" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="CK5" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="CL5" s="4" t="n">
-        <x:v>11.7</x:v>
+        <x:v>11.6</x:v>
       </x:c>
       <x:c r="CM5" s="4" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="CN5" s="4" t="n">
         <x:v>12.4</x:v>
       </x:c>
       <x:c r="CO5" s="4" t="n">
         <x:v>11.6</x:v>
       </x:c>
       <x:c r="CP5" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="CQ5" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="CR5" s="4" t="n">
         <x:v>-0.4</x:v>
       </x:c>
       <x:c r="CS5" s="4" t="n">
         <x:v>-4.2</x:v>
       </x:c>
       <x:c r="CT5" s="4" t="n">
         <x:v>-2.9</x:v>
       </x:c>
       <x:c r="CU5" s="4" t="n">
         <x:v>-3.2</x:v>
       </x:c>
       <x:c r="CV5" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="CW5" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="CX5" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="CY5" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="CZ5" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="DA5" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="DB5" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="DC5" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="DD5" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="DE5" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="DF5" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="DG5" s="4" t="n">
         <x:v>6.9</x:v>
       </x:c>
       <x:c r="DH5" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="DI5" s="4" t="n">
         <x:v>6.9</x:v>
       </x:c>
       <x:c r="DJ5" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="DK5" s="4" t="n">
         <x:v>7.9</x:v>
       </x:c>
       <x:c r="DL5" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="DM5" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="DN5" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="DO5" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="DP5" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="DQ5" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="DR5" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="DS5" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="DT5" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="DU5" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="DV5" s="4" t="n">
         <x:v>-2.8</x:v>
       </x:c>
       <x:c r="DW5" s="4" t="n">
-        <x:v>-3.7</x:v>
+        <x:v>-3.6</x:v>
       </x:c>
       <x:c r="DX5" s="4" t="n">
-        <x:v>-4.7</x:v>
+        <x:v>-4.6</x:v>
       </x:c>
       <x:c r="DY5" s="4" t="n">
         <x:v>-3.7</x:v>
       </x:c>
       <x:c r="DZ5" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="EA5" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="EB5" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="EC5" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="ED5" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="EE5" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="EF5" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="EG5" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="EH5" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="EI5" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="EJ5" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="EK5" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="EL5" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="EM5" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="EN5" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="EO5" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="EP5" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="EQ5" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="ER5" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="ES5" s="4" t="n">
         <x:v>-0.5</x:v>
       </x:c>
       <x:c r="ET5" s="4" t="n">
-        <x:v>-2.2</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="EU5" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="EV5" s="4" t="n">
         <x:v>-1.3</x:v>
       </x:c>
       <x:c r="EW5" s="4" t="n">
         <x:v>-1.4</x:v>
       </x:c>
       <x:c r="EX5" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="EY5" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="EZ5" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="FA5" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="FB5" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="FC5" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="FD5" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="FE5" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="FF5" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="FG5" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="FH5" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="FI5" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="FJ5" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="FK5" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="FL5" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="FM5" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="FN5" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="FO5" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="FP5" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-1.9</x:v>
       </x:c>
       <x:c r="FQ5" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="FR5" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="FS5" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>10.8</x:v>
       </x:c>
       <x:c r="FT5" s="4" t="n">
-        <x:v>17.1</x:v>
+        <x:v>16.6</x:v>
       </x:c>
       <x:c r="FU5" s="4" t="n">
-        <x:v>27.4</x:v>
+        <x:v>26.6</x:v>
       </x:c>
       <x:c r="FV5" s="4" t="n">
-        <x:v>27.5</x:v>
+        <x:v>26.2</x:v>
       </x:c>
       <x:c r="FW5" s="4" t="n">
-        <x:v>25</x:v>
+        <x:v>24.2</x:v>
       </x:c>
       <x:c r="FX5" s="4" t="n">
-        <x:v>33.3</x:v>
+        <x:v>32.1</x:v>
       </x:c>
       <x:c r="FY5" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="FZ5" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="GA5" s="4" t="n">
+        <x:v>-3.5</x:v>
+      </x:c>
+      <x:c r="GB5" s="4" t="n">
+        <x:v>-14.4</x:v>
+      </x:c>
+      <x:c r="GC5" s="4" t="n">
         <x:v>-3.3</x:v>
       </x:c>
-      <x:c r="GB5" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="GD5" s="4" t="n">
-        <x:v>-1.9</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="GE5" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="GF5" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="GG5" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="GH5" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="GI5" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="GJ5" s="4" t="n">
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:191">
+    <x:row r="6" spans="1:192">
       <x:c r="A6" s="2" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="B6" s="3" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="B6" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
         <x:v>9.6</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="I6" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="J6" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="K6" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="L6" s="4" t="n">
         <x:v>9.8</x:v>
       </x:c>
       <x:c r="M6" s="4" t="n">
         <x:v>10.9</x:v>
       </x:c>
@@ -2654,359 +2666,362 @@
       <x:c r="CH6" s="4" t="n">
         <x:v>-2.7</x:v>
       </x:c>
       <x:c r="CI6" s="4" t="n">
         <x:v>-0.5</x:v>
       </x:c>
       <x:c r="CJ6" s="4" t="n">
         <x:v>-2.5</x:v>
       </x:c>
       <x:c r="CK6" s="4" t="n">
         <x:v>-3.9</x:v>
       </x:c>
       <x:c r="CL6" s="4" t="n">
         <x:v>-0.5</x:v>
       </x:c>
       <x:c r="CM6" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="CN6" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
       <x:c r="CO6" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="CP6" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="CQ6" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="CR6" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="CS6" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="CT6" s="4" t="n">
         <x:v>-10.4</x:v>
       </x:c>
       <x:c r="CU6" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="CV6" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="CW6" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>10.3</x:v>
       </x:c>
       <x:c r="CX6" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="CY6" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="CZ6" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="DA6" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="DB6" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="DC6" s="4" t="n">
         <x:v>-3.2</x:v>
       </x:c>
       <x:c r="DD6" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="DE6" s="4" t="n">
         <x:v>-6.4</x:v>
       </x:c>
       <x:c r="DF6" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="DG6" s="4" t="n">
         <x:v>-0.4</x:v>
       </x:c>
       <x:c r="DH6" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="DI6" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="DJ6" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="DK6" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="DL6" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="DM6" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="DN6" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="DO6" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="DP6" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="DQ6" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="DR6" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="DS6" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="DT6" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="DU6" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="DV6" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>-1.9</x:v>
       </x:c>
       <x:c r="DW6" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
       <x:c r="DX6" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="DY6" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="DZ6" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="EA6" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="EB6" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="EC6" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="ED6" s="4" t="n">
         <x:v>6.9</x:v>
       </x:c>
       <x:c r="EE6" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="EF6" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="EG6" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="EH6" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="EI6" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="EJ6" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="EK6" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="EL6" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="EM6" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="EN6" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="EO6" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="EP6" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="EQ6" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="ER6" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="ES6" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="ET6" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="EU6" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="EV6" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="EW6" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="EX6" s="4" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="EY6" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="EZ6" s="4" t="n">
+        <x:v>-1.9</x:v>
+      </x:c>
+      <x:c r="FA6" s="4" t="n">
+        <x:v>5.4</x:v>
+      </x:c>
+      <x:c r="FB6" s="4" t="n">
+        <x:v>-1.1</x:v>
+      </x:c>
+      <x:c r="FC6" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="FD6" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="FE6" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="FF6" s="4" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="FG6" s="4" t="n">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="FH6" s="4" t="n">
+        <x:v>6.8</x:v>
+      </x:c>
+      <x:c r="FI6" s="4" t="n">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="FJ6" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
-      <x:c r="EY6" s="4" t="n">
-[...2 lines deleted...]
-      <x:c r="EZ6" s="4" t="n">
+      <x:c r="FK6" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="FL6" s="4" t="n">
         <x:v>-0.6</x:v>
       </x:c>
-      <x:c r="FA6" s="4" t="n">
-[...34 lines deleted...]
-      </x:c>
       <x:c r="FM6" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
       <x:c r="FN6" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="FO6" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="FP6" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="FQ6" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="FR6" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="FS6" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="FT6" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="FU6" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="FV6" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="FW6" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="FX6" s="4" t="n">
         <x:v>12.4</x:v>
       </x:c>
       <x:c r="FY6" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="FZ6" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="GA6" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="GB6" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="GC6" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="GD6" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="GE6" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="GF6" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="GG6" s="4" t="n">
+        <x:v>10.2</x:v>
+      </x:c>
+      <x:c r="GH6" s="4" t="n">
+        <x:v>13.2</x:v>
+      </x:c>
+      <x:c r="GI6" s="4" t="n">
         <x:v>11.7</x:v>
       </x:c>
-      <x:c r="GH6" s="4" t="n">
-[...3 lines deleted...]
-        <x:v>13.4</x:v>
+      <x:c r="GJ6" s="4" t="n">
+        <x:v>6.2</x:v>
       </x:c>
     </x:row>
-    <x:row r="7" spans="1:191">
+    <x:row r="7" spans="1:192">
       <x:c r="A7" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E7" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="G7" s="4" t="n">
         <x:v>12.4</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
         <x:v>7.9</x:v>
       </x:c>
       <x:c r="I7" s="4" t="n">
         <x:v>21.3</x:v>
       </x:c>
       <x:c r="J7" s="4" t="n">
         <x:v>9.5</x:v>
       </x:c>
       <x:c r="K7" s="4" t="n">
         <x:v>13.8</x:v>
       </x:c>
       <x:c r="L7" s="4" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M7" s="4" t="n">
         <x:v>9.2</x:v>
       </x:c>
@@ -3409,179 +3424,182 @@
       <x:c r="EP7" s="4" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="EQ7" s="4" t="n">
         <x:v>-1.8</x:v>
       </x:c>
       <x:c r="ER7" s="4" t="n">
         <x:v>-3.2</x:v>
       </x:c>
       <x:c r="ES7" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="ET7" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="EU7" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="EV7" s="4" t="n">
         <x:v>14.9</x:v>
       </x:c>
       <x:c r="EW7" s="4" t="n">
         <x:v>11.6</x:v>
       </x:c>
       <x:c r="EX7" s="4" t="n">
-        <x:v>24</x:v>
+        <x:v>25.2</x:v>
       </x:c>
       <x:c r="EY7" s="4" t="n">
-        <x:v>37.6</x:v>
+        <x:v>37.5</x:v>
       </x:c>
       <x:c r="EZ7" s="4" t="n">
-        <x:v>28.6</x:v>
+        <x:v>27.9</x:v>
       </x:c>
       <x:c r="FA7" s="4" t="n">
-        <x:v>29.1</x:v>
+        <x:v>28.7</x:v>
       </x:c>
       <x:c r="FB7" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="FC7" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="FD7" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="FE7" s="4" t="n">
-        <x:v>-17.8</x:v>
+        <x:v>-17.6</x:v>
       </x:c>
       <x:c r="FF7" s="4" t="n">
-        <x:v>-6.3</x:v>
+        <x:v>-6</x:v>
       </x:c>
       <x:c r="FG7" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="FH7" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="FI7" s="4" t="n">
-        <x:v>15.4</x:v>
+        <x:v>15.9</x:v>
       </x:c>
       <x:c r="FJ7" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="FK7" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="FL7" s="4" t="n">
         <x:v>-1.9</x:v>
       </x:c>
       <x:c r="FM7" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="FN7" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="FO7" s="4" t="n">
-        <x:v>-3.1</x:v>
+        <x:v>-3.5</x:v>
       </x:c>
       <x:c r="FP7" s="4" t="n">
-        <x:v>-5.3</x:v>
+        <x:v>-5.4</x:v>
       </x:c>
       <x:c r="FQ7" s="4" t="n">
-        <x:v>-13</x:v>
+        <x:v>-12.2</x:v>
       </x:c>
       <x:c r="FR7" s="4" t="n">
-        <x:v>-18.5</x:v>
+        <x:v>-19</x:v>
       </x:c>
       <x:c r="FS7" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="FT7" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>10.9</x:v>
       </x:c>
       <x:c r="FU7" s="4" t="n">
-        <x:v>21.8</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="FV7" s="4" t="n">
-        <x:v>31.3</x:v>
+        <x:v>31.7</x:v>
       </x:c>
       <x:c r="FW7" s="4" t="n">
         <x:v>45.8</x:v>
       </x:c>
       <x:c r="FX7" s="4" t="n">
-        <x:v>25.6</x:v>
+        <x:v>25.2</x:v>
       </x:c>
       <x:c r="FY7" s="4" t="n">
-        <x:v>15.8</x:v>
+        <x:v>15.4</x:v>
       </x:c>
       <x:c r="FZ7" s="4" t="n">
-        <x:v>30.8</x:v>
+        <x:v>29.9</x:v>
       </x:c>
       <x:c r="GA7" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="GB7" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="GC7" s="4" t="n">
-        <x:v>13.7</x:v>
+        <x:v>13.8</x:v>
       </x:c>
       <x:c r="GD7" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="GE7" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="GF7" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="GG7" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="GH7" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="GI7" s="4" t="n">
-        <x:v>-17</x:v>
+        <x:v>-15.7</x:v>
+      </x:c>
+      <x:c r="GJ7" s="4" t="n">
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
-    <x:row r="8" spans="1:191">
+    <x:row r="8" spans="1:192">
       <x:c r="A8" s="2" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="I8" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="J8" s="4" t="n">
         <x:v>12.9</x:v>
       </x:c>
       <x:c r="K8" s="4" t="n">
         <x:v>12.8</x:v>
       </x:c>
       <x:c r="L8" s="4" t="n">
         <x:v>13.4</x:v>
       </x:c>
       <x:c r="M8" s="4" t="n">
         <x:v>14.5</x:v>
       </x:c>
@@ -3816,347 +3834,350 @@
       <x:c r="CL8" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="CM8" s="4" t="n">
         <x:v>10.4</x:v>
       </x:c>
       <x:c r="CN8" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="CO8" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="CP8" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="CQ8" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="CR8" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="CS8" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="CT8" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="CU8" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="CV8" s="4" t="n">
         <x:v>-2.2</x:v>
       </x:c>
       <x:c r="CW8" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="CX8" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="CY8" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="CZ8" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="DA8" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="DB8" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="DC8" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="DD8" s="4" t="n">
-        <x:v>13.3</x:v>
+        <x:v>13.4</x:v>
       </x:c>
       <x:c r="DE8" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="DF8" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="DG8" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="DH8" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="DI8" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="DJ8" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>-3.5</x:v>
       </x:c>
       <x:c r="DK8" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
       <x:c r="DL8" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="DM8" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="DN8" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="DO8" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="DP8" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="DQ8" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="DR8" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="DS8" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="DT8" s="4" t="n">
-        <x:v>25.1</x:v>
+        <x:v>25.5</x:v>
       </x:c>
       <x:c r="DU8" s="4" t="n">
-        <x:v>15.8</x:v>
+        <x:v>16.1</x:v>
       </x:c>
       <x:c r="DV8" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="DW8" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="DX8" s="4" t="n">
-        <x:v>-8.8</x:v>
+        <x:v>-9</x:v>
       </x:c>
       <x:c r="DY8" s="4" t="n">
-        <x:v>-5.2</x:v>
+        <x:v>-5.3</x:v>
       </x:c>
       <x:c r="DZ8" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="EA8" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
       <x:c r="EB8" s="4" t="n">
-        <x:v>-3.9</x:v>
+        <x:v>-4</x:v>
       </x:c>
       <x:c r="EC8" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="ED8" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="EE8" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="EF8" s="4" t="n">
         <x:v>14.7</x:v>
       </x:c>
       <x:c r="EG8" s="4" t="n">
         <x:v>8.5</x:v>
       </x:c>
       <x:c r="EH8" s="4" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="EI8" s="4" t="n">
         <x:v>8.3</x:v>
       </x:c>
       <x:c r="EJ8" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="EK8" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="EL8" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="EM8" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="EN8" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="EO8" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="EP8" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="EQ8" s="4" t="n">
         <x:v>-2.1</x:v>
       </x:c>
       <x:c r="ER8" s="4" t="n">
         <x:v>-1.6</x:v>
       </x:c>
       <x:c r="ES8" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
       <x:c r="ET8" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="EU8" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="EV8" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="EW8" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="EX8" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="EY8" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="EZ8" s="4" t="n">
-        <x:v>-3.1</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="FA8" s="4" t="n">
-        <x:v>-4.3</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
       <x:c r="FB8" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="FC8" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="FD8" s="4" t="n">
-        <x:v>8.4</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="FE8" s="4" t="n">
-        <x:v>12.4</x:v>
+        <x:v>12.5</x:v>
       </x:c>
       <x:c r="FF8" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="FG8" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="FH8" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="FI8" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="FJ8" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="FK8" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="FL8" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="FM8" s="4" t="n">
+        <x:v>5.6</x:v>
+      </x:c>
+      <x:c r="FN8" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
-      <x:c r="FN8" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="FO8" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>10.8</x:v>
       </x:c>
       <x:c r="FP8" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="FQ8" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="FR8" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="FS8" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="FT8" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="FU8" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="FV8" s="4" t="n">
-        <x:v>19.5</x:v>
+        <x:v>12.4</x:v>
       </x:c>
       <x:c r="FW8" s="4" t="n">
-        <x:v>26.6</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="FX8" s="4" t="n">
-        <x:v>18.9</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="FY8" s="4" t="n">
-        <x:v>17</x:v>
+        <x:v>15.4</x:v>
       </x:c>
       <x:c r="FZ8" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>18.4</x:v>
       </x:c>
       <x:c r="GA8" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>14.5</x:v>
       </x:c>
       <x:c r="GB8" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>13.8</x:v>
       </x:c>
       <x:c r="GC8" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="GD8" s="4" t="n">
-        <x:v>-3.3</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="GE8" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="GF8" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="GG8" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="GH8" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="GI8" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="GJ8" s="4" t="n">
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
-    <x:row r="9" spans="1:191">
+    <x:row r="9" spans="1:192">
       <x:c r="A9" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>-19.7</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>27.8</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
         <x:v>31.2</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>74.3</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
         <x:v>91.2</x:v>
       </x:c>
       <x:c r="K9" s="4" t="n">
         <x:v>57.2</x:v>
       </x:c>
       <x:c r="L9" s="4" t="n">
         <x:v>44.3</x:v>
       </x:c>
       <x:c r="M9" s="4" t="n">
         <x:v>35</x:v>
       </x:c>
@@ -4421,317 +4442,320 @@
       <x:c r="CV9" s="4" t="n">
         <x:v>-12</x:v>
       </x:c>
       <x:c r="CW9" s="4" t="n">
         <x:v>-0.8</x:v>
       </x:c>
       <x:c r="CX9" s="4" t="n">
         <x:v>7.6</x:v>
       </x:c>
       <x:c r="CY9" s="4" t="n">
         <x:v>-7.1</x:v>
       </x:c>
       <x:c r="CZ9" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="DA9" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="DB9" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="DC9" s="4" t="n">
         <x:v>21.4</x:v>
       </x:c>
       <x:c r="DD9" s="4" t="n">
-        <x:v>21.6</x:v>
+        <x:v>21.5</x:v>
       </x:c>
       <x:c r="DE9" s="4" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="DF9" s="4" t="n">
         <x:v>27.9</x:v>
       </x:c>
       <x:c r="DG9" s="4" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="DH9" s="4" t="n">
         <x:v>30.7</x:v>
       </x:c>
       <x:c r="DI9" s="4" t="n">
         <x:v>33.9</x:v>
       </x:c>
       <x:c r="DJ9" s="4" t="n">
-        <x:v>39</x:v>
+        <x:v>38.9</x:v>
       </x:c>
       <x:c r="DK9" s="4" t="n">
         <x:v>31.2</x:v>
       </x:c>
       <x:c r="DL9" s="4" t="n">
         <x:v>15.8</x:v>
       </x:c>
       <x:c r="DM9" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="DN9" s="4" t="n">
         <x:v>-9.2</x:v>
       </x:c>
       <x:c r="DO9" s="4" t="n">
         <x:v>-2.1</x:v>
       </x:c>
       <x:c r="DP9" s="4" t="n">
         <x:v>-1.3</x:v>
       </x:c>
       <x:c r="DQ9" s="4" t="n">
         <x:v>16.2</x:v>
       </x:c>
       <x:c r="DR9" s="4" t="n">
         <x:v>32.5</x:v>
       </x:c>
       <x:c r="DS9" s="4" t="n">
         <x:v>39.9</x:v>
       </x:c>
       <x:c r="DT9" s="4" t="n">
         <x:v>38.2</x:v>
       </x:c>
       <x:c r="DU9" s="4" t="n">
         <x:v>8.3</x:v>
       </x:c>
       <x:c r="DV9" s="4" t="n">
         <x:v>-22.7</x:v>
       </x:c>
       <x:c r="DW9" s="4" t="n">
         <x:v>-26.3</x:v>
       </x:c>
       <x:c r="DX9" s="4" t="n">
         <x:v>-24.9</x:v>
       </x:c>
       <x:c r="DY9" s="4" t="n">
         <x:v>-15.7</x:v>
       </x:c>
       <x:c r="DZ9" s="4" t="n">
-        <x:v>13.6</x:v>
+        <x:v>13.5</x:v>
       </x:c>
       <x:c r="EA9" s="4" t="n">
         <x:v>10.1</x:v>
       </x:c>
       <x:c r="EB9" s="4" t="n">
         <x:v>9.7</x:v>
       </x:c>
       <x:c r="EC9" s="4" t="n">
         <x:v>18.9</x:v>
       </x:c>
       <x:c r="ED9" s="4" t="n">
         <x:v>26.9</x:v>
       </x:c>
       <x:c r="EE9" s="4" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="EF9" s="4" t="n">
         <x:v>20.2</x:v>
       </x:c>
       <x:c r="EG9" s="4" t="n">
         <x:v>20.9</x:v>
       </x:c>
       <x:c r="EH9" s="4" t="n">
-        <x:v>15.3</x:v>
+        <x:v>15.2</x:v>
       </x:c>
       <x:c r="EI9" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="EJ9" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="EK9" s="4" t="n">
         <x:v>-1</x:v>
       </x:c>
       <x:c r="EL9" s="4" t="n">
         <x:v>-4.3</x:v>
       </x:c>
       <x:c r="EM9" s="4" t="n">
         <x:v>-2.2</x:v>
       </x:c>
       <x:c r="EN9" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="EO9" s="4" t="n">
         <x:v>7.8</x:v>
       </x:c>
       <x:c r="EP9" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="EQ9" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="ER9" s="4" t="n">
         <x:v>-8.4</x:v>
       </x:c>
       <x:c r="ES9" s="4" t="n">
         <x:v>-16.3</x:v>
       </x:c>
       <x:c r="ET9" s="4" t="n">
-        <x:v>-21.1</x:v>
+        <x:v>-21</x:v>
       </x:c>
       <x:c r="EU9" s="4" t="n">
-        <x:v>-14.6</x:v>
+        <x:v>-14.5</x:v>
       </x:c>
       <x:c r="EV9" s="4" t="n">
         <x:v>-15.7</x:v>
       </x:c>
       <x:c r="EW9" s="4" t="n">
         <x:v>-17.2</x:v>
       </x:c>
       <x:c r="EX9" s="4" t="n">
-        <x:v>-23.9</x:v>
+        <x:v>-24.1</x:v>
       </x:c>
       <x:c r="EY9" s="4" t="n">
-        <x:v>-20.5</x:v>
+        <x:v>-19.9</x:v>
       </x:c>
       <x:c r="EZ9" s="4" t="n">
-        <x:v>-18.6</x:v>
+        <x:v>-18.1</x:v>
       </x:c>
       <x:c r="FA9" s="4" t="n">
-        <x:v>-5.6</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
       <x:c r="FB9" s="4" t="n">
-        <x:v>19.4</x:v>
+        <x:v>19.2</x:v>
       </x:c>
       <x:c r="FC9" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="FD9" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="FE9" s="4" t="n">
-        <x:v>16.5</x:v>
+        <x:v>17.5</x:v>
       </x:c>
       <x:c r="FF9" s="4" t="n">
-        <x:v>13.6</x:v>
+        <x:v>13.3</x:v>
       </x:c>
       <x:c r="FG9" s="4" t="n">
-        <x:v>27.9</x:v>
+        <x:v>28.2</x:v>
       </x:c>
       <x:c r="FH9" s="4" t="n">
-        <x:v>41</x:v>
+        <x:v>40.8</x:v>
       </x:c>
       <x:c r="FI9" s="4" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="FJ9" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="FK9" s="4" t="n">
-        <x:v>-9.6</x:v>
+        <x:v>-9.3</x:v>
       </x:c>
       <x:c r="FL9" s="4" t="n">
-        <x:v>-24.3</x:v>
+        <x:v>-22.9</x:v>
       </x:c>
       <x:c r="FM9" s="4" t="n">
-        <x:v>-16.8</x:v>
+        <x:v>-17.4</x:v>
       </x:c>
       <x:c r="FN9" s="4" t="n">
-        <x:v>-24</x:v>
+        <x:v>-22.4</x:v>
       </x:c>
       <x:c r="FO9" s="4" t="n">
-        <x:v>-39.8</x:v>
+        <x:v>-40.2</x:v>
       </x:c>
       <x:c r="FP9" s="4" t="n">
-        <x:v>-19.8</x:v>
+        <x:v>-21.3</x:v>
       </x:c>
       <x:c r="FQ9" s="4" t="n">
-        <x:v>-12.7</x:v>
+        <x:v>-12.2</x:v>
       </x:c>
       <x:c r="FR9" s="4" t="n">
-        <x:v>24.1</x:v>
+        <x:v>24.2</x:v>
       </x:c>
       <x:c r="FS9" s="4" t="n">
-        <x:v>99.3</x:v>
+        <x:v>98.3</x:v>
       </x:c>
       <x:c r="FT9" s="4" t="n">
-        <x:v>129.6</x:v>
+        <x:v>129.4</x:v>
       </x:c>
       <x:c r="FU9" s="4" t="n">
-        <x:v>190</x:v>
+        <x:v>189.7</x:v>
       </x:c>
       <x:c r="FV9" s="4" t="n">
-        <x:v>165.3</x:v>
+        <x:v>164.9</x:v>
       </x:c>
       <x:c r="FW9" s="4" t="n">
-        <x:v>134.7</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="FX9" s="4" t="n">
-        <x:v>143.5</x:v>
+        <x:v>142.5</x:v>
       </x:c>
       <x:c r="FY9" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="FZ9" s="4" t="n">
-        <x:v>-20</x:v>
+        <x:v>-19.9</x:v>
       </x:c>
       <x:c r="GA9" s="4" t="n">
-        <x:v>-31.9</x:v>
+        <x:v>-32</x:v>
       </x:c>
       <x:c r="GB9" s="4" t="n">
-        <x:v>-51.9</x:v>
+        <x:v>-52.1</x:v>
       </x:c>
       <x:c r="GC9" s="4" t="n">
-        <x:v>-26.6</x:v>
+        <x:v>-26.5</x:v>
       </x:c>
       <x:c r="GD9" s="4" t="n">
-        <x:v>-22</x:v>
+        <x:v>-20.6</x:v>
       </x:c>
       <x:c r="GE9" s="4" t="n">
-        <x:v>-4</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="GF9" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="GG9" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="GH9" s="4" t="n">
-        <x:v>23.7</x:v>
+        <x:v>22.6</x:v>
       </x:c>
       <x:c r="GI9" s="4" t="n">
-        <x:v>-4.4</x:v>
+        <x:v>-6</x:v>
+      </x:c>
+      <x:c r="GJ9" s="4" t="n">
+        <x:v>-10.6</x:v>
       </x:c>
     </x:row>
-    <x:row r="10" spans="1:191">
+    <x:row r="10" spans="1:192">
       <x:c r="A10" s="2" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E10" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>-21.6</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>25.6</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>86.8</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
         <x:v>100.4</x:v>
       </x:c>
       <x:c r="K10" s="4" t="n">
         <x:v>64.7</x:v>
       </x:c>
       <x:c r="L10" s="4" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M10" s="4" t="n">
         <x:v>32.3</x:v>
       </x:c>
@@ -5158,155 +5182,158 @@
       <x:c r="EX10" s="4" t="n">
         <x:v>-27.8</x:v>
       </x:c>
       <x:c r="EY10" s="4" t="n">
         <x:v>-24.9</x:v>
       </x:c>
       <x:c r="EZ10" s="4" t="n">
         <x:v>-21.4</x:v>
       </x:c>
       <x:c r="FA10" s="4" t="n">
         <x:v>-2.4</x:v>
       </x:c>
       <x:c r="FB10" s="4" t="n">
         <x:v>28.6</x:v>
       </x:c>
       <x:c r="FC10" s="4" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="FD10" s="4" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="FE10" s="4" t="n">
         <x:v>19.8</x:v>
       </x:c>
       <x:c r="FF10" s="4" t="n">
-        <x:v>15.7</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="FG10" s="4" t="n">
-        <x:v>34.7</x:v>
+        <x:v>34.9</x:v>
       </x:c>
       <x:c r="FH10" s="4" t="n">
-        <x:v>49.9</x:v>
+        <x:v>49.8</x:v>
       </x:c>
       <x:c r="FI10" s="4" t="n">
-        <x:v>21.2</x:v>
+        <x:v>20.7</x:v>
       </x:c>
       <x:c r="FJ10" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="FK10" s="4" t="n">
-        <x:v>-11.4</x:v>
+        <x:v>-11.5</x:v>
       </x:c>
       <x:c r="FL10" s="4" t="n">
         <x:v>-28.4</x:v>
       </x:c>
       <x:c r="FM10" s="4" t="n">
-        <x:v>-20.1</x:v>
+        <x:v>-19.9</x:v>
       </x:c>
       <x:c r="FN10" s="4" t="n">
         <x:v>-29.1</x:v>
       </x:c>
       <x:c r="FO10" s="4" t="n">
         <x:v>-51.1</x:v>
       </x:c>
       <x:c r="FP10" s="4" t="n">
         <x:v>-26.8</x:v>
       </x:c>
       <x:c r="FQ10" s="4" t="n">
         <x:v>-17.4</x:v>
       </x:c>
       <x:c r="FR10" s="4" t="n">
         <x:v>32.5</x:v>
       </x:c>
       <x:c r="FS10" s="4" t="n">
-        <x:v>147.8</x:v>
+        <x:v>147.9</x:v>
       </x:c>
       <x:c r="FT10" s="4" t="n">
-        <x:v>177.2</x:v>
+        <x:v>177.3</x:v>
       </x:c>
       <x:c r="FU10" s="4" t="n">
         <x:v>247.1</x:v>
       </x:c>
       <x:c r="FV10" s="4" t="n">
-        <x:v>200.5</x:v>
+        <x:v>199.6</x:v>
       </x:c>
       <x:c r="FW10" s="4" t="n">
-        <x:v>162.9</x:v>
+        <x:v>161.8</x:v>
       </x:c>
       <x:c r="FX10" s="4" t="n">
-        <x:v>164.2</x:v>
+        <x:v>163.3</x:v>
       </x:c>
       <x:c r="FY10" s="4" t="n">
         <x:v>9.9</x:v>
       </x:c>
       <x:c r="FZ10" s="4" t="n">
-        <x:v>-22.6</x:v>
+        <x:v>-22.2</x:v>
       </x:c>
       <x:c r="GA10" s="4" t="n">
-        <x:v>-36.3</x:v>
+        <x:v>-35.7</x:v>
       </x:c>
       <x:c r="GB10" s="4" t="n">
-        <x:v>-56.1</x:v>
+        <x:v>-55.6</x:v>
       </x:c>
       <x:c r="GC10" s="4" t="n">
-        <x:v>-30.4</x:v>
+        <x:v>-29.8</x:v>
       </x:c>
       <x:c r="GD10" s="4" t="n">
-        <x:v>-25.9</x:v>
+        <x:v>-24.1</x:v>
       </x:c>
       <x:c r="GE10" s="4" t="n">
-        <x:v>-5.7</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
       <x:c r="GF10" s="4" t="n">
-        <x:v>-4.4</x:v>
+        <x:v>-4</x:v>
       </x:c>
       <x:c r="GG10" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="GH10" s="4" t="n">
-        <x:v>26.5</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="GI10" s="4" t="n">
-        <x:v>-6.3</x:v>
+        <x:v>-7.2</x:v>
+      </x:c>
+      <x:c r="GJ10" s="4" t="n">
+        <x:v>-11.7</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:191">
+    <x:row r="11" spans="1:192">
       <x:c r="A11" s="2" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E11" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>8.4</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
         <x:v>9.8</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
         <x:v>7.6</x:v>
       </x:c>
       <x:c r="K11" s="4" t="n">
         <x:v>17.6</x:v>
       </x:c>
       <x:c r="L11" s="4" t="n">
         <x:v>27.2</x:v>
       </x:c>
       <x:c r="M11" s="4" t="n">
         <x:v>46.7</x:v>
       </x:c>
@@ -5664,224 +5691,227 @@
       <x:c r="EA11" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="EB11" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="EC11" s="4" t="n">
         <x:v>9.4</x:v>
       </x:c>
       <x:c r="ED11" s="4" t="n">
         <x:v>10.7</x:v>
       </x:c>
       <x:c r="EE11" s="4" t="n">
         <x:v>-3.2</x:v>
       </x:c>
       <x:c r="EF11" s="4" t="n">
         <x:v>-1.6</x:v>
       </x:c>
       <x:c r="EG11" s="4" t="n">
         <x:v>18.5</x:v>
       </x:c>
       <x:c r="EH11" s="4" t="n">
         <x:v>9.9</x:v>
       </x:c>
       <x:c r="EI11" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="EJ11" s="4" t="n">
         <x:v>-3.9</x:v>
       </x:c>
       <x:c r="EK11" s="4" t="n">
         <x:v>-10.2</x:v>
       </x:c>
       <x:c r="EL11" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="EM11" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="EN11" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="EO11" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="EP11" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="EQ11" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="ER11" s="4" t="n">
         <x:v>6.9</x:v>
       </x:c>
       <x:c r="ES11" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="ET11" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="EU11" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="EV11" s="4" t="n">
         <x:v>-1.2</x:v>
       </x:c>
       <x:c r="EW11" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
       <x:c r="EX11" s="4" t="n">
         <x:v>-5.8</x:v>
       </x:c>
       <x:c r="EY11" s="4" t="n">
-        <x:v>-4.3</x:v>
+        <x:v>-4.4</x:v>
       </x:c>
       <x:c r="EZ11" s="4" t="n">
         <x:v>-9.3</x:v>
       </x:c>
       <x:c r="FA11" s="4" t="n">
         <x:v>-16.3</x:v>
       </x:c>
       <x:c r="FB11" s="4" t="n">
-        <x:v>-15.2</x:v>
+        <x:v>-15.1</x:v>
       </x:c>
       <x:c r="FC11" s="4" t="n">
-        <x:v>-16.3</x:v>
+        <x:v>-16.2</x:v>
       </x:c>
       <x:c r="FD11" s="4" t="n">
         <x:v>-11.2</x:v>
       </x:c>
       <x:c r="FE11" s="4" t="n">
-        <x:v>-4.7</x:v>
+        <x:v>-4.8</x:v>
       </x:c>
       <x:c r="FF11" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="FG11" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>-3.5</x:v>
       </x:c>
       <x:c r="FH11" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="FI11" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="FJ11" s="4" t="n">
-        <x:v>-6.1</x:v>
+        <x:v>-5.8</x:v>
       </x:c>
       <x:c r="FK11" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="FL11" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="FM11" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="FN11" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="FO11" s="4" t="n">
-        <x:v>14.4</x:v>
+        <x:v>14.2</x:v>
       </x:c>
       <x:c r="FP11" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="FQ11" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="FR11" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="FS11" s="4" t="n">
-        <x:v>-6.9</x:v>
+        <x:v>-7.2</x:v>
       </x:c>
       <x:c r="FT11" s="4" t="n">
         <x:v>-1.1</x:v>
       </x:c>
       <x:c r="FU11" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>-1.9</x:v>
       </x:c>
       <x:c r="FV11" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="FW11" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="FX11" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="FY11" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="FZ11" s="4" t="n">
-        <x:v>12.6</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="GA11" s="4" t="n">
-        <x:v>15.3</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="GB11" s="4" t="n">
-        <x:v>16.6</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="GC11" s="4" t="n">
-        <x:v>16</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="GD11" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="GE11" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="GF11" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="GG11" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="GH11" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="GI11" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-1.9</x:v>
+      </x:c>
+      <x:c r="GJ11" s="4" t="n">
+        <x:v>-3.9</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:191">
+    <x:row r="12" spans="1:192">
       <x:c r="A12" s="2" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
         <x:v>7.9</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
         <x:v>10.5</x:v>
       </x:c>
       <x:c r="I12" s="4" t="n">
         <x:v>9.6</x:v>
       </x:c>
       <x:c r="J12" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
       <x:c r="K12" s="4" t="n">
         <x:v>10.9</x:v>
       </x:c>
       <x:c r="L12" s="4" t="n">
         <x:v>11.2</x:v>
       </x:c>
       <x:c r="M12" s="4" t="n">
         <x:v>9.7</x:v>
       </x:c>
@@ -6185,278 +6215,281 @@
       <x:c r="DI12" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="DJ12" s="4" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="DK12" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="DL12" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="DM12" s="4" t="n">
         <x:v>7.2</x:v>
       </x:c>
       <x:c r="DN12" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="DO12" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="DP12" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="DQ12" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="DR12" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="DS12" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="DT12" s="4" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="DU12" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="DV12" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
       <x:c r="DW12" s="4" t="n">
-        <x:v>-3.7</x:v>
+        <x:v>-3.8</x:v>
       </x:c>
       <x:c r="DX12" s="4" t="n">
-        <x:v>-5.4</x:v>
+        <x:v>-5.5</x:v>
       </x:c>
       <x:c r="DY12" s="4" t="n">
         <x:v>-6.1</x:v>
       </x:c>
       <x:c r="DZ12" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="EA12" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="EB12" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="EC12" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="ED12" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="EE12" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="EF12" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="EG12" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="EH12" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="EI12" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="EJ12" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="EK12" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="EL12" s="4" t="n">
         <x:v>-0.3</x:v>
       </x:c>
       <x:c r="EM12" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="EN12" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="EO12" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="EP12" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="EQ12" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="ER12" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="ES12" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="ET12" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="EU12" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="EV12" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="EW12" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="EX12" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="EY12" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="EZ12" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="FA12" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="FB12" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="FC12" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="FD12" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="FE12" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="FF12" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
-      <x:c r="FF12" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="FG12" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="FH12" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="FI12" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="FJ12" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="FK12" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="FL12" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="FM12" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="FN12" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="FO12" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="FP12" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="FQ12" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="FR12" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="FS12" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="FT12" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>11.8</x:v>
       </x:c>
       <x:c r="FU12" s="4" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="FV12" s="4" t="n">
-        <x:v>18.4</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="FW12" s="4" t="n">
-        <x:v>22.8</x:v>
+        <x:v>21.2</x:v>
       </x:c>
       <x:c r="FX12" s="4" t="n">
-        <x:v>19.4</x:v>
+        <x:v>18.3</x:v>
       </x:c>
       <x:c r="FY12" s="4" t="n">
-        <x:v>16.5</x:v>
+        <x:v>15.2</x:v>
       </x:c>
       <x:c r="FZ12" s="4" t="n">
-        <x:v>12</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="GA12" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="GB12" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="GC12" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="GD12" s="4" t="n">
+        <x:v>1.4</x:v>
+      </x:c>
+      <x:c r="GE12" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="GF12" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="GG12" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="GH12" s="4" t="n">
+        <x:v>5.2</x:v>
+      </x:c>
+      <x:c r="GI12" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="GE12" s="4" t="n">
-[...12 lines deleted...]
-        <x:v>1.9</x:v>
+      <x:c r="GJ12" s="4" t="n">
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:191">
+    <x:row r="13" spans="1:192">
       <x:c r="A13" s="2" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E13" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="G13" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I13" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="J13" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="K13" s="4" t="n">
         <x:v>7.9</x:v>
       </x:c>
       <x:c r="L13" s="4" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="M13" s="4" t="n">
         <x:v>13.7</x:v>
       </x:c>
@@ -6718,320 +6751,323 @@
       <x:c r="CU13" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="CV13" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="CW13" s="4" t="n">
         <x:v>-0.6</x:v>
       </x:c>
       <x:c r="CX13" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
       <x:c r="CY13" s="4" t="n">
         <x:v>-1.1</x:v>
       </x:c>
       <x:c r="CZ13" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="DA13" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="DB13" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="DC13" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="DD13" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="DE13" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="DF13" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="DG13" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="DH13" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="DI13" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="DJ13" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="DK13" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="DL13" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="DM13" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="DN13" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="DO13" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="DP13" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="DQ13" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="DR13" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="DS13" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="DT13" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="DU13" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
       <x:c r="DV13" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="DW13" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="DX13" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="DY13" s="4" t="n">
         <x:v>-5.2</x:v>
       </x:c>
       <x:c r="DZ13" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="EA13" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="EB13" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="EC13" s="4" t="n">
         <x:v>8.3</x:v>
       </x:c>
       <x:c r="ED13" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="EE13" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="EF13" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="EG13" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="EH13" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="EI13" s="4" t="n">
         <x:v>0.7</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.6</x:v>
       </x:c>
       <x:c r="EJ13" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="EK13" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="EL13" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="EM13" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="EN13" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="EO13" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="EP13" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="EQ13" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="ER13" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="ES13" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="ET13" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="EU13" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="EV13" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="EW13" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="EX13" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="EY13" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="EZ13" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="FA13" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="FB13" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="FC13" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="FD13" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="FE13" s="4" t="n">
         <x:v>-1.2</x:v>
       </x:c>
       <x:c r="FF13" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="FG13" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="FH13" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="FI13" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="FJ13" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="FK13" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="FL13" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="FM13" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="FN13" s="4" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="FO13" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
-      <x:c r="FO13" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="FP13" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="FQ13" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="FR13" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="FS13" s="4" t="n">
         <x:v>-1</x:v>
       </x:c>
       <x:c r="FT13" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="FU13" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="FV13" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="FW13" s="4" t="n">
-        <x:v>13.8</x:v>
+        <x:v>13.3</x:v>
       </x:c>
       <x:c r="FX13" s="4" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="FY13" s="4" t="n">
         <x:v>17.7</x:v>
       </x:c>
-      <x:c r="FY13" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="FZ13" s="4" t="n">
-        <x:v>18.7</x:v>
+        <x:v>18.2</x:v>
       </x:c>
       <x:c r="GA13" s="4" t="n">
-        <x:v>15.5</x:v>
+        <x:v>15.2</x:v>
       </x:c>
       <x:c r="GB13" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="GC13" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="GD13" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="GE13" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="GF13" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="GG13" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="GH13" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="GI13" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
+      <x:c r="GJ13" s="4" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
     </x:row>
-    <x:row r="14" spans="1:191">
+    <x:row r="14" spans="1:192">
       <x:c r="A14" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E14" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="G14" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="H14" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="I14" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="J14" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="K14" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="L14" s="4" t="n">
         <x:v>10.7</x:v>
       </x:c>
       <x:c r="M14" s="4" t="n">
         <x:v>13.8</x:v>
       </x:c>
@@ -7332,78 +7368,78 @@
       <x:c r="DH14" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="DI14" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="DJ14" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="DK14" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="DL14" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="DM14" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="DN14" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="DO14" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="DP14" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="DQ14" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="DR14" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="DS14" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="DT14" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="DU14" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="DV14" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="DW14" s="4" t="n">
         <x:v>-0.6</x:v>
       </x:c>
       <x:c r="DX14" s="4" t="n">
-        <x:v>-3.5</x:v>
+        <x:v>-3.6</x:v>
       </x:c>
       <x:c r="DY14" s="4" t="n">
-        <x:v>-4.4</x:v>
+        <x:v>-4.5</x:v>
       </x:c>
       <x:c r="DZ14" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="EA14" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="EB14" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="EC14" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="ED14" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="EE14" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="EF14" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="EG14" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
@@ -7419,194 +7455,197 @@
       <x:c r="EK14" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="EL14" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="EM14" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="EN14" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="EO14" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="EP14" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="EQ14" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="ER14" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="ES14" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="ET14" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="EU14" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="EV14" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="EW14" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="EX14" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="EY14" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="EZ14" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="FA14" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="FB14" s="4" t="n">
         <x:v>-0.5</x:v>
       </x:c>
       <x:c r="FC14" s="4" t="n">
         <x:v>-1.2</x:v>
       </x:c>
       <x:c r="FD14" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="FE14" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="FF14" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="FG14" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="FH14" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="FI14" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="FJ14" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="FK14" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="FL14" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="FM14" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="FN14" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="FO14" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="FP14" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="FQ14" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="FR14" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="FS14" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="FT14" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="FU14" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="FV14" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="FW14" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="FX14" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>14.2</x:v>
       </x:c>
       <x:c r="FY14" s="4" t="n">
+        <x:v>16.1</x:v>
+      </x:c>
+      <x:c r="FZ14" s="4" t="n">
         <x:v>16.3</x:v>
       </x:c>
-      <x:c r="FZ14" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="GA14" s="4" t="n">
-        <x:v>15</x:v>
+        <x:v>14.6</x:v>
       </x:c>
       <x:c r="GB14" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="GC14" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="GD14" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="GE14" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="GF14" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="GG14" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="GH14" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="GI14" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
+      </x:c>
+      <x:c r="GJ14" s="4" t="n">
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:191">
+    <x:row r="15" spans="1:192">
       <x:c r="A15" s="2" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E15" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G15" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="I15" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="J15" s="4" t="n">
         <x:v>10.7</x:v>
       </x:c>
       <x:c r="K15" s="4" t="n">
         <x:v>12.6</x:v>
       </x:c>
       <x:c r="L15" s="4" t="n">
         <x:v>11.8</x:v>
       </x:c>
       <x:c r="M15" s="4" t="n">
         <x:v>13</x:v>
       </x:c>
@@ -8033,155 +8072,158 @@
       <x:c r="EX15" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="EY15" s="4" t="n">
         <x:v>10.8</x:v>
       </x:c>
       <x:c r="EZ15" s="4" t="n">
         <x:v>11.8</x:v>
       </x:c>
       <x:c r="FA15" s="4" t="n">
         <x:v>11.4</x:v>
       </x:c>
       <x:c r="FB15" s="4" t="n">
         <x:v>9.2</x:v>
       </x:c>
       <x:c r="FC15" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="FD15" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="FE15" s="4" t="n">
         <x:v>-2.4</x:v>
       </x:c>
       <x:c r="FF15" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="FG15" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="FH15" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="FI15" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="FJ15" s="4" t="n">
         <x:v>6.1</x:v>
       </x:c>
       <x:c r="FK15" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="FL15" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="FM15" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="FN15" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="FO15" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="FP15" s="4" t="n">
         <x:v>-2.4</x:v>
       </x:c>
       <x:c r="FQ15" s="4" t="n">
-        <x:v>-5.5</x:v>
+        <x:v>-5.4</x:v>
       </x:c>
       <x:c r="FR15" s="4" t="n">
-        <x:v>-6.9</x:v>
+        <x:v>-6.8</x:v>
       </x:c>
       <x:c r="FS15" s="4" t="n">
-        <x:v>-8</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
       <x:c r="FT15" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="FU15" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="FV15" s="4" t="n">
-        <x:v>13</x:v>
+        <x:v>12.3</x:v>
       </x:c>
       <x:c r="FW15" s="4" t="n">
-        <x:v>23.5</x:v>
+        <x:v>22.2</x:v>
       </x:c>
       <x:c r="FX15" s="4" t="n">
-        <x:v>24.5</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="FY15" s="4" t="n">
-        <x:v>22.4</x:v>
+        <x:v>21.1</x:v>
       </x:c>
       <x:c r="FZ15" s="4" t="n">
-        <x:v>22.7</x:v>
+        <x:v>21.8</x:v>
       </x:c>
       <x:c r="GA15" s="4" t="n">
-        <x:v>16.4</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="GB15" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="GC15" s="4" t="n">
         <x:v>8.1</x:v>
       </x:c>
       <x:c r="GD15" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="GE15" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="GF15" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="GG15" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="GH15" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="GI15" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="GJ15" s="4" t="n">
+        <x:v>6.5</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:191">
+    <x:row r="16" spans="1:192">
       <x:c r="A16" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="G16" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="I16" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="J16" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="K16" s="4" t="n">
         <x:v>8.1</x:v>
       </x:c>
       <x:c r="L16" s="4" t="n">
         <x:v>9.4</x:v>
       </x:c>
       <x:c r="M16" s="4" t="n">
         <x:v>9.3</x:v>
       </x:c>
@@ -8449,117 +8491,117 @@
       <x:c r="CW16" s="4" t="n">
         <x:v>-1</x:v>
       </x:c>
       <x:c r="CX16" s="4" t="n">
         <x:v>-1.6</x:v>
       </x:c>
       <x:c r="CY16" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="CZ16" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="DA16" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="DB16" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="DC16" s="4" t="n">
         <x:v>-1.5</x:v>
       </x:c>
       <x:c r="DD16" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="DE16" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="DF16" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="DG16" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="DH16" s="4" t="n">
         <x:v>-0.7</x:v>
       </x:c>
       <x:c r="DI16" s="4" t="n">
         <x:v>-1.6</x:v>
       </x:c>
       <x:c r="DJ16" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="DK16" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="DL16" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="DM16" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="DN16" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="DO16" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="DP16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="DQ16" s="4" t="n">
         <x:v>-0.3</x:v>
       </x:c>
       <x:c r="DR16" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="DS16" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="DT16" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="DU16" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="DV16" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="DW16" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="DX16" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="DY16" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="DZ16" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="EA16" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="EB16" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="EC16" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="ED16" s="4" t="n">
         <x:v>-0.6</x:v>
       </x:c>
       <x:c r="EE16" s="4" t="n">
         <x:v>-4.4</x:v>
       </x:c>
       <x:c r="EF16" s="4" t="n">
         <x:v>-3.2</x:v>
       </x:c>
       <x:c r="EG16" s="4" t="n">
         <x:v>-2.9</x:v>
       </x:c>
       <x:c r="EH16" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="EI16" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
@@ -8584,179 +8626,182 @@
       <x:c r="EP16" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="EQ16" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="ER16" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="ES16" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="ET16" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="EU16" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="EV16" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="EW16" s="4" t="n">
         <x:v>9.3</x:v>
       </x:c>
       <x:c r="EX16" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="EY16" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="EZ16" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="FA16" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="FB16" s="4" t="n">
+        <x:v>1.4</x:v>
+      </x:c>
+      <x:c r="FC16" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
-      <x:c r="FB16" s="4" t="n">
-[...2 lines deleted...]
-      <x:c r="FC16" s="4" t="n">
+      <x:c r="FD16" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="FE16" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="FF16" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
-      <x:c r="FD16" s="4" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="FG16" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="FH16" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="FI16" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="FJ16" s="4" t="n">
+        <x:v>11.7</x:v>
+      </x:c>
+      <x:c r="FK16" s="4" t="n">
         <x:v>10.4</x:v>
       </x:c>
-      <x:c r="FK16" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="FL16" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="FM16" s="4" t="n">
-        <x:v>-3.5</x:v>
+        <x:v>-5.3</x:v>
       </x:c>
       <x:c r="FN16" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="FO16" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="FP16" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="FQ16" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="FR16" s="4" t="n">
-        <x:v>-3.1</x:v>
+        <x:v>-3.8</x:v>
       </x:c>
       <x:c r="FS16" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="FT16" s="4" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="FU16" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="FV16" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="FW16" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="FX16" s="4" t="n">
-        <x:v>14.7</x:v>
+        <x:v>14.9</x:v>
       </x:c>
       <x:c r="FY16" s="4" t="n">
-        <x:v>15.2</x:v>
+        <x:v>14.8</x:v>
       </x:c>
       <x:c r="FZ16" s="4" t="n">
-        <x:v>17.9</x:v>
+        <x:v>16.5</x:v>
       </x:c>
       <x:c r="GA16" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="GB16" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="GC16" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="GD16" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="GE16" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="GF16" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="GG16" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="GH16" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="GI16" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-1.1</x:v>
+      </x:c>
+      <x:c r="GJ16" s="4" t="n">
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:191">
+    <x:row r="17" spans="1:192">
       <x:c r="A17" s="2" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E17" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="K17" s="4" t="n">
         <x:v>12.2</x:v>
       </x:c>
       <x:c r="L17" s="4" t="n">
         <x:v>16.1</x:v>
       </x:c>
       <x:c r="M17" s="4" t="n">
         <x:v>16.4</x:v>
       </x:c>
@@ -9216,122 +9261,125 @@
       <x:c r="FI17" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="FJ17" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="FK17" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="FL17" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="FM17" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="FN17" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="FO17" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="FP17" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="FQ17" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="FR17" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
       <x:c r="FS17" s="4" t="n">
         <x:v>15.6</x:v>
       </x:c>
       <x:c r="FT17" s="4" t="n">
-        <x:v>26.7</x:v>
+        <x:v>26.6</x:v>
       </x:c>
       <x:c r="FU17" s="4" t="n">
-        <x:v>31.2</x:v>
+        <x:v>31.1</x:v>
       </x:c>
       <x:c r="FV17" s="4" t="n">
         <x:v>26.5</x:v>
       </x:c>
       <x:c r="FW17" s="4" t="n">
-        <x:v>20.8</x:v>
+        <x:v>20.7</x:v>
       </x:c>
       <x:c r="FX17" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="FY17" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="FZ17" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="GA17" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="GB17" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-3.5</x:v>
       </x:c>
       <x:c r="GC17" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="GD17" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="GE17" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="GF17" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="GG17" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="GH17" s="4" t="n">
+        <x:v>6.9</x:v>
+      </x:c>
+      <x:c r="GI17" s="4" t="n">
+        <x:v>7.7</x:v>
+      </x:c>
+      <x:c r="GJ17" s="4" t="n">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="GI17" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
     </x:row>
-    <x:row r="18" spans="1:191">
+    <x:row r="18" spans="1:192">
       <x:c r="A18" s="2" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
         <x:v>13.2</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
         <x:v>9.8</x:v>
       </x:c>
       <x:c r="K18" s="4" t="n">
         <x:v>11.8</x:v>
       </x:c>
       <x:c r="L18" s="4" t="n">
         <x:v>12.2</x:v>
       </x:c>
       <x:c r="M18" s="4" t="n">
         <x:v>12.1</x:v>
       </x:c>
@@ -9578,51 +9626,51 @@
       <x:c r="CP18" s="4" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="CQ18" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="CR18" s="4" t="n">
         <x:v>-1.4</x:v>
       </x:c>
       <x:c r="CS18" s="4" t="n">
         <x:v>-3.8</x:v>
       </x:c>
       <x:c r="CT18" s="4" t="n">
         <x:v>-10.3</x:v>
       </x:c>
       <x:c r="CU18" s="4" t="n">
         <x:v>-10.7</x:v>
       </x:c>
       <x:c r="CV18" s="4" t="n">
         <x:v>-11.4</x:v>
       </x:c>
       <x:c r="CW18" s="4" t="n">
         <x:v>-8.5</x:v>
       </x:c>
       <x:c r="CX18" s="4" t="n">
-        <x:v>-10.2</x:v>
+        <x:v>-10.3</x:v>
       </x:c>
       <x:c r="CY18" s="4" t="n">
         <x:v>-5.5</x:v>
       </x:c>
       <x:c r="CZ18" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
       <x:c r="DA18" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="DB18" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="DC18" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="DD18" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="DE18" s="4" t="n">
         <x:v>-0.7</x:v>
       </x:c>
       <x:c r="DF18" s="4" t="n">
         <x:v>-0.6</x:v>
       </x:c>
@@ -9665,51 +9713,51 @@
       <x:c r="DS18" s="4" t="n">
         <x:v>-0.8</x:v>
       </x:c>
       <x:c r="DT18" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="DU18" s="4" t="n">
         <x:v>11.4</x:v>
       </x:c>
       <x:c r="DV18" s="4" t="n">
         <x:v>-3.4</x:v>
       </x:c>
       <x:c r="DW18" s="4" t="n">
         <x:v>-5.3</x:v>
       </x:c>
       <x:c r="DX18" s="4" t="n">
         <x:v>-8.2</x:v>
       </x:c>
       <x:c r="DY18" s="4" t="n">
         <x:v>-17.9</x:v>
       </x:c>
       <x:c r="DZ18" s="4" t="n">
         <x:v>-5.8</x:v>
       </x:c>
       <x:c r="EA18" s="4" t="n">
-        <x:v>-3.8</x:v>
+        <x:v>-3.7</x:v>
       </x:c>
       <x:c r="EB18" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="EC18" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="ED18" s="4" t="n">
         <x:v>6.1</x:v>
       </x:c>
       <x:c r="EE18" s="4" t="n">
         <x:v>9.1</x:v>
       </x:c>
       <x:c r="EF18" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="EG18" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="EH18" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="EI18" s="4" t="n">
         <x:v>-1.2</x:v>
       </x:c>
@@ -9800,113 +9848,116 @@
       <x:c r="FL18" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="FM18" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="FN18" s="4" t="n">
         <x:v>-3.3</x:v>
       </x:c>
       <x:c r="FO18" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="FP18" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="FQ18" s="4" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="FR18" s="4" t="n">
         <x:v>-0.4</x:v>
       </x:c>
       <x:c r="FS18" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="FT18" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="FU18" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="FV18" s="4" t="n">
-        <x:v>26.3</x:v>
+        <x:v>26.2</x:v>
       </x:c>
       <x:c r="FW18" s="4" t="n">
-        <x:v>26.1</x:v>
+        <x:v>25.9</x:v>
       </x:c>
       <x:c r="FX18" s="4" t="n">
-        <x:v>31.5</x:v>
+        <x:v>31.1</x:v>
       </x:c>
       <x:c r="FY18" s="4" t="n">
-        <x:v>39.1</x:v>
+        <x:v>38.7</x:v>
       </x:c>
       <x:c r="FZ18" s="4" t="n">
-        <x:v>32.1</x:v>
+        <x:v>31.9</x:v>
       </x:c>
       <x:c r="GA18" s="4" t="n">
         <x:v>22.2</x:v>
       </x:c>
       <x:c r="GB18" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="GC18" s="4" t="n">
-        <x:v>-5.7</x:v>
+        <x:v>-5.6</x:v>
       </x:c>
       <x:c r="GD18" s="4" t="n">
-        <x:v>-11.4</x:v>
+        <x:v>-13.5</x:v>
       </x:c>
       <x:c r="GE18" s="4" t="n">
-        <x:v>-8.9</x:v>
+        <x:v>-10.9</x:v>
       </x:c>
       <x:c r="GF18" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-3.6</x:v>
       </x:c>
       <x:c r="GG18" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="GH18" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="GI18" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="GJ18" s="4" t="n">
+        <x:v>-0.7</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:191">
+    <x:row r="19" spans="1:192">
       <x:c r="A19" s="2" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E19" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-1.9</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
       <x:c r="K19" s="4" t="n">
         <x:v>7.8</x:v>
       </x:c>
       <x:c r="L19" s="4" t="n">
         <x:v>10.4</x:v>
       </x:c>
       <x:c r="M19" s="4" t="n">
         <x:v>14.1</x:v>
       </x:c>
@@ -10138,69 +10189,69 @@
       <x:c r="CK19" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="CL19" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="CM19" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="CN19" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="CO19" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="CP19" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="CQ19" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="CR19" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="CS19" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="CT19" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="CU19" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="CV19" s="4" t="n">
         <x:v>-0.3</x:v>
       </x:c>
       <x:c r="CW19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="CX19" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="CY19" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="CZ19" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="DA19" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="DB19" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="DC19" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="DD19" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="DE19" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="DF19" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="DG19" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
@@ -10261,227 +10312,230 @@
       <x:c r="DZ19" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="EA19" s="4" t="n">
         <x:v>-0.8</x:v>
       </x:c>
       <x:c r="EB19" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="EC19" s="4" t="n">
         <x:v>-0.8</x:v>
       </x:c>
       <x:c r="ED19" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="EE19" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="EF19" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="EG19" s="4" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="EH19" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="EI19" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="EJ19" s="4" t="n">
         <x:v>-0.6</x:v>
       </x:c>
       <x:c r="EK19" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="EL19" s="4" t="n">
         <x:v>-1.3</x:v>
       </x:c>
       <x:c r="EM19" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="EN19" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="EO19" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="EP19" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="EQ19" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="ER19" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="ES19" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="ET19" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="EU19" s="4" t="n">
         <x:v>-3.3</x:v>
       </x:c>
       <x:c r="EV19" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="EW19" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="EX19" s="4" t="n">
         <x:v>-4.4</x:v>
       </x:c>
       <x:c r="EY19" s="4" t="n">
         <x:v>-2.9</x:v>
       </x:c>
       <x:c r="EZ19" s="4" t="n">
         <x:v>-6.9</x:v>
       </x:c>
       <x:c r="FA19" s="4" t="n">
-        <x:v>-7.2</x:v>
+        <x:v>-7.1</x:v>
       </x:c>
       <x:c r="FB19" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>-2.2</x:v>
       </x:c>
       <x:c r="FC19" s="4" t="n">
         <x:v>-2.8</x:v>
       </x:c>
       <x:c r="FD19" s="4" t="n">
         <x:v>-2.8</x:v>
       </x:c>
       <x:c r="FE19" s="4" t="n">
         <x:v>-1.8</x:v>
       </x:c>
       <x:c r="FF19" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="FG19" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="FH19" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="FI19" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="FJ19" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="FK19" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="FL19" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="FM19" s="4" t="n">
-        <x:v>-3.9</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="FN19" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="FO19" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="FP19" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="FQ19" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="FR19" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="FS19" s="4" t="n">
         <x:v>-3.9</x:v>
       </x:c>
       <x:c r="FT19" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="FU19" s="4" t="n">
-        <x:v>10.2</x:v>
+        <x:v>10.3</x:v>
       </x:c>
       <x:c r="FV19" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="FW19" s="4" t="n">
-        <x:v>16.5</x:v>
+        <x:v>15.7</x:v>
       </x:c>
       <x:c r="FX19" s="4" t="n">
-        <x:v>15</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="FY19" s="4" t="n">
-        <x:v>14.8</x:v>
+        <x:v>14.6</x:v>
       </x:c>
       <x:c r="FZ19" s="4" t="n">
-        <x:v>13.5</x:v>
+        <x:v>13.7</x:v>
       </x:c>
       <x:c r="GA19" s="4" t="n">
-        <x:v>29.6</x:v>
+        <x:v>29.8</x:v>
       </x:c>
       <x:c r="GB19" s="4" t="n">
-        <x:v>28.3</x:v>
+        <x:v>28.4</x:v>
       </x:c>
       <x:c r="GC19" s="4" t="n">
-        <x:v>24.6</x:v>
+        <x:v>24.5</x:v>
       </x:c>
       <x:c r="GD19" s="4" t="n">
-        <x:v>18.3</x:v>
+        <x:v>17.9</x:v>
       </x:c>
       <x:c r="GE19" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="GF19" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="GG19" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="GH19" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="GI19" s="4" t="n">
         <x:v>-3.9</x:v>
       </x:c>
+      <x:c r="GJ19" s="4" t="n">
+        <x:v>-6.3</x:v>
+      </x:c>
     </x:row>
-    <x:row r="20" spans="1:191">
+    <x:row r="20" spans="1:192">
       <x:c r="A20" s="2" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D20" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E20" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
         <x:v>12.5</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H20" s="4" t="n">
         <x:v>41.6</x:v>
       </x:c>
       <x:c r="I20" s="4" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J20" s="4" t="n">
         <x:v>17.1</x:v>
       </x:c>
       <x:c r="K20" s="4" t="n">
         <x:v>13.9</x:v>
       </x:c>
       <x:c r="L20" s="4" t="n">
         <x:v>10.9</x:v>
       </x:c>
       <x:c r="M20" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
@@ -10713,350 +10767,353 @@
       <x:c r="CK20" s="4" t="n">
         <x:v>15.8</x:v>
       </x:c>
       <x:c r="CL20" s="4" t="n">
         <x:v>29.4</x:v>
       </x:c>
       <x:c r="CM20" s="4" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="CN20" s="4" t="n">
         <x:v>31.2</x:v>
       </x:c>
       <x:c r="CO20" s="4" t="n">
         <x:v>27.8</x:v>
       </x:c>
       <x:c r="CP20" s="4" t="n">
         <x:v>7.9</x:v>
       </x:c>
       <x:c r="CQ20" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="CR20" s="4" t="n">
         <x:v>-5.1</x:v>
       </x:c>
       <x:c r="CS20" s="4" t="n">
-        <x:v>-15.7</x:v>
+        <x:v>-15.8</x:v>
       </x:c>
       <x:c r="CT20" s="4" t="n">
         <x:v>-12.1</x:v>
       </x:c>
       <x:c r="CU20" s="4" t="n">
         <x:v>-9.5</x:v>
       </x:c>
       <x:c r="CV20" s="4" t="n">
         <x:v>-7.3</x:v>
       </x:c>
       <x:c r="CW20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="CX20" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="CY20" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="CZ20" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="DA20" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="DB20" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="DC20" s="4" t="n">
         <x:v>10.6</x:v>
       </x:c>
       <x:c r="DD20" s="4" t="n">
-        <x:v>15.1</x:v>
+        <x:v>15.2</x:v>
       </x:c>
       <x:c r="DE20" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="DF20" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="DG20" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="DH20" s="4" t="n">
-        <x:v>14.8</x:v>
+        <x:v>14.9</x:v>
       </x:c>
       <x:c r="DI20" s="4" t="n">
         <x:v>14.5</x:v>
       </x:c>
       <x:c r="DJ20" s="4" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="DK20" s="4" t="n">
-        <x:v>14.2</x:v>
+        <x:v>14.4</x:v>
       </x:c>
       <x:c r="DL20" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="DM20" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="DN20" s="4" t="n">
         <x:v>-1.6</x:v>
       </x:c>
       <x:c r="DO20" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="DP20" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="DQ20" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="DR20" s="4" t="n">
-        <x:v>14.8</x:v>
+        <x:v>14.9</x:v>
       </x:c>
       <x:c r="DS20" s="4" t="n">
-        <x:v>14</x:v>
+        <x:v>14.1</x:v>
       </x:c>
       <x:c r="DT20" s="4" t="n">
-        <x:v>22</x:v>
+        <x:v>22.1</x:v>
       </x:c>
       <x:c r="DU20" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="DV20" s="4" t="n">
-        <x:v>-14.5</x:v>
+        <x:v>-14.6</x:v>
       </x:c>
       <x:c r="DW20" s="4" t="n">
-        <x:v>-17.6</x:v>
+        <x:v>-17.7</x:v>
       </x:c>
       <x:c r="DX20" s="4" t="n">
-        <x:v>-21.5</x:v>
+        <x:v>-21.6</x:v>
       </x:c>
       <x:c r="DY20" s="4" t="n">
         <x:v>-8.8</x:v>
       </x:c>
       <x:c r="DZ20" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="EA20" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="EB20" s="4" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="EC20" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="ED20" s="4" t="n">
         <x:v>19.3</x:v>
       </x:c>
       <x:c r="EE20" s="4" t="n">
-        <x:v>19.4</x:v>
+        <x:v>19.5</x:v>
       </x:c>
       <x:c r="EF20" s="4" t="n">
-        <x:v>15.5</x:v>
+        <x:v>15.8</x:v>
       </x:c>
       <x:c r="EG20" s="4" t="n">
-        <x:v>13.3</x:v>
+        <x:v>13.6</x:v>
       </x:c>
       <x:c r="EH20" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="EI20" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="EJ20" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="EK20" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="EL20" s="4" t="n">
         <x:v>-3.9</x:v>
       </x:c>
       <x:c r="EM20" s="4" t="n">
-        <x:v>-5.5</x:v>
+        <x:v>-5.6</x:v>
       </x:c>
       <x:c r="EN20" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="EO20" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="EP20" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="EQ20" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="ER20" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="ES20" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-6.5</x:v>
       </x:c>
       <x:c r="ET20" s="4" t="n">
-        <x:v>-14</x:v>
+        <x:v>-14.1</x:v>
       </x:c>
       <x:c r="EU20" s="4" t="n">
         <x:v>-7.5</x:v>
       </x:c>
       <x:c r="EV20" s="4" t="n">
-        <x:v>-9.3</x:v>
+        <x:v>-9.5</x:v>
       </x:c>
       <x:c r="EW20" s="4" t="n">
-        <x:v>-9.8</x:v>
+        <x:v>-10</x:v>
       </x:c>
       <x:c r="EX20" s="4" t="n">
-        <x:v>-9.3</x:v>
+        <x:v>-10.5</x:v>
       </x:c>
       <x:c r="EY20" s="4" t="n">
-        <x:v>-7.6</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
       <x:c r="EZ20" s="4" t="n">
-        <x:v>-3.7</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="FA20" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="FB20" s="4" t="n">
-        <x:v>17.8</x:v>
+        <x:v>20.4</x:v>
       </x:c>
       <x:c r="FC20" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
       <x:c r="FD20" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="FE20" s="4" t="n">
-        <x:v>11.8</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="FF20" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="FG20" s="4" t="n">
-        <x:v>16</x:v>
+        <x:v>16.7</x:v>
       </x:c>
       <x:c r="FH20" s="4" t="n">
-        <x:v>22.7</x:v>
+        <x:v>23.2</x:v>
       </x:c>
       <x:c r="FI20" s="4" t="n">
-        <x:v>12.4</x:v>
+        <x:v>12.7</x:v>
       </x:c>
       <x:c r="FJ20" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="FK20" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="FL20" s="4" t="n">
-        <x:v>-5.6</x:v>
+        <x:v>-5.2</x:v>
       </x:c>
       <x:c r="FM20" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="FN20" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="FO20" s="4" t="n">
-        <x:v>-17</x:v>
+        <x:v>-17.6</x:v>
       </x:c>
       <x:c r="FP20" s="4" t="n">
-        <x:v>-11.6</x:v>
+        <x:v>-12.4</x:v>
       </x:c>
       <x:c r="FQ20" s="4" t="n">
-        <x:v>-12.5</x:v>
+        <x:v>-13.5</x:v>
       </x:c>
       <x:c r="FR20" s="4" t="n">
-        <x:v>-6.1</x:v>
+        <x:v>-8.6</x:v>
       </x:c>
       <x:c r="FS20" s="4" t="n">
-        <x:v>26.5</x:v>
+        <x:v>28.4</x:v>
       </x:c>
       <x:c r="FT20" s="4" t="n">
-        <x:v>35.4</x:v>
+        <x:v>36.6</x:v>
       </x:c>
       <x:c r="FU20" s="4" t="n">
-        <x:v>42.4</x:v>
+        <x:v>41.7</x:v>
       </x:c>
       <x:c r="FV20" s="4" t="n">
-        <x:v>52.6</x:v>
+        <x:v>48.1</x:v>
       </x:c>
       <x:c r="FW20" s="4" t="n">
-        <x:v>60</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="FX20" s="4" t="n">
-        <x:v>44.5</x:v>
+        <x:v>39.2</x:v>
       </x:c>
       <x:c r="FY20" s="4" t="n">
-        <x:v>28.3</x:v>
+        <x:v>24.3</x:v>
       </x:c>
       <x:c r="FZ20" s="4" t="n">
-        <x:v>10.3</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="GA20" s="4" t="n">
-        <x:v>-7.6</x:v>
+        <x:v>-8</x:v>
       </x:c>
       <x:c r="GB20" s="4" t="n">
         <x:v>-7.7</x:v>
       </x:c>
       <x:c r="GC20" s="4" t="n">
+        <x:v>-3.4</x:v>
+      </x:c>
+      <x:c r="GD20" s="4" t="n">
         <x:v>-3.8</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>-4.1</x:v>
       </x:c>
       <x:c r="GE20" s="4" t="n">
         <x:v>-0.6</x:v>
       </x:c>
       <x:c r="GF20" s="4" t="n">
-        <x:v>-4</x:v>
+        <x:v>-3.5</x:v>
       </x:c>
       <x:c r="GG20" s="4" t="n">
-        <x:v>-6.5</x:v>
+        <x:v>-7</x:v>
       </x:c>
       <x:c r="GH20" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="GI20" s="4" t="n">
-        <x:v>-7.5</x:v>
+        <x:v>-7.4</x:v>
+      </x:c>
+      <x:c r="GJ20" s="4" t="n">
+        <x:v>-5.4</x:v>
       </x:c>
     </x:row>
-    <x:row r="21" spans="1:191">
+    <x:row r="21" spans="1:192">
       <x:c r="A21" s="2" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E21" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
         <x:v>11.6</x:v>
       </x:c>
       <x:c r="H21" s="4" t="n">
         <x:v>16.6</x:v>
       </x:c>
       <x:c r="I21" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="J21" s="4" t="n">
         <x:v>14.2</x:v>
       </x:c>
       <x:c r="K21" s="4" t="n">
         <x:v>10.1</x:v>
       </x:c>
       <x:c r="L21" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="M21" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
@@ -11504,134 +11561,137 @@
       <x:c r="FE21" s="4" t="n">
         <x:v>7.2</x:v>
       </x:c>
       <x:c r="FF21" s="4" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="FG21" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="FH21" s="4" t="n">
         <x:v>7.9</x:v>
       </x:c>
       <x:c r="FI21" s="4" t="n">
         <x:v>6.9</x:v>
       </x:c>
       <x:c r="FJ21" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="FK21" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="FL21" s="4" t="n">
         <x:v>-0.3</x:v>
       </x:c>
       <x:c r="FM21" s="4" t="n">
-        <x:v>-2.2</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
       <x:c r="FN21" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="FO21" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="FP21" s="4" t="n">
         <x:v>-2.1</x:v>
       </x:c>
       <x:c r="FQ21" s="4" t="n">
-        <x:v>-2.8</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="FR21" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="FS21" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="FT21" s="4" t="n">
         <x:v>16.6</x:v>
       </x:c>
       <x:c r="FU21" s="4" t="n">
-        <x:v>29.4</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="FV21" s="4" t="n">
-        <x:v>46</x:v>
+        <x:v>42.5</x:v>
       </x:c>
       <x:c r="FW21" s="4" t="n">
-        <x:v>63.4</x:v>
+        <x:v>57.6</x:v>
       </x:c>
       <x:c r="FX21" s="4" t="n">
-        <x:v>52.1</x:v>
+        <x:v>45.7</x:v>
       </x:c>
       <x:c r="FY21" s="4" t="n">
-        <x:v>41.4</x:v>
+        <x:v>34.7</x:v>
       </x:c>
       <x:c r="FZ21" s="4" t="n">
-        <x:v>20.4</x:v>
+        <x:v>14.6</x:v>
       </x:c>
       <x:c r="GA21" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
       <x:c r="GB21" s="4" t="n">
-        <x:v>-6.7</x:v>
+        <x:v>-10.7</x:v>
       </x:c>
       <x:c r="GC21" s="4" t="n">
-        <x:v>-7.3</x:v>
+        <x:v>-10.5</x:v>
       </x:c>
       <x:c r="GD21" s="4" t="n">
         <x:v>-11.3</x:v>
       </x:c>
       <x:c r="GE21" s="4" t="n">
-        <x:v>-8.9</x:v>
+        <x:v>-7.4</x:v>
       </x:c>
       <x:c r="GF21" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="GG21" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="GH21" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="GI21" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="GJ21" s="4" t="n">
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:191">
+    <x:row r="22" spans="1:192">
       <x:c r="A22" s="2" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D22" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E22" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="G22" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="H22" s="4" t="n">
         <x:v>8.1</x:v>
       </x:c>
       <x:c r="I22" s="4" t="n">
         <x:v>8.4</x:v>
       </x:c>
       <x:c r="J22" s="4" t="n">
         <x:v>13.9</x:v>
       </x:c>
       <x:c r="K22" s="4" t="n">
         <x:v>14.7</x:v>
       </x:c>
       <x:c r="L22" s="4" t="n">
         <x:v>14.9</x:v>
       </x:c>
       <x:c r="M22" s="4" t="n">
         <x:v>13.9</x:v>
       </x:c>
@@ -11857,356 +11917,359 @@
       <x:c r="CI22" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="CJ22" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="CK22" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="CL22" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="CM22" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="CN22" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="CO22" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="CP22" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="CQ22" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="CR22" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="CS22" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="CT22" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="CU22" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="CV22" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="CW22" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="CX22" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="CY22" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="CZ22" s="4" t="n">
         <x:v>-0.4</x:v>
       </x:c>
       <x:c r="DA22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="DB22" s="4" t="n">
         <x:v>-1.5</x:v>
       </x:c>
       <x:c r="DC22" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="DD22" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="DE22" s="4" t="n">
         <x:v>-0.8</x:v>
       </x:c>
       <x:c r="DF22" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="DG22" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="DH22" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="DI22" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="DJ22" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="DK22" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="DL22" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="DM22" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="DN22" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="DO22" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="DP22" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="DQ22" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="DR22" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="DS22" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="DT22" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="DU22" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="DV22" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="DW22" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="DX22" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="DY22" s="4" t="n">
         <x:v>-4.1</x:v>
       </x:c>
       <x:c r="DZ22" s="4" t="n">
         <x:v>-1.5</x:v>
       </x:c>
       <x:c r="EA22" s="4" t="n">
         <x:v>-0.6</x:v>
       </x:c>
       <x:c r="EB22" s="4" t="n">
         <x:v>-1.1</x:v>
       </x:c>
       <x:c r="EC22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="ED22" s="4" t="n">
         <x:v>-1.2</x:v>
       </x:c>
       <x:c r="EE22" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="EF22" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="EG22" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="EH22" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="EI22" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="EJ22" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="EK22" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="EL22" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="EM22" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="EN22" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="EO22" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="EP22" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="EQ22" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="ER22" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="ES22" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="ET22" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="EU22" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="EV22" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="EW22" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="EX22" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="EY22" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="EZ22" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="FA22" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="FB22" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="FC22" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="FD22" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="FE22" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="FF22" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="FG22" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="FH22" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="FI22" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="FJ22" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="FK22" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="FL22" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="FM22" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="FN22" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="FO22" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
-      <x:c r="FN22" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="FP22" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="FQ22" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="FR22" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="FS22" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>13.1</x:v>
       </x:c>
       <x:c r="FT22" s="4" t="n">
         <x:v>14.7</x:v>
       </x:c>
       <x:c r="FU22" s="4" t="n">
-        <x:v>15.4</x:v>
+        <x:v>13.8</x:v>
       </x:c>
       <x:c r="FV22" s="4" t="n">
-        <x:v>15.1</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="FW22" s="4" t="n">
-        <x:v>20.3</x:v>
+        <x:v>14.5</x:v>
       </x:c>
       <x:c r="FX22" s="4" t="n">
-        <x:v>15.6</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="FY22" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="FZ22" s="4" t="n">
-        <x:v>15</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="GA22" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="GB22" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="GC22" s="4" t="n">
-        <x:v>11.2</x:v>
+        <x:v>11.5</x:v>
       </x:c>
       <x:c r="GD22" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="GE22" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="GF22" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="GG22" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="GH22" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="GI22" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="GJ22" s="4" t="n">
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="23" spans="1:191">
+    <x:row r="23" spans="1:192">
       <x:c r="A23" s="2" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E23" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
         <x:v>29.1</x:v>
       </x:c>
       <x:c r="G23" s="4" t="n">
         <x:v>12.8</x:v>
       </x:c>
       <x:c r="H23" s="4" t="n">
         <x:v>18.1</x:v>
       </x:c>
       <x:c r="I23" s="4" t="n">
         <x:v>17.6</x:v>
       </x:c>
       <x:c r="J23" s="4" t="n">
         <x:v>24.9</x:v>
       </x:c>
       <x:c r="K23" s="4" t="n">
         <x:v>17.6</x:v>
       </x:c>
       <x:c r="L23" s="4" t="n">
         <x:v>12.6</x:v>
       </x:c>
       <x:c r="M23" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
@@ -12435,353 +12498,356 @@
       <x:c r="CJ23" s="4" t="n">
         <x:v>-0.4</x:v>
       </x:c>
       <x:c r="CK23" s="4" t="n">
         <x:v>10.1</x:v>
       </x:c>
       <x:c r="CL23" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="CM23" s="4" t="n">
         <x:v>24.3</x:v>
       </x:c>
       <x:c r="CN23" s="4" t="n">
         <x:v>15.8</x:v>
       </x:c>
       <x:c r="CO23" s="4" t="n">
         <x:v>13.2</x:v>
       </x:c>
       <x:c r="CP23" s="4" t="n">
         <x:v>14.8</x:v>
       </x:c>
       <x:c r="CQ23" s="4" t="n">
         <x:v>-3.1</x:v>
       </x:c>
       <x:c r="CR23" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>-6.1</x:v>
       </x:c>
       <x:c r="CS23" s="4" t="n">
         <x:v>-15.8</x:v>
       </x:c>
       <x:c r="CT23" s="4" t="n">
         <x:v>-12.5</x:v>
       </x:c>
       <x:c r="CU23" s="4" t="n">
         <x:v>-13</x:v>
       </x:c>
       <x:c r="CV23" s="4" t="n">
         <x:v>-14.1</x:v>
       </x:c>
       <x:c r="CW23" s="4" t="n">
         <x:v>-3.9</x:v>
       </x:c>
       <x:c r="CX23" s="4" t="n">
         <x:v>-10</x:v>
       </x:c>
       <x:c r="CY23" s="4" t="n">
         <x:v>-5.6</x:v>
       </x:c>
       <x:c r="CZ23" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="DA23" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="DB23" s="4" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="DC23" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>10.9</x:v>
       </x:c>
       <x:c r="DD23" s="4" t="n">
         <x:v>13.4</x:v>
       </x:c>
       <x:c r="DE23" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="DF23" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="DG23" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="DH23" s="4" t="n">
         <x:v>-4.6</x:v>
       </x:c>
       <x:c r="DI23" s="4" t="n">
-        <x:v>-3.3</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
       <x:c r="DJ23" s="4" t="n">
         <x:v>11.5</x:v>
       </x:c>
       <x:c r="DK23" s="4" t="n">
         <x:v>19.5</x:v>
       </x:c>
       <x:c r="DL23" s="4" t="n">
-        <x:v>35.2</x:v>
+        <x:v>35.1</x:v>
       </x:c>
       <x:c r="DM23" s="4" t="n">
-        <x:v>43.4</x:v>
+        <x:v>43.3</x:v>
       </x:c>
       <x:c r="DN23" s="4" t="n">
-        <x:v>25.2</x:v>
+        <x:v>25.3</x:v>
       </x:c>
       <x:c r="DO23" s="4" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.8</x:v>
       </x:c>
       <x:c r="DP23" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
       <x:c r="DQ23" s="4" t="n">
         <x:v>-12.1</x:v>
       </x:c>
       <x:c r="DR23" s="4" t="n">
         <x:v>-7.8</x:v>
       </x:c>
       <x:c r="DS23" s="4" t="n">
         <x:v>-8.4</x:v>
       </x:c>
       <x:c r="DT23" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="DU23" s="4" t="n">
         <x:v>-3.6</x:v>
       </x:c>
       <x:c r="DV23" s="4" t="n">
         <x:v>-17.2</x:v>
       </x:c>
       <x:c r="DW23" s="4" t="n">
         <x:v>-25.1</x:v>
       </x:c>
       <x:c r="DX23" s="4" t="n">
         <x:v>-19</x:v>
       </x:c>
       <x:c r="DY23" s="4" t="n">
         <x:v>-12.7</x:v>
       </x:c>
       <x:c r="DZ23" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="EA23" s="4" t="n">
         <x:v>17.7</x:v>
       </x:c>
       <x:c r="EB23" s="4" t="n">
         <x:v>11.8</x:v>
       </x:c>
       <x:c r="EC23" s="4" t="n">
         <x:v>17.4</x:v>
       </x:c>
       <x:c r="ED23" s="4" t="n">
-        <x:v>23.3</x:v>
+        <x:v>23.2</x:v>
       </x:c>
       <x:c r="EE23" s="4" t="n">
-        <x:v>12</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="EF23" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="EG23" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="EH23" s="4" t="n">
         <x:v>-6.2</x:v>
       </x:c>
       <x:c r="EI23" s="4" t="n">
         <x:v>-6.9</x:v>
       </x:c>
       <x:c r="EJ23" s="4" t="n">
         <x:v>-7.9</x:v>
       </x:c>
       <x:c r="EK23" s="4" t="n">
         <x:v>-5.2</x:v>
       </x:c>
       <x:c r="EL23" s="4" t="n">
-        <x:v>-4.9</x:v>
+        <x:v>-4.8</x:v>
       </x:c>
       <x:c r="EM23" s="4" t="n">
         <x:v>-5</x:v>
       </x:c>
       <x:c r="EN23" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="EO23" s="4" t="n">
         <x:v>-1.6</x:v>
       </x:c>
       <x:c r="EP23" s="4" t="n">
         <x:v>-3.6</x:v>
       </x:c>
       <x:c r="EQ23" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="ER23" s="4" t="n">
         <x:v>7.6</x:v>
       </x:c>
       <x:c r="ES23" s="4" t="n">
         <x:v>13.5</x:v>
       </x:c>
       <x:c r="ET23" s="4" t="n">
-        <x:v>24.4</x:v>
+        <x:v>24.5</x:v>
       </x:c>
       <x:c r="EU23" s="4" t="n">
         <x:v>16.6</x:v>
       </x:c>
       <x:c r="EV23" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="EW23" s="4" t="n">
         <x:v>-2.9</x:v>
       </x:c>
       <x:c r="EX23" s="4" t="n">
-        <x:v>-13.5</x:v>
+        <x:v>-13.2</x:v>
       </x:c>
       <x:c r="EY23" s="4" t="n">
-        <x:v>-9.8</x:v>
+        <x:v>-9.6</x:v>
       </x:c>
       <x:c r="EZ23" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="FA23" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="FB23" s="4" t="n">
-        <x:v>14.7</x:v>
+        <x:v>15.2</x:v>
       </x:c>
       <x:c r="FC23" s="4" t="n">
         <x:v>19.2</x:v>
       </x:c>
       <x:c r="FD23" s="4" t="n">
-        <x:v>14.5</x:v>
+        <x:v>14.2</x:v>
       </x:c>
       <x:c r="FE23" s="4" t="n">
-        <x:v>19.4</x:v>
+        <x:v>18.8</x:v>
       </x:c>
       <x:c r="FF23" s="4" t="n">
-        <x:v>15.6</x:v>
+        <x:v>14.1</x:v>
       </x:c>
       <x:c r="FG23" s="4" t="n">
-        <x:v>12.6</x:v>
+        <x:v>11.7</x:v>
       </x:c>
       <x:c r="FH23" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="FI23" s="4" t="n">
-        <x:v>-4.4</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
       <x:c r="FJ23" s="4" t="n">
-        <x:v>-8.6</x:v>
+        <x:v>-8.1</x:v>
       </x:c>
       <x:c r="FK23" s="4" t="n">
-        <x:v>-9.8</x:v>
+        <x:v>-9.3</x:v>
       </x:c>
       <x:c r="FL23" s="4" t="n">
         <x:v>-2.6</x:v>
       </x:c>
       <x:c r="FM23" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="FN23" s="4" t="n">
-        <x:v>-8.6</x:v>
+        <x:v>-8.7</x:v>
       </x:c>
       <x:c r="FO23" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="FP23" s="4" t="n">
         <x:v>-7</x:v>
       </x:c>
       <x:c r="FQ23" s="4" t="n">
-        <x:v>-5.6</x:v>
+        <x:v>-5.4</x:v>
       </x:c>
       <x:c r="FR23" s="4" t="n">
         <x:v>7.9</x:v>
       </x:c>
       <x:c r="FS23" s="4" t="n">
         <x:v>10.8</x:v>
       </x:c>
       <x:c r="FT23" s="4" t="n">
         <x:v>27.6</x:v>
       </x:c>
       <x:c r="FU23" s="4" t="n">
-        <x:v>29.1</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="FV23" s="4" t="n">
-        <x:v>52</x:v>
+        <x:v>51.3</x:v>
       </x:c>
       <x:c r="FW23" s="4" t="n">
-        <x:v>60</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="FX23" s="4" t="n">
-        <x:v>35.4</x:v>
+        <x:v>34.6</x:v>
       </x:c>
       <x:c r="FY23" s="4" t="n">
-        <x:v>15.6</x:v>
+        <x:v>15.4</x:v>
       </x:c>
       <x:c r="FZ23" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="GA23" s="4" t="n">
-        <x:v>-12.3</x:v>
+        <x:v>-11.7</x:v>
       </x:c>
       <x:c r="GB23" s="4" t="n">
-        <x:v>-14.9</x:v>
+        <x:v>-14.2</x:v>
       </x:c>
       <x:c r="GC23" s="4" t="n">
-        <x:v>-10.7</x:v>
+        <x:v>-10.1</x:v>
       </x:c>
       <x:c r="GD23" s="4" t="n">
-        <x:v>-8.7</x:v>
+        <x:v>-8.5</x:v>
       </x:c>
       <x:c r="GE23" s="4" t="n">
-        <x:v>-4.7</x:v>
+        <x:v>-4.6</x:v>
       </x:c>
       <x:c r="GF23" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="GG23" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="GH23" s="4" t="n">
-        <x:v>13.2</x:v>
+        <x:v>14.2</x:v>
       </x:c>
       <x:c r="GI23" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
+      <x:c r="GJ23" s="4" t="n">
+        <x:v>-1.5</x:v>
+      </x:c>
     </x:row>
-    <x:row r="24" spans="1:191">
+    <x:row r="24" spans="1:192">
       <x:c r="A24" s="2" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="G24" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="H24" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="I24" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="J24" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="K24" s="4" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="L24" s="4" t="n">
         <x:v>10.2</x:v>
       </x:c>
       <x:c r="M24" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
@@ -13127,236 +13193,239 @@
       <x:c r="DW24" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="DX24" s="4" t="n">
         <x:v>-0.3</x:v>
       </x:c>
       <x:c r="DY24" s="4" t="n">
         <x:v>-6.8</x:v>
       </x:c>
       <x:c r="DZ24" s="4" t="n">
         <x:v>-2.8</x:v>
       </x:c>
       <x:c r="EA24" s="4" t="n">
         <x:v>-1.4</x:v>
       </x:c>
       <x:c r="EB24" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="EC24" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="ED24" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="EE24" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="EF24" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="EG24" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="EH24" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="EI24" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="EJ24" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="EK24" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="EL24" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="EM24" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="EN24" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="EO24" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="EP24" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="EQ24" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="ER24" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="ES24" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="ET24" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="EU24" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="EV24" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="EW24" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="EX24" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="EY24" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="EZ24" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="FA24" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="FB24" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="FC24" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="FD24" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="FE24" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="FF24" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="FG24" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="FH24" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="FI24" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="FJ24" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="FK24" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="FL24" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="FM24" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="FN24" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="FO24" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="FP24" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="FQ24" s="4" t="n">
+        <x:v>1.2</x:v>
+      </x:c>
+      <x:c r="FR24" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="FS24" s="4" t="n">
         <x:v>2.4</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2.7</x:v>
       </x:c>
       <x:c r="FT24" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="FU24" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="FV24" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="FW24" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="FX24" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="FY24" s="4" t="n">
-        <x:v>13.8</x:v>
+        <x:v>13.3</x:v>
       </x:c>
       <x:c r="FZ24" s="4" t="n">
-        <x:v>11.8</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="GA24" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="GB24" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="GC24" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="GD24" s="4" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="GE24" s="4" t="n">
+        <x:v>4.5</x:v>
+      </x:c>
+      <x:c r="GF24" s="4" t="n">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="GG24" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
-      <x:c r="GE24" s="4" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="GH24" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="GI24" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>4.9</x:v>
+      </x:c>
+      <x:c r="GJ24" s="4" t="n">
+        <x:v>4.7</x:v>
       </x:c>
     </x:row>
-    <x:row r="25" spans="1:191">
+    <x:row r="25" spans="1:192">
       <x:c r="A25" s="2" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H25" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="I25" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="J25" s="4" t="n">
         <x:v>-1.3</x:v>
       </x:c>
       <x:c r="K25" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="L25" s="4" t="n">
         <x:v>6.9</x:v>
       </x:c>
       <x:c r="M25" s="4" t="n">
         <x:v>7.1</x:v>
       </x:c>
@@ -13684,51 +13753,51 @@
       <x:c r="DQ25" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="DR25" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="DS25" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="DT25" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="DU25" s="4" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="DV25" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="DW25" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="DX25" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="DY25" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="DZ25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="EA25" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="EB25" s="4" t="n">
         <x:v>-1.8</x:v>
       </x:c>
       <x:c r="EC25" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="ED25" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="EE25" s="4" t="n">
         <x:v>-0.7</x:v>
       </x:c>
       <x:c r="EF25" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="EG25" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
@@ -13741,197 +13810,200 @@
       <x:c r="EJ25" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="EK25" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="EL25" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="EM25" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="EN25" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="EO25" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="EP25" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="EQ25" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="ER25" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="ES25" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="ET25" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="EU25" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="EV25" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="EW25" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="EX25" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="EY25" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="EZ25" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="FA25" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="FB25" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="FC25" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="FD25" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="FE25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="FF25" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="FG25" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="FH25" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="FI25" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="FJ25" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="FK25" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="FL25" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="FM25" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="FN25" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="FO25" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="FP25" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="FQ25" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="FR25" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="FS25" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="FT25" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="FU25" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
       <x:c r="FV25" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="FW25" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="FX25" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="FY25" s="4" t="n">
-        <x:v>18.9</x:v>
+        <x:v>17.8</x:v>
       </x:c>
       <x:c r="FZ25" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="GA25" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="GB25" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="GC25" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="GD25" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="GE25" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="GF25" s="4" t="n">
         <x:v>7.2</x:v>
       </x:c>
       <x:c r="GG25" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="GH25" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="GI25" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>6.1</x:v>
+      </x:c>
+      <x:c r="GJ25" s="4" t="n">
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
-    <x:row r="26" spans="1:191">
+    <x:row r="26" spans="1:192">
       <x:c r="A26" s="2" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D26" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E26" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="G26" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="H26" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="I26" s="4" t="n">
         <x:v>6.9</x:v>
       </x:c>
       <x:c r="J26" s="4" t="n">
         <x:v>12.9</x:v>
       </x:c>
       <x:c r="K26" s="4" t="n">
         <x:v>12.3</x:v>
       </x:c>
       <x:c r="L26" s="4" t="n">
         <x:v>11.3</x:v>
       </x:c>
       <x:c r="M26" s="4" t="n">
         <x:v>9.5</x:v>
       </x:c>
@@ -14214,299 +14286,302 @@
       <x:c r="DB26" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
       <x:c r="DC26" s="4" t="n">
         <x:v>-2.1</x:v>
       </x:c>
       <x:c r="DD26" s="4" t="n">
         <x:v>14.6</x:v>
       </x:c>
       <x:c r="DE26" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
       <x:c r="DF26" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="DG26" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="DH26" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="DI26" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="DJ26" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="DK26" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="DL26" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="DM26" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="DN26" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="DO26" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="DP26" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="DQ26" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="DR26" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="DS26" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="DT26" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="DU26" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="DV26" s="4" t="n">
         <x:v>8.7</x:v>
       </x:c>
       <x:c r="DW26" s="4" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="DX26" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="DY26" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="DZ26" s="4" t="n">
         <x:v>-2</x:v>
       </x:c>
       <x:c r="EA26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="EB26" s="4" t="n">
         <x:v>-0.6</x:v>
       </x:c>
       <x:c r="EC26" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="ED26" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="EE26" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="EF26" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="EG26" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="EH26" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="EI26" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="EJ26" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="EK26" s="4" t="n">
         <x:v>-0.8</x:v>
       </x:c>
       <x:c r="EL26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="EM26" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="EN26" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="EO26" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="EP26" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="EQ26" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="ER26" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="ES26" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="ET26" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="EU26" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="EV26" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="EW26" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="EX26" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="EY26" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="EZ26" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="FA26" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="FB26" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="FC26" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="FD26" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="FE26" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="FF26" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="FG26" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="FH26" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="FI26" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="FJ26" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="FK26" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="FL26" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="FM26" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="FN26" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
       <x:c r="FO26" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="FP26" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="FQ26" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="FR26" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="FS26" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="FT26" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="FU26" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="FV26" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="FW26" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="FX26" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="FY26" s="4" t="n">
-        <x:v>8.4</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="FZ26" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="GA26" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="GB26" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="GC26" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="GD26" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="GE26" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="GF26" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="GG26" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="GH26" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="GI26" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="GJ26" s="4" t="n">
+        <x:v>5.9</x:v>
       </x:c>
     </x:row>
-    <x:row r="27" spans="1:191">
+    <x:row r="27" spans="1:192">
       <x:c r="A27" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
         <x:v>7.2</x:v>
       </x:c>
       <x:c r="G27" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="H27" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="I27" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="J27" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="K27" s="4" t="n">
         <x:v>9.1</x:v>
       </x:c>
       <x:c r="L27" s="4" t="n">
         <x:v>10.6</x:v>
       </x:c>
       <x:c r="M27" s="4" t="n">
         <x:v>10</x:v>
       </x:c>
@@ -14906,182 +14981,185 @@
       <x:c r="EO27" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="EP27" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="EQ27" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="ER27" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="ES27" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="ET27" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="EU27" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="EV27" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="EW27" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="EX27" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="EY27" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="EZ27" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="FA27" s="4" t="n">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="FB27" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="FC27" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="FD27" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="FE27" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="FF27" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="FG27" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="FH27" s="4" t="n">
+        <x:v>4.6</x:v>
+      </x:c>
+      <x:c r="FI27" s="4" t="n">
+        <x:v>7.2</x:v>
+      </x:c>
+      <x:c r="FJ27" s="4" t="n">
+        <x:v>8.2</x:v>
+      </x:c>
+      <x:c r="FK27" s="4" t="n">
+        <x:v>7.4</x:v>
+      </x:c>
+      <x:c r="FL27" s="4" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="FM27" s="4" t="n">
+        <x:v>-3</x:v>
+      </x:c>
+      <x:c r="FN27" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
-      <x:c r="FB27" s="4" t="n">
-[...32 lines deleted...]
-      <x:c r="FM27" s="4" t="n">
+      <x:c r="FO27" s="4" t="n">
+        <x:v>-1.2</x:v>
+      </x:c>
+      <x:c r="FP27" s="4" t="n">
         <x:v>-0.5</x:v>
       </x:c>
-      <x:c r="FN27" s="4" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="FQ27" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="FR27" s="4" t="n">
-        <x:v>-6.2</x:v>
+        <x:v>-5.6</x:v>
       </x:c>
       <x:c r="FS27" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="FT27" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="FU27" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="FV27" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="FW27" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="FX27" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="FY27" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="FZ27" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="GA27" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="GB27" s="4" t="n">
+        <x:v>6.9</x:v>
+      </x:c>
+      <x:c r="GC27" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
-      <x:c r="GC27" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="GD27" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="GE27" s="4" t="n">
+        <x:v>6.6</x:v>
+      </x:c>
+      <x:c r="GF27" s="4" t="n">
+        <x:v>5.8</x:v>
+      </x:c>
+      <x:c r="GG27" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
-      <x:c r="GF27" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="GH27" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="GI27" s="4" t="n">
-        <x:v>10.2</x:v>
+        <x:v>8.3</x:v>
+      </x:c>
+      <x:c r="GJ27" s="4" t="n">
+        <x:v>6.7</x:v>
       </x:c>
     </x:row>
-    <x:row r="28" spans="1:191">
+    <x:row r="28" spans="1:192">
       <x:c r="A28" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D28" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E28" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
         <x:v>-4.2</x:v>
       </x:c>
       <x:c r="G28" s="4" t="n">
         <x:v>8.3</x:v>
       </x:c>
       <x:c r="H28" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="I28" s="4" t="n">
         <x:v>16.5</x:v>
       </x:c>
       <x:c r="J28" s="4" t="n">
         <x:v>22.7</x:v>
       </x:c>
       <x:c r="K28" s="4" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="L28" s="4" t="n">
         <x:v>-2.4</x:v>
       </x:c>
       <x:c r="M28" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
@@ -15484,179 +15562,182 @@
       <x:c r="EP28" s="4" t="n">
         <x:v>-5.3</x:v>
       </x:c>
       <x:c r="EQ28" s="4" t="n">
         <x:v>-11.4</x:v>
       </x:c>
       <x:c r="ER28" s="4" t="n">
         <x:v>-1.6</x:v>
       </x:c>
       <x:c r="ES28" s="4" t="n">
         <x:v>-3.9</x:v>
       </x:c>
       <x:c r="ET28" s="4" t="n">
         <x:v>-0.7</x:v>
       </x:c>
       <x:c r="EU28" s="4" t="n">
         <x:v>-2.4</x:v>
       </x:c>
       <x:c r="EV28" s="4" t="n">
         <x:v>-18.3</x:v>
       </x:c>
       <x:c r="EW28" s="4" t="n">
         <x:v>-6</x:v>
       </x:c>
       <x:c r="EX28" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
       <x:c r="EY28" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="EZ28" s="4" t="n">
-        <x:v>22.3</x:v>
+        <x:v>21.2</x:v>
       </x:c>
       <x:c r="FA28" s="4" t="n">
-        <x:v>19.7</x:v>
+        <x:v>20.2</x:v>
       </x:c>
       <x:c r="FB28" s="4" t="n">
         <x:v>9.2</x:v>
       </x:c>
       <x:c r="FC28" s="4" t="n">
         <x:v>8.3</x:v>
       </x:c>
       <x:c r="FD28" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="FE28" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
       <x:c r="FF28" s="4" t="n">
-        <x:v>13.1</x:v>
+        <x:v>13.5</x:v>
       </x:c>
       <x:c r="FG28" s="4" t="n">
-        <x:v>16</x:v>
+        <x:v>16.6</x:v>
       </x:c>
       <x:c r="FH28" s="4" t="n">
         <x:v>37.1</x:v>
       </x:c>
       <x:c r="FI28" s="4" t="n">
-        <x:v>25.9</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="FJ28" s="4" t="n">
-        <x:v>17.2</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="FK28" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="FL28" s="4" t="n">
-        <x:v>-9.3</x:v>
+        <x:v>-10.9</x:v>
       </x:c>
       <x:c r="FM28" s="4" t="n">
-        <x:v>-4.6</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
       <x:c r="FN28" s="4" t="n">
-        <x:v>-26.8</x:v>
+        <x:v>-26.6</x:v>
       </x:c>
       <x:c r="FO28" s="4" t="n">
-        <x:v>-36.1</x:v>
+        <x:v>-35.6</x:v>
       </x:c>
       <x:c r="FP28" s="4" t="n">
-        <x:v>-33.7</x:v>
+        <x:v>-32.4</x:v>
       </x:c>
       <x:c r="FQ28" s="4" t="n">
-        <x:v>-26.5</x:v>
+        <x:v>-28.3</x:v>
       </x:c>
       <x:c r="FR28" s="4" t="n">
-        <x:v>40.2</x:v>
+        <x:v>35.6</x:v>
       </x:c>
       <x:c r="FS28" s="4" t="n">
-        <x:v>70.8</x:v>
+        <x:v>66.9</x:v>
       </x:c>
       <x:c r="FT28" s="4" t="n">
-        <x:v>100.9</x:v>
+        <x:v>103.6</x:v>
       </x:c>
       <x:c r="FU28" s="4" t="n">
-        <x:v>125.9</x:v>
+        <x:v>132.2</x:v>
       </x:c>
       <x:c r="FV28" s="4" t="n">
-        <x:v>54.9</x:v>
+        <x:v>62.2</x:v>
       </x:c>
       <x:c r="FW28" s="4" t="n">
-        <x:v>74.6</x:v>
+        <x:v>81.2</x:v>
       </x:c>
       <x:c r="FX28" s="4" t="n">
-        <x:v>119.5</x:v>
+        <x:v>111.7</x:v>
       </x:c>
       <x:c r="FY28" s="4" t="n">
-        <x:v>37.2</x:v>
+        <x:v>35.4</x:v>
       </x:c>
       <x:c r="FZ28" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="GA28" s="4" t="n">
         <x:v>-17.7</x:v>
       </x:c>
       <x:c r="GB28" s="4" t="n">
-        <x:v>-61.1</x:v>
+        <x:v>-59.9</x:v>
       </x:c>
       <x:c r="GC28" s="4" t="n">
-        <x:v>-33.5</x:v>
+        <x:v>-35.6</x:v>
       </x:c>
       <x:c r="GD28" s="4" t="n">
-        <x:v>-13.9</x:v>
+        <x:v>-18.9</x:v>
       </x:c>
       <x:c r="GE28" s="4" t="n">
-        <x:v>-19</x:v>
+        <x:v>-19.8</x:v>
       </x:c>
       <x:c r="GF28" s="4" t="n">
-        <x:v>-5</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
       <x:c r="GG28" s="4" t="n">
-        <x:v>-14.5</x:v>
+        <x:v>-14.1</x:v>
       </x:c>
       <x:c r="GH28" s="4" t="n">
-        <x:v>-3.1</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="GI28" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
+      <x:c r="GJ28" s="4" t="n">
+        <x:v>29.4</x:v>
+      </x:c>
     </x:row>
-    <x:row r="29" spans="1:191">
+    <x:row r="29" spans="1:192">
       <x:c r="A29" s="2" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E29" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
       <x:c r="G29" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="H29" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="I29" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="J29" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="K29" s="4" t="n">
         <x:v>12.2</x:v>
       </x:c>
       <x:c r="L29" s="4" t="n">
         <x:v>16.6</x:v>
       </x:c>
       <x:c r="M29" s="4" t="n">
         <x:v>16.2</x:v>
       </x:c>
@@ -15975,263 +16056,266 @@
       <x:c r="DN29" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="DO29" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
       <x:c r="DP29" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="DQ29" s="4" t="n">
         <x:v>7.1</x:v>
       </x:c>
       <x:c r="DR29" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="DS29" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="DT29" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="DU29" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="DV29" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="DW29" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="DX29" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="DY29" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="DZ29" s="4" t="n">
         <x:v>6.1</x:v>
       </x:c>
       <x:c r="EA29" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
       <x:c r="EB29" s="4" t="n">
         <x:v>7.9</x:v>
       </x:c>
       <x:c r="EC29" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="ED29" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="EE29" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="EF29" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="EG29" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="EH29" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="EI29" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="EJ29" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="EK29" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="EL29" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="EM29" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="EN29" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="EO29" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="EP29" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="EQ29" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="ER29" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="ES29" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="ET29" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="EU29" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="EV29" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="EW29" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="EX29" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="EY29" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="EZ29" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="FA29" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="FB29" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="FC29" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="FD29" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="FE29" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="FF29" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="FG29" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="FH29" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="FI29" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="FJ29" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="FK29" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="FL29" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="FM29" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="FN29" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="FO29" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="FP29" s="4" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="FQ29" s="4" t="n">
+        <x:v>-0.8</x:v>
+      </x:c>
+      <x:c r="FR29" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="FS29" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
-      <x:c r="FP29" s="4" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="FT29" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="FU29" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="FV29" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="FW29" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="FX29" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="FY29" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="FZ29" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="GA29" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="GB29" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="GC29" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="GD29" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="GE29" s="4" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="GF29" s="4" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="GG29" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
-      <x:c r="GD29" s="4" t="n">
-[...8 lines deleted...]
-      <x:c r="GG29" s="4" t="n">
+      <x:c r="GH29" s="4" t="n">
         <x:v>3.7</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3.3</x:v>
       </x:c>
       <x:c r="GI29" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
+      <x:c r="GJ29" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
     </x:row>
-    <x:row r="30" spans="1:191">
+    <x:row r="30" spans="1:192">
       <x:c r="A30" s="2" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="G30" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="H30" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="I30" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="J30" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="K30" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
       <x:c r="L30" s="4" t="n">
         <x:v>11.4</x:v>
       </x:c>
       <x:c r="M30" s="4" t="n">
         <x:v>12.4</x:v>
       </x:c>
@@ -16457,356 +16541,359 @@
       <x:c r="CI30" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="CJ30" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="CK30" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="CL30" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="CM30" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="CN30" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="CO30" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="CP30" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="CQ30" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="CR30" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="CS30" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="CT30" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="CU30" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="CV30" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="CW30" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="CX30" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="CY30" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="CZ30" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="DA30" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="DB30" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="DC30" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="DD30" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="DE30" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="DF30" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="DG30" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="DH30" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="DI30" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="DJ30" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="DK30" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="DL30" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="DM30" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="DN30" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="DO30" s="4" t="n">
+        <x:v>8.3</x:v>
+      </x:c>
+      <x:c r="DP30" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
-      <x:c r="DP30" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="DQ30" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="DR30" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="DS30" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="DT30" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="DU30" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="DV30" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="DW30" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="DX30" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="DY30" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="DZ30" s="4" t="n">
         <x:v>3</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3.1</x:v>
       </x:c>
       <x:c r="EA30" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="EB30" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="EC30" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="ED30" s="4" t="n">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="EE30" s="4" t="n">
+        <x:v>5.1</x:v>
+      </x:c>
+      <x:c r="EF30" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
-      <x:c r="EE30" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="EG30" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="EH30" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="EI30" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="EJ30" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="EK30" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="EL30" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="EM30" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="EN30" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="EO30" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="EP30" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="EQ30" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="ER30" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="ES30" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="ET30" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="EU30" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="EV30" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="EW30" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="EX30" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
-      <x:c r="EW30" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="EY30" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="EZ30" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="FA30" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="FB30" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="FC30" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="FD30" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="FE30" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="FF30" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="FG30" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="FH30" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="FI30" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="FJ30" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="FK30" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="FL30" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="FM30" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="FN30" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="FO30" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="FP30" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="FQ30" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="FR30" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="FS30" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="FT30" s="4" t="n">
+        <x:v>7.7</x:v>
+      </x:c>
+      <x:c r="FU30" s="4" t="n">
+        <x:v>8.9</x:v>
+      </x:c>
+      <x:c r="FV30" s="4" t="n">
+        <x:v>10.2</x:v>
+      </x:c>
+      <x:c r="FW30" s="4" t="n">
+        <x:v>10.9</x:v>
+      </x:c>
+      <x:c r="FX30" s="4" t="n">
+        <x:v>8.6</x:v>
+      </x:c>
+      <x:c r="FY30" s="4" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="FZ30" s="4" t="n">
+        <x:v>7.5</x:v>
+      </x:c>
+      <x:c r="GA30" s="4" t="n">
+        <x:v>5.3</x:v>
+      </x:c>
+      <x:c r="GB30" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
-      <x:c r="FT30" s="4" t="n">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="GC30" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="GD30" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="GE30" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="GF30" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="GG30" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="GH30" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="GI30" s="4" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="GJ30" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
     </x:row>
-    <x:row r="31" spans="1:191">
+    <x:row r="31" spans="1:192">
       <x:c r="A31" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E31" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="G31" s="4" t="n">
         <x:v>-2.7</x:v>
       </x:c>
       <x:c r="H31" s="4" t="n">
         <x:v>-6.2</x:v>
       </x:c>
       <x:c r="I31" s="4" t="n">
         <x:v>-13.2</x:v>
       </x:c>
       <x:c r="J31" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="K31" s="4" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="L31" s="4" t="n">
         <x:v>15.4</x:v>
       </x:c>
       <x:c r="M31" s="4" t="n">
         <x:v>22.5</x:v>
       </x:c>
@@ -17038,350 +17125,353 @@
       <x:c r="CK31" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="CL31" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="CM31" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="CN31" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="CO31" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="CP31" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="CQ31" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="CR31" s="4" t="n">
         <x:v>-1.1</x:v>
       </x:c>
       <x:c r="CS31" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="CT31" s="4" t="n">
         <x:v>-3.4</x:v>
       </x:c>
       <x:c r="CU31" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>-2.2</x:v>
       </x:c>
       <x:c r="CV31" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="CW31" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="CX31" s="4" t="n">
         <x:v>-2.2</x:v>
       </x:c>
       <x:c r="CY31" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="CZ31" s="4" t="n">
         <x:v>-1.1</x:v>
       </x:c>
       <x:c r="DA31" s="4" t="n">
-        <x:v>-2.8</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
       <x:c r="DB31" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="DC31" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="DD31" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="DE31" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="DF31" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="DG31" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="DH31" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="DI31" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="DJ31" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="DK31" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="DL31" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="DM31" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="DN31" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="DO31" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="DP31" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="DQ31" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="DR31" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="DS31" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="DT31" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="DU31" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="DV31" s="4" t="n">
-        <x:v>-4.8</x:v>
+        <x:v>-4.7</x:v>
       </x:c>
       <x:c r="DW31" s="4" t="n">
-        <x:v>-5.1</x:v>
+        <x:v>-5</x:v>
       </x:c>
       <x:c r="DX31" s="4" t="n">
-        <x:v>-5.7</x:v>
+        <x:v>-5.6</x:v>
       </x:c>
       <x:c r="DY31" s="4" t="n">
-        <x:v>-5</x:v>
+        <x:v>-4.9</x:v>
       </x:c>
       <x:c r="DZ31" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="EA31" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="EB31" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="EC31" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="ED31" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="EE31" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="EF31" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="EG31" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="EH31" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="EI31" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="EJ31" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="EK31" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="EL31" s="4" t="n">
         <x:v>-1.4</x:v>
       </x:c>
       <x:c r="EM31" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="EN31" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="EO31" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="EP31" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="EQ31" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="ER31" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="ES31" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="ET31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="EU31" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="EV31" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="EW31" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="EX31" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="EY31" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="EZ31" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="FA31" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="FB31" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="FC31" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="FD31" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="FE31" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="FF31" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="FG31" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="FH31" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="FI31" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="FJ31" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="FK31" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="FL31" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="FM31" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="FN31" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="FO31" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="FP31" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="FQ31" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="FR31" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="FS31" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="FT31" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="FU31" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="FV31" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="FW31" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="FX31" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="FY31" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="FZ31" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="GA31" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="GB31" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="GC31" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="GD31" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="GE31" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="GF31" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="GG31" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
-      <x:c r="GG31" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="GH31" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="GI31" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="GJ31" s="4" t="n">
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:191">
+    <x:row r="32" spans="1:192">
       <x:c r="A32" s="2" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D32" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E32" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
         <x:v>13.5</x:v>
       </x:c>
       <x:c r="G32" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="H32" s="4" t="n">
         <x:v>-2.2</x:v>
       </x:c>
       <x:c r="I32" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="J32" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="K32" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="L32" s="4" t="n">
         <x:v>8.7</x:v>
       </x:c>
       <x:c r="M32" s="4" t="n">
         <x:v>-4.3</x:v>
       </x:c>
@@ -17805,158 +17895,161 @@
       <x:c r="EW32" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="EX32" s="4" t="n">
         <x:v>-5.8</x:v>
       </x:c>
       <x:c r="EY32" s="4" t="n">
         <x:v>-7.3</x:v>
       </x:c>
       <x:c r="EZ32" s="4" t="n">
         <x:v>42.7</x:v>
       </x:c>
       <x:c r="FA32" s="4" t="n">
         <x:v>-0.7</x:v>
       </x:c>
       <x:c r="FB32" s="4" t="n">
         <x:v>-1</x:v>
       </x:c>
       <x:c r="FC32" s="4" t="n">
         <x:v>-0.3</x:v>
       </x:c>
       <x:c r="FD32" s="4" t="n">
         <x:v>-23.9</x:v>
       </x:c>
       <x:c r="FE32" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="FF32" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="FG32" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>11.2</x:v>
       </x:c>
       <x:c r="FH32" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="FI32" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="FJ32" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="FK32" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="FL32" s="4" t="n">
         <x:v>40.4</x:v>
       </x:c>
       <x:c r="FM32" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>11.8</x:v>
       </x:c>
       <x:c r="FN32" s="4" t="n">
         <x:v>14.6</x:v>
       </x:c>
       <x:c r="FO32" s="4" t="n">
         <x:v>13.2</x:v>
       </x:c>
       <x:c r="FP32" s="4" t="n">
         <x:v>-12.3</x:v>
       </x:c>
       <x:c r="FQ32" s="4" t="n">
         <x:v>-8</x:v>
       </x:c>
       <x:c r="FR32" s="4" t="n">
-        <x:v>-13.3</x:v>
+        <x:v>-13.4</x:v>
       </x:c>
       <x:c r="FS32" s="4" t="n">
         <x:v>-14.3</x:v>
       </x:c>
       <x:c r="FT32" s="4" t="n">
         <x:v>-17.7</x:v>
       </x:c>
       <x:c r="FU32" s="4" t="n">
-        <x:v>-14.5</x:v>
+        <x:v>-14.3</x:v>
       </x:c>
       <x:c r="FV32" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>-2.2</x:v>
       </x:c>
       <x:c r="FW32" s="4" t="n">
-        <x:v>-13.5</x:v>
+        <x:v>-13.3</x:v>
       </x:c>
       <x:c r="FX32" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="FY32" s="4" t="n">
-        <x:v>18.9</x:v>
+        <x:v>18.4</x:v>
       </x:c>
       <x:c r="FZ32" s="4" t="n">
-        <x:v>-13.8</x:v>
+        <x:v>-14.6</x:v>
       </x:c>
       <x:c r="GA32" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="GB32" s="4" t="n">
-        <x:v>-9.8</x:v>
+        <x:v>-11.1</x:v>
       </x:c>
       <x:c r="GC32" s="4" t="n">
-        <x:v>-23.6</x:v>
+        <x:v>-24.5</x:v>
       </x:c>
       <x:c r="GD32" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="GE32" s="4" t="n">
-        <x:v>-5.9</x:v>
+        <x:v>-5.2</x:v>
       </x:c>
       <x:c r="GF32" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="GG32" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="GH32" s="4" t="n">
-        <x:v>16.1</x:v>
+        <x:v>17.1</x:v>
       </x:c>
       <x:c r="GI32" s="4" t="n">
-        <x:v>19.6</x:v>
+        <x:v>8.1</x:v>
+      </x:c>
+      <x:c r="GJ32" s="4" t="n">
+        <x:v>13.1</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:191">
+    <x:row r="33" spans="1:192">
       <x:c r="A33" s="2" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E33" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
         <x:v>24.3</x:v>
       </x:c>
       <x:c r="G33" s="4" t="n">
         <x:v>24.1</x:v>
       </x:c>
       <x:c r="H33" s="4" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I33" s="4" t="n">
         <x:v>23.9</x:v>
       </x:c>
       <x:c r="J33" s="4" t="n">
         <x:v>17.6</x:v>
       </x:c>
       <x:c r="K33" s="4" t="n">
         <x:v>17.9</x:v>
       </x:c>
       <x:c r="L33" s="4" t="n">
         <x:v>18.1</x:v>
       </x:c>
       <x:c r="M33" s="4" t="n">
         <x:v>18.1</x:v>
       </x:c>
@@ -18227,311 +18320,314 @@
       <x:c r="CX33" s="4" t="n">
         <x:v>-0.8</x:v>
       </x:c>
       <x:c r="CY33" s="4" t="n">
         <x:v>-0.8</x:v>
       </x:c>
       <x:c r="CZ33" s="4" t="n">
         <x:v>9.2</x:v>
       </x:c>
       <x:c r="DA33" s="4" t="n">
         <x:v>14.1</x:v>
       </x:c>
       <x:c r="DB33" s="4" t="n">
         <x:v>19.1</x:v>
       </x:c>
       <x:c r="DC33" s="4" t="n">
         <x:v>14.7</x:v>
       </x:c>
       <x:c r="DD33" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="DE33" s="4" t="n">
         <x:v>9.2</x:v>
       </x:c>
       <x:c r="DF33" s="4" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.8</x:v>
       </x:c>
       <x:c r="DG33" s="4" t="n">
         <x:v>8.7</x:v>
       </x:c>
       <x:c r="DH33" s="4" t="n">
         <x:v>9.9</x:v>
       </x:c>
       <x:c r="DI33" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="DJ33" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="DK33" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
       <x:c r="DL33" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="DM33" s="4" t="n">
         <x:v>-1.8</x:v>
       </x:c>
       <x:c r="DN33" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="DO33" s="4" t="n">
         <x:v>15.3</x:v>
       </x:c>
       <x:c r="DP33" s="4" t="n">
         <x:v>9.1</x:v>
       </x:c>
       <x:c r="DQ33" s="4" t="n">
         <x:v>10.5</x:v>
       </x:c>
       <x:c r="DR33" s="4" t="n">
         <x:v>20.1</x:v>
       </x:c>
       <x:c r="DS33" s="4" t="n">
-        <x:v>19.2</x:v>
+        <x:v>19.1</x:v>
       </x:c>
       <x:c r="DT33" s="4" t="n">
-        <x:v>15.8</x:v>
+        <x:v>15.7</x:v>
       </x:c>
       <x:c r="DU33" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="DV33" s="4" t="n">
-        <x:v>-6.7</x:v>
+        <x:v>-6.6</x:v>
       </x:c>
       <x:c r="DW33" s="4" t="n">
         <x:v>-7.4</x:v>
       </x:c>
       <x:c r="DX33" s="4" t="n">
-        <x:v>-8.1</x:v>
+        <x:v>-8</x:v>
       </x:c>
       <x:c r="DY33" s="4" t="n">
         <x:v>-7.7</x:v>
       </x:c>
       <x:c r="DZ33" s="4" t="n">
         <x:v>-2.2</x:v>
       </x:c>
       <x:c r="EA33" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="EB33" s="4" t="n">
         <x:v>-5.1</x:v>
       </x:c>
       <x:c r="EC33" s="4" t="n">
         <x:v>-4.2</x:v>
       </x:c>
       <x:c r="ED33" s="4" t="n">
-        <x:v>-5.9</x:v>
+        <x:v>-5.8</x:v>
       </x:c>
       <x:c r="EE33" s="4" t="n">
         <x:v>-11.9</x:v>
       </x:c>
       <x:c r="EF33" s="4" t="n">
         <x:v>-4.4</x:v>
       </x:c>
       <x:c r="EG33" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="EH33" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
       <x:c r="EI33" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="EJ33" s="4" t="n">
         <x:v>-5.8</x:v>
       </x:c>
       <x:c r="EK33" s="4" t="n">
         <x:v>-7.6</x:v>
       </x:c>
       <x:c r="EL33" s="4" t="n">
         <x:v>-3.2</x:v>
       </x:c>
       <x:c r="EM33" s="4" t="n">
         <x:v>-2.7</x:v>
       </x:c>
       <x:c r="EN33" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="EO33" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="EP33" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="EQ33" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="ER33" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="ES33" s="4" t="n">
         <x:v>14.1</x:v>
       </x:c>
       <x:c r="ET33" s="4" t="n">
         <x:v>12.5</x:v>
       </x:c>
       <x:c r="EU33" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="EV33" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="EW33" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="EX33" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="EY33" s="4" t="n">
-        <x:v>-5</x:v>
+        <x:v>-4.9</x:v>
       </x:c>
       <x:c r="EZ33" s="4" t="n">
-        <x:v>-13.5</x:v>
+        <x:v>-13.4</x:v>
       </x:c>
       <x:c r="FA33" s="4" t="n">
         <x:v>-8.8</x:v>
       </x:c>
       <x:c r="FB33" s="4" t="n">
-        <x:v>-11.1</x:v>
+        <x:v>-11.2</x:v>
       </x:c>
       <x:c r="FC33" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="FD33" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="FE33" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="FF33" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="FG33" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="FH33" s="4" t="n">
         <x:v>9.3</x:v>
       </x:c>
       <x:c r="FI33" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="FJ33" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="FK33" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="FL33" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="FM33" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="FN33" s="4" t="n">
-        <x:v>13.7</x:v>
+        <x:v>12.3</x:v>
       </x:c>
       <x:c r="FO33" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="FP33" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="FQ33" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="FR33" s="4" t="n">
-        <x:v>-5.4</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
       <x:c r="FS33" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="FT33" s="4" t="n">
-        <x:v>13.5</x:v>
+        <x:v>13.3</x:v>
       </x:c>
       <x:c r="FU33" s="4" t="n">
-        <x:v>11.7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="FV33" s="4" t="n">
-        <x:v>20.1</x:v>
+        <x:v>18.7</x:v>
       </x:c>
       <x:c r="FW33" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="FX33" s="4" t="n">
-        <x:v>13.7</x:v>
+        <x:v>13.9</x:v>
       </x:c>
       <x:c r="FY33" s="4" t="n">
-        <x:v>11.7</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="FZ33" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="GA33" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>12.7</x:v>
       </x:c>
       <x:c r="GB33" s="4" t="n">
-        <x:v>-10.1</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="GC33" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>10.8</x:v>
       </x:c>
       <x:c r="GD33" s="4" t="n">
-        <x:v>15.8</x:v>
+        <x:v>-10.4</x:v>
       </x:c>
       <x:c r="GE33" s="4" t="n">
-        <x:v>18.6</x:v>
+        <x:v>-11.8</x:v>
       </x:c>
       <x:c r="GF33" s="4" t="n">
-        <x:v>-8.8</x:v>
+        <x:v>-5.9</x:v>
       </x:c>
       <x:c r="GG33" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>-13.9</x:v>
       </x:c>
       <x:c r="GH33" s="4" t="n">
-        <x:v>11.8</x:v>
+        <x:v>-8.9</x:v>
       </x:c>
       <x:c r="GI33" s="4" t="n">
-        <x:v>13.6</x:v>
+        <x:v>-13.7</x:v>
+      </x:c>
+      <x:c r="GJ33" s="4" t="n">
+        <x:v>-1.2</x:v>
       </x:c>
     </x:row>
-    <x:row r="34" spans="1:191">
+    <x:row r="34" spans="1:192">
       <x:c r="A34" s="2" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D34" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E34" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="G34" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H34" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="I34" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="J34" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
       <x:c r="K34" s="4" t="n">
         <x:v>13.5</x:v>
       </x:c>
       <x:c r="L34" s="4" t="n">
         <x:v>15.4</x:v>
       </x:c>
       <x:c r="M34" s="4" t="n">
         <x:v>15.4</x:v>
       </x:c>
@@ -18850,263 +18946,266 @@
       <x:c r="DN34" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="DO34" s="4" t="n">
         <x:v>7.1</x:v>
       </x:c>
       <x:c r="DP34" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="DQ34" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="DR34" s="4" t="n">
         <x:v>9.3</x:v>
       </x:c>
       <x:c r="DS34" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="DT34" s="4" t="n">
         <x:v>9.8</x:v>
       </x:c>
       <x:c r="DU34" s="4" t="n">
         <x:v>9.2</x:v>
       </x:c>
       <x:c r="DV34" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="DW34" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="DX34" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
       <x:c r="DY34" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>-3.6</x:v>
       </x:c>
       <x:c r="DZ34" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="EA34" s="4" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="EB34" s="4" t="n">
+        <x:v>-0.1</x:v>
+      </x:c>
+      <x:c r="EC34" s="4" t="n">
         <x:v>1.2</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1.3</x:v>
       </x:c>
       <x:c r="ED34" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="EE34" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="EF34" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="EG34" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="EH34" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="EI34" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="EJ34" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="EK34" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="EL34" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="EM34" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="EN34" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="EO34" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="EP34" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="EQ34" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="ER34" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="ES34" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="ET34" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="EU34" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="EV34" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="EW34" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="EX34" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="EY34" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="EZ34" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="FA34" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="FB34" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="FC34" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="FD34" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="FE34" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="FF34" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="FG34" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="FH34" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="FI34" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="FJ34" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="FK34" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="FL34" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="FM34" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="FN34" s="4" t="n">
+        <x:v>8.2</x:v>
+      </x:c>
+      <x:c r="FO34" s="4" t="n">
+        <x:v>6.7</x:v>
+      </x:c>
+      <x:c r="FP34" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="FL34" s="4" t="n">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="FQ34" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="FR34" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="FS34" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="FT34" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="FU34" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="FV34" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="FW34" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="FX34" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="FY34" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="FZ34" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="GA34" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="GB34" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="GC34" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="GD34" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="GE34" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="GF34" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="GG34" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="GH34" s="4" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="GI34" s="4" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="GJ34" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
-      <x:c r="GI34" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
     </x:row>
-    <x:row r="35" spans="1:191">
+    <x:row r="35" spans="1:192">
       <x:c r="A35" s="2" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="G35" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="H35" s="4" t="n">
         <x:v>-0.5</x:v>
       </x:c>
       <x:c r="I35" s="4" t="n">
         <x:v>-0.3</x:v>
       </x:c>
       <x:c r="J35" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="K35" s="4" t="n">
         <x:v>-1.4</x:v>
       </x:c>
       <x:c r="L35" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="M35" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
@@ -19512,176 +19611,179 @@
       <x:c r="EQ35" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="ER35" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="ES35" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="ET35" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="EU35" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="EV35" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="EW35" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="EX35" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="EY35" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="EZ35" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="FA35" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="FB35" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="FC35" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="FD35" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="FE35" s="4" t="n">
-        <x:v>15.1</x:v>
+        <x:v>15.3</x:v>
       </x:c>
       <x:c r="FF35" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="FG35" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="FH35" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="FI35" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="FJ35" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>9.4</x:v>
       </x:c>
       <x:c r="FK35" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="FL35" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="FM35" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="FN35" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="FO35" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="FP35" s="4" t="n">
         <x:v>-1.3</x:v>
       </x:c>
       <x:c r="FQ35" s="4" t="n">
-        <x:v>-5.3</x:v>
+        <x:v>-5.9</x:v>
       </x:c>
       <x:c r="FR35" s="4" t="n">
-        <x:v>-9.4</x:v>
+        <x:v>-9.5</x:v>
       </x:c>
       <x:c r="FS35" s="4" t="n">
-        <x:v>-9.1</x:v>
+        <x:v>-9.2</x:v>
       </x:c>
       <x:c r="FT35" s="4" t="n">
         <x:v>-9.2</x:v>
       </x:c>
       <x:c r="FU35" s="4" t="n">
-        <x:v>-6.6</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
       <x:c r="FV35" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="FW35" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="FX35" s="4" t="n">
         <x:v>8.4</x:v>
       </x:c>
       <x:c r="FY35" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
       <x:c r="FZ35" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>10.9</x:v>
       </x:c>
       <x:c r="GA35" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="GB35" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="GC35" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>10.9</x:v>
       </x:c>
       <x:c r="GD35" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="GE35" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="GF35" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="GG35" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="GH35" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="GI35" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="GJ35" s="4" t="n">
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:191">
+    <x:row r="36" spans="1:192">
       <x:c r="A36" s="2" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D36" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E36" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="G36" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="H36" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="I36" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="J36" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="K36" s="4" t="n">
         <x:v>7.2</x:v>
       </x:c>
       <x:c r="L36" s="4" t="n">
         <x:v>11.1</x:v>
       </x:c>
       <x:c r="M36" s="4" t="n">
         <x:v>12.3</x:v>
       </x:c>
@@ -19973,51 +20075,51 @@
       <x:c r="DE36" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="DF36" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="DG36" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="DH36" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="DI36" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="DJ36" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="DK36" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="DL36" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="DM36" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="DN36" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="DO36" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="DP36" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="DQ36" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="DR36" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="DS36" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="DT36" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="DU36" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
@@ -20105,158 +20207,161 @@
       <x:c r="EW36" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="EX36" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="EY36" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="EZ36" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="FA36" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="FB36" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="FC36" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="FD36" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="FE36" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="FF36" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="FG36" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="FH36" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="FI36" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="FJ36" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="FK36" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="FL36" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="FM36" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="FN36" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="FO36" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="FP36" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="FQ36" s="4" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="FR36" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="FS36" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
-      <x:c r="FR36" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="FT36" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="FU36" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="FV36" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="FW36" s="4" t="n">
         <x:v>7.1</x:v>
       </x:c>
       <x:c r="FX36" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="FY36" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="FZ36" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="GA36" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="GB36" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="GC36" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="GD36" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="GE36" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="GF36" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="GG36" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="GH36" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="GI36" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
+      <x:c r="GJ36" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
     </x:row>
-    <x:row r="37" spans="1:191">
+    <x:row r="37" spans="1:192">
       <x:c r="A37" s="2" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E37" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="G37" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="H37" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="I37" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J37" s="4" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="K37" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="L37" s="4" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="M37" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
@@ -20623,215 +20728,218 @@
       <x:c r="ED37" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="EE37" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="EF37" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="EG37" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="EH37" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="EI37" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="EJ37" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="EK37" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="EL37" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="EM37" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="EN37" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="EO37" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="EP37" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="EQ37" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="ER37" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="ES37" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="ET37" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="EU37" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="EV37" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="EW37" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="EX37" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="EY37" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="EZ37" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="FA37" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="FB37" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="FC37" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="FD37" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="FE37" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="FF37" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="FG37" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="FH37" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="FI37" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="FJ37" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="FK37" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="FL37" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="FM37" s="4" t="n">
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="FN37" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
-      <x:c r="FN37" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="FO37" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="FP37" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="FQ37" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="FR37" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="FS37" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="FT37" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="FU37" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="FV37" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="FW37" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="FX37" s="4" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="FY37" s="4" t="n">
+        <x:v>4.6</x:v>
+      </x:c>
+      <x:c r="FZ37" s="4" t="n">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="GA37" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="GB37" s="4" t="n">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="GC37" s="4" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="GD37" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="GE37" s="4" t="n">
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="GF37" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
-      <x:c r="FV37" s="4" t="n">
-[...26 lines deleted...]
-      <x:c r="GE37" s="4" t="n">
+      <x:c r="GG37" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="GH37" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="GI37" s="4" t="n">
+        <x:v>4.5</x:v>
+      </x:c>
+      <x:c r="GJ37" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
-      <x:c r="GF37" s="4" t="n">
-[...10 lines deleted...]
-      </x:c>
     </x:row>
-    <x:row r="38" spans="1:191">
+    <x:row r="38" spans="1:192">
       <x:c r="A38" s="2" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D38" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E38" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="G38" s="4" t="n">
         <x:v>11.3</x:v>
       </x:c>
       <x:c r="H38" s="4" t="n">
         <x:v>17.5</x:v>
       </x:c>
       <x:c r="I38" s="4" t="n">
         <x:v>19.1</x:v>
       </x:c>
       <x:c r="J38" s="4" t="n">
         <x:v>18.8</x:v>
       </x:c>
       <x:c r="K38" s="4" t="n">
         <x:v>20.7</x:v>
       </x:c>
       <x:c r="L38" s="4" t="n">
         <x:v>13.6</x:v>
       </x:c>
       <x:c r="M38" s="4" t="n">
         <x:v>11.2</x:v>
       </x:c>
@@ -21078,335 +21186,338 @@
       <x:c r="CP38" s="4" t="n">
         <x:v>-2.2</x:v>
       </x:c>
       <x:c r="CQ38" s="4" t="n">
         <x:v>-2.2</x:v>
       </x:c>
       <x:c r="CR38" s="4" t="n">
         <x:v>-2.7</x:v>
       </x:c>
       <x:c r="CS38" s="4" t="n">
         <x:v>-2.6</x:v>
       </x:c>
       <x:c r="CT38" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="CU38" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="CV38" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="CW38" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="CX38" s="4" t="n">
-        <x:v>12.5</x:v>
+        <x:v>12.7</x:v>
       </x:c>
       <x:c r="CY38" s="4" t="n">
-        <x:v>12.3</x:v>
+        <x:v>12.6</x:v>
       </x:c>
       <x:c r="CZ38" s="4" t="n">
-        <x:v>11.7</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="DA38" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="DB38" s="4" t="n">
         <x:v>7.1</x:v>
       </x:c>
       <x:c r="DC38" s="4" t="n">
         <x:v>8.3</x:v>
       </x:c>
       <x:c r="DD38" s="4" t="n">
         <x:v>7.9</x:v>
       </x:c>
       <x:c r="DE38" s="4" t="n">
         <x:v>9.5</x:v>
       </x:c>
       <x:c r="DF38" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="DG38" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="DH38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="DI38" s="4" t="n">
         <x:v>-4.1</x:v>
       </x:c>
       <x:c r="DJ38" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="DK38" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="DL38" s="4" t="n">
-        <x:v>-2.2</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
       <x:c r="DM38" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="DN38" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
       <x:c r="DO38" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="DP38" s="4" t="n">
-        <x:v>15</x:v>
+        <x:v>14.9</x:v>
       </x:c>
       <x:c r="DQ38" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>14.2</x:v>
       </x:c>
       <x:c r="DR38" s="4" t="n">
         <x:v>-2.5</x:v>
       </x:c>
       <x:c r="DS38" s="4" t="n">
         <x:v>-3.7</x:v>
       </x:c>
       <x:c r="DT38" s="4" t="n">
         <x:v>-7.5</x:v>
       </x:c>
       <x:c r="DU38" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="DV38" s="4" t="n">
-        <x:v>10.2</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="DW38" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="DX38" s="4" t="n">
-        <x:v>12.4</x:v>
+        <x:v>12.8</x:v>
       </x:c>
       <x:c r="DY38" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="DZ38" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="EA38" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="EB38" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="EC38" s="4" t="n">
         <x:v>7.2</x:v>
       </x:c>
       <x:c r="ED38" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
       <x:c r="EE38" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>-3.3</x:v>
       </x:c>
       <x:c r="EF38" s="4" t="n">
-        <x:v>-5.6</x:v>
+        <x:v>-5.5</x:v>
       </x:c>
       <x:c r="EG38" s="4" t="n">
         <x:v>-3.3</x:v>
       </x:c>
       <x:c r="EH38" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="EI38" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="EJ38" s="4" t="n">
-        <x:v>12.6</x:v>
+        <x:v>12.9</x:v>
       </x:c>
       <x:c r="EK38" s="4" t="n">
-        <x:v>15</x:v>
+        <x:v>15.4</x:v>
       </x:c>
       <x:c r="EL38" s="4" t="n">
-        <x:v>25.8</x:v>
+        <x:v>25.4</x:v>
       </x:c>
       <x:c r="EM38" s="4" t="n">
-        <x:v>12.8</x:v>
+        <x:v>12.4</x:v>
       </x:c>
       <x:c r="EN38" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="EO38" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="EP38" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="EQ38" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="ER38" s="4" t="n">
-        <x:v>-2.2</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
       <x:c r="ES38" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="ET38" s="4" t="n">
         <x:v>-4.3</x:v>
       </x:c>
       <x:c r="EU38" s="4" t="n">
         <x:v>-4.3</x:v>
       </x:c>
       <x:c r="EV38" s="4" t="n">
         <x:v>-5.2</x:v>
       </x:c>
       <x:c r="EW38" s="4" t="n">
-        <x:v>-3.7</x:v>
+        <x:v>-3.8</x:v>
       </x:c>
       <x:c r="EX38" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>-3.1</x:v>
       </x:c>
       <x:c r="EY38" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="EZ38" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="FA38" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="FB38" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="FC38" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="FD38" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="FE38" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="FF38" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="FG38" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="FH38" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="FI38" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="FJ38" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="FK38" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+      <x:c r="FL38" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="FM38" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
-      <x:c r="FK38" s="4" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="FN38" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="FO38" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="FP38" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="FQ38" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>-3.1</x:v>
       </x:c>
       <x:c r="FR38" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-3.3</x:v>
       </x:c>
       <x:c r="FS38" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
       <x:c r="FT38" s="4" t="n">
-        <x:v>-3.6</x:v>
+        <x:v>-4</x:v>
       </x:c>
       <x:c r="FU38" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="FV38" s="4" t="n">
+        <x:v>-0.4</x:v>
+      </x:c>
+      <x:c r="FW38" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="FX38" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="FY38" s="4" t="n">
+        <x:v>8.2</x:v>
+      </x:c>
+      <x:c r="FZ38" s="4" t="n">
+        <x:v>8.5</x:v>
+      </x:c>
+      <x:c r="GA38" s="4" t="n">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="GB38" s="4" t="n">
+        <x:v>9.6</x:v>
+      </x:c>
+      <x:c r="GC38" s="4" t="n">
+        <x:v>5.8</x:v>
+      </x:c>
+      <x:c r="GD38" s="4" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="GE38" s="4" t="n">
+        <x:v>5.9</x:v>
+      </x:c>
+      <x:c r="GF38" s="4" t="n">
+        <x:v>6.1</x:v>
+      </x:c>
+      <x:c r="GG38" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
-      <x:c r="FV38" s="4" t="n">
-[...34 lines deleted...]
-      </x:c>
       <x:c r="GH38" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="GI38" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="GJ38" s="4" t="n">
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:191">
+    <x:row r="39" spans="1:192">
       <x:c r="A39" s="2" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E39" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="G39" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="H39" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="I39" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="J39" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="K39" s="4" t="n">
         <x:v>10.2</x:v>
       </x:c>
       <x:c r="L39" s="4" t="n">
         <x:v>13.5</x:v>
       </x:c>
       <x:c r="M39" s="4" t="n">
         <x:v>13.2</x:v>
       </x:c>
@@ -21818,170 +21929,173 @@
       <x:c r="ES39" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="ET39" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="EU39" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="EV39" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="EW39" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="EX39" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="EY39" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="EZ39" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="FA39" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="FB39" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="FC39" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="FD39" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="FE39" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="FF39" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="FG39" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="FH39" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="FI39" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="FJ39" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="FK39" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="FL39" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="FM39" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="FN39" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="FO39" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="FP39" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="FQ39" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="FR39" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="FS39" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="FT39" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="FU39" s="4" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="FV39" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="FW39" s="4" t="n">
+        <x:v>4.5</x:v>
+      </x:c>
+      <x:c r="FX39" s="4" t="n">
+        <x:v>5.2</x:v>
+      </x:c>
+      <x:c r="FY39" s="4" t="n">
+        <x:v>4.9</x:v>
+      </x:c>
+      <x:c r="FZ39" s="4" t="n">
+        <x:v>4.5</x:v>
+      </x:c>
+      <x:c r="GA39" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
-      <x:c r="FV39" s="4" t="n">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="GB39" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="GC39" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="GD39" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="GE39" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="GF39" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="GG39" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="GH39" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="GI39" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
+      <x:c r="GJ39" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
     </x:row>
-    <x:row r="40" spans="1:191">
+    <x:row r="40" spans="1:192">
       <x:c r="A40" s="2" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D40" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E40" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="G40" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="H40" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="I40" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="J40" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="K40" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="L40" s="4" t="n">
         <x:v>8.7</x:v>
       </x:c>
       <x:c r="M40" s="4" t="n">
         <x:v>10.2</x:v>
       </x:c>
@@ -22285,51 +22399,51 @@
       <x:c r="DI40" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="DJ40" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="DK40" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="DL40" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="DM40" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="DN40" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="DO40" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="DP40" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="DQ40" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="DR40" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="DS40" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="DT40" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="DU40" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="DV40" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="DW40" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="DX40" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="DY40" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
@@ -22360,203 +22474,206 @@
       <x:c r="EH40" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="EI40" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="EJ40" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="EK40" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="EL40" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="EM40" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="EN40" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="EO40" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="EP40" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="EQ40" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="ER40" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="ES40" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="ET40" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="EU40" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="EV40" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="EW40" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="EX40" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="EY40" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="EZ40" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="FA40" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="FB40" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="FC40" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="FD40" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="FE40" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="FF40" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="FG40" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="FH40" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="FI40" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="FJ40" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="FK40" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="FL40" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="FM40" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="FN40" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="FO40" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="FP40" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="FQ40" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="FR40" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="FS40" s="4" t="n">
         <x:v>1.2</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1.1</x:v>
       </x:c>
       <x:c r="FT40" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="FU40" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="FV40" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="FW40" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="FX40" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="FY40" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="FZ40" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="GA40" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="GB40" s="4" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="GC40" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="GD40" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
-      <x:c r="GC40" s="4" t="n">
-[...2 lines deleted...]
-      <x:c r="GD40" s="4" t="n">
+      <x:c r="GE40" s="4" t="n">
         <x:v>4.4</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>4.5</x:v>
       </x:c>
       <x:c r="GF40" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="GG40" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="GH40" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="GI40" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
+      <x:c r="GJ40" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
     </x:row>
-    <x:row r="41" spans="1:191">
+    <x:row r="41" spans="1:192">
       <x:c r="A41" s="2" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E41" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
         <x:v>-0.6</x:v>
       </x:c>
       <x:c r="G41" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="H41" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="I41" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="J41" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="K41" s="4" t="n">
         <x:v>7.9</x:v>
       </x:c>
       <x:c r="L41" s="4" t="n">
         <x:v>11.1</x:v>
       </x:c>
       <x:c r="M41" s="4" t="n">
         <x:v>10.8</x:v>
       </x:c>
@@ -22944,194 +23061,197 @@
       <x:c r="EK41" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="EL41" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="EM41" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="EN41" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="EO41" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="EP41" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="EQ41" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="ER41" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="ES41" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="ET41" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="EU41" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="EV41" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="EW41" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="EX41" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="EY41" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="EZ41" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="FA41" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="FB41" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="FC41" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="FD41" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="FE41" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="FF41" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="FG41" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="FH41" s="4" t="n">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="FI41" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+      <x:c r="FJ41" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="FK41" s="4" t="n">
         <x:v>2</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2.2</x:v>
       </x:c>
       <x:c r="FL41" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="FM41" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="FN41" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="FO41" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="FP41" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="FQ41" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="FR41" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="FS41" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="FT41" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="FU41" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="FV41" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="FW41" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="FX41" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="FY41" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="FZ41" s="4" t="n">
+        <x:v>6.2</x:v>
+      </x:c>
+      <x:c r="GA41" s="4" t="n">
         <x:v>6.5</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>6.7</x:v>
       </x:c>
       <x:c r="GB41" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="GC41" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="GD41" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="GE41" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="GF41" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="GG41" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="GH41" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="GI41" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="GJ41" s="4" t="n">
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:191">
+    <x:row r="42" spans="1:192">
       <x:c r="A42" s="2" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D42" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E42" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="G42" s="4" t="n">
         <x:v>6.1</x:v>
       </x:c>
       <x:c r="H42" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="I42" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="J42" s="4" t="n">
         <x:v>7.8</x:v>
       </x:c>
       <x:c r="K42" s="4" t="n">
         <x:v>12.9</x:v>
       </x:c>
       <x:c r="L42" s="4" t="n">
         <x:v>13.6</x:v>
       </x:c>
       <x:c r="M42" s="4" t="n">
         <x:v>13.8</x:v>
       </x:c>
@@ -23393,51 +23513,51 @@
       <x:c r="CU42" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="CV42" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="CW42" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="CX42" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="CY42" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="CZ42" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="DA42" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="DB42" s="4" t="n">
         <x:v>-0.4</x:v>
       </x:c>
       <x:c r="DC42" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="DD42" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="DE42" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="DF42" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="DG42" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="DH42" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="DI42" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="DJ42" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="DK42" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
@@ -23513,200 +23633,203 @@
       <x:c r="EI42" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="EJ42" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="EK42" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="EL42" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="EM42" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="EN42" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="EO42" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="EP42" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="EQ42" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="ER42" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="ES42" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="ET42" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="EU42" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="EV42" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="EW42" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="EX42" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="EY42" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="EZ42" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="FA42" s="4" t="n">
         <x:v>-0.7</x:v>
       </x:c>
       <x:c r="FB42" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="FC42" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="FD42" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="FE42" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="FF42" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="FG42" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="FH42" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="FI42" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="FJ42" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="FK42" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="FL42" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="FM42" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="FN42" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="FO42" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="FP42" s="4" t="n">
         <x:v>-4</x:v>
       </x:c>
       <x:c r="FQ42" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="FR42" s="4" t="n">
-        <x:v>-5.4</x:v>
+        <x:v>-5.2</x:v>
       </x:c>
       <x:c r="FS42" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="FT42" s="4" t="n">
         <x:v>9.9</x:v>
       </x:c>
       <x:c r="FU42" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="FV42" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="FW42" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="FX42" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="FY42" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="FZ42" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="GA42" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="GB42" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="GC42" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="GD42" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="GE42" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="GF42" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="GG42" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="GH42" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="GI42" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="GJ42" s="4" t="n">
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:191">
+    <x:row r="43" spans="1:192">
       <x:c r="A43" s="2" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E43" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="G43" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="H43" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="I43" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="J43" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="K43" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
       <x:c r="L43" s="4" t="n">
         <x:v>12.2</x:v>
       </x:c>
       <x:c r="M43" s="4" t="n">
         <x:v>13.2</x:v>
       </x:c>
@@ -24013,898 +24136,904 @@
       <x:c r="DJ43" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="DK43" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="DL43" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="DM43" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="DN43" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="DO43" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="DP43" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="DQ43" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="DR43" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="DS43" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="DT43" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
       <x:c r="DU43" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
       <x:c r="DV43" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="DW43" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="DX43" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="DY43" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="DZ43" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="EA43" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="EB43" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="EC43" s="4" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+      <x:c r="ED43" s="4" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="EE43" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="EF43" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
-      <x:c r="EB43" s="4" t="n">
-[...8 lines deleted...]
-      <x:c r="EE43" s="4" t="n">
+      <x:c r="EG43" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="EH43" s="4" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="EI43" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
-      <x:c r="EF43" s="4" t="n">
-[...5 lines deleted...]
-      <x:c r="EH43" s="4" t="n">
+      <x:c r="EJ43" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="EK43" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="EL43" s="4" t="n">
         <x:v>4.3</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>4.2</x:v>
       </x:c>
       <x:c r="EM43" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="EN43" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="EO43" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="EP43" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="EQ43" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="ER43" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="ES43" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="ET43" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="EU43" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="EV43" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="EW43" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="EX43" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="EY43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="EZ43" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="FA43" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="FB43" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="FC43" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="FD43" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="FE43" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="FF43" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="FG43" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="FH43" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="FI43" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="FJ43" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="FK43" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="FL43" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="FM43" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="FN43" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="FO43" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="FP43" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="FQ43" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="FR43" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
-      <x:c r="FQ43" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="FS43" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="FT43" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="FU43" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="FV43" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="FW43" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="FX43" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="FY43" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="FZ43" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="GA43" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="GB43" s="4" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="GC43" s="4" t="n">
+        <x:v>5.6</x:v>
+      </x:c>
+      <x:c r="GD43" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
-      <x:c r="GC43" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="GE43" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="GF43" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="GG43" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="GH43" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="GI43" s="4" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="GJ43" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:192">
+      <x:c r="A44" s="2" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="B44" s="3" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="C44" s="3" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="D44" s="3" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="E44" s="3" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="F44" s="4" t="n">
+        <x:v>4.9</x:v>
+      </x:c>
+      <x:c r="G44" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
-      <x:c r="GI43" s="4" t="n">
-[...24 lines deleted...]
-      </x:c>
       <x:c r="H44" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="I44" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="J44" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="K44" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
       <x:c r="L44" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>12.3</x:v>
       </x:c>
       <x:c r="M44" s="4" t="n">
-        <x:v>12.5</x:v>
+        <x:v>12.9</x:v>
       </x:c>
       <x:c r="N44" s="4" t="n">
-        <x:v>11.7</x:v>
+        <x:v>11.8</x:v>
       </x:c>
       <x:c r="O44" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="P44" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="Q44" s="4" t="n">
         <x:v>9.9</x:v>
       </x:c>
       <x:c r="R44" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>10.3</x:v>
       </x:c>
       <x:c r="S44" s="4" t="n">
-        <x:v>11.2</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="T44" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>11.3</x:v>
       </x:c>
       <x:c r="U44" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="V44" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="W44" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="X44" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="Y44" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="Z44" s="4" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="AA44" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="AB44" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="AC44" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="AD44" s="4" t="n">
         <x:v>6.9</x:v>
       </x:c>
       <x:c r="AE44" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="AF44" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="AG44" s="4" t="n">
+        <x:v>5.7</x:v>
+      </x:c>
+      <x:c r="AH44" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
-      <x:c r="AH44" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="AI44" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="AJ44" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="AK44" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="AL44" s="4" t="n">
-        <x:v>13.3</x:v>
+        <x:v>12.7</x:v>
       </x:c>
       <x:c r="AM44" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>11.5</x:v>
       </x:c>
       <x:c r="AN44" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="AO44" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="AP44" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="AQ44" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="AR44" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="AS44" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="AT44" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="AU44" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="AV44" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="AW44" s="4" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="AX44" s="4" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="AY44" s="4" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="AZ44" s="4" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="BA44" s="4" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="BB44" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
-      <x:c r="AX44" s="4" t="n">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="BC44" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="BD44" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="BE44" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="BF44" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="BG44" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="BH44" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="BI44" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="BJ44" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="BK44" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="BL44" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="BM44" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="BN44" s="4" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="BO44" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="BP44" s="4" t="n">
+        <x:v>-3.7</x:v>
+      </x:c>
+      <x:c r="BQ44" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="BR44" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="BS44" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="BT44" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
-      <x:c r="BO44" s="4" t="n">
-[...5 lines deleted...]
-      <x:c r="BQ44" s="4" t="n">
+      <x:c r="BU44" s="4" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+      <x:c r="BV44" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
-      <x:c r="BR44" s="4" t="n">
-[...11 lines deleted...]
-      <x:c r="BV44" s="4" t="n">
+      <x:c r="BW44" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
-      <x:c r="BW44" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="BX44" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="BY44" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="BZ44" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="CA44" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="CB44" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="CC44" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="CD44" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="CE44" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="CF44" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="CG44" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="CH44" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="CI44" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="CJ44" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="CK44" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
-      <x:c r="CK44" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="CL44" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="CM44" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="CN44" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="CO44" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="CP44" s="4" t="n">
-        <x:v>8.4</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="CQ44" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="CR44" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="CS44" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="CT44" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="CU44" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="CV44" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="CW44" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="CX44" s="4" t="n">
-        <x:v>8.4</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="CY44" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="CZ44" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="DA44" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="DB44" s="4" t="n">
+        <x:v>-0.8</x:v>
+      </x:c>
+      <x:c r="DC44" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
-      <x:c r="DB44" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="DD44" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="DE44" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="DF44" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="DG44" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="DH44" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="DI44" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="DJ44" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="DK44" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="DL44" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="DM44" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="DN44" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="DO44" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="DP44" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="DQ44" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="DQ44" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="DR44" s="4" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="DS44" s="4" t="n">
+        <x:v>6.5</x:v>
+      </x:c>
+      <x:c r="DT44" s="4" t="n">
+        <x:v>9.6</x:v>
+      </x:c>
+      <x:c r="DU44" s="4" t="n">
+        <x:v>8.4</x:v>
+      </x:c>
+      <x:c r="DV44" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
-      <x:c r="DS44" s="4" t="n">
+      <x:c r="DW44" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
-      <x:c r="DT44" s="4" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="DX44" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="DY44" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="DZ44" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="EA44" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="EB44" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="EC44" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="ED44" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="EE44" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="EF44" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="EG44" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="EH44" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="EI44" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="EJ44" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="EK44" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="EL44" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="EM44" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="EN44" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="EO44" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="EP44" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="EQ44" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="ER44" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="ES44" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="ET44" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="EU44" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="EV44" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="EW44" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="EX44" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="EY44" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="EZ44" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="FA44" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="FB44" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="FC44" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="FD44" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="FE44" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="FF44" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="FG44" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="FH44" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="FI44" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="FJ44" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="FK44" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="FL44" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="FM44" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="FN44" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="FO44" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="FP44" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="FQ44" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="FR44" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="FS44" s="4" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="FT44" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="FU44" s="4" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="FV44" s="4" t="n">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="FW44" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="FX44" s="4" t="n">
+        <x:v>5.1</x:v>
+      </x:c>
+      <x:c r="FY44" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="FZ44" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="GA44" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
-      <x:c r="FS44" s="4" t="n">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="GB44" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="GC44" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="GD44" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="GE44" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="GF44" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="GG44" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="GH44" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="GI44" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.9</x:v>
+      </x:c>
+      <x:c r="GJ44" s="4" t="n">
+        <x:v>4.1</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:191">
+    <x:row r="45" spans="1:192">
       <x:c r="A45" s="2" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="B45" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E45" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="G45" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="H45" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="I45" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="J45" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="K45" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="L45" s="4" t="n">
+        <x:v>13.6</x:v>
+      </x:c>
+      <x:c r="M45" s="4" t="n">
         <x:v>13.8</x:v>
       </x:c>
-      <x:c r="M45" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="N45" s="4" t="n">
-        <x:v>12.9</x:v>
+        <x:v>12.8</x:v>
       </x:c>
       <x:c r="O45" s="4" t="n">
         <x:v>10.3</x:v>
       </x:c>
       <x:c r="P45" s="4" t="n">
         <x:v>9.7</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="n">
         <x:v>10.9</x:v>
       </x:c>
       <x:c r="R45" s="4" t="n">
         <x:v>10.9</x:v>
       </x:c>
       <x:c r="S45" s="4" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="T45" s="4" t="n">
-        <x:v>11.2</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="U45" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="V45" s="4" t="n">
         <x:v>9.4</x:v>
       </x:c>
       <x:c r="W45" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="X45" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
       <x:c r="Y45" s="4" t="n">
         <x:v>7.6</x:v>
       </x:c>
       <x:c r="Z45" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
       <x:c r="AA45" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="AB45" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="AC45" s="4" t="n">
         <x:v>6.1</x:v>
       </x:c>
@@ -24950,1063 +25079,1069 @@
       <x:c r="AQ45" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="AR45" s="4" t="n">
         <x:v>6.1</x:v>
       </x:c>
       <x:c r="AS45" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AT45" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="AU45" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="AV45" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="AW45" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="AX45" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="AY45" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="AZ45" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="BA45" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="BB45" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="BC45" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="BD45" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="BE45" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="BF45" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="BG45" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="BH45" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="BI45" s="4" t="n">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="BJ45" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
-      <x:c r="BJ45" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="BK45" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="BL45" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="BM45" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="BN45" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="BO45" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="BP45" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="BQ45" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="BR45" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="BS45" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="BT45" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="BU45" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="BV45" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="BW45" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="BX45" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="BY45" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="BZ45" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="CA45" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="CB45" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="CC45" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="CD45" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="CE45" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="CF45" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="CG45" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="CH45" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="CI45" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="CJ45" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="CK45" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="CL45" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="CM45" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="CN45" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="CO45" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="CP45" s="4" t="n">
         <x:v>6.1</x:v>
       </x:c>
       <x:c r="CQ45" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="CR45" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="CS45" s="4" t="n">
-        <x:v>8.4</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="CT45" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="CU45" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="CV45" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="CW45" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="CX45" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="CY45" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="CZ45" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="DA45" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="DB45" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="DC45" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="DD45" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="DE45" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="DF45" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="DG45" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="DH45" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="DI45" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="DJ45" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="DK45" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="DL45" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="DM45" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="DN45" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="DO45" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="DP45" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="DQ45" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="DR45" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="DS45" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="DT45" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="DU45" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="DV45" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="DW45" s="4" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="DX45" s="4" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+      <x:c r="DY45" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
-      <x:c r="DW45" s="4" t="n">
+      <x:c r="DZ45" s="4" t="n">
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="EA45" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="EB45" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="EC45" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="ED45" s="4" t="n">
+        <x:v>5.1</x:v>
+      </x:c>
+      <x:c r="EE45" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
-      <x:c r="DX45" s="4" t="n">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="EF45" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="EG45" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="EH45" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="EI45" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="EJ45" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="EK45" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="EL45" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="EM45" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="EN45" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="EO45" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="EP45" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="EQ45" s="4" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="ER45" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
-      <x:c r="ER45" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="ES45" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="ET45" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="EU45" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="EV45" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="EW45" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="EX45" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="EY45" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="EZ45" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="FA45" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="FB45" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="FC45" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="FD45" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="FE45" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="FF45" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="FG45" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="FH45" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="FI45" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="FJ45" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="FK45" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="FL45" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="FM45" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="FN45" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="FO45" s="4" t="n">
-        <x:v>14.2</x:v>
+        <x:v>13.6</x:v>
       </x:c>
       <x:c r="FP45" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="FQ45" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="FR45" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="FS45" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="FT45" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="FU45" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="FV45" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="FW45" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="FX45" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="FY45" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="FZ45" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="GA45" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="GB45" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="GC45" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="GD45" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="GE45" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="GF45" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="GG45" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="GH45" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="GI45" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="GJ45" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:191">
+    <x:row r="46" spans="1:192">
       <x:c r="A46" s="2" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="B46" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D46" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E46" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
         <x:v>6.1</x:v>
       </x:c>
       <x:c r="G46" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="H46" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="I46" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="J46" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="K46" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="L46" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>10.5</x:v>
       </x:c>
       <x:c r="M46" s="4" t="n">
-        <x:v>10.1</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="N46" s="4" t="n">
-        <x:v>12.6</x:v>
+        <x:v>12.5</x:v>
       </x:c>
       <x:c r="O46" s="4" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="P46" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="Q46" s="4" t="n">
-        <x:v>10.3</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="R46" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>11.8</x:v>
       </x:c>
       <x:c r="S46" s="4" t="n">
-        <x:v>11.8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="T46" s="4" t="n">
-        <x:v>12.1</x:v>
+        <x:v>12.2</x:v>
       </x:c>
       <x:c r="U46" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>11.2</x:v>
       </x:c>
       <x:c r="V46" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>10.5</x:v>
       </x:c>
       <x:c r="W46" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="X46" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="Y46" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="Z46" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="AA46" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="AB46" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="AC46" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="AD46" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="AE46" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="AF46" s="4" t="n">
         <x:v>8.1</x:v>
       </x:c>
       <x:c r="AG46" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="AH46" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="AI46" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="AJ46" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
       <x:c r="AK46" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="AL46" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>11.6</x:v>
       </x:c>
       <x:c r="AM46" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="AN46" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="AO46" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="AP46" s="4" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="AQ46" s="4" t="n">
         <x:v>7.8</x:v>
       </x:c>
       <x:c r="AR46" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="AS46" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="AT46" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="AU46" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="AV46" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="AW46" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="AX46" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="AY46" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="AZ46" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="BA46" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="BB46" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="BC46" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="BD46" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
-      <x:c r="BB46" s="4" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="BE46" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="BF46" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="BG46" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="BH46" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
-      <x:c r="BG46" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="BI46" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="BJ46" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="BK46" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="BL46" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="BM46" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="BN46" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="BO46" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="BP46" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="BQ46" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="BR46" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="BS46" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="BT46" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="BU46" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="BV46" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+      <x:c r="BW46" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="BX46" s="4" t="n">
         <x:v>3.6</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>3.5</x:v>
       </x:c>
       <x:c r="BY46" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="BZ46" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="CA46" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="CB46" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="CC46" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="CD46" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="CE46" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="CF46" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="CG46" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="CH46" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="CI46" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="CJ46" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="CK46" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="CL46" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="CM46" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="CN46" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="CO46" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="CP46" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="CQ46" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="CR46" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="CS46" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="CT46" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="CU46" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="CV46" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="CW46" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="CX46" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="CY46" s="4" t="n">
         <x:v>4.4</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>4.5</x:v>
       </x:c>
       <x:c r="CZ46" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="DA46" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="DB46" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="DC46" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="DD46" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="DE46" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
-      <x:c r="DC46" s="4" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="DF46" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="DG46" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="DH46" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="DI46" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="DJ46" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="DK46" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="DL46" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="DM46" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="DN46" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="DO46" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="DP46" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="DQ46" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="DR46" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="DS46" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="DT46" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="DU46" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="DV46" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="DW46" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="DX46" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="DY46" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="DZ46" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="EA46" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="EB46" s="4" t="n">
+        <x:v>4.5</x:v>
+      </x:c>
+      <x:c r="EC46" s="4" t="n">
+        <x:v>5.1</x:v>
+      </x:c>
+      <x:c r="ED46" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="EE46" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="EA46" s="4" t="n">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="EF46" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="EG46" s="4" t="n">
+        <x:v>1.2</x:v>
+      </x:c>
+      <x:c r="EH46" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
-      <x:c r="EG46" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="EI46" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="EJ46" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="EK46" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="EL46" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="EM46" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="EN46" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="EO46" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="EP46" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="EQ46" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="ER46" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="ES46" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="ET46" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="EU46" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="EV46" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="EW46" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="EX46" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="EY46" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="EZ46" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="FA46" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
-      <x:c r="EZ46" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="FB46" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="FC46" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="FD46" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="FE46" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="FF46" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="FG46" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="FH46" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="FI46" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="FJ46" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="FK46" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="FL46" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="FM46" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-4.3</x:v>
       </x:c>
       <x:c r="FN46" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="FO46" s="4" t="n">
         <x:v>7.6</x:v>
       </x:c>
       <x:c r="FP46" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="FQ46" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="FR46" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="FS46" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="FT46" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="FU46" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="FV46" s="4" t="n">
-        <x:v>-6.9</x:v>
+        <x:v>-8.5</x:v>
       </x:c>
       <x:c r="FW46" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="FX46" s="4" t="n">
-        <x:v>12</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="FY46" s="4" t="n">
-        <x:v>10.2</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="FZ46" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="GA46" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="GB46" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="GC46" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="GD46" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="GE46" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="GF46" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="GG46" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="GH46" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="GI46" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="GJ46" s="4" t="n">
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
-    <x:row r="47" spans="1:191">
+    <x:row r="47" spans="1:192">
       <x:c r="A47" s="2" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B47" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E47" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="G47" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="H47" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="I47" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="J47" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="K47" s="4" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="L47" s="4" t="n">
         <x:v>12.5</x:v>
       </x:c>
       <x:c r="M47" s="4" t="n">
         <x:v>12.9</x:v>
       </x:c>
@@ -26316,272 +26451,275 @@
       <x:c r="DK47" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="DL47" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="DM47" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="DN47" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="DO47" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="DP47" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="DQ47" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="DR47" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="DS47" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="DT47" s="4" t="n">
         <x:v>7.8</x:v>
       </x:c>
       <x:c r="DU47" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="DV47" s="4" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+      <x:c r="DW47" s="4" t="n">
+        <x:v>5.4</x:v>
+      </x:c>
+      <x:c r="DX47" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="DY47" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="DZ47" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="EA47" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="EB47" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="EC47" s="4" t="n">
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="ED47" s="4" t="n">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="EE47" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="EF47" s="4" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="EG47" s="4" t="n">
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="EH47" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
-      <x:c r="DW47" s="4" t="n">
-[...5 lines deleted...]
-      <x:c r="DY47" s="4" t="n">
+      <x:c r="EI47" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="EJ47" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
-      <x:c r="DZ47" s="4" t="n">
-[...29 lines deleted...]
-      <x:c r="EJ47" s="4" t="n">
+      <x:c r="EK47" s="4" t="n">
         <x:v>3</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3.1</x:v>
       </x:c>
       <x:c r="EL47" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="EM47" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="EN47" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="EO47" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="EP47" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="EQ47" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="ER47" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="ES47" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="ET47" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="EU47" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="EV47" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="EW47" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="EX47" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="EY47" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="EZ47" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="FA47" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="FB47" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="FC47" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="FD47" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="FE47" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="FF47" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="FG47" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="FH47" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="FI47" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="FJ47" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="FK47" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="FL47" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="FM47" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="FN47" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="FO47" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="FP47" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="FQ47" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="FR47" s="4" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="FS47" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="FT47" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="FU47" s="4" t="n">
+        <x:v>5.3</x:v>
+      </x:c>
+      <x:c r="FV47" s="4" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="FW47" s="4" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="FX47" s="4" t="n">
+        <x:v>5.4</x:v>
+      </x:c>
+      <x:c r="FY47" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="FZ47" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="GA47" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
-      <x:c r="FR47" s="4" t="n">
-[...14 lines deleted...]
-      <x:c r="FW47" s="4" t="n">
+      <x:c r="GB47" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="GC47" s="4" t="n">
+        <x:v>6.2</x:v>
+      </x:c>
+      <x:c r="GD47" s="4" t="n">
+        <x:v>5.3</x:v>
+      </x:c>
+      <x:c r="GE47" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
-      <x:c r="FX47" s="4" t="n">
-[...8 lines deleted...]
-      <x:c r="GA47" s="4" t="n">
+      <x:c r="GF47" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="GG47" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="GH47" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="GI47" s="4" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="GJ47" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="GB47" s="4" t="n">
-[...22 lines deleted...]
-      </x:c>
     </x:row>
-    <x:row r="48" spans="1:191">
+    <x:row r="48" spans="1:192">
       <x:c r="A48" s="2" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="B48" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D48" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E48" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="G48" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="H48" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="I48" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="J48" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="K48" s="4" t="n">
         <x:v>8.4</x:v>
       </x:c>
       <x:c r="L48" s="4" t="n">
         <x:v>12.1</x:v>
       </x:c>
       <x:c r="M48" s="4" t="n">
         <x:v>13.4</x:v>
       </x:c>
@@ -26876,287 +27014,290 @@
       <x:c r="DF48" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="DG48" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="DH48" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="DI48" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="DJ48" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="DK48" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="DL48" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="DM48" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="DN48" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="DO48" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="DP48" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="DQ48" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="DR48" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="DS48" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="DT48" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="DU48" s="4" t="n">
-        <x:v>8.4</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="DV48" s="4" t="n">
+        <x:v>4.5</x:v>
+      </x:c>
+      <x:c r="DW48" s="4" t="n">
+        <x:v>4.9</x:v>
+      </x:c>
+      <x:c r="DX48" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="DY48" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="DZ48" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="EA48" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="EB48" s="4" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="EC48" s="4" t="n">
+        <x:v>4.9</x:v>
+      </x:c>
+      <x:c r="ED48" s="4" t="n">
+        <x:v>6.3</x:v>
+      </x:c>
+      <x:c r="EE48" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
-      <x:c r="DW48" s="4" t="n">
-[...8 lines deleted...]
-      <x:c r="DZ48" s="4" t="n">
+      <x:c r="EF48" s="4" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="EG48" s="4" t="n">
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="EH48" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
-      <x:c r="EA48" s="4" t="n">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="EI48" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="EJ48" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="EK48" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="EL48" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="EM48" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="EN48" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="EO48" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="EP48" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="EQ48" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="ER48" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="ES48" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="ET48" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="EU48" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="EV48" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="EW48" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="EX48" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="EY48" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="EZ48" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="FA48" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="FB48" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="FC48" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="FD48" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="FE48" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="FF48" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="FG48" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="FH48" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="FI48" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="FJ48" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="FK48" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="FL48" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="FM48" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="FN48" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
-      <x:c r="FN48" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="FO48" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="FP48" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="FQ48" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="FR48" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="FS48" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="FT48" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="FU48" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="FV48" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="FW48" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="FX48" s="4" t="n">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="FY48" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="FZ48" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="GA48" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="GB48" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="GC48" s="4" t="n">
+        <x:v>5.7</x:v>
+      </x:c>
+      <x:c r="GD48" s="4" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+      <x:c r="GE48" s="4" t="n">
+        <x:v>4.9</x:v>
+      </x:c>
+      <x:c r="GF48" s="4" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+      <x:c r="GG48" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="GH48" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="GI48" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
-      <x:c r="FX48" s="4" t="n">
-[...33 lines deleted...]
-        <x:v>4.4</x:v>
+      <x:c r="GJ48" s="4" t="n">
+        <x:v>4</x:v>
       </x:c>
     </x:row>
-    <x:row r="49" spans="1:191">
+    <x:row r="49" spans="1:192">
       <x:c r="A49" s="2" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="B49" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E49" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G49" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="H49" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="I49" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="J49" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="K49" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
       <x:c r="L49" s="4" t="n">
         <x:v>11.7</x:v>
       </x:c>
       <x:c r="M49" s="4" t="n">
         <x:v>12.1</x:v>
       </x:c>
@@ -27463,275 +27604,278 @@
       <x:c r="DJ49" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="DK49" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="DL49" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="DM49" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="DN49" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="DO49" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="DP49" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="DQ49" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="DR49" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="DS49" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="DT49" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="DU49" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="DV49" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="DW49" s="4" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="DX49" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="DY49" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="DZ49" s="4" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="EA49" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="EB49" s="4" t="n">
+        <x:v>4.5</x:v>
+      </x:c>
+      <x:c r="EC49" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
-      <x:c r="DX49" s="4" t="n">
-[...2 lines deleted...]
-      <x:c r="DY49" s="4" t="n">
+      <x:c r="ED49" s="4" t="n">
+        <x:v>6.7</x:v>
+      </x:c>
+      <x:c r="EE49" s="4" t="n">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="EF49" s="4" t="n">
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="EG49" s="4" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="EH49" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="EI49" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
-      <x:c r="DZ49" s="4" t="n">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="EJ49" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="EK49" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="EL49" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="EM49" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="EN49" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="EO49" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="EP49" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="EQ49" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="ER49" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="ES49" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="ET49" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="EU49" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="EV49" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="EW49" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="EX49" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="EY49" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="EZ49" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="FA49" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="FB49" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="FC49" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="FD49" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="FE49" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="FF49" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="FG49" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="FH49" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="FI49" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="FJ49" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="FK49" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="FL49" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="FM49" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="FN49" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="FO49" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="FP49" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="FQ49" s="4" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="FR49" s="4" t="n">
+        <x:v>5.8</x:v>
+      </x:c>
+      <x:c r="FS49" s="4" t="n">
+        <x:v>-0.4</x:v>
+      </x:c>
+      <x:c r="FT49" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="FU49" s="4" t="n">
+        <x:v>4.6</x:v>
+      </x:c>
+      <x:c r="FV49" s="4" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="FW49" s="4" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="FX49" s="4" t="n">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="FY49" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="FZ49" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="GA49" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="GB49" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="GC49" s="4" t="n">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="GD49" s="4" t="n">
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="GE49" s="4" t="n">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="GF49" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
-      <x:c r="FR49" s="4" t="n">
-[...23 lines deleted...]
-      <x:c r="FZ49" s="4" t="n">
+      <x:c r="GG49" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="GH49" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
-      <x:c r="GA49" s="4" t="n">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="GI49" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="GJ49" s="4" t="n">
+        <x:v>4.1</x:v>
       </x:c>
     </x:row>
-    <x:row r="50" spans="1:191">
+    <x:row r="50" spans="1:192">
       <x:c r="A50" s="2" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="B50" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C50" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D50" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E50" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G50" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="H50" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="I50" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="J50" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="K50" s="4" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="L50" s="4" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="M50" s="4" t="n">
         <x:v>16.5</x:v>
       </x:c>
@@ -28029,105 +28173,105 @@
       <x:c r="DG50" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="DH50" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="DI50" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="DJ50" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="DK50" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
       <x:c r="DL50" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="DM50" s="4" t="n">
         <x:v>8.4</x:v>
       </x:c>
       <x:c r="DN50" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="DO50" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="DP50" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="DQ50" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="DR50" s="4" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="DS50" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
-      <x:c r="DS50" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="DT50" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="DU50" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="DV50" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="DW50" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="DX50" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="DY50" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="DZ50" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>-1.9</x:v>
       </x:c>
       <x:c r="EA50" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="EB50" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="EC50" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="ED50" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="EE50" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="EF50" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="EG50" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="EH50" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="EI50" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="EJ50" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="EK50" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="EL50" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="EM50" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="EN50" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="EO50" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
@@ -28146,167 +28290,170 @@
       <x:c r="ET50" s="4" t="n">
         <x:v>-2.2</x:v>
       </x:c>
       <x:c r="EU50" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="EV50" s="4" t="n">
         <x:v>-3.4</x:v>
       </x:c>
       <x:c r="EW50" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="EX50" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="EY50" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="EZ50" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="FA50" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="FB50" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="FC50" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="FD50" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="FE50" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="FF50" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="FG50" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="FH50" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="FI50" s="4" t="n">
         <x:v>8.9</x:v>
       </x:c>
       <x:c r="FJ50" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="FK50" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="FL50" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="FM50" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>-1.9</x:v>
       </x:c>
       <x:c r="FN50" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="FO50" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="FP50" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="FQ50" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="FR50" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="FS50" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="FT50" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="FU50" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="FV50" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="FW50" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="FX50" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="FY50" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="FZ50" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="GA50" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="GB50" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="GC50" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="GD50" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="GE50" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="GF50" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="GG50" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="GH50" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="GI50" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
+      <x:c r="GJ50" s="4" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
     </x:row>
-    <x:row r="51" spans="1:191">
+    <x:row r="51" spans="1:192">
       <x:c r="A51" s="2" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B51" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E51" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="G51" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="H51" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="I51" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="J51" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="K51" s="4" t="n">
         <x:v>9.4</x:v>
       </x:c>
       <x:c r="L51" s="4" t="n">
         <x:v>12.8</x:v>
       </x:c>
       <x:c r="M51" s="4" t="n">
         <x:v>12.7</x:v>
       </x:c>
@@ -28709,212 +28856,215 @@
       <x:c r="EP51" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="EQ51" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="ER51" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="ES51" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="ET51" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="EU51" s="4" t="n">
         <x:v>7.9</x:v>
       </x:c>
       <x:c r="EV51" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="EW51" s="4" t="n">
         <x:v>-1.8</x:v>
       </x:c>
       <x:c r="EX51" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="EY51" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="EZ51" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="FA51" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="FB51" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="FC51" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="FD51" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="FE51" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="FF51" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="FG51" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="FH51" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="FI51" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="FJ51" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="FK51" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="FL51" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="FM51" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="FN51" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="FO51" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="FP51" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="FQ51" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="FR51" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="FS51" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="FT51" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="FU51" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="FV51" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="FW51" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="FX51" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="FY51" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="FZ51" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="GA51" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="GB51" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="GC51" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="GD51" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="GE51" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="GF51" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="GG51" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="GH51" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="GI51" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
+      <x:c r="GJ51" s="4" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
     </x:row>
-    <x:row r="52" spans="1:191">
+    <x:row r="52" spans="1:192">
       <x:c r="A52" s="2" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="B52" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C52" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D52" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E52" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="G52" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="H52" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="I52" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="J52" s="4" t="n">
         <x:v>6.9</x:v>
       </x:c>
       <x:c r="K52" s="4" t="n">
         <x:v>9.9</x:v>
       </x:c>
       <x:c r="L52" s="4" t="n">
         <x:v>12.5</x:v>
       </x:c>
       <x:c r="M52" s="4" t="n">
         <x:v>12.3</x:v>
       </x:c>
       <x:c r="N52" s="4" t="n">
         <x:v>11.8</x:v>
       </x:c>
       <x:c r="O52" s="4" t="n">
         <x:v>10.5</x:v>
       </x:c>
       <x:c r="P52" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="Q52" s="4" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="R52" s="4" t="n">
         <x:v>10.5</x:v>
       </x:c>
       <x:c r="S52" s="4" t="n">
         <x:v>9.5</x:v>
       </x:c>
       <x:c r="T52" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
       <x:c r="U52" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
       <x:c r="V52" s="4" t="n">
         <x:v>8.3</x:v>
       </x:c>
       <x:c r="W52" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="X52" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
@@ -28951,99 +29101,99 @@
       <x:c r="AI52" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="AJ52" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="AK52" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="AL52" s="4" t="n">
         <x:v>10.8</x:v>
       </x:c>
       <x:c r="AM52" s="4" t="n">
         <x:v>10.1</x:v>
       </x:c>
       <x:c r="AN52" s="4" t="n">
         <x:v>7.9</x:v>
       </x:c>
       <x:c r="AO52" s="4" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="AP52" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="AQ52" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="AR52" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="AS52" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="AT52" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="AU52" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="AV52" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="AW52" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="AX52" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="AY52" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="AZ52" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="BA52" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="BB52" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="BC52" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="BD52" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="BE52" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="BF52" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="BG52" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="BH52" s="4" t="n">
         <x:v>-0.8</x:v>
       </x:c>
       <x:c r="BI52" s="4" t="n">
         <x:v>-0.6</x:v>
       </x:c>
       <x:c r="BJ52" s="4" t="n">
         <x:v>-0.5</x:v>
       </x:c>
       <x:c r="BK52" s="4" t="n">
         <x:v>-0.3</x:v>
       </x:c>
       <x:c r="BL52" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="BM52" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="BN52" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="BO52" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
@@ -29071,2240 +29221,2252 @@
       <x:c r="BW52" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="BX52" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="BY52" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="BZ52" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="CA52" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="CB52" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="CC52" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="CD52" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="CE52" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="CF52" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="CG52" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="CH52" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="CI52" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="CJ52" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="CK52" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="CL52" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="CM52" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="CN52" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="CO52" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="CP52" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="CQ52" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="CR52" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="CS52" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="CT52" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="CU52" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="CV52" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="CW52" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="CX52" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="CY52" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="CZ52" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="DA52" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="DB52" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="DC52" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="DD52" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="DE52" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="DF52" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="DG52" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="DH52" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="DI52" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="DJ52" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="DK52" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="DL52" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="DM52" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="DN52" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="DO52" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="DP52" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="DQ52" s="4" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+      <x:c r="DR52" s="4" t="n">
+        <x:v>4.9</x:v>
+      </x:c>
+      <x:c r="DS52" s="4" t="n">
         <x:v>4.5</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>4.6</x:v>
       </x:c>
       <x:c r="DT52" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="DU52" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="DV52" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="DW52" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="DX52" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="DY52" s="4" t="n">
         <x:v>-1.3</x:v>
       </x:c>
       <x:c r="DZ52" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="EA52" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="EB52" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="EC52" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="ED52" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="EE52" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="EF52" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="EG52" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="EH52" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="EI52" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="EJ52" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="EK52" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="EL52" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="EM52" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="EN52" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="EO52" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="EP52" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="EQ52" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="ER52" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="ES52" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="ET52" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="EU52" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="EV52" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="EW52" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="EX52" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="EY52" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="EZ52" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="FA52" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="FB52" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="FC52" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="FD52" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="FE52" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="FF52" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="FG52" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="FH52" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="FI52" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="FJ52" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="FK52" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="FL52" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="FM52" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="FN52" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="FO52" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="FP52" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="FQ52" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="FR52" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="FS52" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="FT52" s="4" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="FU52" s="4" t="n">
+        <x:v>8.9</x:v>
+      </x:c>
+      <x:c r="FV52" s="4" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="FW52" s="4" t="n">
+        <x:v>9.6</x:v>
+      </x:c>
+      <x:c r="FX52" s="4" t="n">
+        <x:v>10.1</x:v>
+      </x:c>
+      <x:c r="FY52" s="4" t="n">
+        <x:v>8.2</x:v>
+      </x:c>
+      <x:c r="FZ52" s="4" t="n">
+        <x:v>6.5</x:v>
+      </x:c>
+      <x:c r="GA52" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="GB52" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="GC52" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="GD52" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
-      <x:c r="FT52" s="4" t="n">
-[...31 lines deleted...]
-      </x:c>
       <x:c r="GE52" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="GF52" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="GG52" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="GH52" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="GI52" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="GJ52" s="4" t="n">
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
-    <x:row r="53" spans="1:191">
+    <x:row r="53" spans="1:192">
       <x:c r="A53" s="2" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B53" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E53" s="3" t="s">
-        <x:v>193</x:v>
-[...557 lines deleted...]
-        <x:v>2.3</x:v>
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="F53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="G53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="H53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="I53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="J53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="K53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="L53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="M53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="N53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="O53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="P53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="Q53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="R53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="S53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="T53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="U53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="V53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="W53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="X53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="Y53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="Z53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AA53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AB53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AC53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AD53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AE53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AF53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AG53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AH53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AI53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AJ53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AK53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AL53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AM53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AN53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AO53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AP53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AQ53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AR53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AS53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AT53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AU53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AV53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AW53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AX53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AY53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AZ53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BA53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BB53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BC53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BD53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BE53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BF53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BG53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BH53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BI53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BJ53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BK53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BL53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BM53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BN53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BO53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BP53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BQ53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BR53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BS53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BT53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BU53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BV53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BW53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BX53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BY53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BZ53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CA53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CB53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CC53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CD53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CE53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CF53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CG53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CH53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CI53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CJ53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CK53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CL53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CM53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CN53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CO53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CP53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CQ53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CR53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CS53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CT53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CU53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CV53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CW53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CX53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CY53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CZ53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DA53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DB53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DC53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DD53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DE53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DF53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DG53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DH53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DI53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DJ53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DK53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DL53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DM53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DN53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DO53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DP53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DQ53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DR53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DS53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DT53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DU53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DV53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DW53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DX53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DY53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DZ53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EA53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EB53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EC53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="ED53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EE53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EF53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EG53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EH53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EI53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EJ53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EK53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EL53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EM53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EN53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EO53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EP53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EQ53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="ER53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="ES53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="ET53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EU53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EV53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EW53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EX53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EY53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EZ53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FA53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FB53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FC53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FD53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FE53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FF53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FG53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FH53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FI53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FJ53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FK53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FL53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FM53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FN53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FO53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FP53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FQ53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FR53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FS53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FT53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FU53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FV53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FW53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FX53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FY53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FZ53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="GA53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="GB53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="GC53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="GD53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="GE53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="GF53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="GG53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="GH53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="GI53" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="GJ53" s="3" t="s">
+        <x:v>243</x:v>
       </x:c>
     </x:row>
-    <x:row r="54" spans="1:191">
+    <x:row r="54" spans="1:192">
       <x:c r="A54" s="2" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="B54" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C54" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D54" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E54" s="3" t="s">
-        <x:v>193</x:v>
-[...557 lines deleted...]
-        <x:v>2</x:v>
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="F54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="G54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="H54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="I54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="J54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="K54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="L54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="M54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="N54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="O54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="P54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="Q54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="R54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="S54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="T54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="U54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="V54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="W54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="X54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="Y54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="Z54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AA54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AB54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AC54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AD54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AE54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AF54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AG54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AH54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AI54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AJ54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AK54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AL54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AM54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AN54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AO54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AP54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AQ54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AR54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AS54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AT54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AU54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AV54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AW54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AX54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AY54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AZ54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BA54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BB54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BC54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BD54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BE54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BF54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BG54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BH54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BI54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BJ54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BK54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BL54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BM54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BN54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BO54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BP54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BQ54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BR54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BS54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BT54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BU54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BV54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BW54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BX54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BY54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BZ54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CA54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CB54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CC54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CD54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CE54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CF54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CG54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CH54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CI54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CJ54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CK54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CL54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CM54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CN54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CO54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CP54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CQ54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CR54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CS54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CT54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CU54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CV54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CW54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CX54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CY54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CZ54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DA54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DB54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DC54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DD54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DE54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DF54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DG54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DH54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DI54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DJ54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DK54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DL54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DM54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DN54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DO54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DP54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DQ54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DR54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DS54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DT54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DU54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DV54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DW54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DX54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DY54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DZ54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EA54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EB54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EC54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="ED54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EE54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EF54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EG54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EH54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EI54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EJ54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EK54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EL54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EM54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EN54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EO54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EP54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EQ54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="ER54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="ES54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="ET54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EU54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EV54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EW54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EX54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EY54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EZ54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FA54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FB54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FC54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FD54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FE54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FF54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FG54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FH54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FI54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FJ54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FK54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FL54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FM54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FN54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FO54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FP54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FQ54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FR54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FS54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FT54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FU54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FV54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FW54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FX54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FY54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FZ54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="GA54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="GB54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="GC54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="GD54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="GE54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="GF54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="GG54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="GH54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="GI54" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="GJ54" s="3" t="s">
+        <x:v>243</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:191">
+    <x:row r="55" spans="1:192">
       <x:c r="A55" s="2" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="B55" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E55" s="3" t="s">
-        <x:v>193</x:v>
-[...557 lines deleted...]
-        <x:v>3.5</x:v>
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="F55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="G55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="H55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="I55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="J55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="K55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="L55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="M55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="N55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="O55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="P55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="Q55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="R55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="S55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="T55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="U55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="V55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="W55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="X55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="Y55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="Z55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AA55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AB55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AC55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AD55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AE55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AF55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AG55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AH55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AI55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AJ55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AK55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AL55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AM55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AN55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AO55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AP55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AQ55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AR55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AS55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AT55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AU55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AV55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AW55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AX55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AY55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="AZ55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BA55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BB55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BC55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BD55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BE55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BF55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BG55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BH55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BI55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BJ55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BK55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BL55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BM55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BN55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BO55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BP55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BQ55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BR55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BS55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BT55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BU55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BV55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BW55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BX55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BY55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BZ55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CA55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CB55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CC55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CD55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CE55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CF55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CG55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CH55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CI55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CJ55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CK55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CL55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CM55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CN55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CO55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CP55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CQ55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CR55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CS55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CT55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CU55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CV55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CW55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CX55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CY55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="CZ55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DA55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DB55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DC55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DD55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DE55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DF55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DG55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DH55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DI55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DJ55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DK55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DL55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DM55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DN55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DO55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DP55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DQ55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DR55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DS55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DT55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DU55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DV55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DW55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DX55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DY55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="DZ55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EA55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EB55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EC55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="ED55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EE55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EF55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EG55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EH55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EI55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EJ55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EK55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EL55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EM55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EN55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EO55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EP55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EQ55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="ER55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="ES55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="ET55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EU55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EV55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EW55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EX55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EY55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="EZ55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FA55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FB55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FC55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FD55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FE55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FF55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FG55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FH55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FI55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FJ55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FK55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FL55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FM55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FN55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FO55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FP55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FQ55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FR55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FS55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FT55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FU55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FV55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FW55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FX55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FY55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="FZ55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="GA55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="GB55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="GC55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="GD55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="GE55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="GF55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="GG55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="GH55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="GI55" s="3" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="GJ55" s="3" t="s">
+        <x:v>243</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:191">
+    <x:row r="57" spans="1:192">
       <x:c r="A57" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:191">
+    <x:row r="58" spans="1:192">
       <x:c r="A58" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:191">
+    <x:row r="59" spans="1:192">
       <x:c r="A59" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
-    <x:row r="60" spans="1:191">
+    <x:row r="60" spans="1:192">
       <x:c r="A60" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:191">
+    <x:row r="62" spans="1:192">
       <x:c r="A62" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
-    <x:row r="63" spans="1:191">
+    <x:row r="63" spans="1:192">
       <x:c r="A63" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:191">
+    <x:row r="64" spans="1:192">
       <x:c r="A64" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
-    <x:row r="66" spans="1:191">
+    <x:row r="66" spans="1:192">
       <x:c r="A66" s="0" t="s">
+        <x:v>253</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:192">
+      <x:c r="A67" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:192">
+      <x:c r="A69" s="0" t="s">
+        <x:v>255</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:192">
+      <x:c r="A70" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
-    <x:row r="67" spans="1:191">
-[...1 lines deleted...]
-        <x:v>252</x:v>
+    <x:row r="71" spans="1:192">
+      <x:c r="A71" s="0" t="s">
+        <x:v>256</x:v>
       </x:c>
     </x:row>
-    <x:row r="69" spans="1:191">
-[...1 lines deleted...]
-        <x:v>253</x:v>
+    <x:row r="72" spans="1:192">
+      <x:c r="A72" s="0" t="s">
+        <x:v>257</x:v>
       </x:c>
     </x:row>
-    <x:row r="70" spans="1:191">
-[...1 lines deleted...]
-        <x:v>249</x:v>
+    <x:row r="73" spans="1:192">
+      <x:c r="A73" s="0" t="s">
+        <x:v>258</x:v>
       </x:c>
     </x:row>
-    <x:row r="71" spans="1:191">
-[...1 lines deleted...]
-        <x:v>254</x:v>
+    <x:row r="78" spans="1:192">
+      <x:c r="A78" s="0" t="s">
+        <x:v>259</x:v>
       </x:c>
     </x:row>
-    <x:row r="72" spans="1:191">
-[...1 lines deleted...]
-        <x:v>255</x:v>
+    <x:row r="79" spans="1:192">
+      <x:c r="A79" s="0" t="s">
+        <x:v>251</x:v>
       </x:c>
     </x:row>
-    <x:row r="73" spans="1:191">
-[...1 lines deleted...]
-        <x:v>256</x:v>
+    <x:row r="80" spans="1:192">
+      <x:c r="A80" s="0" t="s">
+        <x:v>260</x:v>
       </x:c>
     </x:row>
-    <x:row r="78" spans="1:191">
-[...1 lines deleted...]
-        <x:v>257</x:v>
+    <x:row r="81" spans="1:192">
+      <x:c r="A81" s="0" t="s">
+        <x:v>261</x:v>
       </x:c>
     </x:row>
-    <x:row r="79" spans="1:191">
-[...1 lines deleted...]
-        <x:v>249</x:v>
+    <x:row r="82" spans="1:192">
+      <x:c r="A82" s="0" t="s">
+        <x:v>251</x:v>
       </x:c>
     </x:row>
-    <x:row r="80" spans="1:191">
-[...1 lines deleted...]
-        <x:v>258</x:v>
+    <x:row r="83" spans="1:192">
+      <x:c r="A83" s="0" t="s">
+        <x:v>262</x:v>
       </x:c>
     </x:row>
-    <x:row r="81" spans="1:191">
-[...1 lines deleted...]
-        <x:v>259</x:v>
+    <x:row r="85" spans="1:192">
+      <x:c r="A85" s="0" t="s">
+        <x:v>263</x:v>
       </x:c>
     </x:row>
-    <x:row r="82" spans="1:191">
-[...14 lines deleted...]
-    <x:row r="86" spans="1:191">
+    <x:row r="86" spans="1:192">
       <x:c r="A86" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="87" spans="1:191">
+    <x:row r="87" spans="1:192">
       <x:c r="A87" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
-    <x:row r="93" spans="1:191">
+    <x:row r="93" spans="1:192">
       <x:c r="A93" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
-    <x:row r="95" spans="1:191">
+    <x:row r="95" spans="1:192">
       <x:c r="A95" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
-    <x:row r="96" spans="1:191">
+    <x:row r="96" spans="1:192">
       <x:c r="A96" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
-    <x:row r="98" spans="1:191">
+    <x:row r="98" spans="1:192">
       <x:c r="A98" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
-    <x:row r="99" spans="1:191">
+    <x:row r="99" spans="1:192">
       <x:c r="A99" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Prob4</vt:lpstr>
       <vt:lpstr>Prob4!Print_Area</vt:lpstr>
       <vt:lpstr>Prob4!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>