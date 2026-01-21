--- v2 (2025-12-11)
+++ v3 (2026-01-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8237f0a175d34718" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/75ed3670c00441189d015c0130db70dc.psmdcp" Id="Rdc1dc6e8473049be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2fa21dc5b3140cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4d3756ca713649549ab37b551e6838ae.psmdcp" Id="R86acfa7dfd7c48d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prob4" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="270" uniqueCount="270">
   <x:si>
     <x:t>09171: Production account and income generation, by industry, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Output at basic values. Change in prices from the same period in the previous year (per cent)</x:t>
   </x:si>
   <x:si>