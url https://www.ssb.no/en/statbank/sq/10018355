--- v0 (2025-11-14)
+++ v1 (2025-12-11)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ecc13bfdad340e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f40456626b7e4bb480789fc84426ba59.psmdcp" Id="R340e9a435b384474" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra51a5c46116b4141" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/159dfe4e63b9459aa069047e8cf9cbc6.psmdcp" Id="Raad08c5122684645" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prob2" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="266" uniqueCount="266">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="268">
   <x:si>
     <x:t>09171: Production account and income generation, by industry, contents and quarter</x:t>
   </x:si>
   <x:si>
-    <x:t>Output at basic values. Constant 2022-prices (NOK million)</x:t>
+    <x:t>Output at basic values. Constant 2023-prices (NOK million)</x:t>
   </x:si>
   <x:si>
     <x:t>1978K1</x:t>
   </x:si>
   <x:si>
     <x:t>1978K2</x:t>
   </x:si>
   <x:si>
     <x:t>1978K3</x:t>
   </x:si>
   <x:si>
     <x:t>1978K4</x:t>
   </x:si>
   <x:si>
     <x:t>1979K1</x:t>
   </x:si>
   <x:si>
     <x:t>1979K2</x:t>
   </x:si>
   <x:si>
     <x:t>1979K3</x:t>
   </x:si>
   <x:si>
     <x:t>1979K4</x:t>
   </x:si>
@@ -586,50 +586,53 @@
   <x:si>
     <x:t>2023K3</x:t>
   </x:si>
   <x:si>
     <x:t>2023K4</x:t>
   </x:si>
   <x:si>
     <x:t>2024K1</x:t>
   </x:si>
   <x:si>
     <x:t>2024K2</x:t>
   </x:si>
   <x:si>
     <x:t>2024K3</x:t>
   </x:si>
   <x:si>
     <x:t>2024K4</x:t>
   </x:si>
   <x:si>
     <x:t>2025K1</x:t>
   </x:si>
   <x:si>
     <x:t>2025K2</x:t>
   </x:si>
   <x:si>
+    <x:t>2025K3</x:t>
+  </x:si>
+  <x:si>
     <x:t>Total industry</x:t>
   </x:si>
   <x:si>
     <x:t>Agriculture and forestry</x:t>
   </x:si>
   <x:si>
     <x:t>Fishing and aquaculture</x:t>
   </x:si>
   <x:si>
     <x:t>Mining and quarrying</x:t>
   </x:si>
   <x:si>
     <x:t>Oil and gas extraction including services</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Oil and gas extraction</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Service activities incidental to oil and gas</x:t>
   </x:si>
   <x:si>
     <x:t>Manufacturing</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Food products, beverages and tobacco</x:t>
@@ -733,72 +736,75 @@
   <x:si>
     <x:t>Arts, entertainment and other service activities</x:t>
   </x:si>
   <x:si>
     <x:t>¬ General government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Central government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Civilian central government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Defence</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Local government</x:t>
   </x:si>
   <x:si>
     <x:t>Mainland Norway</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Production for market Mainland Norway</x:t>
   </x:si>
   <x:si>
+    <x:t>.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Market producers</x:t>
   </x:si>
   <x:si>
     <x:t>Non-market producers</x:t>
   </x:si>
   <x:si>
-    <x:t>Unadjusted figures from the base year (final annual accounts) are preliminary.</x:t>
+    <x:t>Figures after 2023 (the base year) are preliminary.</x:t>
   </x:si>
   <x:si>
     <x:t>In the time series in volume, the figures from the base year and onwards are fixed price figures while data prior to the base year are chained volume figures. This implies that additivity in volume is lost prior to the base year.</x:t>
   </x:si>
   <x:si>
-    <x:t>Errors in seasonally adjusted figures were corrected on November 29, 2024 at 11:35 a.m.</x:t>
+    <x:t>. = Category not applicable. Figures do not exist at this time, because the category was not in use when the figures were collected.</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
-    <x:t>Output at basic values. Constant 2022-prices (NOK million):</x:t>
+    <x:t>Output at basic values. Constant 2023-prices (NOK million):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250821 08:00</x:t>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Achraf Bougroug, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 15</x:t>
   </x:si>
   <x:si>
     <x:t>acb@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Units:</x:t>
   </x:si>
   <x:si>
     <x:t>NOK million</x:t>
   </x:si>
@@ -882,65 +888,69 @@
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="4">
+  <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId6" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -1197,70 +1207,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:GI98"/>
+  <x:dimension ref="A1:GJ98"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="191" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="1" max="192" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:191">
+    <x:row r="1" spans="1:192">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:191">
+    <x:row r="3" spans="1:192">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="4" spans="1:191">
+    <x:row r="4" spans="1:192">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="I4" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J4" s="2" t="s">
@@ -1787,29509 +1797,29665 @@
       </x:c>
       <x:c r="GB4" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="GC4" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="GD4" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="GE4" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="GF4" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="GG4" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="GH4" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="GI4" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
+      <x:c r="GJ4" s="2" t="s">
+        <x:v>192</x:v>
+      </x:c>
     </x:row>
-    <x:row r="5" spans="1:191">
+    <x:row r="5" spans="1:192">
       <x:c r="A5" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>653697</x:v>
+        <x:v>611528</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>679295</x:v>
+        <x:v>635475</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>660649</x:v>
+        <x:v>618032</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>709909</x:v>
+        <x:v>664114</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>699330</x:v>
+        <x:v>653870</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>687711</x:v>
+        <x:v>643006</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
-        <x:v>698647</x:v>
+        <x:v>653231</x:v>
       </x:c>
       <x:c r="I5" s="3" t="n">
-        <x:v>754352</x:v>
+        <x:v>705315</x:v>
       </x:c>
       <x:c r="J5" s="3" t="n">
-        <x:v>759178</x:v>
+        <x:v>709468</x:v>
       </x:c>
       <x:c r="K5" s="3" t="n">
-        <x:v>733515</x:v>
+        <x:v>685486</x:v>
       </x:c>
       <x:c r="L5" s="3" t="n">
-        <x:v>701214</x:v>
+        <x:v>655299</x:v>
       </x:c>
       <x:c r="M5" s="3" t="n">
-        <x:v>763523</x:v>
+        <x:v>713528</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>762673</x:v>
+        <x:v>713142</x:v>
       </x:c>
       <x:c r="O5" s="3" t="n">
-        <x:v>747132</x:v>
+        <x:v>698611</x:v>
       </x:c>
       <x:c r="P5" s="3" t="n">
-        <x:v>730162</x:v>
+        <x:v>682743</x:v>
       </x:c>
       <x:c r="Q5" s="3" t="n">
-        <x:v>779496</x:v>
+        <x:v>728873</x:v>
       </x:c>
       <x:c r="R5" s="3" t="n">
-        <x:v>770724</x:v>
+        <x:v>720806</x:v>
       </x:c>
       <x:c r="S5" s="3" t="n">
-        <x:v>752368</x:v>
+        <x:v>703639</x:v>
       </x:c>
       <x:c r="T5" s="3" t="n">
-        <x:v>735436</x:v>
+        <x:v>687803</x:v>
       </x:c>
       <x:c r="U5" s="3" t="n">
-        <x:v>788635</x:v>
+        <x:v>737556</x:v>
       </x:c>
       <x:c r="V5" s="3" t="n">
-        <x:v>773896</x:v>
+        <x:v>723614</x:v>
       </x:c>
       <x:c r="W5" s="3" t="n">
-        <x:v>785378</x:v>
+        <x:v>734350</x:v>
       </x:c>
       <x:c r="X5" s="3" t="n">
-        <x:v>763771</x:v>
+        <x:v>714147</x:v>
       </x:c>
       <x:c r="Y5" s="3" t="n">
-        <x:v>821032</x:v>
+        <x:v>767688</x:v>
       </x:c>
       <x:c r="Z5" s="3" t="n">
-        <x:v>828365</x:v>
+        <x:v>774594</x:v>
       </x:c>
       <x:c r="AA5" s="3" t="n">
-        <x:v>806811</x:v>
+        <x:v>754439</x:v>
       </x:c>
       <x:c r="AB5" s="3" t="n">
-        <x:v>812356</x:v>
+        <x:v>759624</x:v>
       </x:c>
       <x:c r="AC5" s="3" t="n">
-        <x:v>874363</x:v>
+        <x:v>817606</x:v>
       </x:c>
       <x:c r="AD5" s="3" t="n">
-        <x:v>878830</x:v>
+        <x:v>821708</x:v>
       </x:c>
       <x:c r="AE5" s="3" t="n">
-        <x:v>853218</x:v>
+        <x:v>797761</x:v>
       </x:c>
       <x:c r="AF5" s="3" t="n">
-        <x:v>856984</x:v>
+        <x:v>801282</x:v>
       </x:c>
       <x:c r="AG5" s="3" t="n">
-        <x:v>924896</x:v>
+        <x:v>864779</x:v>
       </x:c>
       <x:c r="AH5" s="3" t="n">
-        <x:v>895750</x:v>
+        <x:v>837717</x:v>
       </x:c>
       <x:c r="AI5" s="3" t="n">
-        <x:v>910768</x:v>
+        <x:v>851762</x:v>
       </x:c>
       <x:c r="AJ5" s="3" t="n">
-        <x:v>900319</x:v>
+        <x:v>841990</x:v>
       </x:c>
       <x:c r="AK5" s="3" t="n">
-        <x:v>974185</x:v>
+        <x:v>911072</x:v>
       </x:c>
       <x:c r="AL5" s="3" t="n">
-        <x:v>938105</x:v>
+        <x:v>877237</x:v>
       </x:c>
       <x:c r="AM5" s="3" t="n">
-        <x:v>942425</x:v>
+        <x:v>881276</x:v>
       </x:c>
       <x:c r="AN5" s="3" t="n">
-        <x:v>908212</x:v>
+        <x:v>849283</x:v>
       </x:c>
       <x:c r="AO5" s="3" t="n">
-        <x:v>997885</x:v>
+        <x:v>933138</x:v>
       </x:c>
       <x:c r="AP5" s="3" t="n">
-        <x:v>959107</x:v>
+        <x:v>896801</x:v>
       </x:c>
       <x:c r="AQ5" s="3" t="n">
-        <x:v>939700</x:v>
+        <x:v>878654</x:v>
       </x:c>
       <x:c r="AR5" s="3" t="n">
-        <x:v>915130</x:v>
+        <x:v>855680</x:v>
       </x:c>
       <x:c r="AS5" s="3" t="n">
-        <x:v>981445</x:v>
+        <x:v>917687</x:v>
       </x:c>
       <x:c r="AT5" s="3" t="n">
-        <x:v>924291</x:v>
+        <x:v>864024</x:v>
       </x:c>
       <x:c r="AU5" s="3" t="n">
-        <x:v>957601</x:v>
+        <x:v>895162</x:v>
       </x:c>
       <x:c r="AV5" s="3" t="n">
-        <x:v>927814</x:v>
+        <x:v>867317</x:v>
       </x:c>
       <x:c r="AW5" s="3" t="n">
-        <x:v>997798</x:v>
+        <x:v>932737</x:v>
       </x:c>
       <x:c r="AX5" s="3" t="n">
-        <x:v>974723</x:v>
+        <x:v>911708</x:v>
       </x:c>
       <x:c r="AY5" s="3" t="n">
-        <x:v>957712</x:v>
+        <x:v>895797</x:v>
       </x:c>
       <x:c r="AZ5" s="3" t="n">
-        <x:v>938986</x:v>
+        <x:v>878281</x:v>
       </x:c>
       <x:c r="BA5" s="3" t="n">
-        <x:v>1024260</x:v>
+        <x:v>958043</x:v>
       </x:c>
       <x:c r="BB5" s="3" t="n">
-        <x:v>992333</x:v>
+        <x:v>926328</x:v>
       </x:c>
       <x:c r="BC5" s="3" t="n">
-        <x:v>1014012</x:v>
+        <x:v>946565</x:v>
       </x:c>
       <x:c r="BD5" s="3" t="n">
-        <x:v>969588</x:v>
+        <x:v>905096</x:v>
       </x:c>
       <x:c r="BE5" s="3" t="n">
-        <x:v>1037741</x:v>
+        <x:v>968716</x:v>
       </x:c>
       <x:c r="BF5" s="3" t="n">
-        <x:v>1039548</x:v>
+        <x:v>970695</x:v>
       </x:c>
       <x:c r="BG5" s="3" t="n">
-        <x:v>1021367</x:v>
+        <x:v>953718</x:v>
       </x:c>
       <x:c r="BH5" s="3" t="n">
-        <x:v>1019218</x:v>
+        <x:v>951711</x:v>
       </x:c>
       <x:c r="BI5" s="3" t="n">
-        <x:v>1074193</x:v>
+        <x:v>1003046</x:v>
       </x:c>
       <x:c r="BJ5" s="3" t="n">
-        <x:v>1049927</x:v>
+        <x:v>980840</x:v>
       </x:c>
       <x:c r="BK5" s="3" t="n">
-        <x:v>1048883</x:v>
+        <x:v>979865</x:v>
       </x:c>
       <x:c r="BL5" s="3" t="n">
-        <x:v>1051094</x:v>
+        <x:v>981930</x:v>
       </x:c>
       <x:c r="BM5" s="3" t="n">
-        <x:v>1140026</x:v>
+        <x:v>1065011</x:v>
       </x:c>
       <x:c r="BN5" s="3" t="n">
-        <x:v>1107120</x:v>
+        <x:v>1034205</x:v>
       </x:c>
       <x:c r="BO5" s="3" t="n">
-        <x:v>1130543</x:v>
+        <x:v>1056085</x:v>
       </x:c>
       <x:c r="BP5" s="3" t="n">
-        <x:v>1095883</x:v>
+        <x:v>1023708</x:v>
       </x:c>
       <x:c r="BQ5" s="3" t="n">
-        <x:v>1197625</x:v>
+        <x:v>1118750</x:v>
       </x:c>
       <x:c r="BR5" s="3" t="n">
-        <x:v>1170862</x:v>
+        <x:v>1093894</x:v>
       </x:c>
       <x:c r="BS5" s="3" t="n">
-        <x:v>1150279</x:v>
+        <x:v>1074664</x:v>
       </x:c>
       <x:c r="BT5" s="3" t="n">
-        <x:v>1159644</x:v>
+        <x:v>1083414</x:v>
       </x:c>
       <x:c r="BU5" s="3" t="n">
-        <x:v>1238669</x:v>
+        <x:v>1157244</x:v>
       </x:c>
       <x:c r="BV5" s="3" t="n">
-        <x:v>1235947</x:v>
+        <x:v>1154657</x:v>
       </x:c>
       <x:c r="BW5" s="3" t="n">
-        <x:v>1208699</x:v>
+        <x:v>1129201</x:v>
       </x:c>
       <x:c r="BX5" s="3" t="n">
-        <x:v>1233982</x:v>
+        <x:v>1152821</x:v>
       </x:c>
       <x:c r="BY5" s="3" t="n">
-        <x:v>1288093</x:v>
+        <x:v>1203373</x:v>
       </x:c>
       <x:c r="BZ5" s="3" t="n">
-        <x:v>1282082</x:v>
+        <x:v>1197254</x:v>
       </x:c>
       <x:c r="CA5" s="3" t="n">
-        <x:v>1341375</x:v>
+        <x:v>1252624</x:v>
       </x:c>
       <x:c r="CB5" s="3" t="n">
-        <x:v>1300569</x:v>
+        <x:v>1214517</x:v>
       </x:c>
       <x:c r="CC5" s="3" t="n">
-        <x:v>1392271</x:v>
+        <x:v>1300152</x:v>
       </x:c>
       <x:c r="CD5" s="3" t="n">
-        <x:v>1405816</x:v>
+        <x:v>1312709</x:v>
       </x:c>
       <x:c r="CE5" s="3" t="n">
-        <x:v>1379619</x:v>
+        <x:v>1288246</x:v>
       </x:c>
       <x:c r="CF5" s="3" t="n">
-        <x:v>1351450</x:v>
+        <x:v>1261943</x:v>
       </x:c>
       <x:c r="CG5" s="3" t="n">
-        <x:v>1432089</x:v>
+        <x:v>1337242</x:v>
       </x:c>
       <x:c r="CH5" s="3" t="n">
-        <x:v>1429742</x:v>
+        <x:v>1336206</x:v>
       </x:c>
       <x:c r="CI5" s="3" t="n">
-        <x:v>1399537</x:v>
+        <x:v>1307977</x:v>
       </x:c>
       <x:c r="CJ5" s="3" t="n">
-        <x:v>1402337</x:v>
+        <x:v>1310594</x:v>
       </x:c>
       <x:c r="CK5" s="3" t="n">
-        <x:v>1505309</x:v>
+        <x:v>1406829</x:v>
       </x:c>
       <x:c r="CL5" s="3" t="n">
-        <x:v>1502517</x:v>
+        <x:v>1405246</x:v>
       </x:c>
       <x:c r="CM5" s="3" t="n">
-        <x:v>1425115</x:v>
+        <x:v>1332855</x:v>
       </x:c>
       <x:c r="CN5" s="3" t="n">
-        <x:v>1418577</x:v>
+        <x:v>1326740</x:v>
       </x:c>
       <x:c r="CO5" s="3" t="n">
-        <x:v>1516114</x:v>
+        <x:v>1417963</x:v>
       </x:c>
       <x:c r="CP5" s="3" t="n">
-        <x:v>1527846</x:v>
+        <x:v>1430683</x:v>
       </x:c>
       <x:c r="CQ5" s="3" t="n">
-        <x:v>1474272</x:v>
+        <x:v>1380516</x:v>
       </x:c>
       <x:c r="CR5" s="3" t="n">
-        <x:v>1469493</x:v>
+        <x:v>1376041</x:v>
       </x:c>
       <x:c r="CS5" s="3" t="n">
-        <x:v>1575809</x:v>
+        <x:v>1475595</x:v>
       </x:c>
       <x:c r="CT5" s="3" t="n">
-        <x:v>1521361</x:v>
+        <x:v>1426429</x:v>
       </x:c>
       <x:c r="CU5" s="3" t="n">
-        <x:v>1554408</x:v>
+        <x:v>1457414</x:v>
       </x:c>
       <x:c r="CV5" s="3" t="n">
-        <x:v>1472883</x:v>
+        <x:v>1380976</x:v>
       </x:c>
       <x:c r="CW5" s="3" t="n">
-        <x:v>1575485</x:v>
+        <x:v>1477176</x:v>
       </x:c>
       <x:c r="CX5" s="3" t="n">
-        <x:v>1551190</x:v>
+        <x:v>1454980</x:v>
       </x:c>
       <x:c r="CY5" s="3" t="n">
-        <x:v>1501878</x:v>
+        <x:v>1408725</x:v>
       </x:c>
       <x:c r="CZ5" s="3" t="n">
-        <x:v>1500240</x:v>
+        <x:v>1407189</x:v>
       </x:c>
       <x:c r="DA5" s="3" t="n">
-        <x:v>1601867</x:v>
+        <x:v>1502513</x:v>
       </x:c>
       <x:c r="DB5" s="3" t="n">
-        <x:v>1619694</x:v>
+        <x:v>1523384</x:v>
       </x:c>
       <x:c r="DC5" s="3" t="n">
-        <x:v>1568052</x:v>
+        <x:v>1474813</x:v>
       </x:c>
       <x:c r="DD5" s="3" t="n">
-        <x:v>1540579</x:v>
+        <x:v>1448974</x:v>
       </x:c>
       <x:c r="DE5" s="3" t="n">
-        <x:v>1663492</x:v>
+        <x:v>1564578</x:v>
       </x:c>
       <x:c r="DF5" s="3" t="n">
-        <x:v>1622306</x:v>
+        <x:v>1528844</x:v>
       </x:c>
       <x:c r="DG5" s="3" t="n">
-        <x:v>1666035</x:v>
+        <x:v>1570054</x:v>
       </x:c>
       <x:c r="DH5" s="3" t="n">
-        <x:v>1621118</x:v>
+        <x:v>1527725</x:v>
       </x:c>
       <x:c r="DI5" s="3" t="n">
-        <x:v>1738093</x:v>
+        <x:v>1637961</x:v>
       </x:c>
       <x:c r="DJ5" s="3" t="n">
-        <x:v>1739844</x:v>
+        <x:v>1643615</x:v>
       </x:c>
       <x:c r="DK5" s="3" t="n">
-        <x:v>1701689</x:v>
+        <x:v>1607569</x:v>
       </x:c>
       <x:c r="DL5" s="3" t="n">
-        <x:v>1687596</x:v>
+        <x:v>1594256</x:v>
       </x:c>
       <x:c r="DM5" s="3" t="n">
-        <x:v>1848140</x:v>
+        <x:v>1745920</x:v>
       </x:c>
       <x:c r="DN5" s="3" t="n">
-        <x:v>1818233</x:v>
+        <x:v>1722907</x:v>
       </x:c>
       <x:c r="DO5" s="3" t="n">
-        <x:v>1776109</x:v>
+        <x:v>1682991</x:v>
       </x:c>
       <x:c r="DP5" s="3" t="n">
-        <x:v>1765866</x:v>
+        <x:v>1673285</x:v>
       </x:c>
       <x:c r="DQ5" s="3" t="n">
-        <x:v>1930108</x:v>
+        <x:v>1828916</x:v>
       </x:c>
       <x:c r="DR5" s="3" t="n">
-        <x:v>1825900</x:v>
+        <x:v>1734392</x:v>
       </x:c>
       <x:c r="DS5" s="3" t="n">
-        <x:v>1881107</x:v>
+        <x:v>1786832</x:v>
       </x:c>
       <x:c r="DT5" s="3" t="n">
-        <x:v>1797395</x:v>
+        <x:v>1707315</x:v>
       </x:c>
       <x:c r="DU5" s="3" t="n">
-        <x:v>1932662</x:v>
+        <x:v>1835803</x:v>
       </x:c>
       <x:c r="DV5" s="3" t="n">
-        <x:v>1826141</x:v>
+        <x:v>1739924</x:v>
       </x:c>
       <x:c r="DW5" s="3" t="n">
-        <x:v>1758034</x:v>
+        <x:v>1675032</x:v>
       </x:c>
       <x:c r="DX5" s="3" t="n">
-        <x:v>1737980</x:v>
+        <x:v>1655925</x:v>
       </x:c>
       <x:c r="DY5" s="3" t="n">
-        <x:v>1868635</x:v>
+        <x:v>1780412</x:v>
       </x:c>
       <x:c r="DZ5" s="3" t="n">
-        <x:v>1812459</x:v>
+        <x:v>1729670</x:v>
       </x:c>
       <x:c r="EA5" s="3" t="n">
-        <x:v>1787997</x:v>
+        <x:v>1706326</x:v>
       </x:c>
       <x:c r="EB5" s="3" t="n">
-        <x:v>1718297</x:v>
+        <x:v>1639809</x:v>
       </x:c>
       <x:c r="EC5" s="3" t="n">
-        <x:v>1885973</x:v>
+        <x:v>1799826</x:v>
       </x:c>
       <x:c r="ED5" s="3" t="n">
-        <x:v>1836419</x:v>
+        <x:v>1754557</x:v>
       </x:c>
       <x:c r="EE5" s="3" t="n">
-        <x:v>1792546</x:v>
+        <x:v>1712640</x:v>
       </x:c>
       <x:c r="EF5" s="3" t="n">
-        <x:v>1797713</x:v>
+        <x:v>1717577</x:v>
       </x:c>
       <x:c r="EG5" s="3" t="n">
-        <x:v>1927894</x:v>
+        <x:v>1841955</x:v>
       </x:c>
       <x:c r="EH5" s="3" t="n">
-        <x:v>1912764</x:v>
+        <x:v>1829055</x:v>
       </x:c>
       <x:c r="EI5" s="3" t="n">
-        <x:v>1870823</x:v>
+        <x:v>1788949</x:v>
       </x:c>
       <x:c r="EJ5" s="3" t="n">
-        <x:v>1834508</x:v>
+        <x:v>1754223</x:v>
       </x:c>
       <x:c r="EK5" s="3" t="n">
-        <x:v>1973443</x:v>
+        <x:v>1887078</x:v>
       </x:c>
       <x:c r="EL5" s="3" t="n">
-        <x:v>1864413</x:v>
+        <x:v>1785845</x:v>
       </x:c>
       <x:c r="EM5" s="3" t="n">
-        <x:v>1936283</x:v>
+        <x:v>1854686</x:v>
       </x:c>
       <x:c r="EN5" s="3" t="n">
-        <x:v>1890529</x:v>
+        <x:v>1810860</x:v>
       </x:c>
       <x:c r="EO5" s="3" t="n">
-        <x:v>2008610</x:v>
+        <x:v>1923965</x:v>
       </x:c>
       <x:c r="EP5" s="3" t="n">
-        <x:v>1944450</x:v>
+        <x:v>1863859</x:v>
       </x:c>
       <x:c r="EQ5" s="3" t="n">
-        <x:v>1941939</x:v>
+        <x:v>1861452</x:v>
       </x:c>
       <x:c r="ER5" s="3" t="n">
-        <x:v>1928120</x:v>
+        <x:v>1848206</x:v>
       </x:c>
       <x:c r="ES5" s="3" t="n">
-        <x:v>2059251</x:v>
+        <x:v>1973902</x:v>
       </x:c>
       <x:c r="ET5" s="3" t="n">
-        <x:v>1971175</x:v>
+        <x:v>1891277</x:v>
       </x:c>
       <x:c r="EU5" s="3" t="n">
-        <x:v>1978705</x:v>
+        <x:v>1898502</x:v>
       </x:c>
       <x:c r="EV5" s="3" t="n">
-        <x:v>1961530</x:v>
+        <x:v>1882023</x:v>
       </x:c>
       <x:c r="EW5" s="3" t="n">
-        <x:v>2052351</x:v>
+        <x:v>1969163</x:v>
       </x:c>
       <x:c r="EX5" s="3" t="n">
-        <x:v>1948222</x:v>
+        <x:v>1879708</x:v>
       </x:c>
       <x:c r="EY5" s="3" t="n">
-        <x:v>2008154</x:v>
+        <x:v>1919062</x:v>
       </x:c>
       <x:c r="EZ5" s="3" t="n">
-        <x:v>1918730</x:v>
+        <x:v>1837022</x:v>
       </x:c>
       <x:c r="FA5" s="3" t="n">
-        <x:v>2059909</x:v>
+        <x:v>1980720</x:v>
       </x:c>
       <x:c r="FB5" s="3" t="n">
-        <x:v>2049163</x:v>
+        <x:v>1968906</x:v>
       </x:c>
       <x:c r="FC5" s="3" t="n">
-        <x:v>1977147</x:v>
+        <x:v>1901272</x:v>
       </x:c>
       <x:c r="FD5" s="3" t="n">
-        <x:v>1969962</x:v>
+        <x:v>1897780</x:v>
       </x:c>
       <x:c r="FE5" s="3" t="n">
-        <x:v>2115617</x:v>
+        <x:v>2027630</x:v>
       </x:c>
       <x:c r="FF5" s="3" t="n">
-        <x:v>2035214</x:v>
+        <x:v>1966156</x:v>
       </x:c>
       <x:c r="FG5" s="3" t="n">
-        <x:v>2063132</x:v>
+        <x:v>1978649</x:v>
       </x:c>
       <x:c r="FH5" s="3" t="n">
-        <x:v>2004195</x:v>
+        <x:v>1935133</x:v>
       </x:c>
       <x:c r="FI5" s="3" t="n">
-        <x:v>2163900</x:v>
+        <x:v>2081682</x:v>
       </x:c>
       <x:c r="FJ5" s="3" t="n">
-        <x:v>2104277</x:v>
+        <x:v>2037278</x:v>
       </x:c>
       <x:c r="FK5" s="3" t="n">
-        <x:v>2058259</x:v>
+        <x:v>1977179</x:v>
       </x:c>
       <x:c r="FL5" s="3" t="n">
-        <x:v>2056836</x:v>
+        <x:v>1976756</x:v>
       </x:c>
       <x:c r="FM5" s="3" t="n">
-        <x:v>2201841</x:v>
+        <x:v>2137018</x:v>
       </x:c>
       <x:c r="FN5" s="3" t="n">
-        <x:v>2126953</x:v>
+        <x:v>2050542</x:v>
       </x:c>
       <x:c r="FO5" s="3" t="n">
-        <x:v>1948779</x:v>
+        <x:v>1888801</x:v>
       </x:c>
       <x:c r="FP5" s="3" t="n">
-        <x:v>2004055</x:v>
+        <x:v>1947786</x:v>
       </x:c>
       <x:c r="FQ5" s="3" t="n">
-        <x:v>2167892</x:v>
+        <x:v>2101354</x:v>
       </x:c>
       <x:c r="FR5" s="3" t="n">
-        <x:v>2117209</x:v>
+        <x:v>2035341</x:v>
       </x:c>
       <x:c r="FS5" s="3" t="n">
-        <x:v>2056541</x:v>
+        <x:v>2004208</x:v>
       </x:c>
       <x:c r="FT5" s="3" t="n">
-        <x:v>2109204</x:v>
+        <x:v>2051478</x:v>
       </x:c>
       <x:c r="FU5" s="3" t="n">
-        <x:v>2288238</x:v>
+        <x:v>2223356</x:v>
       </x:c>
       <x:c r="FV5" s="3" t="n">
-        <x:v>2215850</x:v>
+        <x:v>2145258</x:v>
       </x:c>
       <x:c r="FW5" s="3" t="n">
-        <x:v>2137501</x:v>
+        <x:v>2088985</x:v>
       </x:c>
       <x:c r="FX5" s="3" t="n">
-        <x:v>2178513</x:v>
+        <x:v>2121520</x:v>
       </x:c>
       <x:c r="FY5" s="3" t="n">
-        <x:v>2323950</x:v>
+        <x:v>2258029</x:v>
       </x:c>
       <x:c r="FZ5" s="3" t="n">
-        <x:v>2279670</x:v>
+        <x:v>2210365</x:v>
       </x:c>
       <x:c r="GA5" s="3" t="n">
-        <x:v>2139535</x:v>
+        <x:v>2094144</x:v>
       </x:c>
       <x:c r="GB5" s="3" t="n">
-        <x:v>2127238</x:v>
+        <x:v>2086381</x:v>
       </x:c>
       <x:c r="GC5" s="3" t="n">
-        <x:v>2328721</x:v>
+        <x:v>2257258</x:v>
       </x:c>
       <x:c r="GD5" s="3" t="n">
-        <x:v>2248312</x:v>
+        <x:v>2171574</x:v>
       </x:c>
       <x:c r="GE5" s="3" t="n">
-        <x:v>2224418</x:v>
+        <x:v>2180394</x:v>
       </x:c>
       <x:c r="GF5" s="3" t="n">
-        <x:v>2197719</x:v>
+        <x:v>2148219</x:v>
       </x:c>
       <x:c r="GG5" s="3" t="n">
-        <x:v>2326209</x:v>
+        <x:v>2260113</x:v>
       </x:c>
       <x:c r="GH5" s="3" t="n">
-        <x:v>2267071</x:v>
+        <x:v>2217225</x:v>
       </x:c>
       <x:c r="GI5" s="3" t="n">
-        <x:v>2199177</x:v>
+        <x:v>2191194</x:v>
+      </x:c>
+      <x:c r="GJ5" s="3" t="n">
+        <x:v>2187350</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:191">
+    <x:row r="6" spans="1:192">
       <x:c r="A6" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>7451</x:v>
+        <x:v>8061</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>9892</x:v>
+        <x:v>10701</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>18589</x:v>
+        <x:v>20110</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>9712</x:v>
+        <x:v>10507</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
+        <x:v>8240</x:v>
+      </x:c>
+      <x:c r="G6" s="3" t="n">
+        <x:v>10787</x:v>
+      </x:c>
+      <x:c r="H6" s="3" t="n">
+        <x:v>18297</x:v>
+      </x:c>
+      <x:c r="I6" s="3" t="n">
+        <x:v>11101</x:v>
+      </x:c>
+      <x:c r="J6" s="3" t="n">
+        <x:v>8593</x:v>
+      </x:c>
+      <x:c r="K6" s="3" t="n">
+        <x:v>10967</x:v>
+      </x:c>
+      <x:c r="L6" s="3" t="n">
+        <x:v>19888</x:v>
+      </x:c>
+      <x:c r="M6" s="3" t="n">
+        <x:v>11246</x:v>
+      </x:c>
+      <x:c r="N6" s="3" t="n">
+        <x:v>8902</x:v>
+      </x:c>
+      <x:c r="O6" s="3" t="n">
+        <x:v>11209</x:v>
+      </x:c>
+      <x:c r="P6" s="3" t="n">
+        <x:v>20089</x:v>
+      </x:c>
+      <x:c r="Q6" s="3" t="n">
+        <x:v>11854</x:v>
+      </x:c>
+      <x:c r="R6" s="3" t="n">
+        <x:v>9160</x:v>
+      </x:c>
+      <x:c r="S6" s="3" t="n">
+        <x:v>11288</x:v>
+      </x:c>
+      <x:c r="T6" s="3" t="n">
+        <x:v>20664</x:v>
+      </x:c>
+      <x:c r="U6" s="3" t="n">
+        <x:v>11553</x:v>
+      </x:c>
+      <x:c r="V6" s="3" t="n">
+        <x:v>8672</x:v>
+      </x:c>
+      <x:c r="W6" s="3" t="n">
+        <x:v>10730</x:v>
+      </x:c>
+      <x:c r="X6" s="3" t="n">
+        <x:v>19855</x:v>
+      </x:c>
+      <x:c r="Y6" s="3" t="n">
+        <x:v>11555</x:v>
+      </x:c>
+      <x:c r="Z6" s="3" t="n">
+        <x:v>9371</x:v>
+      </x:c>
+      <x:c r="AA6" s="3" t="n">
+        <x:v>10631</x:v>
+      </x:c>
+      <x:c r="AB6" s="3" t="n">
+        <x:v>21945</x:v>
+      </x:c>
+      <x:c r="AC6" s="3" t="n">
+        <x:v>12046</x:v>
+      </x:c>
+      <x:c r="AD6" s="3" t="n">
+        <x:v>8824</x:v>
+      </x:c>
+      <x:c r="AE6" s="3" t="n">
+        <x:v>10520</x:v>
+      </x:c>
+      <x:c r="AF6" s="3" t="n">
+        <x:v>20964</x:v>
+      </x:c>
+      <x:c r="AG6" s="3" t="n">
+        <x:v>11403</x:v>
+      </x:c>
+      <x:c r="AH6" s="3" t="n">
+        <x:v>9093</x:v>
+      </x:c>
+      <x:c r="AI6" s="3" t="n">
+        <x:v>11199</x:v>
+      </x:c>
+      <x:c r="AJ6" s="3" t="n">
+        <x:v>18272</x:v>
+      </x:c>
+      <x:c r="AK6" s="3" t="n">
+        <x:v>11200</x:v>
+      </x:c>
+      <x:c r="AL6" s="3" t="n">
+        <x:v>9631</x:v>
+      </x:c>
+      <x:c r="AM6" s="3" t="n">
+        <x:v>11175</x:v>
+      </x:c>
+      <x:c r="AN6" s="3" t="n">
+        <x:v>19218</x:v>
+      </x:c>
+      <x:c r="AO6" s="3" t="n">
+        <x:v>11706</x:v>
+      </x:c>
+      <x:c r="AP6" s="3" t="n">
+        <x:v>10310</x:v>
+      </x:c>
+      <x:c r="AQ6" s="3" t="n">
+        <x:v>11830</x:v>
+      </x:c>
+      <x:c r="AR6" s="3" t="n">
+        <x:v>17743</x:v>
+      </x:c>
+      <x:c r="AS6" s="3" t="n">
+        <x:v>11519</x:v>
+      </x:c>
+      <x:c r="AT6" s="3" t="n">
+        <x:v>10443</x:v>
+      </x:c>
+      <x:c r="AU6" s="3" t="n">
+        <x:v>11509</x:v>
+      </x:c>
+      <x:c r="AV6" s="3" t="n">
+        <x:v>18824</x:v>
+      </x:c>
+      <x:c r="AW6" s="3" t="n">
+        <x:v>12031</x:v>
+      </x:c>
+      <x:c r="AX6" s="3" t="n">
+        <x:v>11072</x:v>
+      </x:c>
+      <x:c r="AY6" s="3" t="n">
+        <x:v>12259</x:v>
+      </x:c>
+      <x:c r="AZ6" s="3" t="n">
+        <x:v>20510</x:v>
+      </x:c>
+      <x:c r="BA6" s="3" t="n">
+        <x:v>11783</x:v>
+      </x:c>
+      <x:c r="BB6" s="3" t="n">
+        <x:v>12234</x:v>
+      </x:c>
+      <x:c r="BC6" s="3" t="n">
+        <x:v>13535</x:v>
+      </x:c>
+      <x:c r="BD6" s="3" t="n">
+        <x:v>20966</x:v>
+      </x:c>
+      <x:c r="BE6" s="3" t="n">
+        <x:v>12688</x:v>
+      </x:c>
+      <x:c r="BF6" s="3" t="n">
+        <x:v>12266</x:v>
+      </x:c>
+      <x:c r="BG6" s="3" t="n">
+        <x:v>13500</x:v>
+      </x:c>
+      <x:c r="BH6" s="3" t="n">
+        <x:v>19105</x:v>
+      </x:c>
+      <x:c r="BI6" s="3" t="n">
+        <x:v>12548</x:v>
+      </x:c>
+      <x:c r="BJ6" s="3" t="n">
+        <x:v>12268</x:v>
+      </x:c>
+      <x:c r="BK6" s="3" t="n">
+        <x:v>13330</x:v>
+      </x:c>
+      <x:c r="BL6" s="3" t="n">
+        <x:v>21907</x:v>
+      </x:c>
+      <x:c r="BM6" s="3" t="n">
+        <x:v>12594</x:v>
+      </x:c>
+      <x:c r="BN6" s="3" t="n">
+        <x:v>11456</x:v>
+      </x:c>
+      <x:c r="BO6" s="3" t="n">
+        <x:v>14230</x:v>
+      </x:c>
+      <x:c r="BP6" s="3" t="n">
+        <x:v>19973</x:v>
+      </x:c>
+      <x:c r="BQ6" s="3" t="n">
+        <x:v>12965</x:v>
+      </x:c>
+      <x:c r="BR6" s="3" t="n">
+        <x:v>12102</x:v>
+      </x:c>
+      <x:c r="BS6" s="3" t="n">
+        <x:v>13485</x:v>
+      </x:c>
+      <x:c r="BT6" s="3" t="n">
+        <x:v>21344</x:v>
+      </x:c>
+      <x:c r="BU6" s="3" t="n">
+        <x:v>13307</x:v>
+      </x:c>
+      <x:c r="BV6" s="3" t="n">
+        <x:v>11264</x:v>
+      </x:c>
+      <x:c r="BW6" s="3" t="n">
+        <x:v>13496</x:v>
+      </x:c>
+      <x:c r="BX6" s="3" t="n">
+        <x:v>21583</x:v>
+      </x:c>
+      <x:c r="BY6" s="3" t="n">
+        <x:v>13678</x:v>
+      </x:c>
+      <x:c r="BZ6" s="3" t="n">
+        <x:v>11428</x:v>
+      </x:c>
+      <x:c r="CA6" s="3" t="n">
+        <x:v>14924</x:v>
+      </x:c>
+      <x:c r="CB6" s="3" t="n">
+        <x:v>21246</x:v>
+      </x:c>
+      <x:c r="CC6" s="3" t="n">
+        <x:v>12317</x:v>
+      </x:c>
+      <x:c r="CD6" s="3" t="n">
+        <x:v>10908</x:v>
+      </x:c>
+      <x:c r="CE6" s="3" t="n">
+        <x:v>13758</x:v>
+      </x:c>
+      <x:c r="CF6" s="3" t="n">
+        <x:v>20674</x:v>
+      </x:c>
+      <x:c r="CG6" s="3" t="n">
+        <x:v>13430</x:v>
+      </x:c>
+      <x:c r="CH6" s="3" t="n">
+        <x:v>11003</x:v>
+      </x:c>
+      <x:c r="CI6" s="3" t="n">
+        <x:v>12876</x:v>
+      </x:c>
+      <x:c r="CJ6" s="3" t="n">
+        <x:v>21321</x:v>
+      </x:c>
+      <x:c r="CK6" s="3" t="n">
+        <x:v>13165</x:v>
+      </x:c>
+      <x:c r="CL6" s="3" t="n">
+        <x:v>10962</x:v>
+      </x:c>
+      <x:c r="CM6" s="3" t="n">
+        <x:v>13341</x:v>
+      </x:c>
+      <x:c r="CN6" s="3" t="n">
+        <x:v>20701</x:v>
+      </x:c>
+      <x:c r="CO6" s="3" t="n">
+        <x:v>12299</x:v>
+      </x:c>
+      <x:c r="CP6" s="3" t="n">
+        <x:v>11320</x:v>
+      </x:c>
+      <x:c r="CQ6" s="3" t="n">
+        <x:v>12706</x:v>
+      </x:c>
+      <x:c r="CR6" s="3" t="n">
+        <x:v>20310</x:v>
+      </x:c>
+      <x:c r="CS6" s="3" t="n">
+        <x:v>12204</x:v>
+      </x:c>
+      <x:c r="CT6" s="3" t="n">
+        <x:v>11346</x:v>
+      </x:c>
+      <x:c r="CU6" s="3" t="n">
+        <x:v>12183</x:v>
+      </x:c>
+      <x:c r="CV6" s="3" t="n">
+        <x:v>20331</x:v>
+      </x:c>
+      <x:c r="CW6" s="3" t="n">
+        <x:v>12474</x:v>
+      </x:c>
+      <x:c r="CX6" s="3" t="n">
+        <x:v>11101</x:v>
+      </x:c>
+      <x:c r="CY6" s="3" t="n">
+        <x:v>11358</x:v>
+      </x:c>
+      <x:c r="CZ6" s="3" t="n">
+        <x:v>20306</x:v>
+      </x:c>
+      <x:c r="DA6" s="3" t="n">
+        <x:v>12017</x:v>
+      </x:c>
+      <x:c r="DB6" s="3" t="n">
+        <x:v>11492</x:v>
+      </x:c>
+      <x:c r="DC6" s="3" t="n">
+        <x:v>11838</x:v>
+      </x:c>
+      <x:c r="DD6" s="3" t="n">
+        <x:v>21434</x:v>
+      </x:c>
+      <x:c r="DE6" s="3" t="n">
+        <x:v>12155</x:v>
+      </x:c>
+      <x:c r="DF6" s="3" t="n">
+        <x:v>11221</x:v>
+      </x:c>
+      <x:c r="DG6" s="3" t="n">
+        <x:v>12276</x:v>
+      </x:c>
+      <x:c r="DH6" s="3" t="n">
+        <x:v>21133</x:v>
+      </x:c>
+      <x:c r="DI6" s="3" t="n">
+        <x:v>13253</x:v>
+      </x:c>
+      <x:c r="DJ6" s="3" t="n">
+        <x:v>11874</x:v>
+      </x:c>
+      <x:c r="DK6" s="3" t="n">
+        <x:v>12811</x:v>
+      </x:c>
+      <x:c r="DL6" s="3" t="n">
+        <x:v>21914</x:v>
+      </x:c>
+      <x:c r="DM6" s="3" t="n">
+        <x:v>13067</x:v>
+      </x:c>
+      <x:c r="DN6" s="3" t="n">
+        <x:v>12074</x:v>
+      </x:c>
+      <x:c r="DO6" s="3" t="n">
+        <x:v>12840</x:v>
+      </x:c>
+      <x:c r="DP6" s="3" t="n">
+        <x:v>22058</x:v>
+      </x:c>
+      <x:c r="DQ6" s="3" t="n">
+        <x:v>13738</x:v>
+      </x:c>
+      <x:c r="DR6" s="3" t="n">
+        <x:v>12344</x:v>
+      </x:c>
+      <x:c r="DS6" s="3" t="n">
+        <x:v>13311</x:v>
+      </x:c>
+      <x:c r="DT6" s="3" t="n">
+        <x:v>22804</x:v>
+      </x:c>
+      <x:c r="DU6" s="3" t="n">
+        <x:v>13574</x:v>
+      </x:c>
+      <x:c r="DV6" s="3" t="n">
+        <x:v>12598</x:v>
+      </x:c>
+      <x:c r="DW6" s="3" t="n">
+        <x:v>12567</x:v>
+      </x:c>
+      <x:c r="DX6" s="3" t="n">
+        <x:v>21607</x:v>
+      </x:c>
+      <x:c r="DY6" s="3" t="n">
+        <x:v>14280</x:v>
+      </x:c>
+      <x:c r="DZ6" s="3" t="n">
+        <x:v>12972</x:v>
+      </x:c>
+      <x:c r="EA6" s="3" t="n">
+        <x:v>13825</x:v>
+      </x:c>
+      <x:c r="EB6" s="3" t="n">
+        <x:v>21634</x:v>
+      </x:c>
+      <x:c r="EC6" s="3" t="n">
+        <x:v>14387</x:v>
+      </x:c>
+      <x:c r="ED6" s="3" t="n">
+        <x:v>12584</x:v>
+      </x:c>
+      <x:c r="EE6" s="3" t="n">
+        <x:v>13017</x:v>
+      </x:c>
+      <x:c r="EF6" s="3" t="n">
+        <x:v>20381</x:v>
+      </x:c>
+      <x:c r="EG6" s="3" t="n">
+        <x:v>13746</x:v>
+      </x:c>
+      <x:c r="EH6" s="3" t="n">
+        <x:v>13420</x:v>
+      </x:c>
+      <x:c r="EI6" s="3" t="n">
+        <x:v>12789</x:v>
+      </x:c>
+      <x:c r="EJ6" s="3" t="n">
+        <x:v>20138</x:v>
+      </x:c>
+      <x:c r="EK6" s="3" t="n">
+        <x:v>14966</x:v>
+      </x:c>
+      <x:c r="EL6" s="3" t="n">
+        <x:v>12639</x:v>
+      </x:c>
+      <x:c r="EM6" s="3" t="n">
+        <x:v>13467</x:v>
+      </x:c>
+      <x:c r="EN6" s="3" t="n">
+        <x:v>19965</x:v>
+      </x:c>
+      <x:c r="EO6" s="3" t="n">
+        <x:v>14426</x:v>
+      </x:c>
+      <x:c r="EP6" s="3" t="n">
+        <x:v>12140</x:v>
+      </x:c>
+      <x:c r="EQ6" s="3" t="n">
+        <x:v>13027</x:v>
+      </x:c>
+      <x:c r="ER6" s="3" t="n">
+        <x:v>22946</x:v>
+      </x:c>
+      <x:c r="ES6" s="3" t="n">
+        <x:v>13684</x:v>
+      </x:c>
+      <x:c r="ET6" s="3" t="n">
+        <x:v>12125</x:v>
+      </x:c>
+      <x:c r="EU6" s="3" t="n">
+        <x:v>12903</x:v>
+      </x:c>
+      <x:c r="EV6" s="3" t="n">
+        <x:v>24295</x:v>
+      </x:c>
+      <x:c r="EW6" s="3" t="n">
+        <x:v>13616</x:v>
+      </x:c>
+      <x:c r="EX6" s="3" t="n">
+        <x:v>11774</x:v>
+      </x:c>
+      <x:c r="EY6" s="3" t="n">
+        <x:v>12993</x:v>
+      </x:c>
+      <x:c r="EZ6" s="3" t="n">
+        <x:v>25407</x:v>
+      </x:c>
+      <x:c r="FA6" s="3" t="n">
+        <x:v>13353</x:v>
+      </x:c>
+      <x:c r="FB6" s="3" t="n">
+        <x:v>12168</x:v>
+      </x:c>
+      <x:c r="FC6" s="3" t="n">
+        <x:v>12975</x:v>
+      </x:c>
+      <x:c r="FD6" s="3" t="n">
+        <x:v>25432</x:v>
+      </x:c>
+      <x:c r="FE6" s="3" t="n">
+        <x:v>13619</x:v>
+      </x:c>
+      <x:c r="FF6" s="3" t="n">
+        <x:v>12309</x:v>
+      </x:c>
+      <x:c r="FG6" s="3" t="n">
+        <x:v>13046</x:v>
+      </x:c>
+      <x:c r="FH6" s="3" t="n">
+        <x:v>22254</x:v>
+      </x:c>
+      <x:c r="FI6" s="3" t="n">
+        <x:v>13723</x:v>
+      </x:c>
+      <x:c r="FJ6" s="3" t="n">
+        <x:v>12225</x:v>
+      </x:c>
+      <x:c r="FK6" s="3" t="n">
+        <x:v>13066</x:v>
+      </x:c>
+      <x:c r="FL6" s="3" t="n">
+        <x:v>25209</x:v>
+      </x:c>
+      <x:c r="FM6" s="3" t="n">
+        <x:v>13494</x:v>
+      </x:c>
+      <x:c r="FN6" s="3" t="n">
+        <x:v>12353</x:v>
+      </x:c>
+      <x:c r="FO6" s="3" t="n">
+        <x:v>12920</x:v>
+      </x:c>
+      <x:c r="FP6" s="3" t="n">
+        <x:v>25367</x:v>
+      </x:c>
+      <x:c r="FQ6" s="3" t="n">
+        <x:v>13271</x:v>
+      </x:c>
+      <x:c r="FR6" s="3" t="n">
+        <x:v>12622</x:v>
+      </x:c>
+      <x:c r="FS6" s="3" t="n">
+        <x:v>13428</x:v>
+      </x:c>
+      <x:c r="FT6" s="3" t="n">
+        <x:v>25035</x:v>
+      </x:c>
+      <x:c r="FU6" s="3" t="n">
+        <x:v>13639</x:v>
+      </x:c>
+      <x:c r="FV6" s="3" t="n">
+        <x:v>12776</x:v>
+      </x:c>
+      <x:c r="FW6" s="3" t="n">
+        <x:v>13406</x:v>
+      </x:c>
+      <x:c r="FX6" s="3" t="n">
+        <x:v>25726</x:v>
+      </x:c>
+      <x:c r="FY6" s="3" t="n">
+        <x:v>13430</x:v>
+      </x:c>
+      <x:c r="FZ6" s="3" t="n">
+        <x:v>12025</x:v>
+      </x:c>
+      <x:c r="GA6" s="3" t="n">
+        <x:v>12530</x:v>
+      </x:c>
+      <x:c r="GB6" s="3" t="n">
+        <x:v>23027</x:v>
+      </x:c>
+      <x:c r="GC6" s="3" t="n">
+        <x:v>12821</x:v>
+      </x:c>
+      <x:c r="GD6" s="3" t="n">
+        <x:v>12217</x:v>
+      </x:c>
+      <x:c r="GE6" s="3" t="n">
+        <x:v>14760</x:v>
+      </x:c>
+      <x:c r="GF6" s="3" t="n">
+        <x:v>23363</x:v>
+      </x:c>
+      <x:c r="GG6" s="3" t="n">
+        <x:v>13286</x:v>
+      </x:c>
+      <x:c r="GH6" s="3" t="n">
+        <x:v>12843</x:v>
+      </x:c>
+      <x:c r="GI6" s="3" t="n">
+        <x:v>15381</x:v>
+      </x:c>
+      <x:c r="GJ6" s="3" t="n">
+        <x:v>23836</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:192">
+      <x:c r="A7" s="2" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="B7" s="3" t="n">
+        <x:v>3512</x:v>
+      </x:c>
+      <x:c r="C7" s="3" t="n">
+        <x:v>3948</x:v>
+      </x:c>
+      <x:c r="D7" s="3" t="n">
+        <x:v>3227</x:v>
+      </x:c>
+      <x:c r="E7" s="3" t="n">
+        <x:v>3154</x:v>
+      </x:c>
+      <x:c r="F7" s="3" t="n">
+        <x:v>3853</x:v>
+      </x:c>
+      <x:c r="G7" s="3" t="n">
+        <x:v>3977</x:v>
+      </x:c>
+      <x:c r="H7" s="3" t="n">
+        <x:v>3601</x:v>
+      </x:c>
+      <x:c r="I7" s="3" t="n">
+        <x:v>2495</x:v>
+      </x:c>
+      <x:c r="J7" s="3" t="n">
+        <x:v>4591</x:v>
+      </x:c>
+      <x:c r="K7" s="3" t="n">
+        <x:v>3871</x:v>
+      </x:c>
+      <x:c r="L7" s="3" t="n">
+        <x:v>3225</x:v>
+      </x:c>
+      <x:c r="M7" s="3" t="n">
+        <x:v>2161</x:v>
+      </x:c>
+      <x:c r="N7" s="3" t="n">
+        <x:v>4657</x:v>
+      </x:c>
+      <x:c r="O7" s="3" t="n">
+        <x:v>4544</x:v>
+      </x:c>
+      <x:c r="P7" s="3" t="n">
+        <x:v>4231</x:v>
+      </x:c>
+      <x:c r="Q7" s="3" t="n">
+        <x:v>2388</x:v>
+      </x:c>
+      <x:c r="R7" s="3" t="n">
+        <x:v>4994</x:v>
+      </x:c>
+      <x:c r="S7" s="3" t="n">
+        <x:v>4179</x:v>
+      </x:c>
+      <x:c r="T7" s="3" t="n">
+        <x:v>4174</x:v>
+      </x:c>
+      <x:c r="U7" s="3" t="n">
+        <x:v>2728</x:v>
+      </x:c>
+      <x:c r="V7" s="3" t="n">
+        <x:v>4792</x:v>
+      </x:c>
+      <x:c r="W7" s="3" t="n">
+        <x:v>4841</x:v>
+      </x:c>
+      <x:c r="X7" s="3" t="n">
+        <x:v>4559</x:v>
+      </x:c>
+      <x:c r="Y7" s="3" t="n">
+        <x:v>3350</x:v>
+      </x:c>
+      <x:c r="Z7" s="3" t="n">
+        <x:v>5017</x:v>
+      </x:c>
+      <x:c r="AA7" s="3" t="n">
+        <x:v>5179</x:v>
+      </x:c>
+      <x:c r="AB7" s="3" t="n">
+        <x:v>4415</x:v>
+      </x:c>
+      <x:c r="AC7" s="3" t="n">
+        <x:v>3401</x:v>
+      </x:c>
+      <x:c r="AD7" s="3" t="n">
+        <x:v>4637</x:v>
+      </x:c>
+      <x:c r="AE7" s="3" t="n">
+        <x:v>5696</x:v>
+      </x:c>
+      <x:c r="AF7" s="3" t="n">
+        <x:v>4536</x:v>
+      </x:c>
+      <x:c r="AG7" s="3" t="n">
+        <x:v>3816</x:v>
+      </x:c>
+      <x:c r="AH7" s="3" t="n">
+        <x:v>4117</x:v>
+      </x:c>
+      <x:c r="AI7" s="3" t="n">
+        <x:v>5958</x:v>
+      </x:c>
+      <x:c r="AJ7" s="3" t="n">
+        <x:v>4913</x:v>
+      </x:c>
+      <x:c r="AK7" s="3" t="n">
+        <x:v>4803</x:v>
+      </x:c>
+      <x:c r="AL7" s="3" t="n">
+        <x:v>5326</x:v>
+      </x:c>
+      <x:c r="AM7" s="3" t="n">
+        <x:v>5457</x:v>
+      </x:c>
+      <x:c r="AN7" s="3" t="n">
+        <x:v>5364</x:v>
+      </x:c>
+      <x:c r="AO7" s="3" t="n">
+        <x:v>6227</x:v>
+      </x:c>
+      <x:c r="AP7" s="3" t="n">
+        <x:v>8017</x:v>
+      </x:c>
+      <x:c r="AQ7" s="3" t="n">
+        <x:v>5375</x:v>
+      </x:c>
+      <x:c r="AR7" s="3" t="n">
+        <x:v>6345</x:v>
+      </x:c>
+      <x:c r="AS7" s="3" t="n">
+        <x:v>7423</x:v>
+      </x:c>
+      <x:c r="AT7" s="3" t="n">
+        <x:v>7950</x:v>
+      </x:c>
+      <x:c r="AU7" s="3" t="n">
+        <x:v>6315</x:v>
+      </x:c>
+      <x:c r="AV7" s="3" t="n">
+        <x:v>7439</x:v>
+      </x:c>
+      <x:c r="AW7" s="3" t="n">
+        <x:v>7566</x:v>
+      </x:c>
+      <x:c r="AX7" s="3" t="n">
+        <x:v>6902</x:v>
+      </x:c>
+      <x:c r="AY7" s="3" t="n">
+        <x:v>6148</x:v>
+      </x:c>
+      <x:c r="AZ7" s="3" t="n">
+        <x:v>6078</x:v>
+      </x:c>
+      <x:c r="BA7" s="3" t="n">
+        <x:v>6472</x:v>
+      </x:c>
+      <x:c r="BB7" s="3" t="n">
+        <x:v>7437</x:v>
+      </x:c>
+      <x:c r="BC7" s="3" t="n">
+        <x:v>6989</x:v>
+      </x:c>
+      <x:c r="BD7" s="3" t="n">
+        <x:v>7038</x:v>
+      </x:c>
+      <x:c r="BE7" s="3" t="n">
+        <x:v>7077</x:v>
+      </x:c>
+      <x:c r="BF7" s="3" t="n">
+        <x:v>8408</x:v>
+      </x:c>
+      <x:c r="BG7" s="3" t="n">
+        <x:v>6312</x:v>
+      </x:c>
+      <x:c r="BH7" s="3" t="n">
+        <x:v>6879</x:v>
+      </x:c>
+      <x:c r="BI7" s="3" t="n">
+        <x:v>8166</x:v>
+      </x:c>
+      <x:c r="BJ7" s="3" t="n">
+        <x:v>10288</x:v>
+      </x:c>
+      <x:c r="BK7" s="3" t="n">
+        <x:v>8606</x:v>
+      </x:c>
+      <x:c r="BL7" s="3" t="n">
+        <x:v>9510</x:v>
+      </x:c>
+      <x:c r="BM7" s="3" t="n">
+        <x:v>9799</x:v>
+      </x:c>
+      <x:c r="BN7" s="3" t="n">
+        <x:v>11872</x:v>
+      </x:c>
+      <x:c r="BO7" s="3" t="n">
+        <x:v>9538</x:v>
+      </x:c>
+      <x:c r="BP7" s="3" t="n">
+        <x:v>11407</x:v>
+      </x:c>
+      <x:c r="BQ7" s="3" t="n">
+        <x:v>12124</x:v>
+      </x:c>
+      <x:c r="BR7" s="3" t="n">
+        <x:v>12933</x:v>
+      </x:c>
+      <x:c r="BS7" s="3" t="n">
+        <x:v>11178</x:v>
+      </x:c>
+      <x:c r="BT7" s="3" t="n">
+        <x:v>12394</x:v>
+      </x:c>
+      <x:c r="BU7" s="3" t="n">
+        <x:v>13937</x:v>
+      </x:c>
+      <x:c r="BV7" s="3" t="n">
+        <x:v>14778</x:v>
+      </x:c>
+      <x:c r="BW7" s="3" t="n">
+        <x:v>11682</x:v>
+      </x:c>
+      <x:c r="BX7" s="3" t="n">
+        <x:v>12999</x:v>
+      </x:c>
+      <x:c r="BY7" s="3" t="n">
+        <x:v>13449</x:v>
+      </x:c>
+      <x:c r="BZ7" s="3" t="n">
+        <x:v>14414</x:v>
+      </x:c>
+      <x:c r="CA7" s="3" t="n">
+        <x:v>14967</x:v>
+      </x:c>
+      <x:c r="CB7" s="3" t="n">
+        <x:v>13818</x:v>
+      </x:c>
+      <x:c r="CC7" s="3" t="n">
+        <x:v>14989</x:v>
+      </x:c>
+      <x:c r="CD7" s="3" t="n">
+        <x:v>15249</x:v>
+      </x:c>
+      <x:c r="CE7" s="3" t="n">
+        <x:v>15219</x:v>
+      </x:c>
+      <x:c r="CF7" s="3" t="n">
+        <x:v>14314</x:v>
+      </x:c>
+      <x:c r="CG7" s="3" t="n">
+        <x:v>16329</x:v>
+      </x:c>
+      <x:c r="CH7" s="3" t="n">
+        <x:v>15335</x:v>
+      </x:c>
+      <x:c r="CI7" s="3" t="n">
+        <x:v>13947</x:v>
+      </x:c>
+      <x:c r="CJ7" s="3" t="n">
+        <x:v>15514</x:v>
+      </x:c>
+      <x:c r="CK7" s="3" t="n">
+        <x:v>17282</x:v>
+      </x:c>
+      <x:c r="CL7" s="3" t="n">
+        <x:v>15878</x:v>
+      </x:c>
+      <x:c r="CM7" s="3" t="n">
+        <x:v>15452</x:v>
+      </x:c>
+      <x:c r="CN7" s="3" t="n">
+        <x:v>15711</x:v>
+      </x:c>
+      <x:c r="CO7" s="3" t="n">
+        <x:v>18226</x:v>
+      </x:c>
+      <x:c r="CP7" s="3" t="n">
+        <x:v>18663</x:v>
+      </x:c>
+      <x:c r="CQ7" s="3" t="n">
+        <x:v>14200</x:v>
+      </x:c>
+      <x:c r="CR7" s="3" t="n">
+        <x:v>14515</x:v>
+      </x:c>
+      <x:c r="CS7" s="3" t="n">
+        <x:v>16727</x:v>
+      </x:c>
+      <x:c r="CT7" s="3" t="n">
+        <x:v>19008</x:v>
+      </x:c>
+      <x:c r="CU7" s="3" t="n">
+        <x:v>16016</x:v>
+      </x:c>
+      <x:c r="CV7" s="3" t="n">
+        <x:v>18876</x:v>
+      </x:c>
+      <x:c r="CW7" s="3" t="n">
+        <x:v>18057</x:v>
+      </x:c>
+      <x:c r="CX7" s="3" t="n">
+        <x:v>17248</x:v>
+      </x:c>
+      <x:c r="CY7" s="3" t="n">
+        <x:v>15680</x:v>
+      </x:c>
+      <x:c r="CZ7" s="3" t="n">
+        <x:v>17367</x:v>
+      </x:c>
+      <x:c r="DA7" s="3" t="n">
+        <x:v>19526</x:v>
+      </x:c>
+      <x:c r="DB7" s="3" t="n">
+        <x:v>20234</x:v>
+      </x:c>
+      <x:c r="DC7" s="3" t="n">
+        <x:v>16093</x:v>
+      </x:c>
+      <x:c r="DD7" s="3" t="n">
+        <x:v>18857</x:v>
+      </x:c>
+      <x:c r="DE7" s="3" t="n">
+        <x:v>20523</x:v>
+      </x:c>
+      <x:c r="DF7" s="3" t="n">
+        <x:v>20272</x:v>
+      </x:c>
+      <x:c r="DG7" s="3" t="n">
+        <x:v>17306</x:v>
+      </x:c>
+      <x:c r="DH7" s="3" t="n">
+        <x:v>17917</x:v>
+      </x:c>
+      <x:c r="DI7" s="3" t="n">
+        <x:v>23363</x:v>
+      </x:c>
+      <x:c r="DJ7" s="3" t="n">
+        <x:v>22851</x:v>
+      </x:c>
+      <x:c r="DK7" s="3" t="n">
+        <x:v>18258</x:v>
+      </x:c>
+      <x:c r="DL7" s="3" t="n">
+        <x:v>17042</x:v>
+      </x:c>
+      <x:c r="DM7" s="3" t="n">
+        <x:v>25807</x:v>
+      </x:c>
+      <x:c r="DN7" s="3" t="n">
+        <x:v>24712</x:v>
+      </x:c>
+      <x:c r="DO7" s="3" t="n">
+        <x:v>20405</x:v>
+      </x:c>
+      <x:c r="DP7" s="3" t="n">
+        <x:v>18892</x:v>
+      </x:c>
+      <x:c r="DQ7" s="3" t="n">
+        <x:v>26474</x:v>
+      </x:c>
+      <x:c r="DR7" s="3" t="n">
+        <x:v>25123</x:v>
+      </x:c>
+      <x:c r="DS7" s="3" t="n">
+        <x:v>20321</x:v>
+      </x:c>
+      <x:c r="DT7" s="3" t="n">
+        <x:v>19990</x:v>
+      </x:c>
+      <x:c r="DU7" s="3" t="n">
+        <x:v>26380</x:v>
+      </x:c>
+      <x:c r="DV7" s="3" t="n">
+        <x:v>25807</x:v>
+      </x:c>
+      <x:c r="DW7" s="3" t="n">
+        <x:v>20670</x:v>
+      </x:c>
+      <x:c r="DX7" s="3" t="n">
+        <x:v>23458</x:v>
+      </x:c>
+      <x:c r="DY7" s="3" t="n">
+        <x:v>30577</x:v>
+      </x:c>
+      <x:c r="DZ7" s="3" t="n">
+        <x:v>29474</x:v>
+      </x:c>
+      <x:c r="EA7" s="3" t="n">
+        <x:v>22984</x:v>
+      </x:c>
+      <x:c r="EB7" s="3" t="n">
+        <x:v>26780</x:v>
+      </x:c>
+      <x:c r="EC7" s="3" t="n">
+        <x:v>28540</x:v>
+      </x:c>
+      <x:c r="ED7" s="3" t="n">
+        <x:v>29054</x:v>
+      </x:c>
+      <x:c r="EE7" s="3" t="n">
+        <x:v>25599</x:v>
+      </x:c>
+      <x:c r="EF7" s="3" t="n">
+        <x:v>31522</x:v>
+      </x:c>
+      <x:c r="EG7" s="3" t="n">
+        <x:v>35235</x:v>
+      </x:c>
+      <x:c r="EH7" s="3" t="n">
+        <x:v>34691</x:v>
+      </x:c>
+      <x:c r="EI7" s="3" t="n">
+        <x:v>29895</x:v>
+      </x:c>
+      <x:c r="EJ7" s="3" t="n">
+        <x:v>30830</x:v>
+      </x:c>
+      <x:c r="EK7" s="3" t="n">
+        <x:v>36965</x:v>
+      </x:c>
+      <x:c r="EL7" s="3" t="n">
+        <x:v>31795</x:v>
+      </x:c>
+      <x:c r="EM7" s="3" t="n">
+        <x:v>28538</x:v>
+      </x:c>
+      <x:c r="EN7" s="3" t="n">
+        <x:v>30132</x:v>
+      </x:c>
+      <x:c r="EO7" s="3" t="n">
+        <x:v>38237</x:v>
+      </x:c>
+      <x:c r="EP7" s="3" t="n">
+        <x:v>33832</x:v>
+      </x:c>
+      <x:c r="EQ7" s="3" t="n">
+        <x:v>33800</x:v>
+      </x:c>
+      <x:c r="ER7" s="3" t="n">
+        <x:v>34164</x:v>
+      </x:c>
+      <x:c r="ES7" s="3" t="n">
+        <x:v>36676</x:v>
+      </x:c>
+      <x:c r="ET7" s="3" t="n">
+        <x:v>34770</x:v>
+      </x:c>
+      <x:c r="EU7" s="3" t="n">
+        <x:v>34689</x:v>
+      </x:c>
+      <x:c r="EV7" s="3" t="n">
+        <x:v>34454</x:v>
+      </x:c>
+      <x:c r="EW7" s="3" t="n">
+        <x:v>37888</x:v>
+      </x:c>
+      <x:c r="EX7" s="3" t="n">
+        <x:v>34322</x:v>
+      </x:c>
+      <x:c r="EY7" s="3" t="n">
+        <x:v>33027</x:v>
+      </x:c>
+      <x:c r="EZ7" s="3" t="n">
+        <x:v>36444</x:v>
+      </x:c>
+      <x:c r="FA7" s="3" t="n">
+        <x:v>37221</x:v>
+      </x:c>
+      <x:c r="FB7" s="3" t="n">
+        <x:v>36148</x:v>
+      </x:c>
+      <x:c r="FC7" s="3" t="n">
+        <x:v>31914</x:v>
+      </x:c>
+      <x:c r="FD7" s="3" t="n">
+        <x:v>37725</x:v>
+      </x:c>
+      <x:c r="FE7" s="3" t="n">
+        <x:v>43974</x:v>
+      </x:c>
+      <x:c r="FF7" s="3" t="n">
+        <x:v>38034</x:v>
+      </x:c>
+      <x:c r="FG7" s="3" t="n">
+        <x:v>34374</x:v>
+      </x:c>
+      <x:c r="FH7" s="3" t="n">
+        <x:v>38002</x:v>
+      </x:c>
+      <x:c r="FI7" s="3" t="n">
+        <x:v>43741</x:v>
+      </x:c>
+      <x:c r="FJ7" s="3" t="n">
+        <x:v>36605</x:v>
+      </x:c>
+      <x:c r="FK7" s="3" t="n">
+        <x:v>36747</x:v>
+      </x:c>
+      <x:c r="FL7" s="3" t="n">
+        <x:v>42192</x:v>
+      </x:c>
+      <x:c r="FM7" s="3" t="n">
+        <x:v>45118</x:v>
+      </x:c>
+      <x:c r="FN7" s="3" t="n">
+        <x:v>37234</x:v>
+      </x:c>
+      <x:c r="FO7" s="3" t="n">
+        <x:v>39767</x:v>
+      </x:c>
+      <x:c r="FP7" s="3" t="n">
+        <x:v>43105</x:v>
+      </x:c>
+      <x:c r="FQ7" s="3" t="n">
+        <x:v>50563</x:v>
+      </x:c>
+      <x:c r="FR7" s="3" t="n">
+        <x:v>42747</x:v>
+      </x:c>
+      <x:c r="FS7" s="3" t="n">
+        <x:v>38099</x:v>
+      </x:c>
+      <x:c r="FT7" s="3" t="n">
+        <x:v>49250</x:v>
+      </x:c>
+      <x:c r="FU7" s="3" t="n">
+        <x:v>48316</x:v>
+      </x:c>
+      <x:c r="FV7" s="3" t="n">
+        <x:v>44664</x:v>
+      </x:c>
+      <x:c r="FW7" s="3" t="n">
+        <x:v>37584</x:v>
+      </x:c>
+      <x:c r="FX7" s="3" t="n">
+        <x:v>51252</x:v>
+      </x:c>
+      <x:c r="FY7" s="3" t="n">
+        <x:v>50614</x:v>
+      </x:c>
+      <x:c r="FZ7" s="3" t="n">
+        <x:v>40324</x:v>
+      </x:c>
+      <x:c r="GA7" s="3" t="n">
+        <x:v>37111</x:v>
+      </x:c>
+      <x:c r="GB7" s="3" t="n">
+        <x:v>47542</x:v>
+      </x:c>
+      <x:c r="GC7" s="3" t="n">
+        <x:v>48944</x:v>
+      </x:c>
+      <x:c r="GD7" s="3" t="n">
+        <x:v>39081</x:v>
+      </x:c>
+      <x:c r="GE7" s="3" t="n">
+        <x:v>33960</x:v>
+      </x:c>
+      <x:c r="GF7" s="3" t="n">
+        <x:v>49178</x:v>
+      </x:c>
+      <x:c r="GG7" s="3" t="n">
+        <x:v>44538</x:v>
+      </x:c>
+      <x:c r="GH7" s="3" t="n">
+        <x:v>41359</x:v>
+      </x:c>
+      <x:c r="GI7" s="3" t="n">
+        <x:v>43238</x:v>
+      </x:c>
+      <x:c r="GJ7" s="3" t="n">
+        <x:v>54095</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:192">
+      <x:c r="A8" s="2" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="n">
+        <x:v>2882</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="n">
+        <x:v>3355</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="n">
+        <x:v>2759</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="n">
+        <x:v>3426</x:v>
+      </x:c>
+      <x:c r="F8" s="3" t="n">
+        <x:v>3238</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="n">
+        <x:v>3376</x:v>
+      </x:c>
+      <x:c r="H8" s="3" t="n">
+        <x:v>3092</x:v>
+      </x:c>
+      <x:c r="I8" s="3" t="n">
+        <x:v>3418</x:v>
+      </x:c>
+      <x:c r="J8" s="3" t="n">
+        <x:v>3395</x:v>
+      </x:c>
+      <x:c r="K8" s="3" t="n">
+        <x:v>3377</x:v>
+      </x:c>
+      <x:c r="L8" s="3" t="n">
+        <x:v>2975</x:v>
+      </x:c>
+      <x:c r="M8" s="3" t="n">
+        <x:v>2981</x:v>
+      </x:c>
+      <x:c r="N8" s="3" t="n">
+        <x:v>3206</x:v>
+      </x:c>
+      <x:c r="O8" s="3" t="n">
+        <x:v>3394</x:v>
+      </x:c>
+      <x:c r="P8" s="3" t="n">
+        <x:v>3006</x:v>
+      </x:c>
+      <x:c r="Q8" s="3" t="n">
+        <x:v>3220</x:v>
+      </x:c>
+      <x:c r="R8" s="3" t="n">
+        <x:v>3335</x:v>
+      </x:c>
+      <x:c r="S8" s="3" t="n">
+        <x:v>3265</x:v>
+      </x:c>
+      <x:c r="T8" s="3" t="n">
+        <x:v>2924</x:v>
+      </x:c>
+      <x:c r="U8" s="3" t="n">
+        <x:v>2474</x:v>
+      </x:c>
+      <x:c r="V8" s="3" t="n">
+        <x:v>2816</x:v>
+      </x:c>
+      <x:c r="W8" s="3" t="n">
+        <x:v>3552</x:v>
+      </x:c>
+      <x:c r="X8" s="3" t="n">
+        <x:v>2964</x:v>
+      </x:c>
+      <x:c r="Y8" s="3" t="n">
+        <x:v>3442</x:v>
+      </x:c>
+      <x:c r="Z8" s="3" t="n">
+        <x:v>3257</x:v>
+      </x:c>
+      <x:c r="AA8" s="3" t="n">
+        <x:v>3358</x:v>
+      </x:c>
+      <x:c r="AB8" s="3" t="n">
+        <x:v>3099</x:v>
+      </x:c>
+      <x:c r="AC8" s="3" t="n">
+        <x:v>3527</x:v>
+      </x:c>
+      <x:c r="AD8" s="3" t="n">
+        <x:v>3161</x:v>
+      </x:c>
+      <x:c r="AE8" s="3" t="n">
+        <x:v>3171</x:v>
+      </x:c>
+      <x:c r="AF8" s="3" t="n">
+        <x:v>3073</x:v>
+      </x:c>
+      <x:c r="AG8" s="3" t="n">
+        <x:v>3605</x:v>
+      </x:c>
+      <x:c r="AH8" s="3" t="n">
+        <x:v>3022</x:v>
+      </x:c>
+      <x:c r="AI8" s="3" t="n">
+        <x:v>3977</x:v>
+      </x:c>
+      <x:c r="AJ8" s="3" t="n">
+        <x:v>3358</x:v>
+      </x:c>
+      <x:c r="AK8" s="3" t="n">
+        <x:v>3731</x:v>
+      </x:c>
+      <x:c r="AL8" s="3" t="n">
+        <x:v>3210</x:v>
+      </x:c>
+      <x:c r="AM8" s="3" t="n">
+        <x:v>3540</x:v>
+      </x:c>
+      <x:c r="AN8" s="3" t="n">
+        <x:v>3288</x:v>
+      </x:c>
+      <x:c r="AO8" s="3" t="n">
+        <x:v>3458</x:v>
+      </x:c>
+      <x:c r="AP8" s="3" t="n">
+        <x:v>3090</x:v>
+      </x:c>
+      <x:c r="AQ8" s="3" t="n">
+        <x:v>3547</x:v>
+      </x:c>
+      <x:c r="AR8" s="3" t="n">
+        <x:v>3297</x:v>
+      </x:c>
+      <x:c r="AS8" s="3" t="n">
+        <x:v>3180</x:v>
+      </x:c>
+      <x:c r="AT8" s="3" t="n">
+        <x:v>3201</x:v>
+      </x:c>
+      <x:c r="AU8" s="3" t="n">
+        <x:v>3688</x:v>
+      </x:c>
+      <x:c r="AV8" s="3" t="n">
+        <x:v>3429</x:v>
+      </x:c>
+      <x:c r="AW8" s="3" t="n">
+        <x:v>3521</x:v>
+      </x:c>
+      <x:c r="AX8" s="3" t="n">
+        <x:v>3262</x:v>
+      </x:c>
+      <x:c r="AY8" s="3" t="n">
+        <x:v>3380</x:v>
+      </x:c>
+      <x:c r="AZ8" s="3" t="n">
+        <x:v>3227</x:v>
+      </x:c>
+      <x:c r="BA8" s="3" t="n">
+        <x:v>3487</x:v>
+      </x:c>
+      <x:c r="BB8" s="3" t="n">
+        <x:v>3192</x:v>
+      </x:c>
+      <x:c r="BC8" s="3" t="n">
+        <x:v>3535</x:v>
+      </x:c>
+      <x:c r="BD8" s="3" t="n">
+        <x:v>3176</x:v>
+      </x:c>
+      <x:c r="BE8" s="3" t="n">
+        <x:v>3286</x:v>
+      </x:c>
+      <x:c r="BF8" s="3" t="n">
+        <x:v>3248</x:v>
+      </x:c>
+      <x:c r="BG8" s="3" t="n">
+        <x:v>3377</x:v>
+      </x:c>
+      <x:c r="BH8" s="3" t="n">
+        <x:v>3264</x:v>
+      </x:c>
+      <x:c r="BI8" s="3" t="n">
+        <x:v>3322</x:v>
+      </x:c>
+      <x:c r="BJ8" s="3" t="n">
+        <x:v>2901</x:v>
+      </x:c>
+      <x:c r="BK8" s="3" t="n">
+        <x:v>3110</x:v>
+      </x:c>
+      <x:c r="BL8" s="3" t="n">
+        <x:v>3098</x:v>
+      </x:c>
+      <x:c r="BM8" s="3" t="n">
+        <x:v>2992</x:v>
+      </x:c>
+      <x:c r="BN8" s="3" t="n">
+        <x:v>2836</x:v>
+      </x:c>
+      <x:c r="BO8" s="3" t="n">
+        <x:v>3460</x:v>
+      </x:c>
+      <x:c r="BP8" s="3" t="n">
+        <x:v>3446</x:v>
+      </x:c>
+      <x:c r="BQ8" s="3" t="n">
+        <x:v>3604</x:v>
+      </x:c>
+      <x:c r="BR8" s="3" t="n">
+        <x:v>3209</x:v>
+      </x:c>
+      <x:c r="BS8" s="3" t="n">
+        <x:v>3698</x:v>
+      </x:c>
+      <x:c r="BT8" s="3" t="n">
+        <x:v>3392</x:v>
+      </x:c>
+      <x:c r="BU8" s="3" t="n">
+        <x:v>3633</x:v>
+      </x:c>
+      <x:c r="BV8" s="3" t="n">
+        <x:v>3920</x:v>
+      </x:c>
+      <x:c r="BW8" s="3" t="n">
+        <x:v>4195</x:v>
+      </x:c>
+      <x:c r="BX8" s="3" t="n">
+        <x:v>3798</x:v>
+      </x:c>
+      <x:c r="BY8" s="3" t="n">
+        <x:v>4299</x:v>
+      </x:c>
+      <x:c r="BZ8" s="3" t="n">
+        <x:v>3861</x:v>
+      </x:c>
+      <x:c r="CA8" s="3" t="n">
+        <x:v>4575</x:v>
+      </x:c>
+      <x:c r="CB8" s="3" t="n">
+        <x:v>4347</x:v>
+      </x:c>
+      <x:c r="CC8" s="3" t="n">
+        <x:v>4379</x:v>
+      </x:c>
+      <x:c r="CD8" s="3" t="n">
+        <x:v>4199</x:v>
+      </x:c>
+      <x:c r="CE8" s="3" t="n">
+        <x:v>4633</x:v>
+      </x:c>
+      <x:c r="CF8" s="3" t="n">
+        <x:v>4453</x:v>
+      </x:c>
+      <x:c r="CG8" s="3" t="n">
+        <x:v>4286</x:v>
+      </x:c>
+      <x:c r="CH8" s="3" t="n">
+        <x:v>4084</x:v>
+      </x:c>
+      <x:c r="CI8" s="3" t="n">
+        <x:v>4364</x:v>
+      </x:c>
+      <x:c r="CJ8" s="3" t="n">
+        <x:v>4616</x:v>
+      </x:c>
+      <x:c r="CK8" s="3" t="n">
+        <x:v>4573</x:v>
+      </x:c>
+      <x:c r="CL8" s="3" t="n">
+        <x:v>4016</x:v>
+      </x:c>
+      <x:c r="CM8" s="3" t="n">
+        <x:v>4364</x:v>
+      </x:c>
+      <x:c r="CN8" s="3" t="n">
+        <x:v>4211</x:v>
+      </x:c>
+      <x:c r="CO8" s="3" t="n">
+        <x:v>4765</x:v>
+      </x:c>
+      <x:c r="CP8" s="3" t="n">
+        <x:v>4567</x:v>
+      </x:c>
+      <x:c r="CQ8" s="3" t="n">
+        <x:v>4808</x:v>
+      </x:c>
+      <x:c r="CR8" s="3" t="n">
+        <x:v>4907</x:v>
+      </x:c>
+      <x:c r="CS8" s="3" t="n">
+        <x:v>5236</x:v>
+      </x:c>
+      <x:c r="CT8" s="3" t="n">
+        <x:v>4619</x:v>
+      </x:c>
+      <x:c r="CU8" s="3" t="n">
+        <x:v>5205</x:v>
+      </x:c>
+      <x:c r="CV8" s="3" t="n">
+        <x:v>5220</x:v>
+      </x:c>
+      <x:c r="CW8" s="3" t="n">
+        <x:v>4622</x:v>
+      </x:c>
+      <x:c r="CX8" s="3" t="n">
+        <x:v>4577</x:v>
+      </x:c>
+      <x:c r="CY8" s="3" t="n">
+        <x:v>5130</x:v>
+      </x:c>
+      <x:c r="CZ8" s="3" t="n">
+        <x:v>4660</x:v>
+      </x:c>
+      <x:c r="DA8" s="3" t="n">
+        <x:v>5297</x:v>
+      </x:c>
+      <x:c r="DB8" s="3" t="n">
+        <x:v>4400</x:v>
+      </x:c>
+      <x:c r="DC8" s="3" t="n">
+        <x:v>5270</x:v>
+      </x:c>
+      <x:c r="DD8" s="3" t="n">
+        <x:v>5701</x:v>
+      </x:c>
+      <x:c r="DE8" s="3" t="n">
+        <x:v>5596</x:v>
+      </x:c>
+      <x:c r="DF8" s="3" t="n">
+        <x:v>5159</x:v>
+      </x:c>
+      <x:c r="DG8" s="3" t="n">
+        <x:v>6296</x:v>
+      </x:c>
+      <x:c r="DH8" s="3" t="n">
+        <x:v>4941</x:v>
+      </x:c>
+      <x:c r="DI8" s="3" t="n">
+        <x:v>5144</x:v>
+      </x:c>
+      <x:c r="DJ8" s="3" t="n">
+        <x:v>4598</x:v>
+      </x:c>
+      <x:c r="DK8" s="3" t="n">
+        <x:v>6591</x:v>
+      </x:c>
+      <x:c r="DL8" s="3" t="n">
+        <x:v>5795</x:v>
+      </x:c>
+      <x:c r="DM8" s="3" t="n">
+        <x:v>6738</x:v>
+      </x:c>
+      <x:c r="DN8" s="3" t="n">
+        <x:v>6163</x:v>
+      </x:c>
+      <x:c r="DO8" s="3" t="n">
+        <x:v>6117</x:v>
+      </x:c>
+      <x:c r="DP8" s="3" t="n">
+        <x:v>6802</x:v>
+      </x:c>
+      <x:c r="DQ8" s="3" t="n">
+        <x:v>7365</x:v>
+      </x:c>
+      <x:c r="DR8" s="3" t="n">
+        <x:v>5849</x:v>
+      </x:c>
+      <x:c r="DS8" s="3" t="n">
+        <x:v>8214</x:v>
+      </x:c>
+      <x:c r="DT8" s="3" t="n">
+        <x:v>6495</x:v>
+      </x:c>
+      <x:c r="DU8" s="3" t="n">
+        <x:v>6984</x:v>
+      </x:c>
+      <x:c r="DV8" s="3" t="n">
+        <x:v>4834</x:v>
+      </x:c>
+      <x:c r="DW8" s="3" t="n">
+        <x:v>6066</x:v>
+      </x:c>
+      <x:c r="DX8" s="3" t="n">
+        <x:v>5690</x:v>
+      </x:c>
+      <x:c r="DY8" s="3" t="n">
+        <x:v>6234</x:v>
+      </x:c>
+      <x:c r="DZ8" s="3" t="n">
+        <x:v>5169</x:v>
+      </x:c>
+      <x:c r="EA8" s="3" t="n">
+        <x:v>7199</x:v>
+      </x:c>
+      <x:c r="EB8" s="3" t="n">
+        <x:v>6325</x:v>
+      </x:c>
+      <x:c r="EC8" s="3" t="n">
+        <x:v>6397</x:v>
+      </x:c>
+      <x:c r="ED8" s="3" t="n">
+        <x:v>6450</x:v>
+      </x:c>
+      <x:c r="EE8" s="3" t="n">
+        <x:v>6913</x:v>
+      </x:c>
+      <x:c r="EF8" s="3" t="n">
+        <x:v>6598</x:v>
+      </x:c>
+      <x:c r="EG8" s="3" t="n">
+        <x:v>7162</x:v>
+      </x:c>
+      <x:c r="EH8" s="3" t="n">
+        <x:v>6617</x:v>
+      </x:c>
+      <x:c r="EI8" s="3" t="n">
+        <x:v>6820</x:v>
+      </x:c>
+      <x:c r="EJ8" s="3" t="n">
+        <x:v>6122</x:v>
+      </x:c>
+      <x:c r="EK8" s="3" t="n">
+        <x:v>6654</x:v>
+      </x:c>
+      <x:c r="EL8" s="3" t="n">
+        <x:v>6227</x:v>
+      </x:c>
+      <x:c r="EM8" s="3" t="n">
+        <x:v>7778</x:v>
+      </x:c>
+      <x:c r="EN8" s="3" t="n">
+        <x:v>6617</x:v>
+      </x:c>
+      <x:c r="EO8" s="3" t="n">
+        <x:v>6520</x:v>
+      </x:c>
+      <x:c r="EP8" s="3" t="n">
+        <x:v>6110</x:v>
+      </x:c>
+      <x:c r="EQ8" s="3" t="n">
+        <x:v>7238</x:v>
+      </x:c>
+      <x:c r="ER8" s="3" t="n">
+        <x:v>6895</x:v>
+      </x:c>
+      <x:c r="ES8" s="3" t="n">
+        <x:v>7117</x:v>
+      </x:c>
+      <x:c r="ET8" s="3" t="n">
+        <x:v>5967</x:v>
+      </x:c>
+      <x:c r="EU8" s="3" t="n">
+        <x:v>6979</x:v>
+      </x:c>
+      <x:c r="EV8" s="3" t="n">
+        <x:v>6482</x:v>
+      </x:c>
+      <x:c r="EW8" s="3" t="n">
+        <x:v>5935</x:v>
+      </x:c>
+      <x:c r="EX8" s="3" t="n">
+        <x:v>5897</x:v>
+      </x:c>
+      <x:c r="EY8" s="3" t="n">
+        <x:v>6050</x:v>
+      </x:c>
+      <x:c r="EZ8" s="3" t="n">
+        <x:v>6265</x:v>
+      </x:c>
+      <x:c r="FA8" s="3" t="n">
+        <x:v>5943</x:v>
+      </x:c>
+      <x:c r="FB8" s="3" t="n">
+        <x:v>5534</x:v>
+      </x:c>
+      <x:c r="FC8" s="3" t="n">
+        <x:v>6141</x:v>
+      </x:c>
+      <x:c r="FD8" s="3" t="n">
+        <x:v>6221</x:v>
+      </x:c>
+      <x:c r="FE8" s="3" t="n">
+        <x:v>5588</x:v>
+      </x:c>
+      <x:c r="FF8" s="3" t="n">
+        <x:v>5423</x:v>
+      </x:c>
+      <x:c r="FG8" s="3" t="n">
+        <x:v>6222</x:v>
+      </x:c>
+      <x:c r="FH8" s="3" t="n">
+        <x:v>5837</x:v>
+      </x:c>
+      <x:c r="FI8" s="3" t="n">
+        <x:v>5870</x:v>
+      </x:c>
+      <x:c r="FJ8" s="3" t="n">
+        <x:v>5907</x:v>
+      </x:c>
+      <x:c r="FK8" s="3" t="n">
+        <x:v>5840</x:v>
+      </x:c>
+      <x:c r="FL8" s="3" t="n">
+        <x:v>6677</x:v>
+      </x:c>
+      <x:c r="FM8" s="3" t="n">
+        <x:v>6065</x:v>
+      </x:c>
+      <x:c r="FN8" s="3" t="n">
+        <x:v>6103</x:v>
+      </x:c>
+      <x:c r="FO8" s="3" t="n">
+        <x:v>5335</x:v>
+      </x:c>
+      <x:c r="FP8" s="3" t="n">
+        <x:v>5359</x:v>
+      </x:c>
+      <x:c r="FQ8" s="3" t="n">
+        <x:v>5763</x:v>
+      </x:c>
+      <x:c r="FR8" s="3" t="n">
+        <x:v>4979</x:v>
+      </x:c>
+      <x:c r="FS8" s="3" t="n">
+        <x:v>6097</x:v>
+      </x:c>
+      <x:c r="FT8" s="3" t="n">
+        <x:v>6100</x:v>
+      </x:c>
+      <x:c r="FU8" s="3" t="n">
+        <x:v>6045</x:v>
+      </x:c>
+      <x:c r="FV8" s="3" t="n">
+        <x:v>5255</x:v>
+      </x:c>
+      <x:c r="FW8" s="3" t="n">
+        <x:v>5105</x:v>
+      </x:c>
+      <x:c r="FX8" s="3" t="n">
+        <x:v>5591</x:v>
+      </x:c>
+      <x:c r="FY8" s="3" t="n">
+        <x:v>5219</x:v>
+      </x:c>
+      <x:c r="FZ8" s="3" t="n">
+        <x:v>5012</x:v>
+      </x:c>
+      <x:c r="GA8" s="3" t="n">
+        <x:v>4971</x:v>
+      </x:c>
+      <x:c r="GB8" s="3" t="n">
+        <x:v>5289</x:v>
+      </x:c>
+      <x:c r="GC8" s="3" t="n">
+        <x:v>5015</x:v>
+      </x:c>
+      <x:c r="GD8" s="3" t="n">
+        <x:v>4143</x:v>
+      </x:c>
+      <x:c r="GE8" s="3" t="n">
+        <x:v>4967</x:v>
+      </x:c>
+      <x:c r="GF8" s="3" t="n">
+        <x:v>4909</x:v>
+      </x:c>
+      <x:c r="GG8" s="3" t="n">
+        <x:v>4985</x:v>
+      </x:c>
+      <x:c r="GH8" s="3" t="n">
+        <x:v>4300</x:v>
+      </x:c>
+      <x:c r="GI8" s="3" t="n">
+        <x:v>4690</x:v>
+      </x:c>
+      <x:c r="GJ8" s="3" t="n">
+        <x:v>4753</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:192">
+      <x:c r="A9" s="2" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="n">
+        <x:v>51013</x:v>
+      </x:c>
+      <x:c r="C9" s="3" t="n">
+        <x:v>48874</x:v>
+      </x:c>
+      <x:c r="D9" s="3" t="n">
+        <x:v>57795</x:v>
+      </x:c>
+      <x:c r="E9" s="3" t="n">
+        <x:v>54253</x:v>
+      </x:c>
+      <x:c r="F9" s="3" t="n">
+        <x:v>55547</x:v>
+      </x:c>
+      <x:c r="G9" s="3" t="n">
+        <x:v>54239</x:v>
+      </x:c>
+      <x:c r="H9" s="3" t="n">
+        <x:v>71029</x:v>
+      </x:c>
+      <x:c r="I9" s="3" t="n">
+        <x:v>75977</x:v>
+      </x:c>
+      <x:c r="J9" s="3" t="n">
+        <x:v>87072</x:v>
+      </x:c>
+      <x:c r="K9" s="3" t="n">
+        <x:v>81232</x:v>
+      </x:c>
+      <x:c r="L9" s="3" t="n">
+        <x:v>66938</x:v>
+      </x:c>
+      <x:c r="M9" s="3" t="n">
+        <x:v>82569</x:v>
+      </x:c>
+      <x:c r="N9" s="3" t="n">
+        <x:v>79331</x:v>
+      </x:c>
+      <x:c r="O9" s="3" t="n">
+        <x:v>82767</x:v>
+      </x:c>
+      <x:c r="P9" s="3" t="n">
+        <x:v>74311</x:v>
+      </x:c>
+      <x:c r="Q9" s="3" t="n">
+        <x:v>76840</x:v>
+      </x:c>
+      <x:c r="R9" s="3" t="n">
+        <x:v>80869</x:v>
+      </x:c>
+      <x:c r="S9" s="3" t="n">
+        <x:v>80753</x:v>
+      </x:c>
+      <x:c r="T9" s="3" t="n">
+        <x:v>80689</x:v>
+      </x:c>
+      <x:c r="U9" s="3" t="n">
+        <x:v>82467</x:v>
+      </x:c>
+      <x:c r="V9" s="3" t="n">
+        <x:v>88868</x:v>
+      </x:c>
+      <x:c r="W9" s="3" t="n">
+        <x:v>95671</x:v>
+      </x:c>
+      <x:c r="X9" s="3" t="n">
+        <x:v>92804</x:v>
+      </x:c>
+      <x:c r="Y9" s="3" t="n">
+        <x:v>98489</x:v>
+      </x:c>
+      <x:c r="Z9" s="3" t="n">
+        <x:v>100679</x:v>
+      </x:c>
+      <x:c r="AA9" s="3" t="n">
+        <x:v>106246</x:v>
+      </x:c>
+      <x:c r="AB9" s="3" t="n">
+        <x:v>109436</x:v>
+      </x:c>
+      <x:c r="AC9" s="3" t="n">
+        <x:v>110635</x:v>
+      </x:c>
+      <x:c r="AD9" s="3" t="n">
+        <x:v>105852</x:v>
+      </x:c>
+      <x:c r="AE9" s="3" t="n">
+        <x:v>103553</x:v>
+      </x:c>
+      <x:c r="AF9" s="3" t="n">
+        <x:v>117848</x:v>
+      </x:c>
+      <x:c r="AG9" s="3" t="n">
+        <x:v>124117</x:v>
+      </x:c>
+      <x:c r="AH9" s="3" t="n">
+        <x:v>122066</x:v>
+      </x:c>
+      <x:c r="AI9" s="3" t="n">
+        <x:v>93996</x:v>
+      </x:c>
+      <x:c r="AJ9" s="3" t="n">
+        <x:v>124507</x:v>
+      </x:c>
+      <x:c r="AK9" s="3" t="n">
+        <x:v>136733</x:v>
+      </x:c>
+      <x:c r="AL9" s="3" t="n">
+        <x:v>124903</x:v>
+      </x:c>
+      <x:c r="AM9" s="3" t="n">
+        <x:v>125542</x:v>
+      </x:c>
+      <x:c r="AN9" s="3" t="n">
+        <x:v>119703</x:v>
+      </x:c>
+      <x:c r="AO9" s="3" t="n">
+        <x:v>134466</x:v>
+      </x:c>
+      <x:c r="AP9" s="3" t="n">
+        <x:v>139766</x:v>
+      </x:c>
+      <x:c r="AQ9" s="3" t="n">
+        <x:v>128213</x:v>
+      </x:c>
+      <x:c r="AR9" s="3" t="n">
+        <x:v>133825</x:v>
+      </x:c>
+      <x:c r="AS9" s="3" t="n">
+        <x:v>148973</x:v>
+      </x:c>
+      <x:c r="AT9" s="3" t="n">
+        <x:v>159224</x:v>
+      </x:c>
+      <x:c r="AU9" s="3" t="n">
+        <x:v>165375</x:v>
+      </x:c>
+      <x:c r="AV9" s="3" t="n">
+        <x:v>167610</x:v>
+      </x:c>
+      <x:c r="AW9" s="3" t="n">
+        <x:v>173838</x:v>
+      </x:c>
+      <x:c r="AX9" s="3" t="n">
+        <x:v>173091</x:v>
+      </x:c>
+      <x:c r="AY9" s="3" t="n">
+        <x:v>170702</x:v>
+      </x:c>
+      <x:c r="AZ9" s="3" t="n">
+        <x:v>161624</x:v>
+      </x:c>
+      <x:c r="BA9" s="3" t="n">
+        <x:v>197006</x:v>
+      </x:c>
+      <x:c r="BB9" s="3" t="n">
+        <x:v>203310</x:v>
+      </x:c>
+      <x:c r="BC9" s="3" t="n">
+        <x:v>202634</x:v>
+      </x:c>
+      <x:c r="BD9" s="3" t="n">
+        <x:v>189604</x:v>
+      </x:c>
+      <x:c r="BE9" s="3" t="n">
+        <x:v>217208</x:v>
+      </x:c>
+      <x:c r="BF9" s="3" t="n">
+        <x:v>226966</x:v>
+      </x:c>
+      <x:c r="BG9" s="3" t="n">
+        <x:v>221000</x:v>
+      </x:c>
+      <x:c r="BH9" s="3" t="n">
+        <x:v>222507</x:v>
+      </x:c>
+      <x:c r="BI9" s="3" t="n">
+        <x:v>238634</x:v>
+      </x:c>
+      <x:c r="BJ9" s="3" t="n">
+        <x:v>225138</x:v>
+      </x:c>
+      <x:c r="BK9" s="3" t="n">
+        <x:v>228093</x:v>
+      </x:c>
+      <x:c r="BL9" s="3" t="n">
+        <x:v>233413</x:v>
+      </x:c>
+      <x:c r="BM9" s="3" t="n">
+        <x:v>265088</x:v>
+      </x:c>
+      <x:c r="BN9" s="3" t="n">
+        <x:v>261163</x:v>
+      </x:c>
+      <x:c r="BO9" s="3" t="n">
+        <x:v>261799</x:v>
+      </x:c>
+      <x:c r="BP9" s="3" t="n">
+        <x:v>241318</x:v>
+      </x:c>
+      <x:c r="BQ9" s="3" t="n">
+        <x:v>288783</x:v>
+      </x:c>
+      <x:c r="BR9" s="3" t="n">
+        <x:v>268342</x:v>
+      </x:c>
+      <x:c r="BS9" s="3" t="n">
+        <x:v>266603</x:v>
+      </x:c>
+      <x:c r="BT9" s="3" t="n">
+        <x:v>274726</x:v>
+      </x:c>
+      <x:c r="BU9" s="3" t="n">
+        <x:v>309488</x:v>
+      </x:c>
+      <x:c r="BV9" s="3" t="n">
+        <x:v>311554</x:v>
+      </x:c>
+      <x:c r="BW9" s="3" t="n">
+        <x:v>310942</x:v>
+      </x:c>
+      <x:c r="BX9" s="3" t="n">
+        <x:v>321320</x:v>
+      </x:c>
+      <x:c r="BY9" s="3" t="n">
+        <x:v>327396</x:v>
+      </x:c>
+      <x:c r="BZ9" s="3" t="n">
+        <x:v>337783</x:v>
+      </x:c>
+      <x:c r="CA9" s="3" t="n">
+        <x:v>330140</x:v>
+      </x:c>
+      <x:c r="CB9" s="3" t="n">
+        <x:v>315776</x:v>
+      </x:c>
+      <x:c r="CC9" s="3" t="n">
+        <x:v>347691</x:v>
+      </x:c>
+      <x:c r="CD9" s="3" t="n">
+        <x:v>347379</x:v>
+      </x:c>
+      <x:c r="CE9" s="3" t="n">
+        <x:v>331198</x:v>
+      </x:c>
+      <x:c r="CF9" s="3" t="n">
+        <x:v>302634</x:v>
+      </x:c>
+      <x:c r="CG9" s="3" t="n">
+        <x:v>330435</x:v>
+      </x:c>
+      <x:c r="CH9" s="3" t="n">
+        <x:v>324938</x:v>
+      </x:c>
+      <x:c r="CI9" s="3" t="n">
+        <x:v>311411</x:v>
+      </x:c>
+      <x:c r="CJ9" s="3" t="n">
+        <x:v>316585</x:v>
+      </x:c>
+      <x:c r="CK9" s="3" t="n">
+        <x:v>351820</x:v>
+      </x:c>
+      <x:c r="CL9" s="3" t="n">
+        <x:v>361428</x:v>
+      </x:c>
+      <x:c r="CM9" s="3" t="n">
+        <x:v>330747</x:v>
+      </x:c>
+      <x:c r="CN9" s="3" t="n">
+        <x:v>332766</x:v>
+      </x:c>
+      <x:c r="CO9" s="3" t="n">
+        <x:v>368054</x:v>
+      </x:c>
+      <x:c r="CP9" s="3" t="n">
+        <x:v>359779</x:v>
+      </x:c>
+      <x:c r="CQ9" s="3" t="n">
+        <x:v>344622</x:v>
+      </x:c>
+      <x:c r="CR9" s="3" t="n">
+        <x:v>355179</x:v>
+      </x:c>
+      <x:c r="CS9" s="3" t="n">
+        <x:v>390406</x:v>
+      </x:c>
+      <x:c r="CT9" s="3" t="n">
+        <x:v>369810</x:v>
+      </x:c>
+      <x:c r="CU9" s="3" t="n">
+        <x:v>371571</x:v>
+      </x:c>
+      <x:c r="CV9" s="3" t="n">
+        <x:v>338587</x:v>
+      </x:c>
+      <x:c r="CW9" s="3" t="n">
+        <x:v>390520</x:v>
+      </x:c>
+      <x:c r="CX9" s="3" t="n">
+        <x:v>380949</x:v>
+      </x:c>
+      <x:c r="CY9" s="3" t="n">
+        <x:v>360403</x:v>
+      </x:c>
+      <x:c r="CZ9" s="3" t="n">
+        <x:v>361137</x:v>
+      </x:c>
+      <x:c r="DA9" s="3" t="n">
+        <x:v>396369</x:v>
+      </x:c>
+      <x:c r="DB9" s="3" t="n">
+        <x:v>399683</x:v>
+      </x:c>
+      <x:c r="DC9" s="3" t="n">
+        <x:v>380148</x:v>
+      </x:c>
+      <x:c r="DD9" s="3" t="n">
+        <x:v>344996</x:v>
+      </x:c>
+      <x:c r="DE9" s="3" t="n">
+        <x:v>385456</x:v>
+      </x:c>
+      <x:c r="DF9" s="3" t="n">
+        <x:v>378262</x:v>
+      </x:c>
+      <x:c r="DG9" s="3" t="n">
+        <x:v>363152</x:v>
+      </x:c>
+      <x:c r="DH9" s="3" t="n">
+        <x:v>358671</x:v>
+      </x:c>
+      <x:c r="DI9" s="3" t="n">
+        <x:v>373207</x:v>
+      </x:c>
+      <x:c r="DJ9" s="3" t="n">
+        <x:v>373779</x:v>
+      </x:c>
+      <x:c r="DK9" s="3" t="n">
+        <x:v>350088</x:v>
+      </x:c>
+      <x:c r="DL9" s="3" t="n">
+        <x:v>348321</x:v>
+      </x:c>
+      <x:c r="DM9" s="3" t="n">
+        <x:v>366384</x:v>
+      </x:c>
+      <x:c r="DN9" s="3" t="n">
+        <x:v>368764</x:v>
+      </x:c>
+      <x:c r="DO9" s="3" t="n">
+        <x:v>334843</x:v>
+      </x:c>
+      <x:c r="DP9" s="3" t="n">
+        <x:v>338517</x:v>
+      </x:c>
+      <x:c r="DQ9" s="3" t="n">
+        <x:v>364921</x:v>
+      </x:c>
+      <x:c r="DR9" s="3" t="n">
+        <x:v>361570</x:v>
+      </x:c>
+      <x:c r="DS9" s="3" t="n">
+        <x:v>336410</x:v>
+      </x:c>
+      <x:c r="DT9" s="3" t="n">
+        <x:v>332184</x:v>
+      </x:c>
+      <x:c r="DU9" s="3" t="n">
+        <x:v>371400</x:v>
+      </x:c>
+      <x:c r="DV9" s="3" t="n">
+        <x:v>381065</x:v>
+      </x:c>
+      <x:c r="DW9" s="3" t="n">
+        <x:v>333936</x:v>
+      </x:c>
+      <x:c r="DX9" s="3" t="n">
+        <x:v>330992</x:v>
+      </x:c>
+      <x:c r="DY9" s="3" t="n">
+        <x:v>357763</x:v>
+      </x:c>
+      <x:c r="DZ9" s="3" t="n">
+        <x:v>369308</x:v>
+      </x:c>
+      <x:c r="EA9" s="3" t="n">
+        <x:v>333965</x:v>
+      </x:c>
+      <x:c r="EB9" s="3" t="n">
+        <x:v>293115</x:v>
+      </x:c>
+      <x:c r="EC9" s="3" t="n">
+        <x:v>358960</x:v>
+      </x:c>
+      <x:c r="ED9" s="3" t="n">
+        <x:v>351238</x:v>
+      </x:c>
+      <x:c r="EE9" s="3" t="n">
+        <x:v>301024</x:v>
+      </x:c>
+      <x:c r="EF9" s="3" t="n">
+        <x:v>314463</x:v>
+      </x:c>
+      <x:c r="EG9" s="3" t="n">
+        <x:v>343845</x:v>
+      </x:c>
+      <x:c r="EH9" s="3" t="n">
+        <x:v>361201</x:v>
+      </x:c>
+      <x:c r="EI9" s="3" t="n">
+        <x:v>328413</x:v>
+      </x:c>
+      <x:c r="EJ9" s="3" t="n">
+        <x:v>299716</x:v>
+      </x:c>
+      <x:c r="EK9" s="3" t="n">
+        <x:v>338679</x:v>
+      </x:c>
+      <x:c r="EL9" s="3" t="n">
+        <x:v>330484</x:v>
+      </x:c>
+      <x:c r="EM9" s="3" t="n">
+        <x:v>325959</x:v>
+      </x:c>
+      <x:c r="EN9" s="3" t="n">
+        <x:v>317267</x:v>
+      </x:c>
+      <x:c r="EO9" s="3" t="n">
+        <x:v>343166</x:v>
+      </x:c>
+      <x:c r="EP9" s="3" t="n">
+        <x:v>346527</x:v>
+      </x:c>
+      <x:c r="EQ9" s="3" t="n">
+        <x:v>313884</x:v>
+      </x:c>
+      <x:c r="ER9" s="3" t="n">
+        <x:v>317213</x:v>
+      </x:c>
+      <x:c r="ES9" s="3" t="n">
+        <x:v>356374</x:v>
+      </x:c>
+      <x:c r="ET9" s="3" t="n">
+        <x:v>348202</x:v>
+      </x:c>
+      <x:c r="EU9" s="3" t="n">
+        <x:v>323981</x:v>
+      </x:c>
+      <x:c r="EV9" s="3" t="n">
+        <x:v>334298</x:v>
+      </x:c>
+      <x:c r="EW9" s="3" t="n">
+        <x:v>343911</x:v>
+      </x:c>
+      <x:c r="EX9" s="3" t="n">
+        <x:v>346088</x:v>
+      </x:c>
+      <x:c r="EY9" s="3" t="n">
+        <x:v>323144</x:v>
+      </x:c>
+      <x:c r="EZ9" s="3" t="n">
+        <x:v>307439</x:v>
+      </x:c>
+      <x:c r="FA9" s="3" t="n">
+        <x:v>361934</x:v>
+      </x:c>
+      <x:c r="FB9" s="3" t="n">
+        <x:v>352029</x:v>
+      </x:c>
+      <x:c r="FC9" s="3" t="n">
+        <x:v>335546</x:v>
+      </x:c>
+      <x:c r="FD9" s="3" t="n">
+        <x:v>334823</x:v>
+      </x:c>
+      <x:c r="FE9" s="3" t="n">
+        <x:v>346548</x:v>
+      </x:c>
+      <x:c r="FF9" s="3" t="n">
+        <x:v>348737</x:v>
+      </x:c>
+      <x:c r="FG9" s="3" t="n">
+        <x:v>324726</x:v>
+      </x:c>
+      <x:c r="FH9" s="3" t="n">
+        <x:v>331341</x:v>
+      </x:c>
+      <x:c r="FI9" s="3" t="n">
+        <x:v>348238</x:v>
+      </x:c>
+      <x:c r="FJ9" s="3" t="n">
+        <x:v>344311</x:v>
+      </x:c>
+      <x:c r="FK9" s="3" t="n">
+        <x:v>314301</x:v>
+      </x:c>
+      <x:c r="FL9" s="3" t="n">
+        <x:v>309781</x:v>
+      </x:c>
+      <x:c r="FM9" s="3" t="n">
+        <x:v>373791</x:v>
+      </x:c>
+      <x:c r="FN9" s="3" t="n">
+        <x:v>380654</x:v>
+      </x:c>
+      <x:c r="FO9" s="3" t="n">
+        <x:v>348956</x:v>
+      </x:c>
+      <x:c r="FP9" s="3" t="n">
+        <x:v>349547</x:v>
+      </x:c>
+      <x:c r="FQ9" s="3" t="n">
+        <x:v>366332</x:v>
+      </x:c>
+      <x:c r="FR9" s="3" t="n">
+        <x:v>373475</x:v>
+      </x:c>
+      <x:c r="FS9" s="3" t="n">
+        <x:v>338592</x:v>
+      </x:c>
+      <x:c r="FT9" s="3" t="n">
+        <x:v>363227</x:v>
+      </x:c>
+      <x:c r="FU9" s="3" t="n">
+        <x:v>385565</x:v>
+      </x:c>
+      <x:c r="FV9" s="3" t="n">
+        <x:v>369883</x:v>
+      </x:c>
+      <x:c r="FW9" s="3" t="n">
+        <x:v>346590</x:v>
+      </x:c>
+      <x:c r="FX9" s="3" t="n">
+        <x:v>368145</x:v>
+      </x:c>
+      <x:c r="FY9" s="3" t="n">
+        <x:v>386988</x:v>
+      </x:c>
+      <x:c r="FZ9" s="3" t="n">
+        <x:v>384641</x:v>
+      </x:c>
+      <x:c r="GA9" s="3" t="n">
+        <x:v>347666</x:v>
+      </x:c>
+      <x:c r="GB9" s="3" t="n">
+        <x:v>344045</x:v>
+      </x:c>
+      <x:c r="GC9" s="3" t="n">
+        <x:v>401652</x:v>
+      </x:c>
+      <x:c r="GD9" s="3" t="n">
+        <x:v>397011</x:v>
+      </x:c>
+      <x:c r="GE9" s="3" t="n">
+        <x:v>377935</x:v>
+      </x:c>
+      <x:c r="GF9" s="3" t="n">
+        <x:v>366013</x:v>
+      </x:c>
+      <x:c r="GG9" s="3" t="n">
+        <x:v>391574</x:v>
+      </x:c>
+      <x:c r="GH9" s="3" t="n">
+        <x:v>379377</x:v>
+      </x:c>
+      <x:c r="GI9" s="3" t="n">
+        <x:v>364235</x:v>
+      </x:c>
+      <x:c r="GJ9" s="3" t="n">
+        <x:v>383519</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:192">
+      <x:c r="A10" s="2" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="n">
+        <x:v>48595</x:v>
+      </x:c>
+      <x:c r="C10" s="3" t="n">
+        <x:v>44501</x:v>
+      </x:c>
+      <x:c r="D10" s="3" t="n">
+        <x:v>50996</x:v>
+      </x:c>
+      <x:c r="E10" s="3" t="n">
+        <x:v>50082</x:v>
+      </x:c>
+      <x:c r="F10" s="3" t="n">
+        <x:v>54461</x:v>
+      </x:c>
+      <x:c r="G10" s="3" t="n">
+        <x:v>56412</x:v>
+      </x:c>
+      <x:c r="H10" s="3" t="n">
+        <x:v>62996</x:v>
+      </x:c>
+      <x:c r="I10" s="3" t="n">
+        <x:v>70146</x:v>
+      </x:c>
+      <x:c r="J10" s="3" t="n">
+        <x:v>84515</x:v>
+      </x:c>
+      <x:c r="K10" s="3" t="n">
+        <x:v>79216</x:v>
+      </x:c>
+      <x:c r="L10" s="3" t="n">
+        <x:v>62611</x:v>
+      </x:c>
+      <x:c r="M10" s="3" t="n">
+        <x:v>78882</x:v>
+      </x:c>
+      <x:c r="N10" s="3" t="n">
+        <x:v>76773</x:v>
+      </x:c>
+      <x:c r="O10" s="3" t="n">
+        <x:v>80501</x:v>
+      </x:c>
+      <x:c r="P10" s="3" t="n">
+        <x:v>70519</x:v>
+      </x:c>
+      <x:c r="Q10" s="3" t="n">
+        <x:v>73723</x:v>
+      </x:c>
+      <x:c r="R10" s="3" t="n">
+        <x:v>79012</x:v>
+      </x:c>
+      <x:c r="S10" s="3" t="n">
+        <x:v>76987</x:v>
+      </x:c>
+      <x:c r="T10" s="3" t="n">
+        <x:v>76574</x:v>
+      </x:c>
+      <x:c r="U10" s="3" t="n">
+        <x:v>79265</x:v>
+      </x:c>
+      <x:c r="V10" s="3" t="n">
+        <x:v>84876</x:v>
+      </x:c>
+      <x:c r="W10" s="3" t="n">
+        <x:v>92171</x:v>
+      </x:c>
+      <x:c r="X10" s="3" t="n">
+        <x:v>90091</x:v>
+      </x:c>
+      <x:c r="Y10" s="3" t="n">
+        <x:v>96123</x:v>
+      </x:c>
+      <x:c r="Z10" s="3" t="n">
+        <x:v>98917</x:v>
+      </x:c>
+      <x:c r="AA10" s="3" t="n">
+        <x:v>99311</x:v>
+      </x:c>
+      <x:c r="AB10" s="3" t="n">
+        <x:v>101537</x:v>
+      </x:c>
+      <x:c r="AC10" s="3" t="n">
+        <x:v>112672</x:v>
+      </x:c>
+      <x:c r="AD10" s="3" t="n">
+        <x:v>101259</x:v>
+      </x:c>
+      <x:c r="AE10" s="3" t="n">
+        <x:v>99878</x:v>
+      </x:c>
+      <x:c r="AF10" s="3" t="n">
+        <x:v>114470</x:v>
+      </x:c>
+      <x:c r="AG10" s="3" t="n">
+        <x:v>122756</x:v>
+      </x:c>
+      <x:c r="AH10" s="3" t="n">
+        <x:v>118005</x:v>
+      </x:c>
+      <x:c r="AI10" s="3" t="n">
+        <x:v>91292</x:v>
+      </x:c>
+      <x:c r="AJ10" s="3" t="n">
+        <x:v>123996</x:v>
+      </x:c>
+      <x:c r="AK10" s="3" t="n">
+        <x:v>139029</x:v>
+      </x:c>
+      <x:c r="AL10" s="3" t="n">
+        <x:v>127043</x:v>
+      </x:c>
+      <x:c r="AM10" s="3" t="n">
+        <x:v>125965</x:v>
+      </x:c>
+      <x:c r="AN10" s="3" t="n">
+        <x:v>120760</x:v>
+      </x:c>
+      <x:c r="AO10" s="3" t="n">
+        <x:v>136064</x:v>
+      </x:c>
+      <x:c r="AP10" s="3" t="n">
+        <x:v>142869</x:v>
+      </x:c>
+      <x:c r="AQ10" s="3" t="n">
+        <x:v>130763</x:v>
+      </x:c>
+      <x:c r="AR10" s="3" t="n">
+        <x:v>136347</x:v>
+      </x:c>
+      <x:c r="AS10" s="3" t="n">
+        <x:v>152480</x:v>
+      </x:c>
+      <x:c r="AT10" s="3" t="n">
+        <x:v>165672</x:v>
+      </x:c>
+      <x:c r="AU10" s="3" t="n">
+        <x:v>171770</x:v>
+      </x:c>
+      <x:c r="AV10" s="3" t="n">
+        <x:v>174192</x:v>
+      </x:c>
+      <x:c r="AW10" s="3" t="n">
+        <x:v>179978</x:v>
+      </x:c>
+      <x:c r="AX10" s="3" t="n">
+        <x:v>180203</x:v>
+      </x:c>
+      <x:c r="AY10" s="3" t="n">
+        <x:v>177013</x:v>
+      </x:c>
+      <x:c r="AZ10" s="3" t="n">
+        <x:v>164921</x:v>
+      </x:c>
+      <x:c r="BA10" s="3" t="n">
+        <x:v>202702</x:v>
+      </x:c>
+      <x:c r="BB10" s="3" t="n">
+        <x:v>209596</x:v>
+      </x:c>
+      <x:c r="BC10" s="3" t="n">
+        <x:v>209110</x:v>
+      </x:c>
+      <x:c r="BD10" s="3" t="n">
+        <x:v>195138</x:v>
+      </x:c>
+      <x:c r="BE10" s="3" t="n">
+        <x:v>224344</x:v>
+      </x:c>
+      <x:c r="BF10" s="3" t="n">
+        <x:v>236433</x:v>
+      </x:c>
+      <x:c r="BG10" s="3" t="n">
+        <x:v>228115</x:v>
+      </x:c>
+      <x:c r="BH10" s="3" t="n">
+        <x:v>230447</x:v>
+      </x:c>
+      <x:c r="BI10" s="3" t="n">
+        <x:v>249121</x:v>
+      </x:c>
+      <x:c r="BJ10" s="3" t="n">
+        <x:v>234887</x:v>
+      </x:c>
+      <x:c r="BK10" s="3" t="n">
+        <x:v>238553</x:v>
+      </x:c>
+      <x:c r="BL10" s="3" t="n">
+        <x:v>245205</x:v>
+      </x:c>
+      <x:c r="BM10" s="3" t="n">
+        <x:v>277243</x:v>
+      </x:c>
+      <x:c r="BN10" s="3" t="n">
+        <x:v>270945</x:v>
+      </x:c>
+      <x:c r="BO10" s="3" t="n">
+        <x:v>274873</x:v>
+      </x:c>
+      <x:c r="BP10" s="3" t="n">
+        <x:v>254232</x:v>
+      </x:c>
+      <x:c r="BQ10" s="3" t="n">
+        <x:v>304386</x:v>
+      </x:c>
+      <x:c r="BR10" s="3" t="n">
+        <x:v>282671</x:v>
+      </x:c>
+      <x:c r="BS10" s="3" t="n">
+        <x:v>281907</x:v>
+      </x:c>
+      <x:c r="BT10" s="3" t="n">
+        <x:v>288519</x:v>
+      </x:c>
+      <x:c r="BU10" s="3" t="n">
+        <x:v>324879</x:v>
+      </x:c>
+      <x:c r="BV10" s="3" t="n">
+        <x:v>327806</x:v>
+      </x:c>
+      <x:c r="BW10" s="3" t="n">
+        <x:v>327030</x:v>
+      </x:c>
+      <x:c r="BX10" s="3" t="n">
+        <x:v>336291</x:v>
+      </x:c>
+      <x:c r="BY10" s="3" t="n">
+        <x:v>341224</x:v>
+      </x:c>
+      <x:c r="BZ10" s="3" t="n">
+        <x:v>347473</x:v>
+      </x:c>
+      <x:c r="CA10" s="3" t="n">
+        <x:v>341794</x:v>
+      </x:c>
+      <x:c r="CB10" s="3" t="n">
+        <x:v>327303</x:v>
+      </x:c>
+      <x:c r="CC10" s="3" t="n">
+        <x:v>358012</x:v>
+      </x:c>
+      <x:c r="CD10" s="3" t="n">
+        <x:v>353973</x:v>
+      </x:c>
+      <x:c r="CE10" s="3" t="n">
+        <x:v>338023</x:v>
+      </x:c>
+      <x:c r="CF10" s="3" t="n">
+        <x:v>309266</x:v>
+      </x:c>
+      <x:c r="CG10" s="3" t="n">
+        <x:v>340731</x:v>
+      </x:c>
+      <x:c r="CH10" s="3" t="n">
+        <x:v>336749</x:v>
+      </x:c>
+      <x:c r="CI10" s="3" t="n">
+        <x:v>324061</x:v>
+      </x:c>
+      <x:c r="CJ10" s="3" t="n">
+        <x:v>328187</x:v>
+      </x:c>
+      <x:c r="CK10" s="3" t="n">
+        <x:v>369405</x:v>
+      </x:c>
+      <x:c r="CL10" s="3" t="n">
+        <x:v>375757</x:v>
+      </x:c>
+      <x:c r="CM10" s="3" t="n">
+        <x:v>341326</x:v>
+      </x:c>
+      <x:c r="CN10" s="3" t="n">
+        <x:v>343583</x:v>
+      </x:c>
+      <x:c r="CO10" s="3" t="n">
+        <x:v>374804</x:v>
+      </x:c>
+      <x:c r="CP10" s="3" t="n">
+        <x:v>370649</x:v>
+      </x:c>
+      <x:c r="CQ10" s="3" t="n">
+        <x:v>351417</x:v>
+      </x:c>
+      <x:c r="CR10" s="3" t="n">
+        <x:v>367109</x:v>
+      </x:c>
+      <x:c r="CS10" s="3" t="n">
+        <x:v>397719</x:v>
+      </x:c>
+      <x:c r="CT10" s="3" t="n">
+        <x:v>362755</x:v>
+      </x:c>
+      <x:c r="CU10" s="3" t="n">
+        <x:v>372663</x:v>
+      </x:c>
+      <x:c r="CV10" s="3" t="n">
+        <x:v>351363</x:v>
+      </x:c>
+      <x:c r="CW10" s="3" t="n">
+        <x:v>407563</x:v>
+      </x:c>
+      <x:c r="CX10" s="3" t="n">
+        <x:v>399322</x:v>
+      </x:c>
+      <x:c r="CY10" s="3" t="n">
+        <x:v>360971</x:v>
+      </x:c>
+      <x:c r="CZ10" s="3" t="n">
+        <x:v>364875</x:v>
+      </x:c>
+      <x:c r="DA10" s="3" t="n">
+        <x:v>403757</x:v>
+      </x:c>
+      <x:c r="DB10" s="3" t="n">
+        <x:v>406845</x:v>
+      </x:c>
+      <x:c r="DC10" s="3" t="n">
+        <x:v>381514</x:v>
+      </x:c>
+      <x:c r="DD10" s="3" t="n">
+        <x:v>348755</x:v>
+      </x:c>
+      <x:c r="DE10" s="3" t="n">
+        <x:v>387537</x:v>
+      </x:c>
+      <x:c r="DF10" s="3" t="n">
+        <x:v>380511</x:v>
+      </x:c>
+      <x:c r="DG10" s="3" t="n">
+        <x:v>359446</x:v>
+      </x:c>
+      <x:c r="DH10" s="3" t="n">
+        <x:v>356709</x:v>
+      </x:c>
+      <x:c r="DI10" s="3" t="n">
+        <x:v>370119</x:v>
+      </x:c>
+      <x:c r="DJ10" s="3" t="n">
+        <x:v>371733</x:v>
+      </x:c>
+      <x:c r="DK10" s="3" t="n">
+        <x:v>337736</x:v>
+      </x:c>
+      <x:c r="DL10" s="3" t="n">
+        <x:v>342050</x:v>
+      </x:c>
+      <x:c r="DM10" s="3" t="n">
+        <x:v>359854</x:v>
+      </x:c>
+      <x:c r="DN10" s="3" t="n">
+        <x:v>354943</x:v>
+      </x:c>
+      <x:c r="DO10" s="3" t="n">
+        <x:v>320691</x:v>
+      </x:c>
+      <x:c r="DP10" s="3" t="n">
+        <x:v>320318</x:v>
+      </x:c>
+      <x:c r="DQ10" s="3" t="n">
+        <x:v>355399</x:v>
+      </x:c>
+      <x:c r="DR10" s="3" t="n">
+        <x:v>348836</x:v>
+      </x:c>
+      <x:c r="DS10" s="3" t="n">
+        <x:v>315588</x:v>
+      </x:c>
+      <x:c r="DT10" s="3" t="n">
+        <x:v>305547</x:v>
+      </x:c>
+      <x:c r="DU10" s="3" t="n">
+        <x:v>357043</x:v>
+      </x:c>
+      <x:c r="DV10" s="3" t="n">
+        <x:v>354215</x:v>
+      </x:c>
+      <x:c r="DW10" s="3" t="n">
+        <x:v>302823</x:v>
+      </x:c>
+      <x:c r="DX10" s="3" t="n">
+        <x:v>307648</x:v>
+      </x:c>
+      <x:c r="DY10" s="3" t="n">
+        <x:v>334974</x:v>
+      </x:c>
+      <x:c r="DZ10" s="3" t="n">
+        <x:v>345161</x:v>
+      </x:c>
+      <x:c r="EA10" s="3" t="n">
+        <x:v>305983</x:v>
+      </x:c>
+      <x:c r="EB10" s="3" t="n">
+        <x:v>265913</x:v>
+      </x:c>
+      <x:c r="EC10" s="3" t="n">
+        <x:v>331842</x:v>
+      </x:c>
+      <x:c r="ED10" s="3" t="n">
+        <x:v>329965</x:v>
+      </x:c>
+      <x:c r="EE10" s="3" t="n">
+        <x:v>272051</x:v>
+      </x:c>
+      <x:c r="EF10" s="3" t="n">
+        <x:v>287180</x:v>
+      </x:c>
+      <x:c r="EG10" s="3" t="n">
+        <x:v>316706</x:v>
+      </x:c>
+      <x:c r="EH10" s="3" t="n">
+        <x:v>332135</x:v>
+      </x:c>
+      <x:c r="EI10" s="3" t="n">
+        <x:v>298620</x:v>
+      </x:c>
+      <x:c r="EJ10" s="3" t="n">
+        <x:v>266917</x:v>
+      </x:c>
+      <x:c r="EK10" s="3" t="n">
+        <x:v>304554</x:v>
+      </x:c>
+      <x:c r="EL10" s="3" t="n">
+        <x:v>293668</x:v>
+      </x:c>
+      <x:c r="EM10" s="3" t="n">
+        <x:v>285371</x:v>
+      </x:c>
+      <x:c r="EN10" s="3" t="n">
+        <x:v>277313</x:v>
+      </x:c>
+      <x:c r="EO10" s="3" t="n">
+        <x:v>303551</x:v>
+      </x:c>
+      <x:c r="EP10" s="3" t="n">
+        <x:v>308279</x:v>
+      </x:c>
+      <x:c r="EQ10" s="3" t="n">
+        <x:v>273879</x:v>
+      </x:c>
+      <x:c r="ER10" s="3" t="n">
+        <x:v>278029</x:v>
+      </x:c>
+      <x:c r="ES10" s="3" t="n">
+        <x:v>322602</x:v>
+      </x:c>
+      <x:c r="ET10" s="3" t="n">
+        <x:v>306683</x:v>
+      </x:c>
+      <x:c r="EU10" s="3" t="n">
+        <x:v>281913</x:v>
+      </x:c>
+      <x:c r="EV10" s="3" t="n">
+        <x:v>298197</x:v>
+      </x:c>
+      <x:c r="EW10" s="3" t="n">
+        <x:v>314540</x:v>
+      </x:c>
+      <x:c r="EX10" s="3" t="n">
+        <x:v>317463</x:v>
+      </x:c>
+      <x:c r="EY10" s="3" t="n">
+        <x:v>292936</x:v>
+      </x:c>
+      <x:c r="EZ10" s="3" t="n">
+        <x:v>278738</x:v>
+      </x:c>
+      <x:c r="FA10" s="3" t="n">
+        <x:v>334181</x:v>
+      </x:c>
+      <x:c r="FB10" s="3" t="n">
+        <x:v>330686</x:v>
+      </x:c>
+      <x:c r="FC10" s="3" t="n">
+        <x:v>313020</x:v>
+      </x:c>
+      <x:c r="FD10" s="3" t="n">
+        <x:v>311845</x:v>
+      </x:c>
+      <x:c r="FE10" s="3" t="n">
+        <x:v>323537</x:v>
+      </x:c>
+      <x:c r="FF10" s="3" t="n">
+        <x:v>323277</x:v>
+      </x:c>
+      <x:c r="FG10" s="3" t="n">
+        <x:v>296536</x:v>
+      </x:c>
+      <x:c r="FH10" s="3" t="n">
+        <x:v>303098</x:v>
+      </x:c>
+      <x:c r="FI10" s="3" t="n">
+        <x:v>317885</x:v>
+      </x:c>
+      <x:c r="FJ10" s="3" t="n">
+        <x:v>308163</x:v>
+      </x:c>
+      <x:c r="FK10" s="3" t="n">
+        <x:v>276225</x:v>
+      </x:c>
+      <x:c r="FL10" s="3" t="n">
+        <x:v>269975</x:v>
+      </x:c>
+      <x:c r="FM10" s="3" t="n">
+        <x:v>331178</x:v>
+      </x:c>
+      <x:c r="FN10" s="3" t="n">
+        <x:v>340512</x:v>
+      </x:c>
+      <x:c r="FO10" s="3" t="n">
+        <x:v>312967</x:v>
+      </x:c>
+      <x:c r="FP10" s="3" t="n">
+        <x:v>312852</x:v>
+      </x:c>
+      <x:c r="FQ10" s="3" t="n">
+        <x:v>327016</x:v>
+      </x:c>
+      <x:c r="FR10" s="3" t="n">
+        <x:v>335366</x:v>
+      </x:c>
+      <x:c r="FS10" s="3" t="n">
+        <x:v>299945</x:v>
+      </x:c>
+      <x:c r="FT10" s="3" t="n">
+        <x:v>325243</x:v>
+      </x:c>
+      <x:c r="FU10" s="3" t="n">
+        <x:v>345636</x:v>
+      </x:c>
+      <x:c r="FV10" s="3" t="n">
+        <x:v>328088</x:v>
+      </x:c>
+      <x:c r="FW10" s="3" t="n">
+        <x:v>302914</x:v>
+      </x:c>
+      <x:c r="FX10" s="3" t="n">
+        <x:v>324614</x:v>
+      </x:c>
+      <x:c r="FY10" s="3" t="n">
+        <x:v>340703</x:v>
+      </x:c>
+      <x:c r="FZ10" s="3" t="n">
+        <x:v>339747</x:v>
+      </x:c>
+      <x:c r="GA10" s="3" t="n">
+        <x:v>300887</x:v>
+      </x:c>
+      <x:c r="GB10" s="3" t="n">
+        <x:v>296669</x:v>
+      </x:c>
+      <x:c r="GC10" s="3" t="n">
+        <x:v>352323</x:v>
+      </x:c>
+      <x:c r="GD10" s="3" t="n">
+        <x:v>349416</x:v>
+      </x:c>
+      <x:c r="GE10" s="3" t="n">
+        <x:v>329517</x:v>
+      </x:c>
+      <x:c r="GF10" s="3" t="n">
+        <x:v>318333</x:v>
+      </x:c>
+      <x:c r="GG10" s="3" t="n">
+        <x:v>341537</x:v>
+      </x:c>
+      <x:c r="GH10" s="3" t="n">
+        <x:v>329453</x:v>
+      </x:c>
+      <x:c r="GI10" s="3" t="n">
+        <x:v>312692</x:v>
+      </x:c>
+      <x:c r="GJ10" s="3" t="n">
+        <x:v>333893</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:192">
+      <x:c r="A11" s="2" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="B11" s="3" t="n">
+        <x:v>4777</x:v>
+      </x:c>
+      <x:c r="C11" s="3" t="n">
+        <x:v>5785</x:v>
+      </x:c>
+      <x:c r="D11" s="3" t="n">
+        <x:v>7796</x:v>
+      </x:c>
+      <x:c r="E11" s="3" t="n">
+        <x:v>6020</x:v>
+      </x:c>
+      <x:c r="F11" s="3" t="n">
+        <x:v>3770</x:v>
+      </x:c>
+      <x:c r="G11" s="3" t="n">
+        <x:v>1782</x:v>
+      </x:c>
+      <x:c r="H11" s="3" t="n">
+        <x:v>8721</x:v>
+      </x:c>
+      <x:c r="I11" s="3" t="n">
+        <x:v>7707</x:v>
+      </x:c>
+      <x:c r="J11" s="3" t="n">
+        <x:v>6015</x:v>
+      </x:c>
+      <x:c r="K11" s="3" t="n">
+        <x:v>5395</x:v>
+      </x:c>
+      <x:c r="L11" s="3" t="n">
+        <x:v>6011</x:v>
+      </x:c>
+      <x:c r="M11" s="3" t="n">
+        <x:v>6445</x:v>
+      </x:c>
+      <x:c r="N11" s="3" t="n">
+        <x:v>5500</x:v>
+      </x:c>
+      <x:c r="O11" s="3" t="n">
+        <x:v>5501</x:v>
+      </x:c>
+      <x:c r="P11" s="3" t="n">
+        <x:v>5971</x:v>
+      </x:c>
+      <x:c r="Q11" s="3" t="n">
+        <x:v>5703</x:v>
+      </x:c>
+      <x:c r="R11" s="3" t="n">
+        <x:v>5227</x:v>
+      </x:c>
+      <x:c r="S11" s="3" t="n">
+        <x:v>6342</x:v>
+      </x:c>
+      <x:c r="T11" s="3" t="n">
+        <x:v>6543</x:v>
+      </x:c>
+      <x:c r="U11" s="3" t="n">
+        <x:v>6098</x:v>
+      </x:c>
+      <x:c r="V11" s="3" t="n">
+        <x:v>6756</x:v>
+      </x:c>
+      <x:c r="W11" s="3" t="n">
+        <x:v>6805</x:v>
+      </x:c>
+      <x:c r="X11" s="3" t="n">
+        <x:v>6200</x:v>
+      </x:c>
+      <x:c r="Y11" s="3" t="n">
+        <x:v>6279</x:v>
+      </x:c>
+      <x:c r="Z11" s="3" t="n">
+        <x:v>6055</x:v>
+      </x:c>
+      <x:c r="AA11" s="3" t="n">
+        <x:v>9369</x:v>
+      </x:c>
+      <x:c r="AB11" s="3" t="n">
+        <x:v>10095</x:v>
+      </x:c>
+      <x:c r="AC11" s="3" t="n">
+        <x:v>4320</x:v>
+      </x:c>
+      <x:c r="AD11" s="3" t="n">
+        <x:v>7691</x:v>
+      </x:c>
+      <x:c r="AE11" s="3" t="n">
+        <x:v>7043</x:v>
+      </x:c>
+      <x:c r="AF11" s="3" t="n">
+        <x:v>7543</x:v>
+      </x:c>
+      <x:c r="AG11" s="3" t="n">
+        <x:v>6654</x:v>
+      </x:c>
+      <x:c r="AH11" s="3" t="n">
+        <x:v>7102</x:v>
+      </x:c>
+      <x:c r="AI11" s="3" t="n">
+        <x:v>5221</x:v>
+      </x:c>
+      <x:c r="AJ11" s="3" t="n">
+        <x:v>5112</x:v>
+      </x:c>
+      <x:c r="AK11" s="3" t="n">
+        <x:v>3937</x:v>
+      </x:c>
+      <x:c r="AL11" s="3" t="n">
+        <x:v>3473</x:v>
+      </x:c>
+      <x:c r="AM11" s="3" t="n">
+        <x:v>4505</x:v>
+      </x:c>
+      <x:c r="AN11" s="3" t="n">
+        <x:v>3912</x:v>
+      </x:c>
+      <x:c r="AO11" s="3" t="n">
+        <x:v>4153</x:v>
+      </x:c>
+      <x:c r="AP11" s="3" t="n">
+        <x:v>3543</x:v>
+      </x:c>
+      <x:c r="AQ11" s="3" t="n">
+        <x:v>3424</x:v>
+      </x:c>
+      <x:c r="AR11" s="3" t="n">
+        <x:v>3655</x:v>
+      </x:c>
+      <x:c r="AS11" s="3" t="n">
+        <x:v>3659</x:v>
+      </x:c>
+      <x:c r="AT11" s="3" t="n">
+        <x:v>2855</x:v>
+      </x:c>
+      <x:c r="AU11" s="3" t="n">
+        <x:v>3142</x:v>
+      </x:c>
+      <x:c r="AV11" s="3" t="n">
+        <x:v>3127</x:v>
+      </x:c>
+      <x:c r="AW11" s="3" t="n">
+        <x:v>3645</x:v>
+      </x:c>
+      <x:c r="AX11" s="3" t="n">
+        <x:v>2877</x:v>
+      </x:c>
+      <x:c r="AY11" s="3" t="n">
+        <x:v>3250</x:v>
+      </x:c>
+      <x:c r="AZ11" s="3" t="n">
+        <x:v>4650</x:v>
+      </x:c>
+      <x:c r="BA11" s="3" t="n">
+        <x:v>4683</x:v>
+      </x:c>
+      <x:c r="BB11" s="3" t="n">
+        <x:v>4589</x:v>
+      </x:c>
+      <x:c r="BC11" s="3" t="n">
+        <x:v>4450</x:v>
+      </x:c>
+      <x:c r="BD11" s="3" t="n">
+        <x:v>4472</x:v>
+      </x:c>
+      <x:c r="BE11" s="3" t="n">
+        <x:v>4656</x:v>
+      </x:c>
+      <x:c r="BF11" s="3" t="n">
+        <x:v>3877</x:v>
+      </x:c>
+      <x:c r="BG11" s="3" t="n">
+        <x:v>5010</x:v>
+      </x:c>
+      <x:c r="BH11" s="3" t="n">
+        <x:v>4588</x:v>
+      </x:c>
+      <x:c r="BI11" s="3" t="n">
+        <x:v>3763</x:v>
+      </x:c>
+      <x:c r="BJ11" s="3" t="n">
+        <x:v>4058</x:v>
+      </x:c>
+      <x:c r="BK11" s="3" t="n">
+        <x:v>3769</x:v>
+      </x:c>
+      <x:c r="BL11" s="3" t="n">
+        <x:v>3219</x:v>
+      </x:c>
+      <x:c r="BM11" s="3" t="n">
+        <x:v>4382</x:v>
+      </x:c>
+      <x:c r="BN11" s="3" t="n">
+        <x:v>5777</x:v>
+      </x:c>
+      <x:c r="BO11" s="3" t="n">
+        <x:v>3872</x:v>
+      </x:c>
+      <x:c r="BP11" s="3" t="n">
+        <x:v>3063</x:v>
+      </x:c>
+      <x:c r="BQ11" s="3" t="n">
+        <x:v>3578</x:v>
+      </x:c>
+      <x:c r="BR11" s="3" t="n">
+        <x:v>3734</x:v>
+      </x:c>
+      <x:c r="BS11" s="3" t="n">
+        <x:v>3083</x:v>
+      </x:c>
+      <x:c r="BT11" s="3" t="n">
+        <x:v>4338</x:v>
+      </x:c>
+      <x:c r="BU11" s="3" t="n">
+        <x:v>4973</x:v>
+      </x:c>
+      <x:c r="BV11" s="3" t="n">
+        <x:v>4125</x:v>
+      </x:c>
+      <x:c r="BW11" s="3" t="n">
+        <x:v>4194</x:v>
+      </x:c>
+      <x:c r="BX11" s="3" t="n">
+        <x:v>5305</x:v>
+      </x:c>
+      <x:c r="BY11" s="3" t="n">
+        <x:v>6243</x:v>
+      </x:c>
+      <x:c r="BZ11" s="3" t="n">
+        <x:v>7639</x:v>
+      </x:c>
+      <x:c r="CA11" s="3" t="n">
+        <x:v>6185</x:v>
+      </x:c>
+      <x:c r="CB11" s="3" t="n">
+        <x:v>5692</x:v>
+      </x:c>
+      <x:c r="CC11" s="3" t="n">
+        <x:v>7660</x:v>
+      </x:c>
+      <x:c r="CD11" s="3" t="n">
+        <x:v>8866</x:v>
+      </x:c>
+      <x:c r="CE11" s="3" t="n">
+        <x:v>8138</x:v>
+      </x:c>
+      <x:c r="CF11" s="3" t="n">
+        <x:v>7204</x:v>
+      </x:c>
+      <x:c r="CG11" s="3" t="n">
+        <x:v>6077</x:v>
+      </x:c>
+      <x:c r="CH11" s="3" t="n">
+        <x:v>7264</x:v>
+      </x:c>
+      <x:c r="CI11" s="3" t="n">
+        <x:v>6187</x:v>
+      </x:c>
+      <x:c r="CJ11" s="3" t="n">
+        <x:v>7023</x:v>
+      </x:c>
+      <x:c r="CK11" s="3" t="n">
+        <x:v>5071</x:v>
+      </x:c>
+      <x:c r="CL11" s="3" t="n">
+        <x:v>6062</x:v>
+      </x:c>
+      <x:c r="CM11" s="3" t="n">
+        <x:v>7014</x:v>
+      </x:c>
+      <x:c r="CN11" s="3" t="n">
+        <x:v>6957</x:v>
+      </x:c>
+      <x:c r="CO11" s="3" t="n">
+        <x:v>10712</x:v>
+      </x:c>
+      <x:c r="CP11" s="3" t="n">
+        <x:v>7815</x:v>
+      </x:c>
+      <x:c r="CQ11" s="3" t="n">
+        <x:v>9581</x:v>
+      </x:c>
+      <x:c r="CR11" s="3" t="n">
+        <x:v>7021</x:v>
+      </x:c>
+      <x:c r="CS11" s="3" t="n">
+        <x:v>11078</x:v>
+      </x:c>
+      <x:c r="CT11" s="3" t="n">
+        <x:v>17877</x:v>
+      </x:c>
+      <x:c r="CU11" s="3" t="n">
+        <x:v>13205</x:v>
+      </x:c>
+      <x:c r="CV11" s="3" t="n">
+        <x:v>5182</x:v>
+      </x:c>
+      <x:c r="CW11" s="3" t="n">
+        <x:v>4635</x:v>
+      </x:c>
+      <x:c r="CX11" s="3" t="n">
+        <x:v>3892</x:v>
+      </x:c>
+      <x:c r="CY11" s="3" t="n">
+        <x:v>13453</x:v>
+      </x:c>
+      <x:c r="CZ11" s="3" t="n">
+        <x:v>11638</x:v>
+      </x:c>
+      <x:c r="DA11" s="3" t="n">
+        <x:v>10865</x:v>
+      </x:c>
+      <x:c r="DB11" s="3" t="n">
+        <x:v>9990</x:v>
+      </x:c>
+      <x:c r="DC11" s="3" t="n">
+        <x:v>12659</x:v>
+      </x:c>
+      <x:c r="DD11" s="3" t="n">
+        <x:v>10028</x:v>
+      </x:c>
+      <x:c r="DE11" s="3" t="n">
+        <x:v>12432</x:v>
+      </x:c>
+      <x:c r="DF11" s="3" t="n">
+        <x:v>11183</x:v>
+      </x:c>
+      <x:c r="DG11" s="3" t="n">
+        <x:v>14126</x:v>
+      </x:c>
+      <x:c r="DH11" s="3" t="n">
+        <x:v>12970</x:v>
+      </x:c>
+      <x:c r="DI11" s="3" t="n">
+        <x:v>14100</x:v>
+      </x:c>
+      <x:c r="DJ11" s="3" t="n">
+        <x:v>13193</x:v>
+      </x:c>
+      <x:c r="DK11" s="3" t="n">
+        <x:v>18369</x:v>
+      </x:c>
+      <x:c r="DL11" s="3" t="n">
+        <x:v>14809</x:v>
+      </x:c>
+      <x:c r="DM11" s="3" t="n">
+        <x:v>15539</x:v>
+      </x:c>
+      <x:c r="DN11" s="3" t="n">
+        <x:v>19997</x:v>
+      </x:c>
+      <x:c r="DO11" s="3" t="n">
+        <x:v>19083</x:v>
+      </x:c>
+      <x:c r="DP11" s="3" t="n">
+        <x:v>21542</x:v>
+      </x:c>
+      <x:c r="DQ11" s="3" t="n">
+        <x:v>17388</x:v>
+      </x:c>
+      <x:c r="DR11" s="3" t="n">
+        <x:v>18942</x:v>
+      </x:c>
+      <x:c r="DS11" s="3" t="n">
+        <x:v>22811</x:v>
+      </x:c>
+      <x:c r="DT11" s="3" t="n">
+        <x:v>26037</x:v>
+      </x:c>
+      <x:c r="DU11" s="3" t="n">
+        <x:v>20195</x:v>
+      </x:c>
+      <x:c r="DV11" s="3" t="n">
+        <x:v>28194</x:v>
+      </x:c>
+      <x:c r="DW11" s="3" t="n">
+        <x:v>29133</x:v>
+      </x:c>
+      <x:c r="DX11" s="3" t="n">
+        <x:v>24502</x:v>
+      </x:c>
+      <x:c r="DY11" s="3" t="n">
+        <x:v>25057</x:v>
+      </x:c>
+      <x:c r="DZ11" s="3" t="n">
+        <x:v>25974</x:v>
+      </x:c>
+      <x:c r="EA11" s="3" t="n">
+        <x:v>27054</x:v>
+      </x:c>
+      <x:c r="EB11" s="3" t="n">
+        <x:v>25279</x:v>
+      </x:c>
+      <x:c r="EC11" s="3" t="n">
+        <x:v>27362</x:v>
+      </x:c>
+      <x:c r="ED11" s="3" t="n">
+        <x:v>23691</x:v>
+      </x:c>
+      <x:c r="EE11" s="3" t="n">
+        <x:v>26494</x:v>
+      </x:c>
+      <x:c r="EF11" s="3" t="n">
+        <x:v>25957</x:v>
+      </x:c>
+      <x:c r="EG11" s="3" t="n">
+        <x:v>26830</x:v>
+      </x:c>
+      <x:c r="EH11" s="3" t="n">
+        <x:v>28342</x:v>
+      </x:c>
+      <x:c r="EI11" s="3" t="n">
+        <x:v>27707</x:v>
+      </x:c>
+      <x:c r="EJ11" s="3" t="n">
+        <x:v>28516</x:v>
+      </x:c>
+      <x:c r="EK11" s="3" t="n">
+        <x:v>30532</x:v>
+      </x:c>
+      <x:c r="EL11" s="3" t="n">
+        <x:v>32108</x:v>
+      </x:c>
+      <x:c r="EM11" s="3" t="n">
+        <x:v>33781</x:v>
+      </x:c>
+      <x:c r="EN11" s="3" t="n">
+        <x:v>33102</x:v>
+      </x:c>
+      <x:c r="EO11" s="3" t="n">
+        <x:v>34025</x:v>
+      </x:c>
+      <x:c r="EP11" s="3" t="n">
+        <x:v>33445</x:v>
+      </x:c>
+      <x:c r="EQ11" s="3" t="n">
+        <x:v>32365</x:v>
+      </x:c>
+      <x:c r="ER11" s="3" t="n">
+        <x:v>32227</x:v>
+      </x:c>
+      <x:c r="ES11" s="3" t="n">
+        <x:v>32246</x:v>
+      </x:c>
+      <x:c r="ET11" s="3" t="n">
+        <x:v>34688</x:v>
+      </x:c>
+      <x:c r="EU11" s="3" t="n">
+        <x:v>33613</x:v>
+      </x:c>
+      <x:c r="EV11" s="3" t="n">
+        <x:v>31839</x:v>
+      </x:c>
+      <x:c r="EW11" s="3" t="n">
+        <x:v>29731</x:v>
+      </x:c>
+      <x:c r="EX11" s="3" t="n">
+        <x:v>28768</x:v>
+      </x:c>
+      <x:c r="EY11" s="3" t="n">
+        <x:v>30341</x:v>
+      </x:c>
+      <x:c r="EZ11" s="3" t="n">
+        <x:v>28827</x:v>
+      </x:c>
+      <x:c r="FA11" s="3" t="n">
+        <x:v>27902</x:v>
+      </x:c>
+      <x:c r="FB11" s="3" t="n">
+        <x:v>26164</x:v>
+      </x:c>
+      <x:c r="FC11" s="3" t="n">
+        <x:v>27121</x:v>
+      </x:c>
+      <x:c r="FD11" s="3" t="n">
+        <x:v>27562</x:v>
+      </x:c>
+      <x:c r="FE11" s="3" t="n">
+        <x:v>27756</x:v>
+      </x:c>
+      <x:c r="FF11" s="3" t="n">
+        <x:v>27037</x:v>
+      </x:c>
+      <x:c r="FG11" s="3" t="n">
+        <x:v>29658</x:v>
+      </x:c>
+      <x:c r="FH11" s="3" t="n">
+        <x:v>29741</x:v>
+      </x:c>
+      <x:c r="FI11" s="3" t="n">
+        <x:v>31927</x:v>
+      </x:c>
+      <x:c r="FJ11" s="3" t="n">
+        <x:v>33109</x:v>
+      </x:c>
+      <x:c r="FK11" s="3" t="n">
+        <x:v>35303</x:v>
+      </x:c>
+      <x:c r="FL11" s="3" t="n">
+        <x:v>37073</x:v>
+      </x:c>
+      <x:c r="FM11" s="3" t="n">
+        <x:v>39315</x:v>
+      </x:c>
+      <x:c r="FN11" s="3" t="n">
+        <x:v>38863</x:v>
+      </x:c>
+      <x:c r="FO11" s="3" t="n">
+        <x:v>34816</x:v>
+      </x:c>
+      <x:c r="FP11" s="3" t="n">
+        <x:v>35520</x:v>
+      </x:c>
+      <x:c r="FQ11" s="3" t="n">
+        <x:v>38085</x:v>
+      </x:c>
+      <x:c r="FR11" s="3" t="n">
+        <x:v>36698</x:v>
+      </x:c>
+      <x:c r="FS11" s="3" t="n">
+        <x:v>37369</x:v>
+      </x:c>
+      <x:c r="FT11" s="3" t="n">
+        <x:v>36612</x:v>
+      </x:c>
+      <x:c r="FU11" s="3" t="n">
+        <x:v>38472</x:v>
+      </x:c>
+      <x:c r="FV11" s="3" t="n">
+        <x:v>39713</x:v>
+      </x:c>
+      <x:c r="FW11" s="3" t="n">
+        <x:v>41724</x:v>
+      </x:c>
+      <x:c r="FX11" s="3" t="n">
+        <x:v>41458</x:v>
+      </x:c>
+      <x:c r="FY11" s="3" t="n">
+        <x:v>44105</x:v>
+      </x:c>
+      <x:c r="FZ11" s="3" t="n">
+        <x:v>44894</x:v>
+      </x:c>
+      <x:c r="GA11" s="3" t="n">
+        <x:v>46779</x:v>
+      </x:c>
+      <x:c r="GB11" s="3" t="n">
+        <x:v>47377</x:v>
+      </x:c>
+      <x:c r="GC11" s="3" t="n">
+        <x:v>49329</x:v>
+      </x:c>
+      <x:c r="GD11" s="3" t="n">
+        <x:v>47595</x:v>
+      </x:c>
+      <x:c r="GE11" s="3" t="n">
+        <x:v>48419</x:v>
+      </x:c>
+      <x:c r="GF11" s="3" t="n">
+        <x:v>47681</x:v>
+      </x:c>
+      <x:c r="GG11" s="3" t="n">
+        <x:v>50038</x:v>
+      </x:c>
+      <x:c r="GH11" s="3" t="n">
+        <x:v>49924</x:v>
+      </x:c>
+      <x:c r="GI11" s="3" t="n">
+        <x:v>51543</x:v>
+      </x:c>
+      <x:c r="GJ11" s="3" t="n">
+        <x:v>49626</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:192">
+      <x:c r="A12" s="2" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="B12" s="3" t="n">
+        <x:v>145439</x:v>
+      </x:c>
+      <x:c r="C12" s="3" t="n">
+        <x:v>155280</x:v>
+      </x:c>
+      <x:c r="D12" s="3" t="n">
+        <x:v>134492</x:v>
+      </x:c>
+      <x:c r="E12" s="3" t="n">
+        <x:v>157175</x:v>
+      </x:c>
+      <x:c r="F12" s="3" t="n">
+        <x:v>158385</x:v>
+      </x:c>
+      <x:c r="G12" s="3" t="n">
+        <x:v>154045</x:v>
+      </x:c>
+      <x:c r="H12" s="3" t="n">
+        <x:v>147204</x:v>
+      </x:c>
+      <x:c r="I12" s="3" t="n">
+        <x:v>165770</x:v>
+      </x:c>
+      <x:c r="J12" s="3" t="n">
+        <x:v>166521</x:v>
+      </x:c>
+      <x:c r="K12" s="3" t="n">
+        <x:v>160611</x:v>
+      </x:c>
+      <x:c r="L12" s="3" t="n">
+        <x:v>146660</x:v>
+      </x:c>
+      <x:c r="M12" s="3" t="n">
+        <x:v>163610</x:v>
+      </x:c>
+      <x:c r="N12" s="3" t="n">
+        <x:v>164893</x:v>
+      </x:c>
+      <x:c r="O12" s="3" t="n">
+        <x:v>156709</x:v>
+      </x:c>
+      <x:c r="P12" s="3" t="n">
+        <x:v>149559</x:v>
+      </x:c>
+      <x:c r="Q12" s="3" t="n">
+        <x:v>167056</x:v>
+      </x:c>
+      <x:c r="R12" s="3" t="n">
+        <x:v>167316</x:v>
+      </x:c>
+      <x:c r="S12" s="3" t="n">
+        <x:v>158779</x:v>
+      </x:c>
+      <x:c r="T12" s="3" t="n">
+        <x:v>145893</x:v>
+      </x:c>
+      <x:c r="U12" s="3" t="n">
+        <x:v>162631</x:v>
+      </x:c>
+      <x:c r="V12" s="3" t="n">
+        <x:v>158126</x:v>
+      </x:c>
+      <x:c r="W12" s="3" t="n">
+        <x:v>159238</x:v>
+      </x:c>
+      <x:c r="X12" s="3" t="n">
+        <x:v>145529</x:v>
+      </x:c>
+      <x:c r="Y12" s="3" t="n">
+        <x:v>165690</x:v>
+      </x:c>
+      <x:c r="Z12" s="3" t="n">
+        <x:v>166589</x:v>
+      </x:c>
+      <x:c r="AA12" s="3" t="n">
+        <x:v>161437</x:v>
+      </x:c>
+      <x:c r="AB12" s="3" t="n">
+        <x:v>153568</x:v>
+      </x:c>
+      <x:c r="AC12" s="3" t="n">
+        <x:v>173417</x:v>
+      </x:c>
+      <x:c r="AD12" s="3" t="n">
+        <x:v>175416</x:v>
+      </x:c>
+      <x:c r="AE12" s="3" t="n">
+        <x:v>170269</x:v>
+      </x:c>
+      <x:c r="AF12" s="3" t="n">
+        <x:v>159152</x:v>
+      </x:c>
+      <x:c r="AG12" s="3" t="n">
+        <x:v>180740</x:v>
+      </x:c>
+      <x:c r="AH12" s="3" t="n">
+        <x:v>168978</x:v>
+      </x:c>
+      <x:c r="AI12" s="3" t="n">
+        <x:v>180054</x:v>
+      </x:c>
+      <x:c r="AJ12" s="3" t="n">
+        <x:v>167361</x:v>
+      </x:c>
+      <x:c r="AK12" s="3" t="n">
+        <x:v>182878</x:v>
+      </x:c>
+      <x:c r="AL12" s="3" t="n">
+        <x:v>180880</x:v>
+      </x:c>
+      <x:c r="AM12" s="3" t="n">
+        <x:v>177879</x:v>
+      </x:c>
+      <x:c r="AN12" s="3" t="n">
+        <x:v>172415</x:v>
+      </x:c>
+      <x:c r="AO12" s="3" t="n">
+        <x:v>189229</x:v>
+      </x:c>
+      <x:c r="AP12" s="3" t="n">
+        <x:v>180639</x:v>
+      </x:c>
+      <x:c r="AQ12" s="3" t="n">
+        <x:v>181185</x:v>
+      </x:c>
+      <x:c r="AR12" s="3" t="n">
+        <x:v>160824</x:v>
+      </x:c>
+      <x:c r="AS12" s="3" t="n">
+        <x:v>178031</x:v>
+      </x:c>
+      <x:c r="AT12" s="3" t="n">
+        <x:v>165166</x:v>
+      </x:c>
+      <x:c r="AU12" s="3" t="n">
+        <x:v>175776</x:v>
+      </x:c>
+      <x:c r="AV12" s="3" t="n">
+        <x:v>163190</x:v>
+      </x:c>
+      <x:c r="AW12" s="3" t="n">
+        <x:v>183198</x:v>
+      </x:c>
+      <x:c r="AX12" s="3" t="n">
+        <x:v>179223</x:v>
+      </x:c>
+      <x:c r="AY12" s="3" t="n">
+        <x:v>178099</x:v>
+      </x:c>
+      <x:c r="AZ12" s="3" t="n">
+        <x:v>167031</x:v>
+      </x:c>
+      <x:c r="BA12" s="3" t="n">
+        <x:v>183838</x:v>
+      </x:c>
+      <x:c r="BB12" s="3" t="n">
+        <x:v>176439</x:v>
+      </x:c>
+      <x:c r="BC12" s="3" t="n">
+        <x:v>185390</x:v>
+      </x:c>
+      <x:c r="BD12" s="3" t="n">
+        <x:v>161415</x:v>
+      </x:c>
+      <x:c r="BE12" s="3" t="n">
+        <x:v>182404</x:v>
+      </x:c>
+      <x:c r="BF12" s="3" t="n">
+        <x:v>181539</x:v>
+      </x:c>
+      <x:c r="BG12" s="3" t="n">
+        <x:v>184316</x:v>
+      </x:c>
+      <x:c r="BH12" s="3" t="n">
+        <x:v>168877</x:v>
+      </x:c>
+      <x:c r="BI12" s="3" t="n">
+        <x:v>187348</x:v>
+      </x:c>
+      <x:c r="BJ12" s="3" t="n">
+        <x:v>184075</x:v>
+      </x:c>
+      <x:c r="BK12" s="3" t="n">
+        <x:v>187779</x:v>
+      </x:c>
+      <x:c r="BL12" s="3" t="n">
+        <x:v>176536</x:v>
+      </x:c>
+      <x:c r="BM12" s="3" t="n">
+        <x:v>192913</x:v>
+      </x:c>
+      <x:c r="BN12" s="3" t="n">
+        <x:v>192513</x:v>
+      </x:c>
+      <x:c r="BO12" s="3" t="n">
+        <x:v>203634</x:v>
+      </x:c>
+      <x:c r="BP12" s="3" t="n">
+        <x:v>188451</x:v>
+      </x:c>
+      <x:c r="BQ12" s="3" t="n">
+        <x:v>206850</x:v>
+      </x:c>
+      <x:c r="BR12" s="3" t="n">
+        <x:v>211117</x:v>
+      </x:c>
+      <x:c r="BS12" s="3" t="n">
+        <x:v>207574</x:v>
+      </x:c>
+      <x:c r="BT12" s="3" t="n">
+        <x:v>191503</x:v>
+      </x:c>
+      <x:c r="BU12" s="3" t="n">
+        <x:v>206517</x:v>
+      </x:c>
+      <x:c r="BV12" s="3" t="n">
+        <x:v>219618</x:v>
+      </x:c>
+      <x:c r="BW12" s="3" t="n">
+        <x:v>210683</x:v>
+      </x:c>
+      <x:c r="BX12" s="3" t="n">
+        <x:v>205414</x:v>
+      </x:c>
+      <x:c r="BY12" s="3" t="n">
+        <x:v>220718</x:v>
+      </x:c>
+      <x:c r="BZ12" s="3" t="n">
+        <x:v>227269</x:v>
+      </x:c>
+      <x:c r="CA12" s="3" t="n">
+        <x:v>238131</x:v>
+      </x:c>
+      <x:c r="CB12" s="3" t="n">
+        <x:v>221211</x:v>
+      </x:c>
+      <x:c r="CC12" s="3" t="n">
+        <x:v>242493</x:v>
+      </x:c>
+      <x:c r="CD12" s="3" t="n">
+        <x:v>251906</x:v>
+      </x:c>
+      <x:c r="CE12" s="3" t="n">
+        <x:v>243683</x:v>
+      </x:c>
+      <x:c r="CF12" s="3" t="n">
+        <x:v>234434</x:v>
+      </x:c>
+      <x:c r="CG12" s="3" t="n">
+        <x:v>251144</x:v>
+      </x:c>
+      <x:c r="CH12" s="3" t="n">
+        <x:v>255288</x:v>
+      </x:c>
+      <x:c r="CI12" s="3" t="n">
+        <x:v>239991</x:v>
+      </x:c>
+      <x:c r="CJ12" s="3" t="n">
+        <x:v>233053</x:v>
+      </x:c>
+      <x:c r="CK12" s="3" t="n">
+        <x:v>252809</x:v>
+      </x:c>
+      <x:c r="CL12" s="3" t="n">
+        <x:v>255835</x:v>
+      </x:c>
+      <x:c r="CM12" s="3" t="n">
+        <x:v>233944</x:v>
+      </x:c>
+      <x:c r="CN12" s="3" t="n">
+        <x:v>222759</x:v>
+      </x:c>
+      <x:c r="CO12" s="3" t="n">
+        <x:v>240981</x:v>
+      </x:c>
+      <x:c r="CP12" s="3" t="n">
+        <x:v>254276</x:v>
+      </x:c>
+      <x:c r="CQ12" s="3" t="n">
+        <x:v>242070</x:v>
+      </x:c>
+      <x:c r="CR12" s="3" t="n">
+        <x:v>227792</x:v>
+      </x:c>
+      <x:c r="CS12" s="3" t="n">
+        <x:v>251499</x:v>
+      </x:c>
+      <x:c r="CT12" s="3" t="n">
+        <x:v>246786</x:v>
+      </x:c>
+      <x:c r="CU12" s="3" t="n">
+        <x:v>254630</x:v>
+      </x:c>
+      <x:c r="CV12" s="3" t="n">
+        <x:v>226809</x:v>
+      </x:c>
+      <x:c r="CW12" s="3" t="n">
+        <x:v>245354</x:v>
+      </x:c>
+      <x:c r="CX12" s="3" t="n">
+        <x:v>248711</x:v>
+      </x:c>
+      <x:c r="CY12" s="3" t="n">
+        <x:v>234818</x:v>
+      </x:c>
+      <x:c r="CZ12" s="3" t="n">
+        <x:v>227773</x:v>
+      </x:c>
+      <x:c r="DA12" s="3" t="n">
+        <x:v>249357</x:v>
+      </x:c>
+      <x:c r="DB12" s="3" t="n">
+        <x:v>258473</x:v>
+      </x:c>
+      <x:c r="DC12" s="3" t="n">
+        <x:v>241327</x:v>
+      </x:c>
+      <x:c r="DD12" s="3" t="n">
+        <x:v>238523</x:v>
+      </x:c>
+      <x:c r="DE12" s="3" t="n">
+        <x:v>263469</x:v>
+      </x:c>
+      <x:c r="DF12" s="3" t="n">
+        <x:v>263418</x:v>
+      </x:c>
+      <x:c r="DG12" s="3" t="n">
+        <x:v>271336</x:v>
+      </x:c>
+      <x:c r="DH12" s="3" t="n">
+        <x:v>257109</x:v>
+      </x:c>
+      <x:c r="DI12" s="3" t="n">
+        <x:v>280218</x:v>
+      </x:c>
+      <x:c r="DJ12" s="3" t="n">
+        <x:v>301714</x:v>
+      </x:c>
+      <x:c r="DK12" s="3" t="n">
+        <x:v>285849</x:v>
+      </x:c>
+      <x:c r="DL12" s="3" t="n">
+        <x:v>275502</x:v>
+      </x:c>
+      <x:c r="DM12" s="3" t="n">
+        <x:v>310189</x:v>
+      </x:c>
+      <x:c r="DN12" s="3" t="n">
+        <x:v>326556</x:v>
+      </x:c>
+      <x:c r="DO12" s="3" t="n">
+        <x:v>310869</x:v>
+      </x:c>
+      <x:c r="DP12" s="3" t="n">
+        <x:v>297423</x:v>
+      </x:c>
+      <x:c r="DQ12" s="3" t="n">
+        <x:v>331505</x:v>
+      </x:c>
+      <x:c r="DR12" s="3" t="n">
+        <x:v>316839</x:v>
+      </x:c>
+      <x:c r="DS12" s="3" t="n">
+        <x:v>335677</x:v>
+      </x:c>
+      <x:c r="DT12" s="3" t="n">
+        <x:v>300616</x:v>
+      </x:c>
+      <x:c r="DU12" s="3" t="n">
+        <x:v>322694</x:v>
+      </x:c>
+      <x:c r="DV12" s="3" t="n">
+        <x:v>307571</x:v>
+      </x:c>
+      <x:c r="DW12" s="3" t="n">
+        <x:v>286422</x:v>
+      </x:c>
+      <x:c r="DX12" s="3" t="n">
+        <x:v>277749</x:v>
+      </x:c>
+      <x:c r="DY12" s="3" t="n">
+        <x:v>307780</x:v>
+      </x:c>
+      <x:c r="DZ12" s="3" t="n">
+        <x:v>294817</x:v>
+      </x:c>
+      <x:c r="EA12" s="3" t="n">
+        <x:v>288654</x:v>
+      </x:c>
+      <x:c r="EB12" s="3" t="n">
+        <x:v>271493</x:v>
+      </x:c>
+      <x:c r="EC12" s="3" t="n">
+        <x:v>303758</x:v>
+      </x:c>
+      <x:c r="ED12" s="3" t="n">
+        <x:v>303225</x:v>
+      </x:c>
+      <x:c r="EE12" s="3" t="n">
+        <x:v>285403</x:v>
+      </x:c>
+      <x:c r="EF12" s="3" t="n">
+        <x:v>278659</x:v>
+      </x:c>
+      <x:c r="EG12" s="3" t="n">
+        <x:v>303476</x:v>
+      </x:c>
+      <x:c r="EH12" s="3" t="n">
+        <x:v>306103</x:v>
+      </x:c>
+      <x:c r="EI12" s="3" t="n">
+        <x:v>285941</x:v>
+      </x:c>
+      <x:c r="EJ12" s="3" t="n">
+        <x:v>282911</x:v>
+      </x:c>
+      <x:c r="EK12" s="3" t="n">
+        <x:v>306016</x:v>
+      </x:c>
+      <x:c r="EL12" s="3" t="n">
+        <x:v>295839</x:v>
+      </x:c>
+      <x:c r="EM12" s="3" t="n">
+        <x:v>306277</x:v>
+      </x:c>
+      <x:c r="EN12" s="3" t="n">
+        <x:v>294836</x:v>
+      </x:c>
+      <x:c r="EO12" s="3" t="n">
+        <x:v>311523</x:v>
+      </x:c>
+      <x:c r="EP12" s="3" t="n">
+        <x:v>309531</x:v>
+      </x:c>
+      <x:c r="EQ12" s="3" t="n">
+        <x:v>301889</x:v>
+      </x:c>
+      <x:c r="ER12" s="3" t="n">
+        <x:v>297852</x:v>
+      </x:c>
+      <x:c r="ES12" s="3" t="n">
+        <x:v>318853</x:v>
+      </x:c>
+      <x:c r="ET12" s="3" t="n">
+        <x:v>307050</x:v>
+      </x:c>
+      <x:c r="EU12" s="3" t="n">
+        <x:v>299464</x:v>
+      </x:c>
+      <x:c r="EV12" s="3" t="n">
+        <x:v>287047</x:v>
+      </x:c>
+      <x:c r="EW12" s="3" t="n">
+        <x:v>303099</x:v>
+      </x:c>
+      <x:c r="EX12" s="3" t="n">
+        <x:v>279129</x:v>
+      </x:c>
+      <x:c r="EY12" s="3" t="n">
+        <x:v>285109</x:v>
+      </x:c>
+      <x:c r="EZ12" s="3" t="n">
+        <x:v>263099</x:v>
+      </x:c>
+      <x:c r="FA12" s="3" t="n">
+        <x:v>272520</x:v>
+      </x:c>
+      <x:c r="FB12" s="3" t="n">
+        <x:v>285529</x:v>
+      </x:c>
+      <x:c r="FC12" s="3" t="n">
+        <x:v>273999</x:v>
+      </x:c>
+      <x:c r="FD12" s="3" t="n">
+        <x:v>268754</x:v>
+      </x:c>
+      <x:c r="FE12" s="3" t="n">
+        <x:v>292513</x:v>
+      </x:c>
+      <x:c r="FF12" s="3" t="n">
+        <x:v>281418</x:v>
+      </x:c>
+      <x:c r="FG12" s="3" t="n">
+        <x:v>288444</x:v>
+      </x:c>
+      <x:c r="FH12" s="3" t="n">
+        <x:v>280016</x:v>
+      </x:c>
+      <x:c r="FI12" s="3" t="n">
+        <x:v>304409</x:v>
+      </x:c>
+      <x:c r="FJ12" s="3" t="n">
+        <x:v>296067</x:v>
+      </x:c>
+      <x:c r="FK12" s="3" t="n">
+        <x:v>292082</x:v>
+      </x:c>
+      <x:c r="FL12" s="3" t="n">
+        <x:v>286027</x:v>
+      </x:c>
+      <x:c r="FM12" s="3" t="n">
+        <x:v>301750</x:v>
+      </x:c>
+      <x:c r="FN12" s="3" t="n">
+        <x:v>278144</x:v>
+      </x:c>
+      <x:c r="FO12" s="3" t="n">
+        <x:v>275304</x:v>
+      </x:c>
+      <x:c r="FP12" s="3" t="n">
+        <x:v>283034</x:v>
+      </x:c>
+      <x:c r="FQ12" s="3" t="n">
+        <x:v>314534</x:v>
+      </x:c>
+      <x:c r="FR12" s="3" t="n">
+        <x:v>302351</x:v>
+      </x:c>
+      <x:c r="FS12" s="3" t="n">
+        <x:v>299082</x:v>
+      </x:c>
+      <x:c r="FT12" s="3" t="n">
+        <x:v>287086</x:v>
+      </x:c>
+      <x:c r="FU12" s="3" t="n">
+        <x:v>304351</x:v>
+      </x:c>
+      <x:c r="FV12" s="3" t="n">
+        <x:v>299395</x:v>
+      </x:c>
+      <x:c r="FW12" s="3" t="n">
+        <x:v>278513</x:v>
+      </x:c>
+      <x:c r="FX12" s="3" t="n">
+        <x:v>291094</x:v>
+      </x:c>
+      <x:c r="FY12" s="3" t="n">
+        <x:v>305032</x:v>
+      </x:c>
+      <x:c r="FZ12" s="3" t="n">
+        <x:v>295674</x:v>
+      </x:c>
+      <x:c r="GA12" s="3" t="n">
+        <x:v>281109</x:v>
+      </x:c>
+      <x:c r="GB12" s="3" t="n">
+        <x:v>280755</x:v>
+      </x:c>
+      <x:c r="GC12" s="3" t="n">
+        <x:v>299523</x:v>
+      </x:c>
+      <x:c r="GD12" s="3" t="n">
+        <x:v>283143</x:v>
+      </x:c>
+      <x:c r="GE12" s="3" t="n">
+        <x:v>283114</x:v>
+      </x:c>
+      <x:c r="GF12" s="3" t="n">
+        <x:v>293002</x:v>
+      </x:c>
+      <x:c r="GG12" s="3" t="n">
+        <x:v>307199</x:v>
+      </x:c>
+      <x:c r="GH12" s="3" t="n">
+        <x:v>300843</x:v>
+      </x:c>
+      <x:c r="GI12" s="3" t="n">
+        <x:v>302156</x:v>
+      </x:c>
+      <x:c r="GJ12" s="3" t="n">
+        <x:v>298572</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:192">
+      <x:c r="A13" s="2" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="B13" s="3" t="n">
+        <x:v>33180</x:v>
+      </x:c>
+      <x:c r="C13" s="3" t="n">
+        <x:v>38446</x:v>
+      </x:c>
+      <x:c r="D13" s="3" t="n">
+        <x:v>33678</x:v>
+      </x:c>
+      <x:c r="E13" s="3" t="n">
+        <x:v>37577</x:v>
+      </x:c>
+      <x:c r="F13" s="3" t="n">
+        <x:v>35212</x:v>
+      </x:c>
+      <x:c r="G13" s="3" t="n">
+        <x:v>37451</x:v>
+      </x:c>
+      <x:c r="H13" s="3" t="n">
+        <x:v>36126</x:v>
+      </x:c>
+      <x:c r="I13" s="3" t="n">
+        <x:v>39494</x:v>
+      </x:c>
+      <x:c r="J13" s="3" t="n">
+        <x:v>37909</x:v>
+      </x:c>
+      <x:c r="K13" s="3" t="n">
+        <x:v>39356</x:v>
+      </x:c>
+      <x:c r="L13" s="3" t="n">
+        <x:v>36622</x:v>
+      </x:c>
+      <x:c r="M13" s="3" t="n">
+        <x:v>41027</x:v>
+      </x:c>
+      <x:c r="N13" s="3" t="n">
+        <x:v>37824</x:v>
+      </x:c>
+      <x:c r="O13" s="3" t="n">
+        <x:v>39323</x:v>
+      </x:c>
+      <x:c r="P13" s="3" t="n">
+        <x:v>36580</x:v>
+      </x:c>
+      <x:c r="Q13" s="3" t="n">
+        <x:v>40651</x:v>
+      </x:c>
+      <x:c r="R13" s="3" t="n">
+        <x:v>38175</x:v>
+      </x:c>
+      <x:c r="S13" s="3" t="n">
+        <x:v>39655</x:v>
+      </x:c>
+      <x:c r="T13" s="3" t="n">
+        <x:v>37807</x:v>
+      </x:c>
+      <x:c r="U13" s="3" t="n">
+        <x:v>40431</x:v>
+      </x:c>
+      <x:c r="V13" s="3" t="n">
+        <x:v>38254</x:v>
+      </x:c>
+      <x:c r="W13" s="3" t="n">
+        <x:v>40681</x:v>
+      </x:c>
+      <x:c r="X13" s="3" t="n">
+        <x:v>37836</x:v>
+      </x:c>
+      <x:c r="Y13" s="3" t="n">
+        <x:v>40515</x:v>
+      </x:c>
+      <x:c r="Z13" s="3" t="n">
+        <x:v>38500</x:v>
+      </x:c>
+      <x:c r="AA13" s="3" t="n">
+        <x:v>40413</x:v>
+      </x:c>
+      <x:c r="AB13" s="3" t="n">
+        <x:v>38735</x:v>
+      </x:c>
+      <x:c r="AC13" s="3" t="n">
+        <x:v>41473</x:v>
+      </x:c>
+      <x:c r="AD13" s="3" t="n">
+        <x:v>38657</x:v>
+      </x:c>
+      <x:c r="AE13" s="3" t="n">
+        <x:v>41861</x:v>
+      </x:c>
+      <x:c r="AF13" s="3" t="n">
+        <x:v>39866</x:v>
+      </x:c>
+      <x:c r="AG13" s="3" t="n">
+        <x:v>40872</x:v>
+      </x:c>
+      <x:c r="AH13" s="3" t="n">
+        <x:v>37243</x:v>
+      </x:c>
+      <x:c r="AI13" s="3" t="n">
+        <x:v>44341</x:v>
+      </x:c>
+      <x:c r="AJ13" s="3" t="n">
+        <x:v>41353</x:v>
+      </x:c>
+      <x:c r="AK13" s="3" t="n">
+        <x:v>42833</x:v>
+      </x:c>
+      <x:c r="AL13" s="3" t="n">
+        <x:v>39035</x:v>
+      </x:c>
+      <x:c r="AM13" s="3" t="n">
+        <x:v>42005</x:v>
+      </x:c>
+      <x:c r="AN13" s="3" t="n">
+        <x:v>42164</x:v>
+      </x:c>
+      <x:c r="AO13" s="3" t="n">
+        <x:v>45177</x:v>
+      </x:c>
+      <x:c r="AP13" s="3" t="n">
+        <x:v>41409</x:v>
+      </x:c>
+      <x:c r="AQ13" s="3" t="n">
+        <x:v>44395</x:v>
+      </x:c>
+      <x:c r="AR13" s="3" t="n">
+        <x:v>39466</x:v>
+      </x:c>
+      <x:c r="AS13" s="3" t="n">
+        <x:v>44984</x:v>
+      </x:c>
+      <x:c r="AT13" s="3" t="n">
+        <x:v>39496</x:v>
+      </x:c>
+      <x:c r="AU13" s="3" t="n">
+        <x:v>45248</x:v>
+      </x:c>
+      <x:c r="AV13" s="3" t="n">
+        <x:v>42826</x:v>
+      </x:c>
+      <x:c r="AW13" s="3" t="n">
+        <x:v>44773</x:v>
+      </x:c>
+      <x:c r="AX13" s="3" t="n">
+        <x:v>39628</x:v>
+      </x:c>
+      <x:c r="AY13" s="3" t="n">
+        <x:v>44602</x:v>
+      </x:c>
+      <x:c r="AZ13" s="3" t="n">
+        <x:v>41502</x:v>
+      </x:c>
+      <x:c r="BA13" s="3" t="n">
+        <x:v>44274</x:v>
+      </x:c>
+      <x:c r="BB13" s="3" t="n">
+        <x:v>41044</x:v>
+      </x:c>
+      <x:c r="BC13" s="3" t="n">
+        <x:v>49088</x:v>
+      </x:c>
+      <x:c r="BD13" s="3" t="n">
+        <x:v>41667</x:v>
+      </x:c>
+      <x:c r="BE13" s="3" t="n">
+        <x:v>44435</x:v>
+      </x:c>
+      <x:c r="BF13" s="3" t="n">
+        <x:v>44235</x:v>
+      </x:c>
+      <x:c r="BG13" s="3" t="n">
+        <x:v>50306</x:v>
+      </x:c>
+      <x:c r="BH13" s="3" t="n">
+        <x:v>44027</x:v>
+      </x:c>
+      <x:c r="BI13" s="3" t="n">
+        <x:v>48195</x:v>
+      </x:c>
+      <x:c r="BJ13" s="3" t="n">
+        <x:v>46147</x:v>
+      </x:c>
+      <x:c r="BK13" s="3" t="n">
+        <x:v>50227</x:v>
+      </x:c>
+      <x:c r="BL13" s="3" t="n">
+        <x:v>45822</x:v>
+      </x:c>
+      <x:c r="BM13" s="3" t="n">
+        <x:v>51225</x:v>
+      </x:c>
+      <x:c r="BN13" s="3" t="n">
+        <x:v>46917</x:v>
+      </x:c>
+      <x:c r="BO13" s="3" t="n">
+        <x:v>53992</x:v>
+      </x:c>
+      <x:c r="BP13" s="3" t="n">
+        <x:v>49506</x:v>
+      </x:c>
+      <x:c r="BQ13" s="3" t="n">
+        <x:v>52263</x:v>
+      </x:c>
+      <x:c r="BR13" s="3" t="n">
+        <x:v>50264</x:v>
+      </x:c>
+      <x:c r="BS13" s="3" t="n">
+        <x:v>55943</x:v>
+      </x:c>
+      <x:c r="BT13" s="3" t="n">
+        <x:v>50375</x:v>
+      </x:c>
+      <x:c r="BU13" s="3" t="n">
+        <x:v>53981</x:v>
+      </x:c>
+      <x:c r="BV13" s="3" t="n">
+        <x:v>52705</x:v>
+      </x:c>
+      <x:c r="BW13" s="3" t="n">
+        <x:v>56251</x:v>
+      </x:c>
+      <x:c r="BX13" s="3" t="n">
+        <x:v>51010</x:v>
+      </x:c>
+      <x:c r="BY13" s="3" t="n">
+        <x:v>54776</x:v>
+      </x:c>
+      <x:c r="BZ13" s="3" t="n">
+        <x:v>54279</x:v>
+      </x:c>
+      <x:c r="CA13" s="3" t="n">
+        <x:v>56559</x:v>
+      </x:c>
+      <x:c r="CB13" s="3" t="n">
+        <x:v>52884</x:v>
+      </x:c>
+      <x:c r="CC13" s="3" t="n">
+        <x:v>56628</x:v>
+      </x:c>
+      <x:c r="CD13" s="3" t="n">
+        <x:v>57579</x:v>
+      </x:c>
+      <x:c r="CE13" s="3" t="n">
+        <x:v>56625</x:v>
+      </x:c>
+      <x:c r="CF13" s="3" t="n">
+        <x:v>52897</x:v>
+      </x:c>
+      <x:c r="CG13" s="3" t="n">
+        <x:v>56742</x:v>
+      </x:c>
+      <x:c r="CH13" s="3" t="n">
+        <x:v>61212</x:v>
+      </x:c>
+      <x:c r="CI13" s="3" t="n">
+        <x:v>57543</x:v>
+      </x:c>
+      <x:c r="CJ13" s="3" t="n">
+        <x:v>55327</x:v>
+      </x:c>
+      <x:c r="CK13" s="3" t="n">
+        <x:v>62311</x:v>
+      </x:c>
+      <x:c r="CL13" s="3" t="n">
+        <x:v>64167</x:v>
+      </x:c>
+      <x:c r="CM13" s="3" t="n">
+        <x:v>59506</x:v>
+      </x:c>
+      <x:c r="CN13" s="3" t="n">
+        <x:v>54665</x:v>
+      </x:c>
+      <x:c r="CO13" s="3" t="n">
+        <x:v>60234</x:v>
+      </x:c>
+      <x:c r="CP13" s="3" t="n">
+        <x:v>65098</x:v>
+      </x:c>
+      <x:c r="CQ13" s="3" t="n">
+        <x:v>61471</x:v>
+      </x:c>
+      <x:c r="CR13" s="3" t="n">
+        <x:v>58721</x:v>
+      </x:c>
+      <x:c r="CS13" s="3" t="n">
+        <x:v>64687</x:v>
+      </x:c>
+      <x:c r="CT13" s="3" t="n">
+        <x:v>64738</x:v>
+      </x:c>
+      <x:c r="CU13" s="3" t="n">
+        <x:v>66977</x:v>
+      </x:c>
+      <x:c r="CV13" s="3" t="n">
+        <x:v>60775</x:v>
+      </x:c>
+      <x:c r="CW13" s="3" t="n">
+        <x:v>63715</x:v>
+      </x:c>
+      <x:c r="CX13" s="3" t="n">
+        <x:v>64927</x:v>
+      </x:c>
+      <x:c r="CY13" s="3" t="n">
+        <x:v>62814</x:v>
+      </x:c>
+      <x:c r="CZ13" s="3" t="n">
+        <x:v>61155</x:v>
+      </x:c>
+      <x:c r="DA13" s="3" t="n">
+        <x:v>67049</x:v>
+      </x:c>
+      <x:c r="DB13" s="3" t="n">
+        <x:v>68390</x:v>
+      </x:c>
+      <x:c r="DC13" s="3" t="n">
+        <x:v>64564</x:v>
+      </x:c>
+      <x:c r="DD13" s="3" t="n">
+        <x:v>63957</x:v>
+      </x:c>
+      <x:c r="DE13" s="3" t="n">
+        <x:v>67592</x:v>
+      </x:c>
+      <x:c r="DF13" s="3" t="n">
+        <x:v>64527</x:v>
+      </x:c>
+      <x:c r="DG13" s="3" t="n">
+        <x:v>66603</x:v>
+      </x:c>
+      <x:c r="DH13" s="3" t="n">
+        <x:v>64613</x:v>
+      </x:c>
+      <x:c r="DI13" s="3" t="n">
+        <x:v>71408</x:v>
+      </x:c>
+      <x:c r="DJ13" s="3" t="n">
+        <x:v>67066</x:v>
+      </x:c>
+      <x:c r="DK13" s="3" t="n">
+        <x:v>63259</x:v>
+      </x:c>
+      <x:c r="DL13" s="3" t="n">
+        <x:v>62007</x:v>
+      </x:c>
+      <x:c r="DM13" s="3" t="n">
+        <x:v>71153</x:v>
+      </x:c>
+      <x:c r="DN13" s="3" t="n">
+        <x:v>71638</x:v>
+      </x:c>
+      <x:c r="DO13" s="3" t="n">
+        <x:v>67906</x:v>
+      </x:c>
+      <x:c r="DP13" s="3" t="n">
+        <x:v>66401</x:v>
+      </x:c>
+      <x:c r="DQ13" s="3" t="n">
+        <x:v>76074</x:v>
+      </x:c>
+      <x:c r="DR13" s="3" t="n">
+        <x:v>67942</x:v>
+      </x:c>
+      <x:c r="DS13" s="3" t="n">
+        <x:v>68385</x:v>
+      </x:c>
+      <x:c r="DT13" s="3" t="n">
+        <x:v>65116</x:v>
+      </x:c>
+      <x:c r="DU13" s="3" t="n">
+        <x:v>74622</x:v>
+      </x:c>
+      <x:c r="DV13" s="3" t="n">
+        <x:v>68785</x:v>
+      </x:c>
+      <x:c r="DW13" s="3" t="n">
+        <x:v>63743</x:v>
+      </x:c>
+      <x:c r="DX13" s="3" t="n">
+        <x:v>66689</x:v>
+      </x:c>
+      <x:c r="DY13" s="3" t="n">
+        <x:v>74840</x:v>
+      </x:c>
+      <x:c r="DZ13" s="3" t="n">
+        <x:v>68299</x:v>
+      </x:c>
+      <x:c r="EA13" s="3" t="n">
+        <x:v>63627</x:v>
+      </x:c>
+      <x:c r="EB13" s="3" t="n">
+        <x:v>64577</x:v>
+      </x:c>
+      <x:c r="EC13" s="3" t="n">
+        <x:v>70344</x:v>
+      </x:c>
+      <x:c r="ED13" s="3" t="n">
+        <x:v>66897</x:v>
+      </x:c>
+      <x:c r="EE13" s="3" t="n">
+        <x:v>64736</x:v>
+      </x:c>
+      <x:c r="EF13" s="3" t="n">
+        <x:v>67142</x:v>
+      </x:c>
+      <x:c r="EG13" s="3" t="n">
+        <x:v>72493</x:v>
+      </x:c>
+      <x:c r="EH13" s="3" t="n">
+        <x:v>69547</x:v>
+      </x:c>
+      <x:c r="EI13" s="3" t="n">
+        <x:v>65858</x:v>
+      </x:c>
+      <x:c r="EJ13" s="3" t="n">
+        <x:v>68291</x:v>
+      </x:c>
+      <x:c r="EK13" s="3" t="n">
+        <x:v>75302</x:v>
+      </x:c>
+      <x:c r="EL13" s="3" t="n">
+        <x:v>65627</x:v>
+      </x:c>
+      <x:c r="EM13" s="3" t="n">
+        <x:v>65197</x:v>
+      </x:c>
+      <x:c r="EN13" s="3" t="n">
+        <x:v>70900</x:v>
+      </x:c>
+      <x:c r="EO13" s="3" t="n">
+        <x:v>74499</x:v>
+      </x:c>
+      <x:c r="EP13" s="3" t="n">
+        <x:v>68980</x:v>
+      </x:c>
+      <x:c r="EQ13" s="3" t="n">
+        <x:v>71131</x:v>
+      </x:c>
+      <x:c r="ER13" s="3" t="n">
+        <x:v>75114</x:v>
+      </x:c>
+      <x:c r="ES13" s="3" t="n">
+        <x:v>78921</x:v>
+      </x:c>
+      <x:c r="ET13" s="3" t="n">
+        <x:v>72497</x:v>
+      </x:c>
+      <x:c r="EU13" s="3" t="n">
+        <x:v>72080</x:v>
+      </x:c>
+      <x:c r="EV13" s="3" t="n">
+        <x:v>76625</x:v>
+      </x:c>
+      <x:c r="EW13" s="3" t="n">
+        <x:v>81532</x:v>
+      </x:c>
+      <x:c r="EX13" s="3" t="n">
+        <x:v>77190</x:v>
+      </x:c>
+      <x:c r="EY13" s="3" t="n">
+        <x:v>78083</x:v>
+      </x:c>
+      <x:c r="EZ13" s="3" t="n">
+        <x:v>82044</x:v>
+      </x:c>
+      <x:c r="FA13" s="3" t="n">
+        <x:v>82872</x:v>
+      </x:c>
+      <x:c r="FB13" s="3" t="n">
+        <x:v>78870</x:v>
+      </x:c>
+      <x:c r="FC13" s="3" t="n">
+        <x:v>73215</x:v>
+      </x:c>
+      <x:c r="FD13" s="3" t="n">
+        <x:v>81726</x:v>
+      </x:c>
+      <x:c r="FE13" s="3" t="n">
+        <x:v>88828</x:v>
+      </x:c>
+      <x:c r="FF13" s="3" t="n">
+        <x:v>78899</x:v>
+      </x:c>
+      <x:c r="FG13" s="3" t="n">
+        <x:v>81374</x:v>
+      </x:c>
+      <x:c r="FH13" s="3" t="n">
+        <x:v>87007</x:v>
+      </x:c>
+      <x:c r="FI13" s="3" t="n">
+        <x:v>92593</x:v>
+      </x:c>
+      <x:c r="FJ13" s="3" t="n">
+        <x:v>81955</x:v>
+      </x:c>
+      <x:c r="FK13" s="3" t="n">
+        <x:v>82367</x:v>
+      </x:c>
+      <x:c r="FL13" s="3" t="n">
+        <x:v>88767</x:v>
+      </x:c>
+      <x:c r="FM13" s="3" t="n">
+        <x:v>91921</x:v>
+      </x:c>
+      <x:c r="FN13" s="3" t="n">
+        <x:v>88659</x:v>
+      </x:c>
+      <x:c r="FO13" s="3" t="n">
+        <x:v>80893</x:v>
+      </x:c>
+      <x:c r="FP13" s="3" t="n">
+        <x:v>90175</x:v>
+      </x:c>
+      <x:c r="FQ13" s="3" t="n">
+        <x:v>94610</x:v>
+      </x:c>
+      <x:c r="FR13" s="3" t="n">
+        <x:v>88618</x:v>
+      </x:c>
+      <x:c r="FS13" s="3" t="n">
+        <x:v>88135</x:v>
+      </x:c>
+      <x:c r="FT13" s="3" t="n">
+        <x:v>99051</x:v>
+      </x:c>
+      <x:c r="FU13" s="3" t="n">
+        <x:v>97029</x:v>
+      </x:c>
+      <x:c r="FV13" s="3" t="n">
+        <x:v>86009</x:v>
+      </x:c>
+      <x:c r="FW13" s="3" t="n">
+        <x:v>86691</x:v>
+      </x:c>
+      <x:c r="FX13" s="3" t="n">
+        <x:v>100518</x:v>
+      </x:c>
+      <x:c r="FY13" s="3" t="n">
+        <x:v>98845</x:v>
+      </x:c>
+      <x:c r="FZ13" s="3" t="n">
+        <x:v>84012</x:v>
+      </x:c>
+      <x:c r="GA13" s="3" t="n">
+        <x:v>83354</x:v>
+      </x:c>
+      <x:c r="GB13" s="3" t="n">
+        <x:v>97123</x:v>
+      </x:c>
+      <x:c r="GC13" s="3" t="n">
+        <x:v>95996</x:v>
+      </x:c>
+      <x:c r="GD13" s="3" t="n">
+        <x:v>82391</x:v>
+      </x:c>
+      <x:c r="GE13" s="3" t="n">
+        <x:v>85282</x:v>
+      </x:c>
+      <x:c r="GF13" s="3" t="n">
+        <x:v>99991</x:v>
+      </x:c>
+      <x:c r="GG13" s="3" t="n">
+        <x:v>98261</x:v>
+      </x:c>
+      <x:c r="GH13" s="3" t="n">
+        <x:v>86355</x:v>
+      </x:c>
+      <x:c r="GI13" s="3" t="n">
+        <x:v>89717</x:v>
+      </x:c>
+      <x:c r="GJ13" s="3" t="n">
+        <x:v>100518</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:192">
+      <x:c r="A14" s="2" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="B14" s="3" t="n">
+        <x:v>25012</x:v>
+      </x:c>
+      <x:c r="C14" s="3" t="n">
+        <x:v>26553</x:v>
+      </x:c>
+      <x:c r="D14" s="3" t="n">
+        <x:v>24702</x:v>
+      </x:c>
+      <x:c r="E14" s="3" t="n">
+        <x:v>29952</x:v>
+      </x:c>
+      <x:c r="F14" s="3" t="n">
+        <x:v>26392</x:v>
+      </x:c>
+      <x:c r="G14" s="3" t="n">
+        <x:v>26731</x:v>
+      </x:c>
+      <x:c r="H14" s="3" t="n">
+        <x:v>26160</x:v>
+      </x:c>
+      <x:c r="I14" s="3" t="n">
+        <x:v>31008</x:v>
+      </x:c>
+      <x:c r="J14" s="3" t="n">
+        <x:v>28508</x:v>
+      </x:c>
+      <x:c r="K14" s="3" t="n">
+        <x:v>28097</x:v>
+      </x:c>
+      <x:c r="L14" s="3" t="n">
+        <x:v>27508</x:v>
+      </x:c>
+      <x:c r="M14" s="3" t="n">
+        <x:v>32683</x:v>
+      </x:c>
+      <x:c r="N14" s="3" t="n">
+        <x:v>27673</x:v>
+      </x:c>
+      <x:c r="O14" s="3" t="n">
+        <x:v>27525</x:v>
+      </x:c>
+      <x:c r="P14" s="3" t="n">
+        <x:v>26586</x:v>
+      </x:c>
+      <x:c r="Q14" s="3" t="n">
+        <x:v>32595</x:v>
+      </x:c>
+      <x:c r="R14" s="3" t="n">
+        <x:v>28244</x:v>
+      </x:c>
+      <x:c r="S14" s="3" t="n">
+        <x:v>27840</x:v>
+      </x:c>
+      <x:c r="T14" s="3" t="n">
+        <x:v>27845</x:v>
+      </x:c>
+      <x:c r="U14" s="3" t="n">
+        <x:v>31831</x:v>
+      </x:c>
+      <x:c r="V14" s="3" t="n">
+        <x:v>28167</x:v>
+      </x:c>
+      <x:c r="W14" s="3" t="n">
+        <x:v>28147</x:v>
+      </x:c>
+      <x:c r="X14" s="3" t="n">
+        <x:v>27306</x:v>
+      </x:c>
+      <x:c r="Y14" s="3" t="n">
+        <x:v>31814</x:v>
+      </x:c>
+      <x:c r="Z14" s="3" t="n">
+        <x:v>28210</x:v>
+      </x:c>
+      <x:c r="AA14" s="3" t="n">
+        <x:v>28061</x:v>
+      </x:c>
+      <x:c r="AB14" s="3" t="n">
+        <x:v>28473</x:v>
+      </x:c>
+      <x:c r="AC14" s="3" t="n">
+        <x:v>32333</x:v>
+      </x:c>
+      <x:c r="AD14" s="3" t="n">
+        <x:v>28784</x:v>
+      </x:c>
+      <x:c r="AE14" s="3" t="n">
+        <x:v>29061</x:v>
+      </x:c>
+      <x:c r="AF14" s="3" t="n">
+        <x:v>29579</x:v>
+      </x:c>
+      <x:c r="AG14" s="3" t="n">
+        <x:v>33164</x:v>
+      </x:c>
+      <x:c r="AH14" s="3" t="n">
+        <x:v>28393</x:v>
+      </x:c>
+      <x:c r="AI14" s="3" t="n">
+        <x:v>30459</x:v>
+      </x:c>
+      <x:c r="AJ14" s="3" t="n">
+        <x:v>31362</x:v>
+      </x:c>
+      <x:c r="AK14" s="3" t="n">
+        <x:v>34316</x:v>
+      </x:c>
+      <x:c r="AL14" s="3" t="n">
+        <x:v>29881</x:v>
+      </x:c>
+      <x:c r="AM14" s="3" t="n">
+        <x:v>31361</x:v>
+      </x:c>
+      <x:c r="AN14" s="3" t="n">
+        <x:v>32305</x:v>
+      </x:c>
+      <x:c r="AO14" s="3" t="n">
+        <x:v>35828</x:v>
+      </x:c>
+      <x:c r="AP14" s="3" t="n">
+        <x:v>30986</x:v>
+      </x:c>
+      <x:c r="AQ14" s="3" t="n">
+        <x:v>33043</x:v>
+      </x:c>
+      <x:c r="AR14" s="3" t="n">
+        <x:v>31868</x:v>
+      </x:c>
+      <x:c r="AS14" s="3" t="n">
+        <x:v>36703</x:v>
+      </x:c>
+      <x:c r="AT14" s="3" t="n">
+        <x:v>31228</x:v>
+      </x:c>
+      <x:c r="AU14" s="3" t="n">
+        <x:v>34134</x:v>
+      </x:c>
+      <x:c r="AV14" s="3" t="n">
+        <x:v>32583</x:v>
+      </x:c>
+      <x:c r="AW14" s="3" t="n">
+        <x:v>36429</x:v>
+      </x:c>
+      <x:c r="AX14" s="3" t="n">
+        <x:v>31396</x:v>
+      </x:c>
+      <x:c r="AY14" s="3" t="n">
+        <x:v>33866</x:v>
+      </x:c>
+      <x:c r="AZ14" s="3" t="n">
+        <x:v>32269</x:v>
+      </x:c>
+      <x:c r="BA14" s="3" t="n">
+        <x:v>36033</x:v>
+      </x:c>
+      <x:c r="BB14" s="3" t="n">
+        <x:v>32233</x:v>
+      </x:c>
+      <x:c r="BC14" s="3" t="n">
+        <x:v>35551</x:v>
+      </x:c>
+      <x:c r="BD14" s="3" t="n">
+        <x:v>32662</x:v>
+      </x:c>
+      <x:c r="BE14" s="3" t="n">
+        <x:v>36594</x:v>
+      </x:c>
+      <x:c r="BF14" s="3" t="n">
+        <x:v>34007</x:v>
+      </x:c>
+      <x:c r="BG14" s="3" t="n">
+        <x:v>36254</x:v>
+      </x:c>
+      <x:c r="BH14" s="3" t="n">
+        <x:v>33922</x:v>
+      </x:c>
+      <x:c r="BI14" s="3" t="n">
+        <x:v>38187</x:v>
+      </x:c>
+      <x:c r="BJ14" s="3" t="n">
+        <x:v>34152</x:v>
+      </x:c>
+      <x:c r="BK14" s="3" t="n">
+        <x:v>37114</x:v>
+      </x:c>
+      <x:c r="BL14" s="3" t="n">
+        <x:v>34596</x:v>
+      </x:c>
+      <x:c r="BM14" s="3" t="n">
+        <x:v>39730</x:v>
+      </x:c>
+      <x:c r="BN14" s="3" t="n">
+        <x:v>35133</x:v>
+      </x:c>
+      <x:c r="BO14" s="3" t="n">
+        <x:v>38350</x:v>
+      </x:c>
+      <x:c r="BP14" s="3" t="n">
+        <x:v>36236</x:v>
+      </x:c>
+      <x:c r="BQ14" s="3" t="n">
+        <x:v>40517</x:v>
+      </x:c>
+      <x:c r="BR14" s="3" t="n">
+        <x:v>37251</x:v>
+      </x:c>
+      <x:c r="BS14" s="3" t="n">
+        <x:v>39335</x:v>
+      </x:c>
+      <x:c r="BT14" s="3" t="n">
+        <x:v>37439</x:v>
+      </x:c>
+      <x:c r="BU14" s="3" t="n">
+        <x:v>41543</x:v>
+      </x:c>
+      <x:c r="BV14" s="3" t="n">
+        <x:v>38117</x:v>
+      </x:c>
+      <x:c r="BW14" s="3" t="n">
+        <x:v>40365</x:v>
+      </x:c>
+      <x:c r="BX14" s="3" t="n">
+        <x:v>37846</x:v>
+      </x:c>
+      <x:c r="BY14" s="3" t="n">
+        <x:v>41271</x:v>
+      </x:c>
+      <x:c r="BZ14" s="3" t="n">
+        <x:v>39013</x:v>
+      </x:c>
+      <x:c r="CA14" s="3" t="n">
+        <x:v>40447</x:v>
+      </x:c>
+      <x:c r="CB14" s="3" t="n">
+        <x:v>38461</x:v>
+      </x:c>
+      <x:c r="CC14" s="3" t="n">
+        <x:v>41991</x:v>
+      </x:c>
+      <x:c r="CD14" s="3" t="n">
+        <x:v>39833</x:v>
+      </x:c>
+      <x:c r="CE14" s="3" t="n">
+        <x:v>40511</x:v>
+      </x:c>
+      <x:c r="CF14" s="3" t="n">
+        <x:v>39149</x:v>
+      </x:c>
+      <x:c r="CG14" s="3" t="n">
+        <x:v>40719</x:v>
+      </x:c>
+      <x:c r="CH14" s="3" t="n">
+        <x:v>41768</x:v>
+      </x:c>
+      <x:c r="CI14" s="3" t="n">
+        <x:v>42938</x:v>
+      </x:c>
+      <x:c r="CJ14" s="3" t="n">
+        <x:v>42712</x:v>
+      </x:c>
+      <x:c r="CK14" s="3" t="n">
+        <x:v>45264</x:v>
+      </x:c>
+      <x:c r="CL14" s="3" t="n">
+        <x:v>44566</x:v>
+      </x:c>
+      <x:c r="CM14" s="3" t="n">
+        <x:v>44167</x:v>
+      </x:c>
+      <x:c r="CN14" s="3" t="n">
+        <x:v>41738</x:v>
+      </x:c>
+      <x:c r="CO14" s="3" t="n">
+        <x:v>44743</x:v>
+      </x:c>
+      <x:c r="CP14" s="3" t="n">
+        <x:v>45081</x:v>
+      </x:c>
+      <x:c r="CQ14" s="3" t="n">
+        <x:v>45001</x:v>
+      </x:c>
+      <x:c r="CR14" s="3" t="n">
+        <x:v>44768</x:v>
+      </x:c>
+      <x:c r="CS14" s="3" t="n">
+        <x:v>49434</x:v>
+      </x:c>
+      <x:c r="CT14" s="3" t="n">
+        <x:v>45824</x:v>
+      </x:c>
+      <x:c r="CU14" s="3" t="n">
+        <x:v>49722</x:v>
+      </x:c>
+      <x:c r="CV14" s="3" t="n">
+        <x:v>46023</x:v>
+      </x:c>
+      <x:c r="CW14" s="3" t="n">
+        <x:v>47709</x:v>
+      </x:c>
+      <x:c r="CX14" s="3" t="n">
+        <x:v>47826</x:v>
+      </x:c>
+      <x:c r="CY14" s="3" t="n">
+        <x:v>48448</x:v>
+      </x:c>
+      <x:c r="CZ14" s="3" t="n">
+        <x:v>47351</x:v>
+      </x:c>
+      <x:c r="DA14" s="3" t="n">
+        <x:v>50116</x:v>
+      </x:c>
+      <x:c r="DB14" s="3" t="n">
+        <x:v>50224</x:v>
+      </x:c>
+      <x:c r="DC14" s="3" t="n">
+        <x:v>48372</x:v>
+      </x:c>
+      <x:c r="DD14" s="3" t="n">
+        <x:v>49197</x:v>
+      </x:c>
+      <x:c r="DE14" s="3" t="n">
+        <x:v>50720</x:v>
+      </x:c>
+      <x:c r="DF14" s="3" t="n">
+        <x:v>46352</x:v>
+      </x:c>
+      <x:c r="DG14" s="3" t="n">
+        <x:v>50699</x:v>
+      </x:c>
+      <x:c r="DH14" s="3" t="n">
+        <x:v>50242</x:v>
+      </x:c>
+      <x:c r="DI14" s="3" t="n">
+        <x:v>53079</x:v>
+      </x:c>
+      <x:c r="DJ14" s="3" t="n">
+        <x:v>47596</x:v>
+      </x:c>
+      <x:c r="DK14" s="3" t="n">
+        <x:v>47802</x:v>
+      </x:c>
+      <x:c r="DL14" s="3" t="n">
+        <x:v>47163</x:v>
+      </x:c>
+      <x:c r="DM14" s="3" t="n">
+        <x:v>49631</x:v>
+      </x:c>
+      <x:c r="DN14" s="3" t="n">
+        <x:v>49986</x:v>
+      </x:c>
+      <x:c r="DO14" s="3" t="n">
+        <x:v>49694</x:v>
+      </x:c>
+      <x:c r="DP14" s="3" t="n">
+        <x:v>49363</x:v>
+      </x:c>
+      <x:c r="DQ14" s="3" t="n">
+        <x:v>53089</x:v>
+      </x:c>
+      <x:c r="DR14" s="3" t="n">
+        <x:v>46554</x:v>
+      </x:c>
+      <x:c r="DS14" s="3" t="n">
+        <x:v>50194</x:v>
+      </x:c>
+      <x:c r="DT14" s="3" t="n">
+        <x:v>48824</x:v>
+      </x:c>
+      <x:c r="DU14" s="3" t="n">
+        <x:v>51814</x:v>
+      </x:c>
+      <x:c r="DV14" s="3" t="n">
+        <x:v>48302</x:v>
+      </x:c>
+      <x:c r="DW14" s="3" t="n">
+        <x:v>47734</x:v>
+      </x:c>
+      <x:c r="DX14" s="3" t="n">
+        <x:v>48394</x:v>
+      </x:c>
+      <x:c r="DY14" s="3" t="n">
+        <x:v>51955</x:v>
+      </x:c>
+      <x:c r="DZ14" s="3" t="n">
+        <x:v>47346</x:v>
+      </x:c>
+      <x:c r="EA14" s="3" t="n">
+        <x:v>46545</x:v>
+      </x:c>
+      <x:c r="EB14" s="3" t="n">
+        <x:v>47546</x:v>
+      </x:c>
+      <x:c r="EC14" s="3" t="n">
+        <x:v>50752</x:v>
+      </x:c>
+      <x:c r="ED14" s="3" t="n">
+        <x:v>47035</x:v>
+      </x:c>
+      <x:c r="EE14" s="3" t="n">
+        <x:v>47269</x:v>
+      </x:c>
+      <x:c r="EF14" s="3" t="n">
+        <x:v>49030</x:v>
+      </x:c>
+      <x:c r="EG14" s="3" t="n">
+        <x:v>51359</x:v>
+      </x:c>
+      <x:c r="EH14" s="3" t="n">
+        <x:v>49345</x:v>
+      </x:c>
+      <x:c r="EI14" s="3" t="n">
+        <x:v>47232</x:v>
+      </x:c>
+      <x:c r="EJ14" s="3" t="n">
+        <x:v>49236</x:v>
+      </x:c>
+      <x:c r="EK14" s="3" t="n">
+        <x:v>52464</x:v>
+      </x:c>
+      <x:c r="EL14" s="3" t="n">
+        <x:v>45024</x:v>
+      </x:c>
+      <x:c r="EM14" s="3" t="n">
+        <x:v>48045</x:v>
+      </x:c>
+      <x:c r="EN14" s="3" t="n">
+        <x:v>52173</x:v>
+      </x:c>
+      <x:c r="EO14" s="3" t="n">
+        <x:v>51773</x:v>
+      </x:c>
+      <x:c r="EP14" s="3" t="n">
+        <x:v>48206</x:v>
+      </x:c>
+      <x:c r="EQ14" s="3" t="n">
+        <x:v>50084</x:v>
+      </x:c>
+      <x:c r="ER14" s="3" t="n">
+        <x:v>52643</x:v>
+      </x:c>
+      <x:c r="ES14" s="3" t="n">
+        <x:v>54145</x:v>
+      </x:c>
+      <x:c r="ET14" s="3" t="n">
+        <x:v>50034</x:v>
+      </x:c>
+      <x:c r="EU14" s="3" t="n">
+        <x:v>49582</x:v>
+      </x:c>
+      <x:c r="EV14" s="3" t="n">
+        <x:v>53977</x:v>
+      </x:c>
+      <x:c r="EW14" s="3" t="n">
+        <x:v>55945</x:v>
+      </x:c>
+      <x:c r="EX14" s="3" t="n">
+        <x:v>50108</x:v>
+      </x:c>
+      <x:c r="EY14" s="3" t="n">
+        <x:v>52898</x:v>
+      </x:c>
+      <x:c r="EZ14" s="3" t="n">
+        <x:v>55628</x:v>
+      </x:c>
+      <x:c r="FA14" s="3" t="n">
+        <x:v>55931</x:v>
+      </x:c>
+      <x:c r="FB14" s="3" t="n">
+        <x:v>51079</x:v>
+      </x:c>
+      <x:c r="FC14" s="3" t="n">
+        <x:v>51130</x:v>
+      </x:c>
+      <x:c r="FD14" s="3" t="n">
+        <x:v>56206</x:v>
+      </x:c>
+      <x:c r="FE14" s="3" t="n">
+        <x:v>57618</x:v>
+      </x:c>
+      <x:c r="FF14" s="3" t="n">
+        <x:v>50977</x:v>
+      </x:c>
+      <x:c r="FG14" s="3" t="n">
+        <x:v>54930</x:v>
+      </x:c>
+      <x:c r="FH14" s="3" t="n">
+        <x:v>58924</x:v>
+      </x:c>
+      <x:c r="FI14" s="3" t="n">
+        <x:v>59919</x:v>
+      </x:c>
+      <x:c r="FJ14" s="3" t="n">
+        <x:v>53188</x:v>
+      </x:c>
+      <x:c r="FK14" s="3" t="n">
+        <x:v>55496</x:v>
+      </x:c>
+      <x:c r="FL14" s="3" t="n">
+        <x:v>59394</x:v>
+      </x:c>
+      <x:c r="FM14" s="3" t="n">
+        <x:v>58777</x:v>
+      </x:c>
+      <x:c r="FN14" s="3" t="n">
+        <x:v>54187</x:v>
+      </x:c>
+      <x:c r="FO14" s="3" t="n">
+        <x:v>56082</x:v>
+      </x:c>
+      <x:c r="FP14" s="3" t="n">
+        <x:v>63329</x:v>
+      </x:c>
+      <x:c r="FQ14" s="3" t="n">
+        <x:v>62799</x:v>
+      </x:c>
+      <x:c r="FR14" s="3" t="n">
+        <x:v>56373</x:v>
+      </x:c>
+      <x:c r="FS14" s="3" t="n">
+        <x:v>59753</x:v>
+      </x:c>
+      <x:c r="FT14" s="3" t="n">
+        <x:v>65212</x:v>
+      </x:c>
+      <x:c r="FU14" s="3" t="n">
+        <x:v>63588</x:v>
+      </x:c>
+      <x:c r="FV14" s="3" t="n">
+        <x:v>56644</x:v>
+      </x:c>
+      <x:c r="FW14" s="3" t="n">
+        <x:v>59934</x:v>
+      </x:c>
+      <x:c r="FX14" s="3" t="n">
+        <x:v>63832</x:v>
+      </x:c>
+      <x:c r="FY14" s="3" t="n">
+        <x:v>61404</x:v>
+      </x:c>
+      <x:c r="FZ14" s="3" t="n">
+        <x:v>53738</x:v>
+      </x:c>
+      <x:c r="GA14" s="3" t="n">
+        <x:v>54711</x:v>
+      </x:c>
+      <x:c r="GB14" s="3" t="n">
+        <x:v>60782</x:v>
+      </x:c>
+      <x:c r="GC14" s="3" t="n">
+        <x:v>57316</x:v>
+      </x:c>
+      <x:c r="GD14" s="3" t="n">
+        <x:v>51209</x:v>
+      </x:c>
+      <x:c r="GE14" s="3" t="n">
+        <x:v>56483</x:v>
+      </x:c>
+      <x:c r="GF14" s="3" t="n">
+        <x:v>61218</x:v>
+      </x:c>
+      <x:c r="GG14" s="3" t="n">
+        <x:v>59624</x:v>
+      </x:c>
+      <x:c r="GH14" s="3" t="n">
+        <x:v>54821</x:v>
+      </x:c>
+      <x:c r="GI14" s="3" t="n">
+        <x:v>57389</x:v>
+      </x:c>
+      <x:c r="GJ14" s="3" t="n">
+        <x:v>61677</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:192">
+      <x:c r="A15" s="2" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="B15" s="3" t="n">
+        <x:v>7469</x:v>
+      </x:c>
+      <x:c r="C15" s="3" t="n">
+        <x:v>11904</x:v>
+      </x:c>
+      <x:c r="D15" s="3" t="n">
+        <x:v>8498</x:v>
+      </x:c>
+      <x:c r="E15" s="3" t="n">
+        <x:v>6282</x:v>
+      </x:c>
+      <x:c r="F15" s="3" t="n">
+        <x:v>8127</x:v>
+      </x:c>
+      <x:c r="G15" s="3" t="n">
+        <x:v>10437</x:v>
+      </x:c>
+      <x:c r="H15" s="3" t="n">
+        <x:v>9565</x:v>
+      </x:c>
+      <x:c r="I15" s="3" t="n">
+        <x:v>7234</x:v>
+      </x:c>
+      <x:c r="J15" s="3" t="n">
+        <x:v>8582</x:v>
+      </x:c>
+      <x:c r="K15" s="3" t="n">
+        <x:v>10916</x:v>
+      </x:c>
+      <x:c r="L15" s="3" t="n">
+        <x:v>8333</x:v>
+      </x:c>
+      <x:c r="M15" s="3" t="n">
+        <x:v>6837</x:v>
+      </x:c>
+      <x:c r="N15" s="3" t="n">
+        <x:v>9627</x:v>
+      </x:c>
+      <x:c r="O15" s="3" t="n">
+        <x:v>11676</x:v>
+      </x:c>
+      <x:c r="P15" s="3" t="n">
+        <x:v>9547</x:v>
+      </x:c>
+      <x:c r="Q15" s="3" t="n">
+        <x:v>6528</x:v>
+      </x:c>
+      <x:c r="R15" s="3" t="n">
+        <x:v>9291</x:v>
+      </x:c>
+      <x:c r="S15" s="3" t="n">
+        <x:v>11657</x:v>
+      </x:c>
+      <x:c r="T15" s="3" t="n">
+        <x:v>9372</x:v>
+      </x:c>
+      <x:c r="U15" s="3" t="n">
+        <x:v>7272</x:v>
+      </x:c>
+      <x:c r="V15" s="3" t="n">
+        <x:v>9564</x:v>
+      </x:c>
+      <x:c r="W15" s="3" t="n">
+        <x:v>12589</x:v>
+      </x:c>
+      <x:c r="X15" s="3" t="n">
+        <x:v>10199</x:v>
+      </x:c>
+      <x:c r="Y15" s="3" t="n">
+        <x:v>7475</x:v>
+      </x:c>
+      <x:c r="Z15" s="3" t="n">
+        <x:v>9792</x:v>
+      </x:c>
+      <x:c r="AA15" s="3" t="n">
+        <x:v>12354</x:v>
+      </x:c>
+      <x:c r="AB15" s="3" t="n">
+        <x:v>9730</x:v>
+      </x:c>
+      <x:c r="AC15" s="3" t="n">
+        <x:v>7945</x:v>
+      </x:c>
+      <x:c r="AD15" s="3" t="n">
+        <x:v>9085</x:v>
+      </x:c>
+      <x:c r="AE15" s="3" t="n">
+        <x:v>12660</x:v>
+      </x:c>
+      <x:c r="AF15" s="3" t="n">
+        <x:v>9509</x:v>
+      </x:c>
+      <x:c r="AG15" s="3" t="n">
+        <x:v>5950</x:v>
+      </x:c>
+      <x:c r="AH15" s="3" t="n">
+        <x:v>7836</x:v>
+      </x:c>
+      <x:c r="AI15" s="3" t="n">
+        <x:v>13807</x:v>
+      </x:c>
+      <x:c r="AJ15" s="3" t="n">
+        <x:v>8921</x:v>
+      </x:c>
+      <x:c r="AK15" s="3" t="n">
+        <x:v>6789</x:v>
+      </x:c>
+      <x:c r="AL15" s="3" t="n">
+        <x:v>7961</x:v>
+      </x:c>
+      <x:c r="AM15" s="3" t="n">
+        <x:v>9628</x:v>
+      </x:c>
+      <x:c r="AN15" s="3" t="n">
+        <x:v>8559</x:v>
+      </x:c>
+      <x:c r="AO15" s="3" t="n">
+        <x:v>7545</x:v>
+      </x:c>
+      <x:c r="AP15" s="3" t="n">
+        <x:v>9371</x:v>
+      </x:c>
+      <x:c r="AQ15" s="3" t="n">
+        <x:v>10283</x:v>
+      </x:c>
+      <x:c r="AR15" s="3" t="n">
+        <x:v>5803</x:v>
+      </x:c>
+      <x:c r="AS15" s="3" t="n">
+        <x:v>6108</x:v>
+      </x:c>
+      <x:c r="AT15" s="3" t="n">
+        <x:v>6695</x:v>
+      </x:c>
+      <x:c r="AU15" s="3" t="n">
+        <x:v>9867</x:v>
+      </x:c>
+      <x:c r="AV15" s="3" t="n">
+        <x:v>8968</x:v>
+      </x:c>
+      <x:c r="AW15" s="3" t="n">
+        <x:v>6213</x:v>
+      </x:c>
+      <x:c r="AX15" s="3" t="n">
+        <x:v>6596</x:v>
+      </x:c>
+      <x:c r="AY15" s="3" t="n">
+        <x:v>9392</x:v>
+      </x:c>
+      <x:c r="AZ15" s="3" t="n">
+        <x:v>7727</x:v>
+      </x:c>
+      <x:c r="BA15" s="3" t="n">
+        <x:v>6089</x:v>
+      </x:c>
+      <x:c r="BB15" s="3" t="n">
+        <x:v>7237</x:v>
+      </x:c>
+      <x:c r="BC15" s="3" t="n">
+        <x:v>12670</x:v>
+      </x:c>
+      <x:c r="BD15" s="3" t="n">
+        <x:v>7428</x:v>
+      </x:c>
+      <x:c r="BE15" s="3" t="n">
+        <x:v>5564</x:v>
+      </x:c>
+      <x:c r="BF15" s="3" t="n">
+        <x:v>8792</x:v>
+      </x:c>
+      <x:c r="BG15" s="3" t="n">
+        <x:v>13237</x:v>
+      </x:c>
+      <x:c r="BH15" s="3" t="n">
+        <x:v>8650</x:v>
+      </x:c>
+      <x:c r="BI15" s="3" t="n">
+        <x:v>8059</x:v>
+      </x:c>
+      <x:c r="BJ15" s="3" t="n">
+        <x:v>10989</x:v>
+      </x:c>
+      <x:c r="BK15" s="3" t="n">
+        <x:v>12037</x:v>
+      </x:c>
+      <x:c r="BL15" s="3" t="n">
+        <x:v>9994</x:v>
+      </x:c>
+      <x:c r="BM15" s="3" t="n">
+        <x:v>9761</x:v>
+      </x:c>
+      <x:c r="BN15" s="3" t="n">
+        <x:v>10674</x:v>
+      </x:c>
+      <x:c r="BO15" s="3" t="n">
+        <x:v>15069</x:v>
+      </x:c>
+      <x:c r="BP15" s="3" t="n">
+        <x:v>12382</x:v>
+      </x:c>
+      <x:c r="BQ15" s="3" t="n">
+        <x:v>10043</x:v>
+      </x:c>
+      <x:c r="BR15" s="3" t="n">
+        <x:v>11965</x:v>
+      </x:c>
+      <x:c r="BS15" s="3" t="n">
+        <x:v>16161</x:v>
+      </x:c>
+      <x:c r="BT15" s="3" t="n">
+        <x:v>11850</x:v>
+      </x:c>
+      <x:c r="BU15" s="3" t="n">
+        <x:v>10793</x:v>
+      </x:c>
+      <x:c r="BV15" s="3" t="n">
+        <x:v>13814</x:v>
+      </x:c>
+      <x:c r="BW15" s="3" t="n">
+        <x:v>15167</x:v>
+      </x:c>
+      <x:c r="BX15" s="3" t="n">
+        <x:v>12092</x:v>
+      </x:c>
+      <x:c r="BY15" s="3" t="n">
+        <x:v>12140</x:v>
+      </x:c>
+      <x:c r="BZ15" s="3" t="n">
+        <x:v>14557</x:v>
+      </x:c>
+      <x:c r="CA15" s="3" t="n">
+        <x:v>15442</x:v>
+      </x:c>
+      <x:c r="CB15" s="3" t="n">
+        <x:v>13580</x:v>
+      </x:c>
+      <x:c r="CC15" s="3" t="n">
+        <x:v>13460</x:v>
+      </x:c>
+      <x:c r="CD15" s="3" t="n">
+        <x:v>17527</x:v>
+      </x:c>
+      <x:c r="CE15" s="3" t="n">
+        <x:v>15446</x:v>
+      </x:c>
+      <x:c r="CF15" s="3" t="n">
+        <x:v>12682</x:v>
+      </x:c>
+      <x:c r="CG15" s="3" t="n">
+        <x:v>15310</x:v>
+      </x:c>
+      <x:c r="CH15" s="3" t="n">
+        <x:v>19495</x:v>
+      </x:c>
+      <x:c r="CI15" s="3" t="n">
+        <x:v>13411</x:v>
+      </x:c>
+      <x:c r="CJ15" s="3" t="n">
+        <x:v>10984</x:v>
+      </x:c>
+      <x:c r="CK15" s="3" t="n">
+        <x:v>16170</x:v>
+      </x:c>
+      <x:c r="CL15" s="3" t="n">
+        <x:v>19428</x:v>
+      </x:c>
+      <x:c r="CM15" s="3" t="n">
+        <x:v>14219</x:v>
+      </x:c>
+      <x:c r="CN15" s="3" t="n">
+        <x:v>11503</x:v>
+      </x:c>
+      <x:c r="CO15" s="3" t="n">
+        <x:v>14344</x:v>
+      </x:c>
+      <x:c r="CP15" s="3" t="n">
+        <x:v>19910</x:v>
+      </x:c>
+      <x:c r="CQ15" s="3" t="n">
+        <x:v>15553</x:v>
+      </x:c>
+      <x:c r="CR15" s="3" t="n">
+        <x:v>12480</x:v>
+      </x:c>
+      <x:c r="CS15" s="3" t="n">
+        <x:v>13590</x:v>
+      </x:c>
+      <x:c r="CT15" s="3" t="n">
+        <x:v>18486</x:v>
+      </x:c>
+      <x:c r="CU15" s="3" t="n">
+        <x:v>16044</x:v>
+      </x:c>
+      <x:c r="CV15" s="3" t="n">
+        <x:v>13352</x:v>
+      </x:c>
+      <x:c r="CW15" s="3" t="n">
+        <x:v>14718</x:v>
+      </x:c>
+      <x:c r="CX15" s="3" t="n">
+        <x:v>16112</x:v>
+      </x:c>
+      <x:c r="CY15" s="3" t="n">
+        <x:v>12690</x:v>
+      </x:c>
+      <x:c r="CZ15" s="3" t="n">
+        <x:v>12112</x:v>
+      </x:c>
+      <x:c r="DA15" s="3" t="n">
+        <x:v>15671</x:v>
+      </x:c>
+      <x:c r="DB15" s="3" t="n">
+        <x:v>17191</x:v>
+      </x:c>
+      <x:c r="DC15" s="3" t="n">
+        <x:v>14957</x:v>
+      </x:c>
+      <x:c r="DD15" s="3" t="n">
+        <x:v>13120</x:v>
+      </x:c>
+      <x:c r="DE15" s="3" t="n">
+        <x:v>15555</x:v>
+      </x:c>
+      <x:c r="DF15" s="3" t="n">
+        <x:v>17586</x:v>
+      </x:c>
+      <x:c r="DG15" s="3" t="n">
+        <x:v>14374</x:v>
+      </x:c>
+      <x:c r="DH15" s="3" t="n">
+        <x:v>12546</x:v>
+      </x:c>
+      <x:c r="DI15" s="3" t="n">
+        <x:v>17101</x:v>
+      </x:c>
+      <x:c r="DJ15" s="3" t="n">
+        <x:v>18993</x:v>
+      </x:c>
+      <x:c r="DK15" s="3" t="n">
+        <x:v>14074</x:v>
+      </x:c>
+      <x:c r="DL15" s="3" t="n">
+        <x:v>13390</x:v>
+      </x:c>
+      <x:c r="DM15" s="3" t="n">
+        <x:v>21294</x:v>
+      </x:c>
+      <x:c r="DN15" s="3" t="n">
+        <x:v>21323</x:v>
+      </x:c>
+      <x:c r="DO15" s="3" t="n">
+        <x:v>17162</x:v>
+      </x:c>
+      <x:c r="DP15" s="3" t="n">
+        <x:v>15767</x:v>
+      </x:c>
+      <x:c r="DQ15" s="3" t="n">
+        <x:v>22632</x:v>
+      </x:c>
+      <x:c r="DR15" s="3" t="n">
+        <x:v>21335</x:v>
+      </x:c>
+      <x:c r="DS15" s="3" t="n">
+        <x:v>17085</x:v>
+      </x:c>
+      <x:c r="DT15" s="3" t="n">
+        <x:v>14914</x:v>
+      </x:c>
+      <x:c r="DU15" s="3" t="n">
+        <x:v>22534</x:v>
+      </x:c>
+      <x:c r="DV15" s="3" t="n">
+        <x:v>20039</x:v>
+      </x:c>
+      <x:c r="DW15" s="3" t="n">
+        <x:v>14717</x:v>
+      </x:c>
+      <x:c r="DX15" s="3" t="n">
+        <x:v>17402</x:v>
+      </x:c>
+      <x:c r="DY15" s="3" t="n">
+        <x:v>22579</x:v>
+      </x:c>
+      <x:c r="DZ15" s="3" t="n">
+        <x:v>20712</x:v>
+      </x:c>
+      <x:c r="EA15" s="3" t="n">
+        <x:v>16136</x:v>
+      </x:c>
+      <x:c r="EB15" s="3" t="n">
+        <x:v>15981</x:v>
+      </x:c>
+      <x:c r="EC15" s="3" t="n">
+        <x:v>18756</x:v>
+      </x:c>
+      <x:c r="ED15" s="3" t="n">
+        <x:v>19386</x:v>
+      </x:c>
+      <x:c r="EE15" s="3" t="n">
+        <x:v>16534</x:v>
+      </x:c>
+      <x:c r="EF15" s="3" t="n">
+        <x:v>17144</x:v>
+      </x:c>
+      <x:c r="EG15" s="3" t="n">
+        <x:v>20514</x:v>
+      </x:c>
+      <x:c r="EH15" s="3" t="n">
+        <x:v>19545</x:v>
+      </x:c>
+      <x:c r="EI15" s="3" t="n">
+        <x:v>17891</x:v>
+      </x:c>
+      <x:c r="EJ15" s="3" t="n">
+        <x:v>18236</x:v>
+      </x:c>
+      <x:c r="EK15" s="3" t="n">
+        <x:v>22341</x:v>
+      </x:c>
+      <x:c r="EL15" s="3" t="n">
+        <x:v>20100</x:v>
+      </x:c>
+      <x:c r="EM15" s="3" t="n">
+        <x:v>16302</x:v>
+      </x:c>
+      <x:c r="EN15" s="3" t="n">
+        <x:v>17810</x:v>
+      </x:c>
+      <x:c r="EO15" s="3" t="n">
+        <x:v>22085</x:v>
+      </x:c>
+      <x:c r="EP15" s="3" t="n">
+        <x:v>20329</x:v>
+      </x:c>
+      <x:c r="EQ15" s="3" t="n">
+        <x:v>20575</x:v>
+      </x:c>
+      <x:c r="ER15" s="3" t="n">
+        <x:v>21981</x:v>
+      </x:c>
+      <x:c r="ES15" s="3" t="n">
+        <x:v>24302</x:v>
+      </x:c>
+      <x:c r="ET15" s="3" t="n">
+        <x:v>22075</x:v>
+      </x:c>
+      <x:c r="EU15" s="3" t="n">
+        <x:v>22107</x:v>
+      </x:c>
+      <x:c r="EV15" s="3" t="n">
+        <x:v>22272</x:v>
+      </x:c>
+      <x:c r="EW15" s="3" t="n">
+        <x:v>25140</x:v>
+      </x:c>
+      <x:c r="EX15" s="3" t="n">
+        <x:v>26946</x:v>
+      </x:c>
+      <x:c r="EY15" s="3" t="n">
+        <x:v>25048</x:v>
+      </x:c>
+      <x:c r="EZ15" s="3" t="n">
+        <x:v>26272</x:v>
+      </x:c>
+      <x:c r="FA15" s="3" t="n">
+        <x:v>26795</x:v>
+      </x:c>
+      <x:c r="FB15" s="3" t="n">
+        <x:v>27655</x:v>
+      </x:c>
+      <x:c r="FC15" s="3" t="n">
+        <x:v>21960</x:v>
+      </x:c>
+      <x:c r="FD15" s="3" t="n">
+        <x:v>25380</x:v>
+      </x:c>
+      <x:c r="FE15" s="3" t="n">
+        <x:v>31058</x:v>
+      </x:c>
+      <x:c r="FF15" s="3" t="n">
+        <x:v>27809</x:v>
+      </x:c>
+      <x:c r="FG15" s="3" t="n">
+        <x:v>26327</x:v>
+      </x:c>
+      <x:c r="FH15" s="3" t="n">
+        <x:v>27958</x:v>
+      </x:c>
+      <x:c r="FI15" s="3" t="n">
+        <x:v>32541</x:v>
+      </x:c>
+      <x:c r="FJ15" s="3" t="n">
+        <x:v>28657</x:v>
+      </x:c>
+      <x:c r="FK15" s="3" t="n">
+        <x:v>26761</x:v>
+      </x:c>
+      <x:c r="FL15" s="3" t="n">
+        <x:v>29254</x:v>
+      </x:c>
+      <x:c r="FM15" s="3" t="n">
+        <x:v>33021</x:v>
+      </x:c>
+      <x:c r="FN15" s="3" t="n">
+        <x:v>34360</x:v>
+      </x:c>
+      <x:c r="FO15" s="3" t="n">
+        <x:v>24709</x:v>
+      </x:c>
+      <x:c r="FP15" s="3" t="n">
+        <x:v>26733</x:v>
+      </x:c>
+      <x:c r="FQ15" s="3" t="n">
+        <x:v>31692</x:v>
+      </x:c>
+      <x:c r="FR15" s="3" t="n">
+        <x:v>32158</x:v>
+      </x:c>
+      <x:c r="FS15" s="3" t="n">
+        <x:v>28295</x:v>
+      </x:c>
+      <x:c r="FT15" s="3" t="n">
+        <x:v>33742</x:v>
+      </x:c>
+      <x:c r="FU15" s="3" t="n">
+        <x:v>33345</x:v>
+      </x:c>
+      <x:c r="FV15" s="3" t="n">
+        <x:v>29335</x:v>
+      </x:c>
+      <x:c r="FW15" s="3" t="n">
+        <x:v>26727</x:v>
+      </x:c>
+      <x:c r="FX15" s="3" t="n">
+        <x:v>36651</x:v>
+      </x:c>
+      <x:c r="FY15" s="3" t="n">
+        <x:v>37407</x:v>
+      </x:c>
+      <x:c r="FZ15" s="3" t="n">
+        <x:v>30274</x:v>
+      </x:c>
+      <x:c r="GA15" s="3" t="n">
+        <x:v>28643</x:v>
+      </x:c>
+      <x:c r="GB15" s="3" t="n">
+        <x:v>36341</x:v>
+      </x:c>
+      <x:c r="GC15" s="3" t="n">
+        <x:v>38679</x:v>
+      </x:c>
+      <x:c r="GD15" s="3" t="n">
+        <x:v>31182</x:v>
+      </x:c>
+      <x:c r="GE15" s="3" t="n">
+        <x:v>28799</x:v>
+      </x:c>
+      <x:c r="GF15" s="3" t="n">
+        <x:v>38773</x:v>
+      </x:c>
+      <x:c r="GG15" s="3" t="n">
+        <x:v>38637</x:v>
+      </x:c>
+      <x:c r="GH15" s="3" t="n">
+        <x:v>31534</x:v>
+      </x:c>
+      <x:c r="GI15" s="3" t="n">
+        <x:v>32328</x:v>
+      </x:c>
+      <x:c r="GJ15" s="3" t="n">
+        <x:v>38841</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:192">
+      <x:c r="A16" s="2" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="B16" s="3" t="n">
+        <x:v>4028</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="n">
+        <x:v>3915</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="n">
+        <x:v>3035</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="n">
+        <x:v>3875</x:v>
+      </x:c>
+      <x:c r="F16" s="3" t="n">
+        <x:v>4252</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="n">
+        <x:v>3629</x:v>
+      </x:c>
+      <x:c r="H16" s="3" t="n">
+        <x:v>3372</x:v>
+      </x:c>
+      <x:c r="I16" s="3" t="n">
+        <x:v>4131</x:v>
+      </x:c>
+      <x:c r="J16" s="3" t="n">
+        <x:v>4425</x:v>
+      </x:c>
+      <x:c r="K16" s="3" t="n">
+        <x:v>3917</x:v>
+      </x:c>
+      <x:c r="L16" s="3" t="n">
+        <x:v>3389</x:v>
+      </x:c>
+      <x:c r="M16" s="3" t="n">
+        <x:v>4063</x:v>
+      </x:c>
+      <x:c r="N16" s="3" t="n">
+        <x:v>4247</x:v>
+      </x:c>
+      <x:c r="O16" s="3" t="n">
+        <x:v>3725</x:v>
+      </x:c>
+      <x:c r="P16" s="3" t="n">
+        <x:v>3175</x:v>
+      </x:c>
+      <x:c r="Q16" s="3" t="n">
+        <x:v>3765</x:v>
+      </x:c>
+      <x:c r="R16" s="3" t="n">
+        <x:v>4097</x:v>
+      </x:c>
+      <x:c r="S16" s="3" t="n">
+        <x:v>3449</x:v>
+      </x:c>
+      <x:c r="T16" s="3" t="n">
+        <x:v>2959</x:v>
+      </x:c>
+      <x:c r="U16" s="3" t="n">
+        <x:v>3331</x:v>
+      </x:c>
+      <x:c r="V16" s="3" t="n">
+        <x:v>3440</x:v>
+      </x:c>
+      <x:c r="W16" s="3" t="n">
+        <x:v>3235</x:v>
+      </x:c>
+      <x:c r="X16" s="3" t="n">
+        <x:v>2625</x:v>
+      </x:c>
+      <x:c r="Y16" s="3" t="n">
+        <x:v>3201</x:v>
+      </x:c>
+      <x:c r="Z16" s="3" t="n">
+        <x:v>3699</x:v>
+      </x:c>
+      <x:c r="AA16" s="3" t="n">
+        <x:v>3220</x:v>
+      </x:c>
+      <x:c r="AB16" s="3" t="n">
+        <x:v>2865</x:v>
+      </x:c>
+      <x:c r="AC16" s="3" t="n">
+        <x:v>3450</x:v>
+      </x:c>
+      <x:c r="AD16" s="3" t="n">
+        <x:v>3688</x:v>
+      </x:c>
+      <x:c r="AE16" s="3" t="n">
+        <x:v>3331</x:v>
+      </x:c>
+      <x:c r="AF16" s="3" t="n">
+        <x:v>2934</x:v>
+      </x:c>
+      <x:c r="AG16" s="3" t="n">
+        <x:v>3613</x:v>
+      </x:c>
+      <x:c r="AH16" s="3" t="n">
+        <x:v>3487</x:v>
+      </x:c>
+      <x:c r="AI16" s="3" t="n">
+        <x:v>3528</x:v>
+      </x:c>
+      <x:c r="AJ16" s="3" t="n">
+        <x:v>3039</x:v>
+      </x:c>
+      <x:c r="AK16" s="3" t="n">
+        <x:v>3511</x:v>
+      </x:c>
+      <x:c r="AL16" s="3" t="n">
+        <x:v>3612</x:v>
+      </x:c>
+      <x:c r="AM16" s="3" t="n">
+        <x:v>3253</x:v>
+      </x:c>
+      <x:c r="AN16" s="3" t="n">
+        <x:v>2806</x:v>
+      </x:c>
+      <x:c r="AO16" s="3" t="n">
+        <x:v>3255</x:v>
+      </x:c>
+      <x:c r="AP16" s="3" t="n">
+        <x:v>3329</x:v>
+      </x:c>
+      <x:c r="AQ16" s="3" t="n">
+        <x:v>3079</x:v>
+      </x:c>
+      <x:c r="AR16" s="3" t="n">
+        <x:v>2332</x:v>
+      </x:c>
+      <x:c r="AS16" s="3" t="n">
+        <x:v>2829</x:v>
+      </x:c>
+      <x:c r="AT16" s="3" t="n">
+        <x:v>2651</x:v>
+      </x:c>
+      <x:c r="AU16" s="3" t="n">
+        <x:v>2712</x:v>
+      </x:c>
+      <x:c r="AV16" s="3" t="n">
+        <x:v>2144</x:v>
+      </x:c>
+      <x:c r="AW16" s="3" t="n">
+        <x:v>2709</x:v>
+      </x:c>
+      <x:c r="AX16" s="3" t="n">
+        <x:v>2916</x:v>
+      </x:c>
+      <x:c r="AY16" s="3" t="n">
+        <x:v>2670</x:v>
+      </x:c>
+      <x:c r="AZ16" s="3" t="n">
+        <x:v>2302</x:v>
+      </x:c>
+      <x:c r="BA16" s="3" t="n">
+        <x:v>2822</x:v>
+      </x:c>
+      <x:c r="BB16" s="3" t="n">
+        <x:v>2780</x:v>
+      </x:c>
+      <x:c r="BC16" s="3" t="n">
+        <x:v>2912</x:v>
+      </x:c>
+      <x:c r="BD16" s="3" t="n">
+        <x:v>2354</x:v>
+      </x:c>
+      <x:c r="BE16" s="3" t="n">
+        <x:v>2853</x:v>
+      </x:c>
+      <x:c r="BF16" s="3" t="n">
+        <x:v>3158</x:v>
+      </x:c>
+      <x:c r="BG16" s="3" t="n">
+        <x:v>2976</x:v>
+      </x:c>
+      <x:c r="BH16" s="3" t="n">
+        <x:v>2487</x:v>
+      </x:c>
+      <x:c r="BI16" s="3" t="n">
+        <x:v>2943</x:v>
+      </x:c>
+      <x:c r="BJ16" s="3" t="n">
+        <x:v>3140</x:v>
+      </x:c>
+      <x:c r="BK16" s="3" t="n">
+        <x:v>2877</x:v>
+      </x:c>
+      <x:c r="BL16" s="3" t="n">
+        <x:v>2532</x:v>
+      </x:c>
+      <x:c r="BM16" s="3" t="n">
+        <x:v>3169</x:v>
+      </x:c>
+      <x:c r="BN16" s="3" t="n">
+        <x:v>3126</x:v>
+      </x:c>
+      <x:c r="BO16" s="3" t="n">
+        <x:v>3218</x:v>
+      </x:c>
+      <x:c r="BP16" s="3" t="n">
+        <x:v>2744</x:v>
+      </x:c>
+      <x:c r="BQ16" s="3" t="n">
+        <x:v>3478</x:v>
+      </x:c>
+      <x:c r="BR16" s="3" t="n">
+        <x:v>3397</x:v>
+      </x:c>
+      <x:c r="BS16" s="3" t="n">
+        <x:v>3021</x:v>
+      </x:c>
+      <x:c r="BT16" s="3" t="n">
+        <x:v>2522</x:v>
+      </x:c>
+      <x:c r="BU16" s="3" t="n">
+        <x:v>2834</x:v>
+      </x:c>
+      <x:c r="BV16" s="3" t="n">
+        <x:v>3219</x:v>
+      </x:c>
+      <x:c r="BW16" s="3" t="n">
+        <x:v>3043</x:v>
+      </x:c>
+      <x:c r="BX16" s="3" t="n">
+        <x:v>2864</x:v>
+      </x:c>
+      <x:c r="BY16" s="3" t="n">
+        <x:v>3399</x:v>
+      </x:c>
+      <x:c r="BZ16" s="3" t="n">
+        <x:v>3217</x:v>
+      </x:c>
+      <x:c r="CA16" s="3" t="n">
+        <x:v>3635</x:v>
+      </x:c>
+      <x:c r="CB16" s="3" t="n">
+        <x:v>2782</x:v>
+      </x:c>
+      <x:c r="CC16" s="3" t="n">
+        <x:v>3215</x:v>
+      </x:c>
+      <x:c r="CD16" s="3" t="n">
+        <x:v>3383</x:v>
+      </x:c>
+      <x:c r="CE16" s="3" t="n">
+        <x:v>3305</x:v>
+      </x:c>
+      <x:c r="CF16" s="3" t="n">
+        <x:v>2761</x:v>
+      </x:c>
+      <x:c r="CG16" s="3" t="n">
+        <x:v>3348</x:v>
+      </x:c>
+      <x:c r="CH16" s="3" t="n">
+        <x:v>3248</x:v>
+      </x:c>
+      <x:c r="CI16" s="3" t="n">
+        <x:v>2952</x:v>
+      </x:c>
+      <x:c r="CJ16" s="3" t="n">
+        <x:v>2324</x:v>
+      </x:c>
+      <x:c r="CK16" s="3" t="n">
+        <x:v>2803</x:v>
+      </x:c>
+      <x:c r="CL16" s="3" t="n">
+        <x:v>3351</x:v>
+      </x:c>
+      <x:c r="CM16" s="3" t="n">
+        <x:v>2773</x:v>
+      </x:c>
+      <x:c r="CN16" s="3" t="n">
+        <x:v>2451</x:v>
+      </x:c>
+      <x:c r="CO16" s="3" t="n">
+        <x:v>2965</x:v>
+      </x:c>
+      <x:c r="CP16" s="3" t="n">
+        <x:v>3233</x:v>
+      </x:c>
+      <x:c r="CQ16" s="3" t="n">
+        <x:v>2747</x:v>
+      </x:c>
+      <x:c r="CR16" s="3" t="n">
+        <x:v>2427</x:v>
+      </x:c>
+      <x:c r="CS16" s="3" t="n">
+        <x:v>3119</x:v>
+      </x:c>
+      <x:c r="CT16" s="3" t="n">
+        <x:v>2902</x:v>
+      </x:c>
+      <x:c r="CU16" s="3" t="n">
+        <x:v>2922</x:v>
+      </x:c>
+      <x:c r="CV16" s="3" t="n">
+        <x:v>2346</x:v>
+      </x:c>
+      <x:c r="CW16" s="3" t="n">
+        <x:v>2657</x:v>
+      </x:c>
+      <x:c r="CX16" s="3" t="n">
+        <x:v>3182</x:v>
+      </x:c>
+      <x:c r="CY16" s="3" t="n">
+        <x:v>2557</x:v>
+      </x:c>
+      <x:c r="CZ16" s="3" t="n">
+        <x:v>2275</x:v>
+      </x:c>
+      <x:c r="DA16" s="3" t="n">
+        <x:v>2634</x:v>
+      </x:c>
+      <x:c r="DB16" s="3" t="n">
+        <x:v>2682</x:v>
+      </x:c>
+      <x:c r="DC16" s="3" t="n">
+        <x:v>2474</x:v>
+      </x:c>
+      <x:c r="DD16" s="3" t="n">
+        <x:v>2272</x:v>
+      </x:c>
+      <x:c r="DE16" s="3" t="n">
+        <x:v>2766</x:v>
+      </x:c>
+      <x:c r="DF16" s="3" t="n">
+        <x:v>2897</x:v>
+      </x:c>
+      <x:c r="DG16" s="3" t="n">
+        <x:v>2822</x:v>
+      </x:c>
+      <x:c r="DH16" s="3" t="n">
+        <x:v>2430</x:v>
+      </x:c>
+      <x:c r="DI16" s="3" t="n">
+        <x:v>3160</x:v>
+      </x:c>
+      <x:c r="DJ16" s="3" t="n">
+        <x:v>3336</x:v>
+      </x:c>
+      <x:c r="DK16" s="3" t="n">
+        <x:v>3009</x:v>
+      </x:c>
+      <x:c r="DL16" s="3" t="n">
+        <x:v>2791</x:v>
+      </x:c>
+      <x:c r="DM16" s="3" t="n">
+        <x:v>3311</x:v>
+      </x:c>
+      <x:c r="DN16" s="3" t="n">
+        <x:v>3778</x:v>
+      </x:c>
+      <x:c r="DO16" s="3" t="n">
+        <x:v>3429</x:v>
+      </x:c>
+      <x:c r="DP16" s="3" t="n">
+        <x:v>2849</x:v>
+      </x:c>
+      <x:c r="DQ16" s="3" t="n">
+        <x:v>3113</x:v>
+      </x:c>
+      <x:c r="DR16" s="3" t="n">
+        <x:v>3676</x:v>
+      </x:c>
+      <x:c r="DS16" s="3" t="n">
+        <x:v>3229</x:v>
+      </x:c>
+      <x:c r="DT16" s="3" t="n">
+        <x:v>3022</x:v>
+      </x:c>
+      <x:c r="DU16" s="3" t="n">
+        <x:v>3236</x:v>
+      </x:c>
+      <x:c r="DV16" s="3" t="n">
+        <x:v>2990</x:v>
+      </x:c>
+      <x:c r="DW16" s="3" t="n">
+        <x:v>2574</x:v>
+      </x:c>
+      <x:c r="DX16" s="3" t="n">
+        <x:v>2333</x:v>
+      </x:c>
+      <x:c r="DY16" s="3" t="n">
+        <x:v>2582</x:v>
+      </x:c>
+      <x:c r="DZ16" s="3" t="n">
+        <x:v>3049</x:v>
+      </x:c>
+      <x:c r="EA16" s="3" t="n">
+        <x:v>2587</x:v>
+      </x:c>
+      <x:c r="EB16" s="3" t="n">
+        <x:v>2447</x:v>
+      </x:c>
+      <x:c r="EC16" s="3" t="n">
+        <x:v>2823</x:v>
+      </x:c>
+      <x:c r="ED16" s="3" t="n">
+        <x:v>3322</x:v>
+      </x:c>
+      <x:c r="EE16" s="3" t="n">
+        <x:v>3008</x:v>
+      </x:c>
+      <x:c r="EF16" s="3" t="n">
+        <x:v>2730</x:v>
+      </x:c>
+      <x:c r="EG16" s="3" t="n">
+        <x:v>3246</x:v>
+      </x:c>
+      <x:c r="EH16" s="3" t="n">
+        <x:v>3199</x:v>
+      </x:c>
+      <x:c r="EI16" s="3" t="n">
+        <x:v>2880</x:v>
+      </x:c>
+      <x:c r="EJ16" s="3" t="n">
+        <x:v>2496</x:v>
+      </x:c>
+      <x:c r="EK16" s="3" t="n">
+        <x:v>2736</x:v>
+      </x:c>
+      <x:c r="EL16" s="3" t="n">
+        <x:v>2750</x:v>
+      </x:c>
+      <x:c r="EM16" s="3" t="n">
+        <x:v>2880</x:v>
+      </x:c>
+      <x:c r="EN16" s="3" t="n">
+        <x:v>2514</x:v>
+      </x:c>
+      <x:c r="EO16" s="3" t="n">
+        <x:v>2789</x:v>
+      </x:c>
+      <x:c r="EP16" s="3" t="n">
+        <x:v>2938</x:v>
+      </x:c>
+      <x:c r="EQ16" s="3" t="n">
+        <x:v>2779</x:v>
+      </x:c>
+      <x:c r="ER16" s="3" t="n">
+        <x:v>2649</x:v>
+      </x:c>
+      <x:c r="ES16" s="3" t="n">
+        <x:v>3024</x:v>
+      </x:c>
+      <x:c r="ET16" s="3" t="n">
+        <x:v>2977</x:v>
+      </x:c>
+      <x:c r="EU16" s="3" t="n">
+        <x:v>2806</x:v>
+      </x:c>
+      <x:c r="EV16" s="3" t="n">
+        <x:v>2475</x:v>
+      </x:c>
+      <x:c r="EW16" s="3" t="n">
+        <x:v>2880</x:v>
+      </x:c>
+      <x:c r="EX16" s="3" t="n">
+        <x:v>2760</x:v>
+      </x:c>
+      <x:c r="EY16" s="3" t="n">
+        <x:v>3023</x:v>
+      </x:c>
+      <x:c r="EZ16" s="3" t="n">
+        <x:v>2710</x:v>
+      </x:c>
+      <x:c r="FA16" s="3" t="n">
+        <x:v>3360</x:v>
+      </x:c>
+      <x:c r="FB16" s="3" t="n">
+        <x:v>3252</x:v>
+      </x:c>
+      <x:c r="FC16" s="3" t="n">
+        <x:v>3211</x:v>
+      </x:c>
+      <x:c r="FD16" s="3" t="n">
+        <x:v>2815</x:v>
+      </x:c>
+      <x:c r="FE16" s="3" t="n">
+        <x:v>3390</x:v>
+      </x:c>
+      <x:c r="FF16" s="3" t="n">
+        <x:v>3120</x:v>
+      </x:c>
+      <x:c r="FG16" s="3" t="n">
+        <x:v>3044</x:v>
+      </x:c>
+      <x:c r="FH16" s="3" t="n">
+        <x:v>2577</x:v>
+      </x:c>
+      <x:c r="FI16" s="3" t="n">
+        <x:v>2961</x:v>
+      </x:c>
+      <x:c r="FJ16" s="3" t="n">
+        <x:v>2756</x:v>
+      </x:c>
+      <x:c r="FK16" s="3" t="n">
+        <x:v>2678</x:v>
+      </x:c>
+      <x:c r="FL16" s="3" t="n">
+        <x:v>2638</x:v>
+      </x:c>
+      <x:c r="FM16" s="3" t="n">
+        <x:v>3125</x:v>
+      </x:c>
+      <x:c r="FN16" s="3" t="n">
+        <x:v>2958</x:v>
+      </x:c>
+      <x:c r="FO16" s="3" t="n">
+        <x:v>3156</x:v>
+      </x:c>
+      <x:c r="FP16" s="3" t="n">
+        <x:v>3195</x:v>
+      </x:c>
+      <x:c r="FQ16" s="3" t="n">
+        <x:v>3674</x:v>
+      </x:c>
+      <x:c r="FR16" s="3" t="n">
+        <x:v>3396</x:v>
+      </x:c>
+      <x:c r="FS16" s="3" t="n">
+        <x:v>3409</x:v>
+      </x:c>
+      <x:c r="FT16" s="3" t="n">
+        <x:v>3010</x:v>
+      </x:c>
+      <x:c r="FU16" s="3" t="n">
+        <x:v>3296</x:v>
+      </x:c>
+      <x:c r="FV16" s="3" t="n">
+        <x:v>3233</x:v>
+      </x:c>
+      <x:c r="FW16" s="3" t="n">
+        <x:v>3068</x:v>
+      </x:c>
+      <x:c r="FX16" s="3" t="n">
+        <x:v>2559</x:v>
+      </x:c>
+      <x:c r="FY16" s="3" t="n">
+        <x:v>2881</x:v>
+      </x:c>
+      <x:c r="FZ16" s="3" t="n">
+        <x:v>2874</x:v>
+      </x:c>
+      <x:c r="GA16" s="3" t="n">
+        <x:v>2686</x:v>
+      </x:c>
+      <x:c r="GB16" s="3" t="n">
+        <x:v>2406</x:v>
+      </x:c>
+      <x:c r="GC16" s="3" t="n">
+        <x:v>2725</x:v>
+      </x:c>
+      <x:c r="GD16" s="3" t="n">
+        <x:v>2782</x:v>
+      </x:c>
+      <x:c r="GE16" s="3" t="n">
+        <x:v>2796</x:v>
+      </x:c>
+      <x:c r="GF16" s="3" t="n">
+        <x:v>2514</x:v>
+      </x:c>
+      <x:c r="GG16" s="3" t="n">
+        <x:v>2768</x:v>
+      </x:c>
+      <x:c r="GH16" s="3" t="n">
+        <x:v>2804</x:v>
+      </x:c>
+      <x:c r="GI16" s="3" t="n">
+        <x:v>2739</x:v>
+      </x:c>
+      <x:c r="GJ16" s="3" t="n">
+        <x:v>2571</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:192">
+      <x:c r="A17" s="2" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="B17" s="3" t="n">
+        <x:v>10354</x:v>
+      </x:c>
+      <x:c r="C17" s="3" t="n">
+        <x:v>11729</x:v>
+      </x:c>
+      <x:c r="D17" s="3" t="n">
+        <x:v>9670</x:v>
+      </x:c>
+      <x:c r="E17" s="3" t="n">
+        <x:v>11226</x:v>
+      </x:c>
+      <x:c r="F17" s="3" t="n">
+        <x:v>10804</x:v>
+      </x:c>
+      <x:c r="G17" s="3" t="n">
+        <x:v>10597</x:v>
+      </x:c>
+      <x:c r="H17" s="3" t="n">
+        <x:v>9813</x:v>
+      </x:c>
+      <x:c r="I17" s="3" t="n">
+        <x:v>11395</x:v>
+      </x:c>
+      <x:c r="J17" s="3" t="n">
+        <x:v>11008</x:v>
+      </x:c>
+      <x:c r="K17" s="3" t="n">
+        <x:v>11154</x:v>
+      </x:c>
+      <x:c r="L17" s="3" t="n">
+        <x:v>9518</x:v>
+      </x:c>
+      <x:c r="M17" s="3" t="n">
+        <x:v>11081</x:v>
+      </x:c>
+      <x:c r="N17" s="3" t="n">
+        <x:v>11452</x:v>
+      </x:c>
+      <x:c r="O17" s="3" t="n">
+        <x:v>10894</x:v>
+      </x:c>
+      <x:c r="P17" s="3" t="n">
+        <x:v>9890</x:v>
+      </x:c>
+      <x:c r="Q17" s="3" t="n">
+        <x:v>11244</x:v>
+      </x:c>
+      <x:c r="R17" s="3" t="n">
+        <x:v>11146</x:v>
+      </x:c>
+      <x:c r="S17" s="3" t="n">
+        <x:v>10740</x:v>
+      </x:c>
+      <x:c r="T17" s="3" t="n">
+        <x:v>9620</x:v>
+      </x:c>
+      <x:c r="U17" s="3" t="n">
+        <x:v>11478</x:v>
+      </x:c>
+      <x:c r="V17" s="3" t="n">
+        <x:v>10016</x:v>
+      </x:c>
+      <x:c r="W17" s="3" t="n">
+        <x:v>9930</x:v>
+      </x:c>
+      <x:c r="X17" s="3" t="n">
+        <x:v>8656</x:v>
+      </x:c>
+      <x:c r="Y17" s="3" t="n">
+        <x:v>10729</x:v>
+      </x:c>
+      <x:c r="Z17" s="3" t="n">
+        <x:v>9932</x:v>
+      </x:c>
+      <x:c r="AA17" s="3" t="n">
+        <x:v>9159</x:v>
+      </x:c>
+      <x:c r="AB17" s="3" t="n">
+        <x:v>8758</x:v>
+      </x:c>
+      <x:c r="AC17" s="3" t="n">
+        <x:v>10654</x:v>
+      </x:c>
+      <x:c r="AD17" s="3" t="n">
+        <x:v>10365</x:v>
+      </x:c>
+      <x:c r="AE17" s="3" t="n">
+        <x:v>9566</x:v>
+      </x:c>
+      <x:c r="AF17" s="3" t="n">
+        <x:v>9085</x:v>
+      </x:c>
+      <x:c r="AG17" s="3" t="n">
+        <x:v>10824</x:v>
+      </x:c>
+      <x:c r="AH17" s="3" t="n">
+        <x:v>9924</x:v>
+      </x:c>
+      <x:c r="AI17" s="3" t="n">
+        <x:v>10755</x:v>
+      </x:c>
+      <x:c r="AJ17" s="3" t="n">
+        <x:v>10095</x:v>
+      </x:c>
+      <x:c r="AK17" s="3" t="n">
+        <x:v>11374</x:v>
+      </x:c>
+      <x:c r="AL17" s="3" t="n">
+        <x:v>11523</x:v>
+      </x:c>
+      <x:c r="AM17" s="3" t="n">
+        <x:v>10688</x:v>
+      </x:c>
+      <x:c r="AN17" s="3" t="n">
+        <x:v>10237</x:v>
+      </x:c>
+      <x:c r="AO17" s="3" t="n">
+        <x:v>11564</x:v>
+      </x:c>
+      <x:c r="AP17" s="3" t="n">
+        <x:v>10498</x:v>
+      </x:c>
+      <x:c r="AQ17" s="3" t="n">
+        <x:v>10292</x:v>
+      </x:c>
+      <x:c r="AR17" s="3" t="n">
+        <x:v>8807</x:v>
+      </x:c>
+      <x:c r="AS17" s="3" t="n">
+        <x:v>10134</x:v>
+      </x:c>
+      <x:c r="AT17" s="3" t="n">
+        <x:v>9262</x:v>
+      </x:c>
+      <x:c r="AU17" s="3" t="n">
+        <x:v>9390</x:v>
+      </x:c>
+      <x:c r="AV17" s="3" t="n">
+        <x:v>8144</x:v>
+      </x:c>
+      <x:c r="AW17" s="3" t="n">
+        <x:v>9984</x:v>
+      </x:c>
+      <x:c r="AX17" s="3" t="n">
+        <x:v>9665</x:v>
+      </x:c>
+      <x:c r="AY17" s="3" t="n">
+        <x:v>8577</x:v>
+      </x:c>
+      <x:c r="AZ17" s="3" t="n">
+        <x:v>7833</x:v>
+      </x:c>
+      <x:c r="BA17" s="3" t="n">
+        <x:v>9137</x:v>
+      </x:c>
+      <x:c r="BB17" s="3" t="n">
+        <x:v>7840</x:v>
+      </x:c>
+      <x:c r="BC17" s="3" t="n">
+        <x:v>8477</x:v>
+      </x:c>
+      <x:c r="BD17" s="3" t="n">
+        <x:v>7271</x:v>
+      </x:c>
+      <x:c r="BE17" s="3" t="n">
+        <x:v>8621</x:v>
+      </x:c>
+      <x:c r="BF17" s="3" t="n">
+        <x:v>7573</x:v>
+      </x:c>
+      <x:c r="BG17" s="3" t="n">
+        <x:v>7186</x:v>
+      </x:c>
+      <x:c r="BH17" s="3" t="n">
+        <x:v>6634</x:v>
+      </x:c>
+      <x:c r="BI17" s="3" t="n">
+        <x:v>7567</x:v>
+      </x:c>
+      <x:c r="BJ17" s="3" t="n">
+        <x:v>7038</x:v>
+      </x:c>
+      <x:c r="BK17" s="3" t="n">
+        <x:v>6958</x:v>
+      </x:c>
+      <x:c r="BL17" s="3" t="n">
+        <x:v>6736</x:v>
+      </x:c>
+      <x:c r="BM17" s="3" t="n">
+        <x:v>7879</x:v>
+      </x:c>
+      <x:c r="BN17" s="3" t="n">
+        <x:v>7433</x:v>
+      </x:c>
+      <x:c r="BO17" s="3" t="n">
+        <x:v>8300</x:v>
+      </x:c>
+      <x:c r="BP17" s="3" t="n">
+        <x:v>7702</x:v>
+      </x:c>
+      <x:c r="BQ17" s="3" t="n">
+        <x:v>9188</x:v>
+      </x:c>
+      <x:c r="BR17" s="3" t="n">
+        <x:v>8693</x:v>
+      </x:c>
+      <x:c r="BS17" s="3" t="n">
+        <x:v>8167</x:v>
+      </x:c>
+      <x:c r="BT17" s="3" t="n">
+        <x:v>7295</x:v>
+      </x:c>
+      <x:c r="BU17" s="3" t="n">
+        <x:v>8702</x:v>
+      </x:c>
+      <x:c r="BV17" s="3" t="n">
+        <x:v>8545</x:v>
+      </x:c>
+      <x:c r="BW17" s="3" t="n">
+        <x:v>8371</x:v>
+      </x:c>
+      <x:c r="BX17" s="3" t="n">
+        <x:v>7647</x:v>
+      </x:c>
+      <x:c r="BY17" s="3" t="n">
+        <x:v>9109</x:v>
+      </x:c>
+      <x:c r="BZ17" s="3" t="n">
+        <x:v>8389</x:v>
+      </x:c>
+      <x:c r="CA17" s="3" t="n">
+        <x:v>8822</x:v>
+      </x:c>
+      <x:c r="CB17" s="3" t="n">
+        <x:v>8851</x:v>
+      </x:c>
+      <x:c r="CC17" s="3" t="n">
+        <x:v>10420</x:v>
+      </x:c>
+      <x:c r="CD17" s="3" t="n">
+        <x:v>10343</x:v>
+      </x:c>
+      <x:c r="CE17" s="3" t="n">
+        <x:v>9851</x:v>
+      </x:c>
+      <x:c r="CF17" s="3" t="n">
+        <x:v>9028</x:v>
+      </x:c>
+      <x:c r="CG17" s="3" t="n">
+        <x:v>8783</x:v>
+      </x:c>
+      <x:c r="CH17" s="3" t="n">
+        <x:v>9016</x:v>
+      </x:c>
+      <x:c r="CI17" s="3" t="n">
+        <x:v>9386</x:v>
+      </x:c>
+      <x:c r="CJ17" s="3" t="n">
+        <x:v>8500</x:v>
+      </x:c>
+      <x:c r="CK17" s="3" t="n">
+        <x:v>9621</x:v>
+      </x:c>
+      <x:c r="CL17" s="3" t="n">
+        <x:v>10055</x:v>
+      </x:c>
+      <x:c r="CM17" s="3" t="n">
+        <x:v>9598</x:v>
+      </x:c>
+      <x:c r="CN17" s="3" t="n">
+        <x:v>8907</x:v>
+      </x:c>
+      <x:c r="CO17" s="3" t="n">
+        <x:v>9731</x:v>
+      </x:c>
+      <x:c r="CP17" s="3" t="n">
+        <x:v>10785</x:v>
+      </x:c>
+      <x:c r="CQ17" s="3" t="n">
+        <x:v>10243</x:v>
+      </x:c>
+      <x:c r="CR17" s="3" t="n">
+        <x:v>9117</x:v>
+      </x:c>
+      <x:c r="CS17" s="3" t="n">
+        <x:v>10368</x:v>
+      </x:c>
+      <x:c r="CT17" s="3" t="n">
+        <x:v>9704</x:v>
+      </x:c>
+      <x:c r="CU17" s="3" t="n">
+        <x:v>10773</x:v>
+      </x:c>
+      <x:c r="CV17" s="3" t="n">
+        <x:v>8944</x:v>
+      </x:c>
+      <x:c r="CW17" s="3" t="n">
+        <x:v>9654</x:v>
+      </x:c>
+      <x:c r="CX17" s="3" t="n">
+        <x:v>10441</x:v>
+      </x:c>
+      <x:c r="CY17" s="3" t="n">
+        <x:v>9911</x:v>
+      </x:c>
+      <x:c r="CZ17" s="3" t="n">
+        <x:v>8993</x:v>
+      </x:c>
+      <x:c r="DA17" s="3" t="n">
+        <x:v>9917</x:v>
+      </x:c>
+      <x:c r="DB17" s="3" t="n">
+        <x:v>11172</x:v>
+      </x:c>
+      <x:c r="DC17" s="3" t="n">
+        <x:v>11545</x:v>
+      </x:c>
+      <x:c r="DD17" s="3" t="n">
+        <x:v>10180</x:v>
+      </x:c>
+      <x:c r="DE17" s="3" t="n">
+        <x:v>11912</x:v>
+      </x:c>
+      <x:c r="DF17" s="3" t="n">
+        <x:v>11153</x:v>
+      </x:c>
+      <x:c r="DG17" s="3" t="n">
+        <x:v>12789</x:v>
+      </x:c>
+      <x:c r="DH17" s="3" t="n">
+        <x:v>10649</x:v>
+      </x:c>
+      <x:c r="DI17" s="3" t="n">
+        <x:v>12179</x:v>
+      </x:c>
+      <x:c r="DJ17" s="3" t="n">
+        <x:v>13045</x:v>
+      </x:c>
+      <x:c r="DK17" s="3" t="n">
+        <x:v>12310</x:v>
+      </x:c>
+      <x:c r="DL17" s="3" t="n">
+        <x:v>11155</x:v>
+      </x:c>
+      <x:c r="DM17" s="3" t="n">
+        <x:v>13565</x:v>
+      </x:c>
+      <x:c r="DN17" s="3" t="n">
+        <x:v>14063</x:v>
+      </x:c>
+      <x:c r="DO17" s="3" t="n">
+        <x:v>13437</x:v>
+      </x:c>
+      <x:c r="DP17" s="3" t="n">
+        <x:v>11722</x:v>
+      </x:c>
+      <x:c r="DQ17" s="3" t="n">
+        <x:v>13281</x:v>
+      </x:c>
+      <x:c r="DR17" s="3" t="n">
+        <x:v>11500</x:v>
+      </x:c>
+      <x:c r="DS17" s="3" t="n">
+        <x:v>12878</x:v>
+      </x:c>
+      <x:c r="DT17" s="3" t="n">
+        <x:v>10487</x:v>
+      </x:c>
+      <x:c r="DU17" s="3" t="n">
+        <x:v>11077</x:v>
+      </x:c>
+      <x:c r="DV17" s="3" t="n">
+        <x:v>8932</x:v>
+      </x:c>
+      <x:c r="DW17" s="3" t="n">
+        <x:v>10099</x:v>
+      </x:c>
+      <x:c r="DX17" s="3" t="n">
+        <x:v>9119</x:v>
+      </x:c>
+      <x:c r="DY17" s="3" t="n">
+        <x:v>10367</x:v>
+      </x:c>
+      <x:c r="DZ17" s="3" t="n">
+        <x:v>9409</x:v>
+      </x:c>
+      <x:c r="EA17" s="3" t="n">
+        <x:v>10792</x:v>
+      </x:c>
+      <x:c r="EB17" s="3" t="n">
+        <x:v>10085</x:v>
+      </x:c>
+      <x:c r="EC17" s="3" t="n">
+        <x:v>10706</x:v>
+      </x:c>
+      <x:c r="ED17" s="3" t="n">
+        <x:v>11121</x:v>
+      </x:c>
+      <x:c r="EE17" s="3" t="n">
+        <x:v>11948</x:v>
+      </x:c>
+      <x:c r="EF17" s="3" t="n">
+        <x:v>9921</x:v>
+      </x:c>
+      <x:c r="EG17" s="3" t="n">
+        <x:v>11319</x:v>
+      </x:c>
+      <x:c r="EH17" s="3" t="n">
+        <x:v>11639</x:v>
+      </x:c>
+      <x:c r="EI17" s="3" t="n">
+        <x:v>11557</x:v>
+      </x:c>
+      <x:c r="EJ17" s="3" t="n">
+        <x:v>10119</x:v>
+      </x:c>
+      <x:c r="EK17" s="3" t="n">
+        <x:v>11108</x:v>
+      </x:c>
+      <x:c r="EL17" s="3" t="n">
+        <x:v>9859</x:v>
+      </x:c>
+      <x:c r="EM17" s="3" t="n">
+        <x:v>11543</x:v>
+      </x:c>
+      <x:c r="EN17" s="3" t="n">
+        <x:v>9764</x:v>
+      </x:c>
+      <x:c r="EO17" s="3" t="n">
+        <x:v>11087</x:v>
+      </x:c>
+      <x:c r="EP17" s="3" t="n">
+        <x:v>10557</x:v>
+      </x:c>
+      <x:c r="EQ17" s="3" t="n">
+        <x:v>10862</x:v>
+      </x:c>
+      <x:c r="ER17" s="3" t="n">
+        <x:v>9946</x:v>
+      </x:c>
+      <x:c r="ES17" s="3" t="n">
+        <x:v>10822</x:v>
+      </x:c>
+      <x:c r="ET17" s="3" t="n">
+        <x:v>10817</x:v>
+      </x:c>
+      <x:c r="EU17" s="3" t="n">
+        <x:v>11872</x:v>
+      </x:c>
+      <x:c r="EV17" s="3" t="n">
+        <x:v>10633</x:v>
+      </x:c>
+      <x:c r="EW17" s="3" t="n">
+        <x:v>11509</x:v>
+      </x:c>
+      <x:c r="EX17" s="3" t="n">
+        <x:v>10662</x:v>
+      </x:c>
+      <x:c r="EY17" s="3" t="n">
+        <x:v>13382</x:v>
+      </x:c>
+      <x:c r="EZ17" s="3" t="n">
+        <x:v>11037</x:v>
+      </x:c>
+      <x:c r="FA17" s="3" t="n">
+        <x:v>12275</x:v>
+      </x:c>
+      <x:c r="FB17" s="3" t="n">
+        <x:v>12279</x:v>
+      </x:c>
+      <x:c r="FC17" s="3" t="n">
+        <x:v>12171</x:v>
+      </x:c>
+      <x:c r="FD17" s="3" t="n">
+        <x:v>10926</x:v>
+      </x:c>
+      <x:c r="FE17" s="3" t="n">
+        <x:v>12545</x:v>
+      </x:c>
+      <x:c r="FF17" s="3" t="n">
+        <x:v>11254</x:v>
+      </x:c>
+      <x:c r="FG17" s="3" t="n">
+        <x:v>13178</x:v>
+      </x:c>
+      <x:c r="FH17" s="3" t="n">
+        <x:v>11192</x:v>
+      </x:c>
+      <x:c r="FI17" s="3" t="n">
+        <x:v>13259</x:v>
+      </x:c>
+      <x:c r="FJ17" s="3" t="n">
+        <x:v>12218</x:v>
+      </x:c>
+      <x:c r="FK17" s="3" t="n">
+        <x:v>12258</x:v>
+      </x:c>
+      <x:c r="FL17" s="3" t="n">
+        <x:v>11224</x:v>
+      </x:c>
+      <x:c r="FM17" s="3" t="n">
+        <x:v>12231</x:v>
+      </x:c>
+      <x:c r="FN17" s="3" t="n">
+        <x:v>12146</x:v>
+      </x:c>
+      <x:c r="FO17" s="3" t="n">
+        <x:v>12582</x:v>
+      </x:c>
+      <x:c r="FP17" s="3" t="n">
+        <x:v>11747</x:v>
+      </x:c>
+      <x:c r="FQ17" s="3" t="n">
+        <x:v>13384</x:v>
+      </x:c>
+      <x:c r="FR17" s="3" t="n">
+        <x:v>12901</x:v>
+      </x:c>
+      <x:c r="FS17" s="3" t="n">
+        <x:v>14102</x:v>
+      </x:c>
+      <x:c r="FT17" s="3" t="n">
+        <x:v>12121</x:v>
+      </x:c>
+      <x:c r="FU17" s="3" t="n">
+        <x:v>13829</x:v>
+      </x:c>
+      <x:c r="FV17" s="3" t="n">
+        <x:v>13874</x:v>
+      </x:c>
+      <x:c r="FW17" s="3" t="n">
+        <x:v>12415</x:v>
+      </x:c>
+      <x:c r="FX17" s="3" t="n">
+        <x:v>10473</x:v>
+      </x:c>
+      <x:c r="FY17" s="3" t="n">
+        <x:v>11155</x:v>
+      </x:c>
+      <x:c r="FZ17" s="3" t="n">
+        <x:v>10877</x:v>
+      </x:c>
+      <x:c r="GA17" s="3" t="n">
+        <x:v>10065</x:v>
+      </x:c>
+      <x:c r="GB17" s="3" t="n">
+        <x:v>8579</x:v>
+      </x:c>
+      <x:c r="GC17" s="3" t="n">
+        <x:v>9340</x:v>
+      </x:c>
+      <x:c r="GD17" s="3" t="n">
+        <x:v>8810</x:v>
+      </x:c>
+      <x:c r="GE17" s="3" t="n">
+        <x:v>10011</x:v>
+      </x:c>
+      <x:c r="GF17" s="3" t="n">
+        <x:v>8297</x:v>
+      </x:c>
+      <x:c r="GG17" s="3" t="n">
+        <x:v>9650</x:v>
+      </x:c>
+      <x:c r="GH17" s="3" t="n">
+        <x:v>9801</x:v>
+      </x:c>
+      <x:c r="GI17" s="3" t="n">
+        <x:v>9288</x:v>
+      </x:c>
+      <x:c r="GJ17" s="3" t="n">
+        <x:v>8223</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:192">
+      <x:c r="A18" s="2" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="B18" s="3" t="n">
+        <x:v>5695</x:v>
+      </x:c>
+      <x:c r="C18" s="3" t="n">
+        <x:v>5997</x:v>
+      </x:c>
+      <x:c r="D18" s="3" t="n">
+        <x:v>5147</x:v>
+      </x:c>
+      <x:c r="E18" s="3" t="n">
+        <x:v>6426</x:v>
+      </x:c>
+      <x:c r="F18" s="3" t="n">
+        <x:v>6378</x:v>
+      </x:c>
+      <x:c r="G18" s="3" t="n">
+        <x:v>5978</x:v>
+      </x:c>
+      <x:c r="H18" s="3" t="n">
+        <x:v>5836</x:v>
+      </x:c>
+      <x:c r="I18" s="3" t="n">
+        <x:v>6583</x:v>
+      </x:c>
+      <x:c r="J18" s="3" t="n">
+        <x:v>6847</x:v>
+      </x:c>
+      <x:c r="K18" s="3" t="n">
+        <x:v>6526</x:v>
+      </x:c>
+      <x:c r="L18" s="3" t="n">
+        <x:v>5960</x:v>
+      </x:c>
+      <x:c r="M18" s="3" t="n">
+        <x:v>6449</x:v>
+      </x:c>
+      <x:c r="N18" s="3" t="n">
+        <x:v>6977</x:v>
+      </x:c>
+      <x:c r="O18" s="3" t="n">
+        <x:v>6471</x:v>
+      </x:c>
+      <x:c r="P18" s="3" t="n">
+        <x:v>6533</x:v>
+      </x:c>
+      <x:c r="Q18" s="3" t="n">
+        <x:v>7104</x:v>
+      </x:c>
+      <x:c r="R18" s="3" t="n">
+        <x:v>7126</x:v>
+      </x:c>
+      <x:c r="S18" s="3" t="n">
+        <x:v>6261</x:v>
+      </x:c>
+      <x:c r="T18" s="3" t="n">
+        <x:v>5641</x:v>
+      </x:c>
+      <x:c r="U18" s="3" t="n">
+        <x:v>6005</x:v>
+      </x:c>
+      <x:c r="V18" s="3" t="n">
+        <x:v>5953</x:v>
+      </x:c>
+      <x:c r="W18" s="3" t="n">
+        <x:v>6098</x:v>
+      </x:c>
+      <x:c r="X18" s="3" t="n">
+        <x:v>5969</x:v>
+      </x:c>
+      <x:c r="Y18" s="3" t="n">
+        <x:v>6743</x:v>
+      </x:c>
+      <x:c r="Z18" s="3" t="n">
+        <x:v>7204</x:v>
+      </x:c>
+      <x:c r="AA18" s="3" t="n">
+        <x:v>6615</x:v>
+      </x:c>
+      <x:c r="AB18" s="3" t="n">
+        <x:v>6337</x:v>
+      </x:c>
+      <x:c r="AC18" s="3" t="n">
+        <x:v>7152</x:v>
+      </x:c>
+      <x:c r="AD18" s="3" t="n">
+        <x:v>7647</x:v>
+      </x:c>
+      <x:c r="AE18" s="3" t="n">
+        <x:v>7073</x:v>
+      </x:c>
+      <x:c r="AF18" s="3" t="n">
+        <x:v>6830</x:v>
+      </x:c>
+      <x:c r="AG18" s="3" t="n">
+        <x:v>7092</x:v>
+      </x:c>
+      <x:c r="AH18" s="3" t="n">
+        <x:v>7044</x:v>
+      </x:c>
+      <x:c r="AI18" s="3" t="n">
+        <x:v>7395</x:v>
+      </x:c>
+      <x:c r="AJ18" s="3" t="n">
+        <x:v>6952</x:v>
+      </x:c>
+      <x:c r="AK18" s="3" t="n">
+        <x:v>7542</x:v>
+      </x:c>
+      <x:c r="AL18" s="3" t="n">
+        <x:v>7755</x:v>
+      </x:c>
+      <x:c r="AM18" s="3" t="n">
+        <x:v>7340</x:v>
+      </x:c>
+      <x:c r="AN18" s="3" t="n">
+        <x:v>7362</x:v>
+      </x:c>
+      <x:c r="AO18" s="3" t="n">
+        <x:v>7326</x:v>
+      </x:c>
+      <x:c r="AP18" s="3" t="n">
         <x:v>7617</x:v>
       </x:c>
-      <x:c r="G6" s="3" t="n">
-[...17 lines deleted...]
-      <x:c r="M6" s="3" t="n">
+      <x:c r="AQ18" s="3" t="n">
+        <x:v>7502</x:v>
+      </x:c>
+      <x:c r="AR18" s="3" t="n">
+        <x:v>7111</x:v>
+      </x:c>
+      <x:c r="AS18" s="3" t="n">
+        <x:v>7992</x:v>
+      </x:c>
+      <x:c r="AT18" s="3" t="n">
+        <x:v>7855</x:v>
+      </x:c>
+      <x:c r="AU18" s="3" t="n">
+        <x:v>8251</x:v>
+      </x:c>
+      <x:c r="AV18" s="3" t="n">
+        <x:v>7630</x:v>
+      </x:c>
+      <x:c r="AW18" s="3" t="n">
+        <x:v>8334</x:v>
+      </x:c>
+      <x:c r="AX18" s="3" t="n">
+        <x:v>8319</x:v>
+      </x:c>
+      <x:c r="AY18" s="3" t="n">
+        <x:v>7839</x:v>
+      </x:c>
+      <x:c r="AZ18" s="3" t="n">
+        <x:v>7660</x:v>
+      </x:c>
+      <x:c r="BA18" s="3" t="n">
+        <x:v>8028</x:v>
+      </x:c>
+      <x:c r="BB18" s="3" t="n">
+        <x:v>8208</x:v>
+      </x:c>
+      <x:c r="BC18" s="3" t="n">
+        <x:v>8017</x:v>
+      </x:c>
+      <x:c r="BD18" s="3" t="n">
+        <x:v>7596</x:v>
+      </x:c>
+      <x:c r="BE18" s="3" t="n">
+        <x:v>7738</x:v>
+      </x:c>
+      <x:c r="BF18" s="3" t="n">
+        <x:v>7943</x:v>
+      </x:c>
+      <x:c r="BG18" s="3" t="n">
+        <x:v>7229</x:v>
+      </x:c>
+      <x:c r="BH18" s="3" t="n">
+        <x:v>7065</x:v>
+      </x:c>
+      <x:c r="BI18" s="3" t="n">
+        <x:v>7338</x:v>
+      </x:c>
+      <x:c r="BJ18" s="3" t="n">
+        <x:v>8119</x:v>
+      </x:c>
+      <x:c r="BK18" s="3" t="n">
+        <x:v>7997</x:v>
+      </x:c>
+      <x:c r="BL18" s="3" t="n">
+        <x:v>7293</x:v>
+      </x:c>
+      <x:c r="BM18" s="3" t="n">
+        <x:v>8246</x:v>
+      </x:c>
+      <x:c r="BN18" s="3" t="n">
+        <x:v>8604</x:v>
+      </x:c>
+      <x:c r="BO18" s="3" t="n">
+        <x:v>8506</x:v>
+      </x:c>
+      <x:c r="BP18" s="3" t="n">
+        <x:v>8344</x:v>
+      </x:c>
+      <x:c r="BQ18" s="3" t="n">
+        <x:v>9197</x:v>
+      </x:c>
+      <x:c r="BR18" s="3" t="n">
+        <x:v>9588</x:v>
+      </x:c>
+      <x:c r="BS18" s="3" t="n">
+        <x:v>9222</x:v>
+      </x:c>
+      <x:c r="BT18" s="3" t="n">
+        <x:v>8874</x:v>
+      </x:c>
+      <x:c r="BU18" s="3" t="n">
+        <x:v>9148</x:v>
+      </x:c>
+      <x:c r="BV18" s="3" t="n">
+        <x:v>8987</x:v>
+      </x:c>
+      <x:c r="BW18" s="3" t="n">
+        <x:v>8135</x:v>
+      </x:c>
+      <x:c r="BX18" s="3" t="n">
+        <x:v>8144</x:v>
+      </x:c>
+      <x:c r="BY18" s="3" t="n">
+        <x:v>8642</x:v>
+      </x:c>
+      <x:c r="BZ18" s="3" t="n">
+        <x:v>8609</x:v>
+      </x:c>
+      <x:c r="CA18" s="3" t="n">
+        <x:v>8948</x:v>
+      </x:c>
+      <x:c r="CB18" s="3" t="n">
+        <x:v>8677</x:v>
+      </x:c>
+      <x:c r="CC18" s="3" t="n">
+        <x:v>9361</x:v>
+      </x:c>
+      <x:c r="CD18" s="3" t="n">
+        <x:v>9516</x:v>
+      </x:c>
+      <x:c r="CE18" s="3" t="n">
+        <x:v>9062</x:v>
+      </x:c>
+      <x:c r="CF18" s="3" t="n">
+        <x:v>9179</x:v>
+      </x:c>
+      <x:c r="CG18" s="3" t="n">
+        <x:v>9118</x:v>
+      </x:c>
+      <x:c r="CH18" s="3" t="n">
+        <x:v>9555</x:v>
+      </x:c>
+      <x:c r="CI18" s="3" t="n">
+        <x:v>9034</x:v>
+      </x:c>
+      <x:c r="CJ18" s="3" t="n">
+        <x:v>8885</x:v>
+      </x:c>
+      <x:c r="CK18" s="3" t="n">
+        <x:v>9319</x:v>
+      </x:c>
+      <x:c r="CL18" s="3" t="n">
+        <x:v>8909</x:v>
+      </x:c>
+      <x:c r="CM18" s="3" t="n">
+        <x:v>8814</x:v>
+      </x:c>
+      <x:c r="CN18" s="3" t="n">
+        <x:v>8522</x:v>
+      </x:c>
+      <x:c r="CO18" s="3" t="n">
+        <x:v>8871</x:v>
+      </x:c>
+      <x:c r="CP18" s="3" t="n">
+        <x:v>9348</x:v>
+      </x:c>
+      <x:c r="CQ18" s="3" t="n">
+        <x:v>8808</x:v>
+      </x:c>
+      <x:c r="CR18" s="3" t="n">
+        <x:v>8437</x:v>
+      </x:c>
+      <x:c r="CS18" s="3" t="n">
+        <x:v>7936</x:v>
+      </x:c>
+      <x:c r="CT18" s="3" t="n">
+        <x:v>8071</x:v>
+      </x:c>
+      <x:c r="CU18" s="3" t="n">
+        <x:v>8245</x:v>
+      </x:c>
+      <x:c r="CV18" s="3" t="n">
+        <x:v>7502</x:v>
+      </x:c>
+      <x:c r="CW18" s="3" t="n">
+        <x:v>8061</x:v>
+      </x:c>
+      <x:c r="CX18" s="3" t="n">
+        <x:v>8338</x:v>
+      </x:c>
+      <x:c r="CY18" s="3" t="n">
+        <x:v>7834</x:v>
+      </x:c>
+      <x:c r="CZ18" s="3" t="n">
+        <x:v>8658</x:v>
+      </x:c>
+      <x:c r="DA18" s="3" t="n">
+        <x:v>8686</x:v>
+      </x:c>
+      <x:c r="DB18" s="3" t="n">
+        <x:v>9572</x:v>
+      </x:c>
+      <x:c r="DC18" s="3" t="n">
+        <x:v>9374</x:v>
+      </x:c>
+      <x:c r="DD18" s="3" t="n">
+        <x:v>9553</x:v>
+      </x:c>
+      <x:c r="DE18" s="3" t="n">
+        <x:v>9981</x:v>
+      </x:c>
+      <x:c r="DF18" s="3" t="n">
+        <x:v>9335</x:v>
+      </x:c>
+      <x:c r="DG18" s="3" t="n">
+        <x:v>9565</x:v>
+      </x:c>
+      <x:c r="DH18" s="3" t="n">
+        <x:v>9200</x:v>
+      </x:c>
+      <x:c r="DI18" s="3" t="n">
+        <x:v>9071</x:v>
+      </x:c>
+      <x:c r="DJ18" s="3" t="n">
+        <x:v>9781</x:v>
+      </x:c>
+      <x:c r="DK18" s="3" t="n">
+        <x:v>8690</x:v>
+      </x:c>
+      <x:c r="DL18" s="3" t="n">
+        <x:v>8870</x:v>
+      </x:c>
+      <x:c r="DM18" s="3" t="n">
+        <x:v>8997</x:v>
+      </x:c>
+      <x:c r="DN18" s="3" t="n">
+        <x:v>9457</x:v>
+      </x:c>
+      <x:c r="DO18" s="3" t="n">
+        <x:v>9320</x:v>
+      </x:c>
+      <x:c r="DP18" s="3" t="n">
+        <x:v>9175</x:v>
+      </x:c>
+      <x:c r="DQ18" s="3" t="n">
+        <x:v>9194</x:v>
+      </x:c>
+      <x:c r="DR18" s="3" t="n">
+        <x:v>9200</x:v>
+      </x:c>
+      <x:c r="DS18" s="3" t="n">
+        <x:v>9427</x:v>
+      </x:c>
+      <x:c r="DT18" s="3" t="n">
+        <x:v>8910</x:v>
+      </x:c>
+      <x:c r="DU18" s="3" t="n">
+        <x:v>8377</x:v>
+      </x:c>
+      <x:c r="DV18" s="3" t="n">
+        <x:v>7071</x:v>
+      </x:c>
+      <x:c r="DW18" s="3" t="n">
+        <x:v>6584</x:v>
+      </x:c>
+      <x:c r="DX18" s="3" t="n">
+        <x:v>7058</x:v>
+      </x:c>
+      <x:c r="DY18" s="3" t="n">
+        <x:v>7593</x:v>
+      </x:c>
+      <x:c r="DZ18" s="3" t="n">
+        <x:v>8379</x:v>
+      </x:c>
+      <x:c r="EA18" s="3" t="n">
+        <x:v>8289</x:v>
+      </x:c>
+      <x:c r="EB18" s="3" t="n">
+        <x:v>8047</x:v>
+      </x:c>
+      <x:c r="EC18" s="3" t="n">
+        <x:v>8368</x:v>
+      </x:c>
+      <x:c r="ED18" s="3" t="n">
+        <x:v>8557</x:v>
+      </x:c>
+      <x:c r="EE18" s="3" t="n">
+        <x:v>6980</x:v>
+      </x:c>
+      <x:c r="EF18" s="3" t="n">
+        <x:v>7669</x:v>
+      </x:c>
+      <x:c r="EG18" s="3" t="n">
+        <x:v>7713</x:v>
+      </x:c>
+      <x:c r="EH18" s="3" t="n">
+        <x:v>5480</x:v>
+      </x:c>
+      <x:c r="EI18" s="3" t="n">
+        <x:v>5458</x:v>
+      </x:c>
+      <x:c r="EJ18" s="3" t="n">
+        <x:v>5292</x:v>
+      </x:c>
+      <x:c r="EK18" s="3" t="n">
+        <x:v>5517</x:v>
+      </x:c>
+      <x:c r="EL18" s="3" t="n">
+        <x:v>5441</x:v>
+      </x:c>
+      <x:c r="EM18" s="3" t="n">
+        <x:v>4999</x:v>
+      </x:c>
+      <x:c r="EN18" s="3" t="n">
+        <x:v>4742</x:v>
+      </x:c>
+      <x:c r="EO18" s="3" t="n">
+        <x:v>4400</x:v>
+      </x:c>
+      <x:c r="EP18" s="3" t="n">
+        <x:v>4495</x:v>
+      </x:c>
+      <x:c r="EQ18" s="3" t="n">
+        <x:v>4472</x:v>
+      </x:c>
+      <x:c r="ER18" s="3" t="n">
+        <x:v>4344</x:v>
+      </x:c>
+      <x:c r="ES18" s="3" t="n">
+        <x:v>4361</x:v>
+      </x:c>
+      <x:c r="ET18" s="3" t="n">
+        <x:v>6196</x:v>
+      </x:c>
+      <x:c r="EU18" s="3" t="n">
+        <x:v>5457</x:v>
+      </x:c>
+      <x:c r="EV18" s="3" t="n">
+        <x:v>5779</x:v>
+      </x:c>
+      <x:c r="EW18" s="3" t="n">
+        <x:v>6305</x:v>
+      </x:c>
+      <x:c r="EX18" s="3" t="n">
+        <x:v>6138</x:v>
+      </x:c>
+      <x:c r="EY18" s="3" t="n">
+        <x:v>6125</x:v>
+      </x:c>
+      <x:c r="EZ18" s="3" t="n">
+        <x:v>6292</x:v>
+      </x:c>
+      <x:c r="FA18" s="3" t="n">
+        <x:v>6155</x:v>
+      </x:c>
+      <x:c r="FB18" s="3" t="n">
+        <x:v>6423</x:v>
+      </x:c>
+      <x:c r="FC18" s="3" t="n">
+        <x:v>6227</x:v>
+      </x:c>
+      <x:c r="FD18" s="3" t="n">
+        <x:v>6351</x:v>
+      </x:c>
+      <x:c r="FE18" s="3" t="n">
+        <x:v>6177</x:v>
+      </x:c>
+      <x:c r="FF18" s="3" t="n">
+        <x:v>6219</x:v>
+      </x:c>
+      <x:c r="FG18" s="3" t="n">
+        <x:v>6315</x:v>
+      </x:c>
+      <x:c r="FH18" s="3" t="n">
+        <x:v>6625</x:v>
+      </x:c>
+      <x:c r="FI18" s="3" t="n">
+        <x:v>6711</x:v>
+      </x:c>
+      <x:c r="FJ18" s="3" t="n">
+        <x:v>6495</x:v>
+      </x:c>
+      <x:c r="FK18" s="3" t="n">
+        <x:v>6379</x:v>
+      </x:c>
+      <x:c r="FL18" s="3" t="n">
+        <x:v>6780</x:v>
+      </x:c>
+      <x:c r="FM18" s="3" t="n">
+        <x:v>6523</x:v>
+      </x:c>
+      <x:c r="FN18" s="3" t="n">
+        <x:v>6802</x:v>
+      </x:c>
+      <x:c r="FO18" s="3" t="n">
+        <x:v>6090</x:v>
+      </x:c>
+      <x:c r="FP18" s="3" t="n">
+        <x:v>5665</x:v>
+      </x:c>
+      <x:c r="FQ18" s="3" t="n">
+        <x:v>6255</x:v>
+      </x:c>
+      <x:c r="FR18" s="3" t="n">
+        <x:v>6077</x:v>
+      </x:c>
+      <x:c r="FS18" s="3" t="n">
+        <x:v>5686</x:v>
+      </x:c>
+      <x:c r="FT18" s="3" t="n">
+        <x:v>5728</x:v>
+      </x:c>
+      <x:c r="FU18" s="3" t="n">
+        <x:v>5949</x:v>
+      </x:c>
+      <x:c r="FV18" s="3" t="n">
+        <x:v>6453</x:v>
+      </x:c>
+      <x:c r="FW18" s="3" t="n">
+        <x:v>6221</x:v>
+      </x:c>
+      <x:c r="FX18" s="3" t="n">
+        <x:v>6151</x:v>
+      </x:c>
+      <x:c r="FY18" s="3" t="n">
+        <x:v>5986</x:v>
+      </x:c>
+      <x:c r="FZ18" s="3" t="n">
+        <x:v>6056</x:v>
+      </x:c>
+      <x:c r="GA18" s="3" t="n">
+        <x:v>5330</x:v>
+      </x:c>
+      <x:c r="GB18" s="3" t="n">
+        <x:v>5445</x:v>
+      </x:c>
+      <x:c r="GC18" s="3" t="n">
+        <x:v>5644</x:v>
+      </x:c>
+      <x:c r="GD18" s="3" t="n">
+        <x:v>5657</x:v>
+      </x:c>
+      <x:c r="GE18" s="3" t="n">
+        <x:v>5869</x:v>
+      </x:c>
+      <x:c r="GF18" s="3" t="n">
+        <x:v>5875</x:v>
+      </x:c>
+      <x:c r="GG18" s="3" t="n">
+        <x:v>5907</x:v>
+      </x:c>
+      <x:c r="GH18" s="3" t="n">
+        <x:v>5913</x:v>
+      </x:c>
+      <x:c r="GI18" s="3" t="n">
+        <x:v>5833</x:v>
+      </x:c>
+      <x:c r="GJ18" s="3" t="n">
+        <x:v>5651</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:192">
+      <x:c r="A19" s="2" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="B19" s="3" t="n">
+        <x:v>3720</x:v>
+      </x:c>
+      <x:c r="C19" s="3" t="n">
+        <x:v>3613</x:v>
+      </x:c>
+      <x:c r="D19" s="3" t="n">
+        <x:v>3181</x:v>
+      </x:c>
+      <x:c r="E19" s="3" t="n">
+        <x:v>3807</x:v>
+      </x:c>
+      <x:c r="F19" s="3" t="n">
+        <x:v>4013</x:v>
+      </x:c>
+      <x:c r="G19" s="3" t="n">
+        <x:v>3584</x:v>
+      </x:c>
+      <x:c r="H19" s="3" t="n">
+        <x:v>3359</x:v>
+      </x:c>
+      <x:c r="I19" s="3" t="n">
+        <x:v>3919</x:v>
+      </x:c>
+      <x:c r="J19" s="3" t="n">
+        <x:v>4011</x:v>
+      </x:c>
+      <x:c r="K19" s="3" t="n">
+        <x:v>3624</x:v>
+      </x:c>
+      <x:c r="L19" s="3" t="n">
+        <x:v>3381</x:v>
+      </x:c>
+      <x:c r="M19" s="3" t="n">
+        <x:v>3941</x:v>
+      </x:c>
+      <x:c r="N19" s="3" t="n">
+        <x:v>4384</x:v>
+      </x:c>
+      <x:c r="O19" s="3" t="n">
+        <x:v>3937</x:v>
+      </x:c>
+      <x:c r="P19" s="3" t="n">
+        <x:v>3719</x:v>
+      </x:c>
+      <x:c r="Q19" s="3" t="n">
+        <x:v>4262</x:v>
+      </x:c>
+      <x:c r="R19" s="3" t="n">
+        <x:v>4223</x:v>
+      </x:c>
+      <x:c r="S19" s="3" t="n">
+        <x:v>3802</x:v>
+      </x:c>
+      <x:c r="T19" s="3" t="n">
+        <x:v>3558</x:v>
+      </x:c>
+      <x:c r="U19" s="3" t="n">
+        <x:v>4056</x:v>
+      </x:c>
+      <x:c r="V19" s="3" t="n">
+        <x:v>3957</x:v>
+      </x:c>
+      <x:c r="W19" s="3" t="n">
+        <x:v>3777</x:v>
+      </x:c>
+      <x:c r="X19" s="3" t="n">
+        <x:v>3523</x:v>
+      </x:c>
+      <x:c r="Y19" s="3" t="n">
+        <x:v>4011</x:v>
+      </x:c>
+      <x:c r="Z19" s="3" t="n">
+        <x:v>4083</x:v>
+      </x:c>
+      <x:c r="AA19" s="3" t="n">
+        <x:v>3758</x:v>
+      </x:c>
+      <x:c r="AB19" s="3" t="n">
+        <x:v>3569</x:v>
+      </x:c>
+      <x:c r="AC19" s="3" t="n">
+        <x:v>4082</x:v>
+      </x:c>
+      <x:c r="AD19" s="3" t="n">
+        <x:v>4441</x:v>
+      </x:c>
+      <x:c r="AE19" s="3" t="n">
+        <x:v>4113</x:v>
+      </x:c>
+      <x:c r="AF19" s="3" t="n">
+        <x:v>3886</x:v>
+      </x:c>
+      <x:c r="AG19" s="3" t="n">
+        <x:v>4477</x:v>
+      </x:c>
+      <x:c r="AH19" s="3" t="n">
+        <x:v>4389</x:v>
+      </x:c>
+      <x:c r="AI19" s="3" t="n">
+        <x:v>4461</x:v>
+      </x:c>
+      <x:c r="AJ19" s="3" t="n">
+        <x:v>4236</x:v>
+      </x:c>
+      <x:c r="AK19" s="3" t="n">
+        <x:v>4710</x:v>
+      </x:c>
+      <x:c r="AL19" s="3" t="n">
+        <x:v>4354</x:v>
+      </x:c>
+      <x:c r="AM19" s="3" t="n">
+        <x:v>4098</x:v>
+      </x:c>
+      <x:c r="AN19" s="3" t="n">
+        <x:v>3978</x:v>
+      </x:c>
+      <x:c r="AO19" s="3" t="n">
+        <x:v>4556</x:v>
+      </x:c>
+      <x:c r="AP19" s="3" t="n">
+        <x:v>4310</x:v>
+      </x:c>
+      <x:c r="AQ19" s="3" t="n">
+        <x:v>4161</x:v>
+      </x:c>
+      <x:c r="AR19" s="3" t="n">
+        <x:v>3831</x:v>
+      </x:c>
+      <x:c r="AS19" s="3" t="n">
+        <x:v>4403</x:v>
+      </x:c>
+      <x:c r="AT19" s="3" t="n">
+        <x:v>4256</x:v>
+      </x:c>
+      <x:c r="AU19" s="3" t="n">
+        <x:v>4179</x:v>
+      </x:c>
+      <x:c r="AV19" s="3" t="n">
+        <x:v>3740</x:v>
+      </x:c>
+      <x:c r="AW19" s="3" t="n">
+        <x:v>4288</x:v>
+      </x:c>
+      <x:c r="AX19" s="3" t="n">
+        <x:v>4360</x:v>
+      </x:c>
+      <x:c r="AY19" s="3" t="n">
+        <x:v>3979</x:v>
+      </x:c>
+      <x:c r="AZ19" s="3" t="n">
+        <x:v>3864</x:v>
+      </x:c>
+      <x:c r="BA19" s="3" t="n">
+        <x:v>4381</x:v>
+      </x:c>
+      <x:c r="BB19" s="3" t="n">
+        <x:v>4212</x:v>
+      </x:c>
+      <x:c r="BC19" s="3" t="n">
+        <x:v>4093</x:v>
+      </x:c>
+      <x:c r="BD19" s="3" t="n">
+        <x:v>3862</x:v>
+      </x:c>
+      <x:c r="BE19" s="3" t="n">
+        <x:v>4269</x:v>
+      </x:c>
+      <x:c r="BF19" s="3" t="n">
+        <x:v>4384</x:v>
+      </x:c>
+      <x:c r="BG19" s="3" t="n">
+        <x:v>4066</x:v>
+      </x:c>
+      <x:c r="BH19" s="3" t="n">
+        <x:v>3892</x:v>
+      </x:c>
+      <x:c r="BI19" s="3" t="n">
+        <x:v>4286</x:v>
+      </x:c>
+      <x:c r="BJ19" s="3" t="n">
+        <x:v>4547</x:v>
+      </x:c>
+      <x:c r="BK19" s="3" t="n">
+        <x:v>4277</x:v>
+      </x:c>
+      <x:c r="BL19" s="3" t="n">
+        <x:v>4182</x:v>
+      </x:c>
+      <x:c r="BM19" s="3" t="n">
+        <x:v>4707</x:v>
+      </x:c>
+      <x:c r="BN19" s="3" t="n">
+        <x:v>4692</x:v>
+      </x:c>
+      <x:c r="BO19" s="3" t="n">
+        <x:v>4580</x:v>
+      </x:c>
+      <x:c r="BP19" s="3" t="n">
+        <x:v>4361</x:v>
+      </x:c>
+      <x:c r="BQ19" s="3" t="n">
+        <x:v>4879</x:v>
+      </x:c>
+      <x:c r="BR19" s="3" t="n">
+        <x:v>4892</x:v>
+      </x:c>
+      <x:c r="BS19" s="3" t="n">
+        <x:v>4642</x:v>
+      </x:c>
+      <x:c r="BT19" s="3" t="n">
+        <x:v>4484</x:v>
+      </x:c>
+      <x:c r="BU19" s="3" t="n">
+        <x:v>5089</x:v>
+      </x:c>
+      <x:c r="BV19" s="3" t="n">
+        <x:v>5102</x:v>
+      </x:c>
+      <x:c r="BW19" s="3" t="n">
+        <x:v>4865</x:v>
+      </x:c>
+      <x:c r="BX19" s="3" t="n">
+        <x:v>4669</x:v>
+      </x:c>
+      <x:c r="BY19" s="3" t="n">
+        <x:v>5175</x:v>
+      </x:c>
+      <x:c r="BZ19" s="3" t="n">
+        <x:v>4905</x:v>
+      </x:c>
+      <x:c r="CA19" s="3" t="n">
+        <x:v>4873</x:v>
+      </x:c>
+      <x:c r="CB19" s="3" t="n">
+        <x:v>4837</x:v>
+      </x:c>
+      <x:c r="CC19" s="3" t="n">
+        <x:v>5373</x:v>
+      </x:c>
+      <x:c r="CD19" s="3" t="n">
+        <x:v>5366</x:v>
+      </x:c>
+      <x:c r="CE19" s="3" t="n">
+        <x:v>5142</x:v>
+      </x:c>
+      <x:c r="CF19" s="3" t="n">
+        <x:v>4932</x:v>
+      </x:c>
+      <x:c r="CG19" s="3" t="n">
+        <x:v>5473</x:v>
+      </x:c>
+      <x:c r="CH19" s="3" t="n">
+        <x:v>5147</x:v>
+      </x:c>
+      <x:c r="CI19" s="3" t="n">
+        <x:v>5098</x:v>
+      </x:c>
+      <x:c r="CJ19" s="3" t="n">
+        <x:v>4845</x:v>
+      </x:c>
+      <x:c r="CK19" s="3" t="n">
+        <x:v>5127</x:v>
+      </x:c>
+      <x:c r="CL19" s="3" t="n">
+        <x:v>5473</x:v>
+      </x:c>
+      <x:c r="CM19" s="3" t="n">
+        <x:v>5041</x:v>
+      </x:c>
+      <x:c r="CN19" s="3" t="n">
+        <x:v>4799</x:v>
+      </x:c>
+      <x:c r="CO19" s="3" t="n">
+        <x:v>5309</x:v>
+      </x:c>
+      <x:c r="CP19" s="3" t="n">
+        <x:v>5104</x:v>
+      </x:c>
+      <x:c r="CQ19" s="3" t="n">
+        <x:v>4739</x:v>
+      </x:c>
+      <x:c r="CR19" s="3" t="n">
+        <x:v>4539</x:v>
+      </x:c>
+      <x:c r="CS19" s="3" t="n">
+        <x:v>4902</x:v>
+      </x:c>
+      <x:c r="CT19" s="3" t="n">
+        <x:v>4657</x:v>
+      </x:c>
+      <x:c r="CU19" s="3" t="n">
+        <x:v>4646</x:v>
+      </x:c>
+      <x:c r="CV19" s="3" t="n">
+        <x:v>4335</x:v>
+      </x:c>
+      <x:c r="CW19" s="3" t="n">
+        <x:v>4630</x:v>
+      </x:c>
+      <x:c r="CX19" s="3" t="n">
+        <x:v>4655</x:v>
+      </x:c>
+      <x:c r="CY19" s="3" t="n">
+        <x:v>4161</x:v>
+      </x:c>
+      <x:c r="CZ19" s="3" t="n">
+        <x:v>4231</x:v>
+      </x:c>
+      <x:c r="DA19" s="3" t="n">
+        <x:v>4564</x:v>
+      </x:c>
+      <x:c r="DB19" s="3" t="n">
+        <x:v>4917</x:v>
+      </x:c>
+      <x:c r="DC19" s="3" t="n">
+        <x:v>4333</x:v>
+      </x:c>
+      <x:c r="DD19" s="3" t="n">
+        <x:v>4325</x:v>
+      </x:c>
+      <x:c r="DE19" s="3" t="n">
+        <x:v>4652</x:v>
+      </x:c>
+      <x:c r="DF19" s="3" t="n">
+        <x:v>4510</x:v>
+      </x:c>
+      <x:c r="DG19" s="3" t="n">
+        <x:v>4679</x:v>
+      </x:c>
+      <x:c r="DH19" s="3" t="n">
+        <x:v>4327</x:v>
+      </x:c>
+      <x:c r="DI19" s="3" t="n">
+        <x:v>4658</x:v>
+      </x:c>
+      <x:c r="DJ19" s="3" t="n">
+        <x:v>4899</x:v>
+      </x:c>
+      <x:c r="DK19" s="3" t="n">
+        <x:v>4427</x:v>
+      </x:c>
+      <x:c r="DL19" s="3" t="n">
+        <x:v>4332</x:v>
+      </x:c>
+      <x:c r="DM19" s="3" t="n">
+        <x:v>4659</x:v>
+      </x:c>
+      <x:c r="DN19" s="3" t="n">
+        <x:v>4868</x:v>
+      </x:c>
+      <x:c r="DO19" s="3" t="n">
+        <x:v>4397</x:v>
+      </x:c>
+      <x:c r="DP19" s="3" t="n">
+        <x:v>4257</x:v>
+      </x:c>
+      <x:c r="DQ19" s="3" t="n">
+        <x:v>4689</x:v>
+      </x:c>
+      <x:c r="DR19" s="3" t="n">
+        <x:v>4666</x:v>
+      </x:c>
+      <x:c r="DS19" s="3" t="n">
+        <x:v>4692</x:v>
+      </x:c>
+      <x:c r="DT19" s="3" t="n">
+        <x:v>4320</x:v>
+      </x:c>
+      <x:c r="DU19" s="3" t="n">
+        <x:v>4629</x:v>
+      </x:c>
+      <x:c r="DV19" s="3" t="n">
+        <x:v>4420</x:v>
+      </x:c>
+      <x:c r="DW19" s="3" t="n">
+        <x:v>4145</x:v>
+      </x:c>
+      <x:c r="DX19" s="3" t="n">
+        <x:v>3892</x:v>
+      </x:c>
+      <x:c r="DY19" s="3" t="n">
+        <x:v>4305</x:v>
+      </x:c>
+      <x:c r="DZ19" s="3" t="n">
+        <x:v>4472</x:v>
+      </x:c>
+      <x:c r="EA19" s="3" t="n">
+        <x:v>4204</x:v>
+      </x:c>
+      <x:c r="EB19" s="3" t="n">
+        <x:v>3880</x:v>
+      </x:c>
+      <x:c r="EC19" s="3" t="n">
+        <x:v>4267</x:v>
+      </x:c>
+      <x:c r="ED19" s="3" t="n">
+        <x:v>4104</x:v>
+      </x:c>
+      <x:c r="EE19" s="3" t="n">
+        <x:v>3982</x:v>
+      </x:c>
+      <x:c r="EF19" s="3" t="n">
+        <x:v>3689</x:v>
+      </x:c>
+      <x:c r="EG19" s="3" t="n">
+        <x:v>4059</x:v>
+      </x:c>
+      <x:c r="EH19" s="3" t="n">
+        <x:v>4195</x:v>
+      </x:c>
+      <x:c r="EI19" s="3" t="n">
+        <x:v>3642</x:v>
+      </x:c>
+      <x:c r="EJ19" s="3" t="n">
+        <x:v>3598</x:v>
+      </x:c>
+      <x:c r="EK19" s="3" t="n">
+        <x:v>3834</x:v>
+      </x:c>
+      <x:c r="EL19" s="3" t="n">
+        <x:v>3517</x:v>
+      </x:c>
+      <x:c r="EM19" s="3" t="n">
+        <x:v>3553</x:v>
+      </x:c>
+      <x:c r="EN19" s="3" t="n">
+        <x:v>3382</x:v>
+      </x:c>
+      <x:c r="EO19" s="3" t="n">
+        <x:v>3614</x:v>
+      </x:c>
+      <x:c r="EP19" s="3" t="n">
+        <x:v>3401</x:v>
+      </x:c>
+      <x:c r="EQ19" s="3" t="n">
+        <x:v>3253</x:v>
+      </x:c>
+      <x:c r="ER19" s="3" t="n">
+        <x:v>3159</x:v>
+      </x:c>
+      <x:c r="ES19" s="3" t="n">
+        <x:v>3314</x:v>
+      </x:c>
+      <x:c r="ET19" s="3" t="n">
+        <x:v>3353</x:v>
+      </x:c>
+      <x:c r="EU19" s="3" t="n">
+        <x:v>3254</x:v>
+      </x:c>
+      <x:c r="EV19" s="3" t="n">
+        <x:v>3122</x:v>
+      </x:c>
+      <x:c r="EW19" s="3" t="n">
+        <x:v>3131</x:v>
+      </x:c>
+      <x:c r="EX19" s="3" t="n">
+        <x:v>3139</x:v>
+      </x:c>
+      <x:c r="EY19" s="3" t="n">
+        <x:v>3162</x:v>
+      </x:c>
+      <x:c r="EZ19" s="3" t="n">
+        <x:v>3047</x:v>
+      </x:c>
+      <x:c r="FA19" s="3" t="n">
+        <x:v>3261</x:v>
+      </x:c>
+      <x:c r="FB19" s="3" t="n">
+        <x:v>3258</x:v>
+      </x:c>
+      <x:c r="FC19" s="3" t="n">
+        <x:v>3199</x:v>
+      </x:c>
+      <x:c r="FD19" s="3" t="n">
+        <x:v>3081</x:v>
+      </x:c>
+      <x:c r="FE19" s="3" t="n">
+        <x:v>3386</x:v>
+      </x:c>
+      <x:c r="FF19" s="3" t="n">
+        <x:v>3326</x:v>
+      </x:c>
+      <x:c r="FG19" s="3" t="n">
+        <x:v>3337</x:v>
+      </x:c>
+      <x:c r="FH19" s="3" t="n">
+        <x:v>3085</x:v>
+      </x:c>
+      <x:c r="FI19" s="3" t="n">
+        <x:v>3291</x:v>
+      </x:c>
+      <x:c r="FJ19" s="3" t="n">
+        <x:v>3126</x:v>
+      </x:c>
+      <x:c r="FK19" s="3" t="n">
+        <x:v>2935</x:v>
+      </x:c>
+      <x:c r="FL19" s="3" t="n">
+        <x:v>2878</x:v>
+      </x:c>
+      <x:c r="FM19" s="3" t="n">
+        <x:v>3038</x:v>
+      </x:c>
+      <x:c r="FN19" s="3" t="n">
+        <x:v>3088</x:v>
+      </x:c>
+      <x:c r="FO19" s="3" t="n">
+        <x:v>2489</x:v>
+      </x:c>
+      <x:c r="FP19" s="3" t="n">
+        <x:v>2334</x:v>
+      </x:c>
+      <x:c r="FQ19" s="3" t="n">
+        <x:v>2692</x:v>
+      </x:c>
+      <x:c r="FR19" s="3" t="n">
+        <x:v>2719</x:v>
+      </x:c>
+      <x:c r="FS19" s="3" t="n">
+        <x:v>2793</x:v>
+      </x:c>
+      <x:c r="FT19" s="3" t="n">
+        <x:v>2733</x:v>
+      </x:c>
+      <x:c r="FU19" s="3" t="n">
+        <x:v>3002</x:v>
+      </x:c>
+      <x:c r="FV19" s="3" t="n">
+        <x:v>2899</x:v>
+      </x:c>
+      <x:c r="FW19" s="3" t="n">
+        <x:v>2767</x:v>
+      </x:c>
+      <x:c r="FX19" s="3" t="n">
+        <x:v>2589</x:v>
+      </x:c>
+      <x:c r="FY19" s="3" t="n">
+        <x:v>2644</x:v>
+      </x:c>
+      <x:c r="FZ19" s="3" t="n">
+        <x:v>2458</x:v>
+      </x:c>
+      <x:c r="GA19" s="3" t="n">
+        <x:v>2143</x:v>
+      </x:c>
+      <x:c r="GB19" s="3" t="n">
+        <x:v>1990</x:v>
+      </x:c>
+      <x:c r="GC19" s="3" t="n">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="GD19" s="3" t="n">
+        <x:v>2076</x:v>
+      </x:c>
+      <x:c r="GE19" s="3" t="n">
+        <x:v>2048</x:v>
+      </x:c>
+      <x:c r="GF19" s="3" t="n">
+        <x:v>1966</x:v>
+      </x:c>
+      <x:c r="GG19" s="3" t="n">
+        <x:v>2056</x:v>
+      </x:c>
+      <x:c r="GH19" s="3" t="n">
+        <x:v>1992</x:v>
+      </x:c>
+      <x:c r="GI19" s="3" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="GJ19" s="3" t="n">
+        <x:v>1915</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:192">
+      <x:c r="A20" s="2" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="B20" s="3" t="n">
+        <x:v>23980</x:v>
+      </x:c>
+      <x:c r="C20" s="3" t="n">
+        <x:v>25630</x:v>
+      </x:c>
+      <x:c r="D20" s="3" t="n">
+        <x:v>25567</x:v>
+      </x:c>
+      <x:c r="E20" s="3" t="n">
+        <x:v>27294</x:v>
+      </x:c>
+      <x:c r="F20" s="3" t="n">
+        <x:v>32500</x:v>
+      </x:c>
+      <x:c r="G20" s="3" t="n">
+        <x:v>32297</x:v>
+      </x:c>
+      <x:c r="H20" s="3" t="n">
+        <x:v>32382</x:v>
+      </x:c>
+      <x:c r="I20" s="3" t="n">
+        <x:v>33372</x:v>
+      </x:c>
+      <x:c r="J20" s="3" t="n">
+        <x:v>30743</x:v>
+      </x:c>
+      <x:c r="K20" s="3" t="n">
+        <x:v>30877</x:v>
+      </x:c>
+      <x:c r="L20" s="3" t="n">
+        <x:v>29480</x:v>
+      </x:c>
+      <x:c r="M20" s="3" t="n">
+        <x:v>28386</x:v>
+      </x:c>
+      <x:c r="N20" s="3" t="n">
+        <x:v>28920</x:v>
+      </x:c>
+      <x:c r="O20" s="3" t="n">
+        <x:v>27757</x:v>
+      </x:c>
+      <x:c r="P20" s="3" t="n">
+        <x:v>30857</x:v>
+      </x:c>
+      <x:c r="Q20" s="3" t="n">
+        <x:v>29796</x:v>
+      </x:c>
+      <x:c r="R20" s="3" t="n">
+        <x:v>28502</x:v>
+      </x:c>
+      <x:c r="S20" s="3" t="n">
+        <x:v>28987</x:v>
+      </x:c>
+      <x:c r="T20" s="3" t="n">
+        <x:v>28824</x:v>
+      </x:c>
+      <x:c r="U20" s="3" t="n">
+        <x:v>28822</x:v>
+      </x:c>
+      <x:c r="V20" s="3" t="n">
+        <x:v>29416</x:v>
+      </x:c>
+      <x:c r="W20" s="3" t="n">
+        <x:v>31308</x:v>
+      </x:c>
+      <x:c r="X20" s="3" t="n">
+        <x:v>31710</x:v>
+      </x:c>
+      <x:c r="Y20" s="3" t="n">
+        <x:v>32110</x:v>
+      </x:c>
+      <x:c r="Z20" s="3" t="n">
+        <x:v>31887</x:v>
+      </x:c>
+      <x:c r="AA20" s="3" t="n">
+        <x:v>33188</x:v>
+      </x:c>
+      <x:c r="AB20" s="3" t="n">
+        <x:v>34968</x:v>
+      </x:c>
+      <x:c r="AC20" s="3" t="n">
+        <x:v>34546</x:v>
+      </x:c>
+      <x:c r="AD20" s="3" t="n">
+        <x:v>33884</x:v>
+      </x:c>
+      <x:c r="AE20" s="3" t="n">
+        <x:v>33899</x:v>
+      </x:c>
+      <x:c r="AF20" s="3" t="n">
+        <x:v>33318</x:v>
+      </x:c>
+      <x:c r="AG20" s="3" t="n">
+        <x:v>36703</x:v>
+      </x:c>
+      <x:c r="AH20" s="3" t="n">
+        <x:v>29946</x:v>
+      </x:c>
+      <x:c r="AI20" s="3" t="n">
+        <x:v>33940</x:v>
+      </x:c>
+      <x:c r="AJ20" s="3" t="n">
+        <x:v>32601</x:v>
+      </x:c>
+      <x:c r="AK20" s="3" t="n">
+        <x:v>31443</x:v>
+      </x:c>
+      <x:c r="AL20" s="3" t="n">
+        <x:v>32862</x:v>
+      </x:c>
+      <x:c r="AM20" s="3" t="n">
+        <x:v>35139</x:v>
+      </x:c>
+      <x:c r="AN20" s="3" t="n">
+        <x:v>35377</x:v>
+      </x:c>
+      <x:c r="AO20" s="3" t="n">
+        <x:v>36501</x:v>
+      </x:c>
+      <x:c r="AP20" s="3" t="n">
+        <x:v>35159</x:v>
+      </x:c>
+      <x:c r="AQ20" s="3" t="n">
+        <x:v>36227</x:v>
+      </x:c>
+      <x:c r="AR20" s="3" t="n">
+        <x:v>34053</x:v>
+      </x:c>
+      <x:c r="AS20" s="3" t="n">
+        <x:v>29471</x:v>
+      </x:c>
+      <x:c r="AT20" s="3" t="n">
+        <x:v>30106</x:v>
+      </x:c>
+      <x:c r="AU20" s="3" t="n">
+        <x:v>34232</x:v>
+      </x:c>
+      <x:c r="AV20" s="3" t="n">
+        <x:v>38004</x:v>
+      </x:c>
+      <x:c r="AW20" s="3" t="n">
+        <x:v>40456</x:v>
+      </x:c>
+      <x:c r="AX20" s="3" t="n">
+        <x:v>39380</x:v>
+      </x:c>
+      <x:c r="AY20" s="3" t="n">
+        <x:v>41129</x:v>
+      </x:c>
+      <x:c r="AZ20" s="3" t="n">
+        <x:v>40015</x:v>
+      </x:c>
+      <x:c r="BA20" s="3" t="n">
+        <x:v>39560</x:v>
+      </x:c>
+      <x:c r="BB20" s="3" t="n">
+        <x:v>40538</x:v>
+      </x:c>
+      <x:c r="BC20" s="3" t="n">
+        <x:v>40075</x:v>
+      </x:c>
+      <x:c r="BD20" s="3" t="n">
+        <x:v>34518</x:v>
+      </x:c>
+      <x:c r="BE20" s="3" t="n">
+        <x:v>38916</x:v>
+      </x:c>
+      <x:c r="BF20" s="3" t="n">
+        <x:v>39126</x:v>
+      </x:c>
+      <x:c r="BG20" s="3" t="n">
+        <x:v>41201</x:v>
+      </x:c>
+      <x:c r="BH20" s="3" t="n">
+        <x:v>39153</x:v>
+      </x:c>
+      <x:c r="BI20" s="3" t="n">
+        <x:v>41064</x:v>
+      </x:c>
+      <x:c r="BJ20" s="3" t="n">
+        <x:v>42049</x:v>
+      </x:c>
+      <x:c r="BK20" s="3" t="n">
+        <x:v>44263</x:v>
+      </x:c>
+      <x:c r="BL20" s="3" t="n">
+        <x:v>42604</x:v>
+      </x:c>
+      <x:c r="BM20" s="3" t="n">
+        <x:v>41849</x:v>
+      </x:c>
+      <x:c r="BN20" s="3" t="n">
+        <x:v>43565</x:v>
+      </x:c>
+      <x:c r="BO20" s="3" t="n">
+        <x:v>44530</x:v>
+      </x:c>
+      <x:c r="BP20" s="3" t="n">
+        <x:v>43499</x:v>
+      </x:c>
+      <x:c r="BQ20" s="3" t="n">
+        <x:v>45328</x:v>
+      </x:c>
+      <x:c r="BR20" s="3" t="n">
+        <x:v>43767</x:v>
+      </x:c>
+      <x:c r="BS20" s="3" t="n">
+        <x:v>41854</x:v>
+      </x:c>
+      <x:c r="BT20" s="3" t="n">
+        <x:v>40815</x:v>
+      </x:c>
+      <x:c r="BU20" s="3" t="n">
+        <x:v>39833</x:v>
+      </x:c>
+      <x:c r="BV20" s="3" t="n">
+        <x:v>44572</x:v>
+      </x:c>
+      <x:c r="BW20" s="3" t="n">
+        <x:v>41863</x:v>
+      </x:c>
+      <x:c r="BX20" s="3" t="n">
+        <x:v>46555</x:v>
+      </x:c>
+      <x:c r="BY20" s="3" t="n">
+        <x:v>46339</x:v>
+      </x:c>
+      <x:c r="BZ20" s="3" t="n">
+        <x:v>46583</x:v>
+      </x:c>
+      <x:c r="CA20" s="3" t="n">
+        <x:v>46864</x:v>
+      </x:c>
+      <x:c r="CB20" s="3" t="n">
+        <x:v>46351</x:v>
+      </x:c>
+      <x:c r="CC20" s="3" t="n">
+        <x:v>46836</x:v>
+      </x:c>
+      <x:c r="CD20" s="3" t="n">
+        <x:v>47845</x:v>
+      </x:c>
+      <x:c r="CE20" s="3" t="n">
+        <x:v>45280</x:v>
+      </x:c>
+      <x:c r="CF20" s="3" t="n">
+        <x:v>47848</x:v>
+      </x:c>
+      <x:c r="CG20" s="3" t="n">
+        <x:v>45528</x:v>
+      </x:c>
+      <x:c r="CH20" s="3" t="n">
+        <x:v>50467</x:v>
+      </x:c>
+      <x:c r="CI20" s="3" t="n">
+        <x:v>42195</x:v>
+      </x:c>
+      <x:c r="CJ20" s="3" t="n">
+        <x:v>51202</x:v>
+      </x:c>
+      <x:c r="CK20" s="3" t="n">
+        <x:v>51692</x:v>
+      </x:c>
+      <x:c r="CL20" s="3" t="n">
+        <x:v>51956</x:v>
+      </x:c>
+      <x:c r="CM20" s="3" t="n">
+        <x:v>47532</x:v>
+      </x:c>
+      <x:c r="CN20" s="3" t="n">
+        <x:v>48339</x:v>
+      </x:c>
+      <x:c r="CO20" s="3" t="n">
+        <x:v>49581</x:v>
+      </x:c>
+      <x:c r="CP20" s="3" t="n">
+        <x:v>44627</x:v>
+      </x:c>
+      <x:c r="CQ20" s="3" t="n">
+        <x:v>47203</x:v>
+      </x:c>
+      <x:c r="CR20" s="3" t="n">
+        <x:v>45253</x:v>
+      </x:c>
+      <x:c r="CS20" s="3" t="n">
+        <x:v>47562</x:v>
+      </x:c>
+      <x:c r="CT20" s="3" t="n">
+        <x:v>47783</x:v>
+      </x:c>
+      <x:c r="CU20" s="3" t="n">
+        <x:v>47011</x:v>
+      </x:c>
+      <x:c r="CV20" s="3" t="n">
+        <x:v>41169</x:v>
+      </x:c>
+      <x:c r="CW20" s="3" t="n">
+        <x:v>45797</x:v>
+      </x:c>
+      <x:c r="CX20" s="3" t="n">
+        <x:v>46924</x:v>
+      </x:c>
+      <x:c r="CY20" s="3" t="n">
+        <x:v>47411</x:v>
+      </x:c>
+      <x:c r="CZ20" s="3" t="n">
+        <x:v>46379</x:v>
+      </x:c>
+      <x:c r="DA20" s="3" t="n">
+        <x:v>50773</x:v>
+      </x:c>
+      <x:c r="DB20" s="3" t="n">
+        <x:v>52630</x:v>
+      </x:c>
+      <x:c r="DC20" s="3" t="n">
+        <x:v>45458</x:v>
+      </x:c>
+      <x:c r="DD20" s="3" t="n">
+        <x:v>47676</x:v>
+      </x:c>
+      <x:c r="DE20" s="3" t="n">
+        <x:v>54378</x:v>
+      </x:c>
+      <x:c r="DF20" s="3" t="n">
+        <x:v>56809</x:v>
+      </x:c>
+      <x:c r="DG20" s="3" t="n">
+        <x:v>52729</x:v>
+      </x:c>
+      <x:c r="DH20" s="3" t="n">
+        <x:v>56366</x:v>
+      </x:c>
+      <x:c r="DI20" s="3" t="n">
+        <x:v>56563</x:v>
+      </x:c>
+      <x:c r="DJ20" s="3" t="n">
+        <x:v>59894</x:v>
+      </x:c>
+      <x:c r="DK20" s="3" t="n">
+        <x:v>58605</x:v>
+      </x:c>
+      <x:c r="DL20" s="3" t="n">
+        <x:v>57462</x:v>
+      </x:c>
+      <x:c r="DM20" s="3" t="n">
+        <x:v>60147</x:v>
+      </x:c>
+      <x:c r="DN20" s="3" t="n">
+        <x:v>63380</x:v>
+      </x:c>
+      <x:c r="DO20" s="3" t="n">
+        <x:v>61423</x:v>
+      </x:c>
+      <x:c r="DP20" s="3" t="n">
+        <x:v>60956</x:v>
+      </x:c>
+      <x:c r="DQ20" s="3" t="n">
+        <x:v>63322</x:v>
+      </x:c>
+      <x:c r="DR20" s="3" t="n">
+        <x:v>62440</x:v>
+      </x:c>
+      <x:c r="DS20" s="3" t="n">
+        <x:v>64309</x:v>
+      </x:c>
+      <x:c r="DT20" s="3" t="n">
+        <x:v>57089</x:v>
+      </x:c>
+      <x:c r="DU20" s="3" t="n">
+        <x:v>60020</x:v>
+      </x:c>
+      <x:c r="DV20" s="3" t="n">
+        <x:v>60983</x:v>
+      </x:c>
+      <x:c r="DW20" s="3" t="n">
+        <x:v>57998</x:v>
+      </x:c>
+      <x:c r="DX20" s="3" t="n">
+        <x:v>55344</x:v>
+      </x:c>
+      <x:c r="DY20" s="3" t="n">
+        <x:v>60300</x:v>
+      </x:c>
+      <x:c r="DZ20" s="3" t="n">
+        <x:v>68890</x:v>
+      </x:c>
+      <x:c r="EA20" s="3" t="n">
+        <x:v>65705</x:v>
+      </x:c>
+      <x:c r="EB20" s="3" t="n">
+        <x:v>59633</x:v>
+      </x:c>
+      <x:c r="EC20" s="3" t="n">
+        <x:v>71442</x:v>
+      </x:c>
+      <x:c r="ED20" s="3" t="n">
+        <x:v>70656</x:v>
+      </x:c>
+      <x:c r="EE20" s="3" t="n">
+        <x:v>67304</x:v>
+      </x:c>
+      <x:c r="EF20" s="3" t="n">
+        <x:v>63473</x:v>
+      </x:c>
+      <x:c r="EG20" s="3" t="n">
+        <x:v>66481</x:v>
+      </x:c>
+      <x:c r="EH20" s="3" t="n">
+        <x:v>64433</x:v>
+      </x:c>
+      <x:c r="EI20" s="3" t="n">
+        <x:v>61430</x:v>
+      </x:c>
+      <x:c r="EJ20" s="3" t="n">
+        <x:v>60707</x:v>
+      </x:c>
+      <x:c r="EK20" s="3" t="n">
+        <x:v>61583</x:v>
+      </x:c>
+      <x:c r="EL20" s="3" t="n">
+        <x:v>64438</x:v>
+      </x:c>
+      <x:c r="EM20" s="3" t="n">
+        <x:v>64407</x:v>
+      </x:c>
+      <x:c r="EN20" s="3" t="n">
+        <x:v>61733</x:v>
+      </x:c>
+      <x:c r="EO20" s="3" t="n">
+        <x:v>61313</x:v>
+      </x:c>
+      <x:c r="EP20" s="3" t="n">
+        <x:v>63611</x:v>
+      </x:c>
+      <x:c r="EQ20" s="3" t="n">
+        <x:v>60542</x:v>
+      </x:c>
+      <x:c r="ER20" s="3" t="n">
+        <x:v>56051</x:v>
+      </x:c>
+      <x:c r="ES20" s="3" t="n">
+        <x:v>57903</x:v>
+      </x:c>
+      <x:c r="ET20" s="3" t="n">
+        <x:v>64285</x:v>
+      </x:c>
+      <x:c r="EU20" s="3" t="n">
+        <x:v>63698</x:v>
+      </x:c>
+      <x:c r="EV20" s="3" t="n">
+        <x:v>62539</x:v>
+      </x:c>
+      <x:c r="EW20" s="3" t="n">
+        <x:v>63800</x:v>
+      </x:c>
+      <x:c r="EX20" s="3" t="n">
+        <x:v>59514</x:v>
+      </x:c>
+      <x:c r="EY20" s="3" t="n">
+        <x:v>56949</x:v>
+      </x:c>
+      <x:c r="EZ20" s="3" t="n">
+        <x:v>50095</x:v>
+      </x:c>
+      <x:c r="FA20" s="3" t="n">
+        <x:v>43853</x:v>
+      </x:c>
+      <x:c r="FB20" s="3" t="n">
+        <x:v>60304</x:v>
+      </x:c>
+      <x:c r="FC20" s="3" t="n">
+        <x:v>59342</x:v>
+      </x:c>
+      <x:c r="FD20" s="3" t="n">
+        <x:v>55328</x:v>
+      </x:c>
+      <x:c r="FE20" s="3" t="n">
+        <x:v>56951</x:v>
+      </x:c>
+      <x:c r="FF20" s="3" t="n">
+        <x:v>59921</x:v>
+      </x:c>
+      <x:c r="FG20" s="3" t="n">
+        <x:v>59587</x:v>
+      </x:c>
+      <x:c r="FH20" s="3" t="n">
+        <x:v>59024</x:v>
+      </x:c>
+      <x:c r="FI20" s="3" t="n">
+        <x:v>60311</x:v>
+      </x:c>
+      <x:c r="FJ20" s="3" t="n">
+        <x:v>59959</x:v>
+      </x:c>
+      <x:c r="FK20" s="3" t="n">
+        <x:v>57857</x:v>
+      </x:c>
+      <x:c r="FL20" s="3" t="n">
+        <x:v>55023</x:v>
+      </x:c>
+      <x:c r="FM20" s="3" t="n">
+        <x:v>52702</x:v>
+      </x:c>
+      <x:c r="FN20" s="3" t="n">
+        <x:v>34733</x:v>
+      </x:c>
+      <x:c r="FO20" s="3" t="n">
+        <x:v>52164</x:v>
+      </x:c>
+      <x:c r="FP20" s="3" t="n">
+        <x:v>55295</x:v>
+      </x:c>
+      <x:c r="FQ20" s="3" t="n">
+        <x:v>60531</x:v>
+      </x:c>
+      <x:c r="FR20" s="3" t="n">
+        <x:v>57410</x:v>
+      </x:c>
+      <x:c r="FS20" s="3" t="n">
+        <x:v>54519</x:v>
+      </x:c>
+      <x:c r="FT20" s="3" t="n">
+        <x:v>47321</x:v>
+      </x:c>
+      <x:c r="FU20" s="3" t="n">
+        <x:v>48941</x:v>
+      </x:c>
+      <x:c r="FV20" s="3" t="n">
+        <x:v>50596</x:v>
+      </x:c>
+      <x:c r="FW20" s="3" t="n">
+        <x:v>35090</x:v>
+      </x:c>
+      <x:c r="FX20" s="3" t="n">
+        <x:v>49395</x:v>
+      </x:c>
+      <x:c r="FY20" s="3" t="n">
+        <x:v>50684</x:v>
+      </x:c>
+      <x:c r="FZ20" s="3" t="n">
+        <x:v>49887</x:v>
+      </x:c>
+      <x:c r="GA20" s="3" t="n">
+        <x:v>46461</x:v>
+      </x:c>
+      <x:c r="GB20" s="3" t="n">
+        <x:v>43609</x:v>
+      </x:c>
+      <x:c r="GC20" s="3" t="n">
+        <x:v>47700</x:v>
+      </x:c>
+      <x:c r="GD20" s="3" t="n">
+        <x:v>46315</x:v>
+      </x:c>
+      <x:c r="GE20" s="3" t="n">
+        <x:v>37391</x:v>
+      </x:c>
+      <x:c r="GF20" s="3" t="n">
+        <x:v>47291</x:v>
+      </x:c>
+      <x:c r="GG20" s="3" t="n">
+        <x:v>47559</x:v>
+      </x:c>
+      <x:c r="GH20" s="3" t="n">
+        <x:v>49712</x:v>
+      </x:c>
+      <x:c r="GI20" s="3" t="n">
+        <x:v>49635</x:v>
+      </x:c>
+      <x:c r="GJ20" s="3" t="n">
+        <x:v>46259</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:192">
+      <x:c r="A21" s="2" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="B21" s="3" t="n">
+        <x:v>6252</x:v>
+      </x:c>
+      <x:c r="C21" s="3" t="n">
+        <x:v>6582</x:v>
+      </x:c>
+      <x:c r="D21" s="3" t="n">
+        <x:v>7097</x:v>
+      </x:c>
+      <x:c r="E21" s="3" t="n">
+        <x:v>7624</x:v>
+      </x:c>
+      <x:c r="F21" s="3" t="n">
+        <x:v>9117</x:v>
+      </x:c>
+      <x:c r="G21" s="3" t="n">
+        <x:v>8959</x:v>
+      </x:c>
+      <x:c r="H21" s="3" t="n">
+        <x:v>7775</x:v>
+      </x:c>
+      <x:c r="I21" s="3" t="n">
+        <x:v>8558</x:v>
+      </x:c>
+      <x:c r="J21" s="3" t="n">
+        <x:v>9142</x:v>
+      </x:c>
+      <x:c r="K21" s="3" t="n">
+        <x:v>8785</x:v>
+      </x:c>
+      <x:c r="L21" s="3" t="n">
+        <x:v>7759</x:v>
+      </x:c>
+      <x:c r="M21" s="3" t="n">
+        <x:v>8420</x:v>
+      </x:c>
+      <x:c r="N21" s="3" t="n">
+        <x:v>9727</x:v>
+      </x:c>
+      <x:c r="O21" s="3" t="n">
+        <x:v>9133</x:v>
+      </x:c>
+      <x:c r="P21" s="3" t="n">
+        <x:v>8698</x:v>
+      </x:c>
+      <x:c r="Q21" s="3" t="n">
+        <x:v>8581</x:v>
+      </x:c>
+      <x:c r="R21" s="3" t="n">
+        <x:v>9190</x:v>
+      </x:c>
+      <x:c r="S21" s="3" t="n">
+        <x:v>8869</x:v>
+      </x:c>
+      <x:c r="T21" s="3" t="n">
+        <x:v>8206</x:v>
+      </x:c>
+      <x:c r="U21" s="3" t="n">
+        <x:v>8908</x:v>
+      </x:c>
+      <x:c r="V21" s="3" t="n">
+        <x:v>9849</x:v>
+      </x:c>
+      <x:c r="W21" s="3" t="n">
+        <x:v>10105</x:v>
+      </x:c>
+      <x:c r="X21" s="3" t="n">
+        <x:v>9137</x:v>
+      </x:c>
+      <x:c r="Y21" s="3" t="n">
+        <x:v>10143</x:v>
+      </x:c>
+      <x:c r="Z21" s="3" t="n">
+        <x:v>11316</x:v>
+      </x:c>
+      <x:c r="AA21" s="3" t="n">
+        <x:v>10813</x:v>
+      </x:c>
+      <x:c r="AB21" s="3" t="n">
+        <x:v>10372</x:v>
+      </x:c>
+      <x:c r="AC21" s="3" t="n">
+        <x:v>11377</x:v>
+      </x:c>
+      <x:c r="AD21" s="3" t="n">
+        <x:v>10376</x:v>
+      </x:c>
+      <x:c r="AE21" s="3" t="n">
+        <x:v>11247</x:v>
+      </x:c>
+      <x:c r="AF21" s="3" t="n">
+        <x:v>10655</x:v>
+      </x:c>
+      <x:c r="AG21" s="3" t="n">
+        <x:v>11099</x:v>
+      </x:c>
+      <x:c r="AH21" s="3" t="n">
+        <x:v>10463</x:v>
+      </x:c>
+      <x:c r="AI21" s="3" t="n">
+        <x:v>10691</x:v>
+      </x:c>
+      <x:c r="AJ21" s="3" t="n">
+        <x:v>9865</x:v>
+      </x:c>
+      <x:c r="AK21" s="3" t="n">
+        <x:v>9954</x:v>
+      </x:c>
+      <x:c r="AL21" s="3" t="n">
+        <x:v>10367</x:v>
+      </x:c>
+      <x:c r="AM21" s="3" t="n">
+        <x:v>10658</x:v>
+      </x:c>
+      <x:c r="AN21" s="3" t="n">
+        <x:v>10038</x:v>
+      </x:c>
+      <x:c r="AO21" s="3" t="n">
+        <x:v>10956</x:v>
+      </x:c>
+      <x:c r="AP21" s="3" t="n">
+        <x:v>10307</x:v>
+      </x:c>
+      <x:c r="AQ21" s="3" t="n">
+        <x:v>10300</x:v>
+      </x:c>
+      <x:c r="AR21" s="3" t="n">
+        <x:v>9648</x:v>
+      </x:c>
+      <x:c r="AS21" s="3" t="n">
+        <x:v>9809</x:v>
+      </x:c>
+      <x:c r="AT21" s="3" t="n">
+        <x:v>10932</x:v>
+      </x:c>
+      <x:c r="AU21" s="3" t="n">
+        <x:v>9598</x:v>
+      </x:c>
+      <x:c r="AV21" s="3" t="n">
+        <x:v>10442</x:v>
+      </x:c>
+      <x:c r="AW21" s="3" t="n">
+        <x:v>11137</x:v>
+      </x:c>
+      <x:c r="AX21" s="3" t="n">
+        <x:v>10992</x:v>
+      </x:c>
+      <x:c r="AY21" s="3" t="n">
+        <x:v>10740</x:v>
+      </x:c>
+      <x:c r="AZ21" s="3" t="n">
+        <x:v>10425</x:v>
+      </x:c>
+      <x:c r="BA21" s="3" t="n">
+        <x:v>10315</x:v>
+      </x:c>
+      <x:c r="BB21" s="3" t="n">
+        <x:v>10052</x:v>
+      </x:c>
+      <x:c r="BC21" s="3" t="n">
+        <x:v>10398</x:v>
+      </x:c>
+      <x:c r="BD21" s="3" t="n">
+        <x:v>9274</x:v>
+      </x:c>
+      <x:c r="BE21" s="3" t="n">
+        <x:v>10669</x:v>
+      </x:c>
+      <x:c r="BF21" s="3" t="n">
+        <x:v>10183</x:v>
+      </x:c>
+      <x:c r="BG21" s="3" t="n">
+        <x:v>10352</x:v>
+      </x:c>
+      <x:c r="BH21" s="3" t="n">
+        <x:v>9511</x:v>
+      </x:c>
+      <x:c r="BI21" s="3" t="n">
+        <x:v>9782</x:v>
+      </x:c>
+      <x:c r="BJ21" s="3" t="n">
+        <x:v>10709</x:v>
+      </x:c>
+      <x:c r="BK21" s="3" t="n">
+        <x:v>10717</x:v>
+      </x:c>
+      <x:c r="BL21" s="3" t="n">
+        <x:v>10111</x:v>
+      </x:c>
+      <x:c r="BM21" s="3" t="n">
+        <x:v>10568</x:v>
+      </x:c>
+      <x:c r="BN21" s="3" t="n">
+        <x:v>11253</x:v>
+      </x:c>
+      <x:c r="BO21" s="3" t="n">
+        <x:v>11057</x:v>
+      </x:c>
+      <x:c r="BP21" s="3" t="n">
+        <x:v>10941</x:v>
+      </x:c>
+      <x:c r="BQ21" s="3" t="n">
+        <x:v>11225</x:v>
+      </x:c>
+      <x:c r="BR21" s="3" t="n">
+        <x:v>12104</x:v>
+      </x:c>
+      <x:c r="BS21" s="3" t="n">
+        <x:v>11140</x:v>
+      </x:c>
+      <x:c r="BT21" s="3" t="n">
+        <x:v>10738</x:v>
+      </x:c>
+      <x:c r="BU21" s="3" t="n">
+        <x:v>10941</x:v>
+      </x:c>
+      <x:c r="BV21" s="3" t="n">
+        <x:v>12205</x:v>
+      </x:c>
+      <x:c r="BW21" s="3" t="n">
+        <x:v>10313</x:v>
+      </x:c>
+      <x:c r="BX21" s="3" t="n">
+        <x:v>11622</x:v>
+      </x:c>
+      <x:c r="BY21" s="3" t="n">
+        <x:v>11727</x:v>
+      </x:c>
+      <x:c r="BZ21" s="3" t="n">
+        <x:v>12708</x:v>
+      </x:c>
+      <x:c r="CA21" s="3" t="n">
+        <x:v>12863</x:v>
+      </x:c>
+      <x:c r="CB21" s="3" t="n">
+        <x:v>12060</x:v>
+      </x:c>
+      <x:c r="CC21" s="3" t="n">
+        <x:v>12899</x:v>
+      </x:c>
+      <x:c r="CD21" s="3" t="n">
+        <x:v>13005</x:v>
+      </x:c>
+      <x:c r="CE21" s="3" t="n">
+        <x:v>12991</x:v>
+      </x:c>
+      <x:c r="CF21" s="3" t="n">
+        <x:v>12099</x:v>
+      </x:c>
+      <x:c r="CG21" s="3" t="n">
+        <x:v>12174</x:v>
+      </x:c>
+      <x:c r="CH21" s="3" t="n">
+        <x:v>13080</x:v>
+      </x:c>
+      <x:c r="CI21" s="3" t="n">
+        <x:v>12021</x:v>
+      </x:c>
+      <x:c r="CJ21" s="3" t="n">
+        <x:v>12354</x:v>
+      </x:c>
+      <x:c r="CK21" s="3" t="n">
+        <x:v>12712</x:v>
+      </x:c>
+      <x:c r="CL21" s="3" t="n">
+        <x:v>12461</x:v>
+      </x:c>
+      <x:c r="CM21" s="3" t="n">
+        <x:v>11321</x:v>
+      </x:c>
+      <x:c r="CN21" s="3" t="n">
+        <x:v>12150</x:v>
+      </x:c>
+      <x:c r="CO21" s="3" t="n">
+        <x:v>12409</x:v>
+      </x:c>
+      <x:c r="CP21" s="3" t="n">
+        <x:v>12742</x:v>
+      </x:c>
+      <x:c r="CQ21" s="3" t="n">
+        <x:v>12195</x:v>
+      </x:c>
+      <x:c r="CR21" s="3" t="n">
+        <x:v>11381</x:v>
+      </x:c>
+      <x:c r="CS21" s="3" t="n">
+        <x:v>11716</x:v>
+      </x:c>
+      <x:c r="CT21" s="3" t="n">
+        <x:v>12422</x:v>
+      </x:c>
+      <x:c r="CU21" s="3" t="n">
+        <x:v>11935</x:v>
+      </x:c>
+      <x:c r="CV21" s="3" t="n">
+        <x:v>11309</x:v>
+      </x:c>
+      <x:c r="CW21" s="3" t="n">
+        <x:v>11734</x:v>
+      </x:c>
+      <x:c r="CX21" s="3" t="n">
+        <x:v>12318</x:v>
+      </x:c>
+      <x:c r="CY21" s="3" t="n">
+        <x:v>13371</x:v>
+      </x:c>
+      <x:c r="CZ21" s="3" t="n">
+        <x:v>12525</x:v>
+      </x:c>
+      <x:c r="DA21" s="3" t="n">
+        <x:v>13113</x:v>
+      </x:c>
+      <x:c r="DB21" s="3" t="n">
+        <x:v>13630</x:v>
+      </x:c>
+      <x:c r="DC21" s="3" t="n">
+        <x:v>13292</x:v>
+      </x:c>
+      <x:c r="DD21" s="3" t="n">
+        <x:v>13488</x:v>
+      </x:c>
+      <x:c r="DE21" s="3" t="n">
+        <x:v>13901</x:v>
+      </x:c>
+      <x:c r="DF21" s="3" t="n">
+        <x:v>14669</x:v>
+      </x:c>
+      <x:c r="DG21" s="3" t="n">
+        <x:v>14335</x:v>
+      </x:c>
+      <x:c r="DH21" s="3" t="n">
+        <x:v>13903</x:v>
+      </x:c>
+      <x:c r="DI21" s="3" t="n">
+        <x:v>13618</x:v>
+      </x:c>
+      <x:c r="DJ21" s="3" t="n">
+        <x:v>14170</x:v>
+      </x:c>
+      <x:c r="DK21" s="3" t="n">
+        <x:v>14130</x:v>
+      </x:c>
+      <x:c r="DL21" s="3" t="n">
+        <x:v>13574</x:v>
+      </x:c>
+      <x:c r="DM21" s="3" t="n">
+        <x:v>14146</x:v>
+      </x:c>
+      <x:c r="DN21" s="3" t="n">
+        <x:v>16101</x:v>
+      </x:c>
+      <x:c r="DO21" s="3" t="n">
+        <x:v>15203</x:v>
+      </x:c>
+      <x:c r="DP21" s="3" t="n">
+        <x:v>15342</x:v>
+      </x:c>
+      <x:c r="DQ21" s="3" t="n">
+        <x:v>15779</x:v>
+      </x:c>
+      <x:c r="DR21" s="3" t="n">
+        <x:v>16319</x:v>
+      </x:c>
+      <x:c r="DS21" s="3" t="n">
+        <x:v>18652</x:v>
+      </x:c>
+      <x:c r="DT21" s="3" t="n">
+        <x:v>17602</x:v>
+      </x:c>
+      <x:c r="DU21" s="3" t="n">
+        <x:v>18831</x:v>
+      </x:c>
+      <x:c r="DV21" s="3" t="n">
+        <x:v>15008</x:v>
+      </x:c>
+      <x:c r="DW21" s="3" t="n">
+        <x:v>14705</x:v>
+      </x:c>
+      <x:c r="DX21" s="3" t="n">
+        <x:v>13137</x:v>
+      </x:c>
+      <x:c r="DY21" s="3" t="n">
+        <x:v>17155</x:v>
+      </x:c>
+      <x:c r="DZ21" s="3" t="n">
+        <x:v>18172</x:v>
+      </x:c>
+      <x:c r="EA21" s="3" t="n">
+        <x:v>17808</x:v>
+      </x:c>
+      <x:c r="EB21" s="3" t="n">
+        <x:v>18854</x:v>
+      </x:c>
+      <x:c r="EC21" s="3" t="n">
+        <x:v>19149</x:v>
+      </x:c>
+      <x:c r="ED21" s="3" t="n">
+        <x:v>18505</x:v>
+      </x:c>
+      <x:c r="EE21" s="3" t="n">
+        <x:v>18724</x:v>
+      </x:c>
+      <x:c r="EF21" s="3" t="n">
+        <x:v>16946</x:v>
+      </x:c>
+      <x:c r="EG21" s="3" t="n">
+        <x:v>16455</x:v>
+      </x:c>
+      <x:c r="EH21" s="3" t="n">
+        <x:v>14865</x:v>
+      </x:c>
+      <x:c r="EI21" s="3" t="n">
+        <x:v>13440</x:v>
+      </x:c>
+      <x:c r="EJ21" s="3" t="n">
+        <x:v>13919</x:v>
+      </x:c>
+      <x:c r="EK21" s="3" t="n">
+        <x:v>13815</x:v>
+      </x:c>
+      <x:c r="EL21" s="3" t="n">
+        <x:v>14084</x:v>
+      </x:c>
+      <x:c r="EM21" s="3" t="n">
+        <x:v>12933</x:v>
+      </x:c>
+      <x:c r="EN21" s="3" t="n">
+        <x:v>14268</x:v>
+      </x:c>
+      <x:c r="EO21" s="3" t="n">
+        <x:v>13723</x:v>
+      </x:c>
+      <x:c r="EP21" s="3" t="n">
+        <x:v>15425</x:v>
+      </x:c>
+      <x:c r="EQ21" s="3" t="n">
+        <x:v>14335</x:v>
+      </x:c>
+      <x:c r="ER21" s="3" t="n">
+        <x:v>15429</x:v>
+      </x:c>
+      <x:c r="ES21" s="3" t="n">
+        <x:v>14432</x:v>
+      </x:c>
+      <x:c r="ET21" s="3" t="n">
+        <x:v>15894</x:v>
+      </x:c>
+      <x:c r="EU21" s="3" t="n">
+        <x:v>16051</x:v>
+      </x:c>
+      <x:c r="EV21" s="3" t="n">
+        <x:v>14692</x:v>
+      </x:c>
+      <x:c r="EW21" s="3" t="n">
+        <x:v>13970</x:v>
+      </x:c>
+      <x:c r="EX21" s="3" t="n">
+        <x:v>15560</x:v>
+      </x:c>
+      <x:c r="EY21" s="3" t="n">
+        <x:v>13929</x:v>
+      </x:c>
+      <x:c r="EZ21" s="3" t="n">
+        <x:v>13852</x:v>
+      </x:c>
+      <x:c r="FA21" s="3" t="n">
+        <x:v>13756</x:v>
+      </x:c>
+      <x:c r="FB21" s="3" t="n">
+        <x:v>14964</x:v>
+      </x:c>
+      <x:c r="FC21" s="3" t="n">
+        <x:v>14616</x:v>
+      </x:c>
+      <x:c r="FD21" s="3" t="n">
+        <x:v>14242</x:v>
+      </x:c>
+      <x:c r="FE21" s="3" t="n">
+        <x:v>14734</x:v>
+      </x:c>
+      <x:c r="FF21" s="3" t="n">
+        <x:v>14942</x:v>
+      </x:c>
+      <x:c r="FG21" s="3" t="n">
+        <x:v>14034</x:v>
+      </x:c>
+      <x:c r="FH21" s="3" t="n">
+        <x:v>14462</x:v>
+      </x:c>
+      <x:c r="FI21" s="3" t="n">
+        <x:v>14502</x:v>
+      </x:c>
+      <x:c r="FJ21" s="3" t="n">
+        <x:v>13902</x:v>
+      </x:c>
+      <x:c r="FK21" s="3" t="n">
+        <x:v>12255</x:v>
+      </x:c>
+      <x:c r="FL21" s="3" t="n">
+        <x:v>13588</x:v>
+      </x:c>
+      <x:c r="FM21" s="3" t="n">
+        <x:v>13725</x:v>
+      </x:c>
+      <x:c r="FN21" s="3" t="n">
+        <x:v>14207</x:v>
+      </x:c>
+      <x:c r="FO21" s="3" t="n">
+        <x:v>14111</x:v>
+      </x:c>
+      <x:c r="FP21" s="3" t="n">
+        <x:v>14511</x:v>
+      </x:c>
+      <x:c r="FQ21" s="3" t="n">
+        <x:v>14862</x:v>
+      </x:c>
+      <x:c r="FR21" s="3" t="n">
+        <x:v>14878</x:v>
+      </x:c>
+      <x:c r="FS21" s="3" t="n">
+        <x:v>16006</x:v>
+      </x:c>
+      <x:c r="FT21" s="3" t="n">
+        <x:v>16974</x:v>
+      </x:c>
+      <x:c r="FU21" s="3" t="n">
+        <x:v>16918</x:v>
+      </x:c>
+      <x:c r="FV21" s="3" t="n">
+        <x:v>16991</x:v>
+      </x:c>
+      <x:c r="FW21" s="3" t="n">
+        <x:v>14898</x:v>
+      </x:c>
+      <x:c r="FX21" s="3" t="n">
+        <x:v>17521</x:v>
+      </x:c>
+      <x:c r="FY21" s="3" t="n">
+        <x:v>16304</x:v>
+      </x:c>
+      <x:c r="FZ21" s="3" t="n">
+        <x:v>14193</x:v>
+      </x:c>
+      <x:c r="GA21" s="3" t="n">
+        <x:v>14031</x:v>
+      </x:c>
+      <x:c r="GB21" s="3" t="n">
+        <x:v>14031</x:v>
+      </x:c>
+      <x:c r="GC21" s="3" t="n">
+        <x:v>14608</x:v>
+      </x:c>
+      <x:c r="GD21" s="3" t="n">
+        <x:v>14933</x:v>
+      </x:c>
+      <x:c r="GE21" s="3" t="n">
+        <x:v>14230</x:v>
+      </x:c>
+      <x:c r="GF21" s="3" t="n">
+        <x:v>13444</x:v>
+      </x:c>
+      <x:c r="GG21" s="3" t="n">
+        <x:v>13906</x:v>
+      </x:c>
+      <x:c r="GH21" s="3" t="n">
+        <x:v>15582</x:v>
+      </x:c>
+      <x:c r="GI21" s="3" t="n">
+        <x:v>15148</x:v>
+      </x:c>
+      <x:c r="GJ21" s="3" t="n">
+        <x:v>15609</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:192">
+      <x:c r="A22" s="2" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="B22" s="3" t="n">
+        <x:v>8650</x:v>
+      </x:c>
+      <x:c r="C22" s="3" t="n">
+        <x:v>8995</x:v>
+      </x:c>
+      <x:c r="D22" s="3" t="n">
+        <x:v>7733</x:v>
+      </x:c>
+      <x:c r="E22" s="3" t="n">
+        <x:v>8963</x:v>
+      </x:c>
+      <x:c r="F22" s="3" t="n">
+        <x:v>9091</x:v>
+      </x:c>
+      <x:c r="G22" s="3" t="n">
+        <x:v>8573</x:v>
+      </x:c>
+      <x:c r="H22" s="3" t="n">
+        <x:v>8556</x:v>
+      </x:c>
+      <x:c r="I22" s="3" t="n">
+        <x:v>9532</x:v>
+      </x:c>
+      <x:c r="J22" s="3" t="n">
+        <x:v>9681</x:v>
+      </x:c>
+      <x:c r="K22" s="3" t="n">
+        <x:v>8893</x:v>
+      </x:c>
+      <x:c r="L22" s="3" t="n">
+        <x:v>8187</x:v>
+      </x:c>
+      <x:c r="M22" s="3" t="n">
+        <x:v>8991</x:v>
+      </x:c>
+      <x:c r="N22" s="3" t="n">
+        <x:v>9334</x:v>
+      </x:c>
+      <x:c r="O22" s="3" t="n">
+        <x:v>8722</x:v>
+      </x:c>
+      <x:c r="P22" s="3" t="n">
+        <x:v>8262</x:v>
+      </x:c>
+      <x:c r="Q22" s="3" t="n">
+        <x:v>9147</x:v>
+      </x:c>
+      <x:c r="R22" s="3" t="n">
+        <x:v>10022</x:v>
+      </x:c>
+      <x:c r="S22" s="3" t="n">
+        <x:v>8948</x:v>
+      </x:c>
+      <x:c r="T22" s="3" t="n">
+        <x:v>8090</x:v>
+      </x:c>
+      <x:c r="U22" s="3" t="n">
+        <x:v>9197</x:v>
+      </x:c>
+      <x:c r="V22" s="3" t="n">
+        <x:v>9879</x:v>
+      </x:c>
+      <x:c r="W22" s="3" t="n">
+        <x:v>9458</x:v>
+      </x:c>
+      <x:c r="X22" s="3" t="n">
+        <x:v>8455</x:v>
+      </x:c>
+      <x:c r="Y22" s="3" t="n">
+        <x:v>9895</x:v>
+      </x:c>
+      <x:c r="Z22" s="3" t="n">
+        <x:v>9144</x:v>
+      </x:c>
+      <x:c r="AA22" s="3" t="n">
+        <x:v>8626</x:v>
+      </x:c>
+      <x:c r="AB22" s="3" t="n">
+        <x:v>8162</x:v>
+      </x:c>
+      <x:c r="AC22" s="3" t="n">
+        <x:v>9434</x:v>
+      </x:c>
+      <x:c r="AD22" s="3" t="n">
+        <x:v>9693</x:v>
+      </x:c>
+      <x:c r="AE22" s="3" t="n">
+        <x:v>9129</x:v>
+      </x:c>
+      <x:c r="AF22" s="3" t="n">
+        <x:v>8600</x:v>
+      </x:c>
+      <x:c r="AG22" s="3" t="n">
+        <x:v>9870</x:v>
+      </x:c>
+      <x:c r="AH22" s="3" t="n">
+        <x:v>10028</x:v>
+      </x:c>
+      <x:c r="AI22" s="3" t="n">
+        <x:v>10378</x:v>
+      </x:c>
+      <x:c r="AJ22" s="3" t="n">
+        <x:v>10065</x:v>
+      </x:c>
+      <x:c r="AK22" s="3" t="n">
+        <x:v>10955</x:v>
+      </x:c>
+      <x:c r="AL22" s="3" t="n">
+        <x:v>10588</x:v>
+      </x:c>
+      <x:c r="AM22" s="3" t="n">
+        <x:v>10101</x:v>
+      </x:c>
+      <x:c r="AN22" s="3" t="n">
+        <x:v>10141</x:v>
+      </x:c>
+      <x:c r="AO22" s="3" t="n">
+        <x:v>10769</x:v>
+      </x:c>
+      <x:c r="AP22" s="3" t="n">
+        <x:v>10573</x:v>
+      </x:c>
+      <x:c r="AQ22" s="3" t="n">
+        <x:v>10437</x:v>
+      </x:c>
+      <x:c r="AR22" s="3" t="n">
+        <x:v>8793</x:v>
+      </x:c>
+      <x:c r="AS22" s="3" t="n">
+        <x:v>10147</x:v>
+      </x:c>
+      <x:c r="AT22" s="3" t="n">
+        <x:v>9164</x:v>
+      </x:c>
+      <x:c r="AU22" s="3" t="n">
+        <x:v>9558</x:v>
+      </x:c>
+      <x:c r="AV22" s="3" t="n">
+        <x:v>8164</x:v>
+      </x:c>
+      <x:c r="AW22" s="3" t="n">
+        <x:v>9719</x:v>
+      </x:c>
+      <x:c r="AX22" s="3" t="n">
+        <x:v>9601</x:v>
+      </x:c>
+      <x:c r="AY22" s="3" t="n">
+        <x:v>8995</x:v>
+      </x:c>
+      <x:c r="AZ22" s="3" t="n">
+        <x:v>8543</x:v>
+      </x:c>
+      <x:c r="BA22" s="3" t="n">
+        <x:v>9499</x:v>
+      </x:c>
+      <x:c r="BB22" s="3" t="n">
+        <x:v>8617</x:v>
+      </x:c>
+      <x:c r="BC22" s="3" t="n">
+        <x:v>8561</x:v>
+      </x:c>
+      <x:c r="BD22" s="3" t="n">
+        <x:v>7904</x:v>
+      </x:c>
+      <x:c r="BE22" s="3" t="n">
+        <x:v>8939</x:v>
+      </x:c>
+      <x:c r="BF22" s="3" t="n">
+        <x:v>8785</x:v>
+      </x:c>
+      <x:c r="BG22" s="3" t="n">
+        <x:v>8324</x:v>
+      </x:c>
+      <x:c r="BH22" s="3" t="n">
+        <x:v>7908</x:v>
+      </x:c>
+      <x:c r="BI22" s="3" t="n">
+        <x:v>8698</x:v>
+      </x:c>
+      <x:c r="BJ22" s="3" t="n">
+        <x:v>8168</x:v>
+      </x:c>
+      <x:c r="BK22" s="3" t="n">
+        <x:v>8043</x:v>
+      </x:c>
+      <x:c r="BL22" s="3" t="n">
+        <x:v>7456</x:v>
+      </x:c>
+      <x:c r="BM22" s="3" t="n">
+        <x:v>8313</x:v>
+      </x:c>
+      <x:c r="BN22" s="3" t="n">
+        <x:v>8486</x:v>
+      </x:c>
+      <x:c r="BO22" s="3" t="n">
+        <x:v>9210</x:v>
+      </x:c>
+      <x:c r="BP22" s="3" t="n">
+        <x:v>8093</x:v>
+      </x:c>
+      <x:c r="BQ22" s="3" t="n">
+        <x:v>9308</x:v>
+      </x:c>
+      <x:c r="BR22" s="3" t="n">
+        <x:v>9710</x:v>
+      </x:c>
+      <x:c r="BS22" s="3" t="n">
+        <x:v>9162</x:v>
+      </x:c>
+      <x:c r="BT22" s="3" t="n">
+        <x:v>8330</x:v>
+      </x:c>
+      <x:c r="BU22" s="3" t="n">
+        <x:v>9511</x:v>
+      </x:c>
+      <x:c r="BV22" s="3" t="n">
+        <x:v>11364</x:v>
+      </x:c>
+      <x:c r="BW22" s="3" t="n">
+        <x:v>10700</x:v>
+      </x:c>
+      <x:c r="BX22" s="3" t="n">
+        <x:v>9599</x:v>
+      </x:c>
+      <x:c r="BY22" s="3" t="n">
+        <x:v>10987</x:v>
+      </x:c>
+      <x:c r="BZ22" s="3" t="n">
+        <x:v>11501</x:v>
+      </x:c>
+      <x:c r="CA22" s="3" t="n">
+        <x:v>12855</x:v>
+      </x:c>
+      <x:c r="CB22" s="3" t="n">
+        <x:v>10401</x:v>
+      </x:c>
+      <x:c r="CC22" s="3" t="n">
+        <x:v>11524</x:v>
+      </x:c>
+      <x:c r="CD22" s="3" t="n">
+        <x:v>11862</x:v>
+      </x:c>
+      <x:c r="CE22" s="3" t="n">
+        <x:v>11744</x:v>
+      </x:c>
+      <x:c r="CF22" s="3" t="n">
+        <x:v>11372</x:v>
+      </x:c>
+      <x:c r="CG22" s="3" t="n">
+        <x:v>12055</x:v>
+      </x:c>
+      <x:c r="CH22" s="3" t="n">
+        <x:v>11602</x:v>
+      </x:c>
+      <x:c r="CI22" s="3" t="n">
+        <x:v>11615</x:v>
+      </x:c>
+      <x:c r="CJ22" s="3" t="n">
+        <x:v>10556</x:v>
+      </x:c>
+      <x:c r="CK22" s="3" t="n">
+        <x:v>11957</x:v>
+      </x:c>
+      <x:c r="CL22" s="3" t="n">
+        <x:v>12005</x:v>
+      </x:c>
+      <x:c r="CM22" s="3" t="n">
+        <x:v>11168</x:v>
+      </x:c>
+      <x:c r="CN22" s="3" t="n">
+        <x:v>10698</x:v>
+      </x:c>
+      <x:c r="CO22" s="3" t="n">
+        <x:v>11354</x:v>
+      </x:c>
+      <x:c r="CP22" s="3" t="n">
+        <x:v>11533</x:v>
+      </x:c>
+      <x:c r="CQ22" s="3" t="n">
+        <x:v>11173</x:v>
+      </x:c>
+      <x:c r="CR22" s="3" t="n">
+        <x:v>10273</x:v>
+      </x:c>
+      <x:c r="CS22" s="3" t="n">
+        <x:v>11187</x:v>
+      </x:c>
+      <x:c r="CT22" s="3" t="n">
+        <x:v>10926</x:v>
+      </x:c>
+      <x:c r="CU22" s="3" t="n">
+        <x:v>11845</x:v>
+      </x:c>
+      <x:c r="CV22" s="3" t="n">
+        <x:v>10427</x:v>
+      </x:c>
+      <x:c r="CW22" s="3" t="n">
+        <x:v>10947</x:v>
+      </x:c>
+      <x:c r="CX22" s="3" t="n">
+        <x:v>10712</x:v>
+      </x:c>
+      <x:c r="CY22" s="3" t="n">
+        <x:v>11173</x:v>
+      </x:c>
+      <x:c r="CZ22" s="3" t="n">
+        <x:v>10593</x:v>
+      </x:c>
+      <x:c r="DA22" s="3" t="n">
+        <x:v>12428</x:v>
+      </x:c>
+      <x:c r="DB22" s="3" t="n">
+        <x:v>12147</x:v>
+      </x:c>
+      <x:c r="DC22" s="3" t="n">
+        <x:v>12791</x:v>
+      </x:c>
+      <x:c r="DD22" s="3" t="n">
+        <x:v>11762</x:v>
+      </x:c>
+      <x:c r="DE22" s="3" t="n">
+        <x:v>12545</x:v>
+      </x:c>
+      <x:c r="DF22" s="3" t="n">
+        <x:v>12079</x:v>
+      </x:c>
+      <x:c r="DG22" s="3" t="n">
+        <x:v>14407</x:v>
+      </x:c>
+      <x:c r="DH22" s="3" t="n">
+        <x:v>12556</x:v>
+      </x:c>
+      <x:c r="DI22" s="3" t="n">
+        <x:v>14147</x:v>
+      </x:c>
+      <x:c r="DJ22" s="3" t="n">
+        <x:v>13974</x:v>
+      </x:c>
+      <x:c r="DK22" s="3" t="n">
+        <x:v>14609</x:v>
+      </x:c>
+      <x:c r="DL22" s="3" t="n">
+        <x:v>13908</x:v>
+      </x:c>
+      <x:c r="DM22" s="3" t="n">
+        <x:v>15377</x:v>
+      </x:c>
+      <x:c r="DN22" s="3" t="n">
+        <x:v>16016</x:v>
+      </x:c>
+      <x:c r="DO22" s="3" t="n">
+        <x:v>15377</x:v>
+      </x:c>
+      <x:c r="DP22" s="3" t="n">
+        <x:v>15418</x:v>
+      </x:c>
+      <x:c r="DQ22" s="3" t="n">
+        <x:v>16864</x:v>
+      </x:c>
+      <x:c r="DR22" s="3" t="n">
+        <x:v>16823</x:v>
+      </x:c>
+      <x:c r="DS22" s="3" t="n">
+        <x:v>19478</x:v>
+      </x:c>
+      <x:c r="DT22" s="3" t="n">
+        <x:v>15673</x:v>
+      </x:c>
+      <x:c r="DU22" s="3" t="n">
+        <x:v>14780</x:v>
+      </x:c>
+      <x:c r="DV22" s="3" t="n">
+        <x:v>14835</x:v>
+      </x:c>
+      <x:c r="DW22" s="3" t="n">
+        <x:v>14084</x:v>
+      </x:c>
+      <x:c r="DX22" s="3" t="n">
+        <x:v>14016</x:v>
+      </x:c>
+      <x:c r="DY22" s="3" t="n">
+        <x:v>14743</x:v>
+      </x:c>
+      <x:c r="DZ22" s="3" t="n">
+        <x:v>12658</x:v>
+      </x:c>
+      <x:c r="EA22" s="3" t="n">
+        <x:v>15280</x:v>
+      </x:c>
+      <x:c r="EB22" s="3" t="n">
+        <x:v>14213</x:v>
+      </x:c>
+      <x:c r="EC22" s="3" t="n">
+        <x:v>15333</x:v>
+      </x:c>
+      <x:c r="ED22" s="3" t="n">
+        <x:v>15886</x:v>
+      </x:c>
+      <x:c r="EE22" s="3" t="n">
+        <x:v>16192</x:v>
+      </x:c>
+      <x:c r="EF22" s="3" t="n">
+        <x:v>15301</x:v>
+      </x:c>
+      <x:c r="EG22" s="3" t="n">
+        <x:v>16144</x:v>
+      </x:c>
+      <x:c r="EH22" s="3" t="n">
+        <x:v>16354</x:v>
+      </x:c>
+      <x:c r="EI22" s="3" t="n">
+        <x:v>16533</x:v>
+      </x:c>
+      <x:c r="EJ22" s="3" t="n">
+        <x:v>15294</x:v>
+      </x:c>
+      <x:c r="EK22" s="3" t="n">
+        <x:v>15638</x:v>
+      </x:c>
+      <x:c r="EL22" s="3" t="n">
+        <x:v>14516</x:v>
+      </x:c>
+      <x:c r="EM22" s="3" t="n">
+        <x:v>17513</x:v>
+      </x:c>
+      <x:c r="EN22" s="3" t="n">
+        <x:v>16091</x:v>
+      </x:c>
+      <x:c r="EO22" s="3" t="n">
+        <x:v>16550</x:v>
+      </x:c>
+      <x:c r="EP22" s="3" t="n">
+        <x:v>16023</x:v>
+      </x:c>
+      <x:c r="EQ22" s="3" t="n">
+        <x:v>17389</x:v>
+      </x:c>
+      <x:c r="ER22" s="3" t="n">
+        <x:v>15702</x:v>
+      </x:c>
+      <x:c r="ES22" s="3" t="n">
+        <x:v>15843</x:v>
+      </x:c>
+      <x:c r="ET22" s="3" t="n">
+        <x:v>15362</x:v>
+      </x:c>
+      <x:c r="EU22" s="3" t="n">
+        <x:v>17975</x:v>
+      </x:c>
+      <x:c r="EV22" s="3" t="n">
+        <x:v>16181</x:v>
+      </x:c>
+      <x:c r="EW22" s="3" t="n">
+        <x:v>16477</x:v>
+      </x:c>
+      <x:c r="EX22" s="3" t="n">
+        <x:v>15943</x:v>
+      </x:c>
+      <x:c r="EY22" s="3" t="n">
+        <x:v>19494</x:v>
+      </x:c>
+      <x:c r="EZ22" s="3" t="n">
+        <x:v>17398</x:v>
+      </x:c>
+      <x:c r="FA22" s="3" t="n">
+        <x:v>17826</x:v>
+      </x:c>
+      <x:c r="FB22" s="3" t="n">
+        <x:v>17041</x:v>
+      </x:c>
+      <x:c r="FC22" s="3" t="n">
+        <x:v>18787</x:v>
+      </x:c>
+      <x:c r="FD22" s="3" t="n">
+        <x:v>18234</x:v>
+      </x:c>
+      <x:c r="FE22" s="3" t="n">
+        <x:v>18494</x:v>
+      </x:c>
+      <x:c r="FF22" s="3" t="n">
+        <x:v>16986</x:v>
+      </x:c>
+      <x:c r="FG22" s="3" t="n">
+        <x:v>19885</x:v>
+      </x:c>
+      <x:c r="FH22" s="3" t="n">
+        <x:v>17964</x:v>
+      </x:c>
+      <x:c r="FI22" s="3" t="n">
+        <x:v>19277</x:v>
+      </x:c>
+      <x:c r="FJ22" s="3" t="n">
+        <x:v>18071</x:v>
+      </x:c>
+      <x:c r="FK22" s="3" t="n">
+        <x:v>19436</x:v>
+      </x:c>
+      <x:c r="FL22" s="3" t="n">
+        <x:v>18169</x:v>
+      </x:c>
+      <x:c r="FM22" s="3" t="n">
+        <x:v>18256</x:v>
+      </x:c>
+      <x:c r="FN22" s="3" t="n">
+        <x:v>16859</x:v>
+      </x:c>
+      <x:c r="FO22" s="3" t="n">
+        <x:v>17324</x:v>
+      </x:c>
+      <x:c r="FP22" s="3" t="n">
+        <x:v>15937</x:v>
+      </x:c>
+      <x:c r="FQ22" s="3" t="n">
+        <x:v>17241</x:v>
+      </x:c>
+      <x:c r="FR22" s="3" t="n">
+        <x:v>16517</x:v>
+      </x:c>
+      <x:c r="FS22" s="3" t="n">
+        <x:v>18967</x:v>
+      </x:c>
+      <x:c r="FT22" s="3" t="n">
+        <x:v>16762</x:v>
+      </x:c>
+      <x:c r="FU22" s="3" t="n">
+        <x:v>17731</x:v>
+      </x:c>
+      <x:c r="FV22" s="3" t="n">
+        <x:v>17154</x:v>
+      </x:c>
+      <x:c r="FW22" s="3" t="n">
+        <x:v>18481</x:v>
+      </x:c>
+      <x:c r="FX22" s="3" t="n">
+        <x:v>16478</x:v>
+      </x:c>
+      <x:c r="FY22" s="3" t="n">
+        <x:v>17360</x:v>
+      </x:c>
+      <x:c r="FZ22" s="3" t="n">
+        <x:v>16510</x:v>
+      </x:c>
+      <x:c r="GA22" s="3" t="n">
+        <x:v>16565</x:v>
+      </x:c>
+      <x:c r="GB22" s="3" t="n">
+        <x:v>15194</x:v>
+      </x:c>
+      <x:c r="GC22" s="3" t="n">
+        <x:v>15372</x:v>
+      </x:c>
+      <x:c r="GD22" s="3" t="n">
+        <x:v>13637</x:v>
+      </x:c>
+      <x:c r="GE22" s="3" t="n">
+        <x:v>15587</x:v>
+      </x:c>
+      <x:c r="GF22" s="3" t="n">
+        <x:v>13721</x:v>
+      </x:c>
+      <x:c r="GG22" s="3" t="n">
+        <x:v>15138</x:v>
+      </x:c>
+      <x:c r="GH22" s="3" t="n">
+        <x:v>14523</x:v>
+      </x:c>
+      <x:c r="GI22" s="3" t="n">
+        <x:v>15333</x:v>
+      </x:c>
+      <x:c r="GJ22" s="3" t="n">
+        <x:v>14810</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:192">
+      <x:c r="A23" s="2" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B23" s="3" t="n">
+        <x:v>10300</x:v>
+      </x:c>
+      <x:c r="C23" s="3" t="n">
+        <x:v>10429</x:v>
+      </x:c>
+      <x:c r="D23" s="3" t="n">
+        <x:v>9201</x:v>
+      </x:c>
+      <x:c r="E23" s="3" t="n">
+        <x:v>11386</x:v>
+      </x:c>
+      <x:c r="F23" s="3" t="n">
+        <x:v>11628</x:v>
+      </x:c>
+      <x:c r="G23" s="3" t="n">
+        <x:v>11544</x:v>
+      </x:c>
+      <x:c r="H23" s="3" t="n">
+        <x:v>10495</x:v>
+      </x:c>
+      <x:c r="I23" s="3" t="n">
+        <x:v>12031</x:v>
+      </x:c>
+      <x:c r="J23" s="3" t="n">
+        <x:v>12391</x:v>
+      </x:c>
+      <x:c r="K23" s="3" t="n">
+        <x:v>11436</x:v>
+      </x:c>
+      <x:c r="L23" s="3" t="n">
+        <x:v>10584</x:v>
+      </x:c>
+      <x:c r="M23" s="3" t="n">
+        <x:v>10976</x:v>
+      </x:c>
+      <x:c r="N23" s="3" t="n">
+        <x:v>11442</x:v>
+      </x:c>
+      <x:c r="O23" s="3" t="n">
+        <x:v>11340</x:v>
+      </x:c>
+      <x:c r="P23" s="3" t="n">
+        <x:v>10414</x:v>
+      </x:c>
+      <x:c r="Q23" s="3" t="n">
+        <x:v>11221</x:v>
+      </x:c>
+      <x:c r="R23" s="3" t="n">
+        <x:v>11433</x:v>
+      </x:c>
+      <x:c r="S23" s="3" t="n">
+        <x:v>11712</x:v>
+      </x:c>
+      <x:c r="T23" s="3" t="n">
+        <x:v>8772</x:v>
+      </x:c>
+      <x:c r="U23" s="3" t="n">
+        <x:v>10239</x:v>
+      </x:c>
+      <x:c r="V23" s="3" t="n">
+        <x:v>11152</x:v>
+      </x:c>
+      <x:c r="W23" s="3" t="n">
+        <x:v>12567</x:v>
+      </x:c>
+      <x:c r="X23" s="3" t="n">
+        <x:v>10970</x:v>
+      </x:c>
+      <x:c r="Y23" s="3" t="n">
+        <x:v>13047</x:v>
+      </x:c>
+      <x:c r="Z23" s="3" t="n">
+        <x:v>13045</x:v>
+      </x:c>
+      <x:c r="AA23" s="3" t="n">
+        <x:v>12815</x:v>
+      </x:c>
+      <x:c r="AB23" s="3" t="n">
+        <x:v>12090</x:v>
+      </x:c>
+      <x:c r="AC23" s="3" t="n">
+        <x:v>13226</x:v>
+      </x:c>
+      <x:c r="AD23" s="3" t="n">
+        <x:v>13766</x:v>
+      </x:c>
+      <x:c r="AE23" s="3" t="n">
+        <x:v>13511</x:v>
+      </x:c>
+      <x:c r="AF23" s="3" t="n">
+        <x:v>13008</x:v>
+      </x:c>
+      <x:c r="AG23" s="3" t="n">
+        <x:v>13481</x:v>
+      </x:c>
+      <x:c r="AH23" s="3" t="n">
+        <x:v>13696</x:v>
+      </x:c>
+      <x:c r="AI23" s="3" t="n">
+        <x:v>13342</x:v>
+      </x:c>
+      <x:c r="AJ23" s="3" t="n">
+        <x:v>13177</x:v>
+      </x:c>
+      <x:c r="AK23" s="3" t="n">
+        <x:v>14340</x:v>
+      </x:c>
+      <x:c r="AL23" s="3" t="n">
+        <x:v>14320</x:v>
+      </x:c>
+      <x:c r="AM23" s="3" t="n">
+        <x:v>14230</x:v>
+      </x:c>
+      <x:c r="AN23" s="3" t="n">
+        <x:v>13549</x:v>
+      </x:c>
+      <x:c r="AO23" s="3" t="n">
+        <x:v>15035</x:v>
+      </x:c>
+      <x:c r="AP23" s="3" t="n">
+        <x:v>15615</x:v>
+      </x:c>
+      <x:c r="AQ23" s="3" t="n">
+        <x:v>15462</x:v>
+      </x:c>
+      <x:c r="AR23" s="3" t="n">
+        <x:v>15133</x:v>
+      </x:c>
+      <x:c r="AS23" s="3" t="n">
+        <x:v>16350</x:v>
+      </x:c>
+      <x:c r="AT23" s="3" t="n">
+        <x:v>15002</x:v>
+      </x:c>
+      <x:c r="AU23" s="3" t="n">
+        <x:v>15592</x:v>
+      </x:c>
+      <x:c r="AV23" s="3" t="n">
+        <x:v>14653</x:v>
+      </x:c>
+      <x:c r="AW23" s="3" t="n">
+        <x:v>14963</x:v>
+      </x:c>
+      <x:c r="AX23" s="3" t="n">
+        <x:v>15419</x:v>
+      </x:c>
+      <x:c r="AY23" s="3" t="n">
+        <x:v>15336</x:v>
+      </x:c>
+      <x:c r="AZ23" s="3" t="n">
+        <x:v>15011</x:v>
+      </x:c>
+      <x:c r="BA23" s="3" t="n">
+        <x:v>15776</x:v>
+      </x:c>
+      <x:c r="BB23" s="3" t="n">
+        <x:v>15145</x:v>
+      </x:c>
+      <x:c r="BC23" s="3" t="n">
+        <x:v>15410</x:v>
+      </x:c>
+      <x:c r="BD23" s="3" t="n">
+        <x:v>14780</x:v>
+      </x:c>
+      <x:c r="BE23" s="3" t="n">
+        <x:v>15415</x:v>
+      </x:c>
+      <x:c r="BF23" s="3" t="n">
+        <x:v>15426</x:v>
+      </x:c>
+      <x:c r="BG23" s="3" t="n">
+        <x:v>15540</x:v>
+      </x:c>
+      <x:c r="BH23" s="3" t="n">
+        <x:v>14434</x:v>
+      </x:c>
+      <x:c r="BI23" s="3" t="n">
+        <x:v>15438</x:v>
+      </x:c>
+      <x:c r="BJ23" s="3" t="n">
+        <x:v>15283</x:v>
+      </x:c>
+      <x:c r="BK23" s="3" t="n">
+        <x:v>15962</x:v>
+      </x:c>
+      <x:c r="BL23" s="3" t="n">
+        <x:v>16483</x:v>
+      </x:c>
+      <x:c r="BM23" s="3" t="n">
+        <x:v>17251</x:v>
+      </x:c>
+      <x:c r="BN23" s="3" t="n">
+        <x:v>17138</x:v>
+      </x:c>
+      <x:c r="BO23" s="3" t="n">
+        <x:v>17992</x:v>
+      </x:c>
+      <x:c r="BP23" s="3" t="n">
+        <x:v>17613</x:v>
+      </x:c>
+      <x:c r="BQ23" s="3" t="n">
+        <x:v>18012</x:v>
+      </x:c>
+      <x:c r="BR23" s="3" t="n">
+        <x:v>18494</x:v>
+      </x:c>
+      <x:c r="BS23" s="3" t="n">
+        <x:v>17661</x:v>
+      </x:c>
+      <x:c r="BT23" s="3" t="n">
+        <x:v>17118</x:v>
+      </x:c>
+      <x:c r="BU23" s="3" t="n">
+        <x:v>17617</x:v>
+      </x:c>
+      <x:c r="BV23" s="3" t="n">
+        <x:v>18847</x:v>
+      </x:c>
+      <x:c r="BW23" s="3" t="n">
+        <x:v>18418</x:v>
+      </x:c>
+      <x:c r="BX23" s="3" t="n">
+        <x:v>17807</x:v>
+      </x:c>
+      <x:c r="BY23" s="3" t="n">
+        <x:v>18498</x:v>
+      </x:c>
+      <x:c r="BZ23" s="3" t="n">
+        <x:v>19237</x:v>
+      </x:c>
+      <x:c r="CA23" s="3" t="n">
+        <x:v>19798</x:v>
+      </x:c>
+      <x:c r="CB23" s="3" t="n">
+        <x:v>17976</x:v>
+      </x:c>
+      <x:c r="CC23" s="3" t="n">
+        <x:v>19596</x:v>
+      </x:c>
+      <x:c r="CD23" s="3" t="n">
+        <x:v>20294</x:v>
+      </x:c>
+      <x:c r="CE23" s="3" t="n">
+        <x:v>20505</x:v>
+      </x:c>
+      <x:c r="CF23" s="3" t="n">
+        <x:v>20048</x:v>
+      </x:c>
+      <x:c r="CG23" s="3" t="n">
+        <x:v>20848</x:v>
+      </x:c>
+      <x:c r="CH23" s="3" t="n">
+        <x:v>19951</x:v>
+      </x:c>
+      <x:c r="CI23" s="3" t="n">
+        <x:v>20143</x:v>
+      </x:c>
+      <x:c r="CJ23" s="3" t="n">
+        <x:v>19485</x:v>
+      </x:c>
+      <x:c r="CK23" s="3" t="n">
+        <x:v>20236</x:v>
+      </x:c>
+      <x:c r="CL23" s="3" t="n">
+        <x:v>22001</x:v>
+      </x:c>
+      <x:c r="CM23" s="3" t="n">
+        <x:v>21570</x:v>
+      </x:c>
+      <x:c r="CN23" s="3" t="n">
+        <x:v>19789</x:v>
+      </x:c>
+      <x:c r="CO23" s="3" t="n">
+        <x:v>20397</x:v>
+      </x:c>
+      <x:c r="CP23" s="3" t="n">
+        <x:v>22022</x:v>
+      </x:c>
+      <x:c r="CQ23" s="3" t="n">
+        <x:v>21348</x:v>
+      </x:c>
+      <x:c r="CR23" s="3" t="n">
+        <x:v>20107</x:v>
+      </x:c>
+      <x:c r="CS23" s="3" t="n">
+        <x:v>22025</x:v>
+      </x:c>
+      <x:c r="CT23" s="3" t="n">
+        <x:v>20423</x:v>
+      </x:c>
+      <x:c r="CU23" s="3" t="n">
+        <x:v>21235</x:v>
+      </x:c>
+      <x:c r="CV23" s="3" t="n">
+        <x:v>19803</x:v>
+      </x:c>
+      <x:c r="CW23" s="3" t="n">
+        <x:v>21109</x:v>
+      </x:c>
+      <x:c r="CX23" s="3" t="n">
+        <x:v>21330</x:v>
+      </x:c>
+      <x:c r="CY23" s="3" t="n">
+        <x:v>21745</x:v>
+      </x:c>
+      <x:c r="CZ23" s="3" t="n">
+        <x:v>21090</x:v>
+      </x:c>
+      <x:c r="DA23" s="3" t="n">
+        <x:v>22873</x:v>
+      </x:c>
+      <x:c r="DB23" s="3" t="n">
+        <x:v>24025</x:v>
+      </x:c>
+      <x:c r="DC23" s="3" t="n">
+        <x:v>24117</x:v>
+      </x:c>
+      <x:c r="DD23" s="3" t="n">
+        <x:v>23462</x:v>
+      </x:c>
+      <x:c r="DE23" s="3" t="n">
+        <x:v>25294</x:v>
+      </x:c>
+      <x:c r="DF23" s="3" t="n">
+        <x:v>23873</x:v>
+      </x:c>
+      <x:c r="DG23" s="3" t="n">
+        <x:v>25117</x:v>
+      </x:c>
+      <x:c r="DH23" s="3" t="n">
+        <x:v>23685</x:v>
+      </x:c>
+      <x:c r="DI23" s="3" t="n">
+        <x:v>23375</x:v>
+      </x:c>
+      <x:c r="DJ23" s="3" t="n">
+        <x:v>24616</x:v>
+      </x:c>
+      <x:c r="DK23" s="3" t="n">
+        <x:v>23579</x:v>
+      </x:c>
+      <x:c r="DL23" s="3" t="n">
+        <x:v>21952</x:v>
+      </x:c>
+      <x:c r="DM23" s="3" t="n">
+        <x:v>23677</x:v>
+      </x:c>
+      <x:c r="DN23" s="3" t="n">
+        <x:v>23887</x:v>
+      </x:c>
+      <x:c r="DO23" s="3" t="n">
+        <x:v>23571</x:v>
+      </x:c>
+      <x:c r="DP23" s="3" t="n">
+        <x:v>22733</x:v>
+      </x:c>
+      <x:c r="DQ23" s="3" t="n">
+        <x:v>23830</x:v>
+      </x:c>
+      <x:c r="DR23" s="3" t="n">
+        <x:v>26089</x:v>
+      </x:c>
+      <x:c r="DS23" s="3" t="n">
+        <x:v>27067</x:v>
+      </x:c>
+      <x:c r="DT23" s="3" t="n">
+        <x:v>25438</x:v>
+      </x:c>
+      <x:c r="DU23" s="3" t="n">
+        <x:v>22903</x:v>
+      </x:c>
+      <x:c r="DV23" s="3" t="n">
+        <x:v>20562</x:v>
+      </x:c>
+      <x:c r="DW23" s="3" t="n">
+        <x:v>20121</x:v>
+      </x:c>
+      <x:c r="DX23" s="3" t="n">
+        <x:v>21200</x:v>
+      </x:c>
+      <x:c r="DY23" s="3" t="n">
+        <x:v>23198</x:v>
+      </x:c>
+      <x:c r="DZ23" s="3" t="n">
+        <x:v>22258</x:v>
+      </x:c>
+      <x:c r="EA23" s="3" t="n">
+        <x:v>22415</x:v>
+      </x:c>
+      <x:c r="EB23" s="3" t="n">
+        <x:v>22103</x:v>
+      </x:c>
+      <x:c r="EC23" s="3" t="n">
+        <x:v>22290</x:v>
+      </x:c>
+      <x:c r="ED23" s="3" t="n">
+        <x:v>23039</x:v>
+      </x:c>
+      <x:c r="EE23" s="3" t="n">
+        <x:v>22118</x:v>
+      </x:c>
+      <x:c r="EF23" s="3" t="n">
+        <x:v>20408</x:v>
+      </x:c>
+      <x:c r="EG23" s="3" t="n">
+        <x:v>20637</x:v>
+      </x:c>
+      <x:c r="EH23" s="3" t="n">
+        <x:v>21444</x:v>
+      </x:c>
+      <x:c r="EI23" s="3" t="n">
+        <x:v>20981</x:v>
+      </x:c>
+      <x:c r="EJ23" s="3" t="n">
+        <x:v>19931</x:v>
+      </x:c>
+      <x:c r="EK23" s="3" t="n">
+        <x:v>19643</x:v>
+      </x:c>
+      <x:c r="EL23" s="3" t="n">
+        <x:v>19779</x:v>
+      </x:c>
+      <x:c r="EM23" s="3" t="n">
+        <x:v>19765</x:v>
+      </x:c>
+      <x:c r="EN23" s="3" t="n">
+        <x:v>19580</x:v>
+      </x:c>
+      <x:c r="EO23" s="3" t="n">
+        <x:v>20176</x:v>
+      </x:c>
+      <x:c r="EP23" s="3" t="n">
+        <x:v>21148</x:v>
+      </x:c>
+      <x:c r="EQ23" s="3" t="n">
+        <x:v>21417</x:v>
+      </x:c>
+      <x:c r="ER23" s="3" t="n">
+        <x:v>21014</x:v>
+      </x:c>
+      <x:c r="ES23" s="3" t="n">
+        <x:v>20977</x:v>
+      </x:c>
+      <x:c r="ET23" s="3" t="n">
+        <x:v>20120</x:v>
+      </x:c>
+      <x:c r="EU23" s="3" t="n">
+        <x:v>20749</x:v>
+      </x:c>
+      <x:c r="EV23" s="3" t="n">
+        <x:v>20694</x:v>
+      </x:c>
+      <x:c r="EW23" s="3" t="n">
+        <x:v>20771</x:v>
+      </x:c>
+      <x:c r="EX23" s="3" t="n">
+        <x:v>18019</x:v>
+      </x:c>
+      <x:c r="EY23" s="3" t="n">
+        <x:v>18973</x:v>
+      </x:c>
+      <x:c r="EZ23" s="3" t="n">
+        <x:v>18473</x:v>
+      </x:c>
+      <x:c r="FA23" s="3" t="n">
+        <x:v>19464</x:v>
+      </x:c>
+      <x:c r="FB23" s="3" t="n">
+        <x:v>20526</x:v>
+      </x:c>
+      <x:c r="FC23" s="3" t="n">
+        <x:v>21462</x:v>
+      </x:c>
+      <x:c r="FD23" s="3" t="n">
+        <x:v>20981</x:v>
+      </x:c>
+      <x:c r="FE23" s="3" t="n">
+        <x:v>21460</x:v>
+      </x:c>
+      <x:c r="FF23" s="3" t="n">
+        <x:v>21135</x:v>
+      </x:c>
+      <x:c r="FG23" s="3" t="n">
+        <x:v>21547</x:v>
+      </x:c>
+      <x:c r="FH23" s="3" t="n">
+        <x:v>20768</x:v>
+      </x:c>
+      <x:c r="FI23" s="3" t="n">
+        <x:v>20792</x:v>
+      </x:c>
+      <x:c r="FJ23" s="3" t="n">
+        <x:v>20787</x:v>
+      </x:c>
+      <x:c r="FK23" s="3" t="n">
+        <x:v>20721</x:v>
+      </x:c>
+      <x:c r="FL23" s="3" t="n">
+        <x:v>20559</x:v>
+      </x:c>
+      <x:c r="FM23" s="3" t="n">
+        <x:v>20806</x:v>
+      </x:c>
+      <x:c r="FN23" s="3" t="n">
+        <x:v>18153</x:v>
+      </x:c>
+      <x:c r="FO23" s="3" t="n">
+        <x:v>20270</x:v>
+      </x:c>
+      <x:c r="FP23" s="3" t="n">
+        <x:v>23178</x:v>
+      </x:c>
+      <x:c r="FQ23" s="3" t="n">
+        <x:v>25450</x:v>
+      </x:c>
+      <x:c r="FR23" s="3" t="n">
+        <x:v>25069</x:v>
+      </x:c>
+      <x:c r="FS23" s="3" t="n">
+        <x:v>25126</x:v>
+      </x:c>
+      <x:c r="FT23" s="3" t="n">
+        <x:v>24070</x:v>
+      </x:c>
+      <x:c r="FU23" s="3" t="n">
+        <x:v>25046</x:v>
+      </x:c>
+      <x:c r="FV23" s="3" t="n">
+        <x:v>25805</x:v>
+      </x:c>
+      <x:c r="FW23" s="3" t="n">
+        <x:v>24721</x:v>
+      </x:c>
+      <x:c r="FX23" s="3" t="n">
+        <x:v>22626</x:v>
+      </x:c>
+      <x:c r="FY23" s="3" t="n">
+        <x:v>22356</x:v>
+      </x:c>
+      <x:c r="FZ23" s="3" t="n">
+        <x:v>24143</x:v>
+      </x:c>
+      <x:c r="GA23" s="3" t="n">
+        <x:v>23878</x:v>
+      </x:c>
+      <x:c r="GB23" s="3" t="n">
+        <x:v>22758</x:v>
+      </x:c>
+      <x:c r="GC23" s="3" t="n">
+        <x:v>23660</x:v>
+      </x:c>
+      <x:c r="GD23" s="3" t="n">
+        <x:v>24083</x:v>
+      </x:c>
+      <x:c r="GE23" s="3" t="n">
+        <x:v>24831</x:v>
+      </x:c>
+      <x:c r="GF23" s="3" t="n">
+        <x:v>23327</x:v>
+      </x:c>
+      <x:c r="GG23" s="3" t="n">
+        <x:v>23408</x:v>
+      </x:c>
+      <x:c r="GH23" s="3" t="n">
+        <x:v>23566</x:v>
+      </x:c>
+      <x:c r="GI23" s="3" t="n">
+        <x:v>24791</x:v>
+      </x:c>
+      <x:c r="GJ23" s="3" t="n">
+        <x:v>23821</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:192">
+      <x:c r="A24" s="2" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="B24" s="3" t="n">
+        <x:v>18204</x:v>
+      </x:c>
+      <x:c r="C24" s="3" t="n">
+        <x:v>18387</x:v>
+      </x:c>
+      <x:c r="D24" s="3" t="n">
+        <x:v>15224</x:v>
+      </x:c>
+      <x:c r="E24" s="3" t="n">
+        <x:v>19179</x:v>
+      </x:c>
+      <x:c r="F24" s="3" t="n">
+        <x:v>19142</x:v>
+      </x:c>
+      <x:c r="G24" s="3" t="n">
+        <x:v>16627</x:v>
+      </x:c>
+      <x:c r="H24" s="3" t="n">
+        <x:v>15461</x:v>
+      </x:c>
+      <x:c r="I24" s="3" t="n">
+        <x:v>18918</x:v>
+      </x:c>
+      <x:c r="J24" s="3" t="n">
+        <x:v>19977</x:v>
+      </x:c>
+      <x:c r="K24" s="3" t="n">
+        <x:v>18138</x:v>
+      </x:c>
+      <x:c r="L24" s="3" t="n">
+        <x:v>16323</x:v>
+      </x:c>
+      <x:c r="M24" s="3" t="n">
+        <x:v>19738</x:v>
+      </x:c>
+      <x:c r="N24" s="3" t="n">
+        <x:v>21117</x:v>
+      </x:c>
+      <x:c r="O24" s="3" t="n">
+        <x:v>18807</x:v>
+      </x:c>
+      <x:c r="P24" s="3" t="n">
+        <x:v>16992</x:v>
+      </x:c>
+      <x:c r="Q24" s="3" t="n">
+        <x:v>20736</x:v>
+      </x:c>
+      <x:c r="R24" s="3" t="n">
+        <x:v>21979</x:v>
+      </x:c>
+      <x:c r="S24" s="3" t="n">
+        <x:v>18926</x:v>
+      </x:c>
+      <x:c r="T24" s="3" t="n">
+        <x:v>17024</x:v>
+      </x:c>
+      <x:c r="U24" s="3" t="n">
+        <x:v>20777</x:v>
+      </x:c>
+      <x:c r="V24" s="3" t="n">
+        <x:v>20085</x:v>
+      </x:c>
+      <x:c r="W24" s="3" t="n">
+        <x:v>18929</x:v>
+      </x:c>
+      <x:c r="X24" s="3" t="n">
+        <x:v>16331</x:v>
+      </x:c>
+      <x:c r="Y24" s="3" t="n">
+        <x:v>20328</x:v>
+      </x:c>
+      <x:c r="Z24" s="3" t="n">
+        <x:v>21968</x:v>
+      </x:c>
+      <x:c r="AA24" s="3" t="n">
+        <x:v>19578</x:v>
+      </x:c>
+      <x:c r="AB24" s="3" t="n">
+        <x:v>17697</x:v>
+      </x:c>
+      <x:c r="AC24" s="3" t="n">
+        <x:v>22154</x:v>
+      </x:c>
+      <x:c r="AD24" s="3" t="n">
+        <x:v>23969</x:v>
+      </x:c>
+      <x:c r="AE24" s="3" t="n">
+        <x:v>21960</x:v>
+      </x:c>
+      <x:c r="AF24" s="3" t="n">
+        <x:v>19620</x:v>
+      </x:c>
+      <x:c r="AG24" s="3" t="n">
+        <x:v>24555</x:v>
+      </x:c>
+      <x:c r="AH24" s="3" t="n">
+        <x:v>23867</x:v>
+      </x:c>
+      <x:c r="AI24" s="3" t="n">
+        <x:v>23909</x:v>
+      </x:c>
+      <x:c r="AJ24" s="3" t="n">
+        <x:v>21747</x:v>
+      </x:c>
+      <x:c r="AK24" s="3" t="n">
+        <x:v>26588</x:v>
+      </x:c>
+      <x:c r="AL24" s="3" t="n">
+        <x:v>25911</x:v>
+      </x:c>
+      <x:c r="AM24" s="3" t="n">
+        <x:v>23468</x:v>
+      </x:c>
+      <x:c r="AN24" s="3" t="n">
+        <x:v>21617</x:v>
+      </x:c>
+      <x:c r="AO24" s="3" t="n">
+        <x:v>25913</x:v>
+      </x:c>
+      <x:c r="AP24" s="3" t="n">
+        <x:v>23835</x:v>
+      </x:c>
+      <x:c r="AQ24" s="3" t="n">
+        <x:v>23246</x:v>
+      </x:c>
+      <x:c r="AR24" s="3" t="n">
+        <x:v>19123</x:v>
+      </x:c>
+      <x:c r="AS24" s="3" t="n">
+        <x:v>24353</x:v>
+      </x:c>
+      <x:c r="AT24" s="3" t="n">
+        <x:v>21842</x:v>
+      </x:c>
+      <x:c r="AU24" s="3" t="n">
+        <x:v>22469</x:v>
+      </x:c>
+      <x:c r="AV24" s="3" t="n">
+        <x:v>18402</x:v>
+      </x:c>
+      <x:c r="AW24" s="3" t="n">
+        <x:v>23696</x:v>
+      </x:c>
+      <x:c r="AX24" s="3" t="n">
+        <x:v>23706</x:v>
+      </x:c>
+      <x:c r="AY24" s="3" t="n">
+        <x:v>21932</x:v>
+      </x:c>
+      <x:c r="AZ24" s="3" t="n">
+        <x:v>19498</x:v>
+      </x:c>
+      <x:c r="BA24" s="3" t="n">
+        <x:v>24582</x:v>
+      </x:c>
+      <x:c r="BB24" s="3" t="n">
+        <x:v>21941</x:v>
+      </x:c>
+      <x:c r="BC24" s="3" t="n">
+        <x:v>22895</x:v>
+      </x:c>
+      <x:c r="BD24" s="3" t="n">
+        <x:v>18904</x:v>
+      </x:c>
+      <x:c r="BE24" s="3" t="n">
+        <x:v>23325</x:v>
+      </x:c>
+      <x:c r="BF24" s="3" t="n">
+        <x:v>23472</x:v>
+      </x:c>
+      <x:c r="BG24" s="3" t="n">
+        <x:v>22751</x:v>
+      </x:c>
+      <x:c r="BH24" s="3" t="n">
+        <x:v>20023</x:v>
+      </x:c>
+      <x:c r="BI24" s="3" t="n">
+        <x:v>24030</x:v>
+      </x:c>
+      <x:c r="BJ24" s="3" t="n">
+        <x:v>21702</x:v>
+      </x:c>
+      <x:c r="BK24" s="3" t="n">
+        <x:v>22189</x:v>
+      </x:c>
+      <x:c r="BL24" s="3" t="n">
+        <x:v>20109</x:v>
+      </x:c>
+      <x:c r="BM24" s="3" t="n">
+        <x:v>22956</x:v>
+      </x:c>
+      <x:c r="BN24" s="3" t="n">
+        <x:v>23664</x:v>
+      </x:c>
+      <x:c r="BO24" s="3" t="n">
+        <x:v>25115</x:v>
+      </x:c>
+      <x:c r="BP24" s="3" t="n">
+        <x:v>22378</x:v>
+      </x:c>
+      <x:c r="BQ24" s="3" t="n">
+        <x:v>26956</x:v>
+      </x:c>
+      <x:c r="BR24" s="3" t="n">
+        <x:v>28246</x:v>
+      </x:c>
+      <x:c r="BS24" s="3" t="n">
+        <x:v>27164</x:v>
+      </x:c>
+      <x:c r="BT24" s="3" t="n">
+        <x:v>24386</x:v>
+      </x:c>
+      <x:c r="BU24" s="3" t="n">
+        <x:v>28563</x:v>
+      </x:c>
+      <x:c r="BV24" s="3" t="n">
+        <x:v>29943</x:v>
+      </x:c>
+      <x:c r="BW24" s="3" t="n">
+        <x:v>27604</x:v>
+      </x:c>
+      <x:c r="BX24" s="3" t="n">
+        <x:v>26586</x:v>
+      </x:c>
+      <x:c r="BY24" s="3" t="n">
+        <x:v>30886</x:v>
+      </x:c>
+      <x:c r="BZ24" s="3" t="n">
+        <x:v>30139</x:v>
+      </x:c>
+      <x:c r="CA24" s="3" t="n">
+        <x:v>32184</x:v>
+      </x:c>
+      <x:c r="CB24" s="3" t="n">
+        <x:v>28673</x:v>
+      </x:c>
+      <x:c r="CC24" s="3" t="n">
+        <x:v>34182</x:v>
+      </x:c>
+      <x:c r="CD24" s="3" t="n">
+        <x:v>35654</x:v>
+      </x:c>
+      <x:c r="CE24" s="3" t="n">
+        <x:v>34496</x:v>
+      </x:c>
+      <x:c r="CF24" s="3" t="n">
+        <x:v>31485</x:v>
+      </x:c>
+      <x:c r="CG24" s="3" t="n">
+        <x:v>36600</x:v>
+      </x:c>
+      <x:c r="CH24" s="3" t="n">
+        <x:v>37587</x:v>
+      </x:c>
+      <x:c r="CI24" s="3" t="n">
+        <x:v>35762</x:v>
+      </x:c>
+      <x:c r="CJ24" s="3" t="n">
+        <x:v>31547</x:v>
+      </x:c>
+      <x:c r="CK24" s="3" t="n">
+        <x:v>35285</x:v>
+      </x:c>
+      <x:c r="CL24" s="3" t="n">
+        <x:v>37528</x:v>
+      </x:c>
+      <x:c r="CM24" s="3" t="n">
+        <x:v>33045</x:v>
+      </x:c>
+      <x:c r="CN24" s="3" t="n">
+        <x:v>31469</x:v>
+      </x:c>
+      <x:c r="CO24" s="3" t="n">
+        <x:v>35311</x:v>
+      </x:c>
+      <x:c r="CP24" s="3" t="n">
+        <x:v>40086</x:v>
+      </x:c>
+      <x:c r="CQ24" s="3" t="n">
+        <x:v>35789</x:v>
+      </x:c>
+      <x:c r="CR24" s="3" t="n">
+        <x:v>32711</x:v>
+      </x:c>
+      <x:c r="CS24" s="3" t="n">
+        <x:v>37898</x:v>
+      </x:c>
+      <x:c r="CT24" s="3" t="n">
+        <x:v>35869</x:v>
+      </x:c>
+      <x:c r="CU24" s="3" t="n">
+        <x:v>37659</x:v>
+      </x:c>
+      <x:c r="CV24" s="3" t="n">
+        <x:v>32900</x:v>
+      </x:c>
+      <x:c r="CW24" s="3" t="n">
+        <x:v>36832</x:v>
+      </x:c>
+      <x:c r="CX24" s="3" t="n">
+        <x:v>37376</x:v>
+      </x:c>
+      <x:c r="CY24" s="3" t="n">
+        <x:v>32869</x:v>
+      </x:c>
+      <x:c r="CZ24" s="3" t="n">
+        <x:v>31525</x:v>
+      </x:c>
+      <x:c r="DA24" s="3" t="n">
+        <x:v>34830</x:v>
+      </x:c>
+      <x:c r="DB24" s="3" t="n">
+        <x:v>35817</x:v>
+      </x:c>
+      <x:c r="DC24" s="3" t="n">
+        <x:v>32198</x:v>
+      </x:c>
+      <x:c r="DD24" s="3" t="n">
+        <x:v>31804</x:v>
+      </x:c>
+      <x:c r="DE24" s="3" t="n">
+        <x:v>36376</x:v>
+      </x:c>
+      <x:c r="DF24" s="3" t="n">
+        <x:v>37629</x:v>
+      </x:c>
+      <x:c r="DG24" s="3" t="n">
+        <x:v>39392</x:v>
+      </x:c>
+      <x:c r="DH24" s="3" t="n">
+        <x:v>35314</x:v>
+      </x:c>
+      <x:c r="DI24" s="3" t="n">
+        <x:v>40735</x:v>
+      </x:c>
+      <x:c r="DJ24" s="3" t="n">
+        <x:v>47731</x:v>
+      </x:c>
+      <x:c r="DK24" s="3" t="n">
+        <x:v>43571</x:v>
+      </x:c>
+      <x:c r="DL24" s="3" t="n">
+        <x:v>41806</x:v>
+      </x:c>
+      <x:c r="DM24" s="3" t="n">
+        <x:v>48873</x:v>
+      </x:c>
+      <x:c r="DN24" s="3" t="n">
+        <x:v>57407</x:v>
+      </x:c>
+      <x:c r="DO24" s="3" t="n">
+        <x:v>53688</x:v>
+      </x:c>
+      <x:c r="DP24" s="3" t="n">
+        <x:v>50254</x:v>
+      </x:c>
+      <x:c r="DQ24" s="3" t="n">
+        <x:v>58482</x:v>
+      </x:c>
+      <x:c r="DR24" s="3" t="n">
+        <x:v>57926</x:v>
+      </x:c>
+      <x:c r="DS24" s="3" t="n">
+        <x:v>64467</x:v>
+      </x:c>
+      <x:c r="DT24" s="3" t="n">
+        <x:v>57606</x:v>
+      </x:c>
+      <x:c r="DU24" s="3" t="n">
+        <x:v>64257</x:v>
+      </x:c>
+      <x:c r="DV24" s="3" t="n">
+        <x:v>65943</x:v>
+      </x:c>
+      <x:c r="DW24" s="3" t="n">
+        <x:v>59423</x:v>
+      </x:c>
+      <x:c r="DX24" s="3" t="n">
+        <x:v>55237</x:v>
+      </x:c>
+      <x:c r="DY24" s="3" t="n">
+        <x:v>61609</x:v>
+      </x:c>
+      <x:c r="DZ24" s="3" t="n">
+        <x:v>56873</x:v>
+      </x:c>
+      <x:c r="EA24" s="3" t="n">
+        <x:v>55900</x:v>
+      </x:c>
+      <x:c r="EB24" s="3" t="n">
+        <x:v>50942</x:v>
+      </x:c>
+      <x:c r="EC24" s="3" t="n">
+        <x:v>58223</x:v>
+      </x:c>
+      <x:c r="ED24" s="3" t="n">
+        <x:v>56128</x:v>
+      </x:c>
+      <x:c r="EE24" s="3" t="n">
+        <x:v>50397</x:v>
+      </x:c>
+      <x:c r="EF24" s="3" t="n">
+        <x:v>50320</x:v>
+      </x:c>
+      <x:c r="EG24" s="3" t="n">
+        <x:v>56687</x:v>
+      </x:c>
+      <x:c r="EH24" s="3" t="n">
+        <x:v>61459</x:v>
+      </x:c>
+      <x:c r="EI24" s="3" t="n">
+        <x:v>54924</x:v>
+      </x:c>
+      <x:c r="EJ24" s="3" t="n">
+        <x:v>54391</x:v>
+      </x:c>
+      <x:c r="EK24" s="3" t="n">
+        <x:v>61349</x:v>
+      </x:c>
+      <x:c r="EL24" s="3" t="n">
+        <x:v>59935</x:v>
+      </x:c>
+      <x:c r="EM24" s="3" t="n">
+        <x:v>63490</x:v>
+      </x:c>
+      <x:c r="EN24" s="3" t="n">
+        <x:v>59375</x:v>
+      </x:c>
+      <x:c r="EO24" s="3" t="n">
+        <x:v>65089</x:v>
+      </x:c>
+      <x:c r="EP24" s="3" t="n">
+        <x:v>68455</x:v>
+      </x:c>
+      <x:c r="EQ24" s="3" t="n">
+        <x:v>62585</x:v>
+      </x:c>
+      <x:c r="ER24" s="3" t="n">
+        <x:v>62385</x:v>
+      </x:c>
+      <x:c r="ES24" s="3" t="n">
+        <x:v>70299</x:v>
+      </x:c>
+      <x:c r="ET24" s="3" t="n">
+        <x:v>63921</x:v>
+      </x:c>
+      <x:c r="EU24" s="3" t="n">
+        <x:v>59646</x:v>
+      </x:c>
+      <x:c r="EV24" s="3" t="n">
+        <x:v>52188</x:v>
+      </x:c>
+      <x:c r="EW24" s="3" t="n">
+        <x:v>57665</x:v>
+      </x:c>
+      <x:c r="EX24" s="3" t="n">
+        <x:v>48290</x:v>
+      </x:c>
+      <x:c r="EY24" s="3" t="n">
+        <x:v>47958</x:v>
+      </x:c>
+      <x:c r="EZ24" s="3" t="n">
+        <x:v>40307</x:v>
+      </x:c>
+      <x:c r="FA24" s="3" t="n">
+        <x:v>46928</x:v>
+      </x:c>
+      <x:c r="FB24" s="3" t="n">
+        <x:v>47640</x:v>
+      </x:c>
+      <x:c r="FC24" s="3" t="n">
+        <x:v>42833</x:v>
+      </x:c>
+      <x:c r="FD24" s="3" t="n">
+        <x:v>39023</x:v>
+      </x:c>
+      <x:c r="FE24" s="3" t="n">
+        <x:v>46137</x:v>
+      </x:c>
+      <x:c r="FF24" s="3" t="n">
+        <x:v>44748</x:v>
+      </x:c>
+      <x:c r="FG24" s="3" t="n">
+        <x:v>44902</x:v>
+      </x:c>
+      <x:c r="FH24" s="3" t="n">
+        <x:v>40456</x:v>
+      </x:c>
+      <x:c r="FI24" s="3" t="n">
+        <x:v>48799</x:v>
+      </x:c>
+      <x:c r="FJ24" s="3" t="n">
+        <x:v>51714</x:v>
+      </x:c>
+      <x:c r="FK24" s="3" t="n">
+        <x:v>50072</x:v>
+      </x:c>
+      <x:c r="FL24" s="3" t="n">
+        <x:v>45533</x:v>
+      </x:c>
+      <x:c r="FM24" s="3" t="n">
+        <x:v>52542</x:v>
+      </x:c>
+      <x:c r="FN24" s="3" t="n">
+        <x:v>50998</x:v>
+      </x:c>
+      <x:c r="FO24" s="3" t="n">
+        <x:v>45823</x:v>
+      </x:c>
+      <x:c r="FP24" s="3" t="n">
+        <x:v>40739</x:v>
+      </x:c>
+      <x:c r="FQ24" s="3" t="n">
+        <x:v>49569</x:v>
+      </x:c>
+      <x:c r="FR24" s="3" t="n">
+        <x:v>50132</x:v>
+      </x:c>
+      <x:c r="FS24" s="3" t="n">
+        <x:v>49253</x:v>
+      </x:c>
+      <x:c r="FT24" s="3" t="n">
+        <x:v>43287</x:v>
+      </x:c>
+      <x:c r="FU24" s="3" t="n">
+        <x:v>50832</x:v>
+      </x:c>
+      <x:c r="FV24" s="3" t="n">
+        <x:v>52048</x:v>
+      </x:c>
+      <x:c r="FW24" s="3" t="n">
+        <x:v>50082</x:v>
+      </x:c>
+      <x:c r="FX24" s="3" t="n">
+        <x:v>44583</x:v>
+      </x:c>
+      <x:c r="FY24" s="3" t="n">
+        <x:v>51879</x:v>
+      </x:c>
+      <x:c r="FZ24" s="3" t="n">
+        <x:v>55212</x:v>
+      </x:c>
+      <x:c r="GA24" s="3" t="n">
+        <x:v>50406</x:v>
+      </x:c>
+      <x:c r="GB24" s="3" t="n">
+        <x:v>46346</x:v>
+      </x:c>
+      <x:c r="GC24" s="3" t="n">
+        <x:v>54359</x:v>
+      </x:c>
+      <x:c r="GD24" s="3" t="n">
+        <x:v>53531</x:v>
+      </x:c>
+      <x:c r="GE24" s="3" t="n">
+        <x:v>54326</x:v>
+      </x:c>
+      <x:c r="GF24" s="3" t="n">
+        <x:v>48641</x:v>
+      </x:c>
+      <x:c r="GG24" s="3" t="n">
+        <x:v>55475</x:v>
+      </x:c>
+      <x:c r="GH24" s="3" t="n">
+        <x:v>58867</x:v>
+      </x:c>
+      <x:c r="GI24" s="3" t="n">
+        <x:v>56451</x:v>
+      </x:c>
+      <x:c r="GJ24" s="3" t="n">
+        <x:v>51803</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:192">
+      <x:c r="A25" s="2" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="B25" s="3" t="n">
+        <x:v>14297</x:v>
+      </x:c>
+      <x:c r="C25" s="3" t="n">
+        <x:v>14864</x:v>
+      </x:c>
+      <x:c r="D25" s="3" t="n">
+        <x:v>11682</x:v>
+      </x:c>
+      <x:c r="E25" s="3" t="n">
+        <x:v>14092</x:v>
+      </x:c>
+      <x:c r="F25" s="3" t="n">
+        <x:v>13756</x:v>
+      </x:c>
+      <x:c r="G25" s="3" t="n">
+        <x:v>13363</x:v>
+      </x:c>
+      <x:c r="H25" s="3" t="n">
+        <x:v>12305</x:v>
+      </x:c>
+      <x:c r="I25" s="3" t="n">
+        <x:v>14195</x:v>
+      </x:c>
+      <x:c r="J25" s="3" t="n">
+        <x:v>16463</x:v>
+      </x:c>
+      <x:c r="K25" s="3" t="n">
+        <x:v>15400</x:v>
+      </x:c>
+      <x:c r="L25" s="3" t="n">
+        <x:v>13531</x:v>
+      </x:c>
+      <x:c r="M25" s="3" t="n">
+        <x:v>16123</x:v>
+      </x:c>
+      <x:c r="N25" s="3" t="n">
+        <x:v>16004</x:v>
+      </x:c>
+      <x:c r="O25" s="3" t="n">
+        <x:v>14550</x:v>
+      </x:c>
+      <x:c r="P25" s="3" t="n">
+        <x:v>13413</x:v>
+      </x:c>
+      <x:c r="Q25" s="3" t="n">
+        <x:v>16147</x:v>
+      </x:c>
+      <x:c r="R25" s="3" t="n">
+        <x:v>17315</x:v>
+      </x:c>
+      <x:c r="S25" s="3" t="n">
+        <x:v>15512</x:v>
+      </x:c>
+      <x:c r="T25" s="3" t="n">
+        <x:v>14040</x:v>
+      </x:c>
+      <x:c r="U25" s="3" t="n">
+        <x:v>16020</x:v>
+      </x:c>
+      <x:c r="V25" s="3" t="n">
+        <x:v>13551</x:v>
+      </x:c>
+      <x:c r="W25" s="3" t="n">
+        <x:v>12232</x:v>
+      </x:c>
+      <x:c r="X25" s="3" t="n">
+        <x:v>10570</x:v>
+      </x:c>
+      <x:c r="Y25" s="3" t="n">
+        <x:v>12995</x:v>
+      </x:c>
+      <x:c r="Z25" s="3" t="n">
+        <x:v>14152</x:v>
+      </x:c>
+      <x:c r="AA25" s="3" t="n">
+        <x:v>12881</x:v>
+      </x:c>
+      <x:c r="AB25" s="3" t="n">
+        <x:v>10993</x:v>
+      </x:c>
+      <x:c r="AC25" s="3" t="n">
+        <x:v>14194</x:v>
+      </x:c>
+      <x:c r="AD25" s="3" t="n">
+        <x:v>14925</x:v>
+      </x:c>
+      <x:c r="AE25" s="3" t="n">
+        <x:v>13492</x:v>
+      </x:c>
+      <x:c r="AF25" s="3" t="n">
+        <x:v>11490</x:v>
+      </x:c>
+      <x:c r="AG25" s="3" t="n">
+        <x:v>14767</x:v>
+      </x:c>
+      <x:c r="AH25" s="3" t="n">
+        <x:v>14149</x:v>
+      </x:c>
+      <x:c r="AI25" s="3" t="n">
+        <x:v>13700</x:v>
+      </x:c>
+      <x:c r="AJ25" s="3" t="n">
+        <x:v>11646</x:v>
+      </x:c>
+      <x:c r="AK25" s="3" t="n">
+        <x:v>13650</x:v>
+      </x:c>
+      <x:c r="AL25" s="3" t="n">
+        <x:v>15687</x:v>
+      </x:c>
+      <x:c r="AM25" s="3" t="n">
+        <x:v>14562</x:v>
+      </x:c>
+      <x:c r="AN25" s="3" t="n">
+        <x:v>13460</x:v>
+      </x:c>
+      <x:c r="AO25" s="3" t="n">
+        <x:v>14763</x:v>
+      </x:c>
+      <x:c r="AP25" s="3" t="n">
+        <x:v>14458</x:v>
+      </x:c>
+      <x:c r="AQ25" s="3" t="n">
+        <x:v>13700</x:v>
+      </x:c>
+      <x:c r="AR25" s="3" t="n">
+        <x:v>11806</x:v>
+      </x:c>
+      <x:c r="AS25" s="3" t="n">
+        <x:v>13770</x:v>
+      </x:c>
+      <x:c r="AT25" s="3" t="n">
+        <x:v>13248</x:v>
+      </x:c>
+      <x:c r="AU25" s="3" t="n">
+        <x:v>12576</x:v>
+      </x:c>
+      <x:c r="AV25" s="3" t="n">
+        <x:v>10669</x:v>
+      </x:c>
+      <x:c r="AW25" s="3" t="n">
+        <x:v>12337</x:v>
+      </x:c>
+      <x:c r="AX25" s="3" t="n">
+        <x:v>14770</x:v>
+      </x:c>
+      <x:c r="AY25" s="3" t="n">
+        <x:v>13545</x:v>
+      </x:c>
+      <x:c r="AZ25" s="3" t="n">
+        <x:v>12376</x:v>
+      </x:c>
+      <x:c r="BA25" s="3" t="n">
+        <x:v>14446</x:v>
+      </x:c>
+      <x:c r="BB25" s="3" t="n">
+        <x:v>15025</x:v>
+      </x:c>
+      <x:c r="BC25" s="3" t="n">
+        <x:v>15153</x:v>
+      </x:c>
+      <x:c r="BD25" s="3" t="n">
+        <x:v>13415</x:v>
+      </x:c>
+      <x:c r="BE25" s="3" t="n">
+        <x:v>16012</x:v>
+      </x:c>
+      <x:c r="BF25" s="3" t="n">
+        <x:v>15742</x:v>
+      </x:c>
+      <x:c r="BG25" s="3" t="n">
+        <x:v>14683</x:v>
+      </x:c>
+      <x:c r="BH25" s="3" t="n">
+        <x:v>13990</x:v>
+      </x:c>
+      <x:c r="BI25" s="3" t="n">
+        <x:v>16094</x:v>
+      </x:c>
+      <x:c r="BJ25" s="3" t="n">
+        <x:v>17373</x:v>
+      </x:c>
+      <x:c r="BK25" s="3" t="n">
+        <x:v>15842</x:v>
+      </x:c>
+      <x:c r="BL25" s="3" t="n">
+        <x:v>14670</x:v>
+      </x:c>
+      <x:c r="BM25" s="3" t="n">
+        <x:v>16685</x:v>
+      </x:c>
+      <x:c r="BN25" s="3" t="n">
+        <x:v>17315</x:v>
+      </x:c>
+      <x:c r="BO25" s="3" t="n">
+        <x:v>17187</x:v>
+      </x:c>
+      <x:c r="BP25" s="3" t="n">
+        <x:v>14749</x:v>
+      </x:c>
+      <x:c r="BQ25" s="3" t="n">
+        <x:v>16275</x:v>
+      </x:c>
+      <x:c r="BR25" s="3" t="n">
+        <x:v>18206</x:v>
+      </x:c>
+      <x:c r="BS25" s="3" t="n">
+        <x:v>16800</x:v>
+      </x:c>
+      <x:c r="BT25" s="3" t="n">
+        <x:v>14876</x:v>
+      </x:c>
+      <x:c r="BU25" s="3" t="n">
+        <x:v>16137</x:v>
+      </x:c>
+      <x:c r="BV25" s="3" t="n">
+        <x:v>19875</x:v>
+      </x:c>
+      <x:c r="BW25" s="3" t="n">
+        <x:v>17440</x:v>
+      </x:c>
+      <x:c r="BX25" s="3" t="n">
+        <x:v>16937</x:v>
+      </x:c>
+      <x:c r="BY25" s="3" t="n">
+        <x:v>17318</x:v>
+      </x:c>
+      <x:c r="BZ25" s="3" t="n">
+        <x:v>23617</x:v>
+      </x:c>
+      <x:c r="CA25" s="3" t="n">
+        <x:v>25209</x:v>
+      </x:c>
+      <x:c r="CB25" s="3" t="n">
+        <x:v>23517</x:v>
+      </x:c>
+      <x:c r="CC25" s="3" t="n">
+        <x:v>25756</x:v>
+      </x:c>
+      <x:c r="CD25" s="3" t="n">
+        <x:v>30176</x:v>
+      </x:c>
+      <x:c r="CE25" s="3" t="n">
+        <x:v>28891</x:v>
+      </x:c>
+      <x:c r="CF25" s="3" t="n">
+        <x:v>27640</x:v>
+      </x:c>
+      <x:c r="CG25" s="3" t="n">
+        <x:v>31521</x:v>
+      </x:c>
+      <x:c r="CH25" s="3" t="n">
+        <x:v>28779</x:v>
+      </x:c>
+      <x:c r="CI25" s="3" t="n">
+        <x:v>28019</x:v>
+      </x:c>
+      <x:c r="CJ25" s="3" t="n">
+        <x:v>25248</x:v>
+      </x:c>
+      <x:c r="CK25" s="3" t="n">
+        <x:v>27116</x:v>
+      </x:c>
+      <x:c r="CL25" s="3" t="n">
+        <x:v>22732</x:v>
+      </x:c>
+      <x:c r="CM25" s="3" t="n">
+        <x:v>19600</x:v>
+      </x:c>
+      <x:c r="CN25" s="3" t="n">
+        <x:v>18750</x:v>
+      </x:c>
+      <x:c r="CO25" s="3" t="n">
+        <x:v>20628</x:v>
+      </x:c>
+      <x:c r="CP25" s="3" t="n">
+        <x:v>23528</x:v>
+      </x:c>
+      <x:c r="CQ25" s="3" t="n">
+        <x:v>21712</x:v>
+      </x:c>
+      <x:c r="CR25" s="3" t="n">
+        <x:v>20808</x:v>
+      </x:c>
+      <x:c r="CS25" s="3" t="n">
+        <x:v>23301</x:v>
+      </x:c>
+      <x:c r="CT25" s="3" t="n">
+        <x:v>23819</x:v>
+      </x:c>
+      <x:c r="CU25" s="3" t="n">
+        <x:v>24484</x:v>
+      </x:c>
+      <x:c r="CV25" s="3" t="n">
+        <x:v>22095</x:v>
+      </x:c>
+      <x:c r="CW25" s="3" t="n">
+        <x:v>23594</x:v>
+      </x:c>
+      <x:c r="CX25" s="3" t="n">
+        <x:v>24307</x:v>
+      </x:c>
+      <x:c r="CY25" s="3" t="n">
+        <x:v>20783</x:v>
+      </x:c>
+      <x:c r="CZ25" s="3" t="n">
+        <x:v>20060</x:v>
+      </x:c>
+      <x:c r="DA25" s="3" t="n">
+        <x:v>21345</x:v>
+      </x:c>
+      <x:c r="DB25" s="3" t="n">
+        <x:v>21805</x:v>
+      </x:c>
+      <x:c r="DC25" s="3" t="n">
+        <x:v>20616</x:v>
+      </x:c>
+      <x:c r="DD25" s="3" t="n">
+        <x:v>20196</x:v>
+      </x:c>
+      <x:c r="DE25" s="3" t="n">
+        <x:v>22535</x:v>
+      </x:c>
+      <x:c r="DF25" s="3" t="n">
+        <x:v>25047</x:v>
+      </x:c>
+      <x:c r="DG25" s="3" t="n">
+        <x:v>26456</x:v>
+      </x:c>
+      <x:c r="DH25" s="3" t="n">
+        <x:v>23913</x:v>
+      </x:c>
+      <x:c r="DI25" s="3" t="n">
+        <x:v>28306</x:v>
+      </x:c>
+      <x:c r="DJ25" s="3" t="n">
+        <x:v>35954</x:v>
+      </x:c>
+      <x:c r="DK25" s="3" t="n">
+        <x:v>34024</x:v>
+      </x:c>
+      <x:c r="DL25" s="3" t="n">
+        <x:v>32932</x:v>
+      </x:c>
+      <x:c r="DM25" s="3" t="n">
+        <x:v>38074</x:v>
+      </x:c>
+      <x:c r="DN25" s="3" t="n">
+        <x:v>36915</x:v>
+      </x:c>
+      <x:c r="DO25" s="3" t="n">
+        <x:v>35276</x:v>
+      </x:c>
+      <x:c r="DP25" s="3" t="n">
+        <x:v>32760</x:v>
+      </x:c>
+      <x:c r="DQ25" s="3" t="n">
+        <x:v>37854</x:v>
+      </x:c>
+      <x:c r="DR25" s="3" t="n">
+        <x:v>34354</x:v>
+      </x:c>
+      <x:c r="DS25" s="3" t="n">
+        <x:v>37170</x:v>
+      </x:c>
+      <x:c r="DT25" s="3" t="n">
+        <x:v>31895</x:v>
+      </x:c>
+      <x:c r="DU25" s="3" t="n">
+        <x:v>35513</x:v>
+      </x:c>
+      <x:c r="DV25" s="3" t="n">
+        <x:v>30202</x:v>
+      </x:c>
+      <x:c r="DW25" s="3" t="n">
+        <x:v>27170</x:v>
+      </x:c>
+      <x:c r="DX25" s="3" t="n">
+        <x:v>24391</x:v>
+      </x:c>
+      <x:c r="DY25" s="3" t="n">
+        <x:v>27395</x:v>
+      </x:c>
+      <x:c r="DZ25" s="3" t="n">
+        <x:v>23419</x:v>
+      </x:c>
+      <x:c r="EA25" s="3" t="n">
+        <x:v>22845</x:v>
+      </x:c>
+      <x:c r="EB25" s="3" t="n">
+        <x:v>20552</x:v>
+      </x:c>
+      <x:c r="EC25" s="3" t="n">
+        <x:v>23178</x:v>
+      </x:c>
+      <x:c r="ED25" s="3" t="n">
+        <x:v>24519</x:v>
+      </x:c>
+      <x:c r="EE25" s="3" t="n">
+        <x:v>22684</x:v>
+      </x:c>
+      <x:c r="EF25" s="3" t="n">
+        <x:v>22344</x:v>
+      </x:c>
+      <x:c r="EG25" s="3" t="n">
+        <x:v>25970</x:v>
+      </x:c>
+      <x:c r="EH25" s="3" t="n">
+        <x:v>27314</x:v>
+      </x:c>
+      <x:c r="EI25" s="3" t="n">
+        <x:v>24813</x:v>
+      </x:c>
+      <x:c r="EJ25" s="3" t="n">
+        <x:v>25204</x:v>
+      </x:c>
+      <x:c r="EK25" s="3" t="n">
+        <x:v>28855</x:v>
+      </x:c>
+      <x:c r="EL25" s="3" t="n">
+        <x:v>27474</x:v>
+      </x:c>
+      <x:c r="EM25" s="3" t="n">
+        <x:v>29718</x:v>
+      </x:c>
+      <x:c r="EN25" s="3" t="n">
+        <x:v>26570</x:v>
+      </x:c>
+      <x:c r="EO25" s="3" t="n">
+        <x:v>29169</x:v>
+      </x:c>
+      <x:c r="EP25" s="3" t="n">
+        <x:v>28267</x:v>
+      </x:c>
+      <x:c r="EQ25" s="3" t="n">
+        <x:v>27369</x:v>
+      </x:c>
+      <x:c r="ER25" s="3" t="n">
+        <x:v>26544</x:v>
+      </x:c>
+      <x:c r="ES25" s="3" t="n">
+        <x:v>28953</x:v>
+      </x:c>
+      <x:c r="ET25" s="3" t="n">
+        <x:v>26360</x:v>
+      </x:c>
+      <x:c r="EU25" s="3" t="n">
+        <x:v>22723</x:v>
+      </x:c>
+      <x:c r="EV25" s="3" t="n">
+        <x:v>19927</x:v>
+      </x:c>
+      <x:c r="EW25" s="3" t="n">
+        <x:v>21487</x:v>
+      </x:c>
+      <x:c r="EX25" s="3" t="n">
+        <x:v>19058</x:v>
+      </x:c>
+      <x:c r="EY25" s="3" t="n">
+        <x:v>20192</x:v>
+      </x:c>
+      <x:c r="EZ25" s="3" t="n">
+        <x:v>16267</x:v>
+      </x:c>
+      <x:c r="FA25" s="3" t="n">
+        <x:v>19302</x:v>
+      </x:c>
+      <x:c r="FB25" s="3" t="n">
+        <x:v>19719</x:v>
+      </x:c>
+      <x:c r="FC25" s="3" t="n">
+        <x:v>18236</x:v>
+      </x:c>
+      <x:c r="FD25" s="3" t="n">
+        <x:v>15997</x:v>
+      </x:c>
+      <x:c r="FE25" s="3" t="n">
+        <x:v>18778</x:v>
+      </x:c>
+      <x:c r="FF25" s="3" t="n">
+        <x:v>19400</x:v>
+      </x:c>
+      <x:c r="FG25" s="3" t="n">
+        <x:v>19124</x:v>
+      </x:c>
+      <x:c r="FH25" s="3" t="n">
+        <x:v>17224</x:v>
+      </x:c>
+      <x:c r="FI25" s="3" t="n">
+        <x:v>20141</x:v>
+      </x:c>
+      <x:c r="FJ25" s="3" t="n">
+        <x:v>20978</x:v>
+      </x:c>
+      <x:c r="FK25" s="3" t="n">
+        <x:v>20018</x:v>
+      </x:c>
+      <x:c r="FL25" s="3" t="n">
+        <x:v>17998</x:v>
+      </x:c>
+      <x:c r="FM25" s="3" t="n">
+        <x:v>21194</x:v>
+      </x:c>
+      <x:c r="FN25" s="3" t="n">
+        <x:v>23920</x:v>
+      </x:c>
+      <x:c r="FO25" s="3" t="n">
+        <x:v>15783</x:v>
+      </x:c>
+      <x:c r="FP25" s="3" t="n">
+        <x:v>16241</x:v>
+      </x:c>
+      <x:c r="FQ25" s="3" t="n">
+        <x:v>20475</x:v>
+      </x:c>
+      <x:c r="FR25" s="3" t="n">
+        <x:v>20367</x:v>
+      </x:c>
+      <x:c r="FS25" s="3" t="n">
+        <x:v>18733</x:v>
+      </x:c>
+      <x:c r="FT25" s="3" t="n">
+        <x:v>16800</x:v>
+      </x:c>
+      <x:c r="FU25" s="3" t="n">
+        <x:v>19032</x:v>
+      </x:c>
+      <x:c r="FV25" s="3" t="n">
+        <x:v>19437</x:v>
+      </x:c>
+      <x:c r="FW25" s="3" t="n">
+        <x:v>18054</x:v>
+      </x:c>
+      <x:c r="FX25" s="3" t="n">
+        <x:v>16481</x:v>
+      </x:c>
+      <x:c r="FY25" s="3" t="n">
+        <x:v>19451</x:v>
+      </x:c>
+      <x:c r="FZ25" s="3" t="n">
+        <x:v>21182</x:v>
+      </x:c>
+      <x:c r="GA25" s="3" t="n">
+        <x:v>19304</x:v>
+      </x:c>
+      <x:c r="GB25" s="3" t="n">
+        <x:v>17999</x:v>
+      </x:c>
+      <x:c r="GC25" s="3" t="n">
+        <x:v>21063</x:v>
+      </x:c>
+      <x:c r="GD25" s="3" t="n">
+        <x:v>22082</x:v>
+      </x:c>
+      <x:c r="GE25" s="3" t="n">
+        <x:v>22249</x:v>
+      </x:c>
+      <x:c r="GF25" s="3" t="n">
+        <x:v>20489</x:v>
+      </x:c>
+      <x:c r="GG25" s="3" t="n">
+        <x:v>23416</x:v>
+      </x:c>
+      <x:c r="GH25" s="3" t="n">
+        <x:v>24224</x:v>
+      </x:c>
+      <x:c r="GI25" s="3" t="n">
+        <x:v>24085</x:v>
+      </x:c>
+      <x:c r="GJ25" s="3" t="n">
+        <x:v>21839</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:192">
+      <x:c r="A26" s="2" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="B26" s="3" t="n">
+        <x:v>4301</x:v>
+      </x:c>
+      <x:c r="C26" s="3" t="n">
+        <x:v>4431</x:v>
+      </x:c>
+      <x:c r="D26" s="3" t="n">
+        <x:v>3687</x:v>
+      </x:c>
+      <x:c r="E26" s="3" t="n">
+        <x:v>4802</x:v>
+      </x:c>
+      <x:c r="F26" s="3" t="n">
+        <x:v>4648</x:v>
+      </x:c>
+      <x:c r="G26" s="3" t="n">
+        <x:v>4118</x:v>
+      </x:c>
+      <x:c r="H26" s="3" t="n">
+        <x:v>3841</x:v>
+      </x:c>
+      <x:c r="I26" s="3" t="n">
+        <x:v>4924</x:v>
+      </x:c>
+      <x:c r="J26" s="3" t="n">
+        <x:v>4794</x:v>
+      </x:c>
+      <x:c r="K26" s="3" t="n">
+        <x:v>4208</x:v>
+      </x:c>
+      <x:c r="L26" s="3" t="n">
+        <x:v>3608</x:v>
+      </x:c>
+      <x:c r="M26" s="3" t="n">
+        <x:v>4766</x:v>
+      </x:c>
+      <x:c r="N26" s="3" t="n">
+        <x:v>4697</x:v>
+      </x:c>
+      <x:c r="O26" s="3" t="n">
+        <x:v>4029</x:v>
+      </x:c>
+      <x:c r="P26" s="3" t="n">
+        <x:v>3655</x:v>
+      </x:c>
+      <x:c r="Q26" s="3" t="n">
+        <x:v>4758</x:v>
+      </x:c>
+      <x:c r="R26" s="3" t="n">
+        <x:v>4640</x:v>
+      </x:c>
+      <x:c r="S26" s="3" t="n">
+        <x:v>3857</x:v>
+      </x:c>
+      <x:c r="T26" s="3" t="n">
+        <x:v>3562</x:v>
+      </x:c>
+      <x:c r="U26" s="3" t="n">
+        <x:v>4444</x:v>
+      </x:c>
+      <x:c r="V26" s="3" t="n">
+        <x:v>4490</x:v>
+      </x:c>
+      <x:c r="W26" s="3" t="n">
+        <x:v>4320</x:v>
+      </x:c>
+      <x:c r="X26" s="3" t="n">
+        <x:v>3638</x:v>
+      </x:c>
+      <x:c r="Y26" s="3" t="n">
+        <x:v>4712</x:v>
+      </x:c>
+      <x:c r="Z26" s="3" t="n">
+        <x:v>4648</x:v>
+      </x:c>
+      <x:c r="AA26" s="3" t="n">
+        <x:v>4277</x:v>
+      </x:c>
+      <x:c r="AB26" s="3" t="n">
+        <x:v>3883</x:v>
+      </x:c>
+      <x:c r="AC26" s="3" t="n">
+        <x:v>4981</x:v>
+      </x:c>
+      <x:c r="AD26" s="3" t="n">
+        <x:v>5254</x:v>
+      </x:c>
+      <x:c r="AE26" s="3" t="n">
+        <x:v>4623</x:v>
+      </x:c>
+      <x:c r="AF26" s="3" t="n">
+        <x:v>4225</x:v>
+      </x:c>
+      <x:c r="AG26" s="3" t="n">
+        <x:v>5443</x:v>
+      </x:c>
+      <x:c r="AH26" s="3" t="n">
+        <x:v>5196</x:v>
+      </x:c>
+      <x:c r="AI26" s="3" t="n">
+        <x:v>5196</x:v>
+      </x:c>
+      <x:c r="AJ26" s="3" t="n">
+        <x:v>4659</x:v>
+      </x:c>
+      <x:c r="AK26" s="3" t="n">
+        <x:v>5663</x:v>
+      </x:c>
+      <x:c r="AL26" s="3" t="n">
+        <x:v>5457</x:v>
+      </x:c>
+      <x:c r="AM26" s="3" t="n">
+        <x:v>4713</x:v>
+      </x:c>
+      <x:c r="AN26" s="3" t="n">
+        <x:v>4483</x:v>
+      </x:c>
+      <x:c r="AO26" s="3" t="n">
+        <x:v>5424</x:v>
+      </x:c>
+      <x:c r="AP26" s="3" t="n">
+        <x:v>4890</x:v>
+      </x:c>
+      <x:c r="AQ26" s="3" t="n">
+        <x:v>4541</x:v>
+      </x:c>
+      <x:c r="AR26" s="3" t="n">
+        <x:v>3813</x:v>
+      </x:c>
+      <x:c r="AS26" s="3" t="n">
+        <x:v>4738</x:v>
+      </x:c>
+      <x:c r="AT26" s="3" t="n">
+        <x:v>4254</x:v>
+      </x:c>
+      <x:c r="AU26" s="3" t="n">
+        <x:v>4311</x:v>
+      </x:c>
+      <x:c r="AV26" s="3" t="n">
+        <x:v>3575</x:v>
+      </x:c>
+      <x:c r="AW26" s="3" t="n">
+        <x:v>4662</x:v>
+      </x:c>
+      <x:c r="AX26" s="3" t="n">
+        <x:v>4667</x:v>
+      </x:c>
+      <x:c r="AY26" s="3" t="n">
+        <x:v>4081</x:v>
+      </x:c>
+      <x:c r="AZ26" s="3" t="n">
+        <x:v>3774</x:v>
+      </x:c>
+      <x:c r="BA26" s="3" t="n">
+        <x:v>4736</x:v>
+      </x:c>
+      <x:c r="BB26" s="3" t="n">
+        <x:v>4393</x:v>
+      </x:c>
+      <x:c r="BC26" s="3" t="n">
+        <x:v>4400</x:v>
+      </x:c>
+      <x:c r="BD26" s="3" t="n">
+        <x:v>3773</x:v>
+      </x:c>
+      <x:c r="BE26" s="3" t="n">
+        <x:v>4608</x:v>
+      </x:c>
+      <x:c r="BF26" s="3" t="n">
+        <x:v>4724</x:v>
+      </x:c>
+      <x:c r="BG26" s="3" t="n">
+        <x:v>4203</x:v>
+      </x:c>
+      <x:c r="BH26" s="3" t="n">
+        <x:v>3792</x:v>
+      </x:c>
+      <x:c r="BI26" s="3" t="n">
+        <x:v>4675</x:v>
+      </x:c>
+      <x:c r="BJ26" s="3" t="n">
+        <x:v>4404</x:v>
+      </x:c>
+      <x:c r="BK26" s="3" t="n">
+        <x:v>3970</x:v>
+      </x:c>
+      <x:c r="BL26" s="3" t="n">
+        <x:v>3874</x:v>
+      </x:c>
+      <x:c r="BM26" s="3" t="n">
+        <x:v>4840</x:v>
+      </x:c>
+      <x:c r="BN26" s="3" t="n">
+        <x:v>4752</x:v>
+      </x:c>
+      <x:c r="BO26" s="3" t="n">
+        <x:v>4532</x:v>
+      </x:c>
+      <x:c r="BP26" s="3" t="n">
+        <x:v>4216</x:v>
+      </x:c>
+      <x:c r="BQ26" s="3" t="n">
+        <x:v>5307</x:v>
+      </x:c>
+      <x:c r="BR26" s="3" t="n">
+        <x:v>5333</x:v>
+      </x:c>
+      <x:c r="BS26" s="3" t="n">
+        <x:v>4701</x:v>
+      </x:c>
+      <x:c r="BT26" s="3" t="n">
+        <x:v>4432</x:v>
+      </x:c>
+      <x:c r="BU26" s="3" t="n">
+        <x:v>5556</x:v>
+      </x:c>
+      <x:c r="BV26" s="3" t="n">
+        <x:v>5837</x:v>
+      </x:c>
+      <x:c r="BW26" s="3" t="n">
+        <x:v>5112</x:v>
+      </x:c>
+      <x:c r="BX26" s="3" t="n">
+        <x:v>4969</x:v>
+      </x:c>
+      <x:c r="BY26" s="3" t="n">
+        <x:v>6117</x:v>
+      </x:c>
+      <x:c r="BZ26" s="3" t="n">
+        <x:v>5913</x:v>
+      </x:c>
+      <x:c r="CA26" s="3" t="n">
+        <x:v>6541</x:v>
+      </x:c>
+      <x:c r="CB26" s="3" t="n">
+        <x:v>5782</x:v>
+      </x:c>
+      <x:c r="CC26" s="3" t="n">
+        <x:v>6973</x:v>
+      </x:c>
+      <x:c r="CD26" s="3" t="n">
+        <x:v>7311</x:v>
+      </x:c>
+      <x:c r="CE26" s="3" t="n">
+        <x:v>6706</x:v>
+      </x:c>
+      <x:c r="CF26" s="3" t="n">
+        <x:v>6275</x:v>
+      </x:c>
+      <x:c r="CG26" s="3" t="n">
+        <x:v>7404</x:v>
+      </x:c>
+      <x:c r="CH26" s="3" t="n">
+        <x:v>7213</x:v>
+      </x:c>
+      <x:c r="CI26" s="3" t="n">
+        <x:v>6684</x:v>
+      </x:c>
+      <x:c r="CJ26" s="3" t="n">
+        <x:v>5759</x:v>
+      </x:c>
+      <x:c r="CK26" s="3" t="n">
+        <x:v>7015</x:v>
+      </x:c>
+      <x:c r="CL26" s="3" t="n">
+        <x:v>7178</x:v>
+      </x:c>
+      <x:c r="CM26" s="3" t="n">
+        <x:v>6508</x:v>
+      </x:c>
+      <x:c r="CN26" s="3" t="n">
+        <x:v>5987</x:v>
+      </x:c>
+      <x:c r="CO26" s="3" t="n">
+        <x:v>7140</x:v>
+      </x:c>
+      <x:c r="CP26" s="3" t="n">
+        <x:v>7100</x:v>
+      </x:c>
+      <x:c r="CQ26" s="3" t="n">
+        <x:v>6420</x:v>
+      </x:c>
+      <x:c r="CR26" s="3" t="n">
+        <x:v>5729</x:v>
+      </x:c>
+      <x:c r="CS26" s="3" t="n">
+        <x:v>6985</x:v>
+      </x:c>
+      <x:c r="CT26" s="3" t="n">
+        <x:v>6470</x:v>
+      </x:c>
+      <x:c r="CU26" s="3" t="n">
+        <x:v>6788</x:v>
+      </x:c>
+      <x:c r="CV26" s="3" t="n">
+        <x:v>5781</x:v>
+      </x:c>
+      <x:c r="CW26" s="3" t="n">
+        <x:v>6514</x:v>
+      </x:c>
+      <x:c r="CX26" s="3" t="n">
+        <x:v>7019</x:v>
+      </x:c>
+      <x:c r="CY26" s="3" t="n">
+        <x:v>6148</x:v>
+      </x:c>
+      <x:c r="CZ26" s="3" t="n">
+        <x:v>5893</x:v>
+      </x:c>
+      <x:c r="DA26" s="3" t="n">
+        <x:v>6732</x:v>
+      </x:c>
+      <x:c r="DB26" s="3" t="n">
+        <x:v>7190</x:v>
+      </x:c>
+      <x:c r="DC26" s="3" t="n">
+        <x:v>6521</x:v>
+      </x:c>
+      <x:c r="DD26" s="3" t="n">
+        <x:v>6311</x:v>
+      </x:c>
+      <x:c r="DE26" s="3" t="n">
+        <x:v>7061</x:v>
+      </x:c>
+      <x:c r="DF26" s="3" t="n">
+        <x:v>6940</x:v>
+      </x:c>
+      <x:c r="DG26" s="3" t="n">
+        <x:v>7450</x:v>
+      </x:c>
+      <x:c r="DH26" s="3" t="n">
+        <x:v>6471</x:v>
+      </x:c>
+      <x:c r="DI26" s="3" t="n">
+        <x:v>7092</x:v>
+      </x:c>
+      <x:c r="DJ26" s="3" t="n">
+        <x:v>7525</x:v>
+      </x:c>
+      <x:c r="DK26" s="3" t="n">
+        <x:v>7078</x:v>
+      </x:c>
+      <x:c r="DL26" s="3" t="n">
+        <x:v>6547</x:v>
+      </x:c>
+      <x:c r="DM26" s="3" t="n">
+        <x:v>8039</x:v>
+      </x:c>
+      <x:c r="DN26" s="3" t="n">
+        <x:v>8420</x:v>
+      </x:c>
+      <x:c r="DO26" s="3" t="n">
+        <x:v>7422</x:v>
+      </x:c>
+      <x:c r="DP26" s="3" t="n">
+        <x:v>6734</x:v>
+      </x:c>
+      <x:c r="DQ26" s="3" t="n">
+        <x:v>7924</x:v>
+      </x:c>
+      <x:c r="DR26" s="3" t="n">
+        <x:v>6840</x:v>
+      </x:c>
+      <x:c r="DS26" s="3" t="n">
+        <x:v>6891</x:v>
+      </x:c>
+      <x:c r="DT26" s="3" t="n">
+        <x:v>5168</x:v>
+      </x:c>
+      <x:c r="DU26" s="3" t="n">
+        <x:v>5969</x:v>
+      </x:c>
+      <x:c r="DV26" s="3" t="n">
+        <x:v>5486</x:v>
+      </x:c>
+      <x:c r="DW26" s="3" t="n">
+        <x:v>4859</x:v>
+      </x:c>
+      <x:c r="DX26" s="3" t="n">
+        <x:v>4213</x:v>
+      </x:c>
+      <x:c r="DY26" s="3" t="n">
+        <x:v>5019</x:v>
+      </x:c>
+      <x:c r="DZ26" s="3" t="n">
+        <x:v>4923</x:v>
+      </x:c>
+      <x:c r="EA26" s="3" t="n">
+        <x:v>4533</x:v>
+      </x:c>
+      <x:c r="EB26" s="3" t="n">
+        <x:v>4192</x:v>
+      </x:c>
+      <x:c r="EC26" s="3" t="n">
+        <x:v>5029</x:v>
+      </x:c>
+      <x:c r="ED26" s="3" t="n">
+        <x:v>5354</x:v>
+      </x:c>
+      <x:c r="EE26" s="3" t="n">
+        <x:v>4443</x:v>
+      </x:c>
+      <x:c r="EF26" s="3" t="n">
+        <x:v>4169</x:v>
+      </x:c>
+      <x:c r="EG26" s="3" t="n">
+        <x:v>4994</x:v>
+      </x:c>
+      <x:c r="EH26" s="3" t="n">
+        <x:v>5092</x:v>
+      </x:c>
+      <x:c r="EI26" s="3" t="n">
+        <x:v>4422</x:v>
+      </x:c>
+      <x:c r="EJ26" s="3" t="n">
+        <x:v>4144</x:v>
+      </x:c>
+      <x:c r="EK26" s="3" t="n">
+        <x:v>4849</x:v>
+      </x:c>
+      <x:c r="EL26" s="3" t="n">
+        <x:v>4858</x:v>
+      </x:c>
+      <x:c r="EM26" s="3" t="n">
+        <x:v>4609</x:v>
+      </x:c>
+      <x:c r="EN26" s="3" t="n">
+        <x:v>4009</x:v>
+      </x:c>
+      <x:c r="EO26" s="3" t="n">
+        <x:v>4682</x:v>
+      </x:c>
+      <x:c r="EP26" s="3" t="n">
+        <x:v>4837</x:v>
+      </x:c>
+      <x:c r="EQ26" s="3" t="n">
+        <x:v>4326</x:v>
+      </x:c>
+      <x:c r="ER26" s="3" t="n">
+        <x:v>4154</x:v>
+      </x:c>
+      <x:c r="ES26" s="3" t="n">
+        <x:v>4840</x:v>
+      </x:c>
+      <x:c r="ET26" s="3" t="n">
+        <x:v>4710</x:v>
+      </x:c>
+      <x:c r="EU26" s="3" t="n">
+        <x:v>4357</x:v>
+      </x:c>
+      <x:c r="EV26" s="3" t="n">
+        <x:v>3851</x:v>
+      </x:c>
+      <x:c r="EW26" s="3" t="n">
+        <x:v>4325</x:v>
+      </x:c>
+      <x:c r="EX26" s="3" t="n">
+        <x:v>4728</x:v>
+      </x:c>
+      <x:c r="EY26" s="3" t="n">
+        <x:v>4475</x:v>
+      </x:c>
+      <x:c r="EZ26" s="3" t="n">
+        <x:v>4057</x:v>
+      </x:c>
+      <x:c r="FA26" s="3" t="n">
+        <x:v>4732</x:v>
+      </x:c>
+      <x:c r="FB26" s="3" t="n">
+        <x:v>4885</x:v>
+      </x:c>
+      <x:c r="FC26" s="3" t="n">
+        <x:v>4308</x:v>
+      </x:c>
+      <x:c r="FD26" s="3" t="n">
+        <x:v>4029</x:v>
+      </x:c>
+      <x:c r="FE26" s="3" t="n">
+        <x:v>4870</x:v>
+      </x:c>
+      <x:c r="FF26" s="3" t="n">
+        <x:v>4786</x:v>
+      </x:c>
+      <x:c r="FG26" s="3" t="n">
+        <x:v>4525</x:v>
+      </x:c>
+      <x:c r="FH26" s="3" t="n">
+        <x:v>3920</x:v>
+      </x:c>
+      <x:c r="FI26" s="3" t="n">
+        <x:v>4801</x:v>
+      </x:c>
+      <x:c r="FJ26" s="3" t="n">
+        <x:v>4956</x:v>
+      </x:c>
+      <x:c r="FK26" s="3" t="n">
+        <x:v>4503</x:v>
+      </x:c>
+      <x:c r="FL26" s="3" t="n">
+        <x:v>4044</x:v>
+      </x:c>
+      <x:c r="FM26" s="3" t="n">
+        <x:v>5022</x:v>
+      </x:c>
+      <x:c r="FN26" s="3" t="n">
+        <x:v>5107</x:v>
+      </x:c>
+      <x:c r="FO26" s="3" t="n">
+        <x:v>3629</x:v>
+      </x:c>
+      <x:c r="FP26" s="3" t="n">
+        <x:v>4552</x:v>
+      </x:c>
+      <x:c r="FQ26" s="3" t="n">
+        <x:v>5395</x:v>
+      </x:c>
+      <x:c r="FR26" s="3" t="n">
+        <x:v>5504</x:v>
+      </x:c>
+      <x:c r="FS26" s="3" t="n">
+        <x:v>5371</x:v>
+      </x:c>
+      <x:c r="FT26" s="3" t="n">
+        <x:v>4681</x:v>
+      </x:c>
+      <x:c r="FU26" s="3" t="n">
+        <x:v>6007</x:v>
+      </x:c>
+      <x:c r="FV26" s="3" t="n">
+        <x:v>6173</x:v>
+      </x:c>
+      <x:c r="FW26" s="3" t="n">
+        <x:v>5763</x:v>
+      </x:c>
+      <x:c r="FX26" s="3" t="n">
+        <x:v>5223</x:v>
+      </x:c>
+      <x:c r="FY26" s="3" t="n">
+        <x:v>5705</x:v>
+      </x:c>
+      <x:c r="FZ26" s="3" t="n">
+        <x:v>5501</x:v>
+      </x:c>
+      <x:c r="GA26" s="3" t="n">
+        <x:v>4895</x:v>
+      </x:c>
+      <x:c r="GB26" s="3" t="n">
+        <x:v>4566</x:v>
+      </x:c>
+      <x:c r="GC26" s="3" t="n">
+        <x:v>5151</x:v>
+      </x:c>
+      <x:c r="GD26" s="3" t="n">
+        <x:v>4953</x:v>
+      </x:c>
+      <x:c r="GE26" s="3" t="n">
+        <x:v>5642</x:v>
+      </x:c>
+      <x:c r="GF26" s="3" t="n">
+        <x:v>4840</x:v>
+      </x:c>
+      <x:c r="GG26" s="3" t="n">
+        <x:v>5617</x:v>
+      </x:c>
+      <x:c r="GH26" s="3" t="n">
+        <x:v>5438</x:v>
+      </x:c>
+      <x:c r="GI26" s="3" t="n">
+        <x:v>4830</x:v>
+      </x:c>
+      <x:c r="GJ26" s="3" t="n">
+        <x:v>4485</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:192">
+      <x:c r="A27" s="2" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="B27" s="3" t="n">
+        <x:v>5707</x:v>
+      </x:c>
+      <x:c r="C27" s="3" t="n">
+        <x:v>6103</x:v>
+      </x:c>
+      <x:c r="D27" s="3" t="n">
+        <x:v>4775</x:v>
+      </x:c>
+      <x:c r="E27" s="3" t="n">
+        <x:v>5696</x:v>
+      </x:c>
+      <x:c r="F27" s="3" t="n">
+        <x:v>5802</x:v>
+      </x:c>
+      <x:c r="G27" s="3" t="n">
+        <x:v>5839</x:v>
+      </x:c>
+      <x:c r="H27" s="3" t="n">
+        <x:v>5516</x:v>
+      </x:c>
+      <x:c r="I27" s="3" t="n">
+        <x:v>6401</x:v>
+      </x:c>
+      <x:c r="J27" s="3" t="n">
+        <x:v>6467</x:v>
+      </x:c>
+      <x:c r="K27" s="3" t="n">
+        <x:v>6024</x:v>
+      </x:c>
+      <x:c r="L27" s="3" t="n">
+        <x:v>5351</x:v>
+      </x:c>
+      <x:c r="M27" s="3" t="n">
+        <x:v>6385</x:v>
+      </x:c>
+      <x:c r="N27" s="3" t="n">
+        <x:v>6131</x:v>
+      </x:c>
+      <x:c r="O27" s="3" t="n">
+        <x:v>5542</x:v>
+      </x:c>
+      <x:c r="P27" s="3" t="n">
+        <x:v>5096</x:v>
+      </x:c>
+      <x:c r="Q27" s="3" t="n">
+        <x:v>6155</x:v>
+      </x:c>
+      <x:c r="R27" s="3" t="n">
+        <x:v>6458</x:v>
+      </x:c>
+      <x:c r="S27" s="3" t="n">
+        <x:v>5714</x:v>
+      </x:c>
+      <x:c r="T27" s="3" t="n">
+        <x:v>5167</x:v>
+      </x:c>
+      <x:c r="U27" s="3" t="n">
+        <x:v>6040</x:v>
+      </x:c>
+      <x:c r="V27" s="3" t="n">
+        <x:v>6157</x:v>
+      </x:c>
+      <x:c r="W27" s="3" t="n">
+        <x:v>5661</x:v>
+      </x:c>
+      <x:c r="X27" s="3" t="n">
+        <x:v>4885</x:v>
+      </x:c>
+      <x:c r="Y27" s="3" t="n">
+        <x:v>6037</x:v>
+      </x:c>
+      <x:c r="Z27" s="3" t="n">
+        <x:v>6370</x:v>
+      </x:c>
+      <x:c r="AA27" s="3" t="n">
+        <x:v>5743</x:v>
+      </x:c>
+      <x:c r="AB27" s="3" t="n">
+        <x:v>5029</x:v>
+      </x:c>
+      <x:c r="AC27" s="3" t="n">
+        <x:v>6352</x:v>
+      </x:c>
+      <x:c r="AD27" s="3" t="n">
+        <x:v>6584</x:v>
+      </x:c>
+      <x:c r="AE27" s="3" t="n">
+        <x:v>5985</x:v>
+      </x:c>
+      <x:c r="AF27" s="3" t="n">
+        <x:v>5196</x:v>
+      </x:c>
+      <x:c r="AG27" s="3" t="n">
+        <x:v>6604</x:v>
+      </x:c>
+      <x:c r="AH27" s="3" t="n">
+        <x:v>6606</x:v>
+      </x:c>
+      <x:c r="AI27" s="3" t="n">
+        <x:v>6493</x:v>
+      </x:c>
+      <x:c r="AJ27" s="3" t="n">
+        <x:v>5692</x:v>
+      </x:c>
+      <x:c r="AK27" s="3" t="n">
+        <x:v>6795</x:v>
+      </x:c>
+      <x:c r="AL27" s="3" t="n">
+        <x:v>7177</x:v>
+      </x:c>
+      <x:c r="AM27" s="3" t="n">
+        <x:v>6604</x:v>
+      </x:c>
+      <x:c r="AN27" s="3" t="n">
+        <x:v>6096</x:v>
+      </x:c>
+      <x:c r="AO27" s="3" t="n">
+        <x:v>6916</x:v>
+      </x:c>
+      <x:c r="AP27" s="3" t="n">
+        <x:v>6939</x:v>
+      </x:c>
+      <x:c r="AQ27" s="3" t="n">
+        <x:v>6650</x:v>
+      </x:c>
+      <x:c r="AR27" s="3" t="n">
+        <x:v>5630</x:v>
+      </x:c>
+      <x:c r="AS27" s="3" t="n">
+        <x:v>6793</x:v>
+      </x:c>
+      <x:c r="AT27" s="3" t="n">
+        <x:v>6820</x:v>
+      </x:c>
+      <x:c r="AU27" s="3" t="n">
+        <x:v>6678</x:v>
+      </x:c>
+      <x:c r="AV27" s="3" t="n">
+        <x:v>5592</x:v>
+      </x:c>
+      <x:c r="AW27" s="3" t="n">
+        <x:v>6745</x:v>
+      </x:c>
+      <x:c r="AX27" s="3" t="n">
+        <x:v>7151</x:v>
+      </x:c>
+      <x:c r="AY27" s="3" t="n">
+        <x:v>6593</x:v>
+      </x:c>
+      <x:c r="AZ27" s="3" t="n">
+        <x:v>5957</x:v>
+      </x:c>
+      <x:c r="BA27" s="3" t="n">
+        <x:v>7164</x:v>
+      </x:c>
+      <x:c r="BB27" s="3" t="n">
+        <x:v>7004</x:v>
+      </x:c>
+      <x:c r="BC27" s="3" t="n">
+        <x:v>7164</x:v>
+      </x:c>
+      <x:c r="BD27" s="3" t="n">
+        <x:v>6193</x:v>
+      </x:c>
+      <x:c r="BE27" s="3" t="n">
+        <x:v>7419</x:v>
+      </x:c>
+      <x:c r="BF27" s="3" t="n">
+        <x:v>7468</x:v>
+      </x:c>
+      <x:c r="BG27" s="3" t="n">
+        <x:v>7124</x:v>
+      </x:c>
+      <x:c r="BH27" s="3" t="n">
+        <x:v>6622</x:v>
+      </x:c>
+      <x:c r="BI27" s="3" t="n">
+        <x:v>7685</x:v>
+      </x:c>
+      <x:c r="BJ27" s="3" t="n">
+        <x:v>7701</x:v>
+      </x:c>
+      <x:c r="BK27" s="3" t="n">
+        <x:v>7378</x:v>
+      </x:c>
+      <x:c r="BL27" s="3" t="n">
+        <x:v>6778</x:v>
+      </x:c>
+      <x:c r="BM27" s="3" t="n">
+        <x:v>7718</x:v>
+      </x:c>
+      <x:c r="BN27" s="3" t="n">
+        <x:v>7625</x:v>
+      </x:c>
+      <x:c r="BO27" s="3" t="n">
+        <x:v>7786</x:v>
+      </x:c>
+      <x:c r="BP27" s="3" t="n">
+        <x:v>6784</x:v>
+      </x:c>
+      <x:c r="BQ27" s="3" t="n">
+        <x:v>7746</x:v>
+      </x:c>
+      <x:c r="BR27" s="3" t="n">
+        <x:v>9083</x:v>
+      </x:c>
+      <x:c r="BS27" s="3" t="n">
+        <x:v>8533</x:v>
+      </x:c>
+      <x:c r="BT27" s="3" t="n">
+        <x:v>7517</x:v>
+      </x:c>
+      <x:c r="BU27" s="3" t="n">
+        <x:v>8255</x:v>
+      </x:c>
+      <x:c r="BV27" s="3" t="n">
+        <x:v>9902</x:v>
+      </x:c>
+      <x:c r="BW27" s="3" t="n">
+        <x:v>8932</x:v>
+      </x:c>
+      <x:c r="BX27" s="3" t="n">
+        <x:v>8663</x:v>
+      </x:c>
+      <x:c r="BY27" s="3" t="n">
+        <x:v>9116</x:v>
+      </x:c>
+      <x:c r="BZ27" s="3" t="n">
+        <x:v>9793</x:v>
+      </x:c>
+      <x:c r="CA27" s="3" t="n">
+        <x:v>10457</x:v>
+      </x:c>
+      <x:c r="CB27" s="3" t="n">
+        <x:v>9575</x:v>
+      </x:c>
+      <x:c r="CC27" s="3" t="n">
+        <x:v>10864</x:v>
+      </x:c>
+      <x:c r="CD27" s="3" t="n">
+        <x:v>9711</x:v>
+      </x:c>
+      <x:c r="CE27" s="3" t="n">
+        <x:v>9340</x:v>
+      </x:c>
+      <x:c r="CF27" s="3" t="n">
+        <x:v>8813</x:v>
+      </x:c>
+      <x:c r="CG27" s="3" t="n">
+        <x:v>10103</x:v>
+      </x:c>
+      <x:c r="CH27" s="3" t="n">
+        <x:v>9540</x:v>
+      </x:c>
+      <x:c r="CI27" s="3" t="n">
+        <x:v>9211</x:v>
+      </x:c>
+      <x:c r="CJ27" s="3" t="n">
+        <x:v>8222</x:v>
+      </x:c>
+      <x:c r="CK27" s="3" t="n">
+        <x:v>8957</x:v>
+      </x:c>
+      <x:c r="CL27" s="3" t="n">
+        <x:v>9560</x:v>
+      </x:c>
+      <x:c r="CM27" s="3" t="n">
+        <x:v>8312</x:v>
+      </x:c>
+      <x:c r="CN27" s="3" t="n">
+        <x:v>7960</x:v>
+      </x:c>
+      <x:c r="CO27" s="3" t="n">
+        <x:v>8724</x:v>
+      </x:c>
+      <x:c r="CP27" s="3" t="n">
+        <x:v>9704</x:v>
+      </x:c>
+      <x:c r="CQ27" s="3" t="n">
+        <x:v>8933</x:v>
+      </x:c>
+      <x:c r="CR27" s="3" t="n">
+        <x:v>8460</x:v>
+      </x:c>
+      <x:c r="CS27" s="3" t="n">
+        <x:v>9546</x:v>
+      </x:c>
+      <x:c r="CT27" s="3" t="n">
+        <x:v>10040</x:v>
+      </x:c>
+      <x:c r="CU27" s="3" t="n">
+        <x:v>10459</x:v>
+      </x:c>
+      <x:c r="CV27" s="3" t="n">
+        <x:v>9366</x:v>
+      </x:c>
+      <x:c r="CW27" s="3" t="n">
+        <x:v>10129</x:v>
+      </x:c>
+      <x:c r="CX27" s="3" t="n">
+        <x:v>8922</x:v>
+      </x:c>
+      <x:c r="CY27" s="3" t="n">
+        <x:v>7692</x:v>
+      </x:c>
+      <x:c r="CZ27" s="3" t="n">
+        <x:v>7404</x:v>
+      </x:c>
+      <x:c r="DA27" s="3" t="n">
+        <x:v>7977</x:v>
+      </x:c>
+      <x:c r="DB27" s="3" t="n">
+        <x:v>8813</x:v>
+      </x:c>
+      <x:c r="DC27" s="3" t="n">
+        <x:v>8130</x:v>
+      </x:c>
+      <x:c r="DD27" s="3" t="n">
+        <x:v>7952</x:v>
+      </x:c>
+      <x:c r="DE27" s="3" t="n">
+        <x:v>9037</x:v>
+      </x:c>
+      <x:c r="DF27" s="3" t="n">
+        <x:v>9042</x:v>
+      </x:c>
+      <x:c r="DG27" s="3" t="n">
+        <x:v>9458</x:v>
+      </x:c>
+      <x:c r="DH27" s="3" t="n">
+        <x:v>8454</x:v>
+      </x:c>
+      <x:c r="DI27" s="3" t="n">
+        <x:v>9918</x:v>
+      </x:c>
+      <x:c r="DJ27" s="3" t="n">
+        <x:v>11802</x:v>
+      </x:c>
+      <x:c r="DK27" s="3" t="n">
+        <x:v>10935</x:v>
+      </x:c>
+      <x:c r="DL27" s="3" t="n">
+        <x:v>10353</x:v>
+      </x:c>
+      <x:c r="DM27" s="3" t="n">
+        <x:v>12205</x:v>
+      </x:c>
+      <x:c r="DN27" s="3" t="n">
+        <x:v>13467</x:v>
+      </x:c>
+      <x:c r="DO27" s="3" t="n">
+        <x:v>12694</x:v>
+      </x:c>
+      <x:c r="DP27" s="3" t="n">
+        <x:v>11846</x:v>
+      </x:c>
+      <x:c r="DQ27" s="3" t="n">
+        <x:v>13754</x:v>
+      </x:c>
+      <x:c r="DR27" s="3" t="n">
+        <x:v>11880</x:v>
+      </x:c>
+      <x:c r="DS27" s="3" t="n">
+        <x:v>13162</x:v>
+      </x:c>
+      <x:c r="DT27" s="3" t="n">
+        <x:v>12263</x:v>
+      </x:c>
+      <x:c r="DU27" s="3" t="n">
+        <x:v>13183</x:v>
+      </x:c>
+      <x:c r="DV27" s="3" t="n">
+        <x:v>13000</x:v>
+      </x:c>
+      <x:c r="DW27" s="3" t="n">
+        <x:v>12051</x:v>
+      </x:c>
+      <x:c r="DX27" s="3" t="n">
+        <x:v>11663</x:v>
+      </x:c>
+      <x:c r="DY27" s="3" t="n">
+        <x:v>12824</x:v>
+      </x:c>
+      <x:c r="DZ27" s="3" t="n">
+        <x:v>12156</x:v>
+      </x:c>
+      <x:c r="EA27" s="3" t="n">
+        <x:v>12261</x:v>
+      </x:c>
+      <x:c r="EB27" s="3" t="n">
+        <x:v>11153</x:v>
+      </x:c>
+      <x:c r="EC27" s="3" t="n">
+        <x:v>12204</x:v>
+      </x:c>
+      <x:c r="ED27" s="3" t="n">
+        <x:v>13302</x:v>
+      </x:c>
+      <x:c r="EE27" s="3" t="n">
+        <x:v>11962</x:v>
+      </x:c>
+      <x:c r="EF27" s="3" t="n">
+        <x:v>11944</x:v>
+      </x:c>
+      <x:c r="EG27" s="3" t="n">
+        <x:v>13573</x:v>
+      </x:c>
+      <x:c r="EH27" s="3" t="n">
+        <x:v>14091</x:v>
+      </x:c>
+      <x:c r="EI27" s="3" t="n">
+        <x:v>12475</x:v>
+      </x:c>
+      <x:c r="EJ27" s="3" t="n">
+        <x:v>12530</x:v>
+      </x:c>
+      <x:c r="EK27" s="3" t="n">
+        <x:v>14041</x:v>
+      </x:c>
+      <x:c r="EL27" s="3" t="n">
+        <x:v>15446</x:v>
+      </x:c>
+      <x:c r="EM27" s="3" t="n">
+        <x:v>15914</x:v>
+      </x:c>
+      <x:c r="EN27" s="3" t="n">
+        <x:v>14296</x:v>
+      </x:c>
+      <x:c r="EO27" s="3" t="n">
+        <x:v>15203</x:v>
+      </x:c>
+      <x:c r="EP27" s="3" t="n">
+        <x:v>14697</x:v>
+      </x:c>
+      <x:c r="EQ27" s="3" t="n">
+        <x:v>14061</x:v>
+      </x:c>
+      <x:c r="ER27" s="3" t="n">
+        <x:v>14081</x:v>
+      </x:c>
+      <x:c r="ES27" s="3" t="n">
+        <x:v>15706</x:v>
+      </x:c>
+      <x:c r="ET27" s="3" t="n">
+        <x:v>14973</x:v>
+      </x:c>
+      <x:c r="EU27" s="3" t="n">
+        <x:v>14496</x:v>
+      </x:c>
+      <x:c r="EV27" s="3" t="n">
+        <x:v>13609</x:v>
+      </x:c>
+      <x:c r="EW27" s="3" t="n">
+        <x:v>13280</x:v>
+      </x:c>
+      <x:c r="EX27" s="3" t="n">
+        <x:v>13710</x:v>
+      </x:c>
+      <x:c r="EY27" s="3" t="n">
+        <x:v>13305</x:v>
+      </x:c>
+      <x:c r="EZ27" s="3" t="n">
+        <x:v>11405</x:v>
+      </x:c>
+      <x:c r="FA27" s="3" t="n">
+        <x:v>12501</x:v>
+      </x:c>
+      <x:c r="FB27" s="3" t="n">
+        <x:v>13204</x:v>
+      </x:c>
+      <x:c r="FC27" s="3" t="n">
+        <x:v>12782</x:v>
+      </x:c>
+      <x:c r="FD27" s="3" t="n">
+        <x:v>12095</x:v>
+      </x:c>
+      <x:c r="FE27" s="3" t="n">
+        <x:v>13529</x:v>
+      </x:c>
+      <x:c r="FF27" s="3" t="n">
+        <x:v>13453</x:v>
+      </x:c>
+      <x:c r="FG27" s="3" t="n">
+        <x:v>13546</x:v>
+      </x:c>
+      <x:c r="FH27" s="3" t="n">
+        <x:v>12038</x:v>
+      </x:c>
+      <x:c r="FI27" s="3" t="n">
+        <x:v>13557</x:v>
+      </x:c>
+      <x:c r="FJ27" s="3" t="n">
+        <x:v>13954</x:v>
+      </x:c>
+      <x:c r="FK27" s="3" t="n">
+        <x:v>13775</x:v>
+      </x:c>
+      <x:c r="FL27" s="3" t="n">
+        <x:v>13361</x:v>
+      </x:c>
+      <x:c r="FM27" s="3" t="n">
+        <x:v>15465</x:v>
+      </x:c>
+      <x:c r="FN27" s="3" t="n">
+        <x:v>15244</x:v>
+      </x:c>
+      <x:c r="FO27" s="3" t="n">
+        <x:v>15382</x:v>
+      </x:c>
+      <x:c r="FP27" s="3" t="n">
+        <x:v>14251</x:v>
+      </x:c>
+      <x:c r="FQ27" s="3" t="n">
+        <x:v>15569</x:v>
+      </x:c>
+      <x:c r="FR27" s="3" t="n">
+        <x:v>14439</x:v>
+      </x:c>
+      <x:c r="FS27" s="3" t="n">
+        <x:v>13794</x:v>
+      </x:c>
+      <x:c r="FT27" s="3" t="n">
+        <x:v>12339</x:v>
+      </x:c>
+      <x:c r="FU27" s="3" t="n">
+        <x:v>14520</x:v>
+      </x:c>
+      <x:c r="FV27" s="3" t="n">
+        <x:v>15877</x:v>
+      </x:c>
+      <x:c r="FW27" s="3" t="n">
+        <x:v>15336</x:v>
+      </x:c>
+      <x:c r="FX27" s="3" t="n">
+        <x:v>14188</x:v>
+      </x:c>
+      <x:c r="FY27" s="3" t="n">
+        <x:v>16260</x:v>
+      </x:c>
+      <x:c r="FZ27" s="3" t="n">
+        <x:v>16962</x:v>
+      </x:c>
+      <x:c r="GA27" s="3" t="n">
+        <x:v>16022</x:v>
+      </x:c>
+      <x:c r="GB27" s="3" t="n">
+        <x:v>14740</x:v>
+      </x:c>
+      <x:c r="GC27" s="3" t="n">
+        <x:v>16532</x:v>
+      </x:c>
+      <x:c r="GD27" s="3" t="n">
+        <x:v>16826</x:v>
+      </x:c>
+      <x:c r="GE27" s="3" t="n">
+        <x:v>17082</x:v>
+      </x:c>
+      <x:c r="GF27" s="3" t="n">
+        <x:v>16051</x:v>
+      </x:c>
+      <x:c r="GG27" s="3" t="n">
+        <x:v>17945</x:v>
+      </x:c>
+      <x:c r="GH27" s="3" t="n">
+        <x:v>17647</x:v>
+      </x:c>
+      <x:c r="GI27" s="3" t="n">
+        <x:v>17430</x:v>
+      </x:c>
+      <x:c r="GJ27" s="3" t="n">
+        <x:v>16675</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:192">
+      <x:c r="A28" s="2" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="B28" s="3" t="n">
+        <x:v>20777</x:v>
+      </x:c>
+      <x:c r="C28" s="3" t="n">
+        <x:v>15903</x:v>
+      </x:c>
+      <x:c r="D28" s="3" t="n">
+        <x:v>14167</x:v>
+      </x:c>
+      <x:c r="E28" s="3" t="n">
+        <x:v>20716</x:v>
+      </x:c>
+      <x:c r="F28" s="3" t="n">
+        <x:v>21810</x:v>
+      </x:c>
+      <x:c r="G28" s="3" t="n">
+        <x:v>16844</x:v>
+      </x:c>
+      <x:c r="H28" s="3" t="n">
+        <x:v>16636</x:v>
+      </x:c>
+      <x:c r="I28" s="3" t="n">
+        <x:v>21541</x:v>
+      </x:c>
+      <x:c r="J28" s="3" t="n">
+        <x:v>24068</x:v>
+      </x:c>
+      <x:c r="K28" s="3" t="n">
+        <x:v>17310</x:v>
+      </x:c>
+      <x:c r="L28" s="3" t="n">
+        <x:v>14575</x:v>
+      </x:c>
+      <x:c r="M28" s="3" t="n">
+        <x:v>21249</x:v>
+      </x:c>
+      <x:c r="N28" s="3" t="n">
+        <x:v>24099</x:v>
+      </x:c>
+      <x:c r="O28" s="3" t="n">
+        <x:v>19053</x:v>
+      </x:c>
+      <x:c r="P28" s="3" t="n">
+        <x:v>16827</x:v>
+      </x:c>
+      <x:c r="Q28" s="3" t="n">
+        <x:v>24181</x:v>
+      </x:c>
+      <x:c r="R28" s="3" t="n">
+        <x:v>26413</x:v>
+      </x:c>
+      <x:c r="S28" s="3" t="n">
+        <x:v>19455</x:v>
+      </x:c>
+      <x:c r="T28" s="3" t="n">
+        <x:v>16583</x:v>
+      </x:c>
+      <x:c r="U28" s="3" t="n">
+        <x:v>23756</x:v>
+      </x:c>
+      <x:c r="V28" s="3" t="n">
+        <x:v>26431</x:v>
+      </x:c>
+      <x:c r="W28" s="3" t="n">
+        <x:v>21458</x:v>
+      </x:c>
+      <x:c r="X28" s="3" t="n">
+        <x:v>19517</x:v>
+      </x:c>
+      <x:c r="Y28" s="3" t="n">
+        <x:v>26156</x:v>
+      </x:c>
+      <x:c r="Z28" s="3" t="n">
+        <x:v>29385</x:v>
+      </x:c>
+      <x:c r="AA28" s="3" t="n">
+        <x:v>21213</x:v>
+      </x:c>
+      <x:c r="AB28" s="3" t="n">
+        <x:v>19954</x:v>
+      </x:c>
+      <x:c r="AC28" s="3" t="n">
+        <x:v>25290</x:v>
+      </x:c>
+      <x:c r="AD28" s="3" t="n">
+        <x:v>31937</x:v>
+      </x:c>
+      <x:c r="AE28" s="3" t="n">
+        <x:v>20617</x:v>
+      </x:c>
+      <x:c r="AF28" s="3" t="n">
+        <x:v>17357</x:v>
+      </x:c>
+      <x:c r="AG28" s="3" t="n">
+        <x:v>27145</x:v>
+      </x:c>
+      <x:c r="AH28" s="3" t="n">
+        <x:v>29001</x:v>
+      </x:c>
+      <x:c r="AI28" s="3" t="n">
+        <x:v>20748</x:v>
+      </x:c>
+      <x:c r="AJ28" s="3" t="n">
+        <x:v>18863</x:v>
+      </x:c>
+      <x:c r="AK28" s="3" t="n">
+        <x:v>25424</x:v>
+      </x:c>
+      <x:c r="AL28" s="3" t="n">
+        <x:v>30704</x:v>
+      </x:c>
+      <x:c r="AM28" s="3" t="n">
+        <x:v>21172</x:v>
+      </x:c>
+      <x:c r="AN28" s="3" t="n">
+        <x:v>18453</x:v>
+      </x:c>
+      <x:c r="AO28" s="3" t="n">
+        <x:v>27578</x:v>
+      </x:c>
+      <x:c r="AP28" s="3" t="n">
+        <x:v>28266</x:v>
+      </x:c>
+      <x:c r="AQ28" s="3" t="n">
+        <x:v>21413</x:v>
+      </x:c>
+      <x:c r="AR28" s="3" t="n">
+        <x:v>21353</x:v>
+      </x:c>
+      <x:c r="AS28" s="3" t="n">
+        <x:v>29121</x:v>
+      </x:c>
+      <x:c r="AT28" s="3" t="n">
+        <x:v>26972</x:v>
+      </x:c>
+      <x:c r="AU28" s="3" t="n">
+        <x:v>23323</x:v>
+      </x:c>
+      <x:c r="AV28" s="3" t="n">
+        <x:v>21542</x:v>
+      </x:c>
+      <x:c r="AW28" s="3" t="n">
+        <x:v>28679</x:v>
+      </x:c>
+      <x:c r="AX28" s="3" t="n">
+        <x:v>27848</x:v>
+      </x:c>
+      <x:c r="AY28" s="3" t="n">
+        <x:v>23238</x:v>
+      </x:c>
+      <x:c r="AZ28" s="3" t="n">
+        <x:v>21960</x:v>
+      </x:c>
+      <x:c r="BA28" s="3" t="n">
+        <x:v>28150</x:v>
+      </x:c>
+      <x:c r="BB28" s="3" t="n">
+        <x:v>31795</x:v>
+      </x:c>
+      <x:c r="BC28" s="3" t="n">
+        <x:v>23949</x:v>
+      </x:c>
+      <x:c r="BD28" s="3" t="n">
+        <x:v>19230</x:v>
+      </x:c>
+      <x:c r="BE28" s="3" t="n">
+        <x:v>26262</x:v>
+      </x:c>
+      <x:c r="BF28" s="3" t="n">
+        <x:v>29377</x:v>
+      </x:c>
+      <x:c r="BG28" s="3" t="n">
+        <x:v>24189</x:v>
+      </x:c>
+      <x:c r="BH28" s="3" t="n">
+        <x:v>22394</x:v>
+      </x:c>
+      <x:c r="BI28" s="3" t="n">
+        <x:v>29468</x:v>
+      </x:c>
+      <x:c r="BJ28" s="3" t="n">
+        <x:v>29019</x:v>
+      </x:c>
+      <x:c r="BK28" s="3" t="n">
+        <x:v>22298</x:v>
+      </x:c>
+      <x:c r="BL28" s="3" t="n">
+        <x:v>21392</x:v>
+      </x:c>
+      <x:c r="BM28" s="3" t="n">
+        <x:v>30353</x:v>
+      </x:c>
+      <x:c r="BN28" s="3" t="n">
+        <x:v>29555</x:v>
+      </x:c>
+      <x:c r="BO28" s="3" t="n">
+        <x:v>21634</x:v>
+      </x:c>
+      <x:c r="BP28" s="3" t="n">
+        <x:v>20339</x:v>
+      </x:c>
+      <x:c r="BQ28" s="3" t="n">
+        <x:v>27116</x:v>
+      </x:c>
+      <x:c r="BR28" s="3" t="n">
+        <x:v>30273</x:v>
+      </x:c>
+      <x:c r="BS28" s="3" t="n">
+        <x:v>23532</x:v>
+      </x:c>
+      <x:c r="BT28" s="3" t="n">
+        <x:v>22131</x:v>
+      </x:c>
+      <x:c r="BU28" s="3" t="n">
+        <x:v>31778</x:v>
+      </x:c>
+      <x:c r="BV28" s="3" t="n">
+        <x:v>34528</x:v>
+      </x:c>
+      <x:c r="BW28" s="3" t="n">
+        <x:v>21476</x:v>
+      </x:c>
+      <x:c r="BX28" s="3" t="n">
+        <x:v>16554</x:v>
+      </x:c>
+      <x:c r="BY28" s="3" t="n">
+        <x:v>24511</x:v>
+      </x:c>
+      <x:c r="BZ28" s="3" t="n">
+        <x:v>26804</x:v>
+      </x:c>
+      <x:c r="CA28" s="3" t="n">
+        <x:v>24233</x:v>
+      </x:c>
+      <x:c r="CB28" s="3" t="n">
+        <x:v>23481</x:v>
+      </x:c>
+      <x:c r="CC28" s="3" t="n">
+        <x:v>32249</x:v>
+      </x:c>
+      <x:c r="CD28" s="3" t="n">
+        <x:v>31206</x:v>
+      </x:c>
+      <x:c r="CE28" s="3" t="n">
+        <x:v>23791</x:v>
+      </x:c>
+      <x:c r="CF28" s="3" t="n">
+        <x:v>24054</x:v>
+      </x:c>
+      <x:c r="CG28" s="3" t="n">
+        <x:v>31439</x:v>
+      </x:c>
+      <x:c r="CH28" s="3" t="n">
+        <x:v>30994</x:v>
+      </x:c>
+      <x:c r="CI28" s="3" t="n">
+        <x:v>24642</x:v>
+      </x:c>
+      <x:c r="CJ28" s="3" t="n">
+        <x:v>25620</x:v>
+      </x:c>
+      <x:c r="CK28" s="3" t="n">
+        <x:v>31438</x:v>
+      </x:c>
+      <x:c r="CL28" s="3" t="n">
+        <x:v>34225</x:v>
+      </x:c>
+      <x:c r="CM28" s="3" t="n">
+        <x:v>29250</x:v>
+      </x:c>
+      <x:c r="CN28" s="3" t="n">
+        <x:v>27532</x:v>
+      </x:c>
+      <x:c r="CO28" s="3" t="n">
+        <x:v>32157</x:v>
+      </x:c>
+      <x:c r="CP28" s="3" t="n">
+        <x:v>38781</x:v>
+      </x:c>
+      <x:c r="CQ28" s="3" t="n">
+        <x:v>27977</x:v>
+      </x:c>
+      <x:c r="CR28" s="3" t="n">
+        <x:v>25271</x:v>
+      </x:c>
+      <x:c r="CS28" s="3" t="n">
+        <x:v>36132</x:v>
+      </x:c>
+      <x:c r="CT28" s="3" t="n">
+        <x:v>35759</x:v>
+      </x:c>
+      <x:c r="CU28" s="3" t="n">
+        <x:v>28721</x:v>
+      </x:c>
+      <x:c r="CV28" s="3" t="n">
+        <x:v>27512</x:v>
+      </x:c>
+      <x:c r="CW28" s="3" t="n">
+        <x:v>34947</x:v>
+      </x:c>
+      <x:c r="CX28" s="3" t="n">
+        <x:v>31071</x:v>
+      </x:c>
+      <x:c r="CY28" s="3" t="n">
+        <x:v>24473</x:v>
+      </x:c>
+      <x:c r="CZ28" s="3" t="n">
+        <x:v>23962</x:v>
+      </x:c>
+      <x:c r="DA28" s="3" t="n">
+        <x:v>31789</x:v>
+      </x:c>
+      <x:c r="DB28" s="3" t="n">
+        <x:v>35532</x:v>
+      </x:c>
+      <x:c r="DC28" s="3" t="n">
+        <x:v>26477</x:v>
+      </x:c>
+      <x:c r="DD28" s="3" t="n">
+        <x:v>25001</x:v>
+      </x:c>
+      <x:c r="DE28" s="3" t="n">
+        <x:v>34280</x:v>
+      </x:c>
+      <x:c r="DF28" s="3" t="n">
+        <x:v>40866</x:v>
+      </x:c>
+      <x:c r="DG28" s="3" t="n">
+        <x:v>32210</x:v>
+      </x:c>
+      <x:c r="DH28" s="3" t="n">
+        <x:v>29664</x:v>
+      </x:c>
+      <x:c r="DI28" s="3" t="n">
+        <x:v>39756</x:v>
+      </x:c>
+      <x:c r="DJ28" s="3" t="n">
+        <x:v>44245</x:v>
+      </x:c>
+      <x:c r="DK28" s="3" t="n">
+        <x:v>30398</x:v>
+      </x:c>
+      <x:c r="DL28" s="3" t="n">
+        <x:v>27610</x:v>
+      </x:c>
+      <x:c r="DM28" s="3" t="n">
+        <x:v>34797</x:v>
+      </x:c>
+      <x:c r="DN28" s="3" t="n">
+        <x:v>37162</x:v>
+      </x:c>
+      <x:c r="DO28" s="3" t="n">
+        <x:v>30931</x:v>
+      </x:c>
+      <x:c r="DP28" s="3" t="n">
+        <x:v>32903</x:v>
+      </x:c>
+      <x:c r="DQ28" s="3" t="n">
+        <x:v>36585</x:v>
+      </x:c>
+      <x:c r="DR28" s="3" t="n">
+        <x:v>38355</x:v>
+      </x:c>
+      <x:c r="DS28" s="3" t="n">
+        <x:v>31169</x:v>
+      </x:c>
+      <x:c r="DT28" s="3" t="n">
+        <x:v>28787</x:v>
+      </x:c>
+      <x:c r="DU28" s="3" t="n">
+        <x:v>37521</x:v>
+      </x:c>
+      <x:c r="DV28" s="3" t="n">
+        <x:v>38122</x:v>
+      </x:c>
+      <x:c r="DW28" s="3" t="n">
+        <x:v>26457</x:v>
+      </x:c>
+      <x:c r="DX28" s="3" t="n">
+        <x:v>26927</x:v>
+      </x:c>
+      <x:c r="DY28" s="3" t="n">
+        <x:v>38314</x:v>
+      </x:c>
+      <x:c r="DZ28" s="3" t="n">
+        <x:v>41115</x:v>
+      </x:c>
+      <x:c r="EA28" s="3" t="n">
+        <x:v>24918</x:v>
+      </x:c>
+      <x:c r="EB28" s="3" t="n">
+        <x:v>23747</x:v>
+      </x:c>
+      <x:c r="EC28" s="3" t="n">
+        <x:v>37218</x:v>
+      </x:c>
+      <x:c r="ED28" s="3" t="n">
+        <x:v>34644</x:v>
+      </x:c>
+      <x:c r="EE28" s="3" t="n">
+        <x:v>25426</x:v>
+      </x:c>
+      <x:c r="EF28" s="3" t="n">
+        <x:v>28431</x:v>
+      </x:c>
+      <x:c r="EG28" s="3" t="n">
+        <x:v>36162</x:v>
+      </x:c>
+      <x:c r="EH28" s="3" t="n">
+        <x:v>40911</x:v>
+      </x:c>
+      <x:c r="EI28" s="3" t="n">
+        <x:v>31290</x:v>
+      </x:c>
+      <x:c r="EJ28" s="3" t="n">
+        <x:v>29733</x:v>
+      </x:c>
+      <x:c r="EK28" s="3" t="n">
+        <x:v>38260</x:v>
+      </x:c>
+      <x:c r="EL28" s="3" t="n">
+        <x:v>40824</x:v>
+      </x:c>
+      <x:c r="EM28" s="3" t="n">
+        <x:v>30191</x:v>
+      </x:c>
+      <x:c r="EN28" s="3" t="n">
+        <x:v>28971</x:v>
+      </x:c>
+      <x:c r="EO28" s="3" t="n">
+        <x:v>36644</x:v>
+      </x:c>
+      <x:c r="EP28" s="3" t="n">
+        <x:v>40357</x:v>
+      </x:c>
+      <x:c r="EQ28" s="3" t="n">
+        <x:v>33131</x:v>
+      </x:c>
+      <x:c r="ER28" s="3" t="n">
+        <x:v>29915</x:v>
+      </x:c>
+      <x:c r="ES28" s="3" t="n">
+        <x:v>40025</x:v>
+      </x:c>
+      <x:c r="ET28" s="3" t="n">
+        <x:v>41741</x:v>
+      </x:c>
+      <x:c r="EU28" s="3" t="n">
+        <x:v>33218</x:v>
+      </x:c>
+      <x:c r="EV28" s="3" t="n">
+        <x:v>31483</x:v>
+      </x:c>
+      <x:c r="EW28" s="3" t="n">
+        <x:v>39492</x:v>
+      </x:c>
+      <x:c r="EX28" s="3" t="n">
+        <x:v>44895</x:v>
+      </x:c>
+      <x:c r="EY28" s="3" t="n">
+        <x:v>34379</x:v>
+      </x:c>
+      <x:c r="EZ28" s="3" t="n">
+        <x:v>31023</x:v>
+      </x:c>
+      <x:c r="FA28" s="3" t="n">
+        <x:v>40284</x:v>
+      </x:c>
+      <x:c r="FB28" s="3" t="n">
+        <x:v>42461</x:v>
+      </x:c>
+      <x:c r="FC28" s="3" t="n">
+        <x:v>34145</x:v>
+      </x:c>
+      <x:c r="FD28" s="3" t="n">
+        <x:v>32765</x:v>
+      </x:c>
+      <x:c r="FE28" s="3" t="n">
+        <x:v>42253</x:v>
+      </x:c>
+      <x:c r="FF28" s="3" t="n">
+        <x:v>46201</x:v>
+      </x:c>
+      <x:c r="FG28" s="3" t="n">
+        <x:v>32506</x:v>
+      </x:c>
+      <x:c r="FH28" s="3" t="n">
+        <x:v>32132</x:v>
+      </x:c>
+      <x:c r="FI28" s="3" t="n">
+        <x:v>43145</x:v>
+      </x:c>
+      <x:c r="FJ28" s="3" t="n">
+        <x:v>41803</x:v>
+      </x:c>
+      <x:c r="FK28" s="3" t="n">
+        <x:v>31688</x:v>
+      </x:c>
+      <x:c r="FL28" s="3" t="n">
+        <x:v>31761</x:v>
+      </x:c>
+      <x:c r="FM28" s="3" t="n">
+        <x:v>39547</x:v>
+      </x:c>
+      <x:c r="FN28" s="3" t="n">
+        <x:v>41973</x:v>
+      </x:c>
+      <x:c r="FO28" s="3" t="n">
+        <x:v>34163</x:v>
+      </x:c>
+      <x:c r="FP28" s="3" t="n">
+        <x:v>32879</x:v>
+      </x:c>
+      <x:c r="FQ28" s="3" t="n">
+        <x:v>43324</x:v>
+      </x:c>
+      <x:c r="FR28" s="3" t="n">
+        <x:v>48869</x:v>
+      </x:c>
+      <x:c r="FS28" s="3" t="n">
+        <x:v>38057</x:v>
+      </x:c>
+      <x:c r="FT28" s="3" t="n">
+        <x:v>34692</x:v>
+      </x:c>
+      <x:c r="FU28" s="3" t="n">
+        <x:v>47343</x:v>
+      </x:c>
+      <x:c r="FV28" s="3" t="n">
+        <x:v>47219</x:v>
+      </x:c>
+      <x:c r="FW28" s="3" t="n">
+        <x:v>37054</x:v>
+      </x:c>
+      <x:c r="FX28" s="3" t="n">
+        <x:v>33457</x:v>
+      </x:c>
+      <x:c r="FY28" s="3" t="n">
+        <x:v>47024</x:v>
+      </x:c>
+      <x:c r="FZ28" s="3" t="n">
+        <x:v>49114</x:v>
+      </x:c>
+      <x:c r="GA28" s="3" t="n">
+        <x:v>39335</x:v>
+      </x:c>
+      <x:c r="GB28" s="3" t="n">
+        <x:v>40454</x:v>
+      </x:c>
+      <x:c r="GC28" s="3" t="n">
+        <x:v>50166</x:v>
+      </x:c>
+      <x:c r="GD28" s="3" t="n">
+        <x:v>50806</x:v>
+      </x:c>
+      <x:c r="GE28" s="3" t="n">
+        <x:v>40213</x:v>
+      </x:c>
+      <x:c r="GF28" s="3" t="n">
+        <x:v>37969</x:v>
+      </x:c>
+      <x:c r="GG28" s="3" t="n">
+        <x:v>49626</x:v>
+      </x:c>
+      <x:c r="GH28" s="3" t="n">
+        <x:v>54913</x:v>
+      </x:c>
+      <x:c r="GI28" s="3" t="n">
+        <x:v>40337</x:v>
+      </x:c>
+      <x:c r="GJ28" s="3" t="n">
+        <x:v>38421</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:192">
+      <x:c r="A29" s="2" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="B29" s="3" t="n">
+        <x:v>4257</x:v>
+      </x:c>
+      <x:c r="C29" s="3" t="n">
+        <x:v>4251</x:v>
+      </x:c>
+      <x:c r="D29" s="3" t="n">
+        <x:v>4228</x:v>
+      </x:c>
+      <x:c r="E29" s="3" t="n">
+        <x:v>4301</x:v>
+      </x:c>
+      <x:c r="F29" s="3" t="n">
+        <x:v>4254</x:v>
+      </x:c>
+      <x:c r="G29" s="3" t="n">
+        <x:v>4322</x:v>
+      </x:c>
+      <x:c r="H29" s="3" t="n">
+        <x:v>4321</x:v>
+      </x:c>
+      <x:c r="I29" s="3" t="n">
+        <x:v>4407</x:v>
+      </x:c>
+      <x:c r="J29" s="3" t="n">
+        <x:v>4109</x:v>
+      </x:c>
+      <x:c r="K29" s="3" t="n">
+        <x:v>4072</x:v>
+      </x:c>
+      <x:c r="L29" s="3" t="n">
+        <x:v>4044</x:v>
+      </x:c>
+      <x:c r="M29" s="3" t="n">
+        <x:v>4109</x:v>
+      </x:c>
+      <x:c r="N29" s="3" t="n">
+        <x:v>4497</x:v>
+      </x:c>
+      <x:c r="O29" s="3" t="n">
+        <x:v>4492</x:v>
+      </x:c>
+      <x:c r="P29" s="3" t="n">
+        <x:v>4489</x:v>
+      </x:c>
+      <x:c r="Q29" s="3" t="n">
+        <x:v>4470</x:v>
+      </x:c>
+      <x:c r="R29" s="3" t="n">
+        <x:v>4844</x:v>
+      </x:c>
+      <x:c r="S29" s="3" t="n">
+        <x:v>4811</x:v>
+      </x:c>
+      <x:c r="T29" s="3" t="n">
+        <x:v>4780</x:v>
+      </x:c>
+      <x:c r="U29" s="3" t="n">
+        <x:v>4792</x:v>
+      </x:c>
+      <x:c r="V29" s="3" t="n">
+        <x:v>5149</x:v>
+      </x:c>
+      <x:c r="W29" s="3" t="n">
+        <x:v>5118</x:v>
+      </x:c>
+      <x:c r="X29" s="3" t="n">
+        <x:v>5055</x:v>
+      </x:c>
+      <x:c r="Y29" s="3" t="n">
+        <x:v>4997</x:v>
+      </x:c>
+      <x:c r="Z29" s="3" t="n">
+        <x:v>5343</x:v>
+      </x:c>
+      <x:c r="AA29" s="3" t="n">
+        <x:v>5399</x:v>
+      </x:c>
+      <x:c r="AB29" s="3" t="n">
+        <x:v>5328</x:v>
+      </x:c>
+      <x:c r="AC29" s="3" t="n">
+        <x:v>5277</x:v>
+      </x:c>
+      <x:c r="AD29" s="3" t="n">
+        <x:v>5651</x:v>
+      </x:c>
+      <x:c r="AE29" s="3" t="n">
+        <x:v>5651</x:v>
+      </x:c>
+      <x:c r="AF29" s="3" t="n">
+        <x:v>5636</x:v>
+      </x:c>
+      <x:c r="AG29" s="3" t="n">
+        <x:v>5695</x:v>
+      </x:c>
+      <x:c r="AH29" s="3" t="n">
+        <x:v>5947</x:v>
+      </x:c>
+      <x:c r="AI29" s="3" t="n">
+        <x:v>5534</x:v>
+      </x:c>
+      <x:c r="AJ29" s="3" t="n">
+        <x:v>5713</x:v>
+      </x:c>
+      <x:c r="AK29" s="3" t="n">
+        <x:v>7104</x:v>
+      </x:c>
+      <x:c r="AL29" s="3" t="n">
+        <x:v>6096</x:v>
+      </x:c>
+      <x:c r="AM29" s="3" t="n">
+        <x:v>5705</x:v>
+      </x:c>
+      <x:c r="AN29" s="3" t="n">
+        <x:v>6139</x:v>
+      </x:c>
+      <x:c r="AO29" s="3" t="n">
+        <x:v>7264</x:v>
+      </x:c>
+      <x:c r="AP29" s="3" t="n">
+        <x:v>6521</x:v>
+      </x:c>
+      <x:c r="AQ29" s="3" t="n">
+        <x:v>6544</x:v>
+      </x:c>
+      <x:c r="AR29" s="3" t="n">
+        <x:v>6653</x:v>
+      </x:c>
+      <x:c r="AS29" s="3" t="n">
+        <x:v>6735</x:v>
+      </x:c>
+      <x:c r="AT29" s="3" t="n">
+        <x:v>6905</x:v>
+      </x:c>
+      <x:c r="AU29" s="3" t="n">
+        <x:v>6940</x:v>
+      </x:c>
+      <x:c r="AV29" s="3" t="n">
+        <x:v>7064</x:v>
+      </x:c>
+      <x:c r="AW29" s="3" t="n">
+        <x:v>7139</x:v>
+      </x:c>
+      <x:c r="AX29" s="3" t="n">
+        <x:v>6983</x:v>
+      </x:c>
+      <x:c r="AY29" s="3" t="n">
+        <x:v>7020</x:v>
+      </x:c>
+      <x:c r="AZ29" s="3" t="n">
+        <x:v>7151</x:v>
+      </x:c>
+      <x:c r="BA29" s="3" t="n">
+        <x:v>7248</x:v>
+      </x:c>
+      <x:c r="BB29" s="3" t="n">
+        <x:v>7147</x:v>
+      </x:c>
+      <x:c r="BC29" s="3" t="n">
+        <x:v>7131</x:v>
+      </x:c>
+      <x:c r="BD29" s="3" t="n">
+        <x:v>7147</x:v>
+      </x:c>
+      <x:c r="BE29" s="3" t="n">
+        <x:v>7164</x:v>
+      </x:c>
+      <x:c r="BF29" s="3" t="n">
+        <x:v>7117</x:v>
+      </x:c>
+      <x:c r="BG29" s="3" t="n">
+        <x:v>7105</x:v>
+      </x:c>
+      <x:c r="BH29" s="3" t="n">
+        <x:v>7109</x:v>
+      </x:c>
+      <x:c r="BI29" s="3" t="n">
+        <x:v>7154</x:v>
+      </x:c>
+      <x:c r="BJ29" s="3" t="n">
+        <x:v>7347</x:v>
+      </x:c>
+      <x:c r="BK29" s="3" t="n">
+        <x:v>7288</x:v>
+      </x:c>
+      <x:c r="BL29" s="3" t="n">
+        <x:v>7304</x:v>
+      </x:c>
+      <x:c r="BM29" s="3" t="n">
+        <x:v>7415</x:v>
+      </x:c>
+      <x:c r="BN29" s="3" t="n">
+        <x:v>7448</x:v>
+      </x:c>
+      <x:c r="BO29" s="3" t="n">
+        <x:v>7426</x:v>
+      </x:c>
+      <x:c r="BP29" s="3" t="n">
+        <x:v>7403</x:v>
+      </x:c>
+      <x:c r="BQ29" s="3" t="n">
+        <x:v>7514</x:v>
+      </x:c>
+      <x:c r="BR29" s="3" t="n">
+        <x:v>7422</x:v>
+      </x:c>
+      <x:c r="BS29" s="3" t="n">
+        <x:v>7372</x:v>
+      </x:c>
+      <x:c r="BT29" s="3" t="n">
+        <x:v>7359</x:v>
+      </x:c>
+      <x:c r="BU29" s="3" t="n">
+        <x:v>7469</x:v>
+      </x:c>
+      <x:c r="BV29" s="3" t="n">
+        <x:v>7780</x:v>
+      </x:c>
+      <x:c r="BW29" s="3" t="n">
+        <x:v>7677</x:v>
+      </x:c>
+      <x:c r="BX29" s="3" t="n">
+        <x:v>7683</x:v>
+      </x:c>
+      <x:c r="BY29" s="3" t="n">
+        <x:v>7829</x:v>
+      </x:c>
+      <x:c r="BZ29" s="3" t="n">
+        <x:v>8308</x:v>
+      </x:c>
+      <x:c r="CA29" s="3" t="n">
+        <x:v>8351</x:v>
+      </x:c>
+      <x:c r="CB29" s="3" t="n">
+        <x:v>8304</x:v>
+      </x:c>
+      <x:c r="CC29" s="3" t="n">
+        <x:v>8483</x:v>
+      </x:c>
+      <x:c r="CD29" s="3" t="n">
+        <x:v>8992</x:v>
+      </x:c>
+      <x:c r="CE29" s="3" t="n">
+        <x:v>8877</x:v>
+      </x:c>
+      <x:c r="CF29" s="3" t="n">
+        <x:v>8850</x:v>
+      </x:c>
+      <x:c r="CG29" s="3" t="n">
+        <x:v>9047</x:v>
+      </x:c>
+      <x:c r="CH29" s="3" t="n">
+        <x:v>9257</x:v>
+      </x:c>
+      <x:c r="CI29" s="3" t="n">
+        <x:v>9184</x:v>
+      </x:c>
+      <x:c r="CJ29" s="3" t="n">
+        <x:v>9134</x:v>
+      </x:c>
+      <x:c r="CK29" s="3" t="n">
+        <x:v>9288</x:v>
+      </x:c>
+      <x:c r="CL29" s="3" t="n">
+        <x:v>9638</x:v>
+      </x:c>
+      <x:c r="CM29" s="3" t="n">
+        <x:v>9511</x:v>
+      </x:c>
+      <x:c r="CN29" s="3" t="n">
+        <x:v>9453</x:v>
+      </x:c>
+      <x:c r="CO29" s="3" t="n">
+        <x:v>9702</x:v>
+      </x:c>
+      <x:c r="CP29" s="3" t="n">
+        <x:v>9990</x:v>
+      </x:c>
+      <x:c r="CQ29" s="3" t="n">
+        <x:v>9817</x:v>
+      </x:c>
+      <x:c r="CR29" s="3" t="n">
+        <x:v>9668</x:v>
+      </x:c>
+      <x:c r="CS29" s="3" t="n">
+        <x:v>10257</x:v>
+      </x:c>
+      <x:c r="CT29" s="3" t="n">
+        <x:v>10218</x:v>
+      </x:c>
+      <x:c r="CU29" s="3" t="n">
+        <x:v>10371</x:v>
+      </x:c>
+      <x:c r="CV29" s="3" t="n">
+        <x:v>10132</x:v>
+      </x:c>
+      <x:c r="CW29" s="3" t="n">
+        <x:v>10363</x:v>
+      </x:c>
+      <x:c r="CX29" s="3" t="n">
+        <x:v>10723</x:v>
+      </x:c>
+      <x:c r="CY29" s="3" t="n">
+        <x:v>10664</x:v>
+      </x:c>
+      <x:c r="CZ29" s="3" t="n">
+        <x:v>10540</x:v>
+      </x:c>
+      <x:c r="DA29" s="3" t="n">
+        <x:v>10820</x:v>
+      </x:c>
+      <x:c r="DB29" s="3" t="n">
+        <x:v>11428</x:v>
+      </x:c>
+      <x:c r="DC29" s="3" t="n">
+        <x:v>11383</x:v>
+      </x:c>
+      <x:c r="DD29" s="3" t="n">
+        <x:v>11364</x:v>
+      </x:c>
+      <x:c r="DE29" s="3" t="n">
+        <x:v>11668</x:v>
+      </x:c>
+      <x:c r="DF29" s="3" t="n">
+        <x:v>11830</x:v>
+      </x:c>
+      <x:c r="DG29" s="3" t="n">
+        <x:v>12200</x:v>
+      </x:c>
+      <x:c r="DH29" s="3" t="n">
+        <x:v>11718</x:v>
+      </x:c>
+      <x:c r="DI29" s="3" t="n">
+        <x:v>12195</x:v>
+      </x:c>
+      <x:c r="DJ29" s="3" t="n">
+        <x:v>12587</x:v>
+      </x:c>
+      <x:c r="DK29" s="3" t="n">
+        <x:v>12368</x:v>
+      </x:c>
+      <x:c r="DL29" s="3" t="n">
+        <x:v>11986</x:v>
+      </x:c>
+      <x:c r="DM29" s="3" t="n">
+        <x:v>12952</x:v>
+      </x:c>
+      <x:c r="DN29" s="3" t="n">
+        <x:v>12747</x:v>
+      </x:c>
+      <x:c r="DO29" s="3" t="n">
+        <x:v>12360</x:v>
+      </x:c>
+      <x:c r="DP29" s="3" t="n">
+        <x:v>12066</x:v>
+      </x:c>
+      <x:c r="DQ29" s="3" t="n">
+        <x:v>13058</x:v>
+      </x:c>
+      <x:c r="DR29" s="3" t="n">
+        <x:v>13575</x:v>
+      </x:c>
+      <x:c r="DS29" s="3" t="n">
+        <x:v>14396</x:v>
+      </x:c>
+      <x:c r="DT29" s="3" t="n">
+        <x:v>14263</x:v>
+      </x:c>
+      <x:c r="DU29" s="3" t="n">
+        <x:v>13912</x:v>
+      </x:c>
+      <x:c r="DV29" s="3" t="n">
+        <x:v>12522</x:v>
+      </x:c>
+      <x:c r="DW29" s="3" t="n">
+        <x:v>13277</x:v>
+      </x:c>
+      <x:c r="DX29" s="3" t="n">
+        <x:v>13640</x:v>
+      </x:c>
+      <x:c r="DY29" s="3" t="n">
+        <x:v>14377</x:v>
+      </x:c>
+      <x:c r="DZ29" s="3" t="n">
+        <x:v>12659</x:v>
+      </x:c>
+      <x:c r="EA29" s="3" t="n">
+        <x:v>13700</x:v>
+      </x:c>
+      <x:c r="EB29" s="3" t="n">
+        <x:v>13597</x:v>
+      </x:c>
+      <x:c r="EC29" s="3" t="n">
+        <x:v>14375</x:v>
+      </x:c>
+      <x:c r="ED29" s="3" t="n">
+        <x:v>13062</x:v>
+      </x:c>
+      <x:c r="EE29" s="3" t="n">
+        <x:v>14188</x:v>
+      </x:c>
+      <x:c r="EF29" s="3" t="n">
+        <x:v>14099</x:v>
+      </x:c>
+      <x:c r="EG29" s="3" t="n">
+        <x:v>14663</x:v>
+      </x:c>
+      <x:c r="EH29" s="3" t="n">
+        <x:v>13816</x:v>
+      </x:c>
+      <x:c r="EI29" s="3" t="n">
+        <x:v>14307</x:v>
+      </x:c>
+      <x:c r="EJ29" s="3" t="n">
+        <x:v>14342</x:v>
+      </x:c>
+      <x:c r="EK29" s="3" t="n">
+        <x:v>14169</x:v>
+      </x:c>
+      <x:c r="EL29" s="3" t="n">
+        <x:v>13610</x:v>
+      </x:c>
+      <x:c r="EM29" s="3" t="n">
+        <x:v>14085</x:v>
+      </x:c>
+      <x:c r="EN29" s="3" t="n">
+        <x:v>14755</x:v>
+      </x:c>
+      <x:c r="EO29" s="3" t="n">
+        <x:v>14855</x:v>
+      </x:c>
+      <x:c r="EP29" s="3" t="n">
+        <x:v>13843</x:v>
+      </x:c>
+      <x:c r="EQ29" s="3" t="n">
+        <x:v>14573</x:v>
+      </x:c>
+      <x:c r="ER29" s="3" t="n">
+        <x:v>14596</x:v>
+      </x:c>
+      <x:c r="ES29" s="3" t="n">
+        <x:v>15334</x:v>
+      </x:c>
+      <x:c r="ET29" s="3" t="n">
+        <x:v>14462</x:v>
+      </x:c>
+      <x:c r="EU29" s="3" t="n">
+        <x:v>15228</x:v>
+      </x:c>
+      <x:c r="EV29" s="3" t="n">
+        <x:v>15390</x:v>
+      </x:c>
+      <x:c r="EW29" s="3" t="n">
+        <x:v>15631</x:v>
+      </x:c>
+      <x:c r="EX29" s="3" t="n">
+        <x:v>15354</x:v>
+      </x:c>
+      <x:c r="EY29" s="3" t="n">
+        <x:v>15986</x:v>
+      </x:c>
+      <x:c r="EZ29" s="3" t="n">
+        <x:v>15649</x:v>
+      </x:c>
+      <x:c r="FA29" s="3" t="n">
+        <x:v>16878</x:v>
+      </x:c>
+      <x:c r="FB29" s="3" t="n">
+        <x:v>16962</x:v>
+      </x:c>
+      <x:c r="FC29" s="3" t="n">
+        <x:v>16059</x:v>
+      </x:c>
+      <x:c r="FD29" s="3" t="n">
+        <x:v>15877</x:v>
+      </x:c>
+      <x:c r="FE29" s="3" t="n">
+        <x:v>17060</x:v>
+      </x:c>
+      <x:c r="FF29" s="3" t="n">
+        <x:v>16781</x:v>
+      </x:c>
+      <x:c r="FG29" s="3" t="n">
+        <x:v>16884</x:v>
+      </x:c>
+      <x:c r="FH29" s="3" t="n">
+        <x:v>16271</x:v>
+      </x:c>
+      <x:c r="FI29" s="3" t="n">
+        <x:v>17546</x:v>
+      </x:c>
+      <x:c r="FJ29" s="3" t="n">
+        <x:v>17287</x:v>
+      </x:c>
+      <x:c r="FK29" s="3" t="n">
+        <x:v>16834</x:v>
+      </x:c>
+      <x:c r="FL29" s="3" t="n">
+        <x:v>17163</x:v>
+      </x:c>
+      <x:c r="FM29" s="3" t="n">
+        <x:v>18313</x:v>
+      </x:c>
+      <x:c r="FN29" s="3" t="n">
+        <x:v>18347</x:v>
+      </x:c>
+      <x:c r="FO29" s="3" t="n">
+        <x:v>17304</x:v>
+      </x:c>
+      <x:c r="FP29" s="3" t="n">
+        <x:v>17894</x:v>
+      </x:c>
+      <x:c r="FQ29" s="3" t="n">
+        <x:v>19750</x:v>
+      </x:c>
+      <x:c r="FR29" s="3" t="n">
+        <x:v>19444</x:v>
+      </x:c>
+      <x:c r="FS29" s="3" t="n">
+        <x:v>19290</x:v>
+      </x:c>
+      <x:c r="FT29" s="3" t="n">
+        <x:v>19345</x:v>
+      </x:c>
+      <x:c r="FU29" s="3" t="n">
+        <x:v>21363</x:v>
+      </x:c>
+      <x:c r="FV29" s="3" t="n">
+        <x:v>21223</x:v>
+      </x:c>
+      <x:c r="FW29" s="3" t="n">
+        <x:v>20524</x:v>
+      </x:c>
+      <x:c r="FX29" s="3" t="n">
+        <x:v>20503</x:v>
+      </x:c>
+      <x:c r="FY29" s="3" t="n">
+        <x:v>22106</x:v>
+      </x:c>
+      <x:c r="FZ29" s="3" t="n">
+        <x:v>21969</x:v>
+      </x:c>
+      <x:c r="GA29" s="3" t="n">
+        <x:v>20722</x:v>
+      </x:c>
+      <x:c r="GB29" s="3" t="n">
+        <x:v>20701</x:v>
+      </x:c>
+      <x:c r="GC29" s="3" t="n">
+        <x:v>22199</x:v>
+      </x:c>
+      <x:c r="GD29" s="3" t="n">
+        <x:v>21890</x:v>
+      </x:c>
+      <x:c r="GE29" s="3" t="n">
+        <x:v>21806</x:v>
+      </x:c>
+      <x:c r="GF29" s="3" t="n">
+        <x:v>21572</x:v>
+      </x:c>
+      <x:c r="GG29" s="3" t="n">
+        <x:v>23110</x:v>
+      </x:c>
+      <x:c r="GH29" s="3" t="n">
+        <x:v>23053</x:v>
+      </x:c>
+      <x:c r="GI29" s="3" t="n">
+        <x:v>22508</x:v>
+      </x:c>
+      <x:c r="GJ29" s="3" t="n">
+        <x:v>22675</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:192">
+      <x:c r="A30" s="2" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="B30" s="3" t="n">
+        <x:v>59801</x:v>
+      </x:c>
+      <x:c r="C30" s="3" t="n">
+        <x:v>63514</x:v>
+      </x:c>
+      <x:c r="D30" s="3" t="n">
+        <x:v>57538</x:v>
+      </x:c>
+      <x:c r="E30" s="3" t="n">
+        <x:v>66368</x:v>
+      </x:c>
+      <x:c r="F30" s="3" t="n">
+        <x:v>62661</x:v>
+      </x:c>
+      <x:c r="G30" s="3" t="n">
+        <x:v>59629</x:v>
+      </x:c>
+      <x:c r="H30" s="3" t="n">
+        <x:v>57447</x:v>
+      </x:c>
+      <x:c r="I30" s="3" t="n">
+        <x:v>66258</x:v>
+      </x:c>
+      <x:c r="J30" s="3" t="n">
+        <x:v>62863</x:v>
+      </x:c>
+      <x:c r="K30" s="3" t="n">
+        <x:v>60735</x:v>
+      </x:c>
+      <x:c r="L30" s="3" t="n">
+        <x:v>58676</x:v>
+      </x:c>
+      <x:c r="M30" s="3" t="n">
+        <x:v>66539</x:v>
+      </x:c>
+      <x:c r="N30" s="3" t="n">
+        <x:v>61550</x:v>
+      </x:c>
+      <x:c r="O30" s="3" t="n">
+        <x:v>60360</x:v>
+      </x:c>
+      <x:c r="P30" s="3" t="n">
+        <x:v>58262</x:v>
+      </x:c>
+      <x:c r="Q30" s="3" t="n">
+        <x:v>67033</x:v>
+      </x:c>
+      <x:c r="R30" s="3" t="n">
+        <x:v>61165</x:v>
+      </x:c>
+      <x:c r="S30" s="3" t="n">
+        <x:v>60036</x:v>
+      </x:c>
+      <x:c r="T30" s="3" t="n">
+        <x:v>57913</x:v>
+      </x:c>
+      <x:c r="U30" s="3" t="n">
+        <x:v>67733</x:v>
+      </x:c>
+      <x:c r="V30" s="3" t="n">
+        <x:v>65243</x:v>
+      </x:c>
+      <x:c r="W30" s="3" t="n">
+        <x:v>67147</x:v>
+      </x:c>
+      <x:c r="X30" s="3" t="n">
+        <x:v>62787</x:v>
+      </x:c>
+      <x:c r="Y30" s="3" t="n">
+        <x:v>72320</x:v>
+      </x:c>
+      <x:c r="Z30" s="3" t="n">
+        <x:v>70124</x:v>
+      </x:c>
+      <x:c r="AA30" s="3" t="n">
+        <x:v>65733</x:v>
+      </x:c>
+      <x:c r="AB30" s="3" t="n">
+        <x:v>63430</x:v>
+      </x:c>
+      <x:c r="AC30" s="3" t="n">
+        <x:v>73330</x:v>
+      </x:c>
+      <x:c r="AD30" s="3" t="n">
+        <x:v>74042</x:v>
+      </x:c>
+      <x:c r="AE30" s="3" t="n">
+        <x:v>71394</x:v>
+      </x:c>
+      <x:c r="AF30" s="3" t="n">
+        <x:v>70123</x:v>
+      </x:c>
+      <x:c r="AG30" s="3" t="n">
+        <x:v>79564</x:v>
+      </x:c>
+      <x:c r="AH30" s="3" t="n">
+        <x:v>78729</x:v>
+      </x:c>
+      <x:c r="AI30" s="3" t="n">
+        <x:v>87491</x:v>
+      </x:c>
+      <x:c r="AJ30" s="3" t="n">
+        <x:v>79326</x:v>
+      </x:c>
+      <x:c r="AK30" s="3" t="n">
+        <x:v>90030</x:v>
+      </x:c>
+      <x:c r="AL30" s="3" t="n">
+        <x:v>89498</x:v>
+      </x:c>
+      <x:c r="AM30" s="3" t="n">
+        <x:v>92128</x:v>
+      </x:c>
+      <x:c r="AN30" s="3" t="n">
+        <x:v>81874</x:v>
+      </x:c>
+      <x:c r="AO30" s="3" t="n">
+        <x:v>96319</x:v>
+      </x:c>
+      <x:c r="AP30" s="3" t="n">
+        <x:v>87169</x:v>
+      </x:c>
+      <x:c r="AQ30" s="3" t="n">
+        <x:v>88175</x:v>
+      </x:c>
+      <x:c r="AR30" s="3" t="n">
+        <x:v>82498</x:v>
+      </x:c>
+      <x:c r="AS30" s="3" t="n">
+        <x:v>93606</x:v>
+      </x:c>
+      <x:c r="AT30" s="3" t="n">
+        <x:v>77289</x:v>
+      </x:c>
+      <x:c r="AU30" s="3" t="n">
+        <x:v>81890</x:v>
+      </x:c>
+      <x:c r="AV30" s="3" t="n">
+        <x:v>74072</x:v>
+      </x:c>
+      <x:c r="AW30" s="3" t="n">
+        <x:v>85557</x:v>
+      </x:c>
+      <x:c r="AX30" s="3" t="n">
+        <x:v>75675</x:v>
+      </x:c>
+      <x:c r="AY30" s="3" t="n">
+        <x:v>71922</x:v>
+      </x:c>
+      <x:c r="AZ30" s="3" t="n">
+        <x:v>69325</x:v>
+      </x:c>
+      <x:c r="BA30" s="3" t="n">
+        <x:v>80062</x:v>
+      </x:c>
+      <x:c r="BB30" s="3" t="n">
+        <x:v>63972</x:v>
+      </x:c>
+      <x:c r="BC30" s="3" t="n">
+        <x:v>67794</x:v>
+      </x:c>
+      <x:c r="BD30" s="3" t="n">
+        <x:v>63379</x:v>
+      </x:c>
+      <x:c r="BE30" s="3" t="n">
+        <x:v>71905</x:v>
+      </x:c>
+      <x:c r="BF30" s="3" t="n">
+        <x:v>68039</x:v>
+      </x:c>
+      <x:c r="BG30" s="3" t="n">
+        <x:v>65726</x:v>
+      </x:c>
+      <x:c r="BH30" s="3" t="n">
+        <x:v>63527</x:v>
+      </x:c>
+      <x:c r="BI30" s="3" t="n">
+        <x:v>73087</x:v>
+      </x:c>
+      <x:c r="BJ30" s="3" t="n">
+        <x:v>67102</x:v>
+      </x:c>
+      <x:c r="BK30" s="3" t="n">
+        <x:v>65809</x:v>
+      </x:c>
+      <x:c r="BL30" s="3" t="n">
+        <x:v>63529</x:v>
+      </x:c>
+      <x:c r="BM30" s="3" t="n">
+        <x:v>74288</x:v>
+      </x:c>
+      <x:c r="BN30" s="3" t="n">
+        <x:v>70536</x:v>
+      </x:c>
+      <x:c r="BO30" s="3" t="n">
+        <x:v>72479</x:v>
+      </x:c>
+      <x:c r="BP30" s="3" t="n">
+        <x:v>67803</x:v>
+      </x:c>
+      <x:c r="BQ30" s="3" t="n">
+        <x:v>78084</x:v>
+      </x:c>
+      <x:c r="BR30" s="3" t="n">
+        <x:v>72527</x:v>
+      </x:c>
+      <x:c r="BS30" s="3" t="n">
+        <x:v>76041</x:v>
+      </x:c>
+      <x:c r="BT30" s="3" t="n">
+        <x:v>78552</x:v>
+      </x:c>
+      <x:c r="BU30" s="3" t="n">
+        <x:v>81516</x:v>
+      </x:c>
+      <x:c r="BV30" s="3" t="n">
+        <x:v>76933</x:v>
+      </x:c>
+      <x:c r="BW30" s="3" t="n">
+        <x:v>80465</x:v>
+      </x:c>
+      <x:c r="BX30" s="3" t="n">
+        <x:v>83555</x:v>
+      </x:c>
+      <x:c r="BY30" s="3" t="n">
+        <x:v>88128</x:v>
+      </x:c>
+      <x:c r="BZ30" s="3" t="n">
+        <x:v>81595</x:v>
+      </x:c>
+      <x:c r="CA30" s="3" t="n">
+        <x:v>90485</x:v>
+      </x:c>
+      <x:c r="CB30" s="3" t="n">
+        <x:v>89998</x:v>
+      </x:c>
+      <x:c r="CC30" s="3" t="n">
+        <x:v>97319</x:v>
+      </x:c>
+      <x:c r="CD30" s="3" t="n">
+        <x:v>93405</x:v>
+      </x:c>
+      <x:c r="CE30" s="3" t="n">
+        <x:v>94272</x:v>
+      </x:c>
+      <x:c r="CF30" s="3" t="n">
+        <x:v>94038</x:v>
+      </x:c>
+      <x:c r="CG30" s="3" t="n">
+        <x:v>98410</x:v>
+      </x:c>
+      <x:c r="CH30" s="3" t="n">
+        <x:v>99957</x:v>
+      </x:c>
+      <x:c r="CI30" s="3" t="n">
+        <x:v>97364</x:v>
+      </x:c>
+      <x:c r="CJ30" s="3" t="n">
+        <x:v>92437</x:v>
+      </x:c>
+      <x:c r="CK30" s="3" t="n">
+        <x:v>102805</x:v>
+      </x:c>
+      <x:c r="CL30" s="3" t="n">
+        <x:v>100820</x:v>
+      </x:c>
+      <x:c r="CM30" s="3" t="n">
+        <x:v>95060</x:v>
+      </x:c>
+      <x:c r="CN30" s="3" t="n">
+        <x:v>91594</x:v>
+      </x:c>
+      <x:c r="CO30" s="3" t="n">
+        <x:v>101481</x:v>
+      </x:c>
+      <x:c r="CP30" s="3" t="n">
+        <x:v>101382</x:v>
+      </x:c>
+      <x:c r="CQ30" s="3" t="n">
+        <x:v>97865</x:v>
+      </x:c>
+      <x:c r="CR30" s="3" t="n">
+        <x:v>95477</x:v>
+      </x:c>
+      <x:c r="CS30" s="3" t="n">
+        <x:v>104933</x:v>
+      </x:c>
+      <x:c r="CT30" s="3" t="n">
+        <x:v>101037</x:v>
+      </x:c>
+      <x:c r="CU30" s="3" t="n">
+        <x:v>103456</x:v>
+      </x:c>
+      <x:c r="CV30" s="3" t="n">
+        <x:v>97004</x:v>
+      </x:c>
+      <x:c r="CW30" s="3" t="n">
+        <x:v>105925</x:v>
+      </x:c>
+      <x:c r="CX30" s="3" t="n">
+        <x:v>107738</x:v>
+      </x:c>
+      <x:c r="CY30" s="3" t="n">
+        <x:v>104113</x:v>
+      </x:c>
+      <x:c r="CZ30" s="3" t="n">
+        <x:v>100422</x:v>
+      </x:c>
+      <x:c r="DA30" s="3" t="n">
+        <x:v>111964</x:v>
+      </x:c>
+      <x:c r="DB30" s="3" t="n">
+        <x:v>108620</x:v>
+      </x:c>
+      <x:c r="DC30" s="3" t="n">
+        <x:v>111803</x:v>
+      </x:c>
+      <x:c r="DD30" s="3" t="n">
+        <x:v>108299</x:v>
+      </x:c>
+      <x:c r="DE30" s="3" t="n">
+        <x:v>122362</x:v>
+      </x:c>
+      <x:c r="DF30" s="3" t="n">
+        <x:v>117423</x:v>
+      </x:c>
+      <x:c r="DG30" s="3" t="n">
+        <x:v>125711</x:v>
+      </x:c>
+      <x:c r="DH30" s="3" t="n">
+        <x:v>117195</x:v>
+      </x:c>
+      <x:c r="DI30" s="3" t="n">
+        <x:v>130694</x:v>
+      </x:c>
+      <x:c r="DJ30" s="3" t="n">
+        <x:v>136802</x:v>
+      </x:c>
+      <x:c r="DK30" s="3" t="n">
+        <x:v>134293</x:v>
+      </x:c>
+      <x:c r="DL30" s="3" t="n">
+        <x:v>127840</x:v>
+      </x:c>
+      <x:c r="DM30" s="3" t="n">
+        <x:v>143513</x:v>
+      </x:c>
+      <x:c r="DN30" s="3" t="n">
+        <x:v>150736</x:v>
+      </x:c>
+      <x:c r="DO30" s="3" t="n">
+        <x:v>149913</x:v>
+      </x:c>
+      <x:c r="DP30" s="3" t="n">
+        <x:v>142463</x:v>
+      </x:c>
+      <x:c r="DQ30" s="3" t="n">
+        <x:v>164293</x:v>
+      </x:c>
+      <x:c r="DR30" s="3" t="n">
+        <x:v>155283</x:v>
+      </x:c>
+      <x:c r="DS30" s="3" t="n">
+        <x:v>162553</x:v>
+      </x:c>
+      <x:c r="DT30" s="3" t="n">
+        <x:v>144837</x:v>
+      </x:c>
+      <x:c r="DU30" s="3" t="n">
+        <x:v>157521</x:v>
+      </x:c>
+      <x:c r="DV30" s="3" t="n">
+        <x:v>141944</x:v>
+      </x:c>
+      <x:c r="DW30" s="3" t="n">
+        <x:v>134475</x:v>
+      </x:c>
+      <x:c r="DX30" s="3" t="n">
+        <x:v>127413</x:v>
+      </x:c>
+      <x:c r="DY30" s="3" t="n">
+        <x:v>139230</x:v>
+      </x:c>
+      <x:c r="DZ30" s="3" t="n">
+        <x:v>130130</x:v>
+      </x:c>
+      <x:c r="EA30" s="3" t="n">
+        <x:v>132889</x:v>
+      </x:c>
+      <x:c r="EB30" s="3" t="n">
+        <x:v>125206</x:v>
+      </x:c>
+      <x:c r="EC30" s="3" t="n">
+        <x:v>139961</x:v>
+      </x:c>
+      <x:c r="ED30" s="3" t="n">
+        <x:v>141144</x:v>
+      </x:c>
+      <x:c r="EE30" s="3" t="n">
+        <x:v>138812</x:v>
+      </x:c>
+      <x:c r="EF30" s="3" t="n">
+        <x:v>132294</x:v>
+      </x:c>
+      <x:c r="EG30" s="3" t="n">
+        <x:v>154348</x:v>
+      </x:c>
+      <x:c r="EH30" s="3" t="n">
+        <x:v>157601</x:v>
+      </x:c>
+      <x:c r="EI30" s="3" t="n">
+        <x:v>154262</x:v>
+      </x:c>
+      <x:c r="EJ30" s="3" t="n">
+        <x:v>143911</x:v>
+      </x:c>
+      <x:c r="EK30" s="3" t="n">
+        <x:v>163447</x:v>
+      </x:c>
+      <x:c r="EL30" s="3" t="n">
+        <x:v>150496</x:v>
+      </x:c>
+      <x:c r="EM30" s="3" t="n">
+        <x:v>159436</x:v>
+      </x:c>
+      <x:c r="EN30" s="3" t="n">
+        <x:v>148745</x:v>
+      </x:c>
+      <x:c r="EO30" s="3" t="n">
+        <x:v>169181</x:v>
+      </x:c>
+      <x:c r="EP30" s="3" t="n">
+        <x:v>160119</x:v>
+      </x:c>
+      <x:c r="EQ30" s="3" t="n">
+        <x:v>159517</x:v>
+      </x:c>
+      <x:c r="ER30" s="3" t="n">
+        <x:v>153407</x:v>
+      </x:c>
+      <x:c r="ES30" s="3" t="n">
+        <x:v>169468</x:v>
+      </x:c>
+      <x:c r="ET30" s="3" t="n">
+        <x:v>160673</x:v>
+      </x:c>
+      <x:c r="EU30" s="3" t="n">
+        <x:v>165257</x:v>
+      </x:c>
+      <x:c r="EV30" s="3" t="n">
+        <x:v>156081</x:v>
+      </x:c>
+      <x:c r="EW30" s="3" t="n">
+        <x:v>173981</x:v>
+      </x:c>
+      <x:c r="EX30" s="3" t="n">
+        <x:v>160841</x:v>
+      </x:c>
+      <x:c r="EY30" s="3" t="n">
+        <x:v>176094</x:v>
+      </x:c>
+      <x:c r="EZ30" s="3" t="n">
+        <x:v>158968</x:v>
+      </x:c>
+      <x:c r="FA30" s="3" t="n">
+        <x:v>188739</x:v>
+      </x:c>
+      <x:c r="FB30" s="3" t="n">
+        <x:v>183597</x:v>
+      </x:c>
+      <x:c r="FC30" s="3" t="n">
+        <x:v>167956</x:v>
+      </x:c>
+      <x:c r="FD30" s="3" t="n">
+        <x:v>162196</x:v>
+      </x:c>
+      <x:c r="FE30" s="3" t="n">
+        <x:v>193209</x:v>
+      </x:c>
+      <x:c r="FF30" s="3" t="n">
+        <x:v>177779</x:v>
+      </x:c>
+      <x:c r="FG30" s="3" t="n">
+        <x:v>183756</x:v>
+      </x:c>
+      <x:c r="FH30" s="3" t="n">
+        <x:v>167956</x:v>
+      </x:c>
+      <x:c r="FI30" s="3" t="n">
+        <x:v>200345</x:v>
+      </x:c>
+      <x:c r="FJ30" s="3" t="n">
+        <x:v>190100</x:v>
+      </x:c>
+      <x:c r="FK30" s="3" t="n">
+        <x:v>178779</x:v>
+      </x:c>
+      <x:c r="FL30" s="3" t="n">
+        <x:v>174126</x:v>
+      </x:c>
+      <x:c r="FM30" s="3" t="n">
+        <x:v>201552</x:v>
+      </x:c>
+      <x:c r="FN30" s="3" t="n">
+        <x:v>185319</x:v>
+      </x:c>
+      <x:c r="FO30" s="3" t="n">
+        <x:v>170328</x:v>
+      </x:c>
+      <x:c r="FP30" s="3" t="n">
+        <x:v>168323</x:v>
+      </x:c>
+      <x:c r="FQ30" s="3" t="n">
+        <x:v>195552</x:v>
+      </x:c>
+      <x:c r="FR30" s="3" t="n">
+        <x:v>179813</x:v>
+      </x:c>
+      <x:c r="FS30" s="3" t="n">
+        <x:v>176122</x:v>
+      </x:c>
+      <x:c r="FT30" s="3" t="n">
+        <x:v>169997</x:v>
+      </x:c>
+      <x:c r="FU30" s="3" t="n">
+        <x:v>203275</x:v>
+      </x:c>
+      <x:c r="FV30" s="3" t="n">
+        <x:v>189483</x:v>
+      </x:c>
+      <x:c r="FW30" s="3" t="n">
+        <x:v>179033</x:v>
+      </x:c>
+      <x:c r="FX30" s="3" t="n">
+        <x:v>173011</x:v>
+      </x:c>
+      <x:c r="FY30" s="3" t="n">
+        <x:v>198682</x:v>
+      </x:c>
+      <x:c r="FZ30" s="3" t="n">
+        <x:v>188950</x:v>
+      </x:c>
+      <x:c r="GA30" s="3" t="n">
+        <x:v>171455</x:v>
+      </x:c>
+      <x:c r="GB30" s="3" t="n">
+        <x:v>165149</x:v>
+      </x:c>
+      <x:c r="GC30" s="3" t="n">
+        <x:v>188544</x:v>
+      </x:c>
+      <x:c r="GD30" s="3" t="n">
+        <x:v>172081</x:v>
+      </x:c>
+      <x:c r="GE30" s="3" t="n">
+        <x:v>173472</x:v>
+      </x:c>
+      <x:c r="GF30" s="3" t="n">
+        <x:v>162066</x:v>
+      </x:c>
+      <x:c r="GG30" s="3" t="n">
+        <x:v>181464</x:v>
+      </x:c>
+      <x:c r="GH30" s="3" t="n">
+        <x:v>171961</x:v>
+      </x:c>
+      <x:c r="GI30" s="3" t="n">
+        <x:v>164310</x:v>
+      </x:c>
+      <x:c r="GJ30" s="3" t="n">
+        <x:v>159164</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:192">
+      <x:c r="A31" s="2" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="B31" s="3" t="n">
+        <x:v>35648</x:v>
+      </x:c>
+      <x:c r="C31" s="3" t="n">
+        <x:v>38800</x:v>
+      </x:c>
+      <x:c r="D31" s="3" t="n">
+        <x:v>36798</x:v>
+      </x:c>
+      <x:c r="E31" s="3" t="n">
+        <x:v>43032</x:v>
+      </x:c>
+      <x:c r="F31" s="3" t="n">
+        <x:v>38650</x:v>
+      </x:c>
+      <x:c r="G31" s="3" t="n">
+        <x:v>39775</x:v>
+      </x:c>
+      <x:c r="H31" s="3" t="n">
+        <x:v>38242</x:v>
+      </x:c>
+      <x:c r="I31" s="3" t="n">
+        <x:v>45853</x:v>
+      </x:c>
+      <x:c r="J31" s="3" t="n">
+        <x:v>42007</x:v>
+      </x:c>
+      <x:c r="K31" s="3" t="n">
+        <x:v>41631</x:v>
+      </x:c>
+      <x:c r="L31" s="3" t="n">
+        <x:v>40814</x:v>
+      </x:c>
+      <x:c r="M31" s="3" t="n">
+        <x:v>48008</x:v>
+      </x:c>
+      <x:c r="N31" s="3" t="n">
+        <x:v>42244</x:v>
+      </x:c>
+      <x:c r="O31" s="3" t="n">
+        <x:v>42879</x:v>
+      </x:c>
+      <x:c r="P31" s="3" t="n">
+        <x:v>41445</x:v>
+      </x:c>
+      <x:c r="Q31" s="3" t="n">
+        <x:v>49520</x:v>
+      </x:c>
+      <x:c r="R31" s="3" t="n">
+        <x:v>43169</x:v>
+      </x:c>
+      <x:c r="S31" s="3" t="n">
+        <x:v>44032</x:v>
+      </x:c>
+      <x:c r="T31" s="3" t="n">
+        <x:v>42168</x:v>
+      </x:c>
+      <x:c r="U31" s="3" t="n">
+        <x:v>48412</x:v>
+      </x:c>
+      <x:c r="V31" s="3" t="n">
+        <x:v>43206</x:v>
+      </x:c>
+      <x:c r="W31" s="3" t="n">
+        <x:v>44153</x:v>
+      </x:c>
+      <x:c r="X31" s="3" t="n">
+        <x:v>42649</x:v>
+      </x:c>
+      <x:c r="Y31" s="3" t="n">
+        <x:v>50570</x:v>
+      </x:c>
+      <x:c r="Z31" s="3" t="n">
+        <x:v>44789</x:v>
+      </x:c>
+      <x:c r="AA31" s="3" t="n">
+        <x:v>45285</x:v>
+      </x:c>
+      <x:c r="AB31" s="3" t="n">
+        <x:v>44095</x:v>
+      </x:c>
+      <x:c r="AC31" s="3" t="n">
+        <x:v>52422</x:v>
+      </x:c>
+      <x:c r="AD31" s="3" t="n">
+        <x:v>50475</x:v>
+      </x:c>
+      <x:c r="AE31" s="3" t="n">
+        <x:v>51418</x:v>
+      </x:c>
+      <x:c r="AF31" s="3" t="n">
+        <x:v>48456</x:v>
+      </x:c>
+      <x:c r="AG31" s="3" t="n">
+        <x:v>57343</x:v>
+      </x:c>
+      <x:c r="AH31" s="3" t="n">
+        <x:v>52159</x:v>
+      </x:c>
+      <x:c r="AI31" s="3" t="n">
+        <x:v>57886</x:v>
+      </x:c>
+      <x:c r="AJ31" s="3" t="n">
+        <x:v>52391</x:v>
+      </x:c>
+      <x:c r="AK31" s="3" t="n">
+        <x:v>61831</x:v>
+      </x:c>
+      <x:c r="AL31" s="3" t="n">
+        <x:v>54453</x:v>
+      </x:c>
+      <x:c r="AM31" s="3" t="n">
+        <x:v>55830</x:v>
+      </x:c>
+      <x:c r="AN31" s="3" t="n">
+        <x:v>52975</x:v>
+      </x:c>
+      <x:c r="AO31" s="3" t="n">
+        <x:v>61599</x:v>
+      </x:c>
+      <x:c r="AP31" s="3" t="n">
+        <x:v>54554</x:v>
+      </x:c>
+      <x:c r="AQ31" s="3" t="n">
+        <x:v>54223</x:v>
+      </x:c>
+      <x:c r="AR31" s="3" t="n">
+        <x:v>50831</x:v>
+      </x:c>
+      <x:c r="AS31" s="3" t="n">
+        <x:v>57809</x:v>
+      </x:c>
+      <x:c r="AT31" s="3" t="n">
+        <x:v>49261</x:v>
+      </x:c>
+      <x:c r="AU31" s="3" t="n">
+        <x:v>52987</x:v>
+      </x:c>
+      <x:c r="AV31" s="3" t="n">
+        <x:v>49779</x:v>
+      </x:c>
+      <x:c r="AW31" s="3" t="n">
+        <x:v>57373</x:v>
+      </x:c>
+      <x:c r="AX31" s="3" t="n">
+        <x:v>51460</x:v>
+      </x:c>
+      <x:c r="AY31" s="3" t="n">
+        <x:v>52948</x:v>
+      </x:c>
+      <x:c r="AZ31" s="3" t="n">
+        <x:v>51620</x:v>
+      </x:c>
+      <x:c r="BA31" s="3" t="n">
+        <x:v>58090</x:v>
+      </x:c>
+      <x:c r="BB31" s="3" t="n">
+        <x:v>53764</x:v>
+      </x:c>
+      <x:c r="BC31" s="3" t="n">
+        <x:v>56814</x:v>
+      </x:c>
+      <x:c r="BD31" s="3" t="n">
+        <x:v>54394</x:v>
+      </x:c>
+      <x:c r="BE31" s="3" t="n">
+        <x:v>61571</x:v>
+      </x:c>
+      <x:c r="BF31" s="3" t="n">
+        <x:v>55751</x:v>
+      </x:c>
+      <x:c r="BG31" s="3" t="n">
+        <x:v>57282</x:v>
+      </x:c>
+      <x:c r="BH31" s="3" t="n">
+        <x:v>56143</x:v>
+      </x:c>
+      <x:c r="BI31" s="3" t="n">
+        <x:v>64535</x:v>
+      </x:c>
+      <x:c r="BJ31" s="3" t="n">
+        <x:v>55646</x:v>
+      </x:c>
+      <x:c r="BK31" s="3" t="n">
+        <x:v>58526</x:v>
+      </x:c>
+      <x:c r="BL31" s="3" t="n">
+        <x:v>58209</x:v>
+      </x:c>
+      <x:c r="BM31" s="3" t="n">
+        <x:v>66983</x:v>
+      </x:c>
+      <x:c r="BN31" s="3" t="n">
+        <x:v>60201</x:v>
+      </x:c>
+      <x:c r="BO31" s="3" t="n">
+        <x:v>62659</x:v>
+      </x:c>
+      <x:c r="BP31" s="3" t="n">
+        <x:v>62329</x:v>
+      </x:c>
+      <x:c r="BQ31" s="3" t="n">
+        <x:v>71543</x:v>
+      </x:c>
+      <x:c r="BR31" s="3" t="n">
+        <x:v>63842</x:v>
+      </x:c>
+      <x:c r="BS31" s="3" t="n">
+        <x:v>64277</x:v>
+      </x:c>
+      <x:c r="BT31" s="3" t="n">
+        <x:v>65112</x:v>
+      </x:c>
+      <x:c r="BU31" s="3" t="n">
+        <x:v>72215</x:v>
+      </x:c>
+      <x:c r="BV31" s="3" t="n">
+        <x:v>68245</x:v>
+      </x:c>
+      <x:c r="BW31" s="3" t="n">
+        <x:v>67838</x:v>
+      </x:c>
+      <x:c r="BX31" s="3" t="n">
+        <x:v>68852</x:v>
+      </x:c>
+      <x:c r="BY31" s="3" t="n">
+        <x:v>78820</x:v>
+      </x:c>
+      <x:c r="BZ31" s="3" t="n">
+        <x:v>67700</x:v>
+      </x:c>
+      <x:c r="CA31" s="3" t="n">
+        <x:v>74312</x:v>
+      </x:c>
+      <x:c r="CB31" s="3" t="n">
+        <x:v>73316</x:v>
+      </x:c>
+      <x:c r="CC31" s="3" t="n">
+        <x:v>83914</x:v>
+      </x:c>
+      <x:c r="CD31" s="3" t="n">
+        <x:v>75014</x:v>
+      </x:c>
+      <x:c r="CE31" s="3" t="n">
+        <x:v>77804</x:v>
+      </x:c>
+      <x:c r="CF31" s="3" t="n">
+        <x:v>78439</x:v>
+      </x:c>
+      <x:c r="CG31" s="3" t="n">
+        <x:v>87746</x:v>
+      </x:c>
+      <x:c r="CH31" s="3" t="n">
+        <x:v>77977</x:v>
+      </x:c>
+      <x:c r="CI31" s="3" t="n">
+        <x:v>77121</x:v>
+      </x:c>
+      <x:c r="CJ31" s="3" t="n">
+        <x:v>79182</x:v>
+      </x:c>
+      <x:c r="CK31" s="3" t="n">
+        <x:v>90193</x:v>
+      </x:c>
+      <x:c r="CL31" s="3" t="n">
+        <x:v>82004</x:v>
+      </x:c>
+      <x:c r="CM31" s="3" t="n">
+        <x:v>82708</x:v>
+      </x:c>
+      <x:c r="CN31" s="3" t="n">
+        <x:v>81395</x:v>
+      </x:c>
+      <x:c r="CO31" s="3" t="n">
+        <x:v>92024</x:v>
+      </x:c>
+      <x:c r="CP31" s="3" t="n">
+        <x:v>83156</x:v>
+      </x:c>
+      <x:c r="CQ31" s="3" t="n">
+        <x:v>83955</x:v>
+      </x:c>
+      <x:c r="CR31" s="3" t="n">
+        <x:v>82712</x:v>
+      </x:c>
+      <x:c r="CS31" s="3" t="n">
+        <x:v>96614</x:v>
+      </x:c>
+      <x:c r="CT31" s="3" t="n">
+        <x:v>84543</x:v>
+      </x:c>
+      <x:c r="CU31" s="3" t="n">
+        <x:v>89303</x:v>
+      </x:c>
+      <x:c r="CV31" s="3" t="n">
+        <x:v>86850</x:v>
+      </x:c>
+      <x:c r="CW31" s="3" t="n">
+        <x:v>98381</x:v>
+      </x:c>
+      <x:c r="CX31" s="3" t="n">
+        <x:v>89017</x:v>
+      </x:c>
+      <x:c r="CY31" s="3" t="n">
+        <x:v>90217</x:v>
+      </x:c>
+      <x:c r="CZ31" s="3" t="n">
+        <x:v>91998</x:v>
+      </x:c>
+      <x:c r="DA31" s="3" t="n">
+        <x:v>104398</x:v>
+      </x:c>
+      <x:c r="DB31" s="3" t="n">
+        <x:v>94350</x:v>
+      </x:c>
+      <x:c r="DC31" s="3" t="n">
+        <x:v>95819</x:v>
+      </x:c>
+      <x:c r="DD31" s="3" t="n">
+        <x:v>96958</x:v>
+      </x:c>
+      <x:c r="DE31" s="3" t="n">
+        <x:v>110676</x:v>
+      </x:c>
+      <x:c r="DF31" s="3" t="n">
+        <x:v>95936</x:v>
+      </x:c>
+      <x:c r="DG31" s="3" t="n">
+        <x:v>104684</x:v>
+      </x:c>
+      <x:c r="DH31" s="3" t="n">
+        <x:v>102720</x:v>
+      </x:c>
+      <x:c r="DI31" s="3" t="n">
+        <x:v>113995</x:v>
+      </x:c>
+      <x:c r="DJ31" s="3" t="n">
+        <x:v>103129</x:v>
+      </x:c>
+      <x:c r="DK31" s="3" t="n">
+        <x:v>108230</x:v>
+      </x:c>
+      <x:c r="DL31" s="3" t="n">
+        <x:v>108546</x:v>
+      </x:c>
+      <x:c r="DM31" s="3" t="n">
+        <x:v>125027</x:v>
+      </x:c>
+      <x:c r="DN31" s="3" t="n">
+        <x:v>111322</x:v>
+      </x:c>
+      <x:c r="DO31" s="3" t="n">
+        <x:v>114908</x:v>
+      </x:c>
+      <x:c r="DP31" s="3" t="n">
+        <x:v>111752</x:v>
+      </x:c>
+      <x:c r="DQ31" s="3" t="n">
+        <x:v>129386</x:v>
+      </x:c>
+      <x:c r="DR31" s="3" t="n">
+        <x:v>119280</x:v>
+      </x:c>
+      <x:c r="DS31" s="3" t="n">
+        <x:v>127872</x:v>
+      </x:c>
+      <x:c r="DT31" s="3" t="n">
+        <x:v>119537</x:v>
+      </x:c>
+      <x:c r="DU31" s="3" t="n">
+        <x:v>129586</x:v>
+      </x:c>
+      <x:c r="DV31" s="3" t="n">
+        <x:v>108977</x:v>
+      </x:c>
+      <x:c r="DW31" s="3" t="n">
+        <x:v>114842</x:v>
+      </x:c>
+      <x:c r="DX31" s="3" t="n">
+        <x:v>114041</x:v>
+      </x:c>
+      <x:c r="DY31" s="3" t="n">
+        <x:v>126680</x:v>
+      </x:c>
+      <x:c r="DZ31" s="3" t="n">
+        <x:v>113462</x:v>
+      </x:c>
+      <x:c r="EA31" s="3" t="n">
+        <x:v>117274</x:v>
+      </x:c>
+      <x:c r="EB31" s="3" t="n">
+        <x:v>115748</x:v>
+      </x:c>
+      <x:c r="EC31" s="3" t="n">
+        <x:v>127857</x:v>
+      </x:c>
+      <x:c r="ED31" s="3" t="n">
+        <x:v>116660</x:v>
+      </x:c>
+      <x:c r="EE31" s="3" t="n">
+        <x:v>125820</x:v>
+      </x:c>
+      <x:c r="EF31" s="3" t="n">
+        <x:v>121055</x:v>
+      </x:c>
+      <x:c r="EG31" s="3" t="n">
+        <x:v>132220</x:v>
+      </x:c>
+      <x:c r="EH31" s="3" t="n">
+        <x:v>122052</x:v>
+      </x:c>
+      <x:c r="EI31" s="3" t="n">
+        <x:v>126537</x:v>
+      </x:c>
+      <x:c r="EJ31" s="3" t="n">
+        <x:v>123821</x:v>
+      </x:c>
+      <x:c r="EK31" s="3" t="n">
+        <x:v>136244</x:v>
+      </x:c>
+      <x:c r="EL31" s="3" t="n">
+        <x:v>119919</x:v>
+      </x:c>
+      <x:c r="EM31" s="3" t="n">
+        <x:v>129888</x:v>
+      </x:c>
+      <x:c r="EN31" s="3" t="n">
+        <x:v>126354</x:v>
+      </x:c>
+      <x:c r="EO31" s="3" t="n">
+        <x:v>133924</x:v>
+      </x:c>
+      <x:c r="EP31" s="3" t="n">
+        <x:v>124394</x:v>
+      </x:c>
+      <x:c r="EQ31" s="3" t="n">
+        <x:v>131232</x:v>
+      </x:c>
+      <x:c r="ER31" s="3" t="n">
+        <x:v>127398</x:v>
+      </x:c>
+      <x:c r="ES31" s="3" t="n">
+        <x:v>138614</x:v>
+      </x:c>
+      <x:c r="ET31" s="3" t="n">
+        <x:v>126499</x:v>
+      </x:c>
+      <x:c r="EU31" s="3" t="n">
+        <x:v>132708</x:v>
+      </x:c>
+      <x:c r="EV31" s="3" t="n">
+        <x:v>128578</x:v>
+      </x:c>
+      <x:c r="EW31" s="3" t="n">
+        <x:v>139573</x:v>
+      </x:c>
+      <x:c r="EX31" s="3" t="n">
+        <x:v>127130</x:v>
+      </x:c>
+      <x:c r="EY31" s="3" t="n">
+        <x:v>139178</x:v>
+      </x:c>
+      <x:c r="EZ31" s="3" t="n">
+        <x:v>131369</x:v>
+      </x:c>
+      <x:c r="FA31" s="3" t="n">
+        <x:v>141097</x:v>
+      </x:c>
+      <x:c r="FB31" s="3" t="n">
+        <x:v>130446</x:v>
+      </x:c>
+      <x:c r="FC31" s="3" t="n">
+        <x:v>136060</x:v>
+      </x:c>
+      <x:c r="FD31" s="3" t="n">
+        <x:v>133124</x:v>
+      </x:c>
+      <x:c r="FE31" s="3" t="n">
+        <x:v>145869</x:v>
+      </x:c>
+      <x:c r="FF31" s="3" t="n">
+        <x:v>128630</x:v>
+      </x:c>
+      <x:c r="FG31" s="3" t="n">
+        <x:v>140508</x:v>
+      </x:c>
+      <x:c r="FH31" s="3" t="n">
+        <x:v>132881</x:v>
+      </x:c>
+      <x:c r="FI31" s="3" t="n">
+        <x:v>146716</x:v>
+      </x:c>
+      <x:c r="FJ31" s="3" t="n">
+        <x:v>135678</x:v>
+      </x:c>
+      <x:c r="FK31" s="3" t="n">
+        <x:v>142511</x:v>
+      </x:c>
+      <x:c r="FL31" s="3" t="n">
+        <x:v>138497</x:v>
+      </x:c>
+      <x:c r="FM31" s="3" t="n">
+        <x:v>149543</x:v>
+      </x:c>
+      <x:c r="FN31" s="3" t="n">
+        <x:v>132072</x:v>
+      </x:c>
+      <x:c r="FO31" s="3" t="n">
+        <x:v>137963</x:v>
+      </x:c>
+      <x:c r="FP31" s="3" t="n">
+        <x:v>139856</x:v>
+      </x:c>
+      <x:c r="FQ31" s="3" t="n">
+        <x:v>156708</x:v>
+      </x:c>
+      <x:c r="FR31" s="3" t="n">
+        <x:v>140733</x:v>
+      </x:c>
+      <x:c r="FS31" s="3" t="n">
+        <x:v>153437</x:v>
+      </x:c>
+      <x:c r="FT31" s="3" t="n">
+        <x:v>150033</x:v>
+      </x:c>
+      <x:c r="FU31" s="3" t="n">
+        <x:v>163423</x:v>
+      </x:c>
+      <x:c r="FV31" s="3" t="n">
+        <x:v>144266</x:v>
+      </x:c>
+      <x:c r="FW31" s="3" t="n">
+        <x:v>149539</x:v>
+      </x:c>
+      <x:c r="FX31" s="3" t="n">
+        <x:v>148590</x:v>
+      </x:c>
+      <x:c r="FY31" s="3" t="n">
+        <x:v>164196</x:v>
+      </x:c>
+      <x:c r="FZ31" s="3" t="n">
+        <x:v>143002</x:v>
+      </x:c>
+      <x:c r="GA31" s="3" t="n">
+        <x:v>146634</x:v>
+      </x:c>
+      <x:c r="GB31" s="3" t="n">
+        <x:v>140468</x:v>
+      </x:c>
+      <x:c r="GC31" s="3" t="n">
+        <x:v>153752</x:v>
+      </x:c>
+      <x:c r="GD31" s="3" t="n">
+        <x:v>136675</x:v>
+      </x:c>
+      <x:c r="GE31" s="3" t="n">
+        <x:v>150870</x:v>
+      </x:c>
+      <x:c r="GF31" s="3" t="n">
+        <x:v>146394</x:v>
+      </x:c>
+      <x:c r="GG31" s="3" t="n">
+        <x:v>159237</x:v>
+      </x:c>
+      <x:c r="GH31" s="3" t="n">
+        <x:v>142119</x:v>
+      </x:c>
+      <x:c r="GI31" s="3" t="n">
+        <x:v>152707</x:v>
+      </x:c>
+      <x:c r="GJ31" s="3" t="n">
+        <x:v>151753</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:192">
+      <x:c r="A32" s="2" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="B32" s="3" t="n">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="C32" s="3" t="n">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="D32" s="3" t="n">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="E32" s="3" t="n">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="F32" s="3" t="n">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="G32" s="3" t="n">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="H32" s="3" t="n">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="I32" s="3" t="n">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="J32" s="3" t="n">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="K32" s="3" t="n">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="L32" s="3" t="n">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="M32" s="3" t="n">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="N32" s="3" t="n">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="O32" s="3" t="n">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="P32" s="3" t="n">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="Q32" s="3" t="n">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="R32" s="3" t="n">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="S32" s="3" t="n">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="T32" s="3" t="n">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="U32" s="3" t="n">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="V32" s="3" t="n">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="W32" s="3" t="n">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="X32" s="3" t="n">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="Y32" s="3" t="n">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="Z32" s="3" t="n">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="AA32" s="3" t="n">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="AB32" s="3" t="n">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="AC32" s="3" t="n">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="AD32" s="3" t="n">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="AE32" s="3" t="n">
+        <x:v>541</x:v>
+      </x:c>
+      <x:c r="AF32" s="3" t="n">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="AG32" s="3" t="n">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="AH32" s="3" t="n">
+        <x:v>890</x:v>
+      </x:c>
+      <x:c r="AI32" s="3" t="n">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="AJ32" s="3" t="n">
+        <x:v>795</x:v>
+      </x:c>
+      <x:c r="AK32" s="3" t="n">
+        <x:v>936</x:v>
+      </x:c>
+      <x:c r="AL32" s="3" t="n">
+        <x:v>963</x:v>
+      </x:c>
+      <x:c r="AM32" s="3" t="n">
+        <x:v>881</x:v>
+      </x:c>
+      <x:c r="AN32" s="3" t="n">
+        <x:v>756</x:v>
+      </x:c>
+      <x:c r="AO32" s="3" t="n">
+        <x:v>996</x:v>
+      </x:c>
+      <x:c r="AP32" s="3" t="n">
+        <x:v>1091</x:v>
+      </x:c>
+      <x:c r="AQ32" s="3" t="n">
+        <x:v>954</x:v>
+      </x:c>
+      <x:c r="AR32" s="3" t="n">
+        <x:v>932</x:v>
+      </x:c>
+      <x:c r="AS32" s="3" t="n">
+        <x:v>1088</x:v>
+      </x:c>
+      <x:c r="AT32" s="3" t="n">
+        <x:v>1139</x:v>
+      </x:c>
+      <x:c r="AU32" s="3" t="n">
+        <x:v>1107</x:v>
+      </x:c>
+      <x:c r="AV32" s="3" t="n">
+        <x:v>1092</x:v>
+      </x:c>
+      <x:c r="AW32" s="3" t="n">
+        <x:v>1191</x:v>
+      </x:c>
+      <x:c r="AX32" s="3" t="n">
+        <x:v>1292</x:v>
+      </x:c>
+      <x:c r="AY32" s="3" t="n">
+        <x:v>1193</x:v>
+      </x:c>
+      <x:c r="AZ32" s="3" t="n">
+        <x:v>1129</x:v>
+      </x:c>
+      <x:c r="BA32" s="3" t="n">
+        <x:v>1392</x:v>
+      </x:c>
+      <x:c r="BB32" s="3" t="n">
+        <x:v>1388</x:v>
+      </x:c>
+      <x:c r="BC32" s="3" t="n">
+        <x:v>1366</x:v>
+      </x:c>
+      <x:c r="BD32" s="3" t="n">
+        <x:v>1196</x:v>
+      </x:c>
+      <x:c r="BE32" s="3" t="n">
+        <x:v>1471</x:v>
+      </x:c>
+      <x:c r="BF32" s="3" t="n">
+        <x:v>1497</x:v>
+      </x:c>
+      <x:c r="BG32" s="3" t="n">
+        <x:v>1433</x:v>
+      </x:c>
+      <x:c r="BH32" s="3" t="n">
+        <x:v>1442</x:v>
+      </x:c>
+      <x:c r="BI32" s="3" t="n">
+        <x:v>1549</x:v>
+      </x:c>
+      <x:c r="BJ32" s="3" t="n">
+        <x:v>1413</x:v>
+      </x:c>
+      <x:c r="BK32" s="3" t="n">
+        <x:v>1396</x:v>
+      </x:c>
+      <x:c r="BL32" s="3" t="n">
+        <x:v>1422</x:v>
+      </x:c>
+      <x:c r="BM32" s="3" t="n">
+        <x:v>1782</x:v>
+      </x:c>
+      <x:c r="BN32" s="3" t="n">
+        <x:v>1761</x:v>
+      </x:c>
+      <x:c r="BO32" s="3" t="n">
+        <x:v>1762</x:v>
+      </x:c>
+      <x:c r="BP32" s="3" t="n">
+        <x:v>1599</x:v>
+      </x:c>
+      <x:c r="BQ32" s="3" t="n">
+        <x:v>1871</x:v>
+      </x:c>
+      <x:c r="BR32" s="3" t="n">
+        <x:v>1980</x:v>
+      </x:c>
+      <x:c r="BS32" s="3" t="n">
+        <x:v>1903</x:v>
+      </x:c>
+      <x:c r="BT32" s="3" t="n">
+        <x:v>1938</x:v>
+      </x:c>
+      <x:c r="BU32" s="3" t="n">
+        <x:v>2121</x:v>
+      </x:c>
+      <x:c r="BV32" s="3" t="n">
+        <x:v>2217</x:v>
+      </x:c>
+      <x:c r="BW32" s="3" t="n">
+        <x:v>2163</x:v>
+      </x:c>
+      <x:c r="BX32" s="3" t="n">
+        <x:v>2326</x:v>
+      </x:c>
+      <x:c r="BY32" s="3" t="n">
+        <x:v>2559</x:v>
+      </x:c>
+      <x:c r="BZ32" s="3" t="n">
+        <x:v>2779</x:v>
+      </x:c>
+      <x:c r="CA32" s="3" t="n">
+        <x:v>2549</x:v>
+      </x:c>
+      <x:c r="CB32" s="3" t="n">
+        <x:v>2477</x:v>
+      </x:c>
+      <x:c r="CC32" s="3" t="n">
+        <x:v>2950</x:v>
+      </x:c>
+      <x:c r="CD32" s="3" t="n">
+        <x:v>2656</x:v>
+      </x:c>
+      <x:c r="CE32" s="3" t="n">
+        <x:v>2440</x:v>
+      </x:c>
+      <x:c r="CF32" s="3" t="n">
+        <x:v>2232</x:v>
+      </x:c>
+      <x:c r="CG32" s="3" t="n">
+        <x:v>2742</x:v>
+      </x:c>
+      <x:c r="CH32" s="3" t="n">
+        <x:v>2488</x:v>
+      </x:c>
+      <x:c r="CI32" s="3" t="n">
+        <x:v>2289</x:v>
+      </x:c>
+      <x:c r="CJ32" s="3" t="n">
+        <x:v>2236</x:v>
+      </x:c>
+      <x:c r="CK32" s="3" t="n">
+        <x:v>2531</x:v>
+      </x:c>
+      <x:c r="CL32" s="3" t="n">
+        <x:v>2270</x:v>
+      </x:c>
+      <x:c r="CM32" s="3" t="n">
+        <x:v>1859</x:v>
+      </x:c>
+      <x:c r="CN32" s="3" t="n">
+        <x:v>1796</x:v>
+      </x:c>
+      <x:c r="CO32" s="3" t="n">
+        <x:v>2093</x:v>
+      </x:c>
+      <x:c r="CP32" s="3" t="n">
+        <x:v>2518</x:v>
+      </x:c>
+      <x:c r="CQ32" s="3" t="n">
+        <x:v>2349</x:v>
+      </x:c>
+      <x:c r="CR32" s="3" t="n">
+        <x:v>2507</x:v>
+      </x:c>
+      <x:c r="CS32" s="3" t="n">
+        <x:v>2574</x:v>
+      </x:c>
+      <x:c r="CT32" s="3" t="n">
+        <x:v>2839</x:v>
+      </x:c>
+      <x:c r="CU32" s="3" t="n">
+        <x:v>3214</x:v>
+      </x:c>
+      <x:c r="CV32" s="3" t="n">
+        <x:v>2886</x:v>
+      </x:c>
+      <x:c r="CW32" s="3" t="n">
+        <x:v>3018</x:v>
+      </x:c>
+      <x:c r="CX32" s="3" t="n">
+        <x:v>3464</x:v>
+      </x:c>
+      <x:c r="CY32" s="3" t="n">
+        <x:v>2663</x:v>
+      </x:c>
+      <x:c r="CZ32" s="3" t="n">
+        <x:v>2775</x:v>
+      </x:c>
+      <x:c r="DA32" s="3" t="n">
+        <x:v>3594</x:v>
+      </x:c>
+      <x:c r="DB32" s="3" t="n">
+        <x:v>3819</x:v>
+      </x:c>
+      <x:c r="DC32" s="3" t="n">
+        <x:v>3256</x:v>
+      </x:c>
+      <x:c r="DD32" s="3" t="n">
+        <x:v>2727</x:v>
+      </x:c>
+      <x:c r="DE32" s="3" t="n">
+        <x:v>3723</x:v>
+      </x:c>
+      <x:c r="DF32" s="3" t="n">
+        <x:v>3748</x:v>
+      </x:c>
+      <x:c r="DG32" s="3" t="n">
+        <x:v>3377</x:v>
+      </x:c>
+      <x:c r="DH32" s="3" t="n">
+        <x:v>3187</x:v>
+      </x:c>
+      <x:c r="DI32" s="3" t="n">
+        <x:v>3760</x:v>
+      </x:c>
+      <x:c r="DJ32" s="3" t="n">
+        <x:v>3910</x:v>
+      </x:c>
+      <x:c r="DK32" s="3" t="n">
+        <x:v>3356</x:v>
+      </x:c>
+      <x:c r="DL32" s="3" t="n">
+        <x:v>3329</x:v>
+      </x:c>
+      <x:c r="DM32" s="3" t="n">
+        <x:v>3796</x:v>
+      </x:c>
+      <x:c r="DN32" s="3" t="n">
+        <x:v>3967</x:v>
+      </x:c>
+      <x:c r="DO32" s="3" t="n">
+        <x:v>3649</x:v>
+      </x:c>
+      <x:c r="DP32" s="3" t="n">
+        <x:v>3455</x:v>
+      </x:c>
+      <x:c r="DQ32" s="3" t="n">
+        <x:v>4359</x:v>
+      </x:c>
+      <x:c r="DR32" s="3" t="n">
+        <x:v>4364</x:v>
+      </x:c>
+      <x:c r="DS32" s="3" t="n">
+        <x:v>3727</x:v>
+      </x:c>
+      <x:c r="DT32" s="3" t="n">
+        <x:v>3131</x:v>
+      </x:c>
+      <x:c r="DU32" s="3" t="n">
+        <x:v>4323</x:v>
+      </x:c>
+      <x:c r="DV32" s="3" t="n">
+        <x:v>4348</x:v>
+      </x:c>
+      <x:c r="DW32" s="3" t="n">
+        <x:v>3453</x:v>
+      </x:c>
+      <x:c r="DX32" s="3" t="n">
+        <x:v>3381</x:v>
+      </x:c>
+      <x:c r="DY32" s="3" t="n">
+        <x:v>4044</x:v>
+      </x:c>
+      <x:c r="DZ32" s="3" t="n">
+        <x:v>4618</x:v>
+      </x:c>
+      <x:c r="EA32" s="3" t="n">
+        <x:v>3868</x:v>
+      </x:c>
+      <x:c r="EB32" s="3" t="n">
+        <x:v>2957</x:v>
+      </x:c>
+      <x:c r="EC32" s="3" t="n">
+        <x:v>4521</x:v>
+      </x:c>
+      <x:c r="ED32" s="3" t="n">
+        <x:v>4281</x:v>
+      </x:c>
+      <x:c r="EE32" s="3" t="n">
+        <x:v>3061</x:v>
+      </x:c>
+      <x:c r="EF32" s="3" t="n">
+        <x:v>3329</x:v>
+      </x:c>
+      <x:c r="EG32" s="3" t="n">
+        <x:v>4073</x:v>
+      </x:c>
+      <x:c r="EH32" s="3" t="n">
+        <x:v>4749</x:v>
+      </x:c>
+      <x:c r="EI32" s="3" t="n">
+        <x:v>3977</x:v>
+      </x:c>
+      <x:c r="EJ32" s="3" t="n">
+        <x:v>3564</x:v>
+      </x:c>
+      <x:c r="EK32" s="3" t="n">
+        <x:v>4431</x:v>
+      </x:c>
+      <x:c r="EL32" s="3" t="n">
+        <x:v>4249</x:v>
+      </x:c>
+      <x:c r="EM32" s="3" t="n">
+        <x:v>3868</x:v>
+      </x:c>
+      <x:c r="EN32" s="3" t="n">
+        <x:v>3548</x:v>
+      </x:c>
+      <x:c r="EO32" s="3" t="n">
+        <x:v>4141</x:v>
+      </x:c>
+      <x:c r="EP32" s="3" t="n">
+        <x:v>4217</x:v>
+      </x:c>
+      <x:c r="EQ32" s="3" t="n">
+        <x:v>3602</x:v>
+      </x:c>
+      <x:c r="ER32" s="3" t="n">
+        <x:v>3374</x:v>
+      </x:c>
+      <x:c r="ES32" s="3" t="n">
+        <x:v>4515</x:v>
+      </x:c>
+      <x:c r="ET32" s="3" t="n">
+        <x:v>4414</x:v>
+      </x:c>
+      <x:c r="EU32" s="3" t="n">
+        <x:v>3551</x:v>
+      </x:c>
+      <x:c r="EV32" s="3" t="n">
+        <x:v>4053</x:v>
+      </x:c>
+      <x:c r="EW32" s="3" t="n">
+        <x:v>4604</x:v>
+      </x:c>
+      <x:c r="EX32" s="3" t="n">
+        <x:v>4687</x:v>
+      </x:c>
+      <x:c r="EY32" s="3" t="n">
+        <x:v>4001</x:v>
+      </x:c>
+      <x:c r="EZ32" s="3" t="n">
+        <x:v>3399</x:v>
+      </x:c>
+      <x:c r="FA32" s="3" t="n">
+        <x:v>4593</x:v>
+      </x:c>
+      <x:c r="FB32" s="3" t="n">
+        <x:v>4650</x:v>
+      </x:c>
+      <x:c r="FC32" s="3" t="n">
+        <x:v>4135</x:v>
+      </x:c>
+      <x:c r="FD32" s="3" t="n">
+        <x:v>4311</x:v>
+      </x:c>
+      <x:c r="FE32" s="3" t="n">
+        <x:v>4646</x:v>
+      </x:c>
+      <x:c r="FF32" s="3" t="n">
+        <x:v>4625</x:v>
+      </x:c>
+      <x:c r="FG32" s="3" t="n">
+        <x:v>3721</x:v>
+      </x:c>
+      <x:c r="FH32" s="3" t="n">
+        <x:v>4241</x:v>
+      </x:c>
+      <x:c r="FI32" s="3" t="n">
+        <x:v>4459</x:v>
+      </x:c>
+      <x:c r="FJ32" s="3" t="n">
+        <x:v>4529</x:v>
+      </x:c>
+      <x:c r="FK32" s="3" t="n">
+        <x:v>3992</x:v>
+      </x:c>
+      <x:c r="FL32" s="3" t="n">
+        <x:v>3255</x:v>
+      </x:c>
+      <x:c r="FM32" s="3" t="n">
+        <x:v>4108</x:v>
+      </x:c>
+      <x:c r="FN32" s="3" t="n">
+        <x:v>4253</x:v>
+      </x:c>
+      <x:c r="FO32" s="3" t="n">
+        <x:v>3568</x:v>
+      </x:c>
+      <x:c r="FP32" s="3" t="n">
+        <x:v>3641</x:v>
+      </x:c>
+      <x:c r="FQ32" s="3" t="n">
+        <x:v>4066</x:v>
+      </x:c>
+      <x:c r="FR32" s="3" t="n">
+        <x:v>4098</x:v>
+      </x:c>
+      <x:c r="FS32" s="3" t="n">
+        <x:v>3776</x:v>
+      </x:c>
+      <x:c r="FT32" s="3" t="n">
+        <x:v>3863</x:v>
+      </x:c>
+      <x:c r="FU32" s="3" t="n">
+        <x:v>4370</x:v>
+      </x:c>
+      <x:c r="FV32" s="3" t="n">
+        <x:v>4140</x:v>
+      </x:c>
+      <x:c r="FW32" s="3" t="n">
+        <x:v>4057</x:v>
+      </x:c>
+      <x:c r="FX32" s="3" t="n">
+        <x:v>4083</x:v>
+      </x:c>
+      <x:c r="FY32" s="3" t="n">
+        <x:v>4150</x:v>
+      </x:c>
+      <x:c r="FZ32" s="3" t="n">
+        <x:v>4225</x:v>
+      </x:c>
+      <x:c r="GA32" s="3" t="n">
+        <x:v>3580</x:v>
+      </x:c>
+      <x:c r="GB32" s="3" t="n">
+        <x:v>3419</x:v>
+      </x:c>
+      <x:c r="GC32" s="3" t="n">
+        <x:v>4311</x:v>
+      </x:c>
+      <x:c r="GD32" s="3" t="n">
+        <x:v>4341</x:v>
+      </x:c>
+      <x:c r="GE32" s="3" t="n">
+        <x:v>4078</x:v>
+      </x:c>
+      <x:c r="GF32" s="3" t="n">
+        <x:v>3855</x:v>
+      </x:c>
+      <x:c r="GG32" s="3" t="n">
+        <x:v>4283</x:v>
+      </x:c>
+      <x:c r="GH32" s="3" t="n">
+        <x:v>4159</x:v>
+      </x:c>
+      <x:c r="GI32" s="3" t="n">
+        <x:v>3850</x:v>
+      </x:c>
+      <x:c r="GJ32" s="3" t="n">
+        <x:v>3874</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:192">
+      <x:c r="A33" s="2" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="B33" s="3" t="n">
+        <x:v>30106</x:v>
+      </x:c>
+      <x:c r="C33" s="3" t="n">
+        <x:v>31661</x:v>
+      </x:c>
+      <x:c r="D33" s="3" t="n">
+        <x:v>31166</x:v>
+      </x:c>
+      <x:c r="E33" s="3" t="n">
+        <x:v>35725</x:v>
+      </x:c>
+      <x:c r="F33" s="3" t="n">
+        <x:v>26351</x:v>
+      </x:c>
+      <x:c r="G33" s="3" t="n">
+        <x:v>30909</x:v>
+      </x:c>
+      <x:c r="H33" s="3" t="n">
+        <x:v>32989</x:v>
+      </x:c>
+      <x:c r="I33" s="3" t="n">
+        <x:v>36550</x:v>
+      </x:c>
+      <x:c r="J33" s="3" t="n">
+        <x:v>31734</x:v>
+      </x:c>
+      <x:c r="K33" s="3" t="n">
+        <x:v>34102</x:v>
+      </x:c>
+      <x:c r="L33" s="3" t="n">
+        <x:v>32662</x:v>
+      </x:c>
+      <x:c r="M33" s="3" t="n">
+        <x:v>33223</x:v>
+      </x:c>
+      <x:c r="N33" s="3" t="n">
+        <x:v>34540</x:v>
+      </x:c>
+      <x:c r="O33" s="3" t="n">
+        <x:v>35998</x:v>
+      </x:c>
+      <x:c r="P33" s="3" t="n">
+        <x:v>38146</x:v>
+      </x:c>
+      <x:c r="Q33" s="3" t="n">
+        <x:v>37353</x:v>
+      </x:c>
+      <x:c r="R33" s="3" t="n">
+        <x:v>32851</x:v>
+      </x:c>
+      <x:c r="S33" s="3" t="n">
+        <x:v>35016</x:v>
+      </x:c>
+      <x:c r="T33" s="3" t="n">
+        <x:v>33626</x:v>
+      </x:c>
+      <x:c r="U33" s="3" t="n">
+        <x:v>36580</x:v>
+      </x:c>
+      <x:c r="V33" s="3" t="n">
+        <x:v>31789</x:v>
+      </x:c>
+      <x:c r="W33" s="3" t="n">
+        <x:v>32030</x:v>
+      </x:c>
+      <x:c r="X33" s="3" t="n">
+        <x:v>32244</x:v>
+      </x:c>
+      <x:c r="Y33" s="3" t="n">
+        <x:v>33180</x:v>
+      </x:c>
+      <x:c r="Z33" s="3" t="n">
+        <x:v>32629</x:v>
+      </x:c>
+      <x:c r="AA33" s="3" t="n">
+        <x:v>35148</x:v>
+      </x:c>
+      <x:c r="AB33" s="3" t="n">
+        <x:v>37078</x:v>
+      </x:c>
+      <x:c r="AC33" s="3" t="n">
+        <x:v>39677</x:v>
+      </x:c>
+      <x:c r="AD33" s="3" t="n">
+        <x:v>34782</x:v>
+      </x:c>
+      <x:c r="AE33" s="3" t="n">
+        <x:v>38841</x:v>
+      </x:c>
+      <x:c r="AF33" s="3" t="n">
+        <x:v>35353</x:v>
+      </x:c>
+      <x:c r="AG33" s="3" t="n">
+        <x:v>38573</x:v>
+      </x:c>
+      <x:c r="AH33" s="3" t="n">
+        <x:v>40062</x:v>
+      </x:c>
+      <x:c r="AI33" s="3" t="n">
+        <x:v>40423</x:v>
+      </x:c>
+      <x:c r="AJ33" s="3" t="n">
+        <x:v>36847</x:v>
+      </x:c>
+      <x:c r="AK33" s="3" t="n">
+        <x:v>39055</x:v>
+      </x:c>
+      <x:c r="AL33" s="3" t="n">
+        <x:v>30941</x:v>
+      </x:c>
+      <x:c r="AM33" s="3" t="n">
+        <x:v>34228</x:v>
+      </x:c>
+      <x:c r="AN33" s="3" t="n">
+        <x:v>30552</x:v>
+      </x:c>
+      <x:c r="AO33" s="3" t="n">
+        <x:v>30120</x:v>
+      </x:c>
+      <x:c r="AP33" s="3" t="n">
+        <x:v>33393</x:v>
+      </x:c>
+      <x:c r="AQ33" s="3" t="n">
+        <x:v>35273</x:v>
+      </x:c>
+      <x:c r="AR33" s="3" t="n">
+        <x:v>34253</x:v>
+      </x:c>
+      <x:c r="AS33" s="3" t="n">
+        <x:v>33211</x:v>
+      </x:c>
+      <x:c r="AT33" s="3" t="n">
+        <x:v>38273</x:v>
+      </x:c>
+      <x:c r="AU33" s="3" t="n">
+        <x:v>40442</x:v>
+      </x:c>
+      <x:c r="AV33" s="3" t="n">
+        <x:v>40429</x:v>
+      </x:c>
+      <x:c r="AW33" s="3" t="n">
+        <x:v>41863</x:v>
+      </x:c>
+      <x:c r="AX33" s="3" t="n">
+        <x:v>43172</x:v>
+      </x:c>
+      <x:c r="AY33" s="3" t="n">
+        <x:v>44663</x:v>
+      </x:c>
+      <x:c r="AZ33" s="3" t="n">
+        <x:v>43950</x:v>
+      </x:c>
+      <x:c r="BA33" s="3" t="n">
+        <x:v>44951</x:v>
+      </x:c>
+      <x:c r="BB33" s="3" t="n">
+        <x:v>45378</x:v>
+      </x:c>
+      <x:c r="BC33" s="3" t="n">
+        <x:v>45650</x:v>
+      </x:c>
+      <x:c r="BD33" s="3" t="n">
+        <x:v>46606</x:v>
+      </x:c>
+      <x:c r="BE33" s="3" t="n">
+        <x:v>43872</x:v>
+      </x:c>
+      <x:c r="BF33" s="3" t="n">
+        <x:v>42871</x:v>
+      </x:c>
+      <x:c r="BG33" s="3" t="n">
+        <x:v>43846</x:v>
+      </x:c>
+      <x:c r="BH33" s="3" t="n">
+        <x:v>46124</x:v>
+      </x:c>
+      <x:c r="BI33" s="3" t="n">
+        <x:v>40262</x:v>
+      </x:c>
+      <x:c r="BJ33" s="3" t="n">
+        <x:v>43038</x:v>
+      </x:c>
+      <x:c r="BK33" s="3" t="n">
+        <x:v>43038</x:v>
+      </x:c>
+      <x:c r="BL33" s="3" t="n">
+        <x:v>42895</x:v>
+      </x:c>
+      <x:c r="BM33" s="3" t="n">
+        <x:v>42235</x:v>
+      </x:c>
+      <x:c r="BN33" s="3" t="n">
+        <x:v>41782</x:v>
+      </x:c>
+      <x:c r="BO33" s="3" t="n">
+        <x:v>45046</x:v>
+      </x:c>
+      <x:c r="BP33" s="3" t="n">
+        <x:v>45985</x:v>
+      </x:c>
+      <x:c r="BQ33" s="3" t="n">
+        <x:v>43300</x:v>
+      </x:c>
+      <x:c r="BR33" s="3" t="n">
+        <x:v>45675</x:v>
+      </x:c>
+      <x:c r="BS33" s="3" t="n">
+        <x:v>44909</x:v>
+      </x:c>
+      <x:c r="BT33" s="3" t="n">
+        <x:v>44759</x:v>
+      </x:c>
+      <x:c r="BU33" s="3" t="n">
+        <x:v>44950</x:v>
+      </x:c>
+      <x:c r="BV33" s="3" t="n">
+        <x:v>44547</x:v>
+      </x:c>
+      <x:c r="BW33" s="3" t="n">
+        <x:v>44791</x:v>
+      </x:c>
+      <x:c r="BX33" s="3" t="n">
+        <x:v>46265</x:v>
+      </x:c>
+      <x:c r="BY33" s="3" t="n">
+        <x:v>47208</x:v>
+      </x:c>
+      <x:c r="BZ33" s="3" t="n">
+        <x:v>47683</x:v>
+      </x:c>
+      <x:c r="CA33" s="3" t="n">
+        <x:v>49339</x:v>
+      </x:c>
+      <x:c r="CB33" s="3" t="n">
+        <x:v>48118</x:v>
+      </x:c>
+      <x:c r="CC33" s="3" t="n">
+        <x:v>48604</x:v>
+      </x:c>
+      <x:c r="CD33" s="3" t="n">
+        <x:v>50333</x:v>
+      </x:c>
+      <x:c r="CE33" s="3" t="n">
+        <x:v>49716</x:v>
+      </x:c>
+      <x:c r="CF33" s="3" t="n">
+        <x:v>50207</x:v>
+      </x:c>
+      <x:c r="CG33" s="3" t="n">
+        <x:v>50599</x:v>
+      </x:c>
+      <x:c r="CH33" s="3" t="n">
+        <x:v>50615</x:v>
+      </x:c>
+      <x:c r="CI33" s="3" t="n">
+        <x:v>47618</x:v>
+      </x:c>
+      <x:c r="CJ33" s="3" t="n">
+        <x:v>48930</x:v>
+      </x:c>
+      <x:c r="CK33" s="3" t="n">
+        <x:v>50893</x:v>
+      </x:c>
+      <x:c r="CL33" s="3" t="n">
+        <x:v>53462</x:v>
+      </x:c>
+      <x:c r="CM33" s="3" t="n">
+        <x:v>50951</x:v>
+      </x:c>
+      <x:c r="CN33" s="3" t="n">
+        <x:v>52260</x:v>
+      </x:c>
+      <x:c r="CO33" s="3" t="n">
+        <x:v>53874</x:v>
+      </x:c>
+      <x:c r="CP33" s="3" t="n">
+        <x:v>54440</x:v>
+      </x:c>
+      <x:c r="CQ33" s="3" t="n">
+        <x:v>54241</x:v>
+      </x:c>
+      <x:c r="CR33" s="3" t="n">
+        <x:v>55106</x:v>
+      </x:c>
+      <x:c r="CS33" s="3" t="n">
+        <x:v>55267</x:v>
+      </x:c>
+      <x:c r="CT33" s="3" t="n">
+        <x:v>54984</x:v>
+      </x:c>
+      <x:c r="CU33" s="3" t="n">
+        <x:v>53524</x:v>
+      </x:c>
+      <x:c r="CV33" s="3" t="n">
+        <x:v>48888</x:v>
+      </x:c>
+      <x:c r="CW33" s="3" t="n">
+        <x:v>50963</x:v>
+      </x:c>
+      <x:c r="CX33" s="3" t="n">
+        <x:v>50861</x:v>
+      </x:c>
+      <x:c r="CY33" s="3" t="n">
+        <x:v>51727</x:v>
+      </x:c>
+      <x:c r="CZ33" s="3" t="n">
+        <x:v>48387</x:v>
+      </x:c>
+      <x:c r="DA33" s="3" t="n">
+        <x:v>47328</x:v>
+      </x:c>
+      <x:c r="DB33" s="3" t="n">
+        <x:v>44433</x:v>
+      </x:c>
+      <x:c r="DC33" s="3" t="n">
+        <x:v>45119</x:v>
+      </x:c>
+      <x:c r="DD33" s="3" t="n">
+        <x:v>41437</x:v>
+      </x:c>
+      <x:c r="DE33" s="3" t="n">
+        <x:v>41132</x:v>
+      </x:c>
+      <x:c r="DF33" s="3" t="n">
+        <x:v>42283</x:v>
+      </x:c>
+      <x:c r="DG33" s="3" t="n">
+        <x:v>44695</x:v>
+      </x:c>
+      <x:c r="DH33" s="3" t="n">
+        <x:v>40234</x:v>
+      </x:c>
+      <x:c r="DI33" s="3" t="n">
+        <x:v>41260</x:v>
+      </x:c>
+      <x:c r="DJ33" s="3" t="n">
+        <x:v>38031</x:v>
+      </x:c>
+      <x:c r="DK33" s="3" t="n">
+        <x:v>41981</x:v>
+      </x:c>
+      <x:c r="DL33" s="3" t="n">
+        <x:v>38318</x:v>
+      </x:c>
+      <x:c r="DM33" s="3" t="n">
+        <x:v>40939</x:v>
+      </x:c>
+      <x:c r="DN33" s="3" t="n">
+        <x:v>35345</x:v>
+      </x:c>
+      <x:c r="DO33" s="3" t="n">
+        <x:v>40503</x:v>
+      </x:c>
+      <x:c r="DP33" s="3" t="n">
+        <x:v>35991</x:v>
+      </x:c>
+      <x:c r="DQ33" s="3" t="n">
+        <x:v>39862</x:v>
+      </x:c>
+      <x:c r="DR33" s="3" t="n">
+        <x:v>32098</x:v>
+      </x:c>
+      <x:c r="DS33" s="3" t="n">
+        <x:v>35387</x:v>
+      </x:c>
+      <x:c r="DT33" s="3" t="n">
+        <x:v>33478</x:v>
+      </x:c>
+      <x:c r="DU33" s="3" t="n">
+        <x:v>35590</x:v>
+      </x:c>
+      <x:c r="DV33" s="3" t="n">
+        <x:v>28733</x:v>
+      </x:c>
+      <x:c r="DW33" s="3" t="n">
+        <x:v>29098</x:v>
+      </x:c>
+      <x:c r="DX33" s="3" t="n">
+        <x:v>29070</x:v>
+      </x:c>
+      <x:c r="DY33" s="3" t="n">
+        <x:v>30269</x:v>
+      </x:c>
+      <x:c r="DZ33" s="3" t="n">
+        <x:v>28692</x:v>
+      </x:c>
+      <x:c r="EA33" s="3" t="n">
+        <x:v>33513</x:v>
+      </x:c>
+      <x:c r="EB33" s="3" t="n">
+        <x:v>32575</x:v>
+      </x:c>
+      <x:c r="EC33" s="3" t="n">
+        <x:v>32607</x:v>
+      </x:c>
+      <x:c r="ED33" s="3" t="n">
+        <x:v>32468</x:v>
+      </x:c>
+      <x:c r="EE33" s="3" t="n">
+        <x:v>35684</x:v>
+      </x:c>
+      <x:c r="EF33" s="3" t="n">
+        <x:v>33560</x:v>
+      </x:c>
+      <x:c r="EG33" s="3" t="n">
+        <x:v>34094</x:v>
+      </x:c>
+      <x:c r="EH33" s="3" t="n">
+        <x:v>37390</x:v>
+      </x:c>
+      <x:c r="EI33" s="3" t="n">
+        <x:v>40592</x:v>
+      </x:c>
+      <x:c r="EJ33" s="3" t="n">
+        <x:v>39883</x:v>
+      </x:c>
+      <x:c r="EK33" s="3" t="n">
+        <x:v>36430</x:v>
+      </x:c>
+      <x:c r="EL33" s="3" t="n">
+        <x:v>37972</x:v>
+      </x:c>
+      <x:c r="EM33" s="3" t="n">
+        <x:v>43678</x:v>
+      </x:c>
+      <x:c r="EN33" s="3" t="n">
+        <x:v>40752</x:v>
+      </x:c>
+      <x:c r="EO33" s="3" t="n">
+        <x:v>38044</x:v>
+      </x:c>
+      <x:c r="EP33" s="3" t="n">
+        <x:v>37949</x:v>
+      </x:c>
+      <x:c r="EQ33" s="3" t="n">
+        <x:v>45159</x:v>
+      </x:c>
+      <x:c r="ER33" s="3" t="n">
+        <x:v>41350</x:v>
+      </x:c>
+      <x:c r="ES33" s="3" t="n">
+        <x:v>39683</x:v>
+      </x:c>
+      <x:c r="ET33" s="3" t="n">
+        <x:v>41193</x:v>
+      </x:c>
+      <x:c r="EU33" s="3" t="n">
+        <x:v>46094</x:v>
+      </x:c>
+      <x:c r="EV33" s="3" t="n">
+        <x:v>43945</x:v>
+      </x:c>
+      <x:c r="EW33" s="3" t="n">
+        <x:v>42145</x:v>
+      </x:c>
+      <x:c r="EX33" s="3" t="n">
+        <x:v>40311</x:v>
+      </x:c>
+      <x:c r="EY33" s="3" t="n">
+        <x:v>48260</x:v>
+      </x:c>
+      <x:c r="EZ33" s="3" t="n">
+        <x:v>45146</x:v>
+      </x:c>
+      <x:c r="FA33" s="3" t="n">
+        <x:v>41715</x:v>
+      </x:c>
+      <x:c r="FB33" s="3" t="n">
+        <x:v>38032</x:v>
+      </x:c>
+      <x:c r="FC33" s="3" t="n">
+        <x:v>49221</x:v>
+      </x:c>
+      <x:c r="FD33" s="3" t="n">
+        <x:v>45723</x:v>
+      </x:c>
+      <x:c r="FE33" s="3" t="n">
+        <x:v>42789</x:v>
+      </x:c>
+      <x:c r="FF33" s="3" t="n">
+        <x:v>39549</x:v>
+      </x:c>
+      <x:c r="FG33" s="3" t="n">
+        <x:v>50043</x:v>
+      </x:c>
+      <x:c r="FH33" s="3" t="n">
+        <x:v>45838</x:v>
+      </x:c>
+      <x:c r="FI33" s="3" t="n">
+        <x:v>43831</x:v>
+      </x:c>
+      <x:c r="FJ33" s="3" t="n">
+        <x:v>44405</x:v>
+      </x:c>
+      <x:c r="FK33" s="3" t="n">
+        <x:v>52195</x:v>
+      </x:c>
+      <x:c r="FL33" s="3" t="n">
+        <x:v>46045</x:v>
+      </x:c>
+      <x:c r="FM33" s="3" t="n">
+        <x:v>42315</x:v>
+      </x:c>
+      <x:c r="FN33" s="3" t="n">
+        <x:v>37564</x:v>
+      </x:c>
+      <x:c r="FO33" s="3" t="n">
+        <x:v>40159</x:v>
+      </x:c>
+      <x:c r="FP33" s="3" t="n">
+        <x:v>35284</x:v>
+      </x:c>
+      <x:c r="FQ33" s="3" t="n">
+        <x:v>30593</x:v>
+      </x:c>
+      <x:c r="FR33" s="3" t="n">
+        <x:v>32929</x:v>
+      </x:c>
+      <x:c r="FS33" s="3" t="n">
+        <x:v>39682</x:v>
+      </x:c>
+      <x:c r="FT33" s="3" t="n">
+        <x:v>40220</x:v>
+      </x:c>
+      <x:c r="FU33" s="3" t="n">
+        <x:v>40634</x:v>
+      </x:c>
+      <x:c r="FV33" s="3" t="n">
+        <x:v>42593</x:v>
+      </x:c>
+      <x:c r="FW33" s="3" t="n">
+        <x:v>63008</x:v>
+      </x:c>
+      <x:c r="FX33" s="3" t="n">
+        <x:v>54231</x:v>
+      </x:c>
+      <x:c r="FY33" s="3" t="n">
+        <x:v>45409</x:v>
+      </x:c>
+      <x:c r="FZ33" s="3" t="n">
+        <x:v>45126</x:v>
+      </x:c>
+      <x:c r="GA33" s="3" t="n">
+        <x:v>54452</x:v>
+      </x:c>
+      <x:c r="GB33" s="3" t="n">
+        <x:v>49411</x:v>
+      </x:c>
+      <x:c r="GC33" s="3" t="n">
+        <x:v>39298</x:v>
+      </x:c>
+      <x:c r="GD33" s="3" t="n">
+        <x:v>52530</x:v>
+      </x:c>
+      <x:c r="GE33" s="3" t="n">
+        <x:v>68091</x:v>
+      </x:c>
+      <x:c r="GF33" s="3" t="n">
+        <x:v>57370</x:v>
+      </x:c>
+      <x:c r="GG33" s="3" t="n">
+        <x:v>46453</x:v>
+      </x:c>
+      <x:c r="GH33" s="3" t="n">
+        <x:v>59413</x:v>
+      </x:c>
+      <x:c r="GI33" s="3" t="n">
+        <x:v>76022</x:v>
+      </x:c>
+      <x:c r="GJ33" s="3" t="n">
+        <x:v>55581</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:192">
+      <x:c r="A34" s="2" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="B34" s="3" t="n">
+        <x:v>26793</x:v>
+      </x:c>
+      <x:c r="C34" s="3" t="n">
+        <x:v>28633</x:v>
+      </x:c>
+      <x:c r="D34" s="3" t="n">
+        <x:v>29828</x:v>
+      </x:c>
+      <x:c r="E34" s="3" t="n">
+        <x:v>28189</x:v>
+      </x:c>
+      <x:c r="F34" s="3" t="n">
+        <x:v>28339</x:v>
+      </x:c>
+      <x:c r="G34" s="3" t="n">
+        <x:v>30050</x:v>
+      </x:c>
+      <x:c r="H34" s="3" t="n">
+        <x:v>31398</x:v>
+      </x:c>
+      <x:c r="I34" s="3" t="n">
+        <x:v>29847</x:v>
+      </x:c>
+      <x:c r="J34" s="3" t="n">
+        <x:v>29382</x:v>
+      </x:c>
+      <x:c r="K34" s="3" t="n">
+        <x:v>30966</x:v>
+      </x:c>
+      <x:c r="L34" s="3" t="n">
+        <x:v>31229</x:v>
+      </x:c>
+      <x:c r="M34" s="3" t="n">
+        <x:v>30177</x:v>
+      </x:c>
+      <x:c r="N34" s="3" t="n">
+        <x:v>28775</x:v>
+      </x:c>
+      <x:c r="O34" s="3" t="n">
+        <x:v>30340</x:v>
+      </x:c>
+      <x:c r="P34" s="3" t="n">
+        <x:v>31210</x:v>
+      </x:c>
+      <x:c r="Q34" s="3" t="n">
+        <x:v>30033</x:v>
+      </x:c>
+      <x:c r="R34" s="3" t="n">
+        <x:v>28499</x:v>
+      </x:c>
+      <x:c r="S34" s="3" t="n">
+        <x:v>30165</x:v>
+      </x:c>
+      <x:c r="T34" s="3" t="n">
+        <x:v>31466</x:v>
+      </x:c>
+      <x:c r="U34" s="3" t="n">
+        <x:v>30059</x:v>
+      </x:c>
+      <x:c r="V34" s="3" t="n">
+        <x:v>27972</x:v>
+      </x:c>
+      <x:c r="W34" s="3" t="n">
+        <x:v>30136</x:v>
+      </x:c>
+      <x:c r="X34" s="3" t="n">
+        <x:v>31507</x:v>
+      </x:c>
+      <x:c r="Y34" s="3" t="n">
+        <x:v>30207</x:v>
+      </x:c>
+      <x:c r="Z34" s="3" t="n">
+        <x:v>29598</x:v>
+      </x:c>
+      <x:c r="AA34" s="3" t="n">
+        <x:v>31306</x:v>
+      </x:c>
+      <x:c r="AB34" s="3" t="n">
+        <x:v>33403</x:v>
+      </x:c>
+      <x:c r="AC34" s="3" t="n">
+        <x:v>31941</x:v>
+      </x:c>
+      <x:c r="AD34" s="3" t="n">
+        <x:v>31352</x:v>
+      </x:c>
+      <x:c r="AE34" s="3" t="n">
+        <x:v>33529</x:v>
+      </x:c>
+      <x:c r="AF34" s="3" t="n">
+        <x:v>35189</x:v>
+      </x:c>
+      <x:c r="AG34" s="3" t="n">
+        <x:v>33605</x:v>
+      </x:c>
+      <x:c r="AH34" s="3" t="n">
+        <x:v>31592</x:v>
+      </x:c>
+      <x:c r="AI34" s="3" t="n">
+        <x:v>33885</x:v>
+      </x:c>
+      <x:c r="AJ34" s="3" t="n">
+        <x:v>36582</x:v>
+      </x:c>
+      <x:c r="AK34" s="3" t="n">
+        <x:v>34658</x:v>
+      </x:c>
+      <x:c r="AL34" s="3" t="n">
+        <x:v>32538</x:v>
+      </x:c>
+      <x:c r="AM34" s="3" t="n">
+        <x:v>34522</x:v>
+      </x:c>
+      <x:c r="AN34" s="3" t="n">
+        <x:v>35859</x:v>
+      </x:c>
+      <x:c r="AO34" s="3" t="n">
+        <x:v>35559</x:v>
+      </x:c>
+      <x:c r="AP34" s="3" t="n">
+        <x:v>32698</x:v>
+      </x:c>
+      <x:c r="AQ34" s="3" t="n">
+        <x:v>35200</x:v>
+      </x:c>
+      <x:c r="AR34" s="3" t="n">
+        <x:v>36081</x:v>
+      </x:c>
+      <x:c r="AS34" s="3" t="n">
+        <x:v>34130</x:v>
+      </x:c>
+      <x:c r="AT34" s="3" t="n">
+        <x:v>31919</x:v>
+      </x:c>
+      <x:c r="AU34" s="3" t="n">
+        <x:v>34702</x:v>
+      </x:c>
+      <x:c r="AV34" s="3" t="n">
+        <x:v>36716</x:v>
+      </x:c>
+      <x:c r="AW34" s="3" t="n">
+        <x:v>34799</x:v>
+      </x:c>
+      <x:c r="AX34" s="3" t="n">
+        <x:v>33717</x:v>
+      </x:c>
+      <x:c r="AY34" s="3" t="n">
+        <x:v>36510</x:v>
+      </x:c>
+      <x:c r="AZ34" s="3" t="n">
+        <x:v>38218</x:v>
+      </x:c>
+      <x:c r="BA34" s="3" t="n">
+        <x:v>36911</x:v>
+      </x:c>
+      <x:c r="BB34" s="3" t="n">
+        <x:v>33088</x:v>
+      </x:c>
+      <x:c r="BC34" s="3" t="n">
+        <x:v>36335</x:v>
+      </x:c>
+      <x:c r="BD34" s="3" t="n">
+        <x:v>38103</x:v>
+      </x:c>
+      <x:c r="BE34" s="3" t="n">
+        <x:v>36608</x:v>
+      </x:c>
+      <x:c r="BF34" s="3" t="n">
+        <x:v>33988</x:v>
+      </x:c>
+      <x:c r="BG34" s="3" t="n">
+        <x:v>37334</x:v>
+      </x:c>
+      <x:c r="BH34" s="3" t="n">
+        <x:v>38938</x:v>
+      </x:c>
+      <x:c r="BI34" s="3" t="n">
+        <x:v>36977</x:v>
+      </x:c>
+      <x:c r="BJ34" s="3" t="n">
+        <x:v>36221</x:v>
+      </x:c>
+      <x:c r="BK34" s="3" t="n">
+        <x:v>39731</x:v>
+      </x:c>
+      <x:c r="BL34" s="3" t="n">
+        <x:v>42191</x:v>
+      </x:c>
+      <x:c r="BM34" s="3" t="n">
+        <x:v>39746</x:v>
+      </x:c>
+      <x:c r="BN34" s="3" t="n">
+        <x:v>37461</x:v>
+      </x:c>
+      <x:c r="BO34" s="3" t="n">
+        <x:v>41840</x:v>
+      </x:c>
+      <x:c r="BP34" s="3" t="n">
+        <x:v>43892</x:v>
+      </x:c>
+      <x:c r="BQ34" s="3" t="n">
+        <x:v>42290</x:v>
+      </x:c>
+      <x:c r="BR34" s="3" t="n">
+        <x:v>39934</x:v>
+      </x:c>
+      <x:c r="BS34" s="3" t="n">
+        <x:v>43408</x:v>
+      </x:c>
+      <x:c r="BT34" s="3" t="n">
+        <x:v>45563</x:v>
+      </x:c>
+      <x:c r="BU34" s="3" t="n">
+        <x:v>43915</x:v>
+      </x:c>
+      <x:c r="BV34" s="3" t="n">
+        <x:v>42122</x:v>
+      </x:c>
+      <x:c r="BW34" s="3" t="n">
+        <x:v>45576</x:v>
+      </x:c>
+      <x:c r="BX34" s="3" t="n">
+        <x:v>48113</x:v>
+      </x:c>
+      <x:c r="BY34" s="3" t="n">
+        <x:v>44695</x:v>
+      </x:c>
+      <x:c r="BZ34" s="3" t="n">
+        <x:v>42934</x:v>
+      </x:c>
+      <x:c r="CA34" s="3" t="n">
+        <x:v>49905</x:v>
+      </x:c>
+      <x:c r="CB34" s="3" t="n">
+        <x:v>49439</x:v>
+      </x:c>
+      <x:c r="CC34" s="3" t="n">
+        <x:v>46934</x:v>
+      </x:c>
+      <x:c r="CD34" s="3" t="n">
+        <x:v>47375</x:v>
+      </x:c>
+      <x:c r="CE34" s="3" t="n">
+        <x:v>51600</x:v>
+      </x:c>
+      <x:c r="CF34" s="3" t="n">
+        <x:v>53956</x:v>
+      </x:c>
+      <x:c r="CG34" s="3" t="n">
+        <x:v>51555</x:v>
+      </x:c>
+      <x:c r="CH34" s="3" t="n">
+        <x:v>48459</x:v>
+      </x:c>
+      <x:c r="CI34" s="3" t="n">
+        <x:v>55239</x:v>
+      </x:c>
+      <x:c r="CJ34" s="3" t="n">
+        <x:v>55400</x:v>
+      </x:c>
+      <x:c r="CK34" s="3" t="n">
+        <x:v>53563</x:v>
+      </x:c>
+      <x:c r="CL34" s="3" t="n">
+        <x:v>49625</x:v>
+      </x:c>
+      <x:c r="CM34" s="3" t="n">
+        <x:v>53501</x:v>
+      </x:c>
+      <x:c r="CN34" s="3" t="n">
+        <x:v>54326</x:v>
+      </x:c>
+      <x:c r="CO34" s="3" t="n">
+        <x:v>52974</x:v>
+      </x:c>
+      <x:c r="CP34" s="3" t="n">
+        <x:v>51512</x:v>
+      </x:c>
+      <x:c r="CQ34" s="3" t="n">
+        <x:v>57103</x:v>
+      </x:c>
+      <x:c r="CR34" s="3" t="n">
+        <x:v>55661</x:v>
+      </x:c>
+      <x:c r="CS34" s="3" t="n">
+        <x:v>51695</x:v>
+      </x:c>
+      <x:c r="CT34" s="3" t="n">
+        <x:v>49088</x:v>
+      </x:c>
+      <x:c r="CU34" s="3" t="n">
+        <x:v>56943</x:v>
+      </x:c>
+      <x:c r="CV34" s="3" t="n">
+        <x:v>56036</x:v>
+      </x:c>
+      <x:c r="CW34" s="3" t="n">
+        <x:v>54041</x:v>
+      </x:c>
+      <x:c r="CX34" s="3" t="n">
+        <x:v>49438</x:v>
+      </x:c>
+      <x:c r="CY34" s="3" t="n">
+        <x:v>55053</x:v>
+      </x:c>
+      <x:c r="CZ34" s="3" t="n">
+        <x:v>54556</x:v>
+      </x:c>
+      <x:c r="DA34" s="3" t="n">
+        <x:v>53941</x:v>
+      </x:c>
+      <x:c r="DB34" s="3" t="n">
+        <x:v>55603</x:v>
+      </x:c>
+      <x:c r="DC34" s="3" t="n">
+        <x:v>59430</x:v>
+      </x:c>
+      <x:c r="DD34" s="3" t="n">
+        <x:v>61742</x:v>
+      </x:c>
+      <x:c r="DE34" s="3" t="n">
+        <x:v>61897</x:v>
+      </x:c>
+      <x:c r="DF34" s="3" t="n">
+        <x:v>56318</x:v>
+      </x:c>
+      <x:c r="DG34" s="3" t="n">
+        <x:v>63626</x:v>
+      </x:c>
+      <x:c r="DH34" s="3" t="n">
+        <x:v>64198</x:v>
+      </x:c>
+      <x:c r="DI34" s="3" t="n">
+        <x:v>64945</x:v>
+      </x:c>
+      <x:c r="DJ34" s="3" t="n">
+        <x:v>62996</x:v>
+      </x:c>
+      <x:c r="DK34" s="3" t="n">
+        <x:v>69264</x:v>
+      </x:c>
+      <x:c r="DL34" s="3" t="n">
+        <x:v>69586</x:v>
+      </x:c>
+      <x:c r="DM34" s="3" t="n">
+        <x:v>70778</x:v>
+      </x:c>
+      <x:c r="DN34" s="3" t="n">
+        <x:v>67308</x:v>
+      </x:c>
+      <x:c r="DO34" s="3" t="n">
+        <x:v>70435</x:v>
+      </x:c>
+      <x:c r="DP34" s="3" t="n">
+        <x:v>73634</x:v>
+      </x:c>
+      <x:c r="DQ34" s="3" t="n">
+        <x:v>74159</x:v>
+      </x:c>
+      <x:c r="DR34" s="3" t="n">
+        <x:v>65711</x:v>
+      </x:c>
+      <x:c r="DS34" s="3" t="n">
+        <x:v>74249</x:v>
+      </x:c>
+      <x:c r="DT34" s="3" t="n">
+        <x:v>72903</x:v>
+      </x:c>
+      <x:c r="DU34" s="3" t="n">
+        <x:v>72730</x:v>
+      </x:c>
+      <x:c r="DV34" s="3" t="n">
+        <x:v>62338</x:v>
+      </x:c>
+      <x:c r="DW34" s="3" t="n">
+        <x:v>66014</x:v>
+      </x:c>
+      <x:c r="DX34" s="3" t="n">
+        <x:v>67862</x:v>
+      </x:c>
+      <x:c r="DY34" s="3" t="n">
+        <x:v>69290</x:v>
+      </x:c>
+      <x:c r="DZ34" s="3" t="n">
+        <x:v>62488</x:v>
+      </x:c>
+      <x:c r="EA34" s="3" t="n">
+        <x:v>69109</x:v>
+      </x:c>
+      <x:c r="EB34" s="3" t="n">
+        <x:v>72011</x:v>
+      </x:c>
+      <x:c r="EC34" s="3" t="n">
+        <x:v>72262</x:v>
+      </x:c>
+      <x:c r="ED34" s="3" t="n">
+        <x:v>66590</x:v>
+      </x:c>
+      <x:c r="EE34" s="3" t="n">
+        <x:v>72655</x:v>
+      </x:c>
+      <x:c r="EF34" s="3" t="n">
+        <x:v>76611</x:v>
+      </x:c>
+      <x:c r="EG34" s="3" t="n">
+        <x:v>76595</x:v>
+      </x:c>
+      <x:c r="EH34" s="3" t="n">
+        <x:v>68623</x:v>
+      </x:c>
+      <x:c r="EI34" s="3" t="n">
+        <x:v>73621</x:v>
+      </x:c>
+      <x:c r="EJ34" s="3" t="n">
+        <x:v>77098</x:v>
+      </x:c>
+      <x:c r="EK34" s="3" t="n">
+        <x:v>77275</x:v>
+      </x:c>
+      <x:c r="EL34" s="3" t="n">
+        <x:v>68740</x:v>
+      </x:c>
+      <x:c r="EM34" s="3" t="n">
+        <x:v>77659</x:v>
+      </x:c>
+      <x:c r="EN34" s="3" t="n">
+        <x:v>80242</x:v>
+      </x:c>
+      <x:c r="EO34" s="3" t="n">
+        <x:v>82228</x:v>
+      </x:c>
+      <x:c r="EP34" s="3" t="n">
+        <x:v>74490</x:v>
+      </x:c>
+      <x:c r="EQ34" s="3" t="n">
+        <x:v>80850</x:v>
+      </x:c>
+      <x:c r="ER34" s="3" t="n">
+        <x:v>83453</x:v>
+      </x:c>
+      <x:c r="ES34" s="3" t="n">
+        <x:v>86475</x:v>
+      </x:c>
+      <x:c r="ET34" s="3" t="n">
+        <x:v>75052</x:v>
+      </x:c>
+      <x:c r="EU34" s="3" t="n">
+        <x:v>82933</x:v>
+      </x:c>
+      <x:c r="EV34" s="3" t="n">
+        <x:v>82738</x:v>
+      </x:c>
+      <x:c r="EW34" s="3" t="n">
+        <x:v>82134</x:v>
+      </x:c>
+      <x:c r="EX34" s="3" t="n">
+        <x:v>74049</x:v>
+      </x:c>
+      <x:c r="EY34" s="3" t="n">
+        <x:v>78580</x:v>
+      </x:c>
+      <x:c r="EZ34" s="3" t="n">
+        <x:v>74978</x:v>
+      </x:c>
+      <x:c r="FA34" s="3" t="n">
+        <x:v>79561</x:v>
+      </x:c>
+      <x:c r="FB34" s="3" t="n">
+        <x:v>79876</x:v>
+      </x:c>
+      <x:c r="FC34" s="3" t="n">
+        <x:v>77257</x:v>
+      </x:c>
+      <x:c r="FD34" s="3" t="n">
+        <x:v>77465</x:v>
+      </x:c>
+      <x:c r="FE34" s="3" t="n">
+        <x:v>82903</x:v>
+      </x:c>
+      <x:c r="FF34" s="3" t="n">
+        <x:v>79711</x:v>
+      </x:c>
+      <x:c r="FG34" s="3" t="n">
+        <x:v>83463</x:v>
+      </x:c>
+      <x:c r="FH34" s="3" t="n">
+        <x:v>81355</x:v>
+      </x:c>
+      <x:c r="FI34" s="3" t="n">
+        <x:v>86720</x:v>
+      </x:c>
+      <x:c r="FJ34" s="3" t="n">
+        <x:v>85161</x:v>
+      </x:c>
+      <x:c r="FK34" s="3" t="n">
+        <x:v>81792</x:v>
+      </x:c>
+      <x:c r="FL34" s="3" t="n">
+        <x:v>82956</x:v>
+      </x:c>
+      <x:c r="FM34" s="3" t="n">
+        <x:v>84785</x:v>
+      </x:c>
+      <x:c r="FN34" s="3" t="n">
+        <x:v>88613</x:v>
+      </x:c>
+      <x:c r="FO34" s="3" t="n">
+        <x:v>53158</x:v>
+      </x:c>
+      <x:c r="FP34" s="3" t="n">
+        <x:v>53742</x:v>
+      </x:c>
+      <x:c r="FQ34" s="3" t="n">
+        <x:v>61098</x:v>
+      </x:c>
+      <x:c r="FR34" s="3" t="n">
+        <x:v>58877</x:v>
+      </x:c>
+      <x:c r="FS34" s="3" t="n">
+        <x:v>60298</x:v>
+      </x:c>
+      <x:c r="FT34" s="3" t="n">
+        <x:v>68266</x:v>
+      </x:c>
+      <x:c r="FU34" s="3" t="n">
+        <x:v>80983</x:v>
+      </x:c>
+      <x:c r="FV34" s="3" t="n">
+        <x:v>77905</x:v>
+      </x:c>
+      <x:c r="FW34" s="3" t="n">
+        <x:v>79226</x:v>
+      </x:c>
+      <x:c r="FX34" s="3" t="n">
+        <x:v>79009</x:v>
+      </x:c>
+      <x:c r="FY34" s="3" t="n">
+        <x:v>86279</x:v>
+      </x:c>
+      <x:c r="FZ34" s="3" t="n">
+        <x:v>84303</x:v>
+      </x:c>
+      <x:c r="GA34" s="3" t="n">
+        <x:v>78947</x:v>
+      </x:c>
+      <x:c r="GB34" s="3" t="n">
+        <x:v>79336</x:v>
+      </x:c>
+      <x:c r="GC34" s="3" t="n">
+        <x:v>84963</x:v>
+      </x:c>
+      <x:c r="GD34" s="3" t="n">
+        <x:v>80791</x:v>
+      </x:c>
+      <x:c r="GE34" s="3" t="n">
+        <x:v>83466</x:v>
+      </x:c>
+      <x:c r="GF34" s="3" t="n">
+        <x:v>82353</x:v>
+      </x:c>
+      <x:c r="GG34" s="3" t="n">
+        <x:v>87471</x:v>
+      </x:c>
+      <x:c r="GH34" s="3" t="n">
+        <x:v>84968</x:v>
+      </x:c>
+      <x:c r="GI34" s="3" t="n">
+        <x:v>83265</x:v>
+      </x:c>
+      <x:c r="GJ34" s="3" t="n">
+        <x:v>85540</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:192">
+      <x:c r="A35" s="2" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="B35" s="3" t="n">
+        <x:v>2714</x:v>
+      </x:c>
+      <x:c r="C35" s="3" t="n">
+        <x:v>2721</x:v>
+      </x:c>
+      <x:c r="D35" s="3" t="n">
+        <x:v>2881</x:v>
+      </x:c>
+      <x:c r="E35" s="3" t="n">
+        <x:v>3298</x:v>
+      </x:c>
+      <x:c r="F35" s="3" t="n">
+        <x:v>2936</x:v>
+      </x:c>
+      <x:c r="G35" s="3" t="n">
+        <x:v>2897</x:v>
+      </x:c>
+      <x:c r="H35" s="3" t="n">
+        <x:v>2962</x:v>
+      </x:c>
+      <x:c r="I35" s="3" t="n">
+        <x:v>3469</x:v>
+      </x:c>
+      <x:c r="J35" s="3" t="n">
+        <x:v>3378</x:v>
+      </x:c>
+      <x:c r="K35" s="3" t="n">
+        <x:v>3211</x:v>
+      </x:c>
+      <x:c r="L35" s="3" t="n">
+        <x:v>3090</x:v>
+      </x:c>
+      <x:c r="M35" s="3" t="n">
+        <x:v>3580</x:v>
+      </x:c>
+      <x:c r="N35" s="3" t="n">
+        <x:v>3364</x:v>
+      </x:c>
+      <x:c r="O35" s="3" t="n">
+        <x:v>3426</x:v>
+      </x:c>
+      <x:c r="P35" s="3" t="n">
+        <x:v>3593</x:v>
+      </x:c>
+      <x:c r="Q35" s="3" t="n">
+        <x:v>4073</x:v>
+      </x:c>
+      <x:c r="R35" s="3" t="n">
+        <x:v>3503</x:v>
+      </x:c>
+      <x:c r="S35" s="3" t="n">
+        <x:v>3708</x:v>
+      </x:c>
+      <x:c r="T35" s="3" t="n">
+        <x:v>3711</x:v>
+      </x:c>
+      <x:c r="U35" s="3" t="n">
+        <x:v>4105</x:v>
+      </x:c>
+      <x:c r="V35" s="3" t="n">
+        <x:v>3849</x:v>
+      </x:c>
+      <x:c r="W35" s="3" t="n">
+        <x:v>3395</x:v>
+      </x:c>
+      <x:c r="X35" s="3" t="n">
+        <x:v>3461</x:v>
+      </x:c>
+      <x:c r="Y35" s="3" t="n">
+        <x:v>3946</x:v>
+      </x:c>
+      <x:c r="Z35" s="3" t="n">
+        <x:v>3679</x:v>
+      </x:c>
+      <x:c r="AA35" s="3" t="n">
+        <x:v>3506</x:v>
+      </x:c>
+      <x:c r="AB35" s="3" t="n">
+        <x:v>3704</x:v>
+      </x:c>
+      <x:c r="AC35" s="3" t="n">
+        <x:v>4038</x:v>
+      </x:c>
+      <x:c r="AD35" s="3" t="n">
+        <x:v>4040</x:v>
+      </x:c>
+      <x:c r="AE35" s="3" t="n">
+        <x:v>3987</x:v>
+      </x:c>
+      <x:c r="AF35" s="3" t="n">
+        <x:v>4069</x:v>
+      </x:c>
+      <x:c r="AG35" s="3" t="n">
+        <x:v>4231</x:v>
+      </x:c>
+      <x:c r="AH35" s="3" t="n">
+        <x:v>4328</x:v>
+      </x:c>
+      <x:c r="AI35" s="3" t="n">
+        <x:v>4539</x:v>
+      </x:c>
+      <x:c r="AJ35" s="3" t="n">
+        <x:v>4539</x:v>
+      </x:c>
+      <x:c r="AK35" s="3" t="n">
+        <x:v>4805</x:v>
+      </x:c>
+      <x:c r="AL35" s="3" t="n">
+        <x:v>4576</x:v>
+      </x:c>
+      <x:c r="AM35" s="3" t="n">
+        <x:v>4407</x:v>
+      </x:c>
+      <x:c r="AN35" s="3" t="n">
+        <x:v>4486</x:v>
+      </x:c>
+      <x:c r="AO35" s="3" t="n">
+        <x:v>5099</x:v>
+      </x:c>
+      <x:c r="AP35" s="3" t="n">
+        <x:v>4527</x:v>
+      </x:c>
+      <x:c r="AQ35" s="3" t="n">
+        <x:v>4647</x:v>
+      </x:c>
+      <x:c r="AR35" s="3" t="n">
+        <x:v>4850</x:v>
+      </x:c>
+      <x:c r="AS35" s="3" t="n">
+        <x:v>4969</x:v>
+      </x:c>
+      <x:c r="AT35" s="3" t="n">
+        <x:v>4508</x:v>
+      </x:c>
+      <x:c r="AU35" s="3" t="n">
+        <x:v>4642</x:v>
+      </x:c>
+      <x:c r="AV35" s="3" t="n">
+        <x:v>4972</x:v>
+      </x:c>
+      <x:c r="AW35" s="3" t="n">
+        <x:v>5030</x:v>
+      </x:c>
+      <x:c r="AX35" s="3" t="n">
+        <x:v>5003</x:v>
+      </x:c>
+      <x:c r="AY35" s="3" t="n">
+        <x:v>4520</x:v>
+      </x:c>
+      <x:c r="AZ35" s="3" t="n">
+        <x:v>4886</x:v>
+      </x:c>
+      <x:c r="BA35" s="3" t="n">
+        <x:v>5352</x:v>
+      </x:c>
+      <x:c r="BB35" s="3" t="n">
+        <x:v>4912</x:v>
+      </x:c>
+      <x:c r="BC35" s="3" t="n">
+        <x:v>4845</x:v>
+      </x:c>
+      <x:c r="BD35" s="3" t="n">
+        <x:v>5165</x:v>
+      </x:c>
+      <x:c r="BE35" s="3" t="n">
+        <x:v>5413</x:v>
+      </x:c>
+      <x:c r="BF35" s="3" t="n">
+        <x:v>5129</x:v>
+      </x:c>
+      <x:c r="BG35" s="3" t="n">
+        <x:v>5479</x:v>
+      </x:c>
+      <x:c r="BH35" s="3" t="n">
+        <x:v>5568</x:v>
+      </x:c>
+      <x:c r="BI35" s="3" t="n">
+        <x:v>6022</x:v>
+      </x:c>
+      <x:c r="BJ35" s="3" t="n">
+        <x:v>5827</x:v>
+      </x:c>
+      <x:c r="BK35" s="3" t="n">
+        <x:v>5471</x:v>
+      </x:c>
+      <x:c r="BL35" s="3" t="n">
+        <x:v>6378</x:v>
+      </x:c>
+      <x:c r="BM35" s="3" t="n">
+        <x:v>5939</x:v>
+      </x:c>
+      <x:c r="BN35" s="3" t="n">
+        <x:v>5647</x:v>
+      </x:c>
+      <x:c r="BO35" s="3" t="n">
+        <x:v>5580</x:v>
+      </x:c>
+      <x:c r="BP35" s="3" t="n">
+        <x:v>5824</x:v>
+      </x:c>
+      <x:c r="BQ35" s="3" t="n">
+        <x:v>6348</x:v>
+      </x:c>
+      <x:c r="BR35" s="3" t="n">
+        <x:v>5700</x:v>
+      </x:c>
+      <x:c r="BS35" s="3" t="n">
+        <x:v>5715</x:v>
+      </x:c>
+      <x:c r="BT35" s="3" t="n">
+        <x:v>5936</x:v>
+      </x:c>
+      <x:c r="BU35" s="3" t="n">
+        <x:v>6409</x:v>
+      </x:c>
+      <x:c r="BV35" s="3" t="n">
+        <x:v>5444</x:v>
+      </x:c>
+      <x:c r="BW35" s="3" t="n">
+        <x:v>5464</x:v>
+      </x:c>
+      <x:c r="BX35" s="3" t="n">
+        <x:v>5618</x:v>
+      </x:c>
+      <x:c r="BY35" s="3" t="n">
+        <x:v>5928</x:v>
+      </x:c>
+      <x:c r="BZ35" s="3" t="n">
+        <x:v>5726</x:v>
+      </x:c>
+      <x:c r="CA35" s="3" t="n">
+        <x:v>5922</x:v>
+      </x:c>
+      <x:c r="CB35" s="3" t="n">
+        <x:v>6074</x:v>
+      </x:c>
+      <x:c r="CC35" s="3" t="n">
+        <x:v>6461</x:v>
+      </x:c>
+      <x:c r="CD35" s="3" t="n">
+        <x:v>6468</x:v>
+      </x:c>
+      <x:c r="CE35" s="3" t="n">
+        <x:v>6839</x:v>
+      </x:c>
+      <x:c r="CF35" s="3" t="n">
+        <x:v>7036</x:v>
+      </x:c>
+      <x:c r="CG35" s="3" t="n">
+        <x:v>7506</x:v>
+      </x:c>
+      <x:c r="CH35" s="3" t="n">
+        <x:v>6363</x:v>
+      </x:c>
+      <x:c r="CI35" s="3" t="n">
+        <x:v>6871</x:v>
+      </x:c>
+      <x:c r="CJ35" s="3" t="n">
+        <x:v>7188</x:v>
+      </x:c>
+      <x:c r="CK35" s="3" t="n">
+        <x:v>7697</x:v>
+      </x:c>
+      <x:c r="CL35" s="3" t="n">
+        <x:v>6510</x:v>
+      </x:c>
+      <x:c r="CM35" s="3" t="n">
+        <x:v>6798</x:v>
+      </x:c>
+      <x:c r="CN35" s="3" t="n">
+        <x:v>6901</x:v>
+      </x:c>
+      <x:c r="CO35" s="3" t="n">
+        <x:v>7385</x:v>
+      </x:c>
+      <x:c r="CP35" s="3" t="n">
+        <x:v>5991</x:v>
+      </x:c>
+      <x:c r="CQ35" s="3" t="n">
+        <x:v>6337</x:v>
+      </x:c>
+      <x:c r="CR35" s="3" t="n">
+        <x:v>6217</x:v>
+      </x:c>
+      <x:c r="CS35" s="3" t="n">
+        <x:v>6561</x:v>
+      </x:c>
+      <x:c r="CT35" s="3" t="n">
+        <x:v>6192</x:v>
+      </x:c>
+      <x:c r="CU35" s="3" t="n">
+        <x:v>6308</x:v>
+      </x:c>
+      <x:c r="CV35" s="3" t="n">
+        <x:v>6103</x:v>
+      </x:c>
+      <x:c r="CW35" s="3" t="n">
+        <x:v>6370</x:v>
+      </x:c>
+      <x:c r="CX35" s="3" t="n">
+        <x:v>6263</x:v>
+      </x:c>
+      <x:c r="CY35" s="3" t="n">
+        <x:v>5916</x:v>
+      </x:c>
+      <x:c r="CZ35" s="3" t="n">
+        <x:v>6147</x:v>
+      </x:c>
+      <x:c r="DA35" s="3" t="n">
+        <x:v>6661</x:v>
+      </x:c>
+      <x:c r="DB35" s="3" t="n">
+        <x:v>6113</x:v>
+      </x:c>
+      <x:c r="DC35" s="3" t="n">
+        <x:v>6024</x:v>
+      </x:c>
+      <x:c r="DD35" s="3" t="n">
+        <x:v>6172</x:v>
+      </x:c>
+      <x:c r="DE35" s="3" t="n">
+        <x:v>6527</x:v>
+      </x:c>
+      <x:c r="DF35" s="3" t="n">
+        <x:v>6155</x:v>
+      </x:c>
+      <x:c r="DG35" s="3" t="n">
+        <x:v>6320</x:v>
+      </x:c>
+      <x:c r="DH35" s="3" t="n">
+        <x:v>6309</x:v>
+      </x:c>
+      <x:c r="DI35" s="3" t="n">
+        <x:v>6706</x:v>
+      </x:c>
+      <x:c r="DJ35" s="3" t="n">
+        <x:v>5421</x:v>
+      </x:c>
+      <x:c r="DK35" s="3" t="n">
+        <x:v>5320</x:v>
+      </x:c>
+      <x:c r="DL35" s="3" t="n">
+        <x:v>5634</x:v>
+      </x:c>
+      <x:c r="DM35" s="3" t="n">
+        <x:v>6427</x:v>
+      </x:c>
+      <x:c r="DN35" s="3" t="n">
+        <x:v>5477</x:v>
+      </x:c>
+      <x:c r="DO35" s="3" t="n">
+        <x:v>5379</x:v>
+      </x:c>
+      <x:c r="DP35" s="3" t="n">
+        <x:v>5484</x:v>
+      </x:c>
+      <x:c r="DQ35" s="3" t="n">
+        <x:v>5978</x:v>
+      </x:c>
+      <x:c r="DR35" s="3" t="n">
+        <x:v>5551</x:v>
+      </x:c>
+      <x:c r="DS35" s="3" t="n">
+        <x:v>5768</x:v>
+      </x:c>
+      <x:c r="DT35" s="3" t="n">
+        <x:v>5170</x:v>
+      </x:c>
+      <x:c r="DU35" s="3" t="n">
+        <x:v>6185</x:v>
+      </x:c>
+      <x:c r="DV35" s="3" t="n">
+        <x:v>5356</x:v>
+      </x:c>
+      <x:c r="DW35" s="3" t="n">
+        <x:v>5365</x:v>
+      </x:c>
+      <x:c r="DX35" s="3" t="n">
+        <x:v>4888</x:v>
+      </x:c>
+      <x:c r="DY35" s="3" t="n">
+        <x:v>5577</x:v>
+      </x:c>
+      <x:c r="DZ35" s="3" t="n">
+        <x:v>5176</x:v>
+      </x:c>
+      <x:c r="EA35" s="3" t="n">
+        <x:v>5299</x:v>
+      </x:c>
+      <x:c r="EB35" s="3" t="n">
+        <x:v>4815</x:v>
+      </x:c>
+      <x:c r="EC35" s="3" t="n">
+        <x:v>5759</x:v>
+      </x:c>
+      <x:c r="ED35" s="3" t="n">
+        <x:v>5156</x:v>
+      </x:c>
+      <x:c r="EE35" s="3" t="n">
+        <x:v>5156</x:v>
+      </x:c>
+      <x:c r="EF35" s="3" t="n">
+        <x:v>4909</x:v>
+      </x:c>
+      <x:c r="EG35" s="3" t="n">
+        <x:v>5551</x:v>
+      </x:c>
+      <x:c r="EH35" s="3" t="n">
+        <x:v>5329</x:v>
+      </x:c>
+      <x:c r="EI35" s="3" t="n">
+        <x:v>4949</x:v>
+      </x:c>
+      <x:c r="EJ35" s="3" t="n">
+        <x:v>4631</x:v>
+      </x:c>
+      <x:c r="EK35" s="3" t="n">
+        <x:v>5267</x:v>
+      </x:c>
+      <x:c r="EL35" s="3" t="n">
+        <x:v>5626</x:v>
+      </x:c>
+      <x:c r="EM35" s="3" t="n">
+        <x:v>5473</x:v>
+      </x:c>
+      <x:c r="EN35" s="3" t="n">
+        <x:v>5050</x:v>
+      </x:c>
+      <x:c r="EO35" s="3" t="n">
+        <x:v>5734</x:v>
+      </x:c>
+      <x:c r="EP35" s="3" t="n">
+        <x:v>5648</x:v>
+      </x:c>
+      <x:c r="EQ35" s="3" t="n">
+        <x:v>5149</x:v>
+      </x:c>
+      <x:c r="ER35" s="3" t="n">
+        <x:v>4853</x:v>
+      </x:c>
+      <x:c r="ES35" s="3" t="n">
+        <x:v>5695</x:v>
+      </x:c>
+      <x:c r="ET35" s="3" t="n">
+        <x:v>5760</x:v>
+      </x:c>
+      <x:c r="EU35" s="3" t="n">
+        <x:v>5395</x:v>
+      </x:c>
+      <x:c r="EV35" s="3" t="n">
+        <x:v>5035</x:v>
+      </x:c>
+      <x:c r="EW35" s="3" t="n">
+        <x:v>5782</x:v>
+      </x:c>
+      <x:c r="EX35" s="3" t="n">
+        <x:v>5358</x:v>
+      </x:c>
+      <x:c r="EY35" s="3" t="n">
+        <x:v>5472</x:v>
+      </x:c>
+      <x:c r="EZ35" s="3" t="n">
+        <x:v>4937</x:v>
+      </x:c>
+      <x:c r="FA35" s="3" t="n">
+        <x:v>5401</x:v>
+      </x:c>
+      <x:c r="FB35" s="3" t="n">
+        <x:v>5337</x:v>
+      </x:c>
+      <x:c r="FC35" s="3" t="n">
+        <x:v>4682</x:v>
+      </x:c>
+      <x:c r="FD35" s="3" t="n">
+        <x:v>4641</x:v>
+      </x:c>
+      <x:c r="FE35" s="3" t="n">
+        <x:v>5255</x:v>
+      </x:c>
+      <x:c r="FF35" s="3" t="n">
+        <x:v>4974</x:v>
+      </x:c>
+      <x:c r="FG35" s="3" t="n">
+        <x:v>5015</x:v>
+      </x:c>
+      <x:c r="FH35" s="3" t="n">
+        <x:v>4689</x:v>
+      </x:c>
+      <x:c r="FI35" s="3" t="n">
+        <x:v>5408</x:v>
+      </x:c>
+      <x:c r="FJ35" s="3" t="n">
+        <x:v>5349</x:v>
+      </x:c>
+      <x:c r="FK35" s="3" t="n">
+        <x:v>4856</x:v>
+      </x:c>
+      <x:c r="FL35" s="3" t="n">
+        <x:v>4790</x:v>
+      </x:c>
+      <x:c r="FM35" s="3" t="n">
+        <x:v>5435</x:v>
+      </x:c>
+      <x:c r="FN35" s="3" t="n">
+        <x:v>5254</x:v>
+      </x:c>
+      <x:c r="FO35" s="3" t="n">
+        <x:v>5197</x:v>
+      </x:c>
+      <x:c r="FP35" s="3" t="n">
+        <x:v>4827</x:v>
+      </x:c>
+      <x:c r="FQ35" s="3" t="n">
+        <x:v>5828</x:v>
+      </x:c>
+      <x:c r="FR35" s="3" t="n">
+        <x:v>6137</x:v>
+      </x:c>
+      <x:c r="FS35" s="3" t="n">
+        <x:v>5550</x:v>
+      </x:c>
+      <x:c r="FT35" s="3" t="n">
+        <x:v>5345</x:v>
+      </x:c>
+      <x:c r="FU35" s="3" t="n">
+        <x:v>6432</x:v>
+      </x:c>
+      <x:c r="FV35" s="3" t="n">
+        <x:v>5988</x:v>
+      </x:c>
+      <x:c r="FW35" s="3" t="n">
+        <x:v>5279</x:v>
+      </x:c>
+      <x:c r="FX35" s="3" t="n">
+        <x:v>5083</x:v>
+      </x:c>
+      <x:c r="FY35" s="3" t="n">
+        <x:v>6044</x:v>
+      </x:c>
+      <x:c r="FZ35" s="3" t="n">
+        <x:v>5779</x:v>
+      </x:c>
+      <x:c r="GA35" s="3" t="n">
+        <x:v>5015</x:v>
+      </x:c>
+      <x:c r="GB35" s="3" t="n">
+        <x:v>4886</x:v>
+      </x:c>
+      <x:c r="GC35" s="3" t="n">
+        <x:v>5581</x:v>
+      </x:c>
+      <x:c r="GD35" s="3" t="n">
+        <x:v>5115</x:v>
+      </x:c>
+      <x:c r="GE35" s="3" t="n">
+        <x:v>4813</x:v>
+      </x:c>
+      <x:c r="GF35" s="3" t="n">
+        <x:v>4504</x:v>
+      </x:c>
+      <x:c r="GG35" s="3" t="n">
+        <x:v>5005</x:v>
+      </x:c>
+      <x:c r="GH35" s="3" t="n">
+        <x:v>4848</x:v>
+      </x:c>
+      <x:c r="GI35" s="3" t="n">
+        <x:v>4363</x:v>
+      </x:c>
+      <x:c r="GJ35" s="3" t="n">
+        <x:v>4241</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:192">
+      <x:c r="A36" s="2" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="B36" s="3" t="n">
+        <x:v>9113</x:v>
+      </x:c>
+      <x:c r="C36" s="3" t="n">
+        <x:v>11250</x:v>
+      </x:c>
+      <x:c r="D36" s="3" t="n">
+        <x:v>12508</x:v>
+      </x:c>
+      <x:c r="E36" s="3" t="n">
+        <x:v>11056</x:v>
+      </x:c>
+      <x:c r="F36" s="3" t="n">
+        <x:v>9414</x:v>
+      </x:c>
+      <x:c r="G36" s="3" t="n">
+        <x:v>11699</x:v>
+      </x:c>
+      <x:c r="H36" s="3" t="n">
+        <x:v>13073</x:v>
+      </x:c>
+      <x:c r="I36" s="3" t="n">
+        <x:v>11550</x:v>
+      </x:c>
+      <x:c r="J36" s="3" t="n">
+        <x:v>10430</x:v>
+      </x:c>
+      <x:c r="K36" s="3" t="n">
+        <x:v>12508</x:v>
+      </x:c>
+      <x:c r="L36" s="3" t="n">
+        <x:v>13522</x:v>
+      </x:c>
+      <x:c r="M36" s="3" t="n">
+        <x:v>11828</x:v>
+      </x:c>
+      <x:c r="N36" s="3" t="n">
+        <x:v>10186</x:v>
+      </x:c>
+      <x:c r="O36" s="3" t="n">
+        <x:v>12441</x:v>
+      </x:c>
+      <x:c r="P36" s="3" t="n">
+        <x:v>13192</x:v>
+      </x:c>
+      <x:c r="Q36" s="3" t="n">
+        <x:v>11353</x:v>
+      </x:c>
+      <x:c r="R36" s="3" t="n">
+        <x:v>9848</x:v>
+      </x:c>
+      <x:c r="S36" s="3" t="n">
+        <x:v>11768</x:v>
+      </x:c>
+      <x:c r="T36" s="3" t="n">
+        <x:v>12873</x:v>
+      </x:c>
+      <x:c r="U36" s="3" t="n">
+        <x:v>11025</x:v>
+      </x:c>
+      <x:c r="V36" s="3" t="n">
+        <x:v>9721</x:v>
+      </x:c>
+      <x:c r="W36" s="3" t="n">
+        <x:v>11951</x:v>
+      </x:c>
+      <x:c r="X36" s="3" t="n">
+        <x:v>13395</x:v>
+      </x:c>
+      <x:c r="Y36" s="3" t="n">
+        <x:v>11706</x:v>
+      </x:c>
+      <x:c r="Z36" s="3" t="n">
+        <x:v>10451</x:v>
+      </x:c>
+      <x:c r="AA36" s="3" t="n">
+        <x:v>12586</x:v>
+      </x:c>
+      <x:c r="AB36" s="3" t="n">
+        <x:v>14162</x:v>
+      </x:c>
+      <x:c r="AC36" s="3" t="n">
+        <x:v>12435</x:v>
+      </x:c>
+      <x:c r="AD36" s="3" t="n">
+        <x:v>10913</x:v>
+      </x:c>
+      <x:c r="AE36" s="3" t="n">
+        <x:v>13432</x:v>
+      </x:c>
+      <x:c r="AF36" s="3" t="n">
+        <x:v>15751</x:v>
+      </x:c>
+      <x:c r="AG36" s="3" t="n">
+        <x:v>12676</x:v>
+      </x:c>
+      <x:c r="AH36" s="3" t="n">
+        <x:v>12541</x:v>
+      </x:c>
+      <x:c r="AI36" s="3" t="n">
+        <x:v>14853</x:v>
+      </x:c>
+      <x:c r="AJ36" s="3" t="n">
+        <x:v>16954</x:v>
+      </x:c>
+      <x:c r="AK36" s="3" t="n">
+        <x:v>14068</x:v>
+      </x:c>
+      <x:c r="AL36" s="3" t="n">
+        <x:v>12611</x:v>
+      </x:c>
+      <x:c r="AM36" s="3" t="n">
+        <x:v>15437</x:v>
+      </x:c>
+      <x:c r="AN36" s="3" t="n">
+        <x:v>18171</x:v>
+      </x:c>
+      <x:c r="AO36" s="3" t="n">
+        <x:v>15203</x:v>
+      </x:c>
+      <x:c r="AP36" s="3" t="n">
+        <x:v>12868</x:v>
+      </x:c>
+      <x:c r="AQ36" s="3" t="n">
+        <x:v>15211</x:v>
+      </x:c>
+      <x:c r="AR36" s="3" t="n">
+        <x:v>17441</x:v>
+      </x:c>
+      <x:c r="AS36" s="3" t="n">
+        <x:v>14669</x:v>
+      </x:c>
+      <x:c r="AT36" s="3" t="n">
+        <x:v>12033</x:v>
+      </x:c>
+      <x:c r="AU36" s="3" t="n">
+        <x:v>14551</x:v>
+      </x:c>
+      <x:c r="AV36" s="3" t="n">
+        <x:v>16887</x:v>
+      </x:c>
+      <x:c r="AW36" s="3" t="n">
+        <x:v>14168</x:v>
+      </x:c>
+      <x:c r="AX36" s="3" t="n">
+        <x:v>12117</x:v>
+      </x:c>
+      <x:c r="AY36" s="3" t="n">
+        <x:v>14640</x:v>
+      </x:c>
+      <x:c r="AZ36" s="3" t="n">
+        <x:v>16869</x:v>
+      </x:c>
+      <x:c r="BA36" s="3" t="n">
+        <x:v>13937</x:v>
+      </x:c>
+      <x:c r="BB36" s="3" t="n">
+        <x:v>12588</x:v>
+      </x:c>
+      <x:c r="BC36" s="3" t="n">
+        <x:v>15292</x:v>
+      </x:c>
+      <x:c r="BD36" s="3" t="n">
+        <x:v>17706</x:v>
+      </x:c>
+      <x:c r="BE36" s="3" t="n">
+        <x:v>14699</x:v>
+      </x:c>
+      <x:c r="BF36" s="3" t="n">
+        <x:v>12986</x:v>
+      </x:c>
+      <x:c r="BG36" s="3" t="n">
+        <x:v>15552</x:v>
+      </x:c>
+      <x:c r="BH36" s="3" t="n">
+        <x:v>18319</x:v>
+      </x:c>
+      <x:c r="BI36" s="3" t="n">
+        <x:v>14984</x:v>
+      </x:c>
+      <x:c r="BJ36" s="3" t="n">
+        <x:v>12797</x:v>
+      </x:c>
+      <x:c r="BK36" s="3" t="n">
+        <x:v>15616</x:v>
+      </x:c>
+      <x:c r="BL36" s="3" t="n">
+        <x:v>18502</x:v>
+      </x:c>
+      <x:c r="BM36" s="3" t="n">
+        <x:v>15052</x:v>
+      </x:c>
+      <x:c r="BN36" s="3" t="n">
+        <x:v>13613</x:v>
+      </x:c>
+      <x:c r="BO36" s="3" t="n">
+        <x:v>16721</x:v>
+      </x:c>
+      <x:c r="BP36" s="3" t="n">
+        <x:v>19548</x:v>
+      </x:c>
+      <x:c r="BQ36" s="3" t="n">
+        <x:v>15947</x:v>
+      </x:c>
+      <x:c r="BR36" s="3" t="n">
+        <x:v>14569</x:v>
+      </x:c>
+      <x:c r="BS36" s="3" t="n">
+        <x:v>17606</x:v>
+      </x:c>
+      <x:c r="BT36" s="3" t="n">
+        <x:v>20450</x:v>
+      </x:c>
+      <x:c r="BU36" s="3" t="n">
+        <x:v>16941</x:v>
+      </x:c>
+      <x:c r="BV36" s="3" t="n">
+        <x:v>15592</x:v>
+      </x:c>
+      <x:c r="BW36" s="3" t="n">
+        <x:v>18748</x:v>
+      </x:c>
+      <x:c r="BX36" s="3" t="n">
+        <x:v>21669</x:v>
+      </x:c>
+      <x:c r="BY36" s="3" t="n">
+        <x:v>18106</x:v>
+      </x:c>
+      <x:c r="BZ36" s="3" t="n">
+        <x:v>16092</x:v>
+      </x:c>
+      <x:c r="CA36" s="3" t="n">
+        <x:v>19733</x:v>
+      </x:c>
+      <x:c r="CB36" s="3" t="n">
+        <x:v>23110</x:v>
+      </x:c>
+      <x:c r="CC36" s="3" t="n">
+        <x:v>19841</x:v>
+      </x:c>
+      <x:c r="CD36" s="3" t="n">
+        <x:v>17184</x:v>
+      </x:c>
+      <x:c r="CE36" s="3" t="n">
+        <x:v>20431</x:v>
+      </x:c>
+      <x:c r="CF36" s="3" t="n">
+        <x:v>23955</x:v>
+      </x:c>
+      <x:c r="CG36" s="3" t="n">
+        <x:v>20635</x:v>
+      </x:c>
+      <x:c r="CH36" s="3" t="n">
+        <x:v>17756</x:v>
+      </x:c>
+      <x:c r="CI36" s="3" t="n">
+        <x:v>21457</x:v>
+      </x:c>
+      <x:c r="CJ36" s="3" t="n">
+        <x:v>24761</x:v>
+      </x:c>
+      <x:c r="CK36" s="3" t="n">
+        <x:v>21095</x:v>
+      </x:c>
+      <x:c r="CL36" s="3" t="n">
+        <x:v>18080</x:v>
+      </x:c>
+      <x:c r="CM36" s="3" t="n">
+        <x:v>20896</x:v>
+      </x:c>
+      <x:c r="CN36" s="3" t="n">
+        <x:v>24525</x:v>
+      </x:c>
+      <x:c r="CO36" s="3" t="n">
+        <x:v>21021</x:v>
+      </x:c>
+      <x:c r="CP36" s="3" t="n">
+        <x:v>18418</x:v>
+      </x:c>
+      <x:c r="CQ36" s="3" t="n">
+        <x:v>21672</x:v>
+      </x:c>
+      <x:c r="CR36" s="3" t="n">
+        <x:v>22893</x:v>
+      </x:c>
+      <x:c r="CS36" s="3" t="n">
+        <x:v>19913</x:v>
+      </x:c>
+      <x:c r="CT36" s="3" t="n">
+        <x:v>18330</x:v>
+      </x:c>
+      <x:c r="CU36" s="3" t="n">
+        <x:v>21584</x:v>
+      </x:c>
+      <x:c r="CV36" s="3" t="n">
+        <x:v>22828</x:v>
+      </x:c>
+      <x:c r="CW36" s="3" t="n">
+        <x:v>20302</x:v>
+      </x:c>
+      <x:c r="CX36" s="3" t="n">
+        <x:v>17867</x:v>
+      </x:c>
+      <x:c r="CY36" s="3" t="n">
+        <x:v>20979</x:v>
+      </x:c>
+      <x:c r="CZ36" s="3" t="n">
+        <x:v>22929</x:v>
+      </x:c>
+      <x:c r="DA36" s="3" t="n">
+        <x:v>20368</x:v>
+      </x:c>
+      <x:c r="DB36" s="3" t="n">
+        <x:v>18102</x:v>
+      </x:c>
+      <x:c r="DC36" s="3" t="n">
+        <x:v>21208</x:v>
+      </x:c>
+      <x:c r="DD36" s="3" t="n">
+        <x:v>23196</x:v>
+      </x:c>
+      <x:c r="DE36" s="3" t="n">
+        <x:v>19949</x:v>
+      </x:c>
+      <x:c r="DF36" s="3" t="n">
+        <x:v>17331</x:v>
+      </x:c>
+      <x:c r="DG36" s="3" t="n">
+        <x:v>21511</x:v>
+      </x:c>
+      <x:c r="DH36" s="3" t="n">
+        <x:v>24464</x:v>
+      </x:c>
+      <x:c r="DI36" s="3" t="n">
+        <x:v>21230</x:v>
+      </x:c>
+      <x:c r="DJ36" s="3" t="n">
+        <x:v>18697</x:v>
+      </x:c>
+      <x:c r="DK36" s="3" t="n">
+        <x:v>22670</x:v>
+      </x:c>
+      <x:c r="DL36" s="3" t="n">
+        <x:v>25508</x:v>
+      </x:c>
+      <x:c r="DM36" s="3" t="n">
+        <x:v>23153</x:v>
+      </x:c>
+      <x:c r="DN36" s="3" t="n">
+        <x:v>20385</x:v>
+      </x:c>
+      <x:c r="DO36" s="3" t="n">
+        <x:v>24658</x:v>
+      </x:c>
+      <x:c r="DP36" s="3" t="n">
+        <x:v>26689</x:v>
+      </x:c>
+      <x:c r="DQ36" s="3" t="n">
+        <x:v>23881</x:v>
+      </x:c>
+      <x:c r="DR36" s="3" t="n">
+        <x:v>21383</x:v>
+      </x:c>
+      <x:c r="DS36" s="3" t="n">
+        <x:v>25539</x:v>
+      </x:c>
+      <x:c r="DT36" s="3" t="n">
+        <x:v>26980</x:v>
+      </x:c>
+      <x:c r="DU36" s="3" t="n">
+        <x:v>23624</x:v>
+      </x:c>
+      <x:c r="DV36" s="3" t="n">
+        <x:v>20778</x:v>
+      </x:c>
+      <x:c r="DW36" s="3" t="n">
+        <x:v>24534</x:v>
+      </x:c>
+      <x:c r="DX36" s="3" t="n">
+        <x:v>26332</x:v>
+      </x:c>
+      <x:c r="DY36" s="3" t="n">
+        <x:v>23325</x:v>
+      </x:c>
+      <x:c r="DZ36" s="3" t="n">
+        <x:v>20335</x:v>
+      </x:c>
+      <x:c r="EA36" s="3" t="n">
+        <x:v>24960</x:v>
+      </x:c>
+      <x:c r="EB36" s="3" t="n">
+        <x:v>27233</x:v>
+      </x:c>
+      <x:c r="EC36" s="3" t="n">
+        <x:v>23503</x:v>
+      </x:c>
+      <x:c r="ED36" s="3" t="n">
+        <x:v>21428</x:v>
+      </x:c>
+      <x:c r="EE36" s="3" t="n">
+        <x:v>25590</x:v>
+      </x:c>
+      <x:c r="EF36" s="3" t="n">
+        <x:v>27692</x:v>
+      </x:c>
+      <x:c r="EG36" s="3" t="n">
+        <x:v>24940</x:v>
+      </x:c>
+      <x:c r="EH36" s="3" t="n">
+        <x:v>22524</x:v>
+      </x:c>
+      <x:c r="EI36" s="3" t="n">
+        <x:v>26252</x:v>
+      </x:c>
+      <x:c r="EJ36" s="3" t="n">
+        <x:v>28669</x:v>
+      </x:c>
+      <x:c r="EK36" s="3" t="n">
+        <x:v>26024</x:v>
+      </x:c>
+      <x:c r="EL36" s="3" t="n">
+        <x:v>22841</x:v>
+      </x:c>
+      <x:c r="EM36" s="3" t="n">
+        <x:v>27688</x:v>
+      </x:c>
+      <x:c r="EN36" s="3" t="n">
+        <x:v>29351</x:v>
+      </x:c>
+      <x:c r="EO36" s="3" t="n">
+        <x:v>26600</x:v>
+      </x:c>
+      <x:c r="EP36" s="3" t="n">
+        <x:v>23124</x:v>
+      </x:c>
+      <x:c r="EQ36" s="3" t="n">
+        <x:v>28081</x:v>
+      </x:c>
+      <x:c r="ER36" s="3" t="n">
+        <x:v>30527</x:v>
+      </x:c>
+      <x:c r="ES36" s="3" t="n">
+        <x:v>27229</x:v>
+      </x:c>
+      <x:c r="ET36" s="3" t="n">
+        <x:v>23697</x:v>
+      </x:c>
+      <x:c r="EU36" s="3" t="n">
+        <x:v>28574</x:v>
+      </x:c>
+      <x:c r="EV36" s="3" t="n">
+        <x:v>31864</x:v>
+      </x:c>
+      <x:c r="EW36" s="3" t="n">
+        <x:v>29401</x:v>
+      </x:c>
+      <x:c r="EX36" s="3" t="n">
+        <x:v>26080</x:v>
+      </x:c>
+      <x:c r="EY36" s="3" t="n">
+        <x:v>29548</x:v>
+      </x:c>
+      <x:c r="EZ36" s="3" t="n">
+        <x:v>32410</x:v>
+      </x:c>
+      <x:c r="FA36" s="3" t="n">
+        <x:v>27524</x:v>
+      </x:c>
+      <x:c r="FB36" s="3" t="n">
+        <x:v>26930</x:v>
+      </x:c>
+      <x:c r="FC36" s="3" t="n">
+        <x:v>29504</x:v>
+      </x:c>
+      <x:c r="FD36" s="3" t="n">
+        <x:v>32980</x:v>
+      </x:c>
+      <x:c r="FE36" s="3" t="n">
+        <x:v>28074</x:v>
+      </x:c>
+      <x:c r="FF36" s="3" t="n">
+        <x:v>26738</x:v>
+      </x:c>
+      <x:c r="FG36" s="3" t="n">
+        <x:v>30349</x:v>
+      </x:c>
+      <x:c r="FH36" s="3" t="n">
+        <x:v>33025</x:v>
+      </x:c>
+      <x:c r="FI36" s="3" t="n">
+        <x:v>28336</x:v>
+      </x:c>
+      <x:c r="FJ36" s="3" t="n">
+        <x:v>27743</x:v>
+      </x:c>
+      <x:c r="FK36" s="3" t="n">
+        <x:v>30844</x:v>
+      </x:c>
+      <x:c r="FL36" s="3" t="n">
+        <x:v>34726</x:v>
+      </x:c>
+      <x:c r="FM36" s="3" t="n">
+        <x:v>29861</x:v>
+      </x:c>
+      <x:c r="FN36" s="3" t="n">
+        <x:v>27542</x:v>
+      </x:c>
+      <x:c r="FO36" s="3" t="n">
+        <x:v>14017</x:v>
+      </x:c>
+      <x:c r="FP36" s="3" t="n">
+        <x:v>27457</x:v>
+      </x:c>
+      <x:c r="FQ36" s="3" t="n">
+        <x:v>20171</x:v>
+      </x:c>
+      <x:c r="FR36" s="3" t="n">
+        <x:v>16293</x:v>
+      </x:c>
+      <x:c r="FS36" s="3" t="n">
+        <x:v>20340</x:v>
+      </x:c>
+      <x:c r="FT36" s="3" t="n">
+        <x:v>34476</x:v>
+      </x:c>
+      <x:c r="FU36" s="3" t="n">
+        <x:v>29678</x:v>
+      </x:c>
+      <x:c r="FV36" s="3" t="n">
+        <x:v>26302</x:v>
+      </x:c>
+      <x:c r="FW36" s="3" t="n">
+        <x:v>34963</x:v>
+      </x:c>
+      <x:c r="FX36" s="3" t="n">
+        <x:v>38763</x:v>
+      </x:c>
+      <x:c r="FY36" s="3" t="n">
+        <x:v>32746</x:v>
+      </x:c>
+      <x:c r="FZ36" s="3" t="n">
+        <x:v>31011</x:v>
+      </x:c>
+      <x:c r="GA36" s="3" t="n">
+        <x:v>34647</x:v>
+      </x:c>
+      <x:c r="GB36" s="3" t="n">
+        <x:v>39018</x:v>
+      </x:c>
+      <x:c r="GC36" s="3" t="n">
+        <x:v>32465</x:v>
+      </x:c>
+      <x:c r="GD36" s="3" t="n">
+        <x:v>31086</x:v>
+      </x:c>
+      <x:c r="GE36" s="3" t="n">
+        <x:v>35364</x:v>
+      </x:c>
+      <x:c r="GF36" s="3" t="n">
+        <x:v>39803</x:v>
+      </x:c>
+      <x:c r="GG36" s="3" t="n">
+        <x:v>33083</x:v>
+      </x:c>
+      <x:c r="GH36" s="3" t="n">
+        <x:v>32498</x:v>
+      </x:c>
+      <x:c r="GI36" s="3" t="n">
+        <x:v>36555</x:v>
+      </x:c>
+      <x:c r="GJ36" s="3" t="n">
+        <x:v>41690</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:192">
+      <x:c r="A37" s="2" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="B37" s="3" t="n">
+        <x:v>7288</x:v>
+      </x:c>
+      <x:c r="C37" s="3" t="n">
+        <x:v>7244</x:v>
+      </x:c>
+      <x:c r="D37" s="3" t="n">
+        <x:v>6641</x:v>
+      </x:c>
+      <x:c r="E37" s="3" t="n">
+        <x:v>7688</x:v>
+      </x:c>
+      <x:c r="F37" s="3" t="n">
+        <x:v>8125</x:v>
+      </x:c>
+      <x:c r="G37" s="3" t="n">
+        <x:v>7460</x:v>
+      </x:c>
+      <x:c r="H37" s="3" t="n">
+        <x:v>7058</x:v>
+      </x:c>
+      <x:c r="I37" s="3" t="n">
+        <x:v>8054</x:v>
+      </x:c>
+      <x:c r="J37" s="3" t="n">
+        <x:v>8601</x:v>
+      </x:c>
+      <x:c r="K37" s="3" t="n">
+        <x:v>7867</x:v>
+      </x:c>
+      <x:c r="L37" s="3" t="n">
+        <x:v>7463</x:v>
+      </x:c>
+      <x:c r="M37" s="3" t="n">
+        <x:v>8525</x:v>
+      </x:c>
+      <x:c r="N37" s="3" t="n">
+        <x:v>8861</x:v>
+      </x:c>
+      <x:c r="O37" s="3" t="n">
+        <x:v>8142</x:v>
+      </x:c>
+      <x:c r="P37" s="3" t="n">
+        <x:v>7780</x:v>
+      </x:c>
+      <x:c r="Q37" s="3" t="n">
+        <x:v>8764</x:v>
+      </x:c>
+      <x:c r="R37" s="3" t="n">
+        <x:v>8884</x:v>
+      </x:c>
+      <x:c r="S37" s="3" t="n">
+        <x:v>8300</x:v>
+      </x:c>
+      <x:c r="T37" s="3" t="n">
+        <x:v>7835</x:v>
+      </x:c>
+      <x:c r="U37" s="3" t="n">
+        <x:v>8928</x:v>
+      </x:c>
+      <x:c r="V37" s="3" t="n">
+        <x:v>9526</x:v>
+      </x:c>
+      <x:c r="W37" s="3" t="n">
+        <x:v>9169</x:v>
+      </x:c>
+      <x:c r="X37" s="3" t="n">
+        <x:v>8635</x:v>
+      </x:c>
+      <x:c r="Y37" s="3" t="n">
+        <x:v>9761</x:v>
+      </x:c>
+      <x:c r="Z37" s="3" t="n">
+        <x:v>10459</x:v>
+      </x:c>
+      <x:c r="AA37" s="3" t="n">
+        <x:v>9665</x:v>
+      </x:c>
+      <x:c r="AB37" s="3" t="n">
+        <x:v>9400</x:v>
+      </x:c>
+      <x:c r="AC37" s="3" t="n">
+        <x:v>10734</x:v>
+      </x:c>
+      <x:c r="AD37" s="3" t="n">
+        <x:v>11792</x:v>
+      </x:c>
+      <x:c r="AE37" s="3" t="n">
+        <x:v>10869</x:v>
+      </x:c>
+      <x:c r="AF37" s="3" t="n">
+        <x:v>10593</x:v>
+      </x:c>
+      <x:c r="AG37" s="3" t="n">
+        <x:v>11877</x:v>
+      </x:c>
+      <x:c r="AH37" s="3" t="n">
+        <x:v>12044</x:v>
+      </x:c>
+      <x:c r="AI37" s="3" t="n">
+        <x:v>12498</x:v>
+      </x:c>
+      <x:c r="AJ37" s="3" t="n">
+        <x:v>11650</x:v>
+      </x:c>
+      <x:c r="AK37" s="3" t="n">
+        <x:v>12937</x:v>
+      </x:c>
+      <x:c r="AL37" s="3" t="n">
+        <x:v>13184</x:v>
+      </x:c>
+      <x:c r="AM37" s="3" t="n">
+        <x:v>12797</x:v>
+      </x:c>
+      <x:c r="AN37" s="3" t="n">
+        <x:v>12044</x:v>
+      </x:c>
+      <x:c r="AO37" s="3" t="n">
+        <x:v>13920</x:v>
+      </x:c>
+      <x:c r="AP37" s="3" t="n">
+        <x:v>14112</x:v>
+      </x:c>
+      <x:c r="AQ37" s="3" t="n">
+        <x:v>13394</x:v>
+      </x:c>
+      <x:c r="AR37" s="3" t="n">
+        <x:v>12611</x:v>
+      </x:c>
+      <x:c r="AS37" s="3" t="n">
+        <x:v>14122</x:v>
+      </x:c>
+      <x:c r="AT37" s="3" t="n">
+        <x:v>13865</x:v>
+      </x:c>
+      <x:c r="AU37" s="3" t="n">
+        <x:v>13680</x:v>
+      </x:c>
+      <x:c r="AV37" s="3" t="n">
+        <x:v>12532</x:v>
+      </x:c>
+      <x:c r="AW37" s="3" t="n">
+        <x:v>14061</x:v>
+      </x:c>
+      <x:c r="AX37" s="3" t="n">
+        <x:v>14781</x:v>
+      </x:c>
+      <x:c r="AY37" s="3" t="n">
+        <x:v>13455</x:v>
+      </x:c>
+      <x:c r="AZ37" s="3" t="n">
+        <x:v>13123</x:v>
+      </x:c>
+      <x:c r="BA37" s="3" t="n">
+        <x:v>14751</x:v>
+      </x:c>
+      <x:c r="BB37" s="3" t="n">
+        <x:v>15213</x:v>
+      </x:c>
+      <x:c r="BC37" s="3" t="n">
+        <x:v>14990</x:v>
+      </x:c>
+      <x:c r="BD37" s="3" t="n">
+        <x:v>14325</x:v>
+      </x:c>
+      <x:c r="BE37" s="3" t="n">
+        <x:v>15638</x:v>
+      </x:c>
+      <x:c r="BF37" s="3" t="n">
+        <x:v>16399</x:v>
+      </x:c>
+      <x:c r="BG37" s="3" t="n">
+        <x:v>15554</x:v>
+      </x:c>
+      <x:c r="BH37" s="3" t="n">
+        <x:v>15242</x:v>
+      </x:c>
+      <x:c r="BI37" s="3" t="n">
+        <x:v>16647</x:v>
+      </x:c>
+      <x:c r="BJ37" s="3" t="n">
+        <x:v>18249</x:v>
+      </x:c>
+      <x:c r="BK37" s="3" t="n">
+        <x:v>17259</x:v>
+      </x:c>
+      <x:c r="BL37" s="3" t="n">
+        <x:v>17304</x:v>
+      </x:c>
+      <x:c r="BM37" s="3" t="n">
+        <x:v>18921</x:v>
+      </x:c>
+      <x:c r="BN37" s="3" t="n">
+        <x:v>20606</x:v>
+      </x:c>
+      <x:c r="BO37" s="3" t="n">
+        <x:v>20250</x:v>
+      </x:c>
+      <x:c r="BP37" s="3" t="n">
+        <x:v>19558</x:v>
+      </x:c>
+      <x:c r="BQ37" s="3" t="n">
+        <x:v>21703</x:v>
+      </x:c>
+      <x:c r="BR37" s="3" t="n">
+        <x:v>23467</x:v>
+      </x:c>
+      <x:c r="BS37" s="3" t="n">
+        <x:v>22200</x:v>
+      </x:c>
+      <x:c r="BT37" s="3" t="n">
+        <x:v>21814</x:v>
+      </x:c>
+      <x:c r="BU37" s="3" t="n">
+        <x:v>24508</x:v>
+      </x:c>
+      <x:c r="BV37" s="3" t="n">
+        <x:v>26521</x:v>
+      </x:c>
+      <x:c r="BW37" s="3" t="n">
+        <x:v>25160</x:v>
+      </x:c>
+      <x:c r="BX37" s="3" t="n">
+        <x:v>25036</x:v>
+      </x:c>
+      <x:c r="BY37" s="3" t="n">
+        <x:v>27628</x:v>
+      </x:c>
+      <x:c r="BZ37" s="3" t="n">
+        <x:v>30401</x:v>
+      </x:c>
+      <x:c r="CA37" s="3" t="n">
+        <x:v>31655</x:v>
+      </x:c>
+      <x:c r="CB37" s="3" t="n">
+        <x:v>30690</x:v>
+      </x:c>
+      <x:c r="CC37" s="3" t="n">
+        <x:v>33928</x:v>
+      </x:c>
+      <x:c r="CD37" s="3" t="n">
+        <x:v>35814</x:v>
+      </x:c>
+      <x:c r="CE37" s="3" t="n">
+        <x:v>35240</x:v>
+      </x:c>
+      <x:c r="CF37" s="3" t="n">
+        <x:v>34679</x:v>
+      </x:c>
+      <x:c r="CG37" s="3" t="n">
+        <x:v>38323</x:v>
+      </x:c>
+      <x:c r="CH37" s="3" t="n">
+        <x:v>38080</x:v>
+      </x:c>
+      <x:c r="CI37" s="3" t="n">
+        <x:v>38287</x:v>
+      </x:c>
+      <x:c r="CJ37" s="3" t="n">
+        <x:v>37505</x:v>
+      </x:c>
+      <x:c r="CK37" s="3" t="n">
+        <x:v>41277</x:v>
+      </x:c>
+      <x:c r="CL37" s="3" t="n">
+        <x:v>43528</x:v>
+      </x:c>
+      <x:c r="CM37" s="3" t="n">
+        <x:v>41506</x:v>
+      </x:c>
+      <x:c r="CN37" s="3" t="n">
+        <x:v>40531</x:v>
+      </x:c>
+      <x:c r="CO37" s="3" t="n">
+        <x:v>45002</x:v>
+      </x:c>
+      <x:c r="CP37" s="3" t="n">
+        <x:v>45177</x:v>
+      </x:c>
+      <x:c r="CQ37" s="3" t="n">
+        <x:v>43203</x:v>
+      </x:c>
+      <x:c r="CR37" s="3" t="n">
+        <x:v>41894</x:v>
+      </x:c>
+      <x:c r="CS37" s="3" t="n">
+        <x:v>45725</x:v>
+      </x:c>
+      <x:c r="CT37" s="3" t="n">
+        <x:v>43513</x:v>
+      </x:c>
+      <x:c r="CU37" s="3" t="n">
+        <x:v>44182</x:v>
+      </x:c>
+      <x:c r="CV37" s="3" t="n">
+        <x:v>41530</x:v>
+      </x:c>
+      <x:c r="CW37" s="3" t="n">
+        <x:v>44531</x:v>
+      </x:c>
+      <x:c r="CX37" s="3" t="n">
+        <x:v>45106</x:v>
+      </x:c>
+      <x:c r="CY37" s="3" t="n">
+        <x:v>42215</x:v>
+      </x:c>
+      <x:c r="CZ37" s="3" t="n">
+        <x:v>42261</x:v>
+      </x:c>
+      <x:c r="DA37" s="3" t="n">
+        <x:v>46221</x:v>
+      </x:c>
+      <x:c r="DB37" s="3" t="n">
+        <x:v>48577</x:v>
+      </x:c>
+      <x:c r="DC37" s="3" t="n">
+        <x:v>45880</x:v>
+      </x:c>
+      <x:c r="DD37" s="3" t="n">
+        <x:v>45933</x:v>
+      </x:c>
+      <x:c r="DE37" s="3" t="n">
+        <x:v>50154</x:v>
+      </x:c>
+      <x:c r="DF37" s="3" t="n">
+        <x:v>47022</x:v>
+      </x:c>
+      <x:c r="DG37" s="3" t="n">
+        <x:v>49504</x:v>
+      </x:c>
+      <x:c r="DH37" s="3" t="n">
+        <x:v>46943</x:v>
+      </x:c>
+      <x:c r="DI37" s="3" t="n">
+        <x:v>53071</x:v>
+      </x:c>
+      <x:c r="DJ37" s="3" t="n">
+        <x:v>51165</x:v>
+      </x:c>
+      <x:c r="DK37" s="3" t="n">
+        <x:v>50198</x:v>
+      </x:c>
+      <x:c r="DL37" s="3" t="n">
+        <x:v>50125</x:v>
+      </x:c>
+      <x:c r="DM37" s="3" t="n">
+        <x:v>59412</x:v>
+      </x:c>
+      <x:c r="DN37" s="3" t="n">
+        <x:v>55117</x:v>
+      </x:c>
+      <x:c r="DO37" s="3" t="n">
+        <x:v>54268</x:v>
+      </x:c>
+      <x:c r="DP37" s="3" t="n">
+        <x:v>53669</x:v>
+      </x:c>
+      <x:c r="DQ37" s="3" t="n">
+        <x:v>61506</x:v>
+      </x:c>
+      <x:c r="DR37" s="3" t="n">
+        <x:v>57094</x:v>
+      </x:c>
+      <x:c r="DS37" s="3" t="n">
+        <x:v>58234</x:v>
+      </x:c>
+      <x:c r="DT37" s="3" t="n">
+        <x:v>55090</x:v>
+      </x:c>
+      <x:c r="DU37" s="3" t="n">
+        <x:v>64440</x:v>
+      </x:c>
+      <x:c r="DV37" s="3" t="n">
+        <x:v>61479</x:v>
+      </x:c>
+      <x:c r="DW37" s="3" t="n">
+        <x:v>57625</x:v>
+      </x:c>
+      <x:c r="DX37" s="3" t="n">
+        <x:v>55673</x:v>
+      </x:c>
+      <x:c r="DY37" s="3" t="n">
+        <x:v>63428</x:v>
+      </x:c>
+      <x:c r="DZ37" s="3" t="n">
+        <x:v>63409</x:v>
+      </x:c>
+      <x:c r="EA37" s="3" t="n">
+        <x:v>61349</x:v>
+      </x:c>
+      <x:c r="EB37" s="3" t="n">
+        <x:v>57847</x:v>
+      </x:c>
+      <x:c r="EC37" s="3" t="n">
+        <x:v>68379</x:v>
+      </x:c>
+      <x:c r="ED37" s="3" t="n">
+        <x:v>64788</x:v>
+      </x:c>
+      <x:c r="EE37" s="3" t="n">
+        <x:v>61813</x:v>
+      </x:c>
+      <x:c r="EF37" s="3" t="n">
+        <x:v>59059</x:v>
+      </x:c>
+      <x:c r="EG37" s="3" t="n">
+        <x:v>69448</x:v>
+      </x:c>
+      <x:c r="EH37" s="3" t="n">
+        <x:v>66756</x:v>
+      </x:c>
+      <x:c r="EI37" s="3" t="n">
+        <x:v>63146</x:v>
+      </x:c>
+      <x:c r="EJ37" s="3" t="n">
+        <x:v>60370</x:v>
+      </x:c>
+      <x:c r="EK37" s="3" t="n">
+        <x:v>71249</x:v>
+      </x:c>
+      <x:c r="EL37" s="3" t="n">
+        <x:v>65654</x:v>
+      </x:c>
+      <x:c r="EM37" s="3" t="n">
+        <x:v>67217</x:v>
+      </x:c>
+      <x:c r="EN37" s="3" t="n">
+        <x:v>62054</x:v>
+      </x:c>
+      <x:c r="EO37" s="3" t="n">
+        <x:v>73484</x:v>
+      </x:c>
+      <x:c r="EP37" s="3" t="n">
+        <x:v>70588</x:v>
+      </x:c>
+      <x:c r="EQ37" s="3" t="n">
+        <x:v>67709</x:v>
+      </x:c>
+      <x:c r="ER37" s="3" t="n">
+        <x:v>64820</x:v>
+      </x:c>
+      <x:c r="ES37" s="3" t="n">
+        <x:v>76037</x:v>
+      </x:c>
+      <x:c r="ET37" s="3" t="n">
+        <x:v>72325</x:v>
+      </x:c>
+      <x:c r="EU37" s="3" t="n">
+        <x:v>70895</x:v>
+      </x:c>
+      <x:c r="EV37" s="3" t="n">
+        <x:v>66378</x:v>
+      </x:c>
+      <x:c r="EW37" s="3" t="n">
+        <x:v>77859</x:v>
+      </x:c>
+      <x:c r="EX37" s="3" t="n">
+        <x:v>71413</x:v>
+      </x:c>
+      <x:c r="EY37" s="3" t="n">
+        <x:v>73275</x:v>
+      </x:c>
+      <x:c r="EZ37" s="3" t="n">
+        <x:v>65782</x:v>
+      </x:c>
+      <x:c r="FA37" s="3" t="n">
+        <x:v>76984</x:v>
+      </x:c>
+      <x:c r="FB37" s="3" t="n">
+        <x:v>79993</x:v>
+      </x:c>
+      <x:c r="FC37" s="3" t="n">
+        <x:v>70507</x:v>
+      </x:c>
+      <x:c r="FD37" s="3" t="n">
+        <x:v>68192</x:v>
+      </x:c>
+      <x:c r="FE37" s="3" t="n">
+        <x:v>80611</x:v>
+      </x:c>
+      <x:c r="FF37" s="3" t="n">
+        <x:v>79853</x:v>
+      </x:c>
+      <x:c r="FG37" s="3" t="n">
+        <x:v>79225</x:v>
+      </x:c>
+      <x:c r="FH37" s="3" t="n">
+        <x:v>71850</x:v>
+      </x:c>
+      <x:c r="FI37" s="3" t="n">
+        <x:v>84248</x:v>
+      </x:c>
+      <x:c r="FJ37" s="3" t="n">
+        <x:v>86059</x:v>
+      </x:c>
+      <x:c r="FK37" s="3" t="n">
+        <x:v>77820</x:v>
+      </x:c>
+      <x:c r="FL37" s="3" t="n">
+        <x:v>76450</x:v>
+      </x:c>
+      <x:c r="FM37" s="3" t="n">
+        <x:v>88112</x:v>
+      </x:c>
+      <x:c r="FN37" s="3" t="n">
+        <x:v>87965</x:v>
+      </x:c>
+      <x:c r="FO37" s="3" t="n">
+        <x:v>77605</x:v>
+      </x:c>
+      <x:c r="FP37" s="3" t="n">
+        <x:v>75955</x:v>
+      </x:c>
+      <x:c r="FQ37" s="3" t="n">
+        <x:v>89891</x:v>
+      </x:c>
+      <x:c r="FR37" s="3" t="n">
+        <x:v>89432</x:v>
+      </x:c>
+      <x:c r="FS37" s="3" t="n">
+        <x:v>86171</x:v>
+      </x:c>
+      <x:c r="FT37" s="3" t="n">
+        <x:v>82485</x:v>
+      </x:c>
+      <x:c r="FU37" s="3" t="n">
+        <x:v>97998</x:v>
+      </x:c>
+      <x:c r="FV37" s="3" t="n">
+        <x:v>97931</x:v>
+      </x:c>
+      <x:c r="FW37" s="3" t="n">
+        <x:v>89409</x:v>
+      </x:c>
+      <x:c r="FX37" s="3" t="n">
+        <x:v>87518</x:v>
+      </x:c>
+      <x:c r="FY37" s="3" t="n">
+        <x:v>102649</x:v>
+      </x:c>
+      <x:c r="FZ37" s="3" t="n">
+        <x:v>108344</x:v>
+      </x:c>
+      <x:c r="GA37" s="3" t="n">
+        <x:v>95396</x:v>
+      </x:c>
+      <x:c r="GB37" s="3" t="n">
+        <x:v>92703</x:v>
+      </x:c>
+      <x:c r="GC37" s="3" t="n">
+        <x:v>107756</x:v>
+      </x:c>
+      <x:c r="GD37" s="3" t="n">
+        <x:v>103204</x:v>
+      </x:c>
+      <x:c r="GE37" s="3" t="n">
+        <x:v>100671</x:v>
+      </x:c>
+      <x:c r="GF37" s="3" t="n">
+        <x:v>92534</x:v>
+      </x:c>
+      <x:c r="GG37" s="3" t="n">
+        <x:v>105403</x:v>
+      </x:c>
+      <x:c r="GH37" s="3" t="n">
+        <x:v>105383</x:v>
+      </x:c>
+      <x:c r="GI37" s="3" t="n">
+        <x:v>95718</x:v>
+      </x:c>
+      <x:c r="GJ37" s="3" t="n">
+        <x:v>90930</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:192">
+      <x:c r="A38" s="2" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="B38" s="3" t="n">
+        <x:v>15158</x:v>
+      </x:c>
+      <x:c r="C38" s="3" t="n">
+        <x:v>15618</x:v>
+      </x:c>
+      <x:c r="D38" s="3" t="n">
+        <x:v>16018</x:v>
+      </x:c>
+      <x:c r="E38" s="3" t="n">
+        <x:v>16731</x:v>
+      </x:c>
+      <x:c r="F38" s="3" t="n">
+        <x:v>17190</x:v>
+      </x:c>
+      <x:c r="G38" s="3" t="n">
+        <x:v>16437</x:v>
+      </x:c>
+      <x:c r="H38" s="3" t="n">
+        <x:v>15327</x:v>
+      </x:c>
+      <x:c r="I38" s="3" t="n">
+        <x:v>15823</x:v>
+      </x:c>
+      <x:c r="J38" s="3" t="n">
+        <x:v>17631</x:v>
+      </x:c>
+      <x:c r="K38" s="3" t="n">
+        <x:v>16250</x:v>
+      </x:c>
+      <x:c r="L38" s="3" t="n">
+        <x:v>16402</x:v>
+      </x:c>
+      <x:c r="M38" s="3" t="n">
+        <x:v>17607</x:v>
+      </x:c>
+      <x:c r="N38" s="3" t="n">
+        <x:v>19454</x:v>
+      </x:c>
+      <x:c r="O38" s="3" t="n">
+        <x:v>18094</x:v>
+      </x:c>
+      <x:c r="P38" s="3" t="n">
+        <x:v>17203</x:v>
+      </x:c>
+      <x:c r="Q38" s="3" t="n">
+        <x:v>17802</x:v>
+      </x:c>
+      <x:c r="R38" s="3" t="n">
+        <x:v>19129</x:v>
+      </x:c>
+      <x:c r="S38" s="3" t="n">
+        <x:v>18994</x:v>
+      </x:c>
+      <x:c r="T38" s="3" t="n">
+        <x:v>17661</x:v>
+      </x:c>
+      <x:c r="U38" s="3" t="n">
+        <x:v>19358</x:v>
+      </x:c>
+      <x:c r="V38" s="3" t="n">
+        <x:v>19170</x:v>
+      </x:c>
+      <x:c r="W38" s="3" t="n">
+        <x:v>19694</x:v>
+      </x:c>
+      <x:c r="X38" s="3" t="n">
+        <x:v>19181</x:v>
+      </x:c>
+      <x:c r="Y38" s="3" t="n">
+        <x:v>20742</x:v>
+      </x:c>
+      <x:c r="Z38" s="3" t="n">
+        <x:v>19944</x:v>
+      </x:c>
+      <x:c r="AA38" s="3" t="n">
+        <x:v>19655</x:v>
+      </x:c>
+      <x:c r="AB38" s="3" t="n">
+        <x:v>20770</x:v>
+      </x:c>
+      <x:c r="AC38" s="3" t="n">
+        <x:v>23465</x:v>
+      </x:c>
+      <x:c r="AD38" s="3" t="n">
+        <x:v>23763</x:v>
+      </x:c>
+      <x:c r="AE38" s="3" t="n">
+        <x:v>21379</x:v>
+      </x:c>
+      <x:c r="AF38" s="3" t="n">
+        <x:v>22151</x:v>
+      </x:c>
+      <x:c r="AG38" s="3" t="n">
+        <x:v>22902</x:v>
+      </x:c>
+      <x:c r="AH38" s="3" t="n">
+        <x:v>25254</x:v>
+      </x:c>
+      <x:c r="AI38" s="3" t="n">
+        <x:v>24812</x:v>
+      </x:c>
+      <x:c r="AJ38" s="3" t="n">
+        <x:v>23729</x:v>
+      </x:c>
+      <x:c r="AK38" s="3" t="n">
+        <x:v>25174</x:v>
+      </x:c>
+      <x:c r="AL38" s="3" t="n">
+        <x:v>25746</x:v>
+      </x:c>
+      <x:c r="AM38" s="3" t="n">
+        <x:v>25249</x:v>
+      </x:c>
+      <x:c r="AN38" s="3" t="n">
+        <x:v>24391</x:v>
+      </x:c>
+      <x:c r="AO38" s="3" t="n">
+        <x:v>26509</x:v>
+      </x:c>
+      <x:c r="AP38" s="3" t="n">
+        <x:v>25611</x:v>
+      </x:c>
+      <x:c r="AQ38" s="3" t="n">
+        <x:v>26455</x:v>
+      </x:c>
+      <x:c r="AR38" s="3" t="n">
+        <x:v>24274</x:v>
+      </x:c>
+      <x:c r="AS38" s="3" t="n">
+        <x:v>25551</x:v>
+      </x:c>
+      <x:c r="AT38" s="3" t="n">
+        <x:v>23673</x:v>
+      </x:c>
+      <x:c r="AU38" s="3" t="n">
+        <x:v>26863</x:v>
+      </x:c>
+      <x:c r="AV38" s="3" t="n">
+        <x:v>21859</x:v>
+      </x:c>
+      <x:c r="AW38" s="3" t="n">
+        <x:v>24068</x:v>
+      </x:c>
+      <x:c r="AX38" s="3" t="n">
+        <x:v>23363</x:v>
+      </x:c>
+      <x:c r="AY38" s="3" t="n">
+        <x:v>25829</x:v>
+      </x:c>
+      <x:c r="AZ38" s="3" t="n">
+        <x:v>22238</x:v>
+      </x:c>
+      <x:c r="BA38" s="3" t="n">
+        <x:v>23308</x:v>
+      </x:c>
+      <x:c r="BB38" s="3" t="n">
+        <x:v>22871</x:v>
+      </x:c>
+      <x:c r="BC38" s="3" t="n">
+        <x:v>26496</x:v>
+      </x:c>
+      <x:c r="BD38" s="3" t="n">
+        <x:v>23015</x:v>
+      </x:c>
+      <x:c r="BE38" s="3" t="n">
+        <x:v>22113</x:v>
+      </x:c>
+      <x:c r="BF38" s="3" t="n">
+        <x:v>26869</x:v>
+      </x:c>
+      <x:c r="BG38" s="3" t="n">
+        <x:v>24202</x:v>
+      </x:c>
+      <x:c r="BH38" s="3" t="n">
+        <x:v>26014</x:v>
+      </x:c>
+      <x:c r="BI38" s="3" t="n">
+        <x:v>23930</x:v>
+      </x:c>
+      <x:c r="BJ38" s="3" t="n">
+        <x:v>23720</x:v>
+      </x:c>
+      <x:c r="BK38" s="3" t="n">
+        <x:v>24802</x:v>
+      </x:c>
+      <x:c r="BL38" s="3" t="n">
+        <x:v>25421</x:v>
+      </x:c>
+      <x:c r="BM38" s="3" t="n">
+        <x:v>28223</x:v>
+      </x:c>
+      <x:c r="BN38" s="3" t="n">
+        <x:v>26071</x:v>
+      </x:c>
+      <x:c r="BO38" s="3" t="n">
+        <x:v>26935</x:v>
+      </x:c>
+      <x:c r="BP38" s="3" t="n">
+        <x:v>24812</x:v>
+      </x:c>
+      <x:c r="BQ38" s="3" t="n">
+        <x:v>28429</x:v>
+      </x:c>
+      <x:c r="BR38" s="3" t="n">
+        <x:v>27281</x:v>
+      </x:c>
+      <x:c r="BS38" s="3" t="n">
+        <x:v>27255</x:v>
+      </x:c>
+      <x:c r="BT38" s="3" t="n">
+        <x:v>27574</x:v>
+      </x:c>
+      <x:c r="BU38" s="3" t="n">
+        <x:v>27801</x:v>
+      </x:c>
+      <x:c r="BV38" s="3" t="n">
+        <x:v>25257</x:v>
+      </x:c>
+      <x:c r="BW38" s="3" t="n">
+        <x:v>25500</x:v>
+      </x:c>
+      <x:c r="BX38" s="3" t="n">
+        <x:v>25927</x:v>
+      </x:c>
+      <x:c r="BY38" s="3" t="n">
+        <x:v>27912</x:v>
+      </x:c>
+      <x:c r="BZ38" s="3" t="n">
+        <x:v>23395</x:v>
+      </x:c>
+      <x:c r="CA38" s="3" t="n">
+        <x:v>28694</x:v>
+      </x:c>
+      <x:c r="CB38" s="3" t="n">
+        <x:v>28600</x:v>
+      </x:c>
+      <x:c r="CC38" s="3" t="n">
+        <x:v>29239</x:v>
+      </x:c>
+      <x:c r="CD38" s="3" t="n">
+        <x:v>29711</x:v>
+      </x:c>
+      <x:c r="CE38" s="3" t="n">
+        <x:v>30259</x:v>
+      </x:c>
+      <x:c r="CF38" s="3" t="n">
+        <x:v>28320</x:v>
+      </x:c>
+      <x:c r="CG38" s="3" t="n">
+        <x:v>28633</x:v>
+      </x:c>
+      <x:c r="CH38" s="3" t="n">
+        <x:v>30389</x:v>
+      </x:c>
+      <x:c r="CI38" s="3" t="n">
+        <x:v>31121</x:v>
+      </x:c>
+      <x:c r="CJ38" s="3" t="n">
+        <x:v>31118</x:v>
+      </x:c>
+      <x:c r="CK38" s="3" t="n">
+        <x:v>31700</x:v>
+      </x:c>
+      <x:c r="CL38" s="3" t="n">
+        <x:v>32407</x:v>
+      </x:c>
+      <x:c r="CM38" s="3" t="n">
+        <x:v>33605</x:v>
+      </x:c>
+      <x:c r="CN38" s="3" t="n">
+        <x:v>33678</x:v>
+      </x:c>
+      <x:c r="CO38" s="3" t="n">
+        <x:v>34352</x:v>
+      </x:c>
+      <x:c r="CP38" s="3" t="n">
+        <x:v>34561</x:v>
+      </x:c>
+      <x:c r="CQ38" s="3" t="n">
+        <x:v>35522</x:v>
+      </x:c>
+      <x:c r="CR38" s="3" t="n">
+        <x:v>35954</x:v>
+      </x:c>
+      <x:c r="CS38" s="3" t="n">
+        <x:v>37135</x:v>
+      </x:c>
+      <x:c r="CT38" s="3" t="n">
+        <x:v>36170</x:v>
+      </x:c>
+      <x:c r="CU38" s="3" t="n">
+        <x:v>37931</x:v>
+      </x:c>
+      <x:c r="CV38" s="3" t="n">
+        <x:v>36728</x:v>
+      </x:c>
+      <x:c r="CW38" s="3" t="n">
+        <x:v>36260</x:v>
+      </x:c>
+      <x:c r="CX38" s="3" t="n">
+        <x:v>37998</x:v>
+      </x:c>
+      <x:c r="CY38" s="3" t="n">
+        <x:v>39669</x:v>
+      </x:c>
+      <x:c r="CZ38" s="3" t="n">
+        <x:v>39788</x:v>
+      </x:c>
+      <x:c r="DA38" s="3" t="n">
+        <x:v>40252</x:v>
+      </x:c>
+      <x:c r="DB38" s="3" t="n">
+        <x:v>41580</x:v>
+      </x:c>
+      <x:c r="DC38" s="3" t="n">
+        <x:v>42665</x:v>
+      </x:c>
+      <x:c r="DD38" s="3" t="n">
+        <x:v>42365</x:v>
+      </x:c>
+      <x:c r="DE38" s="3" t="n">
+        <x:v>41292</x:v>
+      </x:c>
+      <x:c r="DF38" s="3" t="n">
+        <x:v>43722</x:v>
+      </x:c>
+      <x:c r="DG38" s="3" t="n">
+        <x:v>45111</x:v>
+      </x:c>
+      <x:c r="DH38" s="3" t="n">
+        <x:v>46905</x:v>
+      </x:c>
+      <x:c r="DI38" s="3" t="n">
+        <x:v>47817</x:v>
+      </x:c>
+      <x:c r="DJ38" s="3" t="n">
+        <x:v>48020</x:v>
+      </x:c>
+      <x:c r="DK38" s="3" t="n">
+        <x:v>49190</x:v>
+      </x:c>
+      <x:c r="DL38" s="3" t="n">
+        <x:v>50325</x:v>
+      </x:c>
+      <x:c r="DM38" s="3" t="n">
+        <x:v>52489</x:v>
+      </x:c>
+      <x:c r="DN38" s="3" t="n">
+        <x:v>51447</x:v>
+      </x:c>
+      <x:c r="DO38" s="3" t="n">
+        <x:v>51283</x:v>
+      </x:c>
+      <x:c r="DP38" s="3" t="n">
+        <x:v>52239</x:v>
+      </x:c>
+      <x:c r="DQ38" s="3" t="n">
+        <x:v>55984</x:v>
+      </x:c>
+      <x:c r="DR38" s="3" t="n">
+        <x:v>50222</x:v>
+      </x:c>
+      <x:c r="DS38" s="3" t="n">
+        <x:v>53317</x:v>
+      </x:c>
+      <x:c r="DT38" s="3" t="n">
+        <x:v>52072</x:v>
+      </x:c>
+      <x:c r="DU38" s="3" t="n">
+        <x:v>56619</x:v>
+      </x:c>
+      <x:c r="DV38" s="3" t="n">
+        <x:v>54417</x:v>
+      </x:c>
+      <x:c r="DW38" s="3" t="n">
+        <x:v>54459</x:v>
+      </x:c>
+      <x:c r="DX38" s="3" t="n">
+        <x:v>54153</x:v>
+      </x:c>
+      <x:c r="DY38" s="3" t="n">
+        <x:v>56951</x:v>
+      </x:c>
+      <x:c r="DZ38" s="3" t="n">
+        <x:v>52623</x:v>
+      </x:c>
+      <x:c r="EA38" s="3" t="n">
+        <x:v>53061</x:v>
+      </x:c>
+      <x:c r="EB38" s="3" t="n">
+        <x:v>51828</x:v>
+      </x:c>
+      <x:c r="EC38" s="3" t="n">
+        <x:v>54592</x:v>
+      </x:c>
+      <x:c r="ED38" s="3" t="n">
+        <x:v>53977</x:v>
+      </x:c>
+      <x:c r="EE38" s="3" t="n">
+        <x:v>52815</x:v>
+      </x:c>
+      <x:c r="EF38" s="3" t="n">
+        <x:v>53504</x:v>
+      </x:c>
+      <x:c r="EG38" s="3" t="n">
+        <x:v>56177</x:v>
+      </x:c>
+      <x:c r="EH38" s="3" t="n">
+        <x:v>55132</x:v>
+      </x:c>
+      <x:c r="EI38" s="3" t="n">
+        <x:v>55579</x:v>
+      </x:c>
+      <x:c r="EJ38" s="3" t="n">
+        <x:v>56076</x:v>
+      </x:c>
+      <x:c r="EK38" s="3" t="n">
+        <x:v>59426</x:v>
+      </x:c>
+      <x:c r="EL38" s="3" t="n">
+        <x:v>55558</x:v>
+      </x:c>
+      <x:c r="EM38" s="3" t="n">
+        <x:v>58082</x:v>
+      </x:c>
+      <x:c r="EN38" s="3" t="n">
+        <x:v>59313</x:v>
+      </x:c>
+      <x:c r="EO38" s="3" t="n">
+        <x:v>61956</x:v>
+      </x:c>
+      <x:c r="EP38" s="3" t="n">
+        <x:v>60208</x:v>
+      </x:c>
+      <x:c r="EQ38" s="3" t="n">
+        <x:v>60049</x:v>
+      </x:c>
+      <x:c r="ER38" s="3" t="n">
+        <x:v>59671</x:v>
+      </x:c>
+      <x:c r="ES38" s="3" t="n">
+        <x:v>65725</x:v>
+      </x:c>
+      <x:c r="ET38" s="3" t="n">
+        <x:v>63471</x:v>
+      </x:c>
+      <x:c r="EU38" s="3" t="n">
+        <x:v>62839</x:v>
+      </x:c>
+      <x:c r="EV38" s="3" t="n">
+        <x:v>63002</x:v>
+      </x:c>
+      <x:c r="EW38" s="3" t="n">
+        <x:v>69455</x:v>
+      </x:c>
+      <x:c r="EX38" s="3" t="n">
+        <x:v>64604</x:v>
+      </x:c>
+      <x:c r="EY38" s="3" t="n">
+        <x:v>66756</x:v>
+      </x:c>
+      <x:c r="EZ38" s="3" t="n">
+        <x:v>66091</x:v>
+      </x:c>
+      <x:c r="FA38" s="3" t="n">
+        <x:v>68999</x:v>
+      </x:c>
+      <x:c r="FB38" s="3" t="n">
+        <x:v>67825</x:v>
+      </x:c>
+      <x:c r="FC38" s="3" t="n">
+        <x:v>67039</x:v>
+      </x:c>
+      <x:c r="FD38" s="3" t="n">
+        <x:v>67118</x:v>
+      </x:c>
+      <x:c r="FE38" s="3" t="n">
+        <x:v>69993</x:v>
+      </x:c>
+      <x:c r="FF38" s="3" t="n">
+        <x:v>66249</x:v>
+      </x:c>
+      <x:c r="FG38" s="3" t="n">
+        <x:v>67515</x:v>
+      </x:c>
+      <x:c r="FH38" s="3" t="n">
+        <x:v>66197</x:v>
+      </x:c>
+      <x:c r="FI38" s="3" t="n">
+        <x:v>68854</x:v>
+      </x:c>
+      <x:c r="FJ38" s="3" t="n">
+        <x:v>67425</x:v>
+      </x:c>
+      <x:c r="FK38" s="3" t="n">
+        <x:v>67740</x:v>
+      </x:c>
+      <x:c r="FL38" s="3" t="n">
+        <x:v>68897</x:v>
+      </x:c>
+      <x:c r="FM38" s="3" t="n">
+        <x:v>71782</x:v>
+      </x:c>
+      <x:c r="FN38" s="3" t="n">
+        <x:v>71597</x:v>
+      </x:c>
+      <x:c r="FO38" s="3" t="n">
+        <x:v>71780</x:v>
+      </x:c>
+      <x:c r="FP38" s="3" t="n">
+        <x:v>74026</x:v>
+      </x:c>
+      <x:c r="FQ38" s="3" t="n">
+        <x:v>79104</x:v>
+      </x:c>
+      <x:c r="FR38" s="3" t="n">
+        <x:v>76829</x:v>
+      </x:c>
+      <x:c r="FS38" s="3" t="n">
+        <x:v>78182</x:v>
+      </x:c>
+      <x:c r="FT38" s="3" t="n">
+        <x:v>77601</x:v>
+      </x:c>
+      <x:c r="FU38" s="3" t="n">
+        <x:v>79510</x:v>
+      </x:c>
+      <x:c r="FV38" s="3" t="n">
+        <x:v>74044</x:v>
+      </x:c>
+      <x:c r="FW38" s="3" t="n">
+        <x:v>71997</x:v>
+      </x:c>
+      <x:c r="FX38" s="3" t="n">
+        <x:v>71335</x:v>
+      </x:c>
+      <x:c r="FY38" s="3" t="n">
+        <x:v>74633</x:v>
+      </x:c>
+      <x:c r="FZ38" s="3" t="n">
+        <x:v>73434</x:v>
+      </x:c>
+      <x:c r="GA38" s="3" t="n">
+        <x:v>72187</x:v>
+      </x:c>
+      <x:c r="GB38" s="3" t="n">
+        <x:v>72213</x:v>
+      </x:c>
+      <x:c r="GC38" s="3" t="n">
+        <x:v>75137</x:v>
+      </x:c>
+      <x:c r="GD38" s="3" t="n">
+        <x:v>72154</x:v>
+      </x:c>
+      <x:c r="GE38" s="3" t="n">
+        <x:v>73900</x:v>
+      </x:c>
+      <x:c r="GF38" s="3" t="n">
+        <x:v>73566</x:v>
+      </x:c>
+      <x:c r="GG38" s="3" t="n">
+        <x:v>76550</x:v>
+      </x:c>
+      <x:c r="GH38" s="3" t="n">
+        <x:v>73653</x:v>
+      </x:c>
+      <x:c r="GI38" s="3" t="n">
+        <x:v>74042</x:v>
+      </x:c>
+      <x:c r="GJ38" s="3" t="n">
+        <x:v>74056</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:192">
+      <x:c r="A39" s="2" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="B39" s="3" t="n">
+        <x:v>4595</x:v>
+      </x:c>
+      <x:c r="C39" s="3" t="n">
+        <x:v>5057</x:v>
+      </x:c>
+      <x:c r="D39" s="3" t="n">
+        <x:v>4554</x:v>
+      </x:c>
+      <x:c r="E39" s="3" t="n">
+        <x:v>5206</x:v>
+      </x:c>
+      <x:c r="F39" s="3" t="n">
+        <x:v>5183</x:v>
+      </x:c>
+      <x:c r="G39" s="3" t="n">
+        <x:v>4745</x:v>
+      </x:c>
+      <x:c r="H39" s="3" t="n">
+        <x:v>4230</x:v>
+      </x:c>
+      <x:c r="I39" s="3" t="n">
+        <x:v>4799</x:v>
+      </x:c>
+      <x:c r="J39" s="3" t="n">
+        <x:v>5016</x:v>
+      </x:c>
+      <x:c r="K39" s="3" t="n">
+        <x:v>4428</x:v>
+      </x:c>
+      <x:c r="L39" s="3" t="n">
+        <x:v>4202</x:v>
+      </x:c>
+      <x:c r="M39" s="3" t="n">
+        <x:v>4849</x:v>
+      </x:c>
+      <x:c r="N39" s="3" t="n">
+        <x:v>4604</x:v>
+      </x:c>
+      <x:c r="O39" s="3" t="n">
+        <x:v>4134</x:v>
+      </x:c>
+      <x:c r="P39" s="3" t="n">
+        <x:v>3739</x:v>
+      </x:c>
+      <x:c r="Q39" s="3" t="n">
+        <x:v>4301</x:v>
+      </x:c>
+      <x:c r="R39" s="3" t="n">
+        <x:v>4172</x:v>
+      </x:c>
+      <x:c r="S39" s="3" t="n">
+        <x:v>3961</x:v>
+      </x:c>
+      <x:c r="T39" s="3" t="n">
+        <x:v>3514</x:v>
+      </x:c>
+      <x:c r="U39" s="3" t="n">
+        <x:v>4356</x:v>
+      </x:c>
+      <x:c r="V39" s="3" t="n">
+        <x:v>4065</x:v>
+      </x:c>
+      <x:c r="W39" s="3" t="n">
+        <x:v>4196</x:v>
+      </x:c>
+      <x:c r="X39" s="3" t="n">
+        <x:v>3711</x:v>
+      </x:c>
+      <x:c r="Y39" s="3" t="n">
+        <x:v>4388</x:v>
+      </x:c>
+      <x:c r="Z39" s="3" t="n">
+        <x:v>4369</x:v>
+      </x:c>
+      <x:c r="AA39" s="3" t="n">
+        <x:v>3868</x:v>
+      </x:c>
+      <x:c r="AB39" s="3" t="n">
+        <x:v>3785</x:v>
+      </x:c>
+      <x:c r="AC39" s="3" t="n">
+        <x:v>4703</x:v>
+      </x:c>
+      <x:c r="AD39" s="3" t="n">
+        <x:v>4909</x:v>
+      </x:c>
+      <x:c r="AE39" s="3" t="n">
+        <x:v>4218</x:v>
+      </x:c>
+      <x:c r="AF39" s="3" t="n">
+        <x:v>4226</x:v>
+      </x:c>
+      <x:c r="AG39" s="3" t="n">
+        <x:v>4833</x:v>
+      </x:c>
+      <x:c r="AH39" s="3" t="n">
+        <x:v>4684</x:v>
+      </x:c>
+      <x:c r="AI39" s="3" t="n">
+        <x:v>5095</x:v>
+      </x:c>
+      <x:c r="AJ39" s="3" t="n">
+        <x:v>4347</x:v>
+      </x:c>
+      <x:c r="AK39" s="3" t="n">
+        <x:v>5075</x:v>
+      </x:c>
+      <x:c r="AL39" s="3" t="n">
+        <x:v>5319</x:v>
+      </x:c>
+      <x:c r="AM39" s="3" t="n">
+        <x:v>5410</x:v>
+      </x:c>
+      <x:c r="AN39" s="3" t="n">
+        <x:v>4582</x:v>
+      </x:c>
+      <x:c r="AO39" s="3" t="n">
+        <x:v>5690</x:v>
+      </x:c>
+      <x:c r="AP39" s="3" t="n">
+        <x:v>5675</x:v>
+      </x:c>
+      <x:c r="AQ39" s="3" t="n">
+        <x:v>5064</x:v>
+      </x:c>
+      <x:c r="AR39" s="3" t="n">
+        <x:v>4621</x:v>
+      </x:c>
+      <x:c r="AS39" s="3" t="n">
+        <x:v>5347</x:v>
+      </x:c>
+      <x:c r="AT39" s="3" t="n">
+        <x:v>5689</x:v>
+      </x:c>
+      <x:c r="AU39" s="3" t="n">
+        <x:v>5579</x:v>
+      </x:c>
+      <x:c r="AV39" s="3" t="n">
+        <x:v>4787</x:v>
+      </x:c>
+      <x:c r="AW39" s="3" t="n">
+        <x:v>5653</x:v>
+      </x:c>
+      <x:c r="AX39" s="3" t="n">
+        <x:v>6173</x:v>
+      </x:c>
+      <x:c r="AY39" s="3" t="n">
+        <x:v>5437</x:v>
+      </x:c>
+      <x:c r="AZ39" s="3" t="n">
+        <x:v>5036</x:v>
+      </x:c>
+      <x:c r="BA39" s="3" t="n">
+        <x:v>5872</x:v>
+      </x:c>
+      <x:c r="BB39" s="3" t="n">
+        <x:v>6294</x:v>
+      </x:c>
+      <x:c r="BC39" s="3" t="n">
+        <x:v>6327</x:v>
+      </x:c>
+      <x:c r="BD39" s="3" t="n">
+        <x:v>5707</x:v>
+      </x:c>
+      <x:c r="BE39" s="3" t="n">
+        <x:v>6435</x:v>
+      </x:c>
+      <x:c r="BF39" s="3" t="n">
+        <x:v>6807</x:v>
+      </x:c>
+      <x:c r="BG39" s="3" t="n">
+        <x:v>6179</x:v>
+      </x:c>
+      <x:c r="BH39" s="3" t="n">
+        <x:v>6076</x:v>
+      </x:c>
+      <x:c r="BI39" s="3" t="n">
+        <x:v>6757</x:v>
+      </x:c>
+      <x:c r="BJ39" s="3" t="n">
+        <x:v>7637</x:v>
+      </x:c>
+      <x:c r="BK39" s="3" t="n">
+        <x:v>7166</x:v>
+      </x:c>
+      <x:c r="BL39" s="3" t="n">
+        <x:v>6756</x:v>
+      </x:c>
+      <x:c r="BM39" s="3" t="n">
+        <x:v>8060</x:v>
+      </x:c>
+      <x:c r="BN39" s="3" t="n">
+        <x:v>8106</x:v>
+      </x:c>
+      <x:c r="BO39" s="3" t="n">
+        <x:v>7936</x:v>
+      </x:c>
+      <x:c r="BP39" s="3" t="n">
+        <x:v>7321</x:v>
+      </x:c>
+      <x:c r="BQ39" s="3" t="n">
+        <x:v>8448</x:v>
+      </x:c>
+      <x:c r="BR39" s="3" t="n">
+        <x:v>9476</x:v>
+      </x:c>
+      <x:c r="BS39" s="3" t="n">
+        <x:v>8419</x:v>
+      </x:c>
+      <x:c r="BT39" s="3" t="n">
+        <x:v>8048</x:v>
+      </x:c>
+      <x:c r="BU39" s="3" t="n">
+        <x:v>9545</x:v>
+      </x:c>
+      <x:c r="BV39" s="3" t="n">
+        <x:v>11281</x:v>
+      </x:c>
+      <x:c r="BW39" s="3" t="n">
+        <x:v>10167</x:v>
+      </x:c>
+      <x:c r="BX39" s="3" t="n">
+        <x:v>10192</x:v>
+      </x:c>
+      <x:c r="BY39" s="3" t="n">
+        <x:v>11807</x:v>
+      </x:c>
+      <x:c r="BZ39" s="3" t="n">
+        <x:v>13306</x:v>
+      </x:c>
+      <x:c r="CA39" s="3" t="n">
+        <x:v>14717</x:v>
+      </x:c>
+      <x:c r="CB39" s="3" t="n">
+        <x:v>13182</x:v>
+      </x:c>
+      <x:c r="CC39" s="3" t="n">
+        <x:v>15279</x:v>
+      </x:c>
+      <x:c r="CD39" s="3" t="n">
+        <x:v>17822</x:v>
+      </x:c>
+      <x:c r="CE39" s="3" t="n">
+        <x:v>16962</x:v>
+      </x:c>
+      <x:c r="CF39" s="3" t="n">
+        <x:v>16305</x:v>
+      </x:c>
+      <x:c r="CG39" s="3" t="n">
+        <x:v>18846</x:v>
+      </x:c>
+      <x:c r="CH39" s="3" t="n">
+        <x:v>24349</x:v>
+      </x:c>
+      <x:c r="CI39" s="3" t="n">
+        <x:v>23568</x:v>
+      </x:c>
+      <x:c r="CJ39" s="3" t="n">
+        <x:v>22114</x:v>
+      </x:c>
+      <x:c r="CK39" s="3" t="n">
+        <x:v>26078</x:v>
+      </x:c>
+      <x:c r="CL39" s="3" t="n">
+        <x:v>27365</x:v>
+      </x:c>
+      <x:c r="CM39" s="3" t="n">
+        <x:v>24727</x:v>
+      </x:c>
+      <x:c r="CN39" s="3" t="n">
+        <x:v>23556</x:v>
+      </x:c>
+      <x:c r="CO39" s="3" t="n">
+        <x:v>27503</x:v>
+      </x:c>
+      <x:c r="CP39" s="3" t="n">
+        <x:v>30204</x:v>
+      </x:c>
+      <x:c r="CQ39" s="3" t="n">
+        <x:v>27354</x:v>
+      </x:c>
+      <x:c r="CR39" s="3" t="n">
+        <x:v>26266</x:v>
+      </x:c>
+      <x:c r="CS39" s="3" t="n">
+        <x:v>29860</x:v>
+      </x:c>
+      <x:c r="CT39" s="3" t="n">
+        <x:v>31020</x:v>
+      </x:c>
+      <x:c r="CU39" s="3" t="n">
+        <x:v>31637</x:v>
+      </x:c>
+      <x:c r="CV39" s="3" t="n">
+        <x:v>28869</x:v>
+      </x:c>
+      <x:c r="CW39" s="3" t="n">
+        <x:v>31990</x:v>
+      </x:c>
+      <x:c r="CX39" s="3" t="n">
+        <x:v>33977</x:v>
+      </x:c>
+      <x:c r="CY39" s="3" t="n">
+        <x:v>31713</x:v>
+      </x:c>
+      <x:c r="CZ39" s="3" t="n">
+        <x:v>30485</x:v>
+      </x:c>
+      <x:c r="DA39" s="3" t="n">
+        <x:v>34468</x:v>
+      </x:c>
+      <x:c r="DB39" s="3" t="n">
+        <x:v>35438</x:v>
+      </x:c>
+      <x:c r="DC39" s="3" t="n">
+        <x:v>33073</x:v>
+      </x:c>
+      <x:c r="DD39" s="3" t="n">
+        <x:v>32433</x:v>
+      </x:c>
+      <x:c r="DE39" s="3" t="n">
+        <x:v>37306</x:v>
+      </x:c>
+      <x:c r="DF39" s="3" t="n">
+        <x:v>32008</x:v>
+      </x:c>
+      <x:c r="DG39" s="3" t="n">
+        <x:v>34680</x:v>
+      </x:c>
+      <x:c r="DH39" s="3" t="n">
+        <x:v>32012</x:v>
+      </x:c>
+      <x:c r="DI39" s="3" t="n">
+        <x:v>39413</x:v>
+      </x:c>
+      <x:c r="DJ39" s="3" t="n">
+        <x:v>32990</x:v>
+      </x:c>
+      <x:c r="DK39" s="3" t="n">
+        <x:v>34093</x:v>
+      </x:c>
+      <x:c r="DL39" s="3" t="n">
+        <x:v>33116</x:v>
+      </x:c>
+      <x:c r="DM39" s="3" t="n">
+        <x:v>43365</x:v>
+      </x:c>
+      <x:c r="DN39" s="3" t="n">
+        <x:v>34247</x:v>
+      </x:c>
+      <x:c r="DO39" s="3" t="n">
+        <x:v>35617</x:v>
+      </x:c>
+      <x:c r="DP39" s="3" t="n">
+        <x:v>34920</x:v>
+      </x:c>
+      <x:c r="DQ39" s="3" t="n">
+        <x:v>42766</x:v>
+      </x:c>
+      <x:c r="DR39" s="3" t="n">
+        <x:v>36738</x:v>
+      </x:c>
+      <x:c r="DS39" s="3" t="n">
+        <x:v>37035</x:v>
+      </x:c>
+      <x:c r="DT39" s="3" t="n">
+        <x:v>37846</x:v>
+      </x:c>
+      <x:c r="DU39" s="3" t="n">
+        <x:v>39930</x:v>
+      </x:c>
+      <x:c r="DV39" s="3" t="n">
+        <x:v>38025</x:v>
+      </x:c>
+      <x:c r="DW39" s="3" t="n">
+        <x:v>39708</x:v>
+      </x:c>
+      <x:c r="DX39" s="3" t="n">
+        <x:v>38430</x:v>
+      </x:c>
+      <x:c r="DY39" s="3" t="n">
+        <x:v>40656</x:v>
+      </x:c>
+      <x:c r="DZ39" s="3" t="n">
+        <x:v>37757</x:v>
+      </x:c>
+      <x:c r="EA39" s="3" t="n">
+        <x:v>38461</x:v>
+      </x:c>
+      <x:c r="EB39" s="3" t="n">
+        <x:v>37885</x:v>
+      </x:c>
+      <x:c r="EC39" s="3" t="n">
+        <x:v>38655</x:v>
+      </x:c>
+      <x:c r="ED39" s="3" t="n">
+        <x:v>39502</x:v>
+      </x:c>
+      <x:c r="EE39" s="3" t="n">
+        <x:v>40089</x:v>
+      </x:c>
+      <x:c r="EF39" s="3" t="n">
+        <x:v>39091</x:v>
+      </x:c>
+      <x:c r="EG39" s="3" t="n">
+        <x:v>39657</x:v>
+      </x:c>
+      <x:c r="EH39" s="3" t="n">
+        <x:v>40656</x:v>
+      </x:c>
+      <x:c r="EI39" s="3" t="n">
+        <x:v>40918</x:v>
+      </x:c>
+      <x:c r="EJ39" s="3" t="n">
+        <x:v>41323</x:v>
+      </x:c>
+      <x:c r="EK39" s="3" t="n">
+        <x:v>40720</x:v>
+      </x:c>
+      <x:c r="EL39" s="3" t="n">
+        <x:v>40817</x:v>
+      </x:c>
+      <x:c r="EM39" s="3" t="n">
+        <x:v>41419</x:v>
+      </x:c>
+      <x:c r="EN39" s="3" t="n">
+        <x:v>40766</x:v>
+      </x:c>
+      <x:c r="EO39" s="3" t="n">
+        <x:v>40433</x:v>
+      </x:c>
+      <x:c r="EP39" s="3" t="n">
+        <x:v>41203</x:v>
+      </x:c>
+      <x:c r="EQ39" s="3" t="n">
+        <x:v>41808</x:v>
+      </x:c>
+      <x:c r="ER39" s="3" t="n">
+        <x:v>40341</x:v>
+      </x:c>
+      <x:c r="ES39" s="3" t="n">
+        <x:v>40700</x:v>
+      </x:c>
+      <x:c r="ET39" s="3" t="n">
+        <x:v>42876</x:v>
+      </x:c>
+      <x:c r="EU39" s="3" t="n">
+        <x:v>43365</x:v>
+      </x:c>
+      <x:c r="EV39" s="3" t="n">
+        <x:v>41562</x:v>
+      </x:c>
+      <x:c r="EW39" s="3" t="n">
+        <x:v>40688</x:v>
+      </x:c>
+      <x:c r="EX39" s="3" t="n">
+        <x:v>42369</x:v>
+      </x:c>
+      <x:c r="EY39" s="3" t="n">
+        <x:v>46251</x:v>
+      </x:c>
+      <x:c r="EZ39" s="3" t="n">
+        <x:v>40897</x:v>
+      </x:c>
+      <x:c r="FA39" s="3" t="n">
+        <x:v>47722</x:v>
+      </x:c>
+      <x:c r="FB39" s="3" t="n">
+        <x:v>47209</x:v>
+      </x:c>
+      <x:c r="FC39" s="3" t="n">
+        <x:v>43105</x:v>
+      </x:c>
+      <x:c r="FD39" s="3" t="n">
+        <x:v>41275</x:v>
+      </x:c>
+      <x:c r="FE39" s="3" t="n">
+        <x:v>48805</x:v>
+      </x:c>
+      <x:c r="FF39" s="3" t="n">
+        <x:v>45387</x:v>
+      </x:c>
+      <x:c r="FG39" s="3" t="n">
+        <x:v>47062</x:v>
+      </x:c>
+      <x:c r="FH39" s="3" t="n">
+        <x:v>42279</x:v>
+      </x:c>
+      <x:c r="FI39" s="3" t="n">
+        <x:v>49978</x:v>
+      </x:c>
+      <x:c r="FJ39" s="3" t="n">
+        <x:v>48287</x:v>
+      </x:c>
+      <x:c r="FK39" s="3" t="n">
+        <x:v>45074</x:v>
+      </x:c>
+      <x:c r="FL39" s="3" t="n">
+        <x:v>44234</x:v>
+      </x:c>
+      <x:c r="FM39" s="3" t="n">
+        <x:v>51403</x:v>
+      </x:c>
+      <x:c r="FN39" s="3" t="n">
+        <x:v>52211</x:v>
+      </x:c>
+      <x:c r="FO39" s="3" t="n">
+        <x:v>45796</x:v>
+      </x:c>
+      <x:c r="FP39" s="3" t="n">
+        <x:v>46117</x:v>
+      </x:c>
+      <x:c r="FQ39" s="3" t="n">
+        <x:v>54834</x:v>
+      </x:c>
+      <x:c r="FR39" s="3" t="n">
+        <x:v>51045</x:v>
+      </x:c>
+      <x:c r="FS39" s="3" t="n">
+        <x:v>50123</x:v>
+      </x:c>
+      <x:c r="FT39" s="3" t="n">
+        <x:v>48539</x:v>
+      </x:c>
+      <x:c r="FU39" s="3" t="n">
+        <x:v>58160</x:v>
+      </x:c>
+      <x:c r="FV39" s="3" t="n">
+        <x:v>54894</x:v>
+      </x:c>
+      <x:c r="FW39" s="3" t="n">
+        <x:v>51986</x:v>
+      </x:c>
+      <x:c r="FX39" s="3" t="n">
+        <x:v>49563</x:v>
+      </x:c>
+      <x:c r="FY39" s="3" t="n">
+        <x:v>57600</x:v>
+      </x:c>
+      <x:c r="FZ39" s="3" t="n">
+        <x:v>57425</x:v>
+      </x:c>
+      <x:c r="GA39" s="3" t="n">
+        <x:v>51663</x:v>
+      </x:c>
+      <x:c r="GB39" s="3" t="n">
+        <x:v>49396</x:v>
+      </x:c>
+      <x:c r="GC39" s="3" t="n">
+        <x:v>57321</x:v>
+      </x:c>
+      <x:c r="GD39" s="3" t="n">
+        <x:v>53919</x:v>
+      </x:c>
+      <x:c r="GE39" s="3" t="n">
+        <x:v>54558</x:v>
+      </x:c>
+      <x:c r="GF39" s="3" t="n">
+        <x:v>50234</x:v>
+      </x:c>
+      <x:c r="GG39" s="3" t="n">
+        <x:v>56862</x:v>
+      </x:c>
+      <x:c r="GH39" s="3" t="n">
+        <x:v>55759</x:v>
+      </x:c>
+      <x:c r="GI39" s="3" t="n">
+        <x:v>53508</x:v>
+      </x:c>
+      <x:c r="GJ39" s="3" t="n">
+        <x:v>51008</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:192">
+      <x:c r="A40" s="2" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="B40" s="3" t="n">
+        <x:v>26113</x:v>
+      </x:c>
+      <x:c r="C40" s="3" t="n">
+        <x:v>26176</x:v>
+      </x:c>
+      <x:c r="D40" s="3" t="n">
+        <x:v>26239</x:v>
+      </x:c>
+      <x:c r="E40" s="3" t="n">
+        <x:v>26303</x:v>
+      </x:c>
+      <x:c r="F40" s="3" t="n">
+        <x:v>27193</x:v>
+      </x:c>
+      <x:c r="G40" s="3" t="n">
+        <x:v>27260</x:v>
+      </x:c>
+      <x:c r="H40" s="3" t="n">
+        <x:v>27327</x:v>
+      </x:c>
+      <x:c r="I40" s="3" t="n">
+        <x:v>27395</x:v>
+      </x:c>
+      <x:c r="J40" s="3" t="n">
+        <x:v>27743</x:v>
+      </x:c>
+      <x:c r="K40" s="3" t="n">
+        <x:v>27814</x:v>
+      </x:c>
+      <x:c r="L40" s="3" t="n">
+        <x:v>27885</x:v>
+      </x:c>
+      <x:c r="M40" s="3" t="n">
+        <x:v>27956</x:v>
+      </x:c>
+      <x:c r="N40" s="3" t="n">
+        <x:v>28203</x:v>
+      </x:c>
+      <x:c r="O40" s="3" t="n">
+        <x:v>28277</x:v>
+      </x:c>
+      <x:c r="P40" s="3" t="n">
+        <x:v>28351</x:v>
+      </x:c>
+      <x:c r="Q40" s="3" t="n">
+        <x:v>28426</x:v>
+      </x:c>
+      <x:c r="R40" s="3" t="n">
+        <x:v>29106</x:v>
+      </x:c>
+      <x:c r="S40" s="3" t="n">
+        <x:v>29184</x:v>
+      </x:c>
+      <x:c r="T40" s="3" t="n">
+        <x:v>29263</x:v>
+      </x:c>
+      <x:c r="U40" s="3" t="n">
+        <x:v>29343</x:v>
+      </x:c>
+      <x:c r="V40" s="3" t="n">
+        <x:v>29975</x:v>
+      </x:c>
+      <x:c r="W40" s="3" t="n">
+        <x:v>30058</x:v>
+      </x:c>
+      <x:c r="X40" s="3" t="n">
+        <x:v>30143</x:v>
+      </x:c>
+      <x:c r="Y40" s="3" t="n">
+        <x:v>30228</x:v>
+      </x:c>
+      <x:c r="Z40" s="3" t="n">
+        <x:v>30656</x:v>
+      </x:c>
+      <x:c r="AA40" s="3" t="n">
+        <x:v>30743</x:v>
+      </x:c>
+      <x:c r="AB40" s="3" t="n">
+        <x:v>30832</x:v>
+      </x:c>
+      <x:c r="AC40" s="3" t="n">
+        <x:v>30920</x:v>
+      </x:c>
+      <x:c r="AD40" s="3" t="n">
+        <x:v>31290</x:v>
+      </x:c>
+      <x:c r="AE40" s="3" t="n">
+        <x:v>31383</x:v>
+      </x:c>
+      <x:c r="AF40" s="3" t="n">
+        <x:v>31477</x:v>
+      </x:c>
+      <x:c r="AG40" s="3" t="n">
+        <x:v>31570</x:v>
+      </x:c>
+      <x:c r="AH40" s="3" t="n">
+        <x:v>31954</x:v>
+      </x:c>
+      <x:c r="AI40" s="3" t="n">
+        <x:v>32053</x:v>
+      </x:c>
+      <x:c r="AJ40" s="3" t="n">
+        <x:v>32152</x:v>
+      </x:c>
+      <x:c r="AK40" s="3" t="n">
+        <x:v>32252</x:v>
+      </x:c>
+      <x:c r="AL40" s="3" t="n">
+        <x:v>32729</x:v>
+      </x:c>
+      <x:c r="AM40" s="3" t="n">
+        <x:v>32834</x:v>
+      </x:c>
+      <x:c r="AN40" s="3" t="n">
+        <x:v>32939</x:v>
+      </x:c>
+      <x:c r="AO40" s="3" t="n">
+        <x:v>33045</x:v>
+      </x:c>
+      <x:c r="AP40" s="3" t="n">
+        <x:v>33576</x:v>
+      </x:c>
+      <x:c r="AQ40" s="3" t="n">
+        <x:v>33731</x:v>
+      </x:c>
+      <x:c r="AR40" s="3" t="n">
+        <x:v>33859</x:v>
+      </x:c>
+      <x:c r="AS40" s="3" t="n">
+        <x:v>34030</x:v>
+      </x:c>
+      <x:c r="AT40" s="3" t="n">
+        <x:v>34521</x:v>
+      </x:c>
+      <x:c r="AU40" s="3" t="n">
+        <x:v>34649</x:v>
+      </x:c>
+      <x:c r="AV40" s="3" t="n">
+        <x:v>34757</x:v>
+      </x:c>
+      <x:c r="AW40" s="3" t="n">
+        <x:v>34895</x:v>
+      </x:c>
+      <x:c r="AX40" s="3" t="n">
+        <x:v>35490</x:v>
+      </x:c>
+      <x:c r="AY40" s="3" t="n">
+        <x:v>35588</x:v>
+      </x:c>
+      <x:c r="AZ40" s="3" t="n">
+        <x:v>35691</x:v>
+      </x:c>
+      <x:c r="BA40" s="3" t="n">
+        <x:v>35810</x:v>
+      </x:c>
+      <x:c r="BB40" s="3" t="n">
+        <x:v>34944</x:v>
+      </x:c>
+      <x:c r="BC40" s="3" t="n">
+        <x:v>35023</x:v>
+      </x:c>
+      <x:c r="BD40" s="3" t="n">
+        <x:v>35090</x:v>
+      </x:c>
+      <x:c r="BE40" s="3" t="n">
+        <x:v>35151</x:v>
+      </x:c>
+      <x:c r="BF40" s="3" t="n">
+        <x:v>35161</x:v>
+      </x:c>
+      <x:c r="BG40" s="3" t="n">
+        <x:v>35225</x:v>
+      </x:c>
+      <x:c r="BH40" s="3" t="n">
+        <x:v>35286</x:v>
+      </x:c>
+      <x:c r="BI40" s="3" t="n">
+        <x:v>35360</x:v>
+      </x:c>
+      <x:c r="BJ40" s="3" t="n">
+        <x:v>35427</x:v>
+      </x:c>
+      <x:c r="BK40" s="3" t="n">
+        <x:v>35478</x:v>
+      </x:c>
+      <x:c r="BL40" s="3" t="n">
+        <x:v>35535</x:v>
+      </x:c>
+      <x:c r="BM40" s="3" t="n">
+        <x:v>35612</x:v>
+      </x:c>
+      <x:c r="BN40" s="3" t="n">
+        <x:v>35510</x:v>
+      </x:c>
+      <x:c r="BO40" s="3" t="n">
+        <x:v>35562</x:v>
+      </x:c>
+      <x:c r="BP40" s="3" t="n">
+        <x:v>35628</x:v>
+      </x:c>
+      <x:c r="BQ40" s="3" t="n">
+        <x:v>35726</x:v>
+      </x:c>
+      <x:c r="BR40" s="3" t="n">
+        <x:v>36064</x:v>
+      </x:c>
+      <x:c r="BS40" s="3" t="n">
+        <x:v>36136</x:v>
+      </x:c>
+      <x:c r="BT40" s="3" t="n">
+        <x:v>36224</x:v>
+      </x:c>
+      <x:c r="BU40" s="3" t="n">
+        <x:v>36320</x:v>
+      </x:c>
+      <x:c r="BV40" s="3" t="n">
+        <x:v>36261</x:v>
+      </x:c>
+      <x:c r="BW40" s="3" t="n">
+        <x:v>36331</x:v>
+      </x:c>
+      <x:c r="BX40" s="3" t="n">
+        <x:v>36390</x:v>
+      </x:c>
+      <x:c r="BY40" s="3" t="n">
+        <x:v>36468</x:v>
+      </x:c>
+      <x:c r="BZ40" s="3" t="n">
+        <x:v>36397</x:v>
+      </x:c>
+      <x:c r="CA40" s="3" t="n">
+        <x:v>36474</x:v>
+      </x:c>
+      <x:c r="CB40" s="3" t="n">
+        <x:v>36541</x:v>
+      </x:c>
+      <x:c r="CC40" s="3" t="n">
+        <x:v>36642</x:v>
+      </x:c>
+      <x:c r="CD40" s="3" t="n">
+        <x:v>36525</x:v>
+      </x:c>
+      <x:c r="CE40" s="3" t="n">
+        <x:v>36603</x:v>
+      </x:c>
+      <x:c r="CF40" s="3" t="n">
+        <x:v>36682</x:v>
+      </x:c>
+      <x:c r="CG40" s="3" t="n">
+        <x:v>36793</x:v>
+      </x:c>
+      <x:c r="CH40" s="3" t="n">
+        <x:v>37624</x:v>
+      </x:c>
+      <x:c r="CI40" s="3" t="n">
+        <x:v>37714</x:v>
+      </x:c>
+      <x:c r="CJ40" s="3" t="n">
+        <x:v>37807</x:v>
+      </x:c>
+      <x:c r="CK40" s="3" t="n">
+        <x:v>37936</x:v>
+      </x:c>
+      <x:c r="CL40" s="3" t="n">
+        <x:v>39391</x:v>
+      </x:c>
+      <x:c r="CM40" s="3" t="n">
+        <x:v>39497</x:v>
+      </x:c>
+      <x:c r="CN40" s="3" t="n">
+        <x:v>39611</x:v>
+      </x:c>
+      <x:c r="CO40" s="3" t="n">
+        <x:v>39764</x:v>
+      </x:c>
+      <x:c r="CP40" s="3" t="n">
+        <x:v>40677</x:v>
+      </x:c>
+      <x:c r="CQ40" s="3" t="n">
+        <x:v>40828</x:v>
+      </x:c>
+      <x:c r="CR40" s="3" t="n">
+        <x:v>40992</x:v>
+      </x:c>
+      <x:c r="CS40" s="3" t="n">
+        <x:v>41210</x:v>
+      </x:c>
+      <x:c r="CT40" s="3" t="n">
+        <x:v>41641</x:v>
+      </x:c>
+      <x:c r="CU40" s="3" t="n">
+        <x:v>41821</x:v>
+      </x:c>
+      <x:c r="CV40" s="3" t="n">
+        <x:v>42021</x:v>
+      </x:c>
+      <x:c r="CW40" s="3" t="n">
+        <x:v>42284</x:v>
+      </x:c>
+      <x:c r="CX40" s="3" t="n">
+        <x:v>42360</x:v>
+      </x:c>
+      <x:c r="CY40" s="3" t="n">
+        <x:v>42576</x:v>
+      </x:c>
+      <x:c r="CZ40" s="3" t="n">
+        <x:v>42821</x:v>
+      </x:c>
+      <x:c r="DA40" s="3" t="n">
+        <x:v>43140</x:v>
+      </x:c>
+      <x:c r="DB40" s="3" t="n">
+        <x:v>44431</x:v>
+      </x:c>
+      <x:c r="DC40" s="3" t="n">
+        <x:v>44431</x:v>
+      </x:c>
+      <x:c r="DD40" s="3" t="n">
+        <x:v>44919</x:v>
+      </x:c>
+      <x:c r="DE40" s="3" t="n">
+        <x:v>44919</x:v>
+      </x:c>
+      <x:c r="DF40" s="3" t="n">
+        <x:v>47022</x:v>
+      </x:c>
+      <x:c r="DG40" s="3" t="n">
+        <x:v>47544</x:v>
+      </x:c>
+      <x:c r="DH40" s="3" t="n">
+        <x:v>48067</x:v>
+      </x:c>
+      <x:c r="DI40" s="3" t="n">
+        <x:v>48067</x:v>
+      </x:c>
+      <x:c r="DJ40" s="3" t="n">
+        <x:v>49987</x:v>
+      </x:c>
+      <x:c r="DK40" s="3" t="n">
+        <x:v>50542</x:v>
+      </x:c>
+      <x:c r="DL40" s="3" t="n">
+        <x:v>51097</x:v>
+      </x:c>
+      <x:c r="DM40" s="3" t="n">
+        <x:v>51097</x:v>
+      </x:c>
+      <x:c r="DN40" s="3" t="n">
+        <x:v>52817</x:v>
+      </x:c>
+      <x:c r="DO40" s="3" t="n">
+        <x:v>53404</x:v>
+      </x:c>
+      <x:c r="DP40" s="3" t="n">
+        <x:v>53991</x:v>
+      </x:c>
+      <x:c r="DQ40" s="3" t="n">
+        <x:v>53991</x:v>
+      </x:c>
+      <x:c r="DR40" s="3" t="n">
+        <x:v>56031</x:v>
+      </x:c>
+      <x:c r="DS40" s="3" t="n">
+        <x:v>56087</x:v>
+      </x:c>
+      <x:c r="DT40" s="3" t="n">
+        <x:v>56282</x:v>
+      </x:c>
+      <x:c r="DU40" s="3" t="n">
+        <x:v>56500</x:v>
+      </x:c>
+      <x:c r="DV40" s="3" t="n">
+        <x:v>57325</x:v>
+      </x:c>
+      <x:c r="DW40" s="3" t="n">
+        <x:v>57478</x:v>
+      </x:c>
+      <x:c r="DX40" s="3" t="n">
+        <x:v>57594</x:v>
+      </x:c>
+      <x:c r="DY40" s="3" t="n">
+        <x:v>57768</x:v>
+      </x:c>
+      <x:c r="DZ40" s="3" t="n">
+        <x:v>60899</x:v>
+      </x:c>
+      <x:c r="EA40" s="3" t="n">
+        <x:v>60533</x:v>
+      </x:c>
+      <x:c r="EB40" s="3" t="n">
+        <x:v>60343</x:v>
+      </x:c>
+      <x:c r="EC40" s="3" t="n">
+        <x:v>60386</x:v>
+      </x:c>
+      <x:c r="ED40" s="3" t="n">
+        <x:v>63013</x:v>
+      </x:c>
+      <x:c r="EE40" s="3" t="n">
+        <x:v>63158</x:v>
+      </x:c>
+      <x:c r="EF40" s="3" t="n">
+        <x:v>63312</x:v>
+      </x:c>
+      <x:c r="EG40" s="3" t="n">
+        <x:v>63552</x:v>
+      </x:c>
+      <x:c r="EH40" s="3" t="n">
+        <x:v>66100</x:v>
+      </x:c>
+      <x:c r="EI40" s="3" t="n">
+        <x:v>66316</x:v>
+      </x:c>
+      <x:c r="EJ40" s="3" t="n">
+        <x:v>66546</x:v>
+      </x:c>
+      <x:c r="EK40" s="3" t="n">
+        <x:v>66724</x:v>
+      </x:c>
+      <x:c r="EL40" s="3" t="n">
+        <x:v>71368</x:v>
+      </x:c>
+      <x:c r="EM40" s="3" t="n">
+        <x:v>71602</x:v>
+      </x:c>
+      <x:c r="EN40" s="3" t="n">
+        <x:v>71825</x:v>
+      </x:c>
+      <x:c r="EO40" s="3" t="n">
+        <x:v>72136</x:v>
+      </x:c>
+      <x:c r="EP40" s="3" t="n">
+        <x:v>75205</x:v>
+      </x:c>
+      <x:c r="EQ40" s="3" t="n">
+        <x:v>75474</x:v>
+      </x:c>
+      <x:c r="ER40" s="3" t="n">
+        <x:v>75716</x:v>
+      </x:c>
+      <x:c r="ES40" s="3" t="n">
+        <x:v>76048</x:v>
+      </x:c>
+      <x:c r="ET40" s="3" t="n">
+        <x:v>80762</x:v>
+      </x:c>
+      <x:c r="EU40" s="3" t="n">
+        <x:v>81051</x:v>
+      </x:c>
+      <x:c r="EV40" s="3" t="n">
+        <x:v>81293</x:v>
+      </x:c>
+      <x:c r="EW40" s="3" t="n">
+        <x:v>81639</x:v>
+      </x:c>
+      <x:c r="EX40" s="3" t="n">
+        <x:v>83192</x:v>
+      </x:c>
+      <x:c r="EY40" s="3" t="n">
+        <x:v>83727</x:v>
+      </x:c>
+      <x:c r="EZ40" s="3" t="n">
+        <x:v>84310</x:v>
+      </x:c>
+      <x:c r="FA40" s="3" t="n">
+        <x:v>85001</x:v>
+      </x:c>
+      <x:c r="FB40" s="3" t="n">
+        <x:v>85746</x:v>
+      </x:c>
+      <x:c r="FC40" s="3" t="n">
+        <x:v>86516</x:v>
+      </x:c>
+      <x:c r="FD40" s="3" t="n">
+        <x:v>87342</x:v>
+      </x:c>
+      <x:c r="FE40" s="3" t="n">
+        <x:v>88298</x:v>
+      </x:c>
+      <x:c r="FF40" s="3" t="n">
+        <x:v>89284</x:v>
+      </x:c>
+      <x:c r="FG40" s="3" t="n">
+        <x:v>90258</x:v>
+      </x:c>
+      <x:c r="FH40" s="3" t="n">
+        <x:v>91278</x:v>
+      </x:c>
+      <x:c r="FI40" s="3" t="n">
+        <x:v>92349</x:v>
+      </x:c>
+      <x:c r="FJ40" s="3" t="n">
+        <x:v>93432</x:v>
+      </x:c>
+      <x:c r="FK40" s="3" t="n">
+        <x:v>94504</x:v>
+      </x:c>
+      <x:c r="FL40" s="3" t="n">
+        <x:v>95625</x:v>
+      </x:c>
+      <x:c r="FM40" s="3" t="n">
+        <x:v>96799</x:v>
+      </x:c>
+      <x:c r="FN40" s="3" t="n">
+        <x:v>98064</x:v>
+      </x:c>
+      <x:c r="FO40" s="3" t="n">
+        <x:v>99114</x:v>
+      </x:c>
+      <x:c r="FP40" s="3" t="n">
+        <x:v>99871</x:v>
+      </x:c>
+      <x:c r="FQ40" s="3" t="n">
+        <x:v>100372</x:v>
+      </x:c>
+      <x:c r="FR40" s="3" t="n">
+        <x:v>100944</x:v>
+      </x:c>
+      <x:c r="FS40" s="3" t="n">
+        <x:v>102129</x:v>
+      </x:c>
+      <x:c r="FT40" s="3" t="n">
+        <x:v>103762</x:v>
+      </x:c>
+      <x:c r="FU40" s="3" t="n">
+        <x:v>105886</x:v>
+      </x:c>
+      <x:c r="FV40" s="3" t="n">
+        <x:v>107812</x:v>
+      </x:c>
+      <x:c r="FW40" s="3" t="n">
+        <x:v>108928</x:v>
+      </x:c>
+      <x:c r="FX40" s="3" t="n">
+        <x:v>109372</x:v>
+      </x:c>
+      <x:c r="FY40" s="3" t="n">
+        <x:v>109166</x:v>
+      </x:c>
+      <x:c r="FZ40" s="3" t="n">
+        <x:v>108847</x:v>
+      </x:c>
+      <x:c r="GA40" s="3" t="n">
+        <x:v>108697</x:v>
+      </x:c>
+      <x:c r="GB40" s="3" t="n">
+        <x:v>108682</x:v>
+      </x:c>
+      <x:c r="GC40" s="3" t="n">
+        <x:v>108865</x:v>
+      </x:c>
+      <x:c r="GD40" s="3" t="n">
+        <x:v>109111</x:v>
+      </x:c>
+      <x:c r="GE40" s="3" t="n">
+        <x:v>109403</x:v>
+      </x:c>
+      <x:c r="GF40" s="3" t="n">
+        <x:v>109672</x:v>
+      </x:c>
+      <x:c r="GG40" s="3" t="n">
+        <x:v>109951</x:v>
+      </x:c>
+      <x:c r="GH40" s="3" t="n">
+        <x:v>110219</x:v>
+      </x:c>
+      <x:c r="GI40" s="3" t="n">
+        <x:v>110455</x:v>
+      </x:c>
+      <x:c r="GJ40" s="3" t="n">
+        <x:v>110678</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:192">
+      <x:c r="A41" s="2" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="B41" s="3" t="n">
+        <x:v>11054</x:v>
+      </x:c>
+      <x:c r="C41" s="3" t="n">
+        <x:v>12152</x:v>
+      </x:c>
+      <x:c r="D41" s="3" t="n">
+        <x:v>10947</x:v>
+      </x:c>
+      <x:c r="E41" s="3" t="n">
+        <x:v>12502</x:v>
+      </x:c>
+      <x:c r="F41" s="3" t="n">
+        <x:v>14901</x:v>
+      </x:c>
+      <x:c r="G41" s="3" t="n">
+        <x:v>13648</x:v>
+      </x:c>
+      <x:c r="H41" s="3" t="n">
+        <x:v>12181</x:v>
+      </x:c>
+      <x:c r="I41" s="3" t="n">
+        <x:v>13802</x:v>
+      </x:c>
+      <x:c r="J41" s="3" t="n">
+        <x:v>16324</x:v>
+      </x:c>
+      <x:c r="K41" s="3" t="n">
+        <x:v>14438</x:v>
+      </x:c>
+      <x:c r="L41" s="3" t="n">
+        <x:v>13714</x:v>
+      </x:c>
+      <x:c r="M41" s="3" t="n">
+        <x:v>15798</x:v>
+      </x:c>
+      <x:c r="N41" s="3" t="n">
+        <x:v>18049</x:v>
+      </x:c>
+      <x:c r="O41" s="3" t="n">
+        <x:v>16216</x:v>
+      </x:c>
+      <x:c r="P41" s="3" t="n">
+        <x:v>14668</x:v>
+      </x:c>
+      <x:c r="Q41" s="3" t="n">
+        <x:v>16848</x:v>
+      </x:c>
+      <x:c r="R41" s="3" t="n">
+        <x:v>19337</x:v>
+      </x:c>
+      <x:c r="S41" s="3" t="n">
+        <x:v>18372</x:v>
+      </x:c>
+      <x:c r="T41" s="3" t="n">
+        <x:v>16317</x:v>
+      </x:c>
+      <x:c r="U41" s="3" t="n">
+        <x:v>20188</x:v>
+      </x:c>
+      <x:c r="V41" s="3" t="n">
+        <x:v>19181</x:v>
+      </x:c>
+      <x:c r="W41" s="3" t="n">
+        <x:v>19782</x:v>
+      </x:c>
+      <x:c r="X41" s="3" t="n">
+        <x:v>17509</x:v>
+      </x:c>
+      <x:c r="Y41" s="3" t="n">
+        <x:v>20673</x:v>
+      </x:c>
+      <x:c r="Z41" s="3" t="n">
+        <x:v>24191</x:v>
+      </x:c>
+      <x:c r="AA41" s="3" t="n">
+        <x:v>21442</x:v>
+      </x:c>
+      <x:c r="AB41" s="3" t="n">
+        <x:v>20982</x:v>
+      </x:c>
+      <x:c r="AC41" s="3" t="n">
+        <x:v>26018</x:v>
+      </x:c>
+      <x:c r="AD41" s="3" t="n">
+        <x:v>29190</x:v>
+      </x:c>
+      <x:c r="AE41" s="3" t="n">
+        <x:v>25110</x:v>
+      </x:c>
+      <x:c r="AF41" s="3" t="n">
+        <x:v>25153</x:v>
+      </x:c>
+      <x:c r="AG41" s="3" t="n">
+        <x:v>28738</x:v>
+      </x:c>
+      <x:c r="AH41" s="3" t="n">
+        <x:v>26309</x:v>
+      </x:c>
+      <x:c r="AI41" s="3" t="n">
+        <x:v>28591</x:v>
+      </x:c>
+      <x:c r="AJ41" s="3" t="n">
+        <x:v>24417</x:v>
+      </x:c>
+      <x:c r="AK41" s="3" t="n">
+        <x:v>28473</x:v>
+      </x:c>
+      <x:c r="AL41" s="3" t="n">
+        <x:v>28847</x:v>
+      </x:c>
+      <x:c r="AM41" s="3" t="n">
+        <x:v>29331</x:v>
+      </x:c>
+      <x:c r="AN41" s="3" t="n">
+        <x:v>24876</x:v>
+      </x:c>
+      <x:c r="AO41" s="3" t="n">
+        <x:v>30836</x:v>
+      </x:c>
+      <x:c r="AP41" s="3" t="n">
+        <x:v>30877</x:v>
+      </x:c>
+      <x:c r="AQ41" s="3" t="n">
+        <x:v>27575</x:v>
+      </x:c>
+      <x:c r="AR41" s="3" t="n">
+        <x:v>25187</x:v>
+      </x:c>
+      <x:c r="AS41" s="3" t="n">
+        <x:v>29111</x:v>
+      </x:c>
+      <x:c r="AT41" s="3" t="n">
+        <x:v>28492</x:v>
+      </x:c>
+      <x:c r="AU41" s="3" t="n">
+        <x:v>27942</x:v>
+      </x:c>
+      <x:c r="AV41" s="3" t="n">
+        <x:v>24019</x:v>
+      </x:c>
+      <x:c r="AW41" s="3" t="n">
+        <x:v>28320</x:v>
+      </x:c>
+      <x:c r="AX41" s="3" t="n">
+        <x:v>28037</x:v>
+      </x:c>
+      <x:c r="AY41" s="3" t="n">
+        <x:v>24716</x:v>
+      </x:c>
+      <x:c r="AZ41" s="3" t="n">
+        <x:v>22936</x:v>
+      </x:c>
+      <x:c r="BA41" s="3" t="n">
+        <x:v>26699</x:v>
+      </x:c>
+      <x:c r="BB41" s="3" t="n">
+        <x:v>26620</x:v>
+      </x:c>
+      <x:c r="BC41" s="3" t="n">
+        <x:v>26763</x:v>
+      </x:c>
+      <x:c r="BD41" s="3" t="n">
+        <x:v>23998</x:v>
+      </x:c>
+      <x:c r="BE41" s="3" t="n">
+        <x:v>27242</x:v>
+      </x:c>
+      <x:c r="BF41" s="3" t="n">
+        <x:v>29661</x:v>
+      </x:c>
+      <x:c r="BG41" s="3" t="n">
+        <x:v>26783</x:v>
+      </x:c>
+      <x:c r="BH41" s="3" t="n">
+        <x:v>26323</x:v>
+      </x:c>
+      <x:c r="BI41" s="3" t="n">
+        <x:v>29436</x:v>
+      </x:c>
+      <x:c r="BJ41" s="3" t="n">
+        <x:v>30675</x:v>
+      </x:c>
+      <x:c r="BK41" s="3" t="n">
+        <x:v>28698</x:v>
+      </x:c>
+      <x:c r="BL41" s="3" t="n">
+        <x:v>26976</x:v>
+      </x:c>
+      <x:c r="BM41" s="3" t="n">
+        <x:v>32439</x:v>
+      </x:c>
+      <x:c r="BN41" s="3" t="n">
+        <x:v>32815</x:v>
+      </x:c>
+      <x:c r="BO41" s="3" t="n">
+        <x:v>32097</x:v>
+      </x:c>
+      <x:c r="BP41" s="3" t="n">
+        <x:v>29500</x:v>
+      </x:c>
+      <x:c r="BQ41" s="3" t="n">
+        <x:v>34258</x:v>
+      </x:c>
+      <x:c r="BR41" s="3" t="n">
+        <x:v>36136</x:v>
+      </x:c>
+      <x:c r="BS41" s="3" t="n">
+        <x:v>31953</x:v>
+      </x:c>
+      <x:c r="BT41" s="3" t="n">
+        <x:v>30482</x:v>
+      </x:c>
+      <x:c r="BU41" s="3" t="n">
+        <x:v>36400</x:v>
+      </x:c>
+      <x:c r="BV41" s="3" t="n">
+        <x:v>37309</x:v>
+      </x:c>
+      <x:c r="BW41" s="3" t="n">
+        <x:v>33503</x:v>
+      </x:c>
+      <x:c r="BX41" s="3" t="n">
+        <x:v>33594</x:v>
+      </x:c>
+      <x:c r="BY41" s="3" t="n">
+        <x:v>39102</x:v>
+      </x:c>
+      <x:c r="BZ41" s="3" t="n">
+        <x:v>38236</x:v>
+      </x:c>
+      <x:c r="CA41" s="3" t="n">
+        <x:v>42394</x:v>
+      </x:c>
+      <x:c r="CB41" s="3" t="n">
+        <x:v>37872</x:v>
+      </x:c>
+      <x:c r="CC41" s="3" t="n">
+        <x:v>44062</x:v>
+      </x:c>
+      <x:c r="CD41" s="3" t="n">
+        <x:v>43488</x:v>
+      </x:c>
+      <x:c r="CE41" s="3" t="n">
+        <x:v>41338</x:v>
+      </x:c>
+      <x:c r="CF41" s="3" t="n">
+        <x:v>39705</x:v>
+      </x:c>
+      <x:c r="CG41" s="3" t="n">
+        <x:v>46033</x:v>
+      </x:c>
+      <x:c r="CH41" s="3" t="n">
+        <x:v>44743</x:v>
+      </x:c>
+      <x:c r="CI41" s="3" t="n">
+        <x:v>43283</x:v>
+      </x:c>
+      <x:c r="CJ41" s="3" t="n">
+        <x:v>40577</x:v>
+      </x:c>
+      <x:c r="CK41" s="3" t="n">
+        <x:v>47958</x:v>
+      </x:c>
+      <x:c r="CL41" s="3" t="n">
+        <x:v>48007</x:v>
+      </x:c>
+      <x:c r="CM41" s="3" t="n">
+        <x:v>43317</x:v>
+      </x:c>
+      <x:c r="CN41" s="3" t="n">
+        <x:v>41239</x:v>
+      </x:c>
+      <x:c r="CO41" s="3" t="n">
+        <x:v>48246</x:v>
+      </x:c>
+      <x:c r="CP41" s="3" t="n">
+        <x:v>50447</x:v>
+      </x:c>
+      <x:c r="CQ41" s="3" t="n">
+        <x:v>45630</x:v>
+      </x:c>
+      <x:c r="CR41" s="3" t="n">
+        <x:v>43797</x:v>
+      </x:c>
+      <x:c r="CS41" s="3" t="n">
+        <x:v>49861</x:v>
+      </x:c>
+      <x:c r="CT41" s="3" t="n">
+        <x:v>46734</x:v>
+      </x:c>
+      <x:c r="CU41" s="3" t="n">
+        <x:v>47671</x:v>
+      </x:c>
+      <x:c r="CV41" s="3" t="n">
+        <x:v>43459</x:v>
+      </x:c>
+      <x:c r="CW41" s="3" t="n">
+        <x:v>48203</x:v>
+      </x:c>
+      <x:c r="CX41" s="3" t="n">
+        <x:v>47100</x:v>
+      </x:c>
+      <x:c r="CY41" s="3" t="n">
+        <x:v>43935</x:v>
+      </x:c>
+      <x:c r="CZ41" s="3" t="n">
+        <x:v>42217</x:v>
+      </x:c>
+      <x:c r="DA41" s="3" t="n">
+        <x:v>47769</x:v>
+      </x:c>
+      <x:c r="DB41" s="3" t="n">
+        <x:v>49750</x:v>
+      </x:c>
+      <x:c r="DC41" s="3" t="n">
+        <x:v>46394</x:v>
+      </x:c>
+      <x:c r="DD41" s="3" t="n">
+        <x:v>45475</x:v>
+      </x:c>
+      <x:c r="DE41" s="3" t="n">
+        <x:v>52399</x:v>
+      </x:c>
+      <x:c r="DF41" s="3" t="n">
+        <x:v>48511</x:v>
+      </x:c>
+      <x:c r="DG41" s="3" t="n">
+        <x:v>52605</x:v>
+      </x:c>
+      <x:c r="DH41" s="3" t="n">
+        <x:v>48497</x:v>
+      </x:c>
+      <x:c r="DI41" s="3" t="n">
+        <x:v>59857</x:v>
+      </x:c>
+      <x:c r="DJ41" s="3" t="n">
+        <x:v>54744</x:v>
+      </x:c>
+      <x:c r="DK41" s="3" t="n">
+        <x:v>56588</x:v>
+      </x:c>
+      <x:c r="DL41" s="3" t="n">
+        <x:v>54941</x:v>
+      </x:c>
+      <x:c r="DM41" s="3" t="n">
+        <x:v>72147</x:v>
+      </x:c>
+      <x:c r="DN41" s="3" t="n">
+        <x:v>61650</x:v>
+      </x:c>
+      <x:c r="DO41" s="3" t="n">
+        <x:v>64135</x:v>
+      </x:c>
+      <x:c r="DP41" s="3" t="n">
+        <x:v>62857</x:v>
+      </x:c>
+      <x:c r="DQ41" s="3" t="n">
+        <x:v>77131</x:v>
+      </x:c>
+      <x:c r="DR41" s="3" t="n">
+        <x:v>63787</x:v>
+      </x:c>
+      <x:c r="DS41" s="3" t="n">
+        <x:v>77613</x:v>
+      </x:c>
+      <x:c r="DT41" s="3" t="n">
+        <x:v>67182</x:v>
+      </x:c>
+      <x:c r="DU41" s="3" t="n">
+        <x:v>87215</x:v>
+      </x:c>
+      <x:c r="DV41" s="3" t="n">
+        <x:v>68609</x:v>
+      </x:c>
+      <x:c r="DW41" s="3" t="n">
+        <x:v>73298</x:v>
+      </x:c>
+      <x:c r="DX41" s="3" t="n">
+        <x:v>60159</x:v>
+      </x:c>
+      <x:c r="DY41" s="3" t="n">
+        <x:v>77629</x:v>
+      </x:c>
+      <x:c r="DZ41" s="3" t="n">
+        <x:v>66276</x:v>
+      </x:c>
+      <x:c r="EA41" s="3" t="n">
+        <x:v>71636</x:v>
+      </x:c>
+      <x:c r="EB41" s="3" t="n">
+        <x:v>62962</x:v>
+      </x:c>
+      <x:c r="EC41" s="3" t="n">
+        <x:v>79155</x:v>
+      </x:c>
+      <x:c r="ED41" s="3" t="n">
+        <x:v>66413</x:v>
+      </x:c>
+      <x:c r="EE41" s="3" t="n">
+        <x:v>72959</x:v>
+      </x:c>
+      <x:c r="EF41" s="3" t="n">
+        <x:v>65002</x:v>
+      </x:c>
+      <x:c r="EG41" s="3" t="n">
+        <x:v>80745</x:v>
+      </x:c>
+      <x:c r="EH41" s="3" t="n">
+        <x:v>69591</x:v>
+      </x:c>
+      <x:c r="EI41" s="3" t="n">
+        <x:v>74911</x:v>
+      </x:c>
+      <x:c r="EJ41" s="3" t="n">
+        <x:v>67620</x:v>
+      </x:c>
+      <x:c r="EK41" s="3" t="n">
+        <x:v>88363</x:v>
+      </x:c>
+      <x:c r="EL41" s="3" t="n">
+        <x:v>70206</x:v>
+      </x:c>
+      <x:c r="EM41" s="3" t="n">
+        <x:v>82223</x:v>
+      </x:c>
+      <x:c r="EN41" s="3" t="n">
+        <x:v>68980</x:v>
+      </x:c>
+      <x:c r="EO41" s="3" t="n">
+        <x:v>88897</x:v>
+      </x:c>
+      <x:c r="EP41" s="3" t="n">
+        <x:v>74544</x:v>
+      </x:c>
+      <x:c r="EQ41" s="3" t="n">
+        <x:v>78957</x:v>
+      </x:c>
+      <x:c r="ER41" s="3" t="n">
+        <x:v>69120</x:v>
+      </x:c>
+      <x:c r="ES41" s="3" t="n">
+        <x:v>87712</x:v>
+      </x:c>
+      <x:c r="ET41" s="3" t="n">
+        <x:v>70471</x:v>
+      </x:c>
+      <x:c r="EU41" s="3" t="n">
+        <x:v>75009</x:v>
+      </x:c>
+      <x:c r="EV41" s="3" t="n">
+        <x:v>67027</x:v>
+      </x:c>
+      <x:c r="EW41" s="3" t="n">
+        <x:v>83540</x:v>
+      </x:c>
+      <x:c r="EX41" s="3" t="n">
+        <x:v>71655</x:v>
+      </x:c>
+      <x:c r="EY41" s="3" t="n">
+        <x:v>73878</x:v>
+      </x:c>
+      <x:c r="EZ41" s="3" t="n">
+        <x:v>64857</x:v>
+      </x:c>
+      <x:c r="FA41" s="3" t="n">
+        <x:v>76542</x:v>
+      </x:c>
+      <x:c r="FB41" s="3" t="n">
+        <x:v>79548</x:v>
+      </x:c>
+      <x:c r="FC41" s="3" t="n">
+        <x:v>70377</x:v>
+      </x:c>
+      <x:c r="FD41" s="3" t="n">
+        <x:v>67300</x:v>
+      </x:c>
+      <x:c r="FE41" s="3" t="n">
+        <x:v>80105</x:v>
+      </x:c>
+      <x:c r="FF41" s="3" t="n">
+        <x:v>79212</x:v>
+      </x:c>
+      <x:c r="FG41" s="3" t="n">
+        <x:v>79750</x:v>
+      </x:c>
+      <x:c r="FH41" s="3" t="n">
+        <x:v>73102</x:v>
+      </x:c>
+      <x:c r="FI41" s="3" t="n">
+        <x:v>87737</x:v>
+      </x:c>
+      <x:c r="FJ41" s="3" t="n">
+        <x:v>89459</x:v>
+      </x:c>
+      <x:c r="FK41" s="3" t="n">
+        <x:v>82540</x:v>
+      </x:c>
+      <x:c r="FL41" s="3" t="n">
+        <x:v>79904</x:v>
+      </x:c>
+      <x:c r="FM41" s="3" t="n">
+        <x:v>91712</x:v>
+      </x:c>
+      <x:c r="FN41" s="3" t="n">
+        <x:v>90700</x:v>
+      </x:c>
+      <x:c r="FO41" s="3" t="n">
+        <x:v>77891</x:v>
+      </x:c>
+      <x:c r="FP41" s="3" t="n">
+        <x:v>73816</x:v>
+      </x:c>
+      <x:c r="FQ41" s="3" t="n">
+        <x:v>87009</x:v>
+      </x:c>
+      <x:c r="FR41" s="3" t="n">
+        <x:v>86411</x:v>
+      </x:c>
+      <x:c r="FS41" s="3" t="n">
+        <x:v>82662</x:v>
+      </x:c>
+      <x:c r="FT41" s="3" t="n">
+        <x:v>79168</x:v>
+      </x:c>
+      <x:c r="FU41" s="3" t="n">
+        <x:v>95933</x:v>
+      </x:c>
+      <x:c r="FV41" s="3" t="n">
+        <x:v>96296</x:v>
+      </x:c>
+      <x:c r="FW41" s="3" t="n">
+        <x:v>88753</x:v>
+      </x:c>
+      <x:c r="FX41" s="3" t="n">
+        <x:v>85845</x:v>
+      </x:c>
+      <x:c r="FY41" s="3" t="n">
+        <x:v>100951</x:v>
+      </x:c>
+      <x:c r="FZ41" s="3" t="n">
+        <x:v>103959</x:v>
+      </x:c>
+      <x:c r="GA41" s="3" t="n">
+        <x:v>90829</x:v>
+      </x:c>
+      <x:c r="GB41" s="3" t="n">
+        <x:v>87449</x:v>
+      </x:c>
+      <x:c r="GC41" s="3" t="n">
+        <x:v>102809</x:v>
+      </x:c>
+      <x:c r="GD41" s="3" t="n">
+        <x:v>98601</x:v>
+      </x:c>
+      <x:c r="GE41" s="3" t="n">
+        <x:v>96364</x:v>
+      </x:c>
+      <x:c r="GF41" s="3" t="n">
+        <x:v>88460</x:v>
+      </x:c>
+      <x:c r="GG41" s="3" t="n">
+        <x:v>103009</x:v>
+      </x:c>
+      <x:c r="GH41" s="3" t="n">
+        <x:v>103058</x:v>
+      </x:c>
+      <x:c r="GI41" s="3" t="n">
+        <x:v>93400</x:v>
+      </x:c>
+      <x:c r="GJ41" s="3" t="n">
+        <x:v>88850</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:192">
+      <x:c r="A42" s="2" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="B42" s="3" t="n">
+        <x:v>6183</x:v>
+      </x:c>
+      <x:c r="C42" s="3" t="n">
+        <x:v>6879</x:v>
+      </x:c>
+      <x:c r="D42" s="3" t="n">
+        <x:v>6501</x:v>
+      </x:c>
+      <x:c r="E42" s="3" t="n">
+        <x:v>6917</x:v>
+      </x:c>
+      <x:c r="F42" s="3" t="n">
+        <x:v>7344</x:v>
+      </x:c>
+      <x:c r="G42" s="3" t="n">
+        <x:v>7111</x:v>
+      </x:c>
+      <x:c r="H42" s="3" t="n">
+        <x:v>6637</x:v>
+      </x:c>
+      <x:c r="I42" s="3" t="n">
+        <x:v>7043</x:v>
+      </x:c>
+      <x:c r="J42" s="3" t="n">
+        <x:v>6656</x:v>
+      </x:c>
+      <x:c r="K42" s="3" t="n">
+        <x:v>6449</x:v>
+      </x:c>
+      <x:c r="L42" s="3" t="n">
+        <x:v>6144</x:v>
+      </x:c>
+      <x:c r="M42" s="3" t="n">
+        <x:v>6643</x:v>
+      </x:c>
+      <x:c r="N42" s="3" t="n">
+        <x:v>6816</x:v>
+      </x:c>
+      <x:c r="O42" s="3" t="n">
+        <x:v>6557</x:v>
+      </x:c>
+      <x:c r="P42" s="3" t="n">
+        <x:v>6221</x:v>
+      </x:c>
+      <x:c r="Q42" s="3" t="n">
+        <x:v>6685</x:v>
+      </x:c>
+      <x:c r="R42" s="3" t="n">
+        <x:v>7281</x:v>
+      </x:c>
+      <x:c r="S42" s="3" t="n">
+        <x:v>7379</x:v>
+      </x:c>
+      <x:c r="T42" s="3" t="n">
+        <x:v>6941</x:v>
+      </x:c>
+      <x:c r="U42" s="3" t="n">
+        <x:v>7754</x:v>
+      </x:c>
+      <x:c r="V42" s="3" t="n">
+        <x:v>7648</x:v>
+      </x:c>
+      <x:c r="W42" s="3" t="n">
+        <x:v>8204</x:v>
+      </x:c>
+      <x:c r="X42" s="3" t="n">
+        <x:v>7758</x:v>
+      </x:c>
+      <x:c r="Y42" s="3" t="n">
+        <x:v>8338</x:v>
+      </x:c>
+      <x:c r="Z42" s="3" t="n">
+        <x:v>8947</x:v>
+      </x:c>
+      <x:c r="AA42" s="3" t="n">
+        <x:v>8623</x:v>
+      </x:c>
+      <x:c r="AB42" s="3" t="n">
+        <x:v>8741</x:v>
+      </x:c>
+      <x:c r="AC42" s="3" t="n">
+        <x:v>9764</x:v>
+      </x:c>
+      <x:c r="AD42" s="3" t="n">
+        <x:v>10690</x:v>
+      </x:c>
+      <x:c r="AE42" s="3" t="n">
+        <x:v>10130</x:v>
+      </x:c>
+      <x:c r="AF42" s="3" t="n">
+        <x:v>10356</x:v>
+      </x:c>
+      <x:c r="AG42" s="3" t="n">
+        <x:v>10865</x:v>
+      </x:c>
+      <x:c r="AH42" s="3" t="n">
+        <x:v>9779</x:v>
+      </x:c>
+      <x:c r="AI42" s="3" t="n">
+        <x:v>10880</x:v>
+      </x:c>
+      <x:c r="AJ42" s="3" t="n">
+        <x:v>10087</x:v>
+      </x:c>
+      <x:c r="AK42" s="3" t="n">
+        <x:v>10651</x:v>
+      </x:c>
+      <x:c r="AL42" s="3" t="n">
+        <x:v>10605</x:v>
+      </x:c>
+      <x:c r="AM42" s="3" t="n">
+        <x:v>11334</x:v>
+      </x:c>
+      <x:c r="AN42" s="3" t="n">
+        <x:v>10500</x:v>
+      </x:c>
+      <x:c r="AO42" s="3" t="n">
+        <x:v>11530</x:v>
+      </x:c>
+      <x:c r="AP42" s="3" t="n">
+        <x:v>11588</x:v>
+      </x:c>
+      <x:c r="AQ42" s="3" t="n">
+        <x:v>11116</x:v>
+      </x:c>
+      <x:c r="AR42" s="3" t="n">
+        <x:v>10691</x:v>
+      </x:c>
+      <x:c r="AS42" s="3" t="n">
+        <x:v>11113</x:v>
+      </x:c>
+      <x:c r="AT42" s="3" t="n">
+        <x:v>10242</x:v>
+      </x:c>
+      <x:c r="AU42" s="3" t="n">
+        <x:v>10467</x:v>
+      </x:c>
+      <x:c r="AV42" s="3" t="n">
+        <x:v>9650</x:v>
+      </x:c>
+      <x:c r="AW42" s="3" t="n">
+        <x:v>10503</x:v>
+      </x:c>
+      <x:c r="AX42" s="3" t="n">
+        <x:v>10966</x:v>
+      </x:c>
+      <x:c r="AY42" s="3" t="n">
+        <x:v>10592</x:v>
+      </x:c>
+      <x:c r="AZ42" s="3" t="n">
+        <x:v>10394</x:v>
+      </x:c>
+      <x:c r="BA42" s="3" t="n">
+        <x:v>10944</x:v>
+      </x:c>
+      <x:c r="BB42" s="3" t="n">
+        <x:v>10146</x:v>
+      </x:c>
+      <x:c r="BC42" s="3" t="n">
+        <x:v>10638</x:v>
+      </x:c>
+      <x:c r="BD42" s="3" t="n">
+        <x:v>10232</x:v>
+      </x:c>
+      <x:c r="BE42" s="3" t="n">
+        <x:v>10783</x:v>
+      </x:c>
+      <x:c r="BF42" s="3" t="n">
+        <x:v>10590</x:v>
+      </x:c>
+      <x:c r="BG42" s="3" t="n">
+        <x:v>10410</x:v>
+      </x:c>
+      <x:c r="BH42" s="3" t="n">
+        <x:v>10642</x:v>
+      </x:c>
+      <x:c r="BI42" s="3" t="n">
+        <x:v>10939</x:v>
+      </x:c>
+      <x:c r="BJ42" s="3" t="n">
+        <x:v>11210</x:v>
+      </x:c>
+      <x:c r="BK42" s="3" t="n">
+        <x:v>11227</x:v>
+      </x:c>
+      <x:c r="BL42" s="3" t="n">
+        <x:v>11198</x:v>
+      </x:c>
+      <x:c r="BM42" s="3" t="n">
+        <x:v>12167</x:v>
+      </x:c>
+      <x:c r="BN42" s="3" t="n">
+        <x:v>12614</x:v>
+      </x:c>
+      <x:c r="BO42" s="3" t="n">
+        <x:v>13076</x:v>
+      </x:c>
+      <x:c r="BP42" s="3" t="n">
+        <x:v>12806</x:v>
+      </x:c>
+      <x:c r="BQ42" s="3" t="n">
+        <x:v>13691</x:v>
+      </x:c>
+      <x:c r="BR42" s="3" t="n">
+        <x:v>14715</x:v>
+      </x:c>
+      <x:c r="BS42" s="3" t="n">
+        <x:v>13983</x:v>
+      </x:c>
+      <x:c r="BT42" s="3" t="n">
+        <x:v>14007</x:v>
+      </x:c>
+      <x:c r="BU42" s="3" t="n">
+        <x:v>15357</x:v>
+      </x:c>
+      <x:c r="BV42" s="3" t="n">
+        <x:v>16717</x:v>
+      </x:c>
+      <x:c r="BW42" s="3" t="n">
+        <x:v>15901</x:v>
+      </x:c>
+      <x:c r="BX42" s="3" t="n">
+        <x:v>16543</x:v>
+      </x:c>
+      <x:c r="BY42" s="3" t="n">
+        <x:v>17739</x:v>
+      </x:c>
+      <x:c r="BZ42" s="3" t="n">
+        <x:v>17895</x:v>
+      </x:c>
+      <x:c r="CA42" s="3" t="n">
+        <x:v>20177</x:v>
+      </x:c>
+      <x:c r="CB42" s="3" t="n">
+        <x:v>18774</x:v>
+      </x:c>
+      <x:c r="CC42" s="3" t="n">
+        <x:v>20339</x:v>
+      </x:c>
+      <x:c r="CD42" s="3" t="n">
+        <x:v>21882</x:v>
+      </x:c>
+      <x:c r="CE42" s="3" t="n">
+        <x:v>21640</x:v>
+      </x:c>
+      <x:c r="CF42" s="3" t="n">
+        <x:v>21350</x:v>
+      </x:c>
+      <x:c r="CG42" s="3" t="n">
+        <x:v>23265</x:v>
+      </x:c>
+      <x:c r="CH42" s="3" t="n">
+        <x:v>26753</x:v>
+      </x:c>
+      <x:c r="CI42" s="3" t="n">
+        <x:v>27026</x:v>
+      </x:c>
+      <x:c r="CJ42" s="3" t="n">
+        <x:v>25936</x:v>
+      </x:c>
+      <x:c r="CK42" s="3" t="n">
+        <x:v>28834</x:v>
+      </x:c>
+      <x:c r="CL42" s="3" t="n">
+        <x:v>30689</x:v>
+      </x:c>
+      <x:c r="CM42" s="3" t="n">
+        <x:v>29008</x:v>
+      </x:c>
+      <x:c r="CN42" s="3" t="n">
+        <x:v>28227</x:v>
+      </x:c>
+      <x:c r="CO42" s="3" t="n">
+        <x:v>31158</x:v>
+      </x:c>
+      <x:c r="CP42" s="3" t="n">
+        <x:v>31812</x:v>
+      </x:c>
+      <x:c r="CQ42" s="3" t="n">
+        <x:v>30197</x:v>
+      </x:c>
+      <x:c r="CR42" s="3" t="n">
+        <x:v>29364</x:v>
+      </x:c>
+      <x:c r="CS42" s="3" t="n">
+        <x:v>31321</x:v>
+      </x:c>
+      <x:c r="CT42" s="3" t="n">
+        <x:v>29902</x:v>
+      </x:c>
+      <x:c r="CU42" s="3" t="n">
+        <x:v>31263</x:v>
+      </x:c>
+      <x:c r="CV42" s="3" t="n">
+        <x:v>29172</x:v>
+      </x:c>
+      <x:c r="CW42" s="3" t="n">
+        <x:v>30781</x:v>
+      </x:c>
+      <x:c r="CX42" s="3" t="n">
+        <x:v>30313</x:v>
+      </x:c>
+      <x:c r="CY42" s="3" t="n">
+        <x:v>29110</x:v>
+      </x:c>
+      <x:c r="CZ42" s="3" t="n">
+        <x:v>28573</x:v>
+      </x:c>
+      <x:c r="DA42" s="3" t="n">
+        <x:v>31016</x:v>
+      </x:c>
+      <x:c r="DB42" s="3" t="n">
+        <x:v>30820</x:v>
+      </x:c>
+      <x:c r="DC42" s="3" t="n">
+        <x:v>29629</x:v>
+      </x:c>
+      <x:c r="DD42" s="3" t="n">
+        <x:v>29559</x:v>
+      </x:c>
+      <x:c r="DE42" s="3" t="n">
+        <x:v>32678</x:v>
+      </x:c>
+      <x:c r="DF42" s="3" t="n">
+        <x:v>32046</x:v>
+      </x:c>
+      <x:c r="DG42" s="3" t="n">
+        <x:v>34885</x:v>
+      </x:c>
+      <x:c r="DH42" s="3" t="n">
+        <x:v>32995</x:v>
+      </x:c>
+      <x:c r="DI42" s="3" t="n">
+        <x:v>39015</x:v>
+      </x:c>
+      <x:c r="DJ42" s="3" t="n">
+        <x:v>36047</x:v>
+      </x:c>
+      <x:c r="DK42" s="3" t="n">
+        <x:v>37742</x:v>
+      </x:c>
+      <x:c r="DL42" s="3" t="n">
+        <x:v>37035</x:v>
+      </x:c>
+      <x:c r="DM42" s="3" t="n">
+        <x:v>46581</x:v>
+      </x:c>
+      <x:c r="DN42" s="3" t="n">
+        <x:v>39680</x:v>
+      </x:c>
+      <x:c r="DO42" s="3" t="n">
+        <x:v>41725</x:v>
+      </x:c>
+      <x:c r="DP42" s="3" t="n">
+        <x:v>41406</x:v>
+      </x:c>
+      <x:c r="DQ42" s="3" t="n">
+        <x:v>48993</x:v>
+      </x:c>
+      <x:c r="DR42" s="3" t="n">
+        <x:v>41613</x:v>
+      </x:c>
+      <x:c r="DS42" s="3" t="n">
+        <x:v>46811</x:v>
+      </x:c>
+      <x:c r="DT42" s="3" t="n">
+        <x:v>47856</x:v>
+      </x:c>
+      <x:c r="DU42" s="3" t="n">
+        <x:v>47028</x:v>
+      </x:c>
+      <x:c r="DV42" s="3" t="n">
+        <x:v>40921</x:v>
+      </x:c>
+      <x:c r="DW42" s="3" t="n">
+        <x:v>43907</x:v>
+      </x:c>
+      <x:c r="DX42" s="3" t="n">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="DY42" s="3" t="n">
+        <x:v>45680</x:v>
+      </x:c>
+      <x:c r="DZ42" s="3" t="n">
+        <x:v>41741</x:v>
+      </x:c>
+      <x:c r="EA42" s="3" t="n">
+        <x:v>45646</x:v>
+      </x:c>
+      <x:c r="EB42" s="3" t="n">
+        <x:v>49669</x:v>
+      </x:c>
+      <x:c r="EC42" s="3" t="n">
+        <x:v>48127</x:v>
+      </x:c>
+      <x:c r="ED42" s="3" t="n">
+        <x:v>44977</x:v>
+      </x:c>
+      <x:c r="EE42" s="3" t="n">
+        <x:v>50555</x:v>
+      </x:c>
+      <x:c r="EF42" s="3" t="n">
+        <x:v>54825</x:v>
+      </x:c>
+      <x:c r="EG42" s="3" t="n">
+        <x:v>54781</x:v>
+      </x:c>
+      <x:c r="EH42" s="3" t="n">
+        <x:v>48617</x:v>
+      </x:c>
+      <x:c r="EI42" s="3" t="n">
+        <x:v>52837</x:v>
+      </x:c>
+      <x:c r="EJ42" s="3" t="n">
+        <x:v>59507</x:v>
+      </x:c>
+      <x:c r="EK42" s="3" t="n">
+        <x:v>57440</x:v>
+      </x:c>
+      <x:c r="EL42" s="3" t="n">
+        <x:v>47624</x:v>
+      </x:c>
+      <x:c r="EM42" s="3" t="n">
+        <x:v>56836</x:v>
+      </x:c>
+      <x:c r="EN42" s="3" t="n">
+        <x:v>59437</x:v>
+      </x:c>
+      <x:c r="EO42" s="3" t="n">
+        <x:v>57022</x:v>
+      </x:c>
+      <x:c r="EP42" s="3" t="n">
+        <x:v>51563</x:v>
+      </x:c>
+      <x:c r="EQ42" s="3" t="n">
+        <x:v>54010</x:v>
+      </x:c>
+      <x:c r="ER42" s="3" t="n">
+        <x:v>59724</x:v>
+      </x:c>
+      <x:c r="ES42" s="3" t="n">
+        <x:v>58180</x:v>
+      </x:c>
+      <x:c r="ET42" s="3" t="n">
+        <x:v>49993</x:v>
+      </x:c>
+      <x:c r="EU42" s="3" t="n">
+        <x:v>54094</x:v>
+      </x:c>
+      <x:c r="EV42" s="3" t="n">
+        <x:v>57051</x:v>
+      </x:c>
+      <x:c r="EW42" s="3" t="n">
+        <x:v>54363</x:v>
+      </x:c>
+      <x:c r="EX42" s="3" t="n">
+        <x:v>48671</x:v>
+      </x:c>
+      <x:c r="EY42" s="3" t="n">
+        <x:v>54595</x:v>
+      </x:c>
+      <x:c r="EZ42" s="3" t="n">
+        <x:v>55508</x:v>
+      </x:c>
+      <x:c r="FA42" s="3" t="n">
+        <x:v>54900</x:v>
+      </x:c>
+      <x:c r="FB42" s="3" t="n">
+        <x:v>53342</x:v>
+      </x:c>
+      <x:c r="FC42" s="3" t="n">
+        <x:v>52121</x:v>
+      </x:c>
+      <x:c r="FD42" s="3" t="n">
+        <x:v>56596</x:v>
+      </x:c>
+      <x:c r="FE42" s="3" t="n">
+        <x:v>55687</x:v>
+      </x:c>
+      <x:c r="FF42" s="3" t="n">
+        <x:v>52871</x:v>
+      </x:c>
+      <x:c r="FG42" s="3" t="n">
+        <x:v>57842</x:v>
+      </x:c>
+      <x:c r="FH42" s="3" t="n">
+        <x:v>59387</x:v>
+      </x:c>
+      <x:c r="FI42" s="3" t="n">
+        <x:v>58701</x:v>
+      </x:c>
+      <x:c r="FJ42" s="3" t="n">
+        <x:v>55649</x:v>
+      </x:c>
+      <x:c r="FK42" s="3" t="n">
+        <x:v>56076</x:v>
+      </x:c>
+      <x:c r="FL42" s="3" t="n">
+        <x:v>61380</x:v>
+      </x:c>
+      <x:c r="FM42" s="3" t="n">
+        <x:v>60859</x:v>
+      </x:c>
+      <x:c r="FN42" s="3" t="n">
+        <x:v>53646</x:v>
+      </x:c>
+      <x:c r="FO42" s="3" t="n">
+        <x:v>47164</x:v>
+      </x:c>
+      <x:c r="FP42" s="3" t="n">
+        <x:v>51458</x:v>
+      </x:c>
+      <x:c r="FQ42" s="3" t="n">
+        <x:v>52005</x:v>
+      </x:c>
+      <x:c r="FR42" s="3" t="n">
+        <x:v>48151</x:v>
+      </x:c>
+      <x:c r="FS42" s="3" t="n">
+        <x:v>46399</x:v>
+      </x:c>
+      <x:c r="FT42" s="3" t="n">
+        <x:v>47104</x:v>
+      </x:c>
+      <x:c r="FU42" s="3" t="n">
+        <x:v>57628</x:v>
+      </x:c>
+      <x:c r="FV42" s="3" t="n">
+        <x:v>56917</x:v>
+      </x:c>
+      <x:c r="FW42" s="3" t="n">
+        <x:v>56065</x:v>
+      </x:c>
+      <x:c r="FX42" s="3" t="n">
+        <x:v>54806</x:v>
+      </x:c>
+      <x:c r="FY42" s="3" t="n">
+        <x:v>62637</x:v>
+      </x:c>
+      <x:c r="FZ42" s="3" t="n">
+        <x:v>61432</x:v>
+      </x:c>
+      <x:c r="GA42" s="3" t="n">
+        <x:v>55548</x:v>
+      </x:c>
+      <x:c r="GB42" s="3" t="n">
+        <x:v>53217</x:v>
+      </x:c>
+      <x:c r="GC42" s="3" t="n">
+        <x:v>60146</x:v>
+      </x:c>
+      <x:c r="GD42" s="3" t="n">
+        <x:v>55503</x:v>
+      </x:c>
+      <x:c r="GE42" s="3" t="n">
+        <x:v>56810</x:v>
+      </x:c>
+      <x:c r="GF42" s="3" t="n">
+        <x:v>53638</x:v>
+      </x:c>
+      <x:c r="GG42" s="3" t="n">
+        <x:v>58835</x:v>
+      </x:c>
+      <x:c r="GH42" s="3" t="n">
+        <x:v>56946</x:v>
+      </x:c>
+      <x:c r="GI42" s="3" t="n">
+        <x:v>55006</x:v>
+      </x:c>
+      <x:c r="GJ42" s="3" t="n">
+        <x:v>53460</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:192">
+      <x:c r="A43" s="2" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="B43" s="3" t="n">
+        <x:v>39027</x:v>
+      </x:c>
+      <x:c r="C43" s="3" t="n">
+        <x:v>39631</x:v>
+      </x:c>
+      <x:c r="D43" s="3" t="n">
+        <x:v>39180</x:v>
+      </x:c>
+      <x:c r="E43" s="3" t="n">
+        <x:v>40648</x:v>
+      </x:c>
+      <x:c r="F43" s="3" t="n">
+        <x:v>41938</x:v>
+      </x:c>
+      <x:c r="G43" s="3" t="n">
+        <x:v>39442</x:v>
+      </x:c>
+      <x:c r="H43" s="3" t="n">
+        <x:v>40295</x:v>
+      </x:c>
+      <x:c r="I43" s="3" t="n">
+        <x:v>41897</x:v>
+      </x:c>
+      <x:c r="J43" s="3" t="n">
+        <x:v>43147</x:v>
+      </x:c>
+      <x:c r="K43" s="3" t="n">
+        <x:v>40559</x:v>
+      </x:c>
+      <x:c r="L43" s="3" t="n">
+        <x:v>41270</x:v>
+      </x:c>
+      <x:c r="M43" s="3" t="n">
+        <x:v>42137</x:v>
+      </x:c>
+      <x:c r="N43" s="3" t="n">
+        <x:v>45486</x:v>
+      </x:c>
+      <x:c r="O43" s="3" t="n">
+        <x:v>43121</x:v>
+      </x:c>
+      <x:c r="P43" s="3" t="n">
+        <x:v>43452</x:v>
+      </x:c>
+      <x:c r="Q43" s="3" t="n">
+        <x:v>45127</x:v>
+      </x:c>
+      <x:c r="R43" s="3" t="n">
+        <x:v>45302</x:v>
+      </x:c>
+      <x:c r="S43" s="3" t="n">
+        <x:v>42791</x:v>
+      </x:c>
+      <x:c r="T43" s="3" t="n">
+        <x:v>43295</x:v>
+      </x:c>
+      <x:c r="U43" s="3" t="n">
+        <x:v>45291</x:v>
+      </x:c>
+      <x:c r="V43" s="3" t="n">
+        <x:v>46660</x:v>
+      </x:c>
+      <x:c r="W43" s="3" t="n">
+        <x:v>45120</x:v>
+      </x:c>
+      <x:c r="X43" s="3" t="n">
+        <x:v>45453</x:v>
+      </x:c>
+      <x:c r="Y43" s="3" t="n">
+        <x:v>46435</x:v>
+      </x:c>
+      <x:c r="Z43" s="3" t="n">
+        <x:v>50025</x:v>
+      </x:c>
+      <x:c r="AA43" s="3" t="n">
+        <x:v>43930</x:v>
+      </x:c>
+      <x:c r="AB43" s="3" t="n">
+        <x:v>46103</x:v>
+      </x:c>
+      <x:c r="AC43" s="3" t="n">
+        <x:v>48778</x:v>
+      </x:c>
+      <x:c r="AD43" s="3" t="n">
+        <x:v>49280</x:v>
+      </x:c>
+      <x:c r="AE43" s="3" t="n">
+        <x:v>47031</x:v>
+      </x:c>
+      <x:c r="AF43" s="3" t="n">
+        <x:v>48313</x:v>
+      </x:c>
+      <x:c r="AG43" s="3" t="n">
+        <x:v>49506</x:v>
+      </x:c>
+      <x:c r="AH43" s="3" t="n">
+        <x:v>47104</x:v>
+      </x:c>
+      <x:c r="AI43" s="3" t="n">
+        <x:v>49825</x:v>
+      </x:c>
+      <x:c r="AJ43" s="3" t="n">
+        <x:v>50195</x:v>
+      </x:c>
+      <x:c r="AK43" s="3" t="n">
+        <x:v>52493</x:v>
+      </x:c>
+      <x:c r="AL43" s="3" t="n">
+        <x:v>49449</x:v>
+      </x:c>
+      <x:c r="AM43" s="3" t="n">
+        <x:v>51375</x:v>
+      </x:c>
+      <x:c r="AN43" s="3" t="n">
+        <x:v>50793</x:v>
+      </x:c>
+      <x:c r="AO43" s="3" t="n">
+        <x:v>55164</x:v>
+      </x:c>
+      <x:c r="AP43" s="3" t="n">
+        <x:v>51533</x:v>
+      </x:c>
+      <x:c r="AQ43" s="3" t="n">
+        <x:v>50024</x:v>
+      </x:c>
+      <x:c r="AR43" s="3" t="n">
+        <x:v>50869</x:v>
+      </x:c>
+      <x:c r="AS43" s="3" t="n">
+        <x:v>51921</x:v>
+      </x:c>
+      <x:c r="AT43" s="3" t="n">
+        <x:v>54001</x:v>
+      </x:c>
+      <x:c r="AU43" s="3" t="n">
+        <x:v>51107</x:v>
+      </x:c>
+      <x:c r="AV43" s="3" t="n">
+        <x:v>52982</x:v>
+      </x:c>
+      <x:c r="AW43" s="3" t="n">
+        <x:v>55599</x:v>
+      </x:c>
+      <x:c r="AX43" s="3" t="n">
+        <x:v>59628</x:v>
+      </x:c>
+      <x:c r="AY43" s="3" t="n">
+        <x:v>54402</x:v>
+      </x:c>
+      <x:c r="AZ43" s="3" t="n">
+        <x:v>58071</x:v>
+      </x:c>
+      <x:c r="BA43" s="3" t="n">
+        <x:v>57750</x:v>
+      </x:c>
+      <x:c r="BB43" s="3" t="n">
+        <x:v>63919</x:v>
+      </x:c>
+      <x:c r="BC43" s="3" t="n">
+        <x:v>62093</x:v>
+      </x:c>
+      <x:c r="BD43" s="3" t="n">
+        <x:v>65730</x:v>
+      </x:c>
+      <x:c r="BE43" s="3" t="n">
+        <x:v>64205</x:v>
+      </x:c>
+      <x:c r="BF43" s="3" t="n">
+        <x:v>67053</x:v>
+      </x:c>
+      <x:c r="BG43" s="3" t="n">
+        <x:v>64413</x:v>
+      </x:c>
+      <x:c r="BH43" s="3" t="n">
+        <x:v>66591</x:v>
+      </x:c>
+      <x:c r="BI43" s="3" t="n">
+        <x:v>68221</x:v>
+      </x:c>
+      <x:c r="BJ43" s="3" t="n">
+        <x:v>68903</x:v>
+      </x:c>
+      <x:c r="BK43" s="3" t="n">
+        <x:v>66523</x:v>
+      </x:c>
+      <x:c r="BL43" s="3" t="n">
+        <x:v>68326</x:v>
+      </x:c>
+      <x:c r="BM43" s="3" t="n">
+        <x:v>70698</x:v>
+      </x:c>
+      <x:c r="BN43" s="3" t="n">
+        <x:v>68182</x:v>
+      </x:c>
+      <x:c r="BO43" s="3" t="n">
+        <x:v>67449</x:v>
+      </x:c>
+      <x:c r="BP43" s="3" t="n">
+        <x:v>68443</x:v>
+      </x:c>
+      <x:c r="BQ43" s="3" t="n">
+        <x:v>70640</x:v>
+      </x:c>
+      <x:c r="BR43" s="3" t="n">
+        <x:v>69121</x:v>
+      </x:c>
+      <x:c r="BS43" s="3" t="n">
+        <x:v>64989</x:v>
+      </x:c>
+      <x:c r="BT43" s="3" t="n">
+        <x:v>66967</x:v>
+      </x:c>
+      <x:c r="BU43" s="3" t="n">
+        <x:v>69232</x:v>
+      </x:c>
+      <x:c r="BV43" s="3" t="n">
+        <x:v>69111</x:v>
+      </x:c>
+      <x:c r="BW43" s="3" t="n">
+        <x:v>65085</x:v>
+      </x:c>
+      <x:c r="BX43" s="3" t="n">
+        <x:v>67508</x:v>
+      </x:c>
+      <x:c r="BY43" s="3" t="n">
+        <x:v>69020</x:v>
+      </x:c>
+      <x:c r="BZ43" s="3" t="n">
+        <x:v>66491</x:v>
+      </x:c>
+      <x:c r="CA43" s="3" t="n">
+        <x:v>68528</x:v>
+      </x:c>
+      <x:c r="CB43" s="3" t="n">
+        <x:v>68008</x:v>
+      </x:c>
+      <x:c r="CC43" s="3" t="n">
+        <x:v>69696</x:v>
+      </x:c>
+      <x:c r="CD43" s="3" t="n">
+        <x:v>69166</x:v>
+      </x:c>
+      <x:c r="CE43" s="3" t="n">
+        <x:v>65641</x:v>
+      </x:c>
+      <x:c r="CF43" s="3" t="n">
+        <x:v>67366</x:v>
+      </x:c>
+      <x:c r="CG43" s="3" t="n">
+        <x:v>69477</x:v>
+      </x:c>
+      <x:c r="CH43" s="3" t="n">
+        <x:v>69882</x:v>
+      </x:c>
+      <x:c r="CI43" s="3" t="n">
+        <x:v>68069</x:v>
+      </x:c>
+      <x:c r="CJ43" s="3" t="n">
+        <x:v>69454</x:v>
+      </x:c>
+      <x:c r="CK43" s="3" t="n">
+        <x:v>70334</x:v>
+      </x:c>
+      <x:c r="CL43" s="3" t="n">
+        <x:v>71920</x:v>
+      </x:c>
+      <x:c r="CM43" s="3" t="n">
+        <x:v>67578</x:v>
+      </x:c>
+      <x:c r="CN43" s="3" t="n">
+        <x:v>68870</x:v>
+      </x:c>
+      <x:c r="CO43" s="3" t="n">
+        <x:v>69646</x:v>
+      </x:c>
+      <x:c r="CP43" s="3" t="n">
+        <x:v>72889</x:v>
+      </x:c>
+      <x:c r="CQ43" s="3" t="n">
+        <x:v>68946</x:v>
+      </x:c>
+      <x:c r="CR43" s="3" t="n">
+        <x:v>70405</x:v>
+      </x:c>
+      <x:c r="CS43" s="3" t="n">
+        <x:v>71823</x:v>
+      </x:c>
+      <x:c r="CT43" s="3" t="n">
+        <x:v>71521</x:v>
+      </x:c>
+      <x:c r="CU43" s="3" t="n">
+        <x:v>71512</x:v>
+      </x:c>
+      <x:c r="CV43" s="3" t="n">
+        <x:v>72481</x:v>
+      </x:c>
+      <x:c r="CW43" s="3" t="n">
+        <x:v>71875</x:v>
+      </x:c>
+      <x:c r="CX43" s="3" t="n">
+        <x:v>70094</x:v>
+      </x:c>
+      <x:c r="CY43" s="3" t="n">
+        <x:v>67676</x:v>
+      </x:c>
+      <x:c r="CZ43" s="3" t="n">
+        <x:v>69617</x:v>
+      </x:c>
+      <x:c r="DA43" s="3" t="n">
+        <x:v>69293</x:v>
+      </x:c>
+      <x:c r="DB43" s="3" t="n">
+        <x:v>70235</x:v>
+      </x:c>
+      <x:c r="DC43" s="3" t="n">
+        <x:v>67550</x:v>
+      </x:c>
+      <x:c r="DD43" s="3" t="n">
+        <x:v>69695</x:v>
+      </x:c>
+      <x:c r="DE43" s="3" t="n">
+        <x:v>70599</x:v>
+      </x:c>
+      <x:c r="DF43" s="3" t="n">
+        <x:v>68545</x:v>
+      </x:c>
+      <x:c r="DG43" s="3" t="n">
+        <x:v>70117</x:v>
+      </x:c>
+      <x:c r="DH43" s="3" t="n">
+        <x:v>69189</x:v>
+      </x:c>
+      <x:c r="DI43" s="3" t="n">
+        <x:v>69280</x:v>
+      </x:c>
+      <x:c r="DJ43" s="3" t="n">
+        <x:v>71694</x:v>
+      </x:c>
+      <x:c r="DK43" s="3" t="n">
+        <x:v>68098</x:v>
+      </x:c>
+      <x:c r="DL43" s="3" t="n">
+        <x:v>70204</x:v>
+      </x:c>
+      <x:c r="DM43" s="3" t="n">
+        <x:v>70253</x:v>
+      </x:c>
+      <x:c r="DN43" s="3" t="n">
+        <x:v>73420</x:v>
+      </x:c>
+      <x:c r="DO43" s="3" t="n">
+        <x:v>71168</x:v>
+      </x:c>
+      <x:c r="DP43" s="3" t="n">
+        <x:v>73525</x:v>
+      </x:c>
+      <x:c r="DQ43" s="3" t="n">
+        <x:v>74380</x:v>
+      </x:c>
+      <x:c r="DR43" s="3" t="n">
+        <x:v>75037</x:v>
+      </x:c>
+      <x:c r="DS43" s="3" t="n">
+        <x:v>75649</x:v>
+      </x:c>
+      <x:c r="DT43" s="3" t="n">
+        <x:v>75513</x:v>
+      </x:c>
+      <x:c r="DU43" s="3" t="n">
+        <x:v>76401</x:v>
+      </x:c>
+      <x:c r="DV43" s="3" t="n">
+        <x:v>79876</x:v>
+      </x:c>
+      <x:c r="DW43" s="3" t="n">
+        <x:v>80271</x:v>
+      </x:c>
+      <x:c r="DX43" s="3" t="n">
+        <x:v>81511</x:v>
+      </x:c>
+      <x:c r="DY43" s="3" t="n">
+        <x:v>79673</x:v>
+      </x:c>
+      <x:c r="DZ43" s="3" t="n">
+        <x:v>83840</x:v>
+      </x:c>
+      <x:c r="EA43" s="3" t="n">
+        <x:v>83210</x:v>
+      </x:c>
+      <x:c r="EB43" s="3" t="n">
+        <x:v>82195</x:v>
+      </x:c>
+      <x:c r="EC43" s="3" t="n">
+        <x:v>81628</x:v>
+      </x:c>
+      <x:c r="ED43" s="3" t="n">
+        <x:v>83308</x:v>
+      </x:c>
+      <x:c r="EE43" s="3" t="n">
+        <x:v>83522</x:v>
+      </x:c>
+      <x:c r="EF43" s="3" t="n">
+        <x:v>85209</x:v>
+      </x:c>
+      <x:c r="EG43" s="3" t="n">
+        <x:v>85701</x:v>
+      </x:c>
+      <x:c r="EH43" s="3" t="n">
+        <x:v>86447</x:v>
+      </x:c>
+      <x:c r="EI43" s="3" t="n">
+        <x:v>86385</x:v>
+      </x:c>
+      <x:c r="EJ43" s="3" t="n">
+        <x:v>86780</x:v>
+      </x:c>
+      <x:c r="EK43" s="3" t="n">
+        <x:v>86603</x:v>
+      </x:c>
+      <x:c r="EL43" s="3" t="n">
+        <x:v>86800</x:v>
+      </x:c>
+      <x:c r="EM43" s="3" t="n">
+        <x:v>87418</x:v>
+      </x:c>
+      <x:c r="EN43" s="3" t="n">
+        <x:v>88013</x:v>
+      </x:c>
+      <x:c r="EO43" s="3" t="n">
+        <x:v>88286</x:v>
+      </x:c>
+      <x:c r="EP43" s="3" t="n">
+        <x:v>90432</x:v>
+      </x:c>
+      <x:c r="EQ43" s="3" t="n">
+        <x:v>91375</x:v>
+      </x:c>
+      <x:c r="ER43" s="3" t="n">
+        <x:v>92319</x:v>
+      </x:c>
+      <x:c r="ES43" s="3" t="n">
+        <x:v>93022</x:v>
+      </x:c>
+      <x:c r="ET43" s="3" t="n">
+        <x:v>95582</x:v>
+      </x:c>
+      <x:c r="EU43" s="3" t="n">
+        <x:v>95718</x:v>
+      </x:c>
+      <x:c r="EV43" s="3" t="n">
+        <x:v>98167</x:v>
+      </x:c>
+      <x:c r="EW43" s="3" t="n">
+        <x:v>97319</x:v>
+      </x:c>
+      <x:c r="EX43" s="3" t="n">
+        <x:v>95648</x:v>
+      </x:c>
+      <x:c r="EY43" s="3" t="n">
+        <x:v>97512</x:v>
+      </x:c>
+      <x:c r="EZ43" s="3" t="n">
+        <x:v>99880</x:v>
+      </x:c>
+      <x:c r="FA43" s="3" t="n">
+        <x:v>100010</x:v>
+      </x:c>
+      <x:c r="FB43" s="3" t="n">
+        <x:v>99551</x:v>
+      </x:c>
+      <x:c r="FC43" s="3" t="n">
+        <x:v>100634</x:v>
+      </x:c>
+      <x:c r="FD43" s="3" t="n">
+        <x:v>102337</x:v>
+      </x:c>
+      <x:c r="FE43" s="3" t="n">
+        <x:v>102340</x:v>
+      </x:c>
+      <x:c r="FF43" s="3" t="n">
+        <x:v>101944</x:v>
+      </x:c>
+      <x:c r="FG43" s="3" t="n">
+        <x:v>102512</x:v>
+      </x:c>
+      <x:c r="FH43" s="3" t="n">
+        <x:v>103895</x:v>
+      </x:c>
+      <x:c r="FI43" s="3" t="n">
+        <x:v>104278</x:v>
+      </x:c>
+      <x:c r="FJ43" s="3" t="n">
+        <x:v>104455</x:v>
+      </x:c>
+      <x:c r="FK43" s="3" t="n">
+        <x:v>105362</x:v>
+      </x:c>
+      <x:c r="FL43" s="3" t="n">
+        <x:v>106915</x:v>
+      </x:c>
+      <x:c r="FM43" s="3" t="n">
+        <x:v>106820</x:v>
+      </x:c>
+      <x:c r="FN43" s="3" t="n">
+        <x:v>108220</x:v>
+      </x:c>
+      <x:c r="FO43" s="3" t="n">
+        <x:v>108979</x:v>
+      </x:c>
+      <x:c r="FP43" s="3" t="n">
+        <x:v>111093</x:v>
+      </x:c>
+      <x:c r="FQ43" s="3" t="n">
+        <x:v>111119</x:v>
+      </x:c>
+      <x:c r="FR43" s="3" t="n">
+        <x:v>110230</x:v>
+      </x:c>
+      <x:c r="FS43" s="3" t="n">
+        <x:v>110734</x:v>
+      </x:c>
+      <x:c r="FT43" s="3" t="n">
+        <x:v>113027</x:v>
+      </x:c>
+      <x:c r="FU43" s="3" t="n">
+        <x:v>114071</x:v>
+      </x:c>
+      <x:c r="FV43" s="3" t="n">
+        <x:v>114789</x:v>
+      </x:c>
+      <x:c r="FW43" s="3" t="n">
+        <x:v>115626</x:v>
+      </x:c>
+      <x:c r="FX43" s="3" t="n">
+        <x:v>116987</x:v>
+      </x:c>
+      <x:c r="FY43" s="3" t="n">
+        <x:v>118981</x:v>
+      </x:c>
+      <x:c r="FZ43" s="3" t="n">
+        <x:v>119276</x:v>
+      </x:c>
+      <x:c r="GA43" s="3" t="n">
+        <x:v>120229</x:v>
+      </x:c>
+      <x:c r="GB43" s="3" t="n">
+        <x:v>122919</x:v>
+      </x:c>
+      <x:c r="GC43" s="3" t="n">
+        <x:v>122509</x:v>
+      </x:c>
+      <x:c r="GD43" s="3" t="n">
+        <x:v>122272</x:v>
+      </x:c>
+      <x:c r="GE43" s="3" t="n">
+        <x:v>123467</x:v>
+      </x:c>
+      <x:c r="GF43" s="3" t="n">
+        <x:v>125818</x:v>
+      </x:c>
+      <x:c r="GG43" s="3" t="n">
+        <x:v>125929</x:v>
+      </x:c>
+      <x:c r="GH43" s="3" t="n">
+        <x:v>125613</x:v>
+      </x:c>
+      <x:c r="GI43" s="3" t="n">
+        <x:v>126531</x:v>
+      </x:c>
+      <x:c r="GJ43" s="3" t="n">
+        <x:v>128415</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:192">
+      <x:c r="A44" s="2" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="B44" s="3" t="n">
+        <x:v>27507</x:v>
+      </x:c>
+      <x:c r="C44" s="3" t="n">
+        <x:v>27557</x:v>
+      </x:c>
+      <x:c r="D44" s="3" t="n">
+        <x:v>24112</x:v>
+      </x:c>
+      <x:c r="E44" s="3" t="n">
+        <x:v>29566</x:v>
+      </x:c>
+      <x:c r="F44" s="3" t="n">
+        <x:v>30758</x:v>
+      </x:c>
+      <x:c r="G44" s="3" t="n">
+        <x:v>27826</x:v>
+      </x:c>
+      <x:c r="H44" s="3" t="n">
+        <x:v>23940</x:v>
+      </x:c>
+      <x:c r="I44" s="3" t="n">
+        <x:v>30915</x:v>
+      </x:c>
+      <x:c r="J44" s="3" t="n">
+        <x:v>31817</x:v>
+      </x:c>
+      <x:c r="K44" s="3" t="n">
+        <x:v>28917</x:v>
+      </x:c>
+      <x:c r="L44" s="3" t="n">
+        <x:v>24052</x:v>
+      </x:c>
+      <x:c r="M44" s="3" t="n">
+        <x:v>31934</x:v>
+      </x:c>
+      <x:c r="N44" s="3" t="n">
+        <x:v>32727</x:v>
+      </x:c>
+      <x:c r="O44" s="3" t="n">
+        <x:v>29125</x:v>
+      </x:c>
+      <x:c r="P44" s="3" t="n">
+        <x:v>25916</x:v>
+      </x:c>
+      <x:c r="Q44" s="3" t="n">
+        <x:v>33146</x:v>
+      </x:c>
+      <x:c r="R44" s="3" t="n">
+        <x:v>34049</x:v>
+      </x:c>
+      <x:c r="S44" s="3" t="n">
+        <x:v>29783</x:v>
+      </x:c>
+      <x:c r="T44" s="3" t="n">
+        <x:v>27432</x:v>
+      </x:c>
+      <x:c r="U44" s="3" t="n">
+        <x:v>33966</x:v>
+      </x:c>
+      <x:c r="V44" s="3" t="n">
+        <x:v>33576</x:v>
+      </x:c>
+      <x:c r="W44" s="3" t="n">
+        <x:v>31494</x:v>
+      </x:c>
+      <x:c r="X44" s="3" t="n">
+        <x:v>28499</x:v>
+      </x:c>
+      <x:c r="Y44" s="3" t="n">
+        <x:v>33414</x:v>
+      </x:c>
+      <x:c r="Z44" s="3" t="n">
+        <x:v>35055</x:v>
+      </x:c>
+      <x:c r="AA44" s="3" t="n">
+        <x:v>31059</x:v>
+      </x:c>
+      <x:c r="AB44" s="3" t="n">
+        <x:v>26796</x:v>
+      </x:c>
+      <x:c r="AC44" s="3" t="n">
+        <x:v>34807</x:v>
+      </x:c>
+      <x:c r="AD44" s="3" t="n">
+        <x:v>35708</x:v>
+      </x:c>
+      <x:c r="AE44" s="3" t="n">
+        <x:v>32344</x:v>
+      </x:c>
+      <x:c r="AF44" s="3" t="n">
+        <x:v>26835</x:v>
+      </x:c>
+      <x:c r="AG44" s="3" t="n">
+        <x:v>36818</x:v>
+      </x:c>
+      <x:c r="AH44" s="3" t="n">
+        <x:v>32775</x:v>
+      </x:c>
+      <x:c r="AI44" s="3" t="n">
+        <x:v>35551</x:v>
+      </x:c>
+      <x:c r="AJ44" s="3" t="n">
+        <x:v>27541</x:v>
+      </x:c>
+      <x:c r="AK44" s="3" t="n">
+        <x:v>37771</x:v>
+      </x:c>
+      <x:c r="AL44" s="3" t="n">
+        <x:v>36446</x:v>
+      </x:c>
+      <x:c r="AM44" s="3" t="n">
+        <x:v>33737</x:v>
+      </x:c>
+      <x:c r="AN44" s="3" t="n">
+        <x:v>28769</x:v>
+      </x:c>
+      <x:c r="AO44" s="3" t="n">
+        <x:v>38489</x:v>
+      </x:c>
+      <x:c r="AP44" s="3" t="n">
+        <x:v>36807</x:v>
+      </x:c>
+      <x:c r="AQ44" s="3" t="n">
+        <x:v>34194</x:v>
+      </x:c>
+      <x:c r="AR44" s="3" t="n">
+        <x:v>31123</x:v>
+      </x:c>
+      <x:c r="AS44" s="3" t="n">
+        <x:v>36884</x:v>
+      </x:c>
+      <x:c r="AT44" s="3" t="n">
+        <x:v>35326</x:v>
+      </x:c>
+      <x:c r="AU44" s="3" t="n">
+        <x:v>37006</x:v>
+      </x:c>
+      <x:c r="AV44" s="3" t="n">
+        <x:v>30288</x:v>
+      </x:c>
+      <x:c r="AW44" s="3" t="n">
+        <x:v>39474</x:v>
+      </x:c>
+      <x:c r="AX44" s="3" t="n">
+        <x:v>39685</x:v>
+      </x:c>
+      <x:c r="AY44" s="3" t="n">
+        <x:v>35604</x:v>
+      </x:c>
+      <x:c r="AZ44" s="3" t="n">
+        <x:v>30984</x:v>
+      </x:c>
+      <x:c r="BA44" s="3" t="n">
+        <x:v>38802</x:v>
+      </x:c>
+      <x:c r="BB44" s="3" t="n">
+        <x:v>36974</x:v>
+      </x:c>
+      <x:c r="BC44" s="3" t="n">
+        <x:v>37746</x:v>
+      </x:c>
+      <x:c r="BD44" s="3" t="n">
+        <x:v>32684</x:v>
+      </x:c>
+      <x:c r="BE44" s="3" t="n">
+        <x:v>39651</x:v>
+      </x:c>
+      <x:c r="BF44" s="3" t="n">
+        <x:v>41445</x:v>
+      </x:c>
+      <x:c r="BG44" s="3" t="n">
+        <x:v>36813</x:v>
+      </x:c>
+      <x:c r="BH44" s="3" t="n">
+        <x:v>34623</x:v>
+      </x:c>
+      <x:c r="BI44" s="3" t="n">
+        <x:v>39406</x:v>
+      </x:c>
+      <x:c r="BJ44" s="3" t="n">
+        <x:v>42596</x:v>
+      </x:c>
+      <x:c r="BK44" s="3" t="n">
+        <x:v>38748</x:v>
+      </x:c>
+      <x:c r="BL44" s="3" t="n">
+        <x:v>32532</x:v>
+      </x:c>
+      <x:c r="BM44" s="3" t="n">
+        <x:v>43130</x:v>
+      </x:c>
+      <x:c r="BN44" s="3" t="n">
+        <x:v>39033</x:v>
+      </x:c>
+      <x:c r="BO44" s="3" t="n">
+        <x:v>40191</x:v>
+      </x:c>
+      <x:c r="BP44" s="3" t="n">
+        <x:v>38141</x:v>
+      </x:c>
+      <x:c r="BQ44" s="3" t="n">
+        <x:v>43651</x:v>
+      </x:c>
+      <x:c r="BR44" s="3" t="n">
+        <x:v>44052</x:v>
+      </x:c>
+      <x:c r="BS44" s="3" t="n">
+        <x:v>38781</x:v>
+      </x:c>
+      <x:c r="BT44" s="3" t="n">
+        <x:v>37654</x:v>
+      </x:c>
+      <x:c r="BU44" s="3" t="n">
+        <x:v>42316</x:v>
+      </x:c>
+      <x:c r="BV44" s="3" t="n">
+        <x:v>44641</x:v>
+      </x:c>
+      <x:c r="BW44" s="3" t="n">
+        <x:v>40819</x:v>
+      </x:c>
+      <x:c r="BX44" s="3" t="n">
+        <x:v>38138</x:v>
+      </x:c>
+      <x:c r="BY44" s="3" t="n">
+        <x:v>44072</x:v>
+      </x:c>
+      <x:c r="BZ44" s="3" t="n">
+        <x:v>41995</x:v>
+      </x:c>
+      <x:c r="CA44" s="3" t="n">
+        <x:v>45413</x:v>
+      </x:c>
+      <x:c r="CB44" s="3" t="n">
+        <x:v>39126</x:v>
+      </x:c>
+      <x:c r="CC44" s="3" t="n">
+        <x:v>46115</x:v>
+      </x:c>
+      <x:c r="CD44" s="3" t="n">
+        <x:v>46949</x:v>
+      </x:c>
+      <x:c r="CE44" s="3" t="n">
+        <x:v>44861</x:v>
+      </x:c>
+      <x:c r="CF44" s="3" t="n">
+        <x:v>41406</x:v>
+      </x:c>
+      <x:c r="CG44" s="3" t="n">
+        <x:v>47452</x:v>
+      </x:c>
+      <x:c r="CH44" s="3" t="n">
+        <x:v>47645</x:v>
+      </x:c>
+      <x:c r="CI44" s="3" t="n">
+        <x:v>47396</x:v>
+      </x:c>
+      <x:c r="CJ44" s="3" t="n">
+        <x:v>42041</x:v>
+      </x:c>
+      <x:c r="CK44" s="3" t="n">
+        <x:v>49639</x:v>
+      </x:c>
+      <x:c r="CL44" s="3" t="n">
+        <x:v>51142</x:v>
+      </x:c>
+      <x:c r="CM44" s="3" t="n">
+        <x:v>46477</x:v>
+      </x:c>
+      <x:c r="CN44" s="3" t="n">
+        <x:v>44058</x:v>
+      </x:c>
+      <x:c r="CO44" s="3" t="n">
+        <x:v>48531</x:v>
+      </x:c>
+      <x:c r="CP44" s="3" t="n">
+        <x:v>52767</x:v>
+      </x:c>
+      <x:c r="CQ44" s="3" t="n">
+        <x:v>47871</x:v>
+      </x:c>
+      <x:c r="CR44" s="3" t="n">
+        <x:v>46013</x:v>
+      </x:c>
+      <x:c r="CS44" s="3" t="n">
+        <x:v>51609</x:v>
+      </x:c>
+      <x:c r="CT44" s="3" t="n">
+        <x:v>50162</x:v>
+      </x:c>
+      <x:c r="CU44" s="3" t="n">
+        <x:v>51122</x:v>
+      </x:c>
+      <x:c r="CV44" s="3" t="n">
+        <x:v>47671</x:v>
+      </x:c>
+      <x:c r="CW44" s="3" t="n">
+        <x:v>51180</x:v>
+      </x:c>
+      <x:c r="CX44" s="3" t="n">
+        <x:v>53633</x:v>
+      </x:c>
+      <x:c r="CY44" s="3" t="n">
+        <x:v>50095</x:v>
+      </x:c>
+      <x:c r="CZ44" s="3" t="n">
+        <x:v>48268</x:v>
+      </x:c>
+      <x:c r="DA44" s="3" t="n">
+        <x:v>52645</x:v>
+      </x:c>
+      <x:c r="DB44" s="3" t="n">
+        <x:v>54825</x:v>
+      </x:c>
+      <x:c r="DC44" s="3" t="n">
+        <x:v>50542</x:v>
+      </x:c>
+      <x:c r="DD44" s="3" t="n">
+        <x:v>47705</x:v>
+      </x:c>
+      <x:c r="DE44" s="3" t="n">
+        <x:v>55438</x:v>
+      </x:c>
+      <x:c r="DF44" s="3" t="n">
+        <x:v>52807</x:v>
+      </x:c>
+      <x:c r="DG44" s="3" t="n">
+        <x:v>54374</x:v>
+      </x:c>
+      <x:c r="DH44" s="3" t="n">
+        <x:v>47129</x:v>
+      </x:c>
+      <x:c r="DI44" s="3" t="n">
+        <x:v>56325</x:v>
+      </x:c>
+      <x:c r="DJ44" s="3" t="n">
+        <x:v>57070</x:v>
+      </x:c>
+      <x:c r="DK44" s="3" t="n">
+        <x:v>52550</x:v>
+      </x:c>
+      <x:c r="DL44" s="3" t="n">
+        <x:v>48904</x:v>
+      </x:c>
+      <x:c r="DM44" s="3" t="n">
+        <x:v>56293</x:v>
+      </x:c>
+      <x:c r="DN44" s="3" t="n">
+        <x:v>57389</x:v>
+      </x:c>
+      <x:c r="DO44" s="3" t="n">
+        <x:v>53228</x:v>
+      </x:c>
+      <x:c r="DP44" s="3" t="n">
+        <x:v>49936</x:v>
+      </x:c>
+      <x:c r="DQ44" s="3" t="n">
+        <x:v>55932</x:v>
+      </x:c>
+      <x:c r="DR44" s="3" t="n">
+        <x:v>53930</x:v>
+      </x:c>
+      <x:c r="DS44" s="3" t="n">
+        <x:v>54547</x:v>
+      </x:c>
+      <x:c r="DT44" s="3" t="n">
+        <x:v>53234</x:v>
+      </x:c>
+      <x:c r="DU44" s="3" t="n">
+        <x:v>54973</x:v>
+      </x:c>
+      <x:c r="DV44" s="3" t="n">
+        <x:v>55524</x:v>
+      </x:c>
+      <x:c r="DW44" s="3" t="n">
+        <x:v>54772</x:v>
+      </x:c>
+      <x:c r="DX44" s="3" t="n">
+        <x:v>54884</x:v>
+      </x:c>
+      <x:c r="DY44" s="3" t="n">
+        <x:v>56566</x:v>
+      </x:c>
+      <x:c r="DZ44" s="3" t="n">
+        <x:v>57311</x:v>
+      </x:c>
+      <x:c r="EA44" s="3" t="n">
+        <x:v>56156</x:v>
+      </x:c>
+      <x:c r="EB44" s="3" t="n">
+        <x:v>55753</x:v>
+      </x:c>
+      <x:c r="EC44" s="3" t="n">
+        <x:v>55839</x:v>
+      </x:c>
+      <x:c r="ED44" s="3" t="n">
+        <x:v>56835</x:v>
+      </x:c>
+      <x:c r="EE44" s="3" t="n">
+        <x:v>56506</x:v>
+      </x:c>
+      <x:c r="EF44" s="3" t="n">
+        <x:v>56364</x:v>
+      </x:c>
+      <x:c r="EG44" s="3" t="n">
+        <x:v>56569</x:v>
+      </x:c>
+      <x:c r="EH44" s="3" t="n">
+        <x:v>57099</x:v>
+      </x:c>
+      <x:c r="EI44" s="3" t="n">
+        <x:v>56768</x:v>
+      </x:c>
+      <x:c r="EJ44" s="3" t="n">
+        <x:v>56509</x:v>
+      </x:c>
+      <x:c r="EK44" s="3" t="n">
+        <x:v>57703</x:v>
+      </x:c>
+      <x:c r="EL44" s="3" t="n">
+        <x:v>57980</x:v>
+      </x:c>
+      <x:c r="EM44" s="3" t="n">
+        <x:v>57961</x:v>
+      </x:c>
+      <x:c r="EN44" s="3" t="n">
+        <x:v>57868</x:v>
+      </x:c>
+      <x:c r="EO44" s="3" t="n">
+        <x:v>58319</x:v>
+      </x:c>
+      <x:c r="EP44" s="3" t="n">
+        <x:v>58465</x:v>
+      </x:c>
+      <x:c r="EQ44" s="3" t="n">
+        <x:v>58109</x:v>
+      </x:c>
+      <x:c r="ER44" s="3" t="n">
+        <x:v>58112</x:v>
+      </x:c>
+      <x:c r="ES44" s="3" t="n">
+        <x:v>58872</x:v>
+      </x:c>
+      <x:c r="ET44" s="3" t="n">
+        <x:v>59602</x:v>
+      </x:c>
+      <x:c r="EU44" s="3" t="n">
+        <x:v>59588</x:v>
+      </x:c>
+      <x:c r="EV44" s="3" t="n">
+        <x:v>58033</x:v>
+      </x:c>
+      <x:c r="EW44" s="3" t="n">
+        <x:v>60022</x:v>
+      </x:c>
+      <x:c r="EX44" s="3" t="n">
+        <x:v>61436</x:v>
+      </x:c>
+      <x:c r="EY44" s="3" t="n">
+        <x:v>62840</x:v>
+      </x:c>
+      <x:c r="EZ44" s="3" t="n">
+        <x:v>59188</x:v>
+      </x:c>
+      <x:c r="FA44" s="3" t="n">
+        <x:v>63771</x:v>
+      </x:c>
+      <x:c r="FB44" s="3" t="n">
+        <x:v>62888</x:v>
+      </x:c>
+      <x:c r="FC44" s="3" t="n">
+        <x:v>62771</x:v>
+      </x:c>
+      <x:c r="FD44" s="3" t="n">
+        <x:v>59165</x:v>
+      </x:c>
+      <x:c r="FE44" s="3" t="n">
+        <x:v>64380</x:v>
+      </x:c>
+      <x:c r="FF44" s="3" t="n">
+        <x:v>63078</x:v>
+      </x:c>
+      <x:c r="FG44" s="3" t="n">
+        <x:v>63528</x:v>
+      </x:c>
+      <x:c r="FH44" s="3" t="n">
+        <x:v>59208</x:v>
+      </x:c>
+      <x:c r="FI44" s="3" t="n">
+        <x:v>64797</x:v>
+      </x:c>
+      <x:c r="FJ44" s="3" t="n">
+        <x:v>63337</x:v>
+      </x:c>
+      <x:c r="FK44" s="3" t="n">
+        <x:v>63373</x:v>
+      </x:c>
+      <x:c r="FL44" s="3" t="n">
+        <x:v>60077</x:v>
+      </x:c>
+      <x:c r="FM44" s="3" t="n">
+        <x:v>65330</x:v>
+      </x:c>
+      <x:c r="FN44" s="3" t="n">
+        <x:v>63623</x:v>
+      </x:c>
+      <x:c r="FO44" s="3" t="n">
+        <x:v>59252</x:v>
+      </x:c>
+      <x:c r="FP44" s="3" t="n">
+        <x:v>59342</x:v>
+      </x:c>
+      <x:c r="FQ44" s="3" t="n">
+        <x:v>64766</x:v>
+      </x:c>
+      <x:c r="FR44" s="3" t="n">
+        <x:v>63456</x:v>
+      </x:c>
+      <x:c r="FS44" s="3" t="n">
+        <x:v>62821</x:v>
+      </x:c>
+      <x:c r="FT44" s="3" t="n">
+        <x:v>59989</x:v>
+      </x:c>
+      <x:c r="FU44" s="3" t="n">
+        <x:v>66710</x:v>
+      </x:c>
+      <x:c r="FV44" s="3" t="n">
+        <x:v>65014</x:v>
+      </x:c>
+      <x:c r="FW44" s="3" t="n">
+        <x:v>65325</x:v>
+      </x:c>
+      <x:c r="FX44" s="3" t="n">
+        <x:v>61763</x:v>
+      </x:c>
+      <x:c r="FY44" s="3" t="n">
+        <x:v>68513</x:v>
+      </x:c>
+      <x:c r="FZ44" s="3" t="n">
+        <x:v>67532</x:v>
+      </x:c>
+      <x:c r="GA44" s="3" t="n">
+        <x:v>67196</x:v>
+      </x:c>
+      <x:c r="GB44" s="3" t="n">
+        <x:v>63121</x:v>
+      </x:c>
+      <x:c r="GC44" s="3" t="n">
+        <x:v>69397</x:v>
+      </x:c>
+      <x:c r="GD44" s="3" t="n">
+        <x:v>67320</x:v>
+      </x:c>
+      <x:c r="GE44" s="3" t="n">
+        <x:v>68003</x:v>
+      </x:c>
+      <x:c r="GF44" s="3" t="n">
+        <x:v>63414</x:v>
+      </x:c>
+      <x:c r="GG44" s="3" t="n">
+        <x:v>68778</x:v>
+      </x:c>
+      <x:c r="GH44" s="3" t="n">
+        <x:v>67195</x:v>
+      </x:c>
+      <x:c r="GI44" s="3" t="n">
+        <x:v>67139</x:v>
+      </x:c>
+      <x:c r="GJ44" s="3" t="n">
+        <x:v>62733</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:192">
+      <x:c r="A45" s="2" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="B45" s="3" t="n">
+        <x:v>39832</x:v>
+      </x:c>
+      <x:c r="C45" s="3" t="n">
+        <x:v>40021</x:v>
+      </x:c>
+      <x:c r="D45" s="3" t="n">
+        <x:v>39585</x:v>
+      </x:c>
+      <x:c r="E45" s="3" t="n">
+        <x:v>40159</x:v>
+      </x:c>
+      <x:c r="F45" s="3" t="n">
+        <x:v>43520</x:v>
+      </x:c>
+      <x:c r="G45" s="3" t="n">
+        <x:v>42635</x:v>
+      </x:c>
+      <x:c r="H45" s="3" t="n">
+        <x:v>43127</x:v>
+      </x:c>
+      <x:c r="I45" s="3" t="n">
+        <x:v>43745</x:v>
+      </x:c>
+      <x:c r="J45" s="3" t="n">
+        <x:v>44713</x:v>
+      </x:c>
+      <x:c r="K45" s="3" t="n">
+        <x:v>44373</x:v>
+      </x:c>
+      <x:c r="L45" s="3" t="n">
+        <x:v>45296</x:v>
+      </x:c>
+      <x:c r="M45" s="3" t="n">
+        <x:v>45722</x:v>
+      </x:c>
+      <x:c r="N45" s="3" t="n">
+        <x:v>47568</x:v>
+      </x:c>
+      <x:c r="O45" s="3" t="n">
+        <x:v>46475</x:v>
+      </x:c>
+      <x:c r="P45" s="3" t="n">
+        <x:v>46496</x:v>
+      </x:c>
+      <x:c r="Q45" s="3" t="n">
+        <x:v>47135</x:v>
+      </x:c>
+      <x:c r="R45" s="3" t="n">
+        <x:v>48446</x:v>
+      </x:c>
+      <x:c r="S45" s="3" t="n">
+        <x:v>47706</x:v>
+      </x:c>
+      <x:c r="T45" s="3" t="n">
+        <x:v>48310</x:v>
+      </x:c>
+      <x:c r="U45" s="3" t="n">
+        <x:v>49093</x:v>
+      </x:c>
+      <x:c r="V45" s="3" t="n">
+        <x:v>49875</x:v>
+      </x:c>
+      <x:c r="W45" s="3" t="n">
+        <x:v>49451</x:v>
+      </x:c>
+      <x:c r="X45" s="3" t="n">
+        <x:v>49079</x:v>
+      </x:c>
+      <x:c r="Y45" s="3" t="n">
+        <x:v>49767</x:v>
+      </x:c>
+      <x:c r="Z45" s="3" t="n">
+        <x:v>51642</x:v>
+      </x:c>
+      <x:c r="AA45" s="3" t="n">
+        <x:v>50165</x:v>
+      </x:c>
+      <x:c r="AB45" s="3" t="n">
+        <x:v>50156</x:v>
+      </x:c>
+      <x:c r="AC45" s="3" t="n">
+        <x:v>50774</x:v>
+      </x:c>
+      <x:c r="AD45" s="3" t="n">
+        <x:v>52296</x:v>
+      </x:c>
+      <x:c r="AE45" s="3" t="n">
+        <x:v>51226</x:v>
+      </x:c>
+      <x:c r="AF45" s="3" t="n">
+        <x:v>52111</x:v>
+      </x:c>
+      <x:c r="AG45" s="3" t="n">
+        <x:v>52860</x:v>
+      </x:c>
+      <x:c r="AH45" s="3" t="n">
+        <x:v>53668</x:v>
+      </x:c>
+      <x:c r="AI45" s="3" t="n">
+        <x:v>56147</x:v>
+      </x:c>
+      <x:c r="AJ45" s="3" t="n">
+        <x:v>53992</x:v>
+      </x:c>
+      <x:c r="AK45" s="3" t="n">
+        <x:v>54874</x:v>
+      </x:c>
+      <x:c r="AL45" s="3" t="n">
+        <x:v>56080</x:v>
+      </x:c>
+      <x:c r="AM45" s="3" t="n">
+        <x:v>57013</x:v>
+      </x:c>
+      <x:c r="AN45" s="3" t="n">
+        <x:v>57157</x:v>
+      </x:c>
+      <x:c r="AO45" s="3" t="n">
+        <x:v>58032</x:v>
+      </x:c>
+      <x:c r="AP45" s="3" t="n">
+        <x:v>58206</x:v>
+      </x:c>
+      <x:c r="AQ45" s="3" t="n">
+        <x:v>57559</x:v>
+      </x:c>
+      <x:c r="AR45" s="3" t="n">
+        <x:v>58489</x:v>
+      </x:c>
+      <x:c r="AS45" s="3" t="n">
+        <x:v>59263</x:v>
+      </x:c>
+      <x:c r="AT45" s="3" t="n">
+        <x:v>58549</x:v>
+      </x:c>
+      <x:c r="AU45" s="3" t="n">
+        <x:v>58971</x:v>
+      </x:c>
+      <x:c r="AV45" s="3" t="n">
+        <x:v>58887</x:v>
+      </x:c>
+      <x:c r="AW45" s="3" t="n">
+        <x:v>61174</x:v>
+      </x:c>
+      <x:c r="AX45" s="3" t="n">
+        <x:v>60351</x:v>
+      </x:c>
+      <x:c r="AY45" s="3" t="n">
+        <x:v>59675</x:v>
+      </x:c>
+      <x:c r="AZ45" s="3" t="n">
+        <x:v>62175</x:v>
+      </x:c>
+      <x:c r="BA45" s="3" t="n">
+        <x:v>64840</x:v>
+      </x:c>
+      <x:c r="BB45" s="3" t="n">
+        <x:v>62439</x:v>
+      </x:c>
+      <x:c r="BC45" s="3" t="n">
+        <x:v>63189</x:v>
+      </x:c>
+      <x:c r="BD45" s="3" t="n">
+        <x:v>64171</x:v>
+      </x:c>
+      <x:c r="BE45" s="3" t="n">
+        <x:v>65256</x:v>
+      </x:c>
+      <x:c r="BF45" s="3" t="n">
+        <x:v>66786</x:v>
+      </x:c>
+      <x:c r="BG45" s="3" t="n">
+        <x:v>65261</x:v>
+      </x:c>
+      <x:c r="BH45" s="3" t="n">
+        <x:v>67229</x:v>
+      </x:c>
+      <x:c r="BI45" s="3" t="n">
+        <x:v>68619</x:v>
+      </x:c>
+      <x:c r="BJ45" s="3" t="n">
+        <x:v>68237</x:v>
+      </x:c>
+      <x:c r="BK45" s="3" t="n">
+        <x:v>67167</x:v>
+      </x:c>
+      <x:c r="BL45" s="3" t="n">
+        <x:v>68839</x:v>
+      </x:c>
+      <x:c r="BM45" s="3" t="n">
+        <x:v>70635</x:v>
+      </x:c>
+      <x:c r="BN45" s="3" t="n">
+        <x:v>69030</x:v>
+      </x:c>
+      <x:c r="BO45" s="3" t="n">
+        <x:v>69048</x:v>
+      </x:c>
+      <x:c r="BP45" s="3" t="n">
+        <x:v>70479</x:v>
+      </x:c>
+      <x:c r="BQ45" s="3" t="n">
+        <x:v>72227</x:v>
+      </x:c>
+      <x:c r="BR45" s="3" t="n">
+        <x:v>73250</x:v>
+      </x:c>
+      <x:c r="BS45" s="3" t="n">
+        <x:v>70753</x:v>
+      </x:c>
+      <x:c r="BT45" s="3" t="n">
+        <x:v>72689</x:v>
+      </x:c>
+      <x:c r="BU45" s="3" t="n">
+        <x:v>74434</x:v>
+      </x:c>
+      <x:c r="BV45" s="3" t="n">
+        <x:v>75768</x:v>
+      </x:c>
+      <x:c r="BW45" s="3" t="n">
+        <x:v>73721</x:v>
+      </x:c>
+      <x:c r="BX45" s="3" t="n">
+        <x:v>76612</x:v>
+      </x:c>
+      <x:c r="BY45" s="3" t="n">
+        <x:v>77778</x:v>
+      </x:c>
+      <x:c r="BZ45" s="3" t="n">
+        <x:v>76076</x:v>
+      </x:c>
+      <x:c r="CA45" s="3" t="n">
+        <x:v>77602</x:v>
+      </x:c>
+      <x:c r="CB45" s="3" t="n">
+        <x:v>78669</x:v>
+      </x:c>
+      <x:c r="CC45" s="3" t="n">
+        <x:v>79830</x:v>
+      </x:c>
+      <x:c r="CD45" s="3" t="n">
+        <x:v>79668</x:v>
+      </x:c>
+      <x:c r="CE45" s="3" t="n">
+        <x:v>78186</x:v>
+      </x:c>
+      <x:c r="CF45" s="3" t="n">
+        <x:v>80528</x:v>
+      </x:c>
+      <x:c r="CG45" s="3" t="n">
+        <x:v>81122</x:v>
+      </x:c>
+      <x:c r="CH45" s="3" t="n">
+        <x:v>82007</x:v>
+      </x:c>
+      <x:c r="CI45" s="3" t="n">
+        <x:v>81686</x:v>
+      </x:c>
+      <x:c r="CJ45" s="3" t="n">
+        <x:v>84065</x:v>
+      </x:c>
+      <x:c r="CK45" s="3" t="n">
+        <x:v>84775</x:v>
+      </x:c>
+      <x:c r="CL45" s="3" t="n">
+        <x:v>86415</x:v>
+      </x:c>
+      <x:c r="CM45" s="3" t="n">
+        <x:v>83089</x:v>
+      </x:c>
+      <x:c r="CN45" s="3" t="n">
+        <x:v>85160</x:v>
+      </x:c>
+      <x:c r="CO45" s="3" t="n">
+        <x:v>85981</x:v>
+      </x:c>
+      <x:c r="CP45" s="3" t="n">
+        <x:v>89486</x:v>
+      </x:c>
+      <x:c r="CQ45" s="3" t="n">
+        <x:v>87034</x:v>
+      </x:c>
+      <x:c r="CR45" s="3" t="n">
+        <x:v>89164</x:v>
+      </x:c>
+      <x:c r="CS45" s="3" t="n">
+        <x:v>89690</x:v>
+      </x:c>
+      <x:c r="CT45" s="3" t="n">
+        <x:v>92330</x:v>
+      </x:c>
+      <x:c r="CU45" s="3" t="n">
+        <x:v>94184</x:v>
+      </x:c>
+      <x:c r="CV45" s="3" t="n">
+        <x:v>94562</x:v>
+      </x:c>
+      <x:c r="CW45" s="3" t="n">
+        <x:v>94743</x:v>
+      </x:c>
+      <x:c r="CX45" s="3" t="n">
+        <x:v>95925</x:v>
+      </x:c>
+      <x:c r="CY45" s="3" t="n">
+        <x:v>94037</x:v>
+      </x:c>
+      <x:c r="CZ45" s="3" t="n">
+        <x:v>95937</x:v>
+      </x:c>
+      <x:c r="DA45" s="3" t="n">
+        <x:v>95101</x:v>
+      </x:c>
+      <x:c r="DB45" s="3" t="n">
+        <x:v>100655</x:v>
+      </x:c>
+      <x:c r="DC45" s="3" t="n">
+        <x:v>98378</x:v>
+      </x:c>
+      <x:c r="DD45" s="3" t="n">
+        <x:v>100740</x:v>
+      </x:c>
+      <x:c r="DE45" s="3" t="n">
+        <x:v>101704</x:v>
+      </x:c>
+      <x:c r="DF45" s="3" t="n">
+        <x:v>101588</x:v>
+      </x:c>
+      <x:c r="DG45" s="3" t="n">
+        <x:v>104686</x:v>
+      </x:c>
+      <x:c r="DH45" s="3" t="n">
+        <x:v>104256</x:v>
+      </x:c>
+      <x:c r="DI45" s="3" t="n">
+        <x:v>105108</x:v>
+      </x:c>
+      <x:c r="DJ45" s="3" t="n">
+        <x:v>108589</x:v>
+      </x:c>
+      <x:c r="DK45" s="3" t="n">
+        <x:v>105830</x:v>
+      </x:c>
+      <x:c r="DL45" s="3" t="n">
+        <x:v>109458</x:v>
+      </x:c>
+      <x:c r="DM45" s="3" t="n">
+        <x:v>109983</x:v>
+      </x:c>
+      <x:c r="DN45" s="3" t="n">
+        <x:v>113851</x:v>
+      </x:c>
+      <x:c r="DO45" s="3" t="n">
+        <x:v>112328</x:v>
+      </x:c>
+      <x:c r="DP45" s="3" t="n">
+        <x:v>115403</x:v>
+      </x:c>
+      <x:c r="DQ45" s="3" t="n">
+        <x:v>115922</x:v>
+      </x:c>
+      <x:c r="DR45" s="3" t="n">
+        <x:v>117670</x:v>
+      </x:c>
+      <x:c r="DS45" s="3" t="n">
+        <x:v>119406</x:v>
+      </x:c>
+      <x:c r="DT45" s="3" t="n">
+        <x:v>119092</x:v>
+      </x:c>
+      <x:c r="DU45" s="3" t="n">
+        <x:v>120038</x:v>
+      </x:c>
+      <x:c r="DV45" s="3" t="n">
+        <x:v>124228</x:v>
+      </x:c>
+      <x:c r="DW45" s="3" t="n">
+        <x:v>121529</x:v>
+      </x:c>
+      <x:c r="DX45" s="3" t="n">
+        <x:v>122615</x:v>
+      </x:c>
+      <x:c r="DY45" s="3" t="n">
+        <x:v>124179</x:v>
+      </x:c>
+      <x:c r="DZ45" s="3" t="n">
+        <x:v>126111</x:v>
+      </x:c>
+      <x:c r="EA45" s="3" t="n">
+        <x:v>125091</x:v>
+      </x:c>
+      <x:c r="EB45" s="3" t="n">
+        <x:v>125206</x:v>
+      </x:c>
+      <x:c r="EC45" s="3" t="n">
+        <x:v>125964</x:v>
+      </x:c>
+      <x:c r="ED45" s="3" t="n">
+        <x:v>127327</x:v>
+      </x:c>
+      <x:c r="EE45" s="3" t="n">
+        <x:v>127497</x:v>
+      </x:c>
+      <x:c r="EF45" s="3" t="n">
+        <x:v>128281</x:v>
+      </x:c>
+      <x:c r="EG45" s="3" t="n">
+        <x:v>128107</x:v>
+      </x:c>
+      <x:c r="EH45" s="3" t="n">
+        <x:v>128997</x:v>
+      </x:c>
+      <x:c r="EI45" s="3" t="n">
+        <x:v>130461</x:v>
+      </x:c>
+      <x:c r="EJ45" s="3" t="n">
+        <x:v>131620</x:v>
+      </x:c>
+      <x:c r="EK45" s="3" t="n">
+        <x:v>131142</x:v>
+      </x:c>
+      <x:c r="EL45" s="3" t="n">
+        <x:v>131518</x:v>
+      </x:c>
+      <x:c r="EM45" s="3" t="n">
+        <x:v>131851</x:v>
+      </x:c>
+      <x:c r="EN45" s="3" t="n">
+        <x:v>132119</x:v>
+      </x:c>
+      <x:c r="EO45" s="3" t="n">
+        <x:v>133418</x:v>
+      </x:c>
+      <x:c r="EP45" s="3" t="n">
+        <x:v>132692</x:v>
+      </x:c>
+      <x:c r="EQ45" s="3" t="n">
+        <x:v>133658</x:v>
+      </x:c>
+      <x:c r="ER45" s="3" t="n">
+        <x:v>133702</x:v>
+      </x:c>
+      <x:c r="ES45" s="3" t="n">
+        <x:v>134344</x:v>
+      </x:c>
+      <x:c r="ET45" s="3" t="n">
+        <x:v>135647</x:v>
+      </x:c>
+      <x:c r="EU45" s="3" t="n">
+        <x:v>134776</x:v>
+      </x:c>
+      <x:c r="EV45" s="3" t="n">
+        <x:v>139172</x:v>
+      </x:c>
+      <x:c r="EW45" s="3" t="n">
+        <x:v>136734</x:v>
+      </x:c>
+      <x:c r="EX45" s="3" t="n">
+        <x:v>136634</x:v>
+      </x:c>
+      <x:c r="EY45" s="3" t="n">
+        <x:v>138791</x:v>
+      </x:c>
+      <x:c r="EZ45" s="3" t="n">
+        <x:v>138978</x:v>
+      </x:c>
+      <x:c r="FA45" s="3" t="n">
+        <x:v>141040</x:v>
+      </x:c>
+      <x:c r="FB45" s="3" t="n">
+        <x:v>141761</x:v>
+      </x:c>
+      <x:c r="FC45" s="3" t="n">
+        <x:v>140644</x:v>
+      </x:c>
+      <x:c r="FD45" s="3" t="n">
+        <x:v>140879</x:v>
+      </x:c>
+      <x:c r="FE45" s="3" t="n">
+        <x:v>142953</x:v>
+      </x:c>
+      <x:c r="FF45" s="3" t="n">
+        <x:v>141614</x:v>
+      </x:c>
+      <x:c r="FG45" s="3" t="n">
+        <x:v>142048</x:v>
+      </x:c>
+      <x:c r="FH45" s="3" t="n">
+        <x:v>141263</x:v>
+      </x:c>
+      <x:c r="FI45" s="3" t="n">
+        <x:v>143444</x:v>
+      </x:c>
+      <x:c r="FJ45" s="3" t="n">
+        <x:v>143985</x:v>
+      </x:c>
+      <x:c r="FK45" s="3" t="n">
+        <x:v>143412</x:v>
+      </x:c>
+      <x:c r="FL45" s="3" t="n">
+        <x:v>144294</x:v>
+      </x:c>
+      <x:c r="FM45" s="3" t="n">
+        <x:v>144998</x:v>
+      </x:c>
+      <x:c r="FN45" s="3" t="n">
+        <x:v>141291</x:v>
+      </x:c>
+      <x:c r="FO45" s="3" t="n">
+        <x:v>126576</x:v>
+      </x:c>
+      <x:c r="FP45" s="3" t="n">
+        <x:v>140577</x:v>
+      </x:c>
+      <x:c r="FQ45" s="3" t="n">
+        <x:v>145438</x:v>
+      </x:c>
+      <x:c r="FR45" s="3" t="n">
+        <x:v>141654</x:v>
+      </x:c>
+      <x:c r="FS45" s="3" t="n">
+        <x:v>143432</x:v>
+      </x:c>
+      <x:c r="FT45" s="3" t="n">
+        <x:v>146798</x:v>
+      </x:c>
+      <x:c r="FU45" s="3" t="n">
+        <x:v>149380</x:v>
+      </x:c>
+      <x:c r="FV45" s="3" t="n">
+        <x:v>146986</x:v>
+      </x:c>
+      <x:c r="FW45" s="3" t="n">
+        <x:v>147661</x:v>
+      </x:c>
+      <x:c r="FX45" s="3" t="n">
+        <x:v>150219</x:v>
+      </x:c>
+      <x:c r="FY45" s="3" t="n">
+        <x:v>154681</x:v>
+      </x:c>
+      <x:c r="FZ45" s="3" t="n">
+        <x:v>154323</x:v>
+      </x:c>
+      <x:c r="GA45" s="3" t="n">
+        <x:v>153715</x:v>
+      </x:c>
+      <x:c r="GB45" s="3" t="n">
+        <x:v>155050</x:v>
+      </x:c>
+      <x:c r="GC45" s="3" t="n">
+        <x:v>160215</x:v>
+      </x:c>
+      <x:c r="GD45" s="3" t="n">
+        <x:v>156344</x:v>
+      </x:c>
+      <x:c r="GE45" s="3" t="n">
+        <x:v>157195</x:v>
+      </x:c>
+      <x:c r="GF45" s="3" t="n">
+        <x:v>157685</x:v>
+      </x:c>
+      <x:c r="GG45" s="3" t="n">
+        <x:v>159663</x:v>
+      </x:c>
+      <x:c r="GH45" s="3" t="n">
+        <x:v>158857</x:v>
+      </x:c>
+      <x:c r="GI45" s="3" t="n">
+        <x:v>158267</x:v>
+      </x:c>
+      <x:c r="GJ45" s="3" t="n">
+        <x:v>157828</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:192">
+      <x:c r="A46" s="2" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="B46" s="3" t="n">
+        <x:v>13278</x:v>
+      </x:c>
+      <x:c r="C46" s="3" t="n">
+        <x:v>13508</x:v>
+      </x:c>
+      <x:c r="D46" s="3" t="n">
+        <x:v>13534</x:v>
+      </x:c>
+      <x:c r="E46" s="3" t="n">
+        <x:v>13990</x:v>
+      </x:c>
+      <x:c r="F46" s="3" t="n">
+        <x:v>13798</x:v>
+      </x:c>
+      <x:c r="G46" s="3" t="n">
+        <x:v>13668</x:v>
+      </x:c>
+      <x:c r="H46" s="3" t="n">
+        <x:v>13539</x:v>
+      </x:c>
+      <x:c r="I46" s="3" t="n">
+        <x:v>13868</x:v>
+      </x:c>
+      <x:c r="J46" s="3" t="n">
+        <x:v>14100</x:v>
+      </x:c>
+      <x:c r="K46" s="3" t="n">
+        <x:v>13962</x:v>
+      </x:c>
+      <x:c r="L46" s="3" t="n">
+        <x:v>13973</x:v>
+      </x:c>
+      <x:c r="M46" s="3" t="n">
+        <x:v>14342</x:v>
+      </x:c>
+      <x:c r="N46" s="3" t="n">
+        <x:v>14735</x:v>
+      </x:c>
+      <x:c r="O46" s="3" t="n">
+        <x:v>14508</x:v>
+      </x:c>
+      <x:c r="P46" s="3" t="n">
+        <x:v>14414</x:v>
+      </x:c>
+      <x:c r="Q46" s="3" t="n">
+        <x:v>14713</x:v>
+      </x:c>
+      <x:c r="R46" s="3" t="n">
+        <x:v>15141</x:v>
+      </x:c>
+      <x:c r="S46" s="3" t="n">
+        <x:v>14907</x:v>
+      </x:c>
+      <x:c r="T46" s="3" t="n">
+        <x:v>14819</x:v>
+      </x:c>
+      <x:c r="U46" s="3" t="n">
+        <x:v>15383</x:v>
+      </x:c>
+      <x:c r="V46" s="3" t="n">
+        <x:v>15671</x:v>
+      </x:c>
+      <x:c r="W46" s="3" t="n">
+        <x:v>15625</x:v>
+      </x:c>
+      <x:c r="X46" s="3" t="n">
+        <x:v>15462</x:v>
+      </x:c>
+      <x:c r="Y46" s="3" t="n">
+        <x:v>15877</x:v>
+      </x:c>
+      <x:c r="Z46" s="3" t="n">
+        <x:v>16448</x:v>
+      </x:c>
+      <x:c r="AA46" s="3" t="n">
+        <x:v>16199</x:v>
+      </x:c>
+      <x:c r="AB46" s="3" t="n">
+        <x:v>16059</x:v>
+      </x:c>
+      <x:c r="AC46" s="3" t="n">
+        <x:v>16415</x:v>
+      </x:c>
+      <x:c r="AD46" s="3" t="n">
+        <x:v>17078</x:v>
+      </x:c>
+      <x:c r="AE46" s="3" t="n">
+        <x:v>16890</x:v>
+      </x:c>
+      <x:c r="AF46" s="3" t="n">
+        <x:v>16808</x:v>
+      </x:c>
+      <x:c r="AG46" s="3" t="n">
+        <x:v>17195</x:v>
+      </x:c>
+      <x:c r="AH46" s="3" t="n">
+        <x:v>17387</x:v>
+      </x:c>
+      <x:c r="AI46" s="3" t="n">
+        <x:v>17644</x:v>
+      </x:c>
+      <x:c r="AJ46" s="3" t="n">
+        <x:v>17408</x:v>
+      </x:c>
+      <x:c r="AK46" s="3" t="n">
+        <x:v>17810</x:v>
+      </x:c>
+      <x:c r="AL46" s="3" t="n">
+        <x:v>18117</x:v>
+      </x:c>
+      <x:c r="AM46" s="3" t="n">
+        <x:v>18045</x:v>
+      </x:c>
+      <x:c r="AN46" s="3" t="n">
+        <x:v>17953</x:v>
+      </x:c>
+      <x:c r="AO46" s="3" t="n">
+        <x:v>18425</x:v>
+      </x:c>
+      <x:c r="AP46" s="3" t="n">
+        <x:v>18531</x:v>
+      </x:c>
+      <x:c r="AQ46" s="3" t="n">
+        <x:v>18322</x:v>
+      </x:c>
+      <x:c r="AR46" s="3" t="n">
+        <x:v>18313</x:v>
+      </x:c>
+      <x:c r="AS46" s="3" t="n">
+        <x:v>18617</x:v>
+      </x:c>
+      <x:c r="AT46" s="3" t="n">
+        <x:v>18354</x:v>
+      </x:c>
+      <x:c r="AU46" s="3" t="n">
+        <x:v>18297</x:v>
+      </x:c>
+      <x:c r="AV46" s="3" t="n">
+        <x:v>18115</x:v>
+      </x:c>
+      <x:c r="AW46" s="3" t="n">
+        <x:v>18452</x:v>
+      </x:c>
+      <x:c r="AX46" s="3" t="n">
+        <x:v>18685</x:v>
+      </x:c>
+      <x:c r="AY46" s="3" t="n">
+        <x:v>18540</x:v>
+      </x:c>
+      <x:c r="AZ46" s="3" t="n">
+        <x:v>18567</x:v>
+      </x:c>
+      <x:c r="BA46" s="3" t="n">
+        <x:v>19131</x:v>
+      </x:c>
+      <x:c r="BB46" s="3" t="n">
+        <x:v>19092</x:v>
+      </x:c>
+      <x:c r="BC46" s="3" t="n">
+        <x:v>19170</x:v>
+      </x:c>
+      <x:c r="BD46" s="3" t="n">
+        <x:v>19198</x:v>
+      </x:c>
+      <x:c r="BE46" s="3" t="n">
+        <x:v>19436</x:v>
+      </x:c>
+      <x:c r="BF46" s="3" t="n">
+        <x:v>19860</x:v>
+      </x:c>
+      <x:c r="BG46" s="3" t="n">
+        <x:v>19783</x:v>
+      </x:c>
+      <x:c r="BH46" s="3" t="n">
+        <x:v>19861</x:v>
+      </x:c>
+      <x:c r="BI46" s="3" t="n">
+        <x:v>20219</x:v>
+      </x:c>
+      <x:c r="BJ46" s="3" t="n">
+        <x:v>20460</x:v>
+      </x:c>
+      <x:c r="BK46" s="3" t="n">
+        <x:v>20390</x:v>
+      </x:c>
+      <x:c r="BL46" s="3" t="n">
+        <x:v>20404</x:v>
+      </x:c>
+      <x:c r="BM46" s="3" t="n">
+        <x:v>20808</x:v>
+      </x:c>
+      <x:c r="BN46" s="3" t="n">
+        <x:v>21103</x:v>
+      </x:c>
+      <x:c r="BO46" s="3" t="n">
+        <x:v>21234</x:v>
+      </x:c>
+      <x:c r="BP46" s="3" t="n">
+        <x:v>21177</x:v>
+      </x:c>
+      <x:c r="BQ46" s="3" t="n">
+        <x:v>21529</x:v>
+      </x:c>
+      <x:c r="BR46" s="3" t="n">
+        <x:v>21674</x:v>
+      </x:c>
+      <x:c r="BS46" s="3" t="n">
+        <x:v>21671</x:v>
+      </x:c>
+      <x:c r="BT46" s="3" t="n">
+        <x:v>21711</x:v>
+      </x:c>
+      <x:c r="BU46" s="3" t="n">
+        <x:v>22145</x:v>
+      </x:c>
+      <x:c r="BV46" s="3" t="n">
+        <x:v>22538</x:v>
+      </x:c>
+      <x:c r="BW46" s="3" t="n">
+        <x:v>22205</x:v>
+      </x:c>
+      <x:c r="BX46" s="3" t="n">
+        <x:v>22393</x:v>
+      </x:c>
+      <x:c r="BY46" s="3" t="n">
+        <x:v>22967</x:v>
+      </x:c>
+      <x:c r="BZ46" s="3" t="n">
+        <x:v>22957</x:v>
+      </x:c>
+      <x:c r="CA46" s="3" t="n">
+        <x:v>23203</x:v>
+      </x:c>
+      <x:c r="CB46" s="3" t="n">
+        <x:v>23183</x:v>
+      </x:c>
+      <x:c r="CC46" s="3" t="n">
+        <x:v>23846</x:v>
+      </x:c>
+      <x:c r="CD46" s="3" t="n">
+        <x:v>23812</x:v>
+      </x:c>
+      <x:c r="CE46" s="3" t="n">
+        <x:v>23720</x:v>
+      </x:c>
+      <x:c r="CF46" s="3" t="n">
+        <x:v>23728</x:v>
+      </x:c>
+      <x:c r="CG46" s="3" t="n">
+        <x:v>24251</x:v>
+      </x:c>
+      <x:c r="CH46" s="3" t="n">
+        <x:v>24789</x:v>
+      </x:c>
+      <x:c r="CI46" s="3" t="n">
+        <x:v>24820</x:v>
+      </x:c>
+      <x:c r="CJ46" s="3" t="n">
+        <x:v>24992</x:v>
+      </x:c>
+      <x:c r="CK46" s="3" t="n">
+        <x:v>25240</x:v>
+      </x:c>
+      <x:c r="CL46" s="3" t="n">
+        <x:v>25701</x:v>
+      </x:c>
+      <x:c r="CM46" s="3" t="n">
+        <x:v>25470</x:v>
+      </x:c>
+      <x:c r="CN46" s="3" t="n">
+        <x:v>25495</x:v>
+      </x:c>
+      <x:c r="CO46" s="3" t="n">
+        <x:v>25908</x:v>
+      </x:c>
+      <x:c r="CP46" s="3" t="n">
+        <x:v>25717</x:v>
+      </x:c>
+      <x:c r="CQ46" s="3" t="n">
+        <x:v>25024</x:v>
+      </x:c>
+      <x:c r="CR46" s="3" t="n">
+        <x:v>25057</x:v>
+      </x:c>
+      <x:c r="CS46" s="3" t="n">
+        <x:v>25912</x:v>
+      </x:c>
+      <x:c r="CT46" s="3" t="n">
+        <x:v>26640</x:v>
+      </x:c>
+      <x:c r="CU46" s="3" t="n">
+        <x:v>27254</x:v>
+      </x:c>
+      <x:c r="CV46" s="3" t="n">
+        <x:v>26966</x:v>
+      </x:c>
+      <x:c r="CW46" s="3" t="n">
+        <x:v>27503</x:v>
+      </x:c>
+      <x:c r="CX46" s="3" t="n">
+        <x:v>27354</x:v>
+      </x:c>
+      <x:c r="CY46" s="3" t="n">
+        <x:v>27316</x:v>
+      </x:c>
+      <x:c r="CZ46" s="3" t="n">
+        <x:v>27229</x:v>
+      </x:c>
+      <x:c r="DA46" s="3" t="n">
+        <x:v>28034</x:v>
+      </x:c>
+      <x:c r="DB46" s="3" t="n">
+        <x:v>28355</x:v>
+      </x:c>
+      <x:c r="DC46" s="3" t="n">
+        <x:v>28293</x:v>
+      </x:c>
+      <x:c r="DD46" s="3" t="n">
+        <x:v>28331</x:v>
+      </x:c>
+      <x:c r="DE46" s="3" t="n">
+        <x:v>29263</x:v>
+      </x:c>
+      <x:c r="DF46" s="3" t="n">
+        <x:v>29549</x:v>
+      </x:c>
+      <x:c r="DG46" s="3" t="n">
+        <x:v>29985</x:v>
+      </x:c>
+      <x:c r="DH46" s="3" t="n">
+        <x:v>29378</x:v>
+      </x:c>
+      <x:c r="DI46" s="3" t="n">
+        <x:v>31018</x:v>
+      </x:c>
+      <x:c r="DJ46" s="3" t="n">
+        <x:v>30913</x:v>
+      </x:c>
+      <x:c r="DK46" s="3" t="n">
+        <x:v>30970</x:v>
+      </x:c>
+      <x:c r="DL46" s="3" t="n">
+        <x:v>29959</x:v>
+      </x:c>
+      <x:c r="DM46" s="3" t="n">
+        <x:v>31502</x:v>
+      </x:c>
+      <x:c r="DN46" s="3" t="n">
+        <x:v>33298</x:v>
+      </x:c>
+      <x:c r="DO46" s="3" t="n">
+        <x:v>33237</x:v>
+      </x:c>
+      <x:c r="DP46" s="3" t="n">
+        <x:v>32361</x:v>
+      </x:c>
+      <x:c r="DQ46" s="3" t="n">
+        <x:v>34163</x:v>
+      </x:c>
+      <x:c r="DR46" s="3" t="n">
+        <x:v>34054</x:v>
+      </x:c>
+      <x:c r="DS46" s="3" t="n">
+        <x:v>34901</x:v>
+      </x:c>
+      <x:c r="DT46" s="3" t="n">
+        <x:v>33054</x:v>
+      </x:c>
+      <x:c r="DU46" s="3" t="n">
+        <x:v>35459</x:v>
+      </x:c>
+      <x:c r="DV46" s="3" t="n">
+        <x:v>35431</x:v>
+      </x:c>
+      <x:c r="DW46" s="3" t="n">
+        <x:v>34879</x:v>
+      </x:c>
+      <x:c r="DX46" s="3" t="n">
+        <x:v>34174</x:v>
+      </x:c>
+      <x:c r="DY46" s="3" t="n">
+        <x:v>37324</x:v>
+      </x:c>
+      <x:c r="DZ46" s="3" t="n">
+        <x:v>35353</x:v>
+      </x:c>
+      <x:c r="EA46" s="3" t="n">
+        <x:v>34456</x:v>
+      </x:c>
+      <x:c r="EB46" s="3" t="n">
+        <x:v>33275</x:v>
+      </x:c>
+      <x:c r="EC46" s="3" t="n">
+        <x:v>36582</x:v>
+      </x:c>
+      <x:c r="ED46" s="3" t="n">
+        <x:v>35757</x:v>
+      </x:c>
+      <x:c r="EE46" s="3" t="n">
+        <x:v>34801</x:v>
+      </x:c>
+      <x:c r="EF46" s="3" t="n">
+        <x:v>34039</x:v>
+      </x:c>
+      <x:c r="EG46" s="3" t="n">
+        <x:v>37251</x:v>
+      </x:c>
+      <x:c r="EH46" s="3" t="n">
+        <x:v>36448</x:v>
+      </x:c>
+      <x:c r="EI46" s="3" t="n">
+        <x:v>35185</x:v>
+      </x:c>
+      <x:c r="EJ46" s="3" t="n">
+        <x:v>34451</x:v>
+      </x:c>
+      <x:c r="EK46" s="3" t="n">
+        <x:v>37146</x:v>
+      </x:c>
+      <x:c r="EL46" s="3" t="n">
+        <x:v>35897</x:v>
+      </x:c>
+      <x:c r="EM46" s="3" t="n">
+        <x:v>35990</x:v>
+      </x:c>
+      <x:c r="EN46" s="3" t="n">
+        <x:v>34541</x:v>
+      </x:c>
+      <x:c r="EO46" s="3" t="n">
+        <x:v>37592</x:v>
+      </x:c>
+      <x:c r="EP46" s="3" t="n">
+        <x:v>37688</x:v>
+      </x:c>
+      <x:c r="EQ46" s="3" t="n">
+        <x:v>35659</x:v>
+      </x:c>
+      <x:c r="ER46" s="3" t="n">
+        <x:v>35366</x:v>
+      </x:c>
+      <x:c r="ES46" s="3" t="n">
+        <x:v>38117</x:v>
+      </x:c>
+      <x:c r="ET46" s="3" t="n">
+        <x:v>37651</x:v>
+      </x:c>
+      <x:c r="EU46" s="3" t="n">
+        <x:v>35808</x:v>
+      </x:c>
+      <x:c r="EV46" s="3" t="n">
+        <x:v>34946</x:v>
+      </x:c>
+      <x:c r="EW46" s="3" t="n">
+        <x:v>38505</x:v>
+      </x:c>
+      <x:c r="EX46" s="3" t="n">
+        <x:v>35475</x:v>
+      </x:c>
+      <x:c r="EY46" s="3" t="n">
+        <x:v>37538</x:v>
+      </x:c>
+      <x:c r="EZ46" s="3" t="n">
+        <x:v>32692</x:v>
+      </x:c>
+      <x:c r="FA46" s="3" t="n">
+        <x:v>36980</x:v>
+      </x:c>
+      <x:c r="FB46" s="3" t="n">
+        <x:v>38226</x:v>
+      </x:c>
+      <x:c r="FC46" s="3" t="n">
+        <x:v>34950</x:v>
+      </x:c>
+      <x:c r="FD46" s="3" t="n">
+        <x:v>32659</x:v>
+      </x:c>
+      <x:c r="FE46" s="3" t="n">
+        <x:v>37558</x:v>
+      </x:c>
+      <x:c r="FF46" s="3" t="n">
+        <x:v>37821</x:v>
+      </x:c>
+      <x:c r="FG46" s="3" t="n">
+        <x:v>38459</x:v>
+      </x:c>
+      <x:c r="FH46" s="3" t="n">
+        <x:v>33367</x:v>
+      </x:c>
+      <x:c r="FI46" s="3" t="n">
+        <x:v>37248</x:v>
+      </x:c>
+      <x:c r="FJ46" s="3" t="n">
+        <x:v>36621</x:v>
+      </x:c>
+      <x:c r="FK46" s="3" t="n">
+        <x:v>34477</x:v>
+      </x:c>
+      <x:c r="FL46" s="3" t="n">
+        <x:v>34494</x:v>
+      </x:c>
+      <x:c r="FM46" s="3" t="n">
+        <x:v>42407</x:v>
+      </x:c>
+      <x:c r="FN46" s="3" t="n">
+        <x:v>37290</x:v>
+      </x:c>
+      <x:c r="FO46" s="3" t="n">
+        <x:v>25435</x:v>
+      </x:c>
+      <x:c r="FP46" s="3" t="n">
+        <x:v>34478</x:v>
+      </x:c>
+      <x:c r="FQ46" s="3" t="n">
+        <x:v>38863</x:v>
+      </x:c>
+      <x:c r="FR46" s="3" t="n">
+        <x:v>28183</x:v>
+      </x:c>
+      <x:c r="FS46" s="3" t="n">
+        <x:v>33914</x:v>
+      </x:c>
+      <x:c r="FT46" s="3" t="n">
+        <x:v>40500</x:v>
+      </x:c>
+      <x:c r="FU46" s="3" t="n">
+        <x:v>47402</x:v>
+      </x:c>
+      <x:c r="FV46" s="3" t="n">
+        <x:v>41880</x:v>
+      </x:c>
+      <x:c r="FW46" s="3" t="n">
+        <x:v>41655</x:v>
+      </x:c>
+      <x:c r="FX46" s="3" t="n">
+        <x:v>38011</x:v>
+      </x:c>
+      <x:c r="FY46" s="3" t="n">
+        <x:v>42826</x:v>
+      </x:c>
+      <x:c r="FZ46" s="3" t="n">
+        <x:v>44639</x:v>
+      </x:c>
+      <x:c r="GA46" s="3" t="n">
+        <x:v>40511</x:v>
+      </x:c>
+      <x:c r="GB46" s="3" t="n">
+        <x:v>38131</x:v>
+      </x:c>
+      <x:c r="GC46" s="3" t="n">
+        <x:v>43871</x:v>
+      </x:c>
+      <x:c r="GD46" s="3" t="n">
+        <x:v>42234</x:v>
+      </x:c>
+      <x:c r="GE46" s="3" t="n">
+        <x:v>43113</x:v>
+      </x:c>
+      <x:c r="GF46" s="3" t="n">
+        <x:v>40845</x:v>
+      </x:c>
+      <x:c r="GG46" s="3" t="n">
+        <x:v>43820</x:v>
+      </x:c>
+      <x:c r="GH46" s="3" t="n">
+        <x:v>43887</x:v>
+      </x:c>
+      <x:c r="GI46" s="3" t="n">
+        <x:v>43511</x:v>
+      </x:c>
+      <x:c r="GJ46" s="3" t="n">
+        <x:v>41681</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:192">
+      <x:c r="A47" s="2" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="B47" s="3" t="n">
+        <x:v>95865</x:v>
+      </x:c>
+      <x:c r="C47" s="3" t="n">
+        <x:v>96997</x:v>
+      </x:c>
+      <x:c r="D47" s="3" t="n">
+        <x:v>92975</x:v>
+      </x:c>
+      <x:c r="E47" s="3" t="n">
+        <x:v>100604</x:v>
+      </x:c>
+      <x:c r="F47" s="3" t="n">
+        <x:v>105309</x:v>
+      </x:c>
+      <x:c r="G47" s="3" t="n">
+        <x:v>98801</x:v>
+      </x:c>
+      <x:c r="H47" s="3" t="n">
+        <x:v>96360</x:v>
+      </x:c>
+      <x:c r="I47" s="3" t="n">
+        <x:v>105772</x:v>
+      </x:c>
+      <x:c r="J47" s="3" t="n">
+        <x:v>109925</x:v>
+      </x:c>
+      <x:c r="K47" s="3" t="n">
+        <x:v>103186</x:v>
+      </x:c>
+      <x:c r="L47" s="3" t="n">
+        <x:v>99692</x:v>
+      </x:c>
+      <x:c r="M47" s="3" t="n">
+        <x:v>109069</x:v>
+      </x:c>
+      <x:c r="N47" s="3" t="n">
+        <x:v>114811</x:v>
+      </x:c>
+      <x:c r="O47" s="3" t="n">
+        <x:v>107986</x:v>
+      </x:c>
+      <x:c r="P47" s="3" t="n">
+        <x:v>105828</x:v>
+      </x:c>
+      <x:c r="Q47" s="3" t="n">
+        <x:v>115424</x:v>
+      </x:c>
+      <x:c r="R47" s="3" t="n">
+        <x:v>117033</x:v>
+      </x:c>
+      <x:c r="S47" s="3" t="n">
+        <x:v>109133</x:v>
+      </x:c>
+      <x:c r="T47" s="3" t="n">
+        <x:v>107824</x:v>
+      </x:c>
+      <x:c r="U47" s="3" t="n">
+        <x:v>117244</x:v>
+      </x:c>
+      <x:c r="V47" s="3" t="n">
+        <x:v>119049</x:v>
+      </x:c>
+      <x:c r="W47" s="3" t="n">
+        <x:v>115148</x:v>
+      </x:c>
+      <x:c r="X47" s="3" t="n">
+        <x:v>112516</x:v>
+      </x:c>
+      <x:c r="Y47" s="3" t="n">
+        <x:v>118886</x:v>
+      </x:c>
+      <x:c r="Z47" s="3" t="n">
+        <x:v>126578</x:v>
+      </x:c>
+      <x:c r="AA47" s="3" t="n">
+        <x:v>114489</x:v>
+      </x:c>
+      <x:c r="AB47" s="3" t="n">
+        <x:v>112710</x:v>
+      </x:c>
+      <x:c r="AC47" s="3" t="n">
+        <x:v>124086</x:v>
+      </x:c>
+      <x:c r="AD47" s="3" t="n">
+        <x:v>127238</x:v>
+      </x:c>
+      <x:c r="AE47" s="3" t="n">
+        <x:v>120387</x:v>
+      </x:c>
+      <x:c r="AF47" s="3" t="n">
+        <x:v>117161</x:v>
+      </x:c>
+      <x:c r="AG47" s="3" t="n">
+        <x:v>129060</x:v>
+      </x:c>
+      <x:c r="AH47" s="3" t="n">
+        <x:v>121777</x:v>
+      </x:c>
+      <x:c r="AI47" s="3" t="n">
+        <x:v>129770</x:v>
+      </x:c>
+      <x:c r="AJ47" s="3" t="n">
+        <x:v>120607</x:v>
+      </x:c>
+      <x:c r="AK47" s="3" t="n">
+        <x:v>135545</x:v>
+      </x:c>
+      <x:c r="AL47" s="3" t="n">
+        <x:v>129751</x:v>
+      </x:c>
+      <x:c r="AM47" s="3" t="n">
+        <x:v>129845</x:v>
+      </x:c>
+      <x:c r="AN47" s="3" t="n">
+        <x:v>124973</x:v>
+      </x:c>
+      <x:c r="AO47" s="3" t="n">
+        <x:v>141421</x:v>
+      </x:c>
+      <x:c r="AP47" s="3" t="n">
+        <x:v>134471</x:v>
+      </x:c>
+      <x:c r="AQ47" s="3" t="n">
+        <x:v>129695</x:v>
+      </x:c>
+      <x:c r="AR47" s="3" t="n">
+        <x:v>128408</x:v>
+      </x:c>
+      <x:c r="AS47" s="3" t="n">
+        <x:v>135957</x:v>
+      </x:c>
+      <x:c r="AT47" s="3" t="n">
+        <x:v>135961</x:v>
+      </x:c>
+      <x:c r="AU47" s="3" t="n">
+        <x:v>135063</x:v>
+      </x:c>
+      <x:c r="AV47" s="3" t="n">
+        <x:v>130300</x:v>
+      </x:c>
+      <x:c r="AW47" s="3" t="n">
+        <x:v>144431</x:v>
+      </x:c>
+      <x:c r="AX47" s="3" t="n">
+        <x:v>147857</x:v>
+      </x:c>
+      <x:c r="AY47" s="3" t="n">
+        <x:v>137567</x:v>
+      </x:c>
+      <x:c r="AZ47" s="3" t="n">
+        <x:v>138513</x:v>
+      </x:c>
+      <x:c r="BA47" s="3" t="n">
+        <x:v>148560</x:v>
+      </x:c>
+      <x:c r="BB47" s="3" t="n">
+        <x:v>153752</x:v>
+      </x:c>
+      <x:c r="BC47" s="3" t="n">
+        <x:v>153353</x:v>
+      </x:c>
+      <x:c r="BD47" s="3" t="n">
+        <x:v>153219</x:v>
+      </x:c>
+      <x:c r="BE47" s="3" t="n">
+        <x:v>159427</x:v>
+      </x:c>
+      <x:c r="BF47" s="3" t="n">
+        <x:v>165519</x:v>
+      </x:c>
+      <x:c r="BG47" s="3" t="n">
+        <x:v>156499</x:v>
+      </x:c>
+      <x:c r="BH47" s="3" t="n">
+        <x:v>158105</x:v>
+      </x:c>
+      <x:c r="BI47" s="3" t="n">
+        <x:v>165902</x:v>
+      </x:c>
+      <x:c r="BJ47" s="3" t="n">
+        <x:v>169662</x:v>
+      </x:c>
+      <x:c r="BK47" s="3" t="n">
+        <x:v>162137</x:v>
+      </x:c>
+      <x:c r="BL47" s="3" t="n">
+        <x:v>159705</x:v>
+      </x:c>
+      <x:c r="BM47" s="3" t="n">
+        <x:v>174532</x:v>
+      </x:c>
+      <x:c r="BN47" s="3" t="n">
+        <x:v>165951</x:v>
+      </x:c>
+      <x:c r="BO47" s="3" t="n">
+        <x:v>166254</x:v>
+      </x:c>
+      <x:c r="BP47" s="3" t="n">
+        <x:v>166555</x:v>
+      </x:c>
+      <x:c r="BQ47" s="3" t="n">
+        <x:v>175920</x:v>
+      </x:c>
+      <x:c r="BR47" s="3" t="n">
+        <x:v>175433</x:v>
+      </x:c>
+      <x:c r="BS47" s="3" t="n">
+        <x:v>163209</x:v>
+      </x:c>
+      <x:c r="BT47" s="3" t="n">
+        <x:v>166146</x:v>
+      </x:c>
+      <x:c r="BU47" s="3" t="n">
+        <x:v>174903</x:v>
+      </x:c>
+      <x:c r="BV47" s="3" t="n">
+        <x:v>177595</x:v>
+      </x:c>
+      <x:c r="BW47" s="3" t="n">
+        <x:v>167420</x:v>
+      </x:c>
+      <x:c r="BX47" s="3" t="n">
+        <x:v>169970</x:v>
+      </x:c>
+      <x:c r="BY47" s="3" t="n">
+        <x:v>178464</x:v>
+      </x:c>
+      <x:c r="BZ47" s="3" t="n">
+        <x:v>172207</x:v>
+      </x:c>
+      <x:c r="CA47" s="3" t="n">
+        <x:v>179454</x:v>
+      </x:c>
+      <x:c r="CB47" s="3" t="n">
+        <x:v>173134</x:v>
+      </x:c>
+      <x:c r="CC47" s="3" t="n">
+        <x:v>182928</x:v>
+      </x:c>
+      <x:c r="CD47" s="3" t="n">
+        <x:v>183620</x:v>
+      </x:c>
+      <x:c r="CE47" s="3" t="n">
+        <x:v>176342</x:v>
+      </x:c>
+      <x:c r="CF47" s="3" t="n">
+        <x:v>176957</x:v>
+      </x:c>
+      <x:c r="CG47" s="3" t="n">
+        <x:v>185646</x:v>
+      </x:c>
+      <x:c r="CH47" s="3" t="n">
+        <x:v>186940</x:v>
+      </x:c>
+      <x:c r="CI47" s="3" t="n">
+        <x:v>184471</x:v>
+      </x:c>
+      <x:c r="CJ47" s="3" t="n">
+        <x:v>182833</x:v>
+      </x:c>
+      <x:c r="CK47" s="3" t="n">
+        <x:v>191884</x:v>
+      </x:c>
+      <x:c r="CL47" s="3" t="n">
+        <x:v>196499</x:v>
+      </x:c>
+      <x:c r="CM47" s="3" t="n">
+        <x:v>184013</x:v>
+      </x:c>
+      <x:c r="CN47" s="3" t="n">
+        <x:v>184887</x:v>
+      </x:c>
+      <x:c r="CO47" s="3" t="n">
+        <x:v>190753</x:v>
+      </x:c>
+      <x:c r="CP47" s="3" t="n">
+        <x:v>200495</x:v>
+      </x:c>
+      <x:c r="CQ47" s="3" t="n">
+        <x:v>189235</x:v>
+      </x:c>
+      <x:c r="CR47" s="3" t="n">
+        <x:v>190631</x:v>
+      </x:c>
+      <x:c r="CS47" s="3" t="n">
+        <x:v>198187</x:v>
+      </x:c>
+      <x:c r="CT47" s="3" t="n">
+        <x:v>197948</x:v>
+      </x:c>
+      <x:c r="CU47" s="3" t="n">
+        <x:v>200530</x:v>
+      </x:c>
+      <x:c r="CV47" s="3" t="n">
+        <x:v>198427</x:v>
+      </x:c>
+      <x:c r="CW47" s="3" t="n">
+        <x:v>201267</x:v>
+      </x:c>
+      <x:c r="CX47" s="3" t="n">
+        <x:v>202066</x:v>
+      </x:c>
+      <x:c r="CY47" s="3" t="n">
+        <x:v>194234</x:v>
+      </x:c>
+      <x:c r="CZ47" s="3" t="n">
+        <x:v>196290</x:v>
+      </x:c>
+      <x:c r="DA47" s="3" t="n">
+        <x:v>199549</x:v>
+      </x:c>
+      <x:c r="DB47" s="3" t="n">
+        <x:v>205013</x:v>
+      </x:c>
+      <x:c r="DC47" s="3" t="n">
+        <x:v>195917</x:v>
+      </x:c>
+      <x:c r="DD47" s="3" t="n">
+        <x:v>197606</x:v>
+      </x:c>
+      <x:c r="DE47" s="3" t="n">
+        <x:v>206873</x:v>
+      </x:c>
+      <x:c r="DF47" s="3" t="n">
+        <x:v>201319</x:v>
+      </x:c>
+      <x:c r="DG47" s="3" t="n">
+        <x:v>207416</x:v>
+      </x:c>
+      <x:c r="DH47" s="3" t="n">
+        <x:v>199213</x:v>
+      </x:c>
+      <x:c r="DI47" s="3" t="n">
+        <x:v>208745</x:v>
+      </x:c>
+      <x:c r="DJ47" s="3" t="n">
+        <x:v>213172</x:v>
+      </x:c>
+      <x:c r="DK47" s="3" t="n">
+        <x:v>202729</x:v>
+      </x:c>
+      <x:c r="DL47" s="3" t="n">
+        <x:v>204756</x:v>
+      </x:c>
+      <x:c r="DM47" s="3" t="n">
+        <x:v>211989</x:v>
+      </x:c>
+      <x:c r="DN47" s="3" t="n">
+        <x:v>217454</x:v>
+      </x:c>
+      <x:c r="DO47" s="3" t="n">
+        <x:v>209982</x:v>
+      </x:c>
+      <x:c r="DP47" s="3" t="n">
+        <x:v>212410</x:v>
+      </x:c>
+      <x:c r="DQ47" s="3" t="n">
+        <x:v>219042</x:v>
+      </x:c>
+      <x:c r="DR47" s="3" t="n">
+        <x:v>217866</x:v>
+      </x:c>
+      <x:c r="DS47" s="3" t="n">
+        <x:v>220166</x:v>
+      </x:c>
+      <x:c r="DT47" s="3" t="n">
+        <x:v>219969</x:v>
+      </x:c>
+      <x:c r="DU47" s="3" t="n">
+        <x:v>221750</x:v>
+      </x:c>
+      <x:c r="DV47" s="3" t="n">
+        <x:v>228558</x:v>
+      </x:c>
+      <x:c r="DW47" s="3" t="n">
+        <x:v>226519</x:v>
+      </x:c>
+      <x:c r="DX47" s="3" t="n">
+        <x:v>229799</x:v>
+      </x:c>
+      <x:c r="DY47" s="3" t="n">
+        <x:v>229095</x:v>
+      </x:c>
+      <x:c r="DZ47" s="3" t="n">
+        <x:v>236034</x:v>
+      </x:c>
+      <x:c r="EA47" s="3" t="n">
+        <x:v>233084</x:v>
+      </x:c>
+      <x:c r="EB47" s="3" t="n">
+        <x:v>232261</x:v>
+      </x:c>
+      <x:c r="EC47" s="3" t="n">
+        <x:v>231992</x:v>
+      </x:c>
+      <x:c r="ED47" s="3" t="n">
+        <x:v>235174</x:v>
+      </x:c>
+      <x:c r="EE47" s="3" t="n">
+        <x:v>235121</x:v>
+      </x:c>
+      <x:c r="EF47" s="3" t="n">
+        <x:v>237611</x:v>
+      </x:c>
+      <x:c r="EG47" s="3" t="n">
+        <x:v>237802</x:v>
+      </x:c>
+      <x:c r="EH47" s="3" t="n">
+        <x:v>239417</x:v>
+      </x:c>
+      <x:c r="EI47" s="3" t="n">
+        <x:v>240664</x:v>
+      </x:c>
+      <x:c r="EJ47" s="3" t="n">
+        <x:v>242690</x:v>
+      </x:c>
+      <x:c r="EK47" s="3" t="n">
+        <x:v>242356</x:v>
+      </x:c>
+      <x:c r="EL47" s="3" t="n">
+        <x:v>242714</x:v>
+      </x:c>
+      <x:c r="EM47" s="3" t="n">
+        <x:v>243577</x:v>
+      </x:c>
+      <x:c r="EN47" s="3" t="n">
+        <x:v>244695</x:v>
+      </x:c>
+      <x:c r="EO47" s="3" t="n">
+        <x:v>245993</x:v>
+      </x:c>
+      <x:c r="EP47" s="3" t="n">
+        <x:v>247342</x:v>
+      </x:c>
+      <x:c r="EQ47" s="3" t="n">
+        <x:v>248992</x:v>
+      </x:c>
+      <x:c r="ER47" s="3" t="n">
+        <x:v>250406</x:v>
+      </x:c>
+      <x:c r="ES47" s="3" t="n">
+        <x:v>251980</x:v>
+      </x:c>
+      <x:c r="ET47" s="3" t="n">
+        <x:v>254695</x:v>
+      </x:c>
+      <x:c r="EU47" s="3" t="n">
+        <x:v>255093</x:v>
+      </x:c>
+      <x:c r="EV47" s="3" t="n">
+        <x:v>259682</x:v>
+      </x:c>
+      <x:c r="EW47" s="3" t="n">
+        <x:v>258086</x:v>
+      </x:c>
+      <x:c r="EX47" s="3" t="n">
+        <x:v>256716</x:v>
+      </x:c>
+      <x:c r="EY47" s="3" t="n">
+        <x:v>261221</x:v>
+      </x:c>
+      <x:c r="EZ47" s="3" t="n">
+        <x:v>263806</x:v>
+      </x:c>
+      <x:c r="FA47" s="3" t="n">
+        <x:v>266614</x:v>
+      </x:c>
+      <x:c r="FB47" s="3" t="n">
+        <x:v>264868</x:v>
+      </x:c>
+      <x:c r="FC47" s="3" t="n">
+        <x:v>267742</x:v>
+      </x:c>
+      <x:c r="FD47" s="3" t="n">
+        <x:v>267768</x:v>
+      </x:c>
+      <x:c r="FE47" s="3" t="n">
+        <x:v>271251</x:v>
+      </x:c>
+      <x:c r="FF47" s="3" t="n">
+        <x:v>268318</x:v>
+      </x:c>
+      <x:c r="FG47" s="3" t="n">
+        <x:v>269769</x:v>
+      </x:c>
+      <x:c r="FH47" s="3" t="n">
+        <x:v>269433</x:v>
+      </x:c>
+      <x:c r="FI47" s="3" t="n">
+        <x:v>273343</x:v>
+      </x:c>
+      <x:c r="FJ47" s="3" t="n">
+        <x:v>271568</x:v>
+      </x:c>
+      <x:c r="FK47" s="3" t="n">
+        <x:v>274116</x:v>
+      </x:c>
+      <x:c r="FL47" s="3" t="n">
+        <x:v>274677</x:v>
+      </x:c>
+      <x:c r="FM47" s="3" t="n">
+        <x:v>276559</x:v>
+      </x:c>
+      <x:c r="FN47" s="3" t="n">
+        <x:v>274894</x:v>
+      </x:c>
+      <x:c r="FO47" s="3" t="n">
+        <x:v>262330</x:v>
+      </x:c>
+      <x:c r="FP47" s="3" t="n">
+        <x:v>272804</x:v>
+      </x:c>
+      <x:c r="FQ47" s="3" t="n">
+        <x:v>277640</x:v>
+      </x:c>
+      <x:c r="FR47" s="3" t="n">
+        <x:v>274322</x:v>
+      </x:c>
+      <x:c r="FS47" s="3" t="n">
+        <x:v>277582</x:v>
+      </x:c>
+      <x:c r="FT47" s="3" t="n">
+        <x:v>282501</x:v>
+      </x:c>
+      <x:c r="FU47" s="3" t="n">
+        <x:v>287476</x:v>
+      </x:c>
+      <x:c r="FV47" s="3" t="n">
+        <x:v>283999</x:v>
+      </x:c>
+      <x:c r="FW47" s="3" t="n">
+        <x:v>288387</x:v>
+      </x:c>
+      <x:c r="FX47" s="3" t="n">
+        <x:v>289966</x:v>
+      </x:c>
+      <x:c r="FY47" s="3" t="n">
+        <x:v>297621</x:v>
+      </x:c>
+      <x:c r="FZ47" s="3" t="n">
+        <x:v>295305</x:v>
+      </x:c>
+      <x:c r="GA47" s="3" t="n">
+        <x:v>298635</x:v>
+      </x:c>
+      <x:c r="GB47" s="3" t="n">
+        <x:v>299888</x:v>
+      </x:c>
+      <x:c r="GC47" s="3" t="n">
+        <x:v>305668</x:v>
+      </x:c>
+      <x:c r="GD47" s="3" t="n">
+        <x:v>301609</x:v>
+      </x:c>
+      <x:c r="GE47" s="3" t="n">
+        <x:v>304681</x:v>
+      </x:c>
+      <x:c r="GF47" s="3" t="n">
+        <x:v>305517</x:v>
+      </x:c>
+      <x:c r="GG47" s="3" t="n">
+        <x:v>308882</x:v>
+      </x:c>
+      <x:c r="GH47" s="3" t="n">
+        <x:v>305784</x:v>
+      </x:c>
+      <x:c r="GI47" s="3" t="n">
+        <x:v>308705</x:v>
+      </x:c>
+      <x:c r="GJ47" s="3" t="n">
+        <x:v>307831</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:192">
+      <x:c r="A48" s="2" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="B48" s="3" t="n">
+        <x:v>33395</x:v>
+      </x:c>
+      <x:c r="C48" s="3" t="n">
+        <x:v>33719</x:v>
+      </x:c>
+      <x:c r="D48" s="3" t="n">
+        <x:v>33370</x:v>
+      </x:c>
+      <x:c r="E48" s="3" t="n">
+        <x:v>34562</x:v>
+      </x:c>
+      <x:c r="F48" s="3" t="n">
+        <x:v>36266</x:v>
+      </x:c>
+      <x:c r="G48" s="3" t="n">
+        <x:v>33826</x:v>
+      </x:c>
+      <x:c r="H48" s="3" t="n">
+        <x:v>34772</x:v>
+      </x:c>
+      <x:c r="I48" s="3" t="n">
+        <x:v>36083</x:v>
+      </x:c>
+      <x:c r="J48" s="3" t="n">
+        <x:v>37452</x:v>
+      </x:c>
+      <x:c r="K48" s="3" t="n">
+        <x:v>34985</x:v>
+      </x:c>
+      <x:c r="L48" s="3" t="n">
+        <x:v>35713</x:v>
+      </x:c>
+      <x:c r="M48" s="3" t="n">
+        <x:v>36296</x:v>
+      </x:c>
+      <x:c r="N48" s="3" t="n">
+        <x:v>39388</x:v>
+      </x:c>
+      <x:c r="O48" s="3" t="n">
+        <x:v>37076</x:v>
+      </x:c>
+      <x:c r="P48" s="3" t="n">
+        <x:v>37435</x:v>
+      </x:c>
+      <x:c r="Q48" s="3" t="n">
+        <x:v>38838</x:v>
+      </x:c>
+      <x:c r="R48" s="3" t="n">
+        <x:v>40139</x:v>
+      </x:c>
+      <x:c r="S48" s="3" t="n">
+        <x:v>37739</x:v>
+      </x:c>
+      <x:c r="T48" s="3" t="n">
+        <x:v>38373</x:v>
+      </x:c>
+      <x:c r="U48" s="3" t="n">
+        <x:v>40124</x:v>
+      </x:c>
+      <x:c r="V48" s="3" t="n">
+        <x:v>40809</x:v>
+      </x:c>
+      <x:c r="W48" s="3" t="n">
+        <x:v>39251</x:v>
+      </x:c>
+      <x:c r="X48" s="3" t="n">
+        <x:v>39761</x:v>
+      </x:c>
+      <x:c r="Y48" s="3" t="n">
+        <x:v>40568</x:v>
+      </x:c>
+      <x:c r="Z48" s="3" t="n">
+        <x:v>43210</x:v>
+      </x:c>
+      <x:c r="AA48" s="3" t="n">
+        <x:v>37263</x:v>
+      </x:c>
+      <x:c r="AB48" s="3" t="n">
+        <x:v>39531</x:v>
+      </x:c>
+      <x:c r="AC48" s="3" t="n">
+        <x:v>42038</x:v>
+      </x:c>
+      <x:c r="AD48" s="3" t="n">
+        <x:v>41768</x:v>
+      </x:c>
+      <x:c r="AE48" s="3" t="n">
+        <x:v>39704</x:v>
+      </x:c>
+      <x:c r="AF48" s="3" t="n">
+        <x:v>40987</x:v>
+      </x:c>
+      <x:c r="AG48" s="3" t="n">
+        <x:v>41829</x:v>
+      </x:c>
+      <x:c r="AH48" s="3" t="n">
+        <x:v>39962</x:v>
+      </x:c>
+      <x:c r="AI48" s="3" t="n">
+        <x:v>42648</x:v>
+      </x:c>
+      <x:c r="AJ48" s="3" t="n">
+        <x:v>42160</x:v>
+      </x:c>
+      <x:c r="AK48" s="3" t="n">
+        <x:v>45245</x:v>
+      </x:c>
+      <x:c r="AL48" s="3" t="n">
+        <x:v>41901</x:v>
+      </x:c>
+      <x:c r="AM48" s="3" t="n">
+        <x:v>44277</x:v>
+      </x:c>
+      <x:c r="AN48" s="3" t="n">
+        <x:v>42471</x:v>
+      </x:c>
+      <x:c r="AO48" s="3" t="n">
+        <x:v>46889</x:v>
+      </x:c>
+      <x:c r="AP48" s="3" t="n">
+        <x:v>43458</x:v>
+      </x:c>
+      <x:c r="AQ48" s="3" t="n">
+        <x:v>41997</x:v>
+      </x:c>
+      <x:c r="AR48" s="3" t="n">
+        <x:v>42882</x:v>
+      </x:c>
+      <x:c r="AS48" s="3" t="n">
+        <x:v>43559</x:v>
+      </x:c>
+      <x:c r="AT48" s="3" t="n">
+        <x:v>46933</x:v>
+      </x:c>
+      <x:c r="AU48" s="3" t="n">
+        <x:v>43880</x:v>
+      </x:c>
+      <x:c r="AV48" s="3" t="n">
+        <x:v>46004</x:v>
+      </x:c>
+      <x:c r="AW48" s="3" t="n">
+        <x:v>48202</x:v>
+      </x:c>
+      <x:c r="AX48" s="3" t="n">
+        <x:v>52704</x:v>
+      </x:c>
+      <x:c r="AY48" s="3" t="n">
+        <x:v>47506</x:v>
+      </x:c>
+      <x:c r="AZ48" s="3" t="n">
+        <x:v>51316</x:v>
+      </x:c>
+      <x:c r="BA48" s="3" t="n">
+        <x:v>50126</x:v>
+      </x:c>
+      <x:c r="BB48" s="3" t="n">
+        <x:v>57430</x:v>
+      </x:c>
+      <x:c r="BC48" s="3" t="n">
+        <x:v>55457</x:v>
+      </x:c>
+      <x:c r="BD48" s="3" t="n">
+        <x:v>59304</x:v>
+      </x:c>
+      <x:c r="BE48" s="3" t="n">
+        <x:v>57207</x:v>
+      </x:c>
+      <x:c r="BF48" s="3" t="n">
+        <x:v>60244</x:v>
+      </x:c>
+      <x:c r="BG48" s="3" t="n">
+        <x:v>57754</x:v>
+      </x:c>
+      <x:c r="BH48" s="3" t="n">
+        <x:v>59992</x:v>
+      </x:c>
+      <x:c r="BI48" s="3" t="n">
+        <x:v>61202</x:v>
+      </x:c>
+      <x:c r="BJ48" s="3" t="n">
+        <x:v>63000</x:v>
+      </x:c>
+      <x:c r="BK48" s="3" t="n">
+        <x:v>60694</x:v>
+      </x:c>
+      <x:c r="BL48" s="3" t="n">
+        <x:v>62380</x:v>
+      </x:c>
+      <x:c r="BM48" s="3" t="n">
+        <x:v>64339</x:v>
+      </x:c>
+      <x:c r="BN48" s="3" t="n">
+        <x:v>62269</x:v>
+      </x:c>
+      <x:c r="BO48" s="3" t="n">
+        <x:v>61480</x:v>
+      </x:c>
+      <x:c r="BP48" s="3" t="n">
+        <x:v>62503</x:v>
+      </x:c>
+      <x:c r="BQ48" s="3" t="n">
+        <x:v>64323</x:v>
+      </x:c>
+      <x:c r="BR48" s="3" t="n">
+        <x:v>63848</x:v>
+      </x:c>
+      <x:c r="BS48" s="3" t="n">
+        <x:v>59950</x:v>
+      </x:c>
+      <x:c r="BT48" s="3" t="n">
+        <x:v>61796</x:v>
+      </x:c>
+      <x:c r="BU48" s="3" t="n">
+        <x:v>63654</x:v>
+      </x:c>
+      <x:c r="BV48" s="3" t="n">
+        <x:v>64713</x:v>
+      </x:c>
+      <x:c r="BW48" s="3" t="n">
+        <x:v>60834</x:v>
+      </x:c>
+      <x:c r="BX48" s="3" t="n">
+        <x:v>63238</x:v>
+      </x:c>
+      <x:c r="BY48" s="3" t="n">
+        <x:v>64469</x:v>
+      </x:c>
+      <x:c r="BZ48" s="3" t="n">
+        <x:v>62854</x:v>
+      </x:c>
+      <x:c r="CA48" s="3" t="n">
+        <x:v>64785</x:v>
+      </x:c>
+      <x:c r="CB48" s="3" t="n">
+        <x:v>64339</x:v>
+      </x:c>
+      <x:c r="CC48" s="3" t="n">
+        <x:v>65790</x:v>
+      </x:c>
+      <x:c r="CD48" s="3" t="n">
+        <x:v>65642</x:v>
+      </x:c>
+      <x:c r="CE48" s="3" t="n">
+        <x:v>62418</x:v>
+      </x:c>
+      <x:c r="CF48" s="3" t="n">
+        <x:v>64124</x:v>
+      </x:c>
+      <x:c r="CG48" s="3" t="n">
+        <x:v>66033</x:v>
+      </x:c>
+      <x:c r="CH48" s="3" t="n">
+        <x:v>67141</x:v>
+      </x:c>
+      <x:c r="CI48" s="3" t="n">
+        <x:v>65507</x:v>
+      </x:c>
+      <x:c r="CJ48" s="3" t="n">
+        <x:v>66698</x:v>
+      </x:c>
+      <x:c r="CK48" s="3" t="n">
+        <x:v>67583</x:v>
+      </x:c>
+      <x:c r="CL48" s="3" t="n">
+        <x:v>69981</x:v>
+      </x:c>
+      <x:c r="CM48" s="3" t="n">
+        <x:v>65915</x:v>
+      </x:c>
+      <x:c r="CN48" s="3" t="n">
+        <x:v>67119</x:v>
+      </x:c>
+      <x:c r="CO48" s="3" t="n">
+        <x:v>67965</x:v>
+      </x:c>
+      <x:c r="CP48" s="3" t="n">
+        <x:v>71937</x:v>
+      </x:c>
+      <x:c r="CQ48" s="3" t="n">
+        <x:v>68213</x:v>
+      </x:c>
+      <x:c r="CR48" s="3" t="n">
+        <x:v>69753</x:v>
+      </x:c>
+      <x:c r="CS48" s="3" t="n">
+        <x:v>70242</x:v>
+      </x:c>
+      <x:c r="CT48" s="3" t="n">
+        <x:v>94934</x:v>
+      </x:c>
+      <x:c r="CU48" s="3" t="n">
+        <x:v>95869</x:v>
+      </x:c>
+      <x:c r="CV48" s="3" t="n">
+        <x:v>97068</x:v>
+      </x:c>
+      <x:c r="CW48" s="3" t="n">
+        <x:v>95963</x:v>
+      </x:c>
+      <x:c r="CX48" s="3" t="n">
+        <x:v>94517</x:v>
+      </x:c>
+      <x:c r="CY48" s="3" t="n">
+        <x:v>91749</x:v>
+      </x:c>
+      <x:c r="CZ48" s="3" t="n">
+        <x:v>94123</x:v>
+      </x:c>
+      <x:c r="DA48" s="3" t="n">
+        <x:v>93468</x:v>
+      </x:c>
+      <x:c r="DB48" s="3" t="n">
+        <x:v>97279</x:v>
+      </x:c>
+      <x:c r="DC48" s="3" t="n">
+        <x:v>94047</x:v>
+      </x:c>
+      <x:c r="DD48" s="3" t="n">
+        <x:v>96805</x:v>
+      </x:c>
+      <x:c r="DE48" s="3" t="n">
+        <x:v>98147</x:v>
+      </x:c>
+      <x:c r="DF48" s="3" t="n">
+        <x:v>95894</x:v>
+      </x:c>
+      <x:c r="DG48" s="3" t="n">
+        <x:v>98648</x:v>
+      </x:c>
+      <x:c r="DH48" s="3" t="n">
+        <x:v>97989</x:v>
+      </x:c>
+      <x:c r="DI48" s="3" t="n">
+        <x:v>98978</x:v>
+      </x:c>
+      <x:c r="DJ48" s="3" t="n">
+        <x:v>100879</x:v>
+      </x:c>
+      <x:c r="DK48" s="3" t="n">
+        <x:v>96514</x:v>
+      </x:c>
+      <x:c r="DL48" s="3" t="n">
+        <x:v>99663</x:v>
+      </x:c>
+      <x:c r="DM48" s="3" t="n">
+        <x:v>100673</x:v>
+      </x:c>
+      <x:c r="DN48" s="3" t="n">
+        <x:v>102840</x:v>
+      </x:c>
+      <x:c r="DO48" s="3" t="n">
+        <x:v>99286</x:v>
+      </x:c>
+      <x:c r="DP48" s="3" t="n">
+        <x:v>102220</x:v>
+      </x:c>
+      <x:c r="DQ48" s="3" t="n">
+        <x:v>102942</x:v>
+      </x:c>
+      <x:c r="DR48" s="3" t="n">
+        <x:v>101818</x:v>
+      </x:c>
+      <x:c r="DS48" s="3" t="n">
+        <x:v>103270</x:v>
+      </x:c>
+      <x:c r="DT48" s="3" t="n">
+        <x:v>103554</x:v>
+      </x:c>
+      <x:c r="DU48" s="3" t="n">
+        <x:v>104081</x:v>
+      </x:c>
+      <x:c r="DV48" s="3" t="n">
+        <x:v>107424</x:v>
+      </x:c>
+      <x:c r="DW48" s="3" t="n">
+        <x:v>106740</x:v>
+      </x:c>
+      <x:c r="DX48" s="3" t="n">
+        <x:v>108364</x:v>
+      </x:c>
+      <x:c r="DY48" s="3" t="n">
+        <x:v>106824</x:v>
+      </x:c>
+      <x:c r="DZ48" s="3" t="n">
+        <x:v>109064</x:v>
+      </x:c>
+      <x:c r="EA48" s="3" t="n">
+        <x:v>107592</x:v>
+      </x:c>
+      <x:c r="EB48" s="3" t="n">
+        <x:v>106719</x:v>
+      </x:c>
+      <x:c r="EC48" s="3" t="n">
+        <x:v>105595</x:v>
+      </x:c>
+      <x:c r="ED48" s="3" t="n">
+        <x:v>106786</x:v>
+      </x:c>
+      <x:c r="EE48" s="3" t="n">
+        <x:v>106847</x:v>
+      </x:c>
+      <x:c r="EF48" s="3" t="n">
+        <x:v>108260</x:v>
+      </x:c>
+      <x:c r="EG48" s="3" t="n">
+        <x:v>107807</x:v>
+      </x:c>
+      <x:c r="EH48" s="3" t="n">
+        <x:v>109433</x:v>
+      </x:c>
+      <x:c r="EI48" s="3" t="n">
+        <x:v>109640</x:v>
+      </x:c>
+      <x:c r="EJ48" s="3" t="n">
+        <x:v>110611</x:v>
+      </x:c>
+      <x:c r="EK48" s="3" t="n">
+        <x:v>110711</x:v>
+      </x:c>
+      <x:c r="EL48" s="3" t="n">
+        <x:v>111252</x:v>
+      </x:c>
+      <x:c r="EM48" s="3" t="n">
+        <x:v>111490</x:v>
+      </x:c>
+      <x:c r="EN48" s="3" t="n">
+        <x:v>112024</x:v>
+      </x:c>
+      <x:c r="EO48" s="3" t="n">
+        <x:v>112550</x:v>
+      </x:c>
+      <x:c r="EP48" s="3" t="n">
+        <x:v>114029</x:v>
+      </x:c>
+      <x:c r="EQ48" s="3" t="n">
+        <x:v>115224</x:v>
+      </x:c>
+      <x:c r="ER48" s="3" t="n">
+        <x:v>116029</x:v>
+      </x:c>
+      <x:c r="ES48" s="3" t="n">
+        <x:v>116954</x:v>
+      </x:c>
+      <x:c r="ET48" s="3" t="n">
+        <x:v>119393</x:v>
+      </x:c>
+      <x:c r="EU48" s="3" t="n">
+        <x:v>119189</x:v>
+      </x:c>
+      <x:c r="EV48" s="3" t="n">
+        <x:v>121263</x:v>
+      </x:c>
+      <x:c r="EW48" s="3" t="n">
+        <x:v>120893</x:v>
+      </x:c>
+      <x:c r="EX48" s="3" t="n">
+        <x:v>121258</x:v>
+      </x:c>
+      <x:c r="EY48" s="3" t="n">
+        <x:v>122137</x:v>
+      </x:c>
+      <x:c r="EZ48" s="3" t="n">
+        <x:v>122818</x:v>
+      </x:c>
+      <x:c r="FA48" s="3" t="n">
+        <x:v>125765</x:v>
+      </x:c>
+      <x:c r="FB48" s="3" t="n">
+        <x:v>124237</x:v>
+      </x:c>
+      <x:c r="FC48" s="3" t="n">
+        <x:v>125550</x:v>
+      </x:c>
+      <x:c r="FD48" s="3" t="n">
+        <x:v>125703</x:v>
+      </x:c>
+      <x:c r="FE48" s="3" t="n">
+        <x:v>128324</x:v>
+      </x:c>
+      <x:c r="FF48" s="3" t="n">
+        <x:v>126749</x:v>
+      </x:c>
+      <x:c r="FG48" s="3" t="n">
+        <x:v>126905</x:v>
+      </x:c>
+      <x:c r="FH48" s="3" t="n">
+        <x:v>126115</x:v>
+      </x:c>
+      <x:c r="FI48" s="3" t="n">
+        <x:v>129930</x:v>
+      </x:c>
+      <x:c r="FJ48" s="3" t="n">
+        <x:v>128878</x:v>
+      </x:c>
+      <x:c r="FK48" s="3" t="n">
+        <x:v>129632</x:v>
+      </x:c>
+      <x:c r="FL48" s="3" t="n">
+        <x:v>129295</x:v>
+      </x:c>
+      <x:c r="FM48" s="3" t="n">
+        <x:v>131443</x:v>
+      </x:c>
+      <x:c r="FN48" s="3" t="n">
+        <x:v>132685</x:v>
+      </x:c>
+      <x:c r="FO48" s="3" t="n">
+        <x:v>124045</x:v>
+      </x:c>
+      <x:c r="FP48" s="3" t="n">
+        <x:v>128952</x:v>
+      </x:c>
+      <x:c r="FQ48" s="3" t="n">
+        <x:v>131626</x:v>
+      </x:c>
+      <x:c r="FR48" s="3" t="n">
+        <x:v>130837</x:v>
+      </x:c>
+      <x:c r="FS48" s="3" t="n">
+        <x:v>131578</x:v>
+      </x:c>
+      <x:c r="FT48" s="3" t="n">
+        <x:v>133031</x:v>
+      </x:c>
+      <x:c r="FU48" s="3" t="n">
+        <x:v>137579</x:v>
+      </x:c>
+      <x:c r="FV48" s="3" t="n">
+        <x:v>135411</x:v>
+      </x:c>
+      <x:c r="FW48" s="3" t="n">
+        <x:v>138559</x:v>
+      </x:c>
+      <x:c r="FX48" s="3" t="n">
+        <x:v>139133</x:v>
+      </x:c>
+      <x:c r="FY48" s="3" t="n">
+        <x:v>145508</x:v>
+      </x:c>
+      <x:c r="FZ48" s="3" t="n">
+        <x:v>143439</x:v>
+      </x:c>
+      <x:c r="GA48" s="3" t="n">
+        <x:v>144542</x:v>
+      </x:c>
+      <x:c r="GB48" s="3" t="n">
+        <x:v>144297</x:v>
+      </x:c>
+      <x:c r="GC48" s="3" t="n">
+        <x:v>150123</x:v>
+      </x:c>
+      <x:c r="GD48" s="3" t="n">
+        <x:v>147251</x:v>
+      </x:c>
+      <x:c r="GE48" s="3" t="n">
+        <x:v>148523</x:v>
+      </x:c>
+      <x:c r="GF48" s="3" t="n">
+        <x:v>148602</x:v>
+      </x:c>
+      <x:c r="GG48" s="3" t="n">
+        <x:v>152712</x:v>
+      </x:c>
+      <x:c r="GH48" s="3" t="n">
+        <x:v>151476</x:v>
+      </x:c>
+      <x:c r="GI48" s="3" t="n">
+        <x:v>152784</x:v>
+      </x:c>
+      <x:c r="GJ48" s="3" t="n">
+        <x:v>152285</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:192">
+      <x:c r="A49" s="2" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="B49" s="3" t="n">
+        <x:v>22971</x:v>
+      </x:c>
+      <x:c r="C49" s="3" t="n">
+        <x:v>23115</x:v>
+      </x:c>
+      <x:c r="D49" s="3" t="n">
+        <x:v>23041</x:v>
+      </x:c>
+      <x:c r="E49" s="3" t="n">
+        <x:v>23602</x:v>
+      </x:c>
+      <x:c r="F49" s="3" t="n">
+        <x:v>24945</x:v>
+      </x:c>
+      <x:c r="G49" s="3" t="n">
+        <x:v>23385</x:v>
+      </x:c>
+      <x:c r="H49" s="3" t="n">
+        <x:v>24289</x:v>
+      </x:c>
+      <x:c r="I49" s="3" t="n">
+        <x:v>24971</x:v>
+      </x:c>
+      <x:c r="J49" s="3" t="n">
+        <x:v>25754</x:v>
+      </x:c>
+      <x:c r="K49" s="3" t="n">
+        <x:v>24204</x:v>
+      </x:c>
+      <x:c r="L49" s="3" t="n">
+        <x:v>25156</x:v>
+      </x:c>
+      <x:c r="M49" s="3" t="n">
+        <x:v>25471</x:v>
+      </x:c>
+      <x:c r="N49" s="3" t="n">
+        <x:v>27391</x:v>
+      </x:c>
+      <x:c r="O49" s="3" t="n">
+        <x:v>26003</x:v>
+      </x:c>
+      <x:c r="P49" s="3" t="n">
+        <x:v>26957</x:v>
+      </x:c>
+      <x:c r="Q49" s="3" t="n">
+        <x:v>27395</x:v>
+      </x:c>
+      <x:c r="R49" s="3" t="n">
+        <x:v>27694</x:v>
+      </x:c>
+      <x:c r="S49" s="3" t="n">
+        <x:v>26219</x:v>
+      </x:c>
+      <x:c r="T49" s="3" t="n">
+        <x:v>27215</x:v>
+      </x:c>
+      <x:c r="U49" s="3" t="n">
+        <x:v>28241</x:v>
+      </x:c>
+      <x:c r="V49" s="3" t="n">
+        <x:v>28137</x:v>
+      </x:c>
+      <x:c r="W49" s="3" t="n">
+        <x:v>27630</x:v>
+      </x:c>
+      <x:c r="X49" s="3" t="n">
+        <x:v>27842</x:v>
+      </x:c>
+      <x:c r="Y49" s="3" t="n">
+        <x:v>28338</x:v>
+      </x:c>
+      <x:c r="Z49" s="3" t="n">
+        <x:v>29467</x:v>
+      </x:c>
+      <x:c r="AA49" s="3" t="n">
+        <x:v>27151</x:v>
+      </x:c>
+      <x:c r="AB49" s="3" t="n">
+        <x:v>27964</x:v>
+      </x:c>
+      <x:c r="AC49" s="3" t="n">
+        <x:v>28605</x:v>
+      </x:c>
+      <x:c r="AD49" s="3" t="n">
+        <x:v>29227</x:v>
+      </x:c>
+      <x:c r="AE49" s="3" t="n">
+        <x:v>27553</x:v>
+      </x:c>
+      <x:c r="AF49" s="3" t="n">
+        <x:v>28753</x:v>
+      </x:c>
+      <x:c r="AG49" s="3" t="n">
+        <x:v>29159</x:v>
+      </x:c>
+      <x:c r="AH49" s="3" t="n">
+        <x:v>27324</x:v>
+      </x:c>
+      <x:c r="AI49" s="3" t="n">
+        <x:v>29168</x:v>
+      </x:c>
+      <x:c r="AJ49" s="3" t="n">
+        <x:v>29225</x:v>
+      </x:c>
+      <x:c r="AK49" s="3" t="n">
+        <x:v>31597</x:v>
+      </x:c>
+      <x:c r="AL49" s="3" t="n">
+        <x:v>28562</x:v>
+      </x:c>
+      <x:c r="AM49" s="3" t="n">
+        <x:v>30287</x:v>
+      </x:c>
+      <x:c r="AN49" s="3" t="n">
+        <x:v>29223</x:v>
+      </x:c>
+      <x:c r="AO49" s="3" t="n">
+        <x:v>32555</x:v>
+      </x:c>
+      <x:c r="AP49" s="3" t="n">
+        <x:v>31603</x:v>
+      </x:c>
+      <x:c r="AQ49" s="3" t="n">
+        <x:v>30521</x:v>
+      </x:c>
+      <x:c r="AR49" s="3" t="n">
+        <x:v>31432</x:v>
+      </x:c>
+      <x:c r="AS49" s="3" t="n">
+        <x:v>31675</x:v>
+      </x:c>
+      <x:c r="AT49" s="3" t="n">
+        <x:v>32340</x:v>
+      </x:c>
+      <x:c r="AU49" s="3" t="n">
+        <x:v>32050</x:v>
+      </x:c>
+      <x:c r="AV49" s="3" t="n">
+        <x:v>31974</x:v>
+      </x:c>
+      <x:c r="AW49" s="3" t="n">
+        <x:v>33273</x:v>
+      </x:c>
+      <x:c r="AX49" s="3" t="n">
+        <x:v>36329</x:v>
+      </x:c>
+      <x:c r="AY49" s="3" t="n">
+        <x:v>34347</x:v>
+      </x:c>
+      <x:c r="AZ49" s="3" t="n">
+        <x:v>35545</x:v>
+      </x:c>
+      <x:c r="BA49" s="3" t="n">
+        <x:v>36278</x:v>
+      </x:c>
+      <x:c r="BB49" s="3" t="n">
+        <x:v>41512</x:v>
+      </x:c>
+      <x:c r="BC49" s="3" t="n">
+        <x:v>42131</x:v>
+      </x:c>
+      <x:c r="BD49" s="3" t="n">
+        <x:v>43460</x:v>
+      </x:c>
+      <x:c r="BE49" s="3" t="n">
+        <x:v>43522</x:v>
+      </x:c>
+      <x:c r="BF49" s="3" t="n">
+        <x:v>44693</x:v>
+      </x:c>
+      <x:c r="BG49" s="3" t="n">
+        <x:v>42890</x:v>
+      </x:c>
+      <x:c r="BH49" s="3" t="n">
+        <x:v>45030</x:v>
+      </x:c>
+      <x:c r="BI49" s="3" t="n">
+        <x:v>45747</x:v>
+      </x:c>
+      <x:c r="BJ49" s="3" t="n">
+        <x:v>47444</x:v>
+      </x:c>
+      <x:c r="BK49" s="3" t="n">
+        <x:v>45577</x:v>
+      </x:c>
+      <x:c r="BL49" s="3" t="n">
+        <x:v>47179</x:v>
+      </x:c>
+      <x:c r="BM49" s="3" t="n">
+        <x:v>48440</x:v>
+      </x:c>
+      <x:c r="BN49" s="3" t="n">
+        <x:v>47156</x:v>
+      </x:c>
+      <x:c r="BO49" s="3" t="n">
+        <x:v>46521</x:v>
+      </x:c>
+      <x:c r="BP49" s="3" t="n">
+        <x:v>47515</x:v>
+      </x:c>
+      <x:c r="BQ49" s="3" t="n">
+        <x:v>48638</x:v>
+      </x:c>
+      <x:c r="BR49" s="3" t="n">
+        <x:v>48743</x:v>
+      </x:c>
+      <x:c r="BS49" s="3" t="n">
+        <x:v>45665</x:v>
+      </x:c>
+      <x:c r="BT49" s="3" t="n">
+        <x:v>47315</x:v>
+      </x:c>
+      <x:c r="BU49" s="3" t="n">
+        <x:v>48482</x:v>
+      </x:c>
+      <x:c r="BV49" s="3" t="n">
+        <x:v>49605</x:v>
+      </x:c>
+      <x:c r="BW49" s="3" t="n">
+        <x:v>46590</x:v>
+      </x:c>
+      <x:c r="BX49" s="3" t="n">
+        <x:v>48633</x:v>
+      </x:c>
+      <x:c r="BY49" s="3" t="n">
+        <x:v>49403</x:v>
+      </x:c>
+      <x:c r="BZ49" s="3" t="n">
+        <x:v>47944</x:v>
+      </x:c>
+      <x:c r="CA49" s="3" t="n">
+        <x:v>49567</x:v>
+      </x:c>
+      <x:c r="CB49" s="3" t="n">
+        <x:v>49504</x:v>
+      </x:c>
+      <x:c r="CC49" s="3" t="n">
+        <x:v>50406</x:v>
+      </x:c>
+      <x:c r="CD49" s="3" t="n">
+        <x:v>50296</x:v>
+      </x:c>
+      <x:c r="CE49" s="3" t="n">
+        <x:v>47737</x:v>
+      </x:c>
+      <x:c r="CF49" s="3" t="n">
+        <x:v>49373</x:v>
+      </x:c>
+      <x:c r="CG49" s="3" t="n">
+        <x:v>50558</x:v>
+      </x:c>
+      <x:c r="CH49" s="3" t="n">
+        <x:v>51603</x:v>
+      </x:c>
+      <x:c r="CI49" s="3" t="n">
+        <x:v>50184</x:v>
+      </x:c>
+      <x:c r="CJ49" s="3" t="n">
+        <x:v>51572</x:v>
+      </x:c>
+      <x:c r="CK49" s="3" t="n">
+        <x:v>51936</x:v>
+      </x:c>
+      <x:c r="CL49" s="3" t="n">
+        <x:v>54051</x:v>
+      </x:c>
+      <x:c r="CM49" s="3" t="n">
+        <x:v>50787</x:v>
+      </x:c>
+      <x:c r="CN49" s="3" t="n">
+        <x:v>52274</x:v>
+      </x:c>
+      <x:c r="CO49" s="3" t="n">
+        <x:v>52514</x:v>
+      </x:c>
+      <x:c r="CP49" s="3" t="n">
+        <x:v>56511</x:v>
+      </x:c>
+      <x:c r="CQ49" s="3" t="n">
+        <x:v>53554</x:v>
+      </x:c>
+      <x:c r="CR49" s="3" t="n">
+        <x:v>55192</x:v>
+      </x:c>
+      <x:c r="CS49" s="3" t="n">
+        <x:v>55133</x:v>
+      </x:c>
+      <x:c r="CT49" s="3" t="n">
+        <x:v>80004</x:v>
+      </x:c>
+      <x:c r="CU49" s="3" t="n">
+        <x:v>81077</x:v>
+      </x:c>
+      <x:c r="CV49" s="3" t="n">
+        <x:v>82405</x:v>
+      </x:c>
+      <x:c r="CW49" s="3" t="n">
+        <x:v>81126</x:v>
+      </x:c>
+      <x:c r="CX49" s="3" t="n">
+        <x:v>79896</x:v>
+      </x:c>
+      <x:c r="CY49" s="3" t="n">
+        <x:v>77543</x:v>
+      </x:c>
+      <x:c r="CZ49" s="3" t="n">
+        <x:v>79936</x:v>
+      </x:c>
+      <x:c r="DA49" s="3" t="n">
+        <x:v>78957</x:v>
+      </x:c>
+      <x:c r="DB49" s="3" t="n">
+        <x:v>82287</x:v>
+      </x:c>
+      <x:c r="DC49" s="3" t="n">
+        <x:v>79675</x:v>
+      </x:c>
+      <x:c r="DD49" s="3" t="n">
+        <x:v>82430</x:v>
+      </x:c>
+      <x:c r="DE49" s="3" t="n">
+        <x:v>83088</x:v>
+      </x:c>
+      <x:c r="DF49" s="3" t="n">
+        <x:v>81351</x:v>
+      </x:c>
+      <x:c r="DG49" s="3" t="n">
+        <x:v>84176</x:v>
+      </x:c>
+      <x:c r="DH49" s="3" t="n">
+        <x:v>84420</x:v>
+      </x:c>
+      <x:c r="DI49" s="3" t="n">
+        <x:v>85163</x:v>
+      </x:c>
+      <x:c r="DJ49" s="3" t="n">
+        <x:v>87022</x:v>
+      </x:c>
+      <x:c r="DK49" s="3" t="n">
+        <x:v>83266</x:v>
+      </x:c>
+      <x:c r="DL49" s="3" t="n">
+        <x:v>86306</x:v>
+      </x:c>
+      <x:c r="DM49" s="3" t="n">
+        <x:v>86748</x:v>
+      </x:c>
+      <x:c r="DN49" s="3" t="n">
+        <x:v>89147</x:v>
+      </x:c>
+      <x:c r="DO49" s="3" t="n">
+        <x:v>86037</x:v>
+      </x:c>
+      <x:c r="DP49" s="3" t="n">
+        <x:v>88983</x:v>
+      </x:c>
+      <x:c r="DQ49" s="3" t="n">
+        <x:v>89237</x:v>
+      </x:c>
+      <x:c r="DR49" s="3" t="n">
+        <x:v>88730</x:v>
+      </x:c>
+      <x:c r="DS49" s="3" t="n">
+        <x:v>90036</x:v>
+      </x:c>
+      <x:c r="DT49" s="3" t="n">
+        <x:v>90297</x:v>
+      </x:c>
+      <x:c r="DU49" s="3" t="n">
+        <x:v>90511</x:v>
+      </x:c>
+      <x:c r="DV49" s="3" t="n">
+        <x:v>93826</x:v>
+      </x:c>
+      <x:c r="DW49" s="3" t="n">
+        <x:v>92806</x:v>
+      </x:c>
+      <x:c r="DX49" s="3" t="n">
+        <x:v>94722</x:v>
+      </x:c>
+      <x:c r="DY49" s="3" t="n">
+        <x:v>93646</x:v>
+      </x:c>
+      <x:c r="DZ49" s="3" t="n">
+        <x:v>94864</x:v>
+      </x:c>
+      <x:c r="EA49" s="3" t="n">
+        <x:v>93631</x:v>
+      </x:c>
+      <x:c r="EB49" s="3" t="n">
+        <x:v>93029</x:v>
+      </x:c>
+      <x:c r="EC49" s="3" t="n">
+        <x:v>92141</x:v>
+      </x:c>
+      <x:c r="ED49" s="3" t="n">
+        <x:v>93571</x:v>
+      </x:c>
+      <x:c r="EE49" s="3" t="n">
+        <x:v>93472</x:v>
+      </x:c>
+      <x:c r="EF49" s="3" t="n">
+        <x:v>94630</x:v>
+      </x:c>
+      <x:c r="EG49" s="3" t="n">
+        <x:v>94058</x:v>
+      </x:c>
+      <x:c r="EH49" s="3" t="n">
+        <x:v>95661</x:v>
+      </x:c>
+      <x:c r="EI49" s="3" t="n">
+        <x:v>96033</x:v>
+      </x:c>
+      <x:c r="EJ49" s="3" t="n">
+        <x:v>96992</x:v>
+      </x:c>
+      <x:c r="EK49" s="3" t="n">
+        <x:v>97134</x:v>
+      </x:c>
+      <x:c r="EL49" s="3" t="n">
+        <x:v>97813</x:v>
+      </x:c>
+      <x:c r="EM49" s="3" t="n">
+        <x:v>98090</x:v>
+      </x:c>
+      <x:c r="EN49" s="3" t="n">
+        <x:v>98651</x:v>
+      </x:c>
+      <x:c r="EO49" s="3" t="n">
+        <x:v>99309</x:v>
+      </x:c>
+      <x:c r="EP49" s="3" t="n">
+        <x:v>100608</x:v>
+      </x:c>
+      <x:c r="EQ49" s="3" t="n">
+        <x:v>101758</x:v>
+      </x:c>
+      <x:c r="ER49" s="3" t="n">
+        <x:v>102573</x:v>
+      </x:c>
+      <x:c r="ES49" s="3" t="n">
+        <x:v>103643</x:v>
+      </x:c>
+      <x:c r="ET49" s="3" t="n">
+        <x:v>105560</x:v>
+      </x:c>
+      <x:c r="EU49" s="3" t="n">
+        <x:v>105399</x:v>
+      </x:c>
+      <x:c r="EV49" s="3" t="n">
+        <x:v>107338</x:v>
+      </x:c>
+      <x:c r="EW49" s="3" t="n">
+        <x:v>106992</x:v>
+      </x:c>
+      <x:c r="EX49" s="3" t="n">
+        <x:v>107409</x:v>
+      </x:c>
+      <x:c r="EY49" s="3" t="n">
+        <x:v>108354</x:v>
+      </x:c>
+      <x:c r="EZ49" s="3" t="n">
+        <x:v>108893</x:v>
+      </x:c>
+      <x:c r="FA49" s="3" t="n">
+        <x:v>111819</x:v>
+      </x:c>
+      <x:c r="FB49" s="3" t="n">
+        <x:v>110234</x:v>
+      </x:c>
+      <x:c r="FC49" s="3" t="n">
+        <x:v>111598</x:v>
+      </x:c>
+      <x:c r="FD49" s="3" t="n">
+        <x:v>111588</x:v>
+      </x:c>
+      <x:c r="FE49" s="3" t="n">
+        <x:v>114304</x:v>
+      </x:c>
+      <x:c r="FF49" s="3" t="n">
+        <x:v>112667</x:v>
+      </x:c>
+      <x:c r="FG49" s="3" t="n">
+        <x:v>112905</x:v>
+      </x:c>
+      <x:c r="FH49" s="3" t="n">
+        <x:v>112000</x:v>
+      </x:c>
+      <x:c r="FI49" s="3" t="n">
+        <x:v>115594</x:v>
+      </x:c>
+      <x:c r="FJ49" s="3" t="n">
+        <x:v>114254</x:v>
+      </x:c>
+      <x:c r="FK49" s="3" t="n">
+        <x:v>114934</x:v>
+      </x:c>
+      <x:c r="FL49" s="3" t="n">
+        <x:v>114354</x:v>
+      </x:c>
+      <x:c r="FM49" s="3" t="n">
+        <x:v>116470</x:v>
+      </x:c>
+      <x:c r="FN49" s="3" t="n">
+        <x:v>117509</x:v>
+      </x:c>
+      <x:c r="FO49" s="3" t="n">
+        <x:v>108880</x:v>
+      </x:c>
+      <x:c r="FP49" s="3" t="n">
+        <x:v>113614</x:v>
+      </x:c>
+      <x:c r="FQ49" s="3" t="n">
+        <x:v>116301</x:v>
+      </x:c>
+      <x:c r="FR49" s="3" t="n">
+        <x:v>115566</x:v>
+      </x:c>
+      <x:c r="FS49" s="3" t="n">
+        <x:v>116347</x:v>
+      </x:c>
+      <x:c r="FT49" s="3" t="n">
+        <x:v>117487</x:v>
+      </x:c>
+      <x:c r="FU49" s="3" t="n">
+        <x:v>121446</x:v>
+      </x:c>
+      <x:c r="FV49" s="3" t="n">
+        <x:v>118505</x:v>
+      </x:c>
+      <x:c r="FW49" s="3" t="n">
+        <x:v>121393</x:v>
+      </x:c>
+      <x:c r="FX49" s="3" t="n">
+        <x:v>121697</x:v>
+      </x:c>
+      <x:c r="FY49" s="3" t="n">
+        <x:v>127677</x:v>
+      </x:c>
+      <x:c r="FZ49" s="3" t="n">
+        <x:v>125366</x:v>
+      </x:c>
+      <x:c r="GA49" s="3" t="n">
+        <x:v>126486</x:v>
+      </x:c>
+      <x:c r="GB49" s="3" t="n">
+        <x:v>125840</x:v>
+      </x:c>
+      <x:c r="GC49" s="3" t="n">
+        <x:v>131510</x:v>
+      </x:c>
+      <x:c r="GD49" s="3" t="n">
+        <x:v>128124</x:v>
+      </x:c>
+      <x:c r="GE49" s="3" t="n">
+        <x:v>129186</x:v>
+      </x:c>
+      <x:c r="GF49" s="3" t="n">
+        <x:v>128745</x:v>
+      </x:c>
+      <x:c r="GG49" s="3" t="n">
+        <x:v>132440</x:v>
+      </x:c>
+      <x:c r="GH49" s="3" t="n">
+        <x:v>130826</x:v>
+      </x:c>
+      <x:c r="GI49" s="3" t="n">
+        <x:v>131852</x:v>
+      </x:c>
+      <x:c r="GJ49" s="3" t="n">
+        <x:v>131036</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:192">
+      <x:c r="A50" s="2" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="B50" s="3" t="n">
+        <x:v>10218</x:v>
+      </x:c>
+      <x:c r="C50" s="3" t="n">
         <x:v>10396</x:v>
       </x:c>
-      <x:c r="N6" s="3" t="n">
-[...530 lines deleted...]
-      <x:c r="GI6" s="3" t="n">
+      <x:c r="D50" s="3" t="n">
+        <x:v>10123</x:v>
+      </x:c>
+      <x:c r="E50" s="3" t="n">
+        <x:v>10746</x:v>
+      </x:c>
+      <x:c r="F50" s="3" t="n">
+        <x:v>11105</x:v>
+      </x:c>
+      <x:c r="G50" s="3" t="n">
+        <x:v>10240</x:v>
+      </x:c>
+      <x:c r="H50" s="3" t="n">
+        <x:v>10277</x:v>
+      </x:c>
+      <x:c r="I50" s="3" t="n">
+        <x:v>10897</x:v>
+      </x:c>
+      <x:c r="J50" s="3" t="n">
+        <x:v>11480</x:v>
+      </x:c>
+      <x:c r="K50" s="3" t="n">
+        <x:v>10578</x:v>
+      </x:c>
+      <x:c r="L50" s="3" t="n">
+        <x:v>10351</x:v>
+      </x:c>
+      <x:c r="M50" s="3" t="n">
+        <x:v>10616</x:v>
+      </x:c>
+      <x:c r="N50" s="3" t="n">
+        <x:v>11783</x:v>
+      </x:c>
+      <x:c r="O50" s="3" t="n">
+        <x:v>10872</x:v>
+      </x:c>
+      <x:c r="P50" s="3" t="n">
+        <x:v>10277</x:v>
+      </x:c>
+      <x:c r="Q50" s="3" t="n">
+        <x:v>11233</x:v>
+      </x:c>
+      <x:c r="R50" s="3" t="n">
+        <x:v>12217</x:v>
+      </x:c>
+      <x:c r="S50" s="3" t="n">
+        <x:v>11307</x:v>
+      </x:c>
+      <x:c r="T50" s="3" t="n">
+        <x:v>10943</x:v>
+      </x:c>
+      <x:c r="U50" s="3" t="n">
+        <x:v>11657</x:v>
+      </x:c>
+      <x:c r="V50" s="3" t="n">
+        <x:v>12438</x:v>
+      </x:c>
+      <x:c r="W50" s="3" t="n">
+        <x:v>11398</x:v>
+      </x:c>
+      <x:c r="X50" s="3" t="n">
+        <x:v>11693</x:v>
+      </x:c>
+      <x:c r="Y50" s="3" t="n">
+        <x:v>11999</x:v>
+      </x:c>
+      <x:c r="Z50" s="3" t="n">
+        <x:v>13494</x:v>
+      </x:c>
+      <x:c r="AA50" s="3" t="n">
+        <x:v>9905</x:v>
+      </x:c>
+      <x:c r="AB50" s="3" t="n">
+        <x:v>11344</x:v>
+      </x:c>
+      <x:c r="AC50" s="3" t="n">
+        <x:v>13192</x:v>
+      </x:c>
+      <x:c r="AD50" s="3" t="n">
+        <x:v>12304</x:v>
+      </x:c>
+      <x:c r="AE50" s="3" t="n">
+        <x:v>11924</x:v>
+      </x:c>
+      <x:c r="AF50" s="3" t="n">
+        <x:v>12001</x:v>
+      </x:c>
+      <x:c r="AG50" s="3" t="n">
+        <x:v>12432</x:v>
+      </x:c>
+      <x:c r="AH50" s="3" t="n">
+        <x:v>12397</x:v>
+      </x:c>
+      <x:c r="AI50" s="3" t="n">
+        <x:v>13223</x:v>
+      </x:c>
+      <x:c r="AJ50" s="3" t="n">
+        <x:v>12683</x:v>
+      </x:c>
+      <x:c r="AK50" s="3" t="n">
+        <x:v>13377</x:v>
+      </x:c>
+      <x:c r="AL50" s="3" t="n">
+        <x:v>13084</x:v>
+      </x:c>
+      <x:c r="AM50" s="3" t="n">
+        <x:v>13720</x:v>
+      </x:c>
+      <x:c r="AN50" s="3" t="n">
         <x:v>12991</x:v>
       </x:c>
+      <x:c r="AO50" s="3" t="n">
+        <x:v>14052</x:v>
+      </x:c>
+      <x:c r="AP50" s="3" t="n">
+        <x:v>11592</x:v>
+      </x:c>
+      <x:c r="AQ50" s="3" t="n">
+        <x:v>11222</x:v>
+      </x:c>
+      <x:c r="AR50" s="3" t="n">
+        <x:v>11192</x:v>
+      </x:c>
+      <x:c r="AS50" s="3" t="n">
+        <x:v>11620</x:v>
+      </x:c>
+      <x:c r="AT50" s="3" t="n">
+        <x:v>14304</x:v>
+      </x:c>
+      <x:c r="AU50" s="3" t="n">
+        <x:v>11569</x:v>
+      </x:c>
+      <x:c r="AV50" s="3" t="n">
+        <x:v>13749</x:v>
+      </x:c>
+      <x:c r="AW50" s="3" t="n">
+        <x:v>14633</x:v>
+      </x:c>
+      <x:c r="AX50" s="3" t="n">
+        <x:v>16052</x:v>
+      </x:c>
+      <x:c r="AY50" s="3" t="n">
+        <x:v>12875</x:v>
+      </x:c>
+      <x:c r="AZ50" s="3" t="n">
+        <x:v>15457</x:v>
+      </x:c>
+      <x:c r="BA50" s="3" t="n">
+        <x:v>13548</x:v>
+      </x:c>
+      <x:c r="BB50" s="3" t="n">
+        <x:v>15536</x:v>
+      </x:c>
+      <x:c r="BC50" s="3" t="n">
+        <x:v>12964</x:v>
+      </x:c>
+      <x:c r="BD50" s="3" t="n">
+        <x:v>15452</x:v>
+      </x:c>
+      <x:c r="BE50" s="3" t="n">
+        <x:v>13313</x:v>
+      </x:c>
+      <x:c r="BF50" s="3" t="n">
+        <x:v>15153</x:v>
+      </x:c>
+      <x:c r="BG50" s="3" t="n">
+        <x:v>14484</x:v>
+      </x:c>
+      <x:c r="BH50" s="3" t="n">
+        <x:v>14568</x:v>
+      </x:c>
+      <x:c r="BI50" s="3" t="n">
+        <x:v>15053</x:v>
+      </x:c>
+      <x:c r="BJ50" s="3" t="n">
+        <x:v>15146</x:v>
+      </x:c>
+      <x:c r="BK50" s="3" t="n">
+        <x:v>14720</x:v>
+      </x:c>
+      <x:c r="BL50" s="3" t="n">
+        <x:v>14795</x:v>
+      </x:c>
+      <x:c r="BM50" s="3" t="n">
+        <x:v>15479</x:v>
+      </x:c>
+      <x:c r="BN50" s="3" t="n">
+        <x:v>14715</x:v>
+      </x:c>
+      <x:c r="BO50" s="3" t="n">
+        <x:v>14566</x:v>
+      </x:c>
+      <x:c r="BP50" s="3" t="n">
+        <x:v>14589</x:v>
+      </x:c>
+      <x:c r="BQ50" s="3" t="n">
+        <x:v>15274</x:v>
+      </x:c>
+      <x:c r="BR50" s="3" t="n">
+        <x:v>14707</x:v>
+      </x:c>
+      <x:c r="BS50" s="3" t="n">
+        <x:v>13909</x:v>
+      </x:c>
+      <x:c r="BT50" s="3" t="n">
+        <x:v>14096</x:v>
+      </x:c>
+      <x:c r="BU50" s="3" t="n">
+        <x:v>14773</x:v>
+      </x:c>
+      <x:c r="BV50" s="3" t="n">
+        <x:v>14706</x:v>
+      </x:c>
+      <x:c r="BW50" s="3" t="n">
+        <x:v>13866</x:v>
+      </x:c>
+      <x:c r="BX50" s="3" t="n">
+        <x:v>14214</x:v>
+      </x:c>
+      <x:c r="BY50" s="3" t="n">
+        <x:v>14667</x:v>
+      </x:c>
+      <x:c r="BZ50" s="3" t="n">
+        <x:v>14517</x:v>
+      </x:c>
+      <x:c r="CA50" s="3" t="n">
+        <x:v>14814</x:v>
+      </x:c>
+      <x:c r="CB50" s="3" t="n">
+        <x:v>14436</x:v>
+      </x:c>
+      <x:c r="CC50" s="3" t="n">
+        <x:v>14974</x:v>
+      </x:c>
+      <x:c r="CD50" s="3" t="n">
+        <x:v>14938</x:v>
+      </x:c>
+      <x:c r="CE50" s="3" t="n">
+        <x:v>14292</x:v>
+      </x:c>
+      <x:c r="CF50" s="3" t="n">
+        <x:v>14354</x:v>
+      </x:c>
+      <x:c r="CG50" s="3" t="n">
+        <x:v>15064</x:v>
+      </x:c>
+      <x:c r="CH50" s="3" t="n">
+        <x:v>15125</x:v>
+      </x:c>
+      <x:c r="CI50" s="3" t="n">
+        <x:v>14920</x:v>
+      </x:c>
+      <x:c r="CJ50" s="3" t="n">
+        <x:v>14718</x:v>
+      </x:c>
+      <x:c r="CK50" s="3" t="n">
+        <x:v>15231</x:v>
+      </x:c>
+      <x:c r="CL50" s="3" t="n">
+        <x:v>15510</x:v>
+      </x:c>
+      <x:c r="CM50" s="3" t="n">
+        <x:v>14731</x:v>
+      </x:c>
+      <x:c r="CN50" s="3" t="n">
+        <x:v>14446</x:v>
+      </x:c>
+      <x:c r="CO50" s="3" t="n">
+        <x:v>15044</x:v>
+      </x:c>
+      <x:c r="CP50" s="3" t="n">
+        <x:v>15045</x:v>
+      </x:c>
+      <x:c r="CQ50" s="3" t="n">
+        <x:v>14297</x:v>
+      </x:c>
+      <x:c r="CR50" s="3" t="n">
+        <x:v>14195</x:v>
+      </x:c>
+      <x:c r="CS50" s="3" t="n">
+        <x:v>14737</x:v>
+      </x:c>
+      <x:c r="CT50" s="3" t="n">
+        <x:v>14748</x:v>
+      </x:c>
+      <x:c r="CU50" s="3" t="n">
+        <x:v>14611</x:v>
+      </x:c>
+      <x:c r="CV50" s="3" t="n">
+        <x:v>14483</x:v>
+      </x:c>
+      <x:c r="CW50" s="3" t="n">
+        <x:v>14656</x:v>
+      </x:c>
+      <x:c r="CX50" s="3" t="n">
+        <x:v>14444</x:v>
+      </x:c>
+      <x:c r="CY50" s="3" t="n">
+        <x:v>14034</x:v>
+      </x:c>
+      <x:c r="CZ50" s="3" t="n">
+        <x:v>14015</x:v>
+      </x:c>
+      <x:c r="DA50" s="3" t="n">
+        <x:v>14335</x:v>
+      </x:c>
+      <x:c r="DB50" s="3" t="n">
+        <x:v>14817</x:v>
+      </x:c>
+      <x:c r="DC50" s="3" t="n">
+        <x:v>14205</x:v>
+      </x:c>
+      <x:c r="DD50" s="3" t="n">
+        <x:v>14207</x:v>
+      </x:c>
+      <x:c r="DE50" s="3" t="n">
+        <x:v>14883</x:v>
+      </x:c>
+      <x:c r="DF50" s="3" t="n">
+        <x:v>14404</x:v>
+      </x:c>
+      <x:c r="DG50" s="3" t="n">
+        <x:v>14334</x:v>
+      </x:c>
+      <x:c r="DH50" s="3" t="n">
+        <x:v>13441</x:v>
+      </x:c>
+      <x:c r="DI50" s="3" t="n">
+        <x:v>13684</x:v>
+      </x:c>
+      <x:c r="DJ50" s="3" t="n">
+        <x:v>13765</x:v>
+      </x:c>
+      <x:c r="DK50" s="3" t="n">
+        <x:v>13161</x:v>
+      </x:c>
+      <x:c r="DL50" s="3" t="n">
+        <x:v>13269</x:v>
+      </x:c>
+      <x:c r="DM50" s="3" t="n">
+        <x:v>13832</x:v>
+      </x:c>
+      <x:c r="DN50" s="3" t="n">
+        <x:v>13634</x:v>
+      </x:c>
+      <x:c r="DO50" s="3" t="n">
+        <x:v>13192</x:v>
+      </x:c>
+      <x:c r="DP50" s="3" t="n">
+        <x:v>13184</x:v>
+      </x:c>
+      <x:c r="DQ50" s="3" t="n">
+        <x:v>13646</x:v>
+      </x:c>
+      <x:c r="DR50" s="3" t="n">
+        <x:v>13060</x:v>
+      </x:c>
+      <x:c r="DS50" s="3" t="n">
+        <x:v>13206</x:v>
+      </x:c>
+      <x:c r="DT50" s="3" t="n">
+        <x:v>13230</x:v>
+      </x:c>
+      <x:c r="DU50" s="3" t="n">
+        <x:v>13539</x:v>
+      </x:c>
+      <x:c r="DV50" s="3" t="n">
+        <x:v>13584</x:v>
+      </x:c>
+      <x:c r="DW50" s="3" t="n">
+        <x:v>13914</x:v>
+      </x:c>
+      <x:c r="DX50" s="3" t="n">
+        <x:v>13628</x:v>
+      </x:c>
+      <x:c r="DY50" s="3" t="n">
+        <x:v>13169</x:v>
+      </x:c>
+      <x:c r="DZ50" s="3" t="n">
+        <x:v>14164</x:v>
+      </x:c>
+      <x:c r="EA50" s="3" t="n">
+        <x:v>13926</x:v>
+      </x:c>
+      <x:c r="EB50" s="3" t="n">
+        <x:v>13657</x:v>
+      </x:c>
+      <x:c r="EC50" s="3" t="n">
+        <x:v>13423</x:v>
+      </x:c>
+      <x:c r="ED50" s="3" t="n">
+        <x:v>13199</x:v>
+      </x:c>
+      <x:c r="EE50" s="3" t="n">
+        <x:v>13356</x:v>
+      </x:c>
+      <x:c r="EF50" s="3" t="n">
+        <x:v>13609</x:v>
+      </x:c>
+      <x:c r="EG50" s="3" t="n">
+        <x:v>13725</x:v>
+      </x:c>
+      <x:c r="EH50" s="3" t="n">
+        <x:v>13753</x:v>
+      </x:c>
+      <x:c r="EI50" s="3" t="n">
+        <x:v>13589</x:v>
+      </x:c>
+      <x:c r="EJ50" s="3" t="n">
+        <x:v>13601</x:v>
+      </x:c>
+      <x:c r="EK50" s="3" t="n">
+        <x:v>13560</x:v>
+      </x:c>
+      <x:c r="EL50" s="3" t="n">
+        <x:v>13431</x:v>
+      </x:c>
+      <x:c r="EM50" s="3" t="n">
+        <x:v>13393</x:v>
+      </x:c>
+      <x:c r="EN50" s="3" t="n">
+        <x:v>13367</x:v>
+      </x:c>
+      <x:c r="EO50" s="3" t="n">
+        <x:v>13237</x:v>
+      </x:c>
+      <x:c r="EP50" s="3" t="n">
+        <x:v>13428</x:v>
+      </x:c>
+      <x:c r="EQ50" s="3" t="n">
+        <x:v>13473</x:v>
+      </x:c>
+      <x:c r="ER50" s="3" t="n">
+        <x:v>13462</x:v>
+      </x:c>
+      <x:c r="ES50" s="3" t="n">
+        <x:v>13315</x:v>
+      </x:c>
+      <x:c r="ET50" s="3" t="n">
+        <x:v>13843</x:v>
+      </x:c>
+      <x:c r="EU50" s="3" t="n">
+        <x:v>13799</x:v>
+      </x:c>
+      <x:c r="EV50" s="3" t="n">
+        <x:v>13933</x:v>
+      </x:c>
+      <x:c r="EW50" s="3" t="n">
+        <x:v>13910</x:v>
+      </x:c>
+      <x:c r="EX50" s="3" t="n">
+        <x:v>13861</x:v>
+      </x:c>
+      <x:c r="EY50" s="3" t="n">
+        <x:v>13794</x:v>
+      </x:c>
+      <x:c r="EZ50" s="3" t="n">
+        <x:v>13937</x:v>
+      </x:c>
+      <x:c r="FA50" s="3" t="n">
+        <x:v>13957</x:v>
+      </x:c>
+      <x:c r="FB50" s="3" t="n">
+        <x:v>14019</x:v>
+      </x:c>
+      <x:c r="FC50" s="3" t="n">
+        <x:v>13968</x:v>
+      </x:c>
+      <x:c r="FD50" s="3" t="n">
+        <x:v>14132</x:v>
+      </x:c>
+      <x:c r="FE50" s="3" t="n">
+        <x:v>14035</x:v>
+      </x:c>
+      <x:c r="FF50" s="3" t="n">
+        <x:v>14099</x:v>
+      </x:c>
+      <x:c r="FG50" s="3" t="n">
+        <x:v>14016</x:v>
+      </x:c>
+      <x:c r="FH50" s="3" t="n">
+        <x:v>14132</x:v>
+      </x:c>
+      <x:c r="FI50" s="3" t="n">
+        <x:v>14353</x:v>
+      </x:c>
+      <x:c r="FJ50" s="3" t="n">
+        <x:v>14631</x:v>
+      </x:c>
+      <x:c r="FK50" s="3" t="n">
+        <x:v>14706</x:v>
+      </x:c>
+      <x:c r="FL50" s="3" t="n">
+        <x:v>14950</x:v>
+      </x:c>
+      <x:c r="FM50" s="3" t="n">
+        <x:v>14982</x:v>
+      </x:c>
+      <x:c r="FN50" s="3" t="n">
+        <x:v>15182</x:v>
+      </x:c>
+      <x:c r="FO50" s="3" t="n">
+        <x:v>15172</x:v>
+      </x:c>
+      <x:c r="FP50" s="3" t="n">
+        <x:v>15345</x:v>
+      </x:c>
+      <x:c r="FQ50" s="3" t="n">
+        <x:v>15332</x:v>
+      </x:c>
+      <x:c r="FR50" s="3" t="n">
+        <x:v>15273</x:v>
+      </x:c>
+      <x:c r="FS50" s="3" t="n">
+        <x:v>15233</x:v>
+      </x:c>
+      <x:c r="FT50" s="3" t="n">
+        <x:v>15547</x:v>
+      </x:c>
+      <x:c r="FU50" s="3" t="n">
+        <x:v>16136</x:v>
+      </x:c>
+      <x:c r="FV50" s="3" t="n">
+        <x:v>16900</x:v>
+      </x:c>
+      <x:c r="FW50" s="3" t="n">
+        <x:v>17159</x:v>
+      </x:c>
+      <x:c r="FX50" s="3" t="n">
+        <x:v>17429</x:v>
+      </x:c>
+      <x:c r="FY50" s="3" t="n">
+        <x:v>17823</x:v>
+      </x:c>
+      <x:c r="FZ50" s="3" t="n">
+        <x:v>18072</x:v>
+      </x:c>
+      <x:c r="GA50" s="3" t="n">
+        <x:v>18056</x:v>
+      </x:c>
+      <x:c r="GB50" s="3" t="n">
+        <x:v>18456</x:v>
+      </x:c>
+      <x:c r="GC50" s="3" t="n">
+        <x:v>18613</x:v>
+      </x:c>
+      <x:c r="GD50" s="3" t="n">
+        <x:v>19127</x:v>
+      </x:c>
+      <x:c r="GE50" s="3" t="n">
+        <x:v>19337</x:v>
+      </x:c>
+      <x:c r="GF50" s="3" t="n">
+        <x:v>19857</x:v>
+      </x:c>
+      <x:c r="GG50" s="3" t="n">
+        <x:v>20272</x:v>
+      </x:c>
+      <x:c r="GH50" s="3" t="n">
+        <x:v>20650</x:v>
+      </x:c>
+      <x:c r="GI50" s="3" t="n">
+        <x:v>20932</x:v>
+      </x:c>
+      <x:c r="GJ50" s="3" t="n">
+        <x:v>21249</x:v>
+      </x:c>
     </x:row>
-    <x:row r="7" spans="1:191">
-[...571 lines deleted...]
-        <x:v>39361</x:v>
+    <x:row r="51" spans="1:192">
+      <x:c r="A51" s="2" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="B51" s="3" t="n">
+        <x:v>63166</x:v>
+      </x:c>
+      <x:c r="C51" s="3" t="n">
+        <x:v>63991</x:v>
+      </x:c>
+      <x:c r="D51" s="3" t="n">
+        <x:v>60175</x:v>
+      </x:c>
+      <x:c r="E51" s="3" t="n">
+        <x:v>66824</x:v>
+      </x:c>
+      <x:c r="F51" s="3" t="n">
+        <x:v>69872</x:v>
+      </x:c>
+      <x:c r="G51" s="3" t="n">
+        <x:v>65774</x:v>
+      </x:c>
+      <x:c r="H51" s="3" t="n">
+        <x:v>62177</x:v>
+      </x:c>
+      <x:c r="I51" s="3" t="n">
+        <x:v>70558</x:v>
+      </x:c>
+      <x:c r="J51" s="3" t="n">
+        <x:v>73414</x:v>
+      </x:c>
+      <x:c r="K51" s="3" t="n">
+        <x:v>69103</x:v>
+      </x:c>
+      <x:c r="L51" s="3" t="n">
+        <x:v>64645</x:v>
+      </x:c>
+      <x:c r="M51" s="3" t="n">
+        <x:v>73800</x:v>
+      </x:c>
+      <x:c r="N51" s="3" t="n">
+        <x:v>76366</x:v>
+      </x:c>
+      <x:c r="O51" s="3" t="n">
+        <x:v>71794</x:v>
+      </x:c>
+      <x:c r="P51" s="3" t="n">
+        <x:v>69142</x:v>
+      </x:c>
+      <x:c r="Q51" s="3" t="n">
+        <x:v>77616</x:v>
+      </x:c>
+      <x:c r="R51" s="3" t="n">
+        <x:v>77839</x:v>
+      </x:c>
+      <x:c r="S51" s="3" t="n">
+        <x:v>72243</x:v>
+      </x:c>
+      <x:c r="T51" s="3" t="n">
+        <x:v>70179</x:v>
+      </x:c>
+      <x:c r="U51" s="3" t="n">
+        <x:v>78076</x:v>
+      </x:c>
+      <x:c r="V51" s="3" t="n">
+        <x:v>79216</x:v>
+      </x:c>
+      <x:c r="W51" s="3" t="n">
+        <x:v>76864</x:v>
+      </x:c>
+      <x:c r="X51" s="3" t="n">
+        <x:v>73553</x:v>
+      </x:c>
+      <x:c r="Y51" s="3" t="n">
+        <x:v>79312</x:v>
+      </x:c>
+      <x:c r="Z51" s="3" t="n">
+        <x:v>84458</x:v>
+      </x:c>
+      <x:c r="AA51" s="3" t="n">
+        <x:v>78401</x:v>
+      </x:c>
+      <x:c r="AB51" s="3" t="n">
+        <x:v>74040</x:v>
+      </x:c>
+      <x:c r="AC51" s="3" t="n">
+        <x:v>83149</x:v>
+      </x:c>
+      <x:c r="AD51" s="3" t="n">
+        <x:v>86784</x:v>
+      </x:c>
+      <x:c r="AE51" s="3" t="n">
+        <x:v>81908</x:v>
+      </x:c>
+      <x:c r="AF51" s="3" t="n">
+        <x:v>77122</x:v>
+      </x:c>
+      <x:c r="AG51" s="3" t="n">
+        <x:v>88619</x:v>
+      </x:c>
+      <x:c r="AH51" s="3" t="n">
+        <x:v>83057</x:v>
+      </x:c>
+      <x:c r="AI51" s="3" t="n">
+        <x:v>88439</x:v>
+      </x:c>
+      <x:c r="AJ51" s="3" t="n">
+        <x:v>79412</x:v>
+      </x:c>
+      <x:c r="AK51" s="3" t="n">
+        <x:v>91604</x:v>
+      </x:c>
+      <x:c r="AL51" s="3" t="n">
+        <x:v>89251</x:v>
+      </x:c>
+      <x:c r="AM51" s="3" t="n">
+        <x:v>86730</x:v>
+      </x:c>
+      <x:c r="AN51" s="3" t="n">
+        <x:v>83634</x:v>
+      </x:c>
+      <x:c r="AO51" s="3" t="n">
+        <x:v>95933</x:v>
+      </x:c>
+      <x:c r="AP51" s="3" t="n">
+        <x:v>92487</x:v>
+      </x:c>
+      <x:c r="AQ51" s="3" t="n">
+        <x:v>89113</x:v>
+      </x:c>
+      <x:c r="AR51" s="3" t="n">
+        <x:v>86814</x:v>
+      </x:c>
+      <x:c r="AS51" s="3" t="n">
+        <x:v>93921</x:v>
+      </x:c>
+      <x:c r="AT51" s="3" t="n">
+        <x:v>90195</x:v>
+      </x:c>
+      <x:c r="AU51" s="3" t="n">
+        <x:v>92569</x:v>
+      </x:c>
+      <x:c r="AV51" s="3" t="n">
+        <x:v>85331</x:v>
+      </x:c>
+      <x:c r="AW51" s="3" t="n">
+        <x:v>97607</x:v>
+      </x:c>
+      <x:c r="AX51" s="3" t="n">
+        <x:v>96221</x:v>
+      </x:c>
+      <x:c r="AY51" s="3" t="n">
+        <x:v>91182</x:v>
+      </x:c>
+      <x:c r="AZ51" s="3" t="n">
+        <x:v>88037</x:v>
+      </x:c>
+      <x:c r="BA51" s="3" t="n">
+        <x:v>99742</x:v>
+      </x:c>
+      <x:c r="BB51" s="3" t="n">
+        <x:v>97150</x:v>
+      </x:c>
+      <x:c r="BC51" s="3" t="n">
+        <x:v>98870</x:v>
+      </x:c>
+      <x:c r="BD51" s="3" t="n">
+        <x:v>94571</x:v>
+      </x:c>
+      <x:c r="BE51" s="3" t="n">
+        <x:v>103268</x:v>
+      </x:c>
+      <x:c r="BF51" s="3" t="n">
+        <x:v>106294</x:v>
+      </x:c>
+      <x:c r="BG51" s="3" t="n">
+        <x:v>99644</x:v>
+      </x:c>
+      <x:c r="BH51" s="3" t="n">
+        <x:v>98887</x:v>
+      </x:c>
+      <x:c r="BI51" s="3" t="n">
+        <x:v>105655</x:v>
+      </x:c>
+      <x:c r="BJ51" s="3" t="n">
+        <x:v>107569</x:v>
+      </x:c>
+      <x:c r="BK51" s="3" t="n">
+        <x:v>102271</x:v>
+      </x:c>
+      <x:c r="BL51" s="3" t="n">
+        <x:v>97930</x:v>
+      </x:c>
+      <x:c r="BM51" s="3" t="n">
+        <x:v>111165</x:v>
+      </x:c>
+      <x:c r="BN51" s="3" t="n">
+        <x:v>104546</x:v>
+      </x:c>
+      <x:c r="BO51" s="3" t="n">
+        <x:v>105713</x:v>
+      </x:c>
+      <x:c r="BP51" s="3" t="n">
+        <x:v>104919</x:v>
+      </x:c>
+      <x:c r="BQ51" s="3" t="n">
+        <x:v>112649</x:v>
+      </x:c>
+      <x:c r="BR51" s="3" t="n">
+        <x:v>112684</x:v>
+      </x:c>
+      <x:c r="BS51" s="3" t="n">
+        <x:v>104239</x:v>
+      </x:c>
+      <x:c r="BT51" s="3" t="n">
+        <x:v>105287</x:v>
+      </x:c>
+      <x:c r="BU51" s="3" t="n">
+        <x:v>112345</x:v>
+      </x:c>
+      <x:c r="BV51" s="3" t="n">
+        <x:v>113996</x:v>
+      </x:c>
+      <x:c r="BW51" s="3" t="n">
+        <x:v>107648</x:v>
+      </x:c>
+      <x:c r="BX51" s="3" t="n">
+        <x:v>107698</x:v>
+      </x:c>
+      <x:c r="BY51" s="3" t="n">
+        <x:v>115157</x:v>
+      </x:c>
+      <x:c r="BZ51" s="3" t="n">
+        <x:v>110430</x:v>
+      </x:c>
+      <x:c r="CA51" s="3" t="n">
+        <x:v>115846</x:v>
+      </x:c>
+      <x:c r="CB51" s="3" t="n">
+        <x:v>109791</x:v>
+      </x:c>
+      <x:c r="CC51" s="3" t="n">
+        <x:v>118357</x:v>
+      </x:c>
+      <x:c r="CD51" s="3" t="n">
+        <x:v>119260</x:v>
+      </x:c>
+      <x:c r="CE51" s="3" t="n">
+        <x:v>115202</x:v>
+      </x:c>
+      <x:c r="CF51" s="3" t="n">
+        <x:v>114004</x:v>
+      </x:c>
+      <x:c r="CG51" s="3" t="n">
+        <x:v>120935</x:v>
+      </x:c>
+      <x:c r="CH51" s="3" t="n">
+        <x:v>121080</x:v>
+      </x:c>
+      <x:c r="CI51" s="3" t="n">
+        <x:v>120283</x:v>
+      </x:c>
+      <x:c r="CJ51" s="3" t="n">
+        <x:v>117311</x:v>
+      </x:c>
+      <x:c r="CK51" s="3" t="n">
+        <x:v>125715</x:v>
+      </x:c>
+      <x:c r="CL51" s="3" t="n">
+        <x:v>127907</x:v>
+      </x:c>
+      <x:c r="CM51" s="3" t="n">
+        <x:v>119371</x:v>
+      </x:c>
+      <x:c r="CN51" s="3" t="n">
+        <x:v>118981</x:v>
+      </x:c>
+      <x:c r="CO51" s="3" t="n">
+        <x:v>124134</x:v>
+      </x:c>
+      <x:c r="CP51" s="3" t="n">
+        <x:v>129932</x:v>
+      </x:c>
+      <x:c r="CQ51" s="3" t="n">
+        <x:v>122297</x:v>
+      </x:c>
+      <x:c r="CR51" s="3" t="n">
+        <x:v>122088</x:v>
+      </x:c>
+      <x:c r="CS51" s="3" t="n">
+        <x:v>129365</x:v>
+      </x:c>
+      <x:c r="CT51" s="3" t="n">
+        <x:v>102911</x:v>
+      </x:c>
+      <x:c r="CU51" s="3" t="n">
+        <x:v>104583</x:v>
+      </x:c>
+      <x:c r="CV51" s="3" t="n">
+        <x:v>101088</x:v>
+      </x:c>
+      <x:c r="CW51" s="3" t="n">
+        <x:v>105248</x:v>
+      </x:c>
+      <x:c r="CX51" s="3" t="n">
+        <x:v>107579</x:v>
+      </x:c>
+      <x:c r="CY51" s="3" t="n">
+        <x:v>102435</x:v>
+      </x:c>
+      <x:c r="CZ51" s="3" t="n">
+        <x:v>101991</x:v>
+      </x:c>
+      <x:c r="DA51" s="3" t="n">
+        <x:v>106101</x:v>
+      </x:c>
+      <x:c r="DB51" s="3" t="n">
+        <x:v>107745</x:v>
+      </x:c>
+      <x:c r="DC51" s="3" t="n">
+        <x:v>101786</x:v>
+      </x:c>
+      <x:c r="DD51" s="3" t="n">
+        <x:v>100548</x:v>
+      </x:c>
+      <x:c r="DE51" s="3" t="n">
+        <x:v>108739</x:v>
+      </x:c>
+      <x:c r="DF51" s="3" t="n">
+        <x:v>105403</x:v>
+      </x:c>
+      <x:c r="DG51" s="3" t="n">
+        <x:v>108759</x:v>
+      </x:c>
+      <x:c r="DH51" s="3" t="n">
+        <x:v>100922</x:v>
+      </x:c>
+      <x:c r="DI51" s="3" t="n">
+        <x:v>109785</x:v>
+      </x:c>
+      <x:c r="DJ51" s="3" t="n">
+        <x:v>112311</x:v>
+      </x:c>
+      <x:c r="DK51" s="3" t="n">
+        <x:v>106178</x:v>
+      </x:c>
+      <x:c r="DL51" s="3" t="n">
+        <x:v>104853</x:v>
+      </x:c>
+      <x:c r="DM51" s="3" t="n">
+        <x:v>111301</x:v>
+      </x:c>
+      <x:c r="DN51" s="3" t="n">
+        <x:v>114607</x:v>
+      </x:c>
+      <x:c r="DO51" s="3" t="n">
+        <x:v>110692</x:v>
+      </x:c>
+      <x:c r="DP51" s="3" t="n">
+        <x:v>110015</x:v>
+      </x:c>
+      <x:c r="DQ51" s="3" t="n">
+        <x:v>116155</x:v>
+      </x:c>
+      <x:c r="DR51" s="3" t="n">
+        <x:v>116114</x:v>
+      </x:c>
+      <x:c r="DS51" s="3" t="n">
+        <x:v>116922</x:v>
+      </x:c>
+      <x:c r="DT51" s="3" t="n">
+        <x:v>116401</x:v>
+      </x:c>
+      <x:c r="DU51" s="3" t="n">
+        <x:v>117688</x:v>
+      </x:c>
+      <x:c r="DV51" s="3" t="n">
+        <x:v>121148</x:v>
+      </x:c>
+      <x:c r="DW51" s="3" t="n">
+        <x:v>119762</x:v>
+      </x:c>
+      <x:c r="DX51" s="3" t="n">
+        <x:v>121410</x:v>
+      </x:c>
+      <x:c r="DY51" s="3" t="n">
+        <x:v>122375</x:v>
+      </x:c>
+      <x:c r="DZ51" s="3" t="n">
+        <x:v>127012</x:v>
+      </x:c>
+      <x:c r="EA51" s="3" t="n">
+        <x:v>125546</x:v>
+      </x:c>
+      <x:c r="EB51" s="3" t="n">
+        <x:v>125649</x:v>
+      </x:c>
+      <x:c r="EC51" s="3" t="n">
+        <x:v>126611</x:v>
+      </x:c>
+      <x:c r="ED51" s="3" t="n">
+        <x:v>128556</x:v>
+      </x:c>
+      <x:c r="EE51" s="3" t="n">
+        <x:v>128433</x:v>
+      </x:c>
+      <x:c r="EF51" s="3" t="n">
+        <x:v>129481</x:v>
+      </x:c>
+      <x:c r="EG51" s="3" t="n">
+        <x:v>130182</x:v>
+      </x:c>
+      <x:c r="EH51" s="3" t="n">
+        <x:v>130103</x:v>
+      </x:c>
+      <x:c r="EI51" s="3" t="n">
+        <x:v>131179</x:v>
+      </x:c>
+      <x:c r="EJ51" s="3" t="n">
+        <x:v>132231</x:v>
+      </x:c>
+      <x:c r="EK51" s="3" t="n">
+        <x:v>131772</x:v>
+      </x:c>
+      <x:c r="EL51" s="3" t="n">
+        <x:v>131574</x:v>
+      </x:c>
+      <x:c r="EM51" s="3" t="n">
+        <x:v>132213</x:v>
+      </x:c>
+      <x:c r="EN51" s="3" t="n">
+        <x:v>132796</x:v>
+      </x:c>
+      <x:c r="EO51" s="3" t="n">
+        <x:v>133575</x:v>
+      </x:c>
+      <x:c r="EP51" s="3" t="n">
+        <x:v>133436</x:v>
+      </x:c>
+      <x:c r="EQ51" s="3" t="n">
+        <x:v>133859</x:v>
+      </x:c>
+      <x:c r="ER51" s="3" t="n">
+        <x:v>134457</x:v>
+      </x:c>
+      <x:c r="ES51" s="3" t="n">
+        <x:v>135093</x:v>
+      </x:c>
+      <x:c r="ET51" s="3" t="n">
+        <x:v>135335</x:v>
+      </x:c>
+      <x:c r="EU51" s="3" t="n">
+        <x:v>135967</x:v>
+      </x:c>
+      <x:c r="EV51" s="3" t="n">
+        <x:v>138489</x:v>
+      </x:c>
+      <x:c r="EW51" s="3" t="n">
+        <x:v>137234</x:v>
+      </x:c>
+      <x:c r="EX51" s="3" t="n">
+        <x:v>135499</x:v>
+      </x:c>
+      <x:c r="EY51" s="3" t="n">
+        <x:v>139125</x:v>
+      </x:c>
+      <x:c r="EZ51" s="3" t="n">
+        <x:v>141030</x:v>
+      </x:c>
+      <x:c r="FA51" s="3" t="n">
+        <x:v>140892</x:v>
+      </x:c>
+      <x:c r="FB51" s="3" t="n">
+        <x:v>140670</x:v>
+      </x:c>
+      <x:c r="FC51" s="3" t="n">
+        <x:v>142230</x:v>
+      </x:c>
+      <x:c r="FD51" s="3" t="n">
+        <x:v>142104</x:v>
+      </x:c>
+      <x:c r="FE51" s="3" t="n">
+        <x:v>142967</x:v>
+      </x:c>
+      <x:c r="FF51" s="3" t="n">
+        <x:v>141605</x:v>
+      </x:c>
+      <x:c r="FG51" s="3" t="n">
+        <x:v>142901</x:v>
+      </x:c>
+      <x:c r="FH51" s="3" t="n">
+        <x:v>143355</x:v>
+      </x:c>
+      <x:c r="FI51" s="3" t="n">
+        <x:v>143450</x:v>
+      </x:c>
+      <x:c r="FJ51" s="3" t="n">
+        <x:v>142725</x:v>
+      </x:c>
+      <x:c r="FK51" s="3" t="n">
+        <x:v>144519</x:v>
+      </x:c>
+      <x:c r="FL51" s="3" t="n">
+        <x:v>145417</x:v>
+      </x:c>
+      <x:c r="FM51" s="3" t="n">
+        <x:v>145150</x:v>
+      </x:c>
+      <x:c r="FN51" s="3" t="n">
+        <x:v>142242</x:v>
+      </x:c>
+      <x:c r="FO51" s="3" t="n">
+        <x:v>138318</x:v>
+      </x:c>
+      <x:c r="FP51" s="3" t="n">
+        <x:v>143886</x:v>
+      </x:c>
+      <x:c r="FQ51" s="3" t="n">
+        <x:v>146048</x:v>
+      </x:c>
+      <x:c r="FR51" s="3" t="n">
+        <x:v>143521</x:v>
+      </x:c>
+      <x:c r="FS51" s="3" t="n">
+        <x:v>146042</x:v>
+      </x:c>
+      <x:c r="FT51" s="3" t="n">
+        <x:v>149508</x:v>
+      </x:c>
+      <x:c r="FU51" s="3" t="n">
+        <x:v>149933</x:v>
+      </x:c>
+      <x:c r="FV51" s="3" t="n">
+        <x:v>148598</x:v>
+      </x:c>
+      <x:c r="FW51" s="3" t="n">
+        <x:v>149837</x:v>
+      </x:c>
+      <x:c r="FX51" s="3" t="n">
+        <x:v>150843</x:v>
+      </x:c>
+      <x:c r="FY51" s="3" t="n">
+        <x:v>152123</x:v>
+      </x:c>
+      <x:c r="FZ51" s="3" t="n">
+        <x:v>151866</x:v>
+      </x:c>
+      <x:c r="GA51" s="3" t="n">
+        <x:v>154093</x:v>
+      </x:c>
+      <x:c r="GB51" s="3" t="n">
+        <x:v>155592</x:v>
+      </x:c>
+      <x:c r="GC51" s="3" t="n">
+        <x:v>155545</x:v>
+      </x:c>
+      <x:c r="GD51" s="3" t="n">
+        <x:v>154358</x:v>
+      </x:c>
+      <x:c r="GE51" s="3" t="n">
+        <x:v>156157</x:v>
+      </x:c>
+      <x:c r="GF51" s="3" t="n">
+        <x:v>156915</x:v>
+      </x:c>
+      <x:c r="GG51" s="3" t="n">
+        <x:v>156170</x:v>
+      </x:c>
+      <x:c r="GH51" s="3" t="n">
+        <x:v>154308</x:v>
+      </x:c>
+      <x:c r="GI51" s="3" t="n">
+        <x:v>155920</x:v>
+      </x:c>
+      <x:c r="GJ51" s="3" t="n">
+        <x:v>155546</x:v>
       </x:c>
     </x:row>
-    <x:row r="8" spans="1:191">
-[...571 lines deleted...]
-        <x:v>4327</x:v>
+    <x:row r="52" spans="1:192">
+      <x:c r="A52" s="2" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="B52" s="3" t="n">
+        <x:v>494906</x:v>
+      </x:c>
+      <x:c r="C52" s="3" t="n">
+        <x:v>519016</x:v>
+      </x:c>
+      <x:c r="D52" s="3" t="n">
+        <x:v>497950</x:v>
+      </x:c>
+      <x:c r="E52" s="3" t="n">
+        <x:v>536997</x:v>
+      </x:c>
+      <x:c r="F52" s="3" t="n">
+        <x:v>535669</x:v>
+      </x:c>
+      <x:c r="G52" s="3" t="n">
+        <x:v>520083</x:v>
+      </x:c>
+      <x:c r="H52" s="3" t="n">
+        <x:v>522192</x:v>
+      </x:c>
+      <x:c r="I52" s="3" t="n">
+        <x:v>561197</x:v>
+      </x:c>
+      <x:c r="J52" s="3" t="n">
+        <x:v>561341</x:v>
+      </x:c>
+      <x:c r="K52" s="3" t="n">
+        <x:v>541454</x:v>
+      </x:c>
+      <x:c r="L52" s="3" t="n">
+        <x:v>528532</x:v>
+      </x:c>
+      <x:c r="M52" s="3" t="n">
+        <x:v>568565</x:v>
+      </x:c>
+      <x:c r="N52" s="3" t="n">
+        <x:v>568045</x:v>
+      </x:c>
+      <x:c r="O52" s="3" t="n">
+        <x:v>550239</x:v>
+      </x:c>
+      <x:c r="P52" s="3" t="n">
+        <x:v>542022</x:v>
+      </x:c>
+      <x:c r="Q52" s="3" t="n">
+        <x:v>582777</x:v>
+      </x:c>
+      <x:c r="R52" s="3" t="n">
+        <x:v>575201</x:v>
+      </x:c>
+      <x:c r="S52" s="3" t="n">
+        <x:v>559155</x:v>
+      </x:c>
+      <x:c r="T52" s="3" t="n">
+        <x:v>546099</x:v>
+      </x:c>
+      <x:c r="U52" s="3" t="n">
+        <x:v>587387</x:v>
+      </x:c>
+      <x:c r="V52" s="3" t="n">
+        <x:v>574751</x:v>
+      </x:c>
+      <x:c r="W52" s="3" t="n">
+        <x:v>578568</x:v>
+      </x:c>
+      <x:c r="X52" s="3" t="n">
+        <x:v>561360</x:v>
+      </x:c>
+      <x:c r="Y52" s="3" t="n">
+        <x:v>605220</x:v>
+      </x:c>
+      <x:c r="Z52" s="3" t="n">
+        <x:v>610151</x:v>
+      </x:c>
+      <x:c r="AA52" s="3" t="n">
+        <x:v>588915</x:v>
+      </x:c>
+      <x:c r="AB52" s="3" t="n">
+        <x:v>590387</x:v>
+      </x:c>
+      <x:c r="AC52" s="3" t="n">
+        <x:v>632686</x:v>
+      </x:c>
+      <x:c r="AD52" s="3" t="n">
+        <x:v>650204</x:v>
+      </x:c>
+      <x:c r="AE52" s="3" t="n">
+        <x:v>625614</x:v>
+      </x:c>
+      <x:c r="AF52" s="3" t="n">
+        <x:v>619909</x:v>
+      </x:c>
+      <x:c r="AG52" s="3" t="n">
+        <x:v>669239</x:v>
+      </x:c>
+      <x:c r="AH52" s="3" t="n">
+        <x:v>645564</x:v>
+      </x:c>
+      <x:c r="AI52" s="3" t="n">
+        <x:v>680955</x:v>
+      </x:c>
+      <x:c r="AJ52" s="3" t="n">
+        <x:v>647516</x:v>
+      </x:c>
+      <x:c r="AK52" s="3" t="n">
+        <x:v>697193</x:v>
+      </x:c>
+      <x:c r="AL52" s="3" t="n">
+        <x:v>683676</x:v>
+      </x:c>
+      <x:c r="AM52" s="3" t="n">
+        <x:v>685590</x:v>
+      </x:c>
+      <x:c r="AN52" s="3" t="n">
+        <x:v>663497</x:v>
+      </x:c>
+      <x:c r="AO52" s="3" t="n">
+        <x:v>728960</x:v>
+      </x:c>
+      <x:c r="AP52" s="3" t="n">
+        <x:v>692825</x:v>
+      </x:c>
+      <x:c r="AQ52" s="3" t="n">
+        <x:v>684404</x:v>
+      </x:c>
+      <x:c r="AR52" s="3" t="n">
+        <x:v>659110</x:v>
+      </x:c>
+      <x:c r="AS52" s="3" t="n">
+        <x:v>704620</x:v>
+      </x:c>
+      <x:c r="AT52" s="3" t="n">
+        <x:v>657114</x:v>
+      </x:c>
+      <x:c r="AU52" s="3" t="n">
+        <x:v>680113</x:v>
+      </x:c>
+      <x:c r="AV52" s="3" t="n">
+        <x:v>651413</x:v>
+      </x:c>
+      <x:c r="AW52" s="3" t="n">
+        <x:v>708019</x:v>
+      </x:c>
+      <x:c r="AX52" s="3" t="n">
+        <x:v>688583</x:v>
+      </x:c>
+      <x:c r="AY52" s="3" t="n">
+        <x:v>674769</x:v>
+      </x:c>
+      <x:c r="AZ52" s="3" t="n">
+        <x:v>668624</x:v>
+      </x:c>
+      <x:c r="BA52" s="3" t="n">
+        <x:v>712872</x:v>
+      </x:c>
+      <x:c r="BB52" s="3" t="n">
+        <x:v>687277</x:v>
+      </x:c>
+      <x:c r="BC52" s="3" t="n">
+        <x:v>707174</x:v>
+      </x:c>
+      <x:c r="BD52" s="3" t="n">
+        <x:v>677764</x:v>
+      </x:c>
+      <x:c r="BE52" s="3" t="n">
+        <x:v>717549</x:v>
+      </x:c>
+      <x:c r="BF52" s="3" t="n">
+        <x:v>719627</x:v>
+      </x:c>
+      <x:c r="BG52" s="3" t="n">
+        <x:v>709056</x:v>
+      </x:c>
+      <x:c r="BH52" s="3" t="n">
+        <x:v>703166</x:v>
+      </x:c>
+      <x:c r="BI52" s="3" t="n">
+        <x:v>743143</x:v>
+      </x:c>
+      <x:c r="BJ52" s="3" t="n">
+        <x:v>733413</x:v>
+      </x:c>
+      <x:c r="BK52" s="3" t="n">
+        <x:v>729440</x:v>
+      </x:c>
+      <x:c r="BL52" s="3" t="n">
+        <x:v>726052</x:v>
+      </x:c>
+      <x:c r="BM52" s="3" t="n">
+        <x:v>781500</x:v>
+      </x:c>
+      <x:c r="BN52" s="3" t="n">
+        <x:v>763172</x:v>
+      </x:c>
+      <x:c r="BO52" s="3" t="n">
+        <x:v>778791</x:v>
+      </x:c>
+      <x:c r="BP52" s="3" t="n">
+        <x:v>763233</x:v>
+      </x:c>
+      <x:c r="BQ52" s="3" t="n">
+        <x:v>817859</x:v>
+      </x:c>
+      <x:c r="BR52" s="3" t="n">
+        <x:v>812369</x:v>
+      </x:c>
+      <x:c r="BS52" s="3" t="n">
+        <x:v>794591</x:v>
+      </x:c>
+      <x:c r="BT52" s="3" t="n">
+        <x:v>797864</x:v>
+      </x:c>
+      <x:c r="BU52" s="3" t="n">
+        <x:v>840665</x:v>
+      </x:c>
+      <x:c r="BV52" s="3" t="n">
+        <x:v>848735</x:v>
+      </x:c>
+      <x:c r="BW52" s="3" t="n">
+        <x:v>823532</x:v>
+      </x:c>
+      <x:c r="BX52" s="3" t="n">
+        <x:v>838071</x:v>
+      </x:c>
+      <x:c r="BY52" s="3" t="n">
+        <x:v>883817</x:v>
+      </x:c>
+      <x:c r="BZ52" s="3" t="n">
+        <x:v>864420</x:v>
+      </x:c>
+      <x:c r="CA52" s="3" t="n">
+        <x:v>923759</x:v>
+      </x:c>
+      <x:c r="CB52" s="3" t="n">
+        <x:v>898849</x:v>
+      </x:c>
+      <x:c r="CC52" s="3" t="n">
+        <x:v>957912</x:v>
+      </x:c>
+      <x:c r="CD52" s="3" t="n">
+        <x:v>959802</x:v>
+      </x:c>
+      <x:c r="CE52" s="3" t="n">
+        <x:v>949769</x:v>
+      </x:c>
+      <x:c r="CF52" s="3" t="n">
+        <x:v>947694</x:v>
+      </x:c>
+      <x:c r="CG52" s="3" t="n">
+        <x:v>995011</x:v>
+      </x:c>
+      <x:c r="CH52" s="3" t="n">
+        <x:v>993719</x:v>
+      </x:c>
+      <x:c r="CI52" s="3" t="n">
+        <x:v>979333</x:v>
+      </x:c>
+      <x:c r="CJ52" s="3" t="n">
+        <x:v>977389</x:v>
+      </x:c>
+      <x:c r="CK52" s="3" t="n">
+        <x:v>1036062</x:v>
+      </x:c>
+      <x:c r="CL52" s="3" t="n">
+        <x:v>1035200</x:v>
+      </x:c>
+      <x:c r="CM52" s="3" t="n">
+        <x:v>994697</x:v>
+      </x:c>
+      <x:c r="CN52" s="3" t="n">
+        <x:v>985652</x:v>
+      </x:c>
+      <x:c r="CO52" s="3" t="n">
+        <x:v>1048573</x:v>
+      </x:c>
+      <x:c r="CP52" s="3" t="n">
+        <x:v>1062816</x:v>
+      </x:c>
+      <x:c r="CQ52" s="3" t="n">
+        <x:v>1029359</x:v>
+      </x:c>
+      <x:c r="CR52" s="3" t="n">
+        <x:v>1010779</x:v>
+      </x:c>
+      <x:c r="CS52" s="3" t="n">
+        <x:v>1084107</x:v>
+      </x:c>
+      <x:c r="CT52" s="3" t="n">
+        <x:v>1062257</x:v>
+      </x:c>
+      <x:c r="CU52" s="3" t="n">
+        <x:v>1085506</x:v>
+      </x:c>
+      <x:c r="CV52" s="3" t="n">
+        <x:v>1031922</x:v>
+      </x:c>
+      <x:c r="CW52" s="3" t="n">
+        <x:v>1078483</x:v>
+      </x:c>
+      <x:c r="CX52" s="3" t="n">
+        <x:v>1065577</x:v>
+      </x:c>
+      <x:c r="CY52" s="3" t="n">
+        <x:v>1052052</x:v>
+      </x:c>
+      <x:c r="CZ52" s="3" t="n">
+        <x:v>1050046</x:v>
+      </x:c>
+      <x:c r="DA52" s="3" t="n">
+        <x:v>1112189</x:v>
+      </x:c>
+      <x:c r="DB52" s="3" t="n">
+        <x:v>1124811</x:v>
+      </x:c>
+      <x:c r="DC52" s="3" t="n">
+        <x:v>1098106</x:v>
+      </x:c>
+      <x:c r="DD52" s="3" t="n">
+        <x:v>1103997</x:v>
+      </x:c>
+      <x:c r="DE52" s="3" t="n">
+        <x:v>1184909</x:v>
+      </x:c>
+      <x:c r="DF52" s="3" t="n">
+        <x:v>1143166</x:v>
+      </x:c>
+      <x:c r="DG52" s="3" t="n">
+        <x:v>1199694</x:v>
+      </x:c>
+      <x:c r="DH52" s="3" t="n">
+        <x:v>1164603</x:v>
+      </x:c>
+      <x:c r="DI52" s="3" t="n">
+        <x:v>1260048</x:v>
+      </x:c>
+      <x:c r="DJ52" s="3" t="n">
+        <x:v>1259571</x:v>
+      </x:c>
+      <x:c r="DK52" s="3" t="n">
+        <x:v>1249926</x:v>
+      </x:c>
+      <x:c r="DL52" s="3" t="n">
+        <x:v>1236611</x:v>
+      </x:c>
+      <x:c r="DM52" s="3" t="n">
+        <x:v>1367190</x:v>
+      </x:c>
+      <x:c r="DN52" s="3" t="n">
+        <x:v>1349281</x:v>
+      </x:c>
+      <x:c r="DO52" s="3" t="n">
+        <x:v>1334804</x:v>
+      </x:c>
+      <x:c r="DP52" s="3" t="n">
+        <x:v>1329959</x:v>
+      </x:c>
+      <x:c r="DQ52" s="3" t="n">
+        <x:v>1447855</x:v>
+      </x:c>
+      <x:c r="DR52" s="3" t="n">
+        <x:v>1366220</x:v>
+      </x:c>
+      <x:c r="DS52" s="3" t="n">
+        <x:v>1443456</x:v>
+      </x:c>
+      <x:c r="DT52" s="3" t="n">
+        <x:v>1376835</x:v>
+      </x:c>
+      <x:c r="DU52" s="3" t="n">
+        <x:v>1455365</x:v>
+      </x:c>
+      <x:c r="DV52" s="3" t="n">
+        <x:v>1371066</x:v>
+      </x:c>
+      <x:c r="DW52" s="3" t="n">
+        <x:v>1352149</x:v>
+      </x:c>
+      <x:c r="DX52" s="3" t="n">
+        <x:v>1329492</x:v>
+      </x:c>
+      <x:c r="DY52" s="3" t="n">
+        <x:v>1426118</x:v>
+      </x:c>
+      <x:c r="DZ52" s="3" t="n">
+        <x:v>1364377</x:v>
+      </x:c>
+      <x:c r="EA52" s="3" t="n">
+        <x:v>1371456</x:v>
+      </x:c>
+      <x:c r="EB52" s="3" t="n">
+        <x:v>1342557</x:v>
+      </x:c>
+      <x:c r="EC52" s="3" t="n">
+        <x:v>1440706</x:v>
+      </x:c>
+      <x:c r="ED52" s="3" t="n">
+        <x:v>1395516</x:v>
+      </x:c>
+      <x:c r="EE52" s="3" t="n">
+        <x:v>1402259</x:v>
+      </x:c>
+      <x:c r="EF52" s="3" t="n">
+        <x:v>1395873</x:v>
+      </x:c>
+      <x:c r="EG52" s="3" t="n">
+        <x:v>1490549</x:v>
+      </x:c>
+      <x:c r="EH52" s="3" t="n">
+        <x:v>1460522</x:v>
+      </x:c>
+      <x:c r="EI52" s="3" t="n">
+        <x:v>1447901</x:v>
+      </x:c>
+      <x:c r="EJ52" s="3" t="n">
+        <x:v>1441930</x:v>
+      </x:c>
+      <x:c r="EK52" s="3" t="n">
+        <x:v>1541404</x:v>
+      </x:c>
+      <x:c r="EL52" s="3" t="n">
+        <x:v>1452256</x:v>
+      </x:c>
+      <x:c r="EM52" s="3" t="n">
+        <x:v>1519820</x:v>
+      </x:c>
+      <x:c r="EN52" s="3" t="n">
+        <x:v>1486979</x:v>
+      </x:c>
+      <x:c r="EO52" s="3" t="n">
+        <x:v>1577394</x:v>
+      </x:c>
+      <x:c r="EP52" s="3" t="n">
+        <x:v>1519242</x:v>
+      </x:c>
+      <x:c r="EQ52" s="3" t="n">
+        <x:v>1530779</x:v>
+      </x:c>
+      <x:c r="ER52" s="3" t="n">
+        <x:v>1519983</x:v>
+      </x:c>
+      <x:c r="ES52" s="3" t="n">
+        <x:v>1611541</x:v>
+      </x:c>
+      <x:c r="ET52" s="3" t="n">
+        <x:v>1542195</x:v>
+      </x:c>
+      <x:c r="EU52" s="3" t="n">
+        <x:v>1559871</x:v>
+      </x:c>
+      <x:c r="EV52" s="3" t="n">
+        <x:v>1536416</x:v>
+      </x:c>
+      <x:c r="EW52" s="3" t="n">
+        <x:v>1609118</x:v>
+      </x:c>
+      <x:c r="EX52" s="3" t="n">
+        <x:v>1519526</x:v>
+      </x:c>
+      <x:c r="EY52" s="3" t="n">
+        <x:v>1576059</x:v>
+      </x:c>
+      <x:c r="EZ52" s="3" t="n">
+        <x:v>1511822</x:v>
+      </x:c>
+      <x:c r="FA52" s="3" t="n">
+        <x:v>1602625</x:v>
+      </x:c>
+      <x:c r="FB52" s="3" t="n">
+        <x:v>1601325</x:v>
+      </x:c>
+      <x:c r="FC52" s="3" t="n">
+        <x:v>1540528</x:v>
+      </x:c>
+      <x:c r="FD52" s="3" t="n">
+        <x:v>1541492</x:v>
+      </x:c>
+      <x:c r="FE52" s="3" t="n">
+        <x:v>1662516</x:v>
+      </x:c>
+      <x:c r="FF52" s="3" t="n">
+        <x:v>1597026</x:v>
+      </x:c>
+      <x:c r="FG52" s="3" t="n">
+        <x:v>1626520</x:v>
+      </x:c>
+      <x:c r="FH52" s="3" t="n">
+        <x:v>1580243</x:v>
+      </x:c>
+      <x:c r="FI52" s="3" t="n">
+        <x:v>1713566</x:v>
+      </x:c>
+      <x:c r="FJ52" s="3" t="n">
+        <x:v>1671722</x:v>
+      </x:c>
+      <x:c r="FK52" s="3" t="n">
+        <x:v>1636485</x:v>
+      </x:c>
+      <x:c r="FL52" s="3" t="n">
+        <x:v>1649132</x:v>
+      </x:c>
+      <x:c r="FM52" s="3" t="n">
+        <x:v>1750562</x:v>
+      </x:c>
+      <x:c r="FN52" s="3" t="n">
+        <x:v>1673222</x:v>
+      </x:c>
+      <x:c r="FO52" s="3" t="n">
+        <x:v>1536738</x:v>
+      </x:c>
+      <x:c r="FP52" s="3" t="n">
+        <x:v>1600724</x:v>
+      </x:c>
+      <x:c r="FQ52" s="3" t="n">
+        <x:v>1744700</x:v>
+      </x:c>
+      <x:c r="FR52" s="3" t="n">
+        <x:v>1661878</x:v>
+      </x:c>
+      <x:c r="FS52" s="3" t="n">
+        <x:v>1659675</x:v>
+      </x:c>
+      <x:c r="FT52" s="3" t="n">
+        <x:v>1681053</x:v>
+      </x:c>
+      <x:c r="FU52" s="3" t="n">
+        <x:v>1831493</x:v>
+      </x:c>
+      <x:c r="FV52" s="3" t="n">
+        <x:v>1768546</x:v>
+      </x:c>
+      <x:c r="FW52" s="3" t="n">
+        <x:v>1717173</x:v>
+      </x:c>
+      <x:c r="FX52" s="3" t="n">
+        <x:v>1736741</x:v>
+      </x:c>
+      <x:c r="FY52" s="3" t="n">
+        <x:v>1865770</x:v>
+      </x:c>
+      <x:c r="FZ52" s="3" t="n">
+        <x:v>1821267</x:v>
+      </x:c>
+      <x:c r="GA52" s="3" t="n">
+        <x:v>1735225</x:v>
+      </x:c>
+      <x:c r="GB52" s="3" t="n">
+        <x:v>1736882</x:v>
+      </x:c>
+      <x:c r="GC52" s="3" t="n">
+        <x:v>1861326</x:v>
+      </x:c>
+      <x:c r="GD52" s="3" t="n">
+        <x:v>1765287</x:v>
+      </x:c>
+      <x:c r="GE52" s="3" t="n">
+        <x:v>1778709</x:v>
+      </x:c>
+      <x:c r="GF52" s="3" t="n">
+        <x:v>1768660</x:v>
+      </x:c>
+      <x:c r="GG52" s="3" t="n">
+        <x:v>1867840</x:v>
+      </x:c>
+      <x:c r="GH52" s="3" t="n">
+        <x:v>1824200</x:v>
+      </x:c>
+      <x:c r="GI52" s="3" t="n">
+        <x:v>1798630</x:v>
+      </x:c>
+      <x:c r="GJ52" s="3" t="n">
+        <x:v>1794001</x:v>
       </x:c>
     </x:row>
-    <x:row r="9" spans="1:191">
-[...571 lines deleted...]
-        <x:v>542666</x:v>
+    <x:row r="53" spans="1:192">
+      <x:c r="A53" s="2" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="B53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="F53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="G53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="H53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="I53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="J53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="K53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="L53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="M53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="N53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="O53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="P53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Q53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="R53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="S53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="T53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="U53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="V53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="W53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="X53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Y53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Z53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AA53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AB53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AC53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AD53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AE53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AF53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AG53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AH53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AI53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AJ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AK53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AL53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AM53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AN53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AO53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AP53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AQ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AR53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AS53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AT53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AU53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AV53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AW53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AX53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AY53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AZ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BA53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BB53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BC53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BD53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BE53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BF53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BG53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BH53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BI53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BJ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BK53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BL53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BM53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BN53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BO53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BP53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BQ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BR53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BS53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BT53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BU53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BV53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BW53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BX53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BY53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BZ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CA53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CB53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CC53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CD53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CE53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CF53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CG53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CH53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CI53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CJ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CK53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CL53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CM53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CN53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CO53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CP53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CQ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CR53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CS53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CT53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CU53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CV53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CW53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CX53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CY53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CZ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DA53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DB53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DC53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DD53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DE53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DF53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DG53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DH53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DI53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DJ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DK53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DL53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DM53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DN53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DO53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DP53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DQ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DR53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DS53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DT53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DU53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DV53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DW53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DX53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DY53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DZ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EA53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EB53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EC53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ED53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EE53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EF53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EG53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EH53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EI53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EJ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EK53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EL53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EM53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EN53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EO53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EP53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EQ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ER53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ES53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ET53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EU53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EV53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EW53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EX53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EY53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EZ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FA53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FB53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FC53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FD53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FE53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FF53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FG53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FH53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FI53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FJ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FK53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FL53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FM53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FN53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FO53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FP53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FQ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FR53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FS53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FT53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FU53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FV53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FW53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FX53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FY53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FZ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GA53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GB53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GC53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GD53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GE53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GF53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GG53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GH53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GI53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GJ53" s="4" t="s">
+        <x:v>242</x:v>
       </x:c>
     </x:row>
-    <x:row r="10" spans="1:191">
-[...571 lines deleted...]
-        <x:v>497986</x:v>
+    <x:row r="54" spans="1:192">
+      <x:c r="A54" s="2" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="E54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="F54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="G54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="H54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="I54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="J54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="K54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="L54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="M54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="N54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="O54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="P54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Q54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="R54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="S54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="T54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="U54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="V54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="W54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="X54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Y54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Z54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AA54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AB54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AC54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AD54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AE54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AF54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AG54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AH54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AI54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AJ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AK54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AL54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AM54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AN54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AO54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AP54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AQ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AR54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AS54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AT54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AU54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AV54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AW54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AX54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AY54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AZ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BA54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BB54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BC54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BD54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BE54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BF54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BG54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BH54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BI54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BJ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BK54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BL54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BM54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BN54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BO54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BP54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BQ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BR54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BS54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BT54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BU54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BV54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BW54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BX54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BY54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BZ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CA54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CB54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CC54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CD54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CE54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CF54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CG54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CH54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CI54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CJ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CK54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CL54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CM54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CN54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CO54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CP54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CQ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CR54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CS54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CT54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CU54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CV54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CW54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CX54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CY54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CZ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DA54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DB54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DC54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DD54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DE54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DF54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DG54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DH54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DI54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DJ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DK54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DL54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DM54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DN54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DO54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DP54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DQ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DR54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DS54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DT54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DU54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DV54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DW54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DX54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DY54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DZ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EA54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EB54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EC54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ED54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EE54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EF54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EG54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EH54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EI54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EJ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EK54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EL54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EM54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EN54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EO54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EP54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EQ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ER54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ES54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ET54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EU54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EV54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EW54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EX54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EY54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EZ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FA54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FB54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FC54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FD54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FE54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FF54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FG54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FH54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FI54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FJ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FK54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FL54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FM54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FN54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FO54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FP54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FQ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FR54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FS54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FT54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FU54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FV54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FW54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FX54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FY54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FZ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GA54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GB54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GC54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GD54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GE54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GF54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GG54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GH54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GI54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GJ54" s="4" t="s">
+        <x:v>242</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:191">
-[...571 lines deleted...]
-        <x:v>44679</x:v>
+    <x:row r="55" spans="1:192">
+      <x:c r="A55" s="2" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="F55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="G55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="H55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="I55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="J55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="K55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="L55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="M55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="N55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="O55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="P55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Q55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="R55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="S55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="T55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="U55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="V55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="W55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="X55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Y55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Z55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AA55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AB55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AC55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AD55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AE55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AF55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AG55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AH55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AI55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AJ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AK55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AL55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AM55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AN55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AO55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AP55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AQ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AR55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AS55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AT55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AU55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AV55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AW55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AX55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AY55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AZ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BA55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BB55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BC55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BD55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BE55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BF55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BG55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BH55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BI55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BJ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BK55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BL55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BM55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BN55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BO55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BP55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BQ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BR55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BS55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BT55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BU55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BV55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BW55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BX55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BY55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BZ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CA55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CB55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CC55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CD55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CE55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CF55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CG55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CH55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CI55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CJ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CK55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CL55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CM55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CN55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CO55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CP55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CQ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CR55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CS55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CT55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CU55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CV55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CW55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CX55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CY55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CZ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DA55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DB55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DC55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DD55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DE55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DF55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DG55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DH55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DI55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DJ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DK55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DL55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DM55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DN55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DO55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DP55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DQ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DR55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DS55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DT55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DU55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DV55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DW55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DX55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DY55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DZ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EA55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EB55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EC55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ED55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EE55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EF55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EG55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EH55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EI55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EJ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EK55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EL55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EM55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EN55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EO55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EP55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EQ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ER55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ES55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ET55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EU55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EV55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EW55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EX55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EY55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EZ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FA55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FB55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FC55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FD55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FE55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FF55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FG55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FH55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FI55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FJ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FK55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FL55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FM55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FN55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FO55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FP55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FQ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FR55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FS55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FT55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FU55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FV55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FW55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FX55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FY55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FZ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GA55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GB55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GC55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GD55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GE55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GF55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GG55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GH55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GI55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GJ55" s="4" t="s">
+        <x:v>242</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:191">
-[...571 lines deleted...]
-        <x:v>286219</x:v>
+    <x:row r="57" spans="1:192">
+      <x:c r="A57" s="0" t="s">
+        <x:v>245</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:191">
-[...571 lines deleted...]
-        <x:v>79671</x:v>
+    <x:row r="58" spans="1:192">
+      <x:c r="A58" s="0" t="s">
+        <x:v>246</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:191">
-[...571 lines deleted...]
-        <x:v>52569</x:v>
+    <x:row r="59" spans="1:192">
+      <x:c r="A59" s="0" t="s">
+        <x:v>247</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:191">
-[...571 lines deleted...]
-        <x:v>27101</x:v>
+    <x:row r="61" spans="1:192">
+      <x:c r="A61" s="0" t="s">
+        <x:v>248</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:191">
-[...571 lines deleted...]
-        <x:v>2821</x:v>
+    <x:row r="62" spans="1:192">
+      <x:c r="A62" s="0" t="s">
+        <x:v>249</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:191">
-[...571 lines deleted...]
-        <x:v>9210</x:v>
+    <x:row r="63" spans="1:192">
+      <x:c r="A63" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:191">
-[...571 lines deleted...]
-        <x:v>4918</x:v>
+    <x:row r="65" spans="1:192">
+      <x:c r="A65" s="0" t="s">
+        <x:v>251</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:191">
-[...571 lines deleted...]
-        <x:v>1993</x:v>
+    <x:row r="66" spans="1:192">
+      <x:c r="A66" s="0" t="s">
+        <x:v>252</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:191">
-[...571 lines deleted...]
-        <x:v>50778</x:v>
+    <x:row r="68" spans="1:192">
+      <x:c r="A68" s="0" t="s">
+        <x:v>253</x:v>
       </x:c>
     </x:row>
-    <x:row r="21" spans="1:191">
-[...571 lines deleted...]
-        <x:v>15780</x:v>
+    <x:row r="69" spans="1:192">
+      <x:c r="A69" s="0" t="s">
+        <x:v>249</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:191">
-[...571 lines deleted...]
-        <x:v>13487</x:v>
+    <x:row r="70" spans="1:192">
+      <x:c r="A70" s="0" t="s">
+        <x:v>254</x:v>
       </x:c>
     </x:row>
-    <x:row r="23" spans="1:191">
-[...571 lines deleted...]
-        <x:v>25548</x:v>
+    <x:row r="71" spans="1:192">
+      <x:c r="A71" s="0" t="s">
+        <x:v>255</x:v>
       </x:c>
     </x:row>
-    <x:row r="24" spans="1:191">
-[...571 lines deleted...]
-        <x:v>52728</x:v>
+    <x:row r="72" spans="1:192">
+      <x:c r="A72" s="0" t="s">
+        <x:v>256</x:v>
       </x:c>
     </x:row>
-    <x:row r="25" spans="1:191">
-[...571 lines deleted...]
-        <x:v>23402</x:v>
+    <x:row r="77" spans="1:192">
+      <x:c r="A77" s="0" t="s">
+        <x:v>257</x:v>
       </x:c>
     </x:row>
-    <x:row r="26" spans="1:191">
-[...571 lines deleted...]
-        <x:v>4777</x:v>
+    <x:row r="78" spans="1:192">
+      <x:c r="A78" s="0" t="s">
+        <x:v>249</x:v>
       </x:c>
     </x:row>
-    <x:row r="27" spans="1:191">
-[...571 lines deleted...]
-        <x:v>16887</x:v>
+    <x:row r="79" spans="1:192">
+      <x:c r="A79" s="0" t="s">
+        <x:v>258</x:v>
       </x:c>
     </x:row>
-    <x:row r="28" spans="1:191">
-[...571 lines deleted...]
-        <x:v>54365</x:v>
+    <x:row r="80" spans="1:192">
+      <x:c r="A80" s="0" t="s">
+        <x:v>259</x:v>
       </x:c>
     </x:row>
-    <x:row r="29" spans="1:191">
-[...571 lines deleted...]
-        <x:v>21894</x:v>
+    <x:row r="81" spans="1:192">
+      <x:c r="A81" s="0" t="s">
+        <x:v>249</x:v>
       </x:c>
     </x:row>
-    <x:row r="30" spans="1:191">
-[...571 lines deleted...]
-        <x:v>171098</x:v>
+    <x:row r="82" spans="1:192">
+      <x:c r="A82" s="0" t="s">
+        <x:v>260</x:v>
       </x:c>
     </x:row>
-    <x:row r="31" spans="1:191">
-[...571 lines deleted...]
-        <x:v>150295</x:v>
+    <x:row r="84" spans="1:192">
+      <x:c r="A84" s="0" t="s">
+        <x:v>261</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:191">
-[...13899 lines deleted...]
-    <x:row r="85" spans="1:191">
+    <x:row r="85" spans="1:192">
       <x:c r="A85" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="86" spans="1:191">
+    <x:row r="86" spans="1:192">
       <x:c r="A86" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
-    <x:row r="92" spans="1:191">
+    <x:row r="92" spans="1:192">
       <x:c r="A92" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
-    <x:row r="94" spans="1:191">
+    <x:row r="94" spans="1:192">
       <x:c r="A94" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
-    <x:row r="95" spans="1:191">
+    <x:row r="95" spans="1:192">
       <x:c r="A95" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
-    <x:row r="97" spans="1:191">
+    <x:row r="97" spans="1:192">
       <x:c r="A97" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
-    <x:row r="98" spans="1:191">
+    <x:row r="98" spans="1:192">
       <x:c r="A98" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Prob2</vt:lpstr>
       <vt:lpstr>Prob2!Print_Area</vt:lpstr>
       <vt:lpstr>Prob2!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>