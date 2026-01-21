--- v1 (2025-12-11)
+++ v2 (2026-01-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra51a5c46116b4141" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/159dfe4e63b9459aa069047e8cf9cbc6.psmdcp" Id="Raad08c5122684645" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reef22822948c4a57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/45f545f06a2a427cbd7c587c3c572f11.psmdcp" Id="R9e7dc341a2c145b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prob2" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="268">
   <x:si>
     <x:t>09171: Production account and income generation, by industry, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Output at basic values. Constant 2023-prices (NOK million)</x:t>
   </x:si>
   <x:si>