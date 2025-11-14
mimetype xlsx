--- v0 (2025-10-21)
+++ v1 (2025-11-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9307577296e74bcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d8f2272b8abd4e3d94aa9d76791e60ec.psmdcp" Id="R286f5f86257048a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3df024294b6e4ea5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/70890d6f9b574e6a9d449f35da85ec6c.psmdcp" Id="Rb40d7980fbd744ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prob" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="266" uniqueCount="266">
   <x:si>
     <x:t>09171: Production account and income generation, by industry, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Output at basic values. Current prices (NOK million)</x:t>
   </x:si>
   <x:si>