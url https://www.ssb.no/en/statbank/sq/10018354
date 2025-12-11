--- v1 (2025-11-14)
+++ v2 (2025-12-11)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3df024294b6e4ea5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/70890d6f9b574e6a9d449f35da85ec6c.psmdcp" Id="Rb40d7980fbd744ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7703c68a228a4a79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/72cb70bda0df425d825d80729846a52c.psmdcp" Id="R4189b0a1b6f84109" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prob" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="266" uniqueCount="266">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="268">
   <x:si>
     <x:t>09171: Production account and income generation, by industry, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Output at basic values. Current prices (NOK million)</x:t>
   </x:si>
   <x:si>
     <x:t>1978K1</x:t>
   </x:si>
   <x:si>
     <x:t>1978K2</x:t>
   </x:si>
   <x:si>
     <x:t>1978K3</x:t>
   </x:si>
   <x:si>
     <x:t>1978K4</x:t>
   </x:si>
   <x:si>
     <x:t>1979K1</x:t>
   </x:si>
   <x:si>
     <x:t>1979K2</x:t>
   </x:si>
   <x:si>
@@ -586,50 +586,53 @@
   <x:si>
     <x:t>2023K3</x:t>
   </x:si>
   <x:si>
     <x:t>2023K4</x:t>
   </x:si>
   <x:si>
     <x:t>2024K1</x:t>
   </x:si>
   <x:si>
     <x:t>2024K2</x:t>
   </x:si>
   <x:si>
     <x:t>2024K3</x:t>
   </x:si>
   <x:si>
     <x:t>2024K4</x:t>
   </x:si>
   <x:si>
     <x:t>2025K1</x:t>
   </x:si>
   <x:si>
     <x:t>2025K2</x:t>
   </x:si>
   <x:si>
+    <x:t>2025K3</x:t>
+  </x:si>
+  <x:si>
     <x:t>Total industry</x:t>
   </x:si>
   <x:si>
     <x:t>Agriculture and forestry</x:t>
   </x:si>
   <x:si>
     <x:t>Fishing and aquaculture</x:t>
   </x:si>
   <x:si>
     <x:t>Mining and quarrying</x:t>
   </x:si>
   <x:si>
     <x:t>Oil and gas extraction including services</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Oil and gas extraction</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Service activities incidental to oil and gas</x:t>
   </x:si>
   <x:si>
     <x:t>Manufacturing</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Food products, beverages and tobacco</x:t>
@@ -733,72 +736,75 @@
   <x:si>
     <x:t>Arts, entertainment and other service activities</x:t>
   </x:si>
   <x:si>
     <x:t>¬ General government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Central government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Civilian central government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Defence</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Local government</x:t>
   </x:si>
   <x:si>
     <x:t>Mainland Norway</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Production for market Mainland Norway</x:t>
   </x:si>
   <x:si>
+    <x:t>.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Market producers</x:t>
   </x:si>
   <x:si>
     <x:t>Non-market producers</x:t>
   </x:si>
   <x:si>
-    <x:t>Unadjusted figures from the base year (final annual accounts) are preliminary.</x:t>
+    <x:t>Figures after 2023 (the base year) are preliminary.</x:t>
   </x:si>
   <x:si>
     <x:t>In the time series in volume, the figures from the base year and onwards are fixed price figures while data prior to the base year are chained volume figures. This implies that additivity in volume is lost prior to the base year.</x:t>
   </x:si>
   <x:si>
-    <x:t>Errors in seasonally adjusted figures were corrected on November 29, 2024 at 11:35 a.m.</x:t>
+    <x:t>. = Category not applicable. Figures do not exist at this time, because the category was not in use when the figures were collected.</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
     <x:t>Output at basic values. Current prices (NOK million):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250821 08:00</x:t>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Achraf Bougroug, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 15</x:t>
   </x:si>
   <x:si>
     <x:t>acb@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Units:</x:t>
   </x:si>
   <x:si>
     <x:t>NOK million</x:t>
   </x:si>
@@ -882,65 +888,69 @@
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="4">
+  <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId6" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -1197,70 +1207,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:GI98"/>
+  <x:dimension ref="A1:GJ98"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="191" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="1" max="192" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:191">
+    <x:row r="1" spans="1:192">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:191">
+    <x:row r="3" spans="1:192">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="4" spans="1:191">
+    <x:row r="4" spans="1:192">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="I4" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J4" s="2" t="s">
@@ -1787,629 +1797,635 @@
       </x:c>
       <x:c r="GB4" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="GC4" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="GD4" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="GE4" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="GF4" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="GG4" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="GH4" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="GI4" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
+      <x:c r="GJ4" s="2" t="s">
+        <x:v>192</x:v>
+      </x:c>
     </x:row>
-    <x:row r="5" spans="1:191">
+    <x:row r="5" spans="1:192">
       <x:c r="A5" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>97497</x:v>
+        <x:v>97559</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>104038</x:v>
+        <x:v>104101</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>101993</x:v>
+        <x:v>102057</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>109221</x:v>
+        <x:v>109282</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>110151</x:v>
+        <x:v>110162</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>112287</x:v>
+        <x:v>112299</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
-        <x:v>115084</x:v>
+        <x:v>115095</x:v>
       </x:c>
       <x:c r="I5" s="3" t="n">
-        <x:v>124349</x:v>
+        <x:v>124355</x:v>
       </x:c>
       <x:c r="J5" s="3" t="n">
-        <x:v>132442</x:v>
+        <x:v>132394</x:v>
       </x:c>
       <x:c r="K5" s="3" t="n">
-        <x:v>135304</x:v>
+        <x:v>135242</x:v>
       </x:c>
       <x:c r="L5" s="3" t="n">
-        <x:v>133107</x:v>
+        <x:v>133041</x:v>
       </x:c>
       <x:c r="M5" s="3" t="n">
-        <x:v>143843</x:v>
+        <x:v>143786</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>150201</x:v>
+        <x:v>150225</x:v>
       </x:c>
       <x:c r="O5" s="3" t="n">
-        <x:v>153889</x:v>
+        <x:v>153913</x:v>
       </x:c>
       <x:c r="P5" s="3" t="n">
-        <x:v>154754</x:v>
+        <x:v>154783</x:v>
       </x:c>
       <x:c r="Q5" s="3" t="n">
-        <x:v>163215</x:v>
+        <x:v>163248</x:v>
       </x:c>
       <x:c r="R5" s="3" t="n">
-        <x:v>166377</x:v>
+        <x:v>166437</x:v>
       </x:c>
       <x:c r="S5" s="3" t="n">
-        <x:v>167258</x:v>
+        <x:v>167317</x:v>
       </x:c>
       <x:c r="T5" s="3" t="n">
-        <x:v>170062</x:v>
+        <x:v>170124</x:v>
       </x:c>
       <x:c r="U5" s="3" t="n">
-        <x:v>181403</x:v>
+        <x:v>181473</x:v>
       </x:c>
       <x:c r="V5" s="3" t="n">
-        <x:v>181312</x:v>
+        <x:v>181331</x:v>
       </x:c>
       <x:c r="W5" s="3" t="n">
-        <x:v>187113</x:v>
+        <x:v>187134</x:v>
       </x:c>
       <x:c r="X5" s="3" t="n">
-        <x:v>186242</x:v>
+        <x:v>186272</x:v>
       </x:c>
       <x:c r="Y5" s="3" t="n">
-        <x:v>199110</x:v>
+        <x:v>199148</x:v>
       </x:c>
       <x:c r="Z5" s="3" t="n">
-        <x:v>204522</x:v>
+        <x:v>204569</x:v>
       </x:c>
       <x:c r="AA5" s="3" t="n">
-        <x:v>202673</x:v>
+        <x:v>202724</x:v>
       </x:c>
       <x:c r="AB5" s="3" t="n">
-        <x:v>209820</x:v>
+        <x:v>209879</x:v>
       </x:c>
       <x:c r="AC5" s="3" t="n">
-        <x:v>224517</x:v>
+        <x:v>224577</x:v>
       </x:c>
       <x:c r="AD5" s="3" t="n">
-        <x:v>229456</x:v>
+        <x:v>229493</x:v>
       </x:c>
       <x:c r="AE5" s="3" t="n">
-        <x:v>225017</x:v>
+        <x:v>225053</x:v>
       </x:c>
       <x:c r="AF5" s="3" t="n">
-        <x:v>232689</x:v>
+        <x:v>232724</x:v>
       </x:c>
       <x:c r="AG5" s="3" t="n">
-        <x:v>249005</x:v>
+        <x:v>249038</x:v>
       </x:c>
       <x:c r="AH5" s="3" t="n">
-        <x:v>234580</x:v>
+        <x:v>234677</x:v>
       </x:c>
       <x:c r="AI5" s="3" t="n">
-        <x:v>239046</x:v>
+        <x:v>239141</x:v>
       </x:c>
       <x:c r="AJ5" s="3" t="n">
-        <x:v>239721</x:v>
+        <x:v>239813</x:v>
       </x:c>
       <x:c r="AK5" s="3" t="n">
-        <x:v>263369</x:v>
+        <x:v>263461</x:v>
       </x:c>
       <x:c r="AL5" s="3" t="n">
-        <x:v>263035</x:v>
+        <x:v>263106</x:v>
       </x:c>
       <x:c r="AM5" s="3" t="n">
-        <x:v>266590</x:v>
+        <x:v>266664</x:v>
       </x:c>
       <x:c r="AN5" s="3" t="n">
-        <x:v>264021</x:v>
+        <x:v>264106</x:v>
       </x:c>
       <x:c r="AO5" s="3" t="n">
-        <x:v>290619</x:v>
+        <x:v>290718</x:v>
       </x:c>
       <x:c r="AP5" s="3" t="n">
-        <x:v>281249</x:v>
+        <x:v>281329</x:v>
       </x:c>
       <x:c r="AQ5" s="3" t="n">
-        <x:v>282922</x:v>
+        <x:v>283005</x:v>
       </x:c>
       <x:c r="AR5" s="3" t="n">
-        <x:v>274997</x:v>
+        <x:v>275087</x:v>
       </x:c>
       <x:c r="AS5" s="3" t="n">
-        <x:v>296050</x:v>
+        <x:v>296148</x:v>
       </x:c>
       <x:c r="AT5" s="3" t="n">
-        <x:v>284963</x:v>
+        <x:v>284970</x:v>
       </x:c>
       <x:c r="AU5" s="3" t="n">
-        <x:v>302925</x:v>
+        <x:v>302929</x:v>
       </x:c>
       <x:c r="AV5" s="3" t="n">
-        <x:v>293213</x:v>
+        <x:v>293223</x:v>
       </x:c>
       <x:c r="AW5" s="3" t="n">
-        <x:v>315467</x:v>
+        <x:v>315487</x:v>
       </x:c>
       <x:c r="AX5" s="3" t="n">
-        <x:v>309375</x:v>
+        <x:v>309566</x:v>
       </x:c>
       <x:c r="AY5" s="3" t="n">
-        <x:v>304553</x:v>
+        <x:v>304748</x:v>
       </x:c>
       <x:c r="AZ5" s="3" t="n">
-        <x:v>307171</x:v>
+        <x:v>307357</x:v>
       </x:c>
       <x:c r="BA5" s="3" t="n">
-        <x:v>342314</x:v>
+        <x:v>342501</x:v>
       </x:c>
       <x:c r="BB5" s="3" t="n">
-        <x:v>321412</x:v>
+        <x:v>320939</x:v>
       </x:c>
       <x:c r="BC5" s="3" t="n">
-        <x:v>333123</x:v>
+        <x:v>332653</x:v>
       </x:c>
       <x:c r="BD5" s="3" t="n">
-        <x:v>322562</x:v>
+        <x:v>322089</x:v>
       </x:c>
       <x:c r="BE5" s="3" t="n">
-        <x:v>341409</x:v>
+        <x:v>340928</x:v>
       </x:c>
       <x:c r="BF5" s="3" t="n">
-        <x:v>333657</x:v>
+        <x:v>333219</x:v>
       </x:c>
       <x:c r="BG5" s="3" t="n">
-        <x:v>332609</x:v>
+        <x:v>332167</x:v>
       </x:c>
       <x:c r="BH5" s="3" t="n">
-        <x:v>329613</x:v>
+        <x:v>329143</x:v>
       </x:c>
       <x:c r="BI5" s="3" t="n">
-        <x:v>349942</x:v>
+        <x:v>349448</x:v>
       </x:c>
       <x:c r="BJ5" s="3" t="n">
-        <x:v>341092</x:v>
+        <x:v>340775</x:v>
       </x:c>
       <x:c r="BK5" s="3" t="n">
-        <x:v>343264</x:v>
+        <x:v>342948</x:v>
       </x:c>
       <x:c r="BL5" s="3" t="n">
-        <x:v>347301</x:v>
+        <x:v>346985</x:v>
       </x:c>
       <x:c r="BM5" s="3" t="n">
-        <x:v>373587</x:v>
+        <x:v>373257</x:v>
       </x:c>
       <x:c r="BN5" s="3" t="n">
-        <x:v>354719</x:v>
+        <x:v>354368</x:v>
       </x:c>
       <x:c r="BO5" s="3" t="n">
-        <x:v>369682</x:v>
+        <x:v>369313</x:v>
       </x:c>
       <x:c r="BP5" s="3" t="n">
-        <x:v>365707</x:v>
+        <x:v>365333</x:v>
       </x:c>
       <x:c r="BQ5" s="3" t="n">
-        <x:v>393568</x:v>
+        <x:v>393177</x:v>
       </x:c>
       <x:c r="BR5" s="3" t="n">
-        <x:v>390458</x:v>
+        <x:v>390129</x:v>
       </x:c>
       <x:c r="BS5" s="3" t="n">
-        <x:v>387514</x:v>
+        <x:v>387188</x:v>
       </x:c>
       <x:c r="BT5" s="3" t="n">
-        <x:v>389134</x:v>
+        <x:v>388811</x:v>
       </x:c>
       <x:c r="BU5" s="3" t="n">
-        <x:v>415089</x:v>
+        <x:v>414750</x:v>
       </x:c>
       <x:c r="BV5" s="3" t="n">
-        <x:v>418858</x:v>
+        <x:v>418518</x:v>
       </x:c>
       <x:c r="BW5" s="3" t="n">
-        <x:v>415220</x:v>
+        <x:v>414886</x:v>
       </x:c>
       <x:c r="BX5" s="3" t="n">
-        <x:v>430038</x:v>
+        <x:v>429678</x:v>
       </x:c>
       <x:c r="BY5" s="3" t="n">
-        <x:v>460889</x:v>
+        <x:v>460484</x:v>
       </x:c>
       <x:c r="BZ5" s="3" t="n">
-        <x:v>444831</x:v>
+        <x:v>444313</x:v>
       </x:c>
       <x:c r="CA5" s="3" t="n">
-        <x:v>470798</x:v>
+        <x:v>470276</x:v>
       </x:c>
       <x:c r="CB5" s="3" t="n">
-        <x:v>468357</x:v>
+        <x:v>467806</x:v>
       </x:c>
       <x:c r="CC5" s="3" t="n">
-        <x:v>500701</x:v>
+        <x:v>500120</x:v>
       </x:c>
       <x:c r="CD5" s="3" t="n">
-        <x:v>486179</x:v>
+        <x:v>485513</x:v>
       </x:c>
       <x:c r="CE5" s="3" t="n">
-        <x:v>484210</x:v>
+        <x:v>483534</x:v>
       </x:c>
       <x:c r="CF5" s="3" t="n">
-        <x:v>490807</x:v>
+        <x:v>490095</x:v>
       </x:c>
       <x:c r="CG5" s="3" t="n">
-        <x:v>514943</x:v>
+        <x:v>514175</x:v>
       </x:c>
       <x:c r="CH5" s="3" t="n">
-        <x:v>506875</x:v>
+        <x:v>506672</x:v>
       </x:c>
       <x:c r="CI5" s="3" t="n">
-        <x:v>512458</x:v>
+        <x:v>512237</x:v>
       </x:c>
       <x:c r="CJ5" s="3" t="n">
-        <x:v>527967</x:v>
+        <x:v>527700</x:v>
       </x:c>
       <x:c r="CK5" s="3" t="n">
-        <x:v>577683</x:v>
+        <x:v>577408</x:v>
       </x:c>
       <x:c r="CL5" s="3" t="n">
-        <x:v>594757</x:v>
+        <x:v>594889</x:v>
       </x:c>
       <x:c r="CM5" s="3" t="n">
-        <x:v>584243</x:v>
+        <x:v>584398</x:v>
       </x:c>
       <x:c r="CN5" s="3" t="n">
-        <x:v>600161</x:v>
+        <x:v>600310</x:v>
       </x:c>
       <x:c r="CO5" s="3" t="n">
-        <x:v>649409</x:v>
+        <x:v>649544</x:v>
       </x:c>
       <x:c r="CP5" s="3" t="n">
-        <x:v>646846</x:v>
+        <x:v>647709</x:v>
       </x:c>
       <x:c r="CQ5" s="3" t="n">
-        <x:v>635513</x:v>
+        <x:v>636425</x:v>
       </x:c>
       <x:c r="CR5" s="3" t="n">
-        <x:v>619484</x:v>
+        <x:v>620371</x:v>
       </x:c>
       <x:c r="CS5" s="3" t="n">
-        <x:v>646915</x:v>
+        <x:v>647829</x:v>
       </x:c>
       <x:c r="CT5" s="3" t="n">
-        <x:v>625345</x:v>
+        <x:v>627175</x:v>
       </x:c>
       <x:c r="CU5" s="3" t="n">
-        <x:v>648666</x:v>
+        <x:v>650568</x:v>
       </x:c>
       <x:c r="CV5" s="3" t="n">
-        <x:v>624934</x:v>
+        <x:v>626789</x:v>
       </x:c>
       <x:c r="CW5" s="3" t="n">
-        <x:v>659660</x:v>
+        <x:v>661511</x:v>
       </x:c>
       <x:c r="CX5" s="3" t="n">
-        <x:v>662258</x:v>
+        <x:v>664553</x:v>
       </x:c>
       <x:c r="CY5" s="3" t="n">
-        <x:v>635071</x:v>
+        <x:v>637369</x:v>
       </x:c>
       <x:c r="CZ5" s="3" t="n">
-        <x:v>652615</x:v>
+        <x:v>654953</x:v>
       </x:c>
       <x:c r="DA5" s="3" t="n">
-        <x:v>691835</x:v>
+        <x:v>694199</x:v>
       </x:c>
       <x:c r="DB5" s="3" t="n">
-        <x:v>704477</x:v>
+        <x:v>708685</x:v>
       </x:c>
       <x:c r="DC5" s="3" t="n">
-        <x:v>696368</x:v>
+        <x:v>700541</x:v>
       </x:c>
       <x:c r="DD5" s="3" t="n">
-        <x:v>707992</x:v>
+        <x:v>712195</x:v>
       </x:c>
       <x:c r="DE5" s="3" t="n">
-        <x:v>768867</x:v>
+        <x:v>773059</x:v>
       </x:c>
       <x:c r="DF5" s="3" t="n">
-        <x:v>751035</x:v>
+        <x:v>756855</x:v>
       </x:c>
       <x:c r="DG5" s="3" t="n">
-        <x:v>791184</x:v>
+        <x:v>797283</x:v>
       </x:c>
       <x:c r="DH5" s="3" t="n">
-        <x:v>790834</x:v>
+        <x:v>796904</x:v>
       </x:c>
       <x:c r="DI5" s="3" t="n">
-        <x:v>859037</x:v>
+        <x:v>865202</x:v>
       </x:c>
       <x:c r="DJ5" s="3" t="n">
-        <x:v>880462</x:v>
+        <x:v>888773</x:v>
       </x:c>
       <x:c r="DK5" s="3" t="n">
-        <x:v>872127</x:v>
+        <x:v>880555</x:v>
       </x:c>
       <x:c r="DL5" s="3" t="n">
-        <x:v>875051</x:v>
+        <x:v>883471</x:v>
       </x:c>
       <x:c r="DM5" s="3" t="n">
-        <x:v>956637</x:v>
+        <x:v>965365</x:v>
       </x:c>
       <x:c r="DN5" s="3" t="n">
-        <x:v>943421</x:v>
+        <x:v>955207</x:v>
       </x:c>
       <x:c r="DO5" s="3" t="n">
-        <x:v>946512</x:v>
+        <x:v>958460</x:v>
       </x:c>
       <x:c r="DP5" s="3" t="n">
-        <x:v>944877</x:v>
+        <x:v>956944</x:v>
       </x:c>
       <x:c r="DQ5" s="3" t="n">
-        <x:v>1060132</x:v>
+        <x:v>1072353</x:v>
       </x:c>
       <x:c r="DR5" s="3" t="n">
-        <x:v>1034895</x:v>
+        <x:v>1049272</x:v>
       </x:c>
       <x:c r="DS5" s="3" t="n">
-        <x:v>1101405</x:v>
+        <x:v>1116781</x:v>
       </x:c>
       <x:c r="DT5" s="3" t="n">
-        <x:v>1072538</x:v>
+        <x:v>1088179</x:v>
       </x:c>
       <x:c r="DU5" s="3" t="n">
-        <x:v>1133405</x:v>
+        <x:v>1149684</x:v>
       </x:c>
       <x:c r="DV5" s="3" t="n">
-        <x:v>1005534</x:v>
+        <x:v>1023077</x:v>
       </x:c>
       <x:c r="DW5" s="3" t="n">
-        <x:v>991349</x:v>
+        <x:v>1009348</x:v>
       </x:c>
       <x:c r="DX5" s="3" t="n">
-        <x:v>988173</x:v>
+        <x:v>1006461</x:v>
       </x:c>
       <x:c r="DY5" s="3" t="n">
-        <x:v>1055136</x:v>
+        <x:v>1073952</x:v>
       </x:c>
       <x:c r="DZ5" s="3" t="n">
-        <x:v>1033151</x:v>
+        <x:v>1052704</x:v>
       </x:c>
       <x:c r="EA5" s="3" t="n">
-        <x:v>1043851</x:v>
+        <x:v>1063874</x:v>
       </x:c>
       <x:c r="EB5" s="3" t="n">
-        <x:v>1016383</x:v>
+        <x:v>1036466</x:v>
       </x:c>
       <x:c r="EC5" s="3" t="n">
-        <x:v>1132115</x:v>
+        <x:v>1152994</x:v>
       </x:c>
       <x:c r="ED5" s="3" t="n">
-        <x:v>1127709</x:v>
+        <x:v>1149386</x:v>
       </x:c>
       <x:c r="EE5" s="3" t="n">
-        <x:v>1112723</x:v>
+        <x:v>1134708</x:v>
       </x:c>
       <x:c r="EF5" s="3" t="n">
-        <x:v>1111785</x:v>
+        <x:v>1133985</x:v>
       </x:c>
       <x:c r="EG5" s="3" t="n">
-        <x:v>1213311</x:v>
+        <x:v>1235909</x:v>
       </x:c>
       <x:c r="EH5" s="3" t="n">
-        <x:v>1228560</x:v>
+        <x:v>1252765</x:v>
       </x:c>
       <x:c r="EI5" s="3" t="n">
-        <x:v>1187181</x:v>
+        <x:v>1211307</x:v>
       </x:c>
       <x:c r="EJ5" s="3" t="n">
-        <x:v>1163407</x:v>
+        <x:v>1188132</x:v>
       </x:c>
       <x:c r="EK5" s="3" t="n">
-        <x:v>1261715</x:v>
+        <x:v>1286600</x:v>
       </x:c>
       <x:c r="EL5" s="3" t="n">
-        <x:v>1215793</x:v>
+        <x:v>1242950</x:v>
       </x:c>
       <x:c r="EM5" s="3" t="n">
-        <x:v>1255585</x:v>
+        <x:v>1283300</x:v>
       </x:c>
       <x:c r="EN5" s="3" t="n">
-        <x:v>1235289</x:v>
+        <x:v>1263450</x:v>
       </x:c>
       <x:c r="EO5" s="3" t="n">
-        <x:v>1334023</x:v>
+        <x:v>1362258</x:v>
       </x:c>
       <x:c r="EP5" s="3" t="n">
-        <x:v>1312758</x:v>
+        <x:v>1342556</x:v>
       </x:c>
       <x:c r="EQ5" s="3" t="n">
-        <x:v>1283781</x:v>
+        <x:v>1313725</x:v>
       </x:c>
       <x:c r="ER5" s="3" t="n">
-        <x:v>1267581</x:v>
+        <x:v>1297560</x:v>
       </x:c>
       <x:c r="ES5" s="3" t="n">
-        <x:v>1360625</x:v>
+        <x:v>1391082</x:v>
       </x:c>
       <x:c r="ET5" s="3" t="n">
-        <x:v>1301673</x:v>
+        <x:v>1333237</x:v>
       </x:c>
       <x:c r="EU5" s="3" t="n">
-        <x:v>1308894</x:v>
+        <x:v>1340578</x:v>
       </x:c>
       <x:c r="EV5" s="3" t="n">
-        <x:v>1272575</x:v>
+        <x:v>1304707</x:v>
       </x:c>
       <x:c r="EW5" s="3" t="n">
-        <x:v>1336556</x:v>
+        <x:v>1368541</x:v>
       </x:c>
       <x:c r="EX5" s="3" t="n">
-        <x:v>1257389</x:v>
+        <x:v>1289432</x:v>
       </x:c>
       <x:c r="EY5" s="3" t="n">
-        <x:v>1320543</x:v>
+        <x:v>1352661</x:v>
       </x:c>
       <x:c r="EZ5" s="3" t="n">
-        <x:v>1240385</x:v>
+        <x:v>1273147</x:v>
       </x:c>
       <x:c r="FA5" s="3" t="n">
-        <x:v>1363365</x:v>
+        <x:v>1395895</x:v>
       </x:c>
       <x:c r="FB5" s="3" t="n">
-        <x:v>1379878</x:v>
+        <x:v>1414097</x:v>
       </x:c>
       <x:c r="FC5" s="3" t="n">
-        <x:v>1335198</x:v>
+        <x:v>1370355</x:v>
       </x:c>
       <x:c r="FD5" s="3" t="n">
-        <x:v>1306562</x:v>
+        <x:v>1342933</x:v>
       </x:c>
       <x:c r="FE5" s="3" t="n">
-        <x:v>1448543</x:v>
+        <x:v>1485028</x:v>
       </x:c>
       <x:c r="FF5" s="3" t="n">
-        <x:v>1427343</x:v>
+        <x:v>1465524</x:v>
       </x:c>
       <x:c r="FG5" s="3" t="n">
-        <x:v>1473599</x:v>
+        <x:v>1513171</x:v>
       </x:c>
       <x:c r="FH5" s="3" t="n">
-        <x:v>1431473</x:v>
+        <x:v>1472745</x:v>
       </x:c>
       <x:c r="FI5" s="3" t="n">
-        <x:v>1565397</x:v>
+        <x:v>1607004</x:v>
       </x:c>
       <x:c r="FJ5" s="3" t="n">
-        <x:v>1524726</x:v>
+        <x:v>1566958</x:v>
       </x:c>
       <x:c r="FK5" s="3" t="n">
-        <x:v>1485662</x:v>
+        <x:v>1529338</x:v>
       </x:c>
       <x:c r="FL5" s="3" t="n">
-        <x:v>1449636</x:v>
+        <x:v>1495887</x:v>
       </x:c>
       <x:c r="FM5" s="3" t="n">
-        <x:v>1590818</x:v>
+        <x:v>1638843</x:v>
       </x:c>
       <x:c r="FN5" s="3" t="n">
-        <x:v>1533887</x:v>
+        <x:v>1583933</x:v>
       </x:c>
       <x:c r="FO5" s="3" t="n">
-        <x:v>1369686</x:v>
+        <x:v>1417076</x:v>
       </x:c>
       <x:c r="FP5" s="3" t="n">
-        <x:v>1393391</x:v>
+        <x:v>1445355</x:v>
       </x:c>
       <x:c r="FQ5" s="3" t="n">
-        <x:v>1548503</x:v>
+        <x:v>1601654</x:v>
       </x:c>
       <x:c r="FR5" s="3" t="n">
-        <x:v>1572165</x:v>
+        <x:v>1624107</x:v>
       </x:c>
       <x:c r="FS5" s="3" t="n">
-        <x:v>1611688</x:v>
+        <x:v>1665735</x:v>
       </x:c>
       <x:c r="FT5" s="3" t="n">
-        <x:v>1717353</x:v>
+        <x:v>1774779</x:v>
       </x:c>
       <x:c r="FU5" s="3" t="n">
-        <x:v>2082646</x:v>
+        <x:v>2144792</x:v>
       </x:c>
       <x:c r="FV5" s="3" t="n">
-        <x:v>2097163</x:v>
+        <x:v>2160393</x:v>
       </x:c>
       <x:c r="FW5" s="3" t="n">
-        <x:v>2093553</x:v>
+        <x:v>2155950</x:v>
       </x:c>
       <x:c r="FX5" s="3" t="n">
-        <x:v>2365170</x:v>
+        <x:v>2425445</x:v>
       </x:c>
       <x:c r="FY5" s="3" t="n">
-        <x:v>2299928</x:v>
+        <x:v>2363256</x:v>
       </x:c>
       <x:c r="FZ5" s="3" t="n">
-        <x:v>2173720</x:v>
+        <x:v>2236531</x:v>
       </x:c>
       <x:c r="GA5" s="3" t="n">
-        <x:v>2027036</x:v>
+        <x:v>2085288</x:v>
       </x:c>
       <x:c r="GB5" s="3" t="n">
-        <x:v>1986560</x:v>
+        <x:v>2042588</x:v>
       </x:c>
       <x:c r="GC5" s="3" t="n">
-        <x:v>2225770</x:v>
+        <x:v>2283741</x:v>
       </x:c>
       <x:c r="GD5" s="3" t="n">
-        <x:v>2102494</x:v>
+        <x:v>2159888</x:v>
       </x:c>
       <x:c r="GE5" s="3" t="n">
-        <x:v>2145394</x:v>
+        <x:v>2208741</x:v>
       </x:c>
       <x:c r="GF5" s="3" t="n">
-        <x:v>2088264</x:v>
+        <x:v>2151534</x:v>
       </x:c>
       <x:c r="GG5" s="3" t="n">
-        <x:v>2272116</x:v>
+        <x:v>2333747</x:v>
       </x:c>
       <x:c r="GH5" s="3" t="n">
-        <x:v>2285352</x:v>
+        <x:v>2349733</x:v>
       </x:c>
       <x:c r="GI5" s="3" t="n">
-        <x:v>2172271</x:v>
+        <x:v>2243527</x:v>
+      </x:c>
+      <x:c r="GJ5" s="3" t="n">
+        <x:v>2217477</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:191">
+    <x:row r="6" spans="1:192">
       <x:c r="A6" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>2186</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>2820</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
         <x:v>6303</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
         <x:v>3194</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
         <x:v>2359</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
         <x:v>3115</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
         <x:v>5901</x:v>
       </x:c>
       <x:c r="I6" s="3" t="n">
         <x:v>3477</x:v>
       </x:c>
@@ -2644,347 +2660,350 @@
       <x:c r="CH6" s="3" t="n">
         <x:v>5717</x:v>
       </x:c>
       <x:c r="CI6" s="3" t="n">
         <x:v>6735</x:v>
       </x:c>
       <x:c r="CJ6" s="3" t="n">
         <x:v>11078</x:v>
       </x:c>
       <x:c r="CK6" s="3" t="n">
         <x:v>6577</x:v>
       </x:c>
       <x:c r="CL6" s="3" t="n">
         <x:v>5665</x:v>
       </x:c>
       <x:c r="CM6" s="3" t="n">
         <x:v>7005</x:v>
       </x:c>
       <x:c r="CN6" s="3" t="n">
         <x:v>10570</x:v>
       </x:c>
       <x:c r="CO6" s="3" t="n">
         <x:v>6326</x:v>
       </x:c>
       <x:c r="CP6" s="3" t="n">
-        <x:v>6037</x:v>
+        <x:v>6027</x:v>
       </x:c>
       <x:c r="CQ6" s="3" t="n">
-        <x:v>6854</x:v>
+        <x:v>6842</x:v>
       </x:c>
       <x:c r="CR6" s="3" t="n">
-        <x:v>10607</x:v>
+        <x:v>10600</x:v>
       </x:c>
       <x:c r="CS6" s="3" t="n">
-        <x:v>6352</x:v>
+        <x:v>6345</x:v>
       </x:c>
       <x:c r="CT6" s="3" t="n">
-        <x:v>5426</x:v>
+        <x:v>5412</x:v>
       </x:c>
       <x:c r="CU6" s="3" t="n">
-        <x:v>6699</x:v>
+        <x:v>6679</x:v>
       </x:c>
       <x:c r="CV6" s="3" t="n">
-        <x:v>10984</x:v>
+        <x:v>10970</x:v>
       </x:c>
       <x:c r="CW6" s="3" t="n">
-        <x:v>7180</x:v>
+        <x:v>7156</x:v>
       </x:c>
       <x:c r="CX6" s="3" t="n">
-        <x:v>5428</x:v>
+        <x:v>5409</x:v>
       </x:c>
       <x:c r="CY6" s="3" t="n">
-        <x:v>6394</x:v>
+        <x:v>6369</x:v>
       </x:c>
       <x:c r="CZ6" s="3" t="n">
-        <x:v>11278</x:v>
+        <x:v>11258</x:v>
       </x:c>
       <x:c r="DA6" s="3" t="n">
-        <x:v>6996</x:v>
+        <x:v>6966</x:v>
       </x:c>
       <x:c r="DB6" s="3" t="n">
-        <x:v>6259</x:v>
+        <x:v>6222</x:v>
       </x:c>
       <x:c r="DC6" s="3" t="n">
-        <x:v>6456</x:v>
+        <x:v>6423</x:v>
       </x:c>
       <x:c r="DD6" s="3" t="n">
-        <x:v>11609</x:v>
+        <x:v>11580</x:v>
       </x:c>
       <x:c r="DE6" s="3" t="n">
-        <x:v>6626</x:v>
+        <x:v>6595</x:v>
       </x:c>
       <x:c r="DF6" s="3" t="n">
-        <x:v>6128</x:v>
+        <x:v>6084</x:v>
       </x:c>
       <x:c r="DG6" s="3" t="n">
-        <x:v>6675</x:v>
+        <x:v>6633</x:v>
       </x:c>
       <x:c r="DH6" s="3" t="n">
-        <x:v>11379</x:v>
+        <x:v>11343</x:v>
       </x:c>
       <x:c r="DI6" s="3" t="n">
-        <x:v>7224</x:v>
+        <x:v>7172</x:v>
       </x:c>
       <x:c r="DJ6" s="3" t="n">
-        <x:v>6586</x:v>
+        <x:v>6524</x:v>
       </x:c>
       <x:c r="DK6" s="3" t="n">
-        <x:v>7133</x:v>
+        <x:v>7075</x:v>
       </x:c>
       <x:c r="DL6" s="3" t="n">
-        <x:v>12080</x:v>
+        <x:v>12031</x:v>
       </x:c>
       <x:c r="DM6" s="3" t="n">
-        <x:v>7232</x:v>
+        <x:v>7182</x:v>
       </x:c>
       <x:c r="DN6" s="3" t="n">
-        <x:v>6941</x:v>
+        <x:v>6859</x:v>
       </x:c>
       <x:c r="DO6" s="3" t="n">
-        <x:v>7359</x:v>
+        <x:v>7280</x:v>
       </x:c>
       <x:c r="DP6" s="3" t="n">
-        <x:v>12556</x:v>
+        <x:v>12484</x:v>
       </x:c>
       <x:c r="DQ6" s="3" t="n">
+        <x:v>7903</x:v>
+      </x:c>
+      <x:c r="DR6" s="3" t="n">
+        <x:v>7420</x:v>
+      </x:c>
+      <x:c r="DS6" s="3" t="n">
+        <x:v>7921</x:v>
+      </x:c>
+      <x:c r="DT6" s="3" t="n">
+        <x:v>13107</x:v>
+      </x:c>
+      <x:c r="DU6" s="3" t="n">
         <x:v>7984</x:v>
       </x:c>
-      <x:c r="DR6" s="3" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="DV6" s="3" t="n">
-        <x:v>7531</x:v>
+        <x:v>7432</x:v>
       </x:c>
       <x:c r="DW6" s="3" t="n">
-        <x:v>7446</x:v>
+        <x:v>7371</x:v>
       </x:c>
       <x:c r="DX6" s="3" t="n">
-        <x:v>12763</x:v>
+        <x:v>12698</x:v>
       </x:c>
       <x:c r="DY6" s="3" t="n">
-        <x:v>8629</x:v>
+        <x:v>8539</x:v>
       </x:c>
       <x:c r="DZ6" s="3" t="n">
-        <x:v>7822</x:v>
+        <x:v>7710</x:v>
       </x:c>
       <x:c r="EA6" s="3" t="n">
-        <x:v>8458</x:v>
+        <x:v>8349</x:v>
       </x:c>
       <x:c r="EB6" s="3" t="n">
-        <x:v>13510</x:v>
+        <x:v>13414</x:v>
       </x:c>
       <x:c r="EC6" s="3" t="n">
-        <x:v>9066</x:v>
+        <x:v>8954</x:v>
       </x:c>
       <x:c r="ED6" s="3" t="n">
-        <x:v>8121</x:v>
+        <x:v>7993</x:v>
       </x:c>
       <x:c r="EE6" s="3" t="n">
-        <x:v>8393</x:v>
+        <x:v>8275</x:v>
       </x:c>
       <x:c r="EF6" s="3" t="n">
-        <x:v>13054</x:v>
+        <x:v>12955</x:v>
       </x:c>
       <x:c r="EG6" s="3" t="n">
-        <x:v>8893</x:v>
+        <x:v>8782</x:v>
       </x:c>
       <x:c r="EH6" s="3" t="n">
-        <x:v>8742</x:v>
+        <x:v>8616</x:v>
       </x:c>
       <x:c r="EI6" s="3" t="n">
-        <x:v>8352</x:v>
+        <x:v>8235</x:v>
       </x:c>
       <x:c r="EJ6" s="3" t="n">
-        <x:v>13059</x:v>
+        <x:v>12951</x:v>
       </x:c>
       <x:c r="EK6" s="3" t="n">
-        <x:v>9758</x:v>
+        <x:v>9648</x:v>
       </x:c>
       <x:c r="EL6" s="3" t="n">
-        <x:v>8251</x:v>
+        <x:v>8136</x:v>
       </x:c>
       <x:c r="EM6" s="3" t="n">
-        <x:v>8833</x:v>
+        <x:v>8706</x:v>
       </x:c>
       <x:c r="EN6" s="3" t="n">
-        <x:v>13117</x:v>
+        <x:v>13015</x:v>
       </x:c>
       <x:c r="EO6" s="3" t="n">
-        <x:v>9686</x:v>
+        <x:v>9577</x:v>
       </x:c>
       <x:c r="EP6" s="3" t="n">
-        <x:v>8281</x:v>
+        <x:v>8140</x:v>
       </x:c>
       <x:c r="EQ6" s="3" t="n">
-        <x:v>8927</x:v>
+        <x:v>8778</x:v>
       </x:c>
       <x:c r="ER6" s="3" t="n">
-        <x:v>15970</x:v>
+        <x:v>15841</x:v>
       </x:c>
       <x:c r="ES6" s="3" t="n">
-        <x:v>9475</x:v>
+        <x:v>9334</x:v>
       </x:c>
       <x:c r="ET6" s="3" t="n">
-        <x:v>8700</x:v>
+        <x:v>8533</x:v>
       </x:c>
       <x:c r="EU6" s="3" t="n">
-        <x:v>9238</x:v>
+        <x:v>9074</x:v>
       </x:c>
       <x:c r="EV6" s="3" t="n">
-        <x:v>17653</x:v>
+        <x:v>17517</x:v>
       </x:c>
       <x:c r="EW6" s="3" t="n">
-        <x:v>9699</x:v>
+        <x:v>9554</x:v>
       </x:c>
       <x:c r="EX6" s="3" t="n">
-        <x:v>8837</x:v>
+        <x:v>8673</x:v>
       </x:c>
       <x:c r="EY6" s="3" t="n">
-        <x:v>9638</x:v>
+        <x:v>9463</x:v>
       </x:c>
       <x:c r="EZ6" s="3" t="n">
-        <x:v>18113</x:v>
+        <x:v>17973</x:v>
       </x:c>
       <x:c r="FA6" s="3" t="n">
-        <x:v>10028</x:v>
+        <x:v>9875</x:v>
       </x:c>
       <x:c r="FB6" s="3" t="n">
-        <x:v>9054</x:v>
+        <x:v>8865</x:v>
       </x:c>
       <x:c r="FC6" s="3" t="n">
-        <x:v>9641</x:v>
+        <x:v>9457</x:v>
       </x:c>
       <x:c r="FD6" s="3" t="n">
-        <x:v>18240</x:v>
+        <x:v>18072</x:v>
       </x:c>
       <x:c r="FE6" s="3" t="n">
-        <x:v>10267</x:v>
+        <x:v>10079</x:v>
       </x:c>
       <x:c r="FF6" s="3" t="n">
-        <x:v>9570</x:v>
+        <x:v>9335</x:v>
       </x:c>
       <x:c r="FG6" s="3" t="n">
-        <x:v>10199</x:v>
+        <x:v>9963</x:v>
       </x:c>
       <x:c r="FH6" s="3" t="n">
-        <x:v>17105</x:v>
+        <x:v>16892</x:v>
       </x:c>
       <x:c r="FI6" s="3" t="n">
-        <x:v>10894</x:v>
+        <x:v>10642</x:v>
       </x:c>
       <x:c r="FJ6" s="3" t="n">
-        <x:v>9880</x:v>
+        <x:v>9583</x:v>
       </x:c>
       <x:c r="FK6" s="3" t="n">
-        <x:v>10356</x:v>
+        <x:v>10075</x:v>
       </x:c>
       <x:c r="FL6" s="3" t="n">
-        <x:v>19253</x:v>
+        <x:v>19012</x:v>
       </x:c>
       <x:c r="FM6" s="3" t="n">
-        <x:v>10372</x:v>
+        <x:v>10130</x:v>
       </x:c>
       <x:c r="FN6" s="3" t="n">
-        <x:v>10063</x:v>
+        <x:v>9771</x:v>
       </x:c>
       <x:c r="FO6" s="3" t="n">
-        <x:v>10351</x:v>
+        <x:v>10103</x:v>
       </x:c>
       <x:c r="FP6" s="3" t="n">
-        <x:v>20021</x:v>
+        <x:v>19813</x:v>
       </x:c>
       <x:c r="FQ6" s="3" t="n">
-        <x:v>10573</x:v>
+        <x:v>10354</x:v>
       </x:c>
       <x:c r="FR6" s="3" t="n">
-        <x:v>10481</x:v>
+        <x:v>10238</x:v>
       </x:c>
       <x:c r="FS6" s="3" t="n">
-        <x:v>11419</x:v>
+        <x:v>11171</x:v>
       </x:c>
       <x:c r="FT6" s="3" t="n">
-        <x:v>21441</x:v>
+        <x:v>21240</x:v>
       </x:c>
       <x:c r="FU6" s="3" t="n">
-        <x:v>11909</x:v>
+        <x:v>11610</x:v>
       </x:c>
       <x:c r="FV6" s="3" t="n">
-        <x:v>11814</x:v>
+        <x:v>11409</x:v>
       </x:c>
       <x:c r="FW6" s="3" t="n">
-        <x:v>12421</x:v>
+        <x:v>12019</x:v>
       </x:c>
       <x:c r="FX6" s="3" t="n">
-        <x:v>24886</x:v>
+        <x:v>24524</x:v>
       </x:c>
       <x:c r="FY6" s="3" t="n">
-        <x:v>12692</x:v>
+        <x:v>12361</x:v>
       </x:c>
       <x:c r="FZ6" s="3" t="n">
-        <x:v>12129</x:v>
+        <x:v>11828</x:v>
       </x:c>
       <x:c r="GA6" s="3" t="n">
-        <x:v>12683</x:v>
+        <x:v>12479</x:v>
       </x:c>
       <x:c r="GB6" s="3" t="n">
-        <x:v>22907</x:v>
+        <x:v>22895</x:v>
       </x:c>
       <x:c r="GC6" s="3" t="n">
-        <x:v>13356</x:v>
+        <x:v>13202</x:v>
       </x:c>
       <x:c r="GD6" s="3" t="n">
-        <x:v>13266</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="GE6" s="3" t="n">
-        <x:v>14519</x:v>
+        <x:v>15919</x:v>
       </x:c>
       <x:c r="GF6" s="3" t="n">
-        <x:v>26806</x:v>
+        <x:v>24796</x:v>
       </x:c>
       <x:c r="GG6" s="3" t="n">
-        <x:v>15175</x:v>
+        <x:v>15076</x:v>
       </x:c>
       <x:c r="GH6" s="3" t="n">
-        <x:v>15879</x:v>
+        <x:v>15602</x:v>
       </x:c>
       <x:c r="GI6" s="3" t="n">
-        <x:v>17111</x:v>
+        <x:v>18532</x:v>
+      </x:c>
+      <x:c r="GJ6" s="3" t="n">
+        <x:v>26879</x:v>
       </x:c>
     </x:row>
-    <x:row r="7" spans="1:191">
+    <x:row r="7" spans="1:192">
       <x:c r="A7" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>883</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>748</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
         <x:v>857</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
         <x:v>907</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
         <x:v>986</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
         <x:v>847</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
         <x:v>1032</x:v>
       </x:c>
       <x:c r="I7" s="3" t="n">
         <x:v>870</x:v>
       </x:c>
@@ -3246,320 +3265,323 @@
       <x:c r="CQ7" s="3" t="n">
         <x:v>5026</x:v>
       </x:c>
       <x:c r="CR7" s="3" t="n">
         <x:v>5019</x:v>
       </x:c>
       <x:c r="CS7" s="3" t="n">
         <x:v>5962</x:v>
       </x:c>
       <x:c r="CT7" s="3" t="n">
         <x:v>6014</x:v>
       </x:c>
       <x:c r="CU7" s="3" t="n">
         <x:v>4798</x:v>
       </x:c>
       <x:c r="CV7" s="3" t="n">
         <x:v>6194</x:v>
       </x:c>
       <x:c r="CW7" s="3" t="n">
         <x:v>5461</x:v>
       </x:c>
       <x:c r="CX7" s="3" t="n">
         <x:v>4717</x:v>
       </x:c>
       <x:c r="CY7" s="3" t="n">
-        <x:v>4461</x:v>
+        <x:v>4462</x:v>
       </x:c>
       <x:c r="CZ7" s="3" t="n">
         <x:v>4536</x:v>
       </x:c>
       <x:c r="DA7" s="3" t="n">
-        <x:v>5998</x:v>
+        <x:v>5999</x:v>
       </x:c>
       <x:c r="DB7" s="3" t="n">
-        <x:v>6090</x:v>
+        <x:v>6091</x:v>
       </x:c>
       <x:c r="DC7" s="3" t="n">
-        <x:v>4966</x:v>
+        <x:v>4967</x:v>
       </x:c>
       <x:c r="DD7" s="3" t="n">
-        <x:v>5860</x:v>
+        <x:v>5861</x:v>
       </x:c>
       <x:c r="DE7" s="3" t="n">
-        <x:v>6363</x:v>
+        <x:v>6364</x:v>
       </x:c>
       <x:c r="DF7" s="3" t="n">
-        <x:v>6698</x:v>
+        <x:v>6700</x:v>
       </x:c>
       <x:c r="DG7" s="3" t="n">
-        <x:v>5778</x:v>
+        <x:v>5779</x:v>
       </x:c>
       <x:c r="DH7" s="3" t="n">
-        <x:v>6494</x:v>
+        <x:v>6495</x:v>
       </x:c>
       <x:c r="DI7" s="3" t="n">
-        <x:v>8634</x:v>
+        <x:v>8635</x:v>
       </x:c>
       <x:c r="DJ7" s="3" t="n">
-        <x:v>8237</x:v>
+        <x:v>8239</x:v>
       </x:c>
       <x:c r="DK7" s="3" t="n">
-        <x:v>8031</x:v>
+        <x:v>8033</x:v>
       </x:c>
       <x:c r="DL7" s="3" t="n">
-        <x:v>7089</x:v>
+        <x:v>7090</x:v>
       </x:c>
       <x:c r="DM7" s="3" t="n">
-        <x:v>9775</x:v>
+        <x:v>9778</x:v>
       </x:c>
       <x:c r="DN7" s="3" t="n">
-        <x:v>9504</x:v>
+        <x:v>9507</x:v>
       </x:c>
       <x:c r="DO7" s="3" t="n">
-        <x:v>7502</x:v>
+        <x:v>7504</x:v>
       </x:c>
       <x:c r="DP7" s="3" t="n">
-        <x:v>6819</x:v>
+        <x:v>6821</x:v>
       </x:c>
       <x:c r="DQ7" s="3" t="n">
-        <x:v>9077</x:v>
+        <x:v>9080</x:v>
       </x:c>
       <x:c r="DR7" s="3" t="n">
-        <x:v>8918</x:v>
+        <x:v>8921</x:v>
       </x:c>
       <x:c r="DS7" s="3" t="n">
-        <x:v>7467</x:v>
+        <x:v>7469</x:v>
       </x:c>
       <x:c r="DT7" s="3" t="n">
-        <x:v>7390</x:v>
+        <x:v>7392</x:v>
       </x:c>
       <x:c r="DU7" s="3" t="n">
-        <x:v>9978</x:v>
+        <x:v>9981</x:v>
       </x:c>
       <x:c r="DV7" s="3" t="n">
-        <x:v>9537</x:v>
+        <x:v>9540</x:v>
       </x:c>
       <x:c r="DW7" s="3" t="n">
-        <x:v>8909</x:v>
+        <x:v>8913</x:v>
       </x:c>
       <x:c r="DX7" s="3" t="n">
-        <x:v>9434</x:v>
+        <x:v>9438</x:v>
       </x:c>
       <x:c r="DY7" s="3" t="n">
-        <x:v>11065</x:v>
+        <x:v>11068</x:v>
       </x:c>
       <x:c r="DZ7" s="3" t="n">
-        <x:v>11368</x:v>
+        <x:v>11372</x:v>
       </x:c>
       <x:c r="EA7" s="3" t="n">
-        <x:v>10649</x:v>
+        <x:v>10654</x:v>
       </x:c>
       <x:c r="EB7" s="3" t="n">
-        <x:v>12216</x:v>
+        <x:v>12221</x:v>
       </x:c>
       <x:c r="EC7" s="3" t="n">
-        <x:v>14075</x:v>
+        <x:v>14081</x:v>
       </x:c>
       <x:c r="ED7" s="3" t="n">
-        <x:v>13518</x:v>
+        <x:v>13524</x:v>
       </x:c>
       <x:c r="EE7" s="3" t="n">
-        <x:v>11848</x:v>
+        <x:v>11853</x:v>
       </x:c>
       <x:c r="EF7" s="3" t="n">
-        <x:v>12179</x:v>
+        <x:v>12184</x:v>
       </x:c>
       <x:c r="EG7" s="3" t="n">
-        <x:v>13195</x:v>
+        <x:v>13201</x:v>
       </x:c>
       <x:c r="EH7" s="3" t="n">
-        <x:v>13331</x:v>
+        <x:v>13337</x:v>
       </x:c>
       <x:c r="EI7" s="3" t="n">
-        <x:v>11351</x:v>
+        <x:v>11357</x:v>
       </x:c>
       <x:c r="EJ7" s="3" t="n">
-        <x:v>11415</x:v>
+        <x:v>11420</x:v>
       </x:c>
       <x:c r="EK7" s="3" t="n">
-        <x:v>14027</x:v>
+        <x:v>14035</x:v>
       </x:c>
       <x:c r="EL7" s="3" t="n">
-        <x:v>13487</x:v>
+        <x:v>13494</x:v>
       </x:c>
       <x:c r="EM7" s="3" t="n">
-        <x:v>13212</x:v>
+        <x:v>13219</x:v>
       </x:c>
       <x:c r="EN7" s="3" t="n">
-        <x:v>13699</x:v>
+        <x:v>13706</x:v>
       </x:c>
       <x:c r="EO7" s="3" t="n">
-        <x:v>18386</x:v>
+        <x:v>18396</x:v>
       </x:c>
       <x:c r="EP7" s="3" t="n">
-        <x:v>16931</x:v>
+        <x:v>16941</x:v>
       </x:c>
       <x:c r="EQ7" s="3" t="n">
-        <x:v>15365</x:v>
+        <x:v>15375</x:v>
       </x:c>
       <x:c r="ER7" s="3" t="n">
-        <x:v>15034</x:v>
+        <x:v>15043</x:v>
       </x:c>
       <x:c r="ES7" s="3" t="n">
-        <x:v>17932</x:v>
+        <x:v>17943</x:v>
       </x:c>
       <x:c r="ET7" s="3" t="n">
-        <x:v>17474</x:v>
+        <x:v>17485</x:v>
       </x:c>
       <x:c r="EU7" s="3" t="n">
-        <x:v>16332</x:v>
+        <x:v>16342</x:v>
       </x:c>
       <x:c r="EV7" s="3" t="n">
-        <x:v>17414</x:v>
+        <x:v>17426</x:v>
       </x:c>
       <x:c r="EW7" s="3" t="n">
-        <x:v>20672</x:v>
+        <x:v>20685</x:v>
       </x:c>
       <x:c r="EX7" s="3" t="n">
-        <x:v>21600</x:v>
+        <x:v>21615</x:v>
       </x:c>
       <x:c r="EY7" s="3" t="n">
-        <x:v>21373</x:v>
+        <x:v>21388</x:v>
       </x:c>
       <x:c r="EZ7" s="3" t="n">
-        <x:v>23564</x:v>
+        <x:v>23580</x:v>
       </x:c>
       <x:c r="FA7" s="3" t="n">
-        <x:v>26125</x:v>
+        <x:v>26143</x:v>
       </x:c>
       <x:c r="FB7" s="3" t="n">
-        <x:v>25333</x:v>
+        <x:v>25351</x:v>
       </x:c>
       <x:c r="FC7" s="3" t="n">
-        <x:v>22363</x:v>
+        <x:v>22379</x:v>
       </x:c>
       <x:c r="FD7" s="3" t="n">
-        <x:v>24308</x:v>
+        <x:v>24326</x:v>
       </x:c>
       <x:c r="FE7" s="3" t="n">
-        <x:v>25416</x:v>
+        <x:v>25435</x:v>
       </x:c>
       <x:c r="FF7" s="3" t="n">
-        <x:v>25051</x:v>
+        <x:v>25070</x:v>
       </x:c>
       <x:c r="FG7" s="3" t="n">
-        <x:v>24603</x:v>
+        <x:v>24623</x:v>
       </x:c>
       <x:c r="FH7" s="3" t="n">
-        <x:v>24081</x:v>
+        <x:v>24100</x:v>
       </x:c>
       <x:c r="FI7" s="3" t="n">
-        <x:v>29299</x:v>
+        <x:v>29320</x:v>
       </x:c>
       <x:c r="FJ7" s="3" t="n">
-        <x:v>26278</x:v>
+        <x:v>26296</x:v>
       </x:c>
       <x:c r="FK7" s="3" t="n">
-        <x:v>26271</x:v>
+        <x:v>26290</x:v>
       </x:c>
       <x:c r="FL7" s="3" t="n">
-        <x:v>26230</x:v>
+        <x:v>26252</x:v>
       </x:c>
       <x:c r="FM7" s="3" t="n">
-        <x:v>30835</x:v>
+        <x:v>30866</x:v>
       </x:c>
       <x:c r="FN7" s="3" t="n">
-        <x:v>29342</x:v>
+        <x:v>29378</x:v>
       </x:c>
       <x:c r="FO7" s="3" t="n">
-        <x:v>27423</x:v>
+        <x:v>27456</x:v>
       </x:c>
       <x:c r="FP7" s="3" t="n">
-        <x:v>25350</x:v>
+        <x:v>25372</x:v>
       </x:c>
       <x:c r="FQ7" s="3" t="n">
-        <x:v>30364</x:v>
+        <x:v>30369</x:v>
       </x:c>
       <x:c r="FR7" s="3" t="n">
-        <x:v>27339</x:v>
+        <x:v>27321</x:v>
       </x:c>
       <x:c r="FS7" s="3" t="n">
-        <x:v>26594</x:v>
+        <x:v>26578</x:v>
       </x:c>
       <x:c r="FT7" s="3" t="n">
-        <x:v>32122</x:v>
+        <x:v>32145</x:v>
       </x:c>
       <x:c r="FU7" s="3" t="n">
-        <x:v>35005</x:v>
+        <x:v>35127</x:v>
       </x:c>
       <x:c r="FV7" s="3" t="n">
-        <x:v>37361</x:v>
+        <x:v>37608</x:v>
       </x:c>
       <x:c r="FW7" s="3" t="n">
-        <x:v>37994</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="FX7" s="3" t="n">
-        <x:v>41882</x:v>
+        <x:v>41893</x:v>
       </x:c>
       <x:c r="FY7" s="3" t="n">
-        <x:v>42951</x:v>
+        <x:v>42456</x:v>
       </x:c>
       <x:c r="FZ7" s="3" t="n">
-        <x:v>45348</x:v>
+        <x:v>44104</x:v>
       </x:c>
       <x:c r="GA7" s="3" t="n">
-        <x:v>42543</x:v>
+        <x:v>40722</x:v>
       </x:c>
       <x:c r="GB7" s="3" t="n">
-        <x:v>44792</x:v>
+        <x:v>42394</x:v>
       </x:c>
       <x:c r="GC7" s="3" t="n">
-        <x:v>49535</x:v>
+        <x:v>46701</x:v>
       </x:c>
       <x:c r="GD7" s="3" t="n">
-        <x:v>46371</x:v>
+        <x:v>44410</x:v>
       </x:c>
       <x:c r="GE7" s="3" t="n">
-        <x:v>39610</x:v>
+        <x:v>37805</x:v>
       </x:c>
       <x:c r="GF7" s="3" t="n">
-        <x:v>46440</x:v>
+        <x:v>44241</x:v>
       </x:c>
       <x:c r="GG7" s="3" t="n">
-        <x:v>45338</x:v>
+        <x:v>43783</x:v>
       </x:c>
       <x:c r="GH7" s="3" t="n">
-        <x:v>49637</x:v>
+        <x:v>47760</x:v>
       </x:c>
       <x:c r="GI7" s="3" t="n">
-        <x:v>42001</x:v>
+        <x:v>40581</x:v>
+      </x:c>
+      <x:c r="GJ7" s="3" t="n">
+        <x:v>49960</x:v>
       </x:c>
     </x:row>
-    <x:row r="8" spans="1:191">
+    <x:row r="8" spans="1:192">
       <x:c r="A8" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>478</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>536</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
         <x:v>452</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
         <x:v>553</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
         <x:v>536</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
         <x:v>575</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="I8" s="3" t="n">
         <x:v>581</x:v>
       </x:c>
@@ -3794,347 +3816,350 @@
       <x:c r="CH8" s="3" t="n">
         <x:v>1468</x:v>
       </x:c>
       <x:c r="CI8" s="3" t="n">
         <x:v>1450</x:v>
       </x:c>
       <x:c r="CJ8" s="3" t="n">
         <x:v>1591</x:v>
       </x:c>
       <x:c r="CK8" s="3" t="n">
         <x:v>1657</x:v>
       </x:c>
       <x:c r="CL8" s="3" t="n">
         <x:v>1489</x:v>
       </x:c>
       <x:c r="CM8" s="3" t="n">
         <x:v>1601</x:v>
       </x:c>
       <x:c r="CN8" s="3" t="n">
         <x:v>1541</x:v>
       </x:c>
       <x:c r="CO8" s="3" t="n">
         <x:v>1746</x:v>
       </x:c>
       <x:c r="CP8" s="3" t="n">
-        <x:v>1711</x:v>
+        <x:v>1716</x:v>
       </x:c>
       <x:c r="CQ8" s="3" t="n">
-        <x:v>1831</x:v>
+        <x:v>1837</x:v>
       </x:c>
       <x:c r="CR8" s="3" t="n">
-        <x:v>1848</x:v>
+        <x:v>1854</x:v>
       </x:c>
       <x:c r="CS8" s="3" t="n">
-        <x:v>1967</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="CT8" s="3" t="n">
-        <x:v>1780</x:v>
+        <x:v>1792</x:v>
       </x:c>
       <x:c r="CU8" s="3" t="n">
-        <x:v>1955</x:v>
+        <x:v>1968</x:v>
       </x:c>
       <x:c r="CV8" s="3" t="n">
-        <x:v>1916</x:v>
+        <x:v>1928</x:v>
       </x:c>
       <x:c r="CW8" s="3" t="n">
-        <x:v>1756</x:v>
+        <x:v>1768</x:v>
       </x:c>
       <x:c r="CX8" s="3" t="n">
-        <x:v>1790</x:v>
+        <x:v>1809</x:v>
       </x:c>
       <x:c r="CY8" s="3" t="n">
-        <x:v>2004</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="CZ8" s="3" t="n">
-        <x:v>1734</x:v>
+        <x:v>1753</x:v>
       </x:c>
       <x:c r="DA8" s="3" t="n">
-        <x:v>2081</x:v>
+        <x:v>2103</x:v>
       </x:c>
       <x:c r="DB8" s="3" t="n">
-        <x:v>1795</x:v>
+        <x:v>1822</x:v>
       </x:c>
       <x:c r="DC8" s="3" t="n">
-        <x:v>2165</x:v>
+        <x:v>2198</x:v>
       </x:c>
       <x:c r="DD8" s="3" t="n">
-        <x:v>2395</x:v>
+        <x:v>2431</x:v>
       </x:c>
       <x:c r="DE8" s="3" t="n">
-        <x:v>2298</x:v>
+        <x:v>2333</x:v>
       </x:c>
       <x:c r="DF8" s="3" t="n">
-        <x:v>2283</x:v>
+        <x:v>2323</x:v>
       </x:c>
       <x:c r="DG8" s="3" t="n">
-        <x:v>2731</x:v>
+        <x:v>2779</x:v>
       </x:c>
       <x:c r="DH8" s="3" t="n">
-        <x:v>2100</x:v>
+        <x:v>2137</x:v>
       </x:c>
       <x:c r="DI8" s="3" t="n">
-        <x:v>2188</x:v>
+        <x:v>2227</x:v>
       </x:c>
       <x:c r="DJ8" s="3" t="n">
-        <x:v>1955</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="DK8" s="3" t="n">
-        <x:v>2771</x:v>
+        <x:v>2832</x:v>
       </x:c>
       <x:c r="DL8" s="3" t="n">
-        <x:v>2515</x:v>
+        <x:v>2570</x:v>
       </x:c>
       <x:c r="DM8" s="3" t="n">
-        <x:v>2997</x:v>
+        <x:v>3063</x:v>
       </x:c>
       <x:c r="DN8" s="3" t="n">
-        <x:v>2717</x:v>
+        <x:v>2791</x:v>
       </x:c>
       <x:c r="DO8" s="3" t="n">
-        <x:v>2770</x:v>
+        <x:v>2846</x:v>
       </x:c>
       <x:c r="DP8" s="3" t="n">
-        <x:v>3031</x:v>
+        <x:v>3113</x:v>
       </x:c>
       <x:c r="DQ8" s="3" t="n">
-        <x:v>3344</x:v>
+        <x:v>3435</x:v>
       </x:c>
       <x:c r="DR8" s="3" t="n">
-        <x:v>2728</x:v>
+        <x:v>2822</x:v>
       </x:c>
       <x:c r="DS8" s="3" t="n">
-        <x:v>4006</x:v>
+        <x:v>4144</x:v>
       </x:c>
       <x:c r="DT8" s="3" t="n">
-        <x:v>3606</x:v>
+        <x:v>3730</x:v>
       </x:c>
       <x:c r="DU8" s="3" t="n">
-        <x:v>3655</x:v>
+        <x:v>3781</x:v>
       </x:c>
       <x:c r="DV8" s="3" t="n">
-        <x:v>2441</x:v>
+        <x:v>2528</x:v>
       </x:c>
       <x:c r="DW8" s="3" t="n">
-        <x:v>3094</x:v>
+        <x:v>3204</x:v>
       </x:c>
       <x:c r="DX8" s="3" t="n">
-        <x:v>2873</x:v>
+        <x:v>2975</x:v>
       </x:c>
       <x:c r="DY8" s="3" t="n">
-        <x:v>3086</x:v>
+        <x:v>3195</x:v>
       </x:c>
       <x:c r="DZ8" s="3" t="n">
-        <x:v>2550</x:v>
+        <x:v>2637</x:v>
       </x:c>
       <x:c r="EA8" s="3" t="n">
-        <x:v>3581</x:v>
+        <x:v>3704</x:v>
       </x:c>
       <x:c r="EB8" s="3" t="n">
-        <x:v>3068</x:v>
+        <x:v>3173</x:v>
       </x:c>
       <x:c r="EC8" s="3" t="n">
-        <x:v>3195</x:v>
+        <x:v>3304</x:v>
       </x:c>
       <x:c r="ED8" s="3" t="n">
-        <x:v>3303</x:v>
+        <x:v>3417</x:v>
       </x:c>
       <x:c r="EE8" s="3" t="n">
-        <x:v>3606</x:v>
+        <x:v>3730</x:v>
       </x:c>
       <x:c r="EF8" s="3" t="n">
-        <x:v>3670</x:v>
+        <x:v>3797</x:v>
       </x:c>
       <x:c r="EG8" s="3" t="n">
-        <x:v>3879</x:v>
+        <x:v>4013</x:v>
       </x:c>
       <x:c r="EH8" s="3" t="n">
-        <x:v>3658</x:v>
+        <x:v>3785</x:v>
       </x:c>
       <x:c r="EI8" s="3" t="n">
-        <x:v>3850</x:v>
+        <x:v>3983</x:v>
       </x:c>
       <x:c r="EJ8" s="3" t="n">
-        <x:v>3494</x:v>
+        <x:v>3615</x:v>
       </x:c>
       <x:c r="EK8" s="3" t="n">
-        <x:v>3628</x:v>
+        <x:v>3754</x:v>
       </x:c>
       <x:c r="EL8" s="3" t="n">
-        <x:v>3489</x:v>
+        <x:v>3627</x:v>
       </x:c>
       <x:c r="EM8" s="3" t="n">
-        <x:v>4479</x:v>
+        <x:v>4656</x:v>
       </x:c>
       <x:c r="EN8" s="3" t="n">
-        <x:v>3783</x:v>
+        <x:v>3933</x:v>
       </x:c>
       <x:c r="EO8" s="3" t="n">
-        <x:v>3673</x:v>
+        <x:v>3818</x:v>
       </x:c>
       <x:c r="EP8" s="3" t="n">
-        <x:v>3490</x:v>
+        <x:v>3638</x:v>
       </x:c>
       <x:c r="EQ8" s="3" t="n">
-        <x:v>4071</x:v>
+        <x:v>4243</x:v>
       </x:c>
       <x:c r="ER8" s="3" t="n">
-        <x:v>3869</x:v>
+        <x:v>4032</x:v>
       </x:c>
       <x:c r="ES8" s="3" t="n">
-        <x:v>3931</x:v>
+        <x:v>4097</x:v>
       </x:c>
       <x:c r="ET8" s="3" t="n">
-        <x:v>3483</x:v>
+        <x:v>3637</x:v>
       </x:c>
       <x:c r="EU8" s="3" t="n">
-        <x:v>4049</x:v>
+        <x:v>4228</x:v>
       </x:c>
       <x:c r="EV8" s="3" t="n">
-        <x:v>3802</x:v>
+        <x:v>3970</x:v>
       </x:c>
       <x:c r="EW8" s="3" t="n">
-        <x:v>3496</x:v>
+        <x:v>3650</x:v>
       </x:c>
       <x:c r="EX8" s="3" t="n">
-        <x:v>3421</x:v>
+        <x:v>3588</x:v>
       </x:c>
       <x:c r="EY8" s="3" t="n">
-        <x:v>3458</x:v>
+        <x:v>3627</x:v>
       </x:c>
       <x:c r="EZ8" s="3" t="n">
-        <x:v>3549</x:v>
+        <x:v>3721</x:v>
       </x:c>
       <x:c r="FA8" s="3" t="n">
-        <x:v>3339</x:v>
+        <x:v>3500</x:v>
       </x:c>
       <x:c r="FB8" s="3" t="n">
-        <x:v>3325</x:v>
+        <x:v>3484</x:v>
       </x:c>
       <x:c r="FC8" s="3" t="n">
-        <x:v>3855</x:v>
+        <x:v>4039</x:v>
       </x:c>
       <x:c r="FD8" s="3" t="n">
-        <x:v>3816</x:v>
+        <x:v>4000</x:v>
       </x:c>
       <x:c r="FE8" s="3" t="n">
-        <x:v>3529</x:v>
+        <x:v>3701</x:v>
       </x:c>
       <x:c r="FF8" s="3" t="n">
-        <x:v>3488</x:v>
+        <x:v>3664</x:v>
       </x:c>
       <x:c r="FG8" s="3" t="n">
-        <x:v>4047</x:v>
+        <x:v>4255</x:v>
       </x:c>
       <x:c r="FH8" s="3" t="n">
-        <x:v>3791</x:v>
+        <x:v>3990</x:v>
       </x:c>
       <x:c r="FI8" s="3" t="n">
-        <x:v>3797</x:v>
+        <x:v>4001</x:v>
       </x:c>
       <x:c r="FJ8" s="3" t="n">
-        <x:v>3893</x:v>
+        <x:v>4106</x:v>
       </x:c>
       <x:c r="FK8" s="3" t="n">
-        <x:v>3794</x:v>
+        <x:v>4001</x:v>
       </x:c>
       <x:c r="FL8" s="3" t="n">
-        <x:v>4474</x:v>
+        <x:v>4717</x:v>
       </x:c>
       <x:c r="FM8" s="3" t="n">
-        <x:v>4146</x:v>
+        <x:v>4364</x:v>
       </x:c>
       <x:c r="FN8" s="3" t="n">
-        <x:v>4217</x:v>
+        <x:v>4430</x:v>
       </x:c>
       <x:c r="FO8" s="3" t="n">
-        <x:v>3856</x:v>
+        <x:v>4052</x:v>
       </x:c>
       <x:c r="FP8" s="3" t="n">
-        <x:v>3789</x:v>
+        <x:v>3994</x:v>
       </x:c>
       <x:c r="FQ8" s="3" t="n">
-        <x:v>4169</x:v>
+        <x:v>4417</x:v>
       </x:c>
       <x:c r="FR8" s="3" t="n">
-        <x:v>3433</x:v>
+        <x:v>3662</x:v>
       </x:c>
       <x:c r="FS8" s="3" t="n">
-        <x:v>4337</x:v>
+        <x:v>4625</x:v>
       </x:c>
       <x:c r="FT8" s="3" t="n">
-        <x:v>4526</x:v>
+        <x:v>4779</x:v>
       </x:c>
       <x:c r="FU8" s="3" t="n">
-        <x:v>4627</x:v>
+        <x:v>4792</x:v>
       </x:c>
       <x:c r="FV8" s="3" t="n">
-        <x:v>4320</x:v>
+        <x:v>4346</x:v>
       </x:c>
       <x:c r="FW8" s="3" t="n">
-        <x:v>4587</x:v>
+        <x:v>4547</x:v>
       </x:c>
       <x:c r="FX8" s="3" t="n">
-        <x:v>4928</x:v>
+        <x:v>4912</x:v>
       </x:c>
       <x:c r="FY8" s="3" t="n">
-        <x:v>4676</x:v>
+        <x:v>4774</x:v>
       </x:c>
       <x:c r="FZ8" s="3" t="n">
-        <x:v>4608</x:v>
+        <x:v>4906</x:v>
       </x:c>
       <x:c r="GA8" s="3" t="n">
-        <x:v>4608</x:v>
+        <x:v>5068</x:v>
       </x:c>
       <x:c r="GB8" s="3" t="n">
-        <x:v>4708</x:v>
+        <x:v>5286</x:v>
       </x:c>
       <x:c r="GC8" s="3" t="n">
-        <x:v>4436</x:v>
+        <x:v>5027</x:v>
       </x:c>
       <x:c r="GD8" s="3" t="n">
-        <x:v>3901</x:v>
+        <x:v>4084</x:v>
       </x:c>
       <x:c r="GE8" s="3" t="n">
-        <x:v>4699</x:v>
+        <x:v>4962</x:v>
       </x:c>
       <x:c r="GF8" s="3" t="n">
-        <x:v>4598</x:v>
+        <x:v>4881</x:v>
       </x:c>
       <x:c r="GG8" s="3" t="n">
-        <x:v>4794</x:v>
+        <x:v>5048</x:v>
       </x:c>
       <x:c r="GH8" s="3" t="n">
-        <x:v>4227</x:v>
+        <x:v>4420</x:v>
       </x:c>
       <x:c r="GI8" s="3" t="n">
-        <x:v>4492</x:v>
+        <x:v>4745</x:v>
+      </x:c>
+      <x:c r="GJ8" s="3" t="n">
+        <x:v>4768</x:v>
       </x:c>
     </x:row>
-    <x:row r="9" spans="1:191">
+    <x:row r="9" spans="1:192">
       <x:c r="A9" s="2" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>4558</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>3567</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
         <x:v>4420</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
         <x:v>3566</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
         <x:v>3987</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
         <x:v>5061</x:v>
       </x:c>
       <x:c r="H9" s="3" t="n">
         <x:v>7128</x:v>
       </x:c>
       <x:c r="I9" s="3" t="n">
         <x:v>8704</x:v>
       </x:c>
@@ -4369,347 +4394,350 @@
       <x:c r="CH9" s="3" t="n">
         <x:v>34200</x:v>
       </x:c>
       <x:c r="CI9" s="3" t="n">
         <x:v>40522</x:v>
       </x:c>
       <x:c r="CJ9" s="3" t="n">
         <x:v>53257</x:v>
       </x:c>
       <x:c r="CK9" s="3" t="n">
         <x:v>66580</x:v>
       </x:c>
       <x:c r="CL9" s="3" t="n">
         <x:v>81726</x:v>
       </x:c>
       <x:c r="CM9" s="3" t="n">
         <x:v>80052</x:v>
       </x:c>
       <x:c r="CN9" s="3" t="n">
         <x:v>93181</x:v>
       </x:c>
       <x:c r="CO9" s="3" t="n">
         <x:v>106861</x:v>
       </x:c>
       <x:c r="CP9" s="3" t="n">
-        <x:v>91566</x:v>
+        <x:v>91596</x:v>
       </x:c>
       <x:c r="CQ9" s="3" t="n">
-        <x:v>93610</x:v>
+        <x:v>93641</x:v>
       </x:c>
       <x:c r="CR9" s="3" t="n">
-        <x:v>88710</x:v>
+        <x:v>88739</x:v>
       </x:c>
       <x:c r="CS9" s="3" t="n">
-        <x:v>80891</x:v>
+        <x:v>80920</x:v>
       </x:c>
       <x:c r="CT9" s="3" t="n">
-        <x:v>78415</x:v>
+        <x:v>78473</x:v>
       </x:c>
       <x:c r="CU9" s="3" t="n">
-        <x:v>81867</x:v>
+        <x:v>81925</x:v>
       </x:c>
       <x:c r="CV9" s="3" t="n">
-        <x:v>74354</x:v>
+        <x:v>74404</x:v>
       </x:c>
       <x:c r="CW9" s="3" t="n">
-        <x:v>80232</x:v>
+        <x:v>80285</x:v>
       </x:c>
       <x:c r="CX9" s="3" t="n">
-        <x:v>86895</x:v>
+        <x:v>86976</x:v>
       </x:c>
       <x:c r="CY9" s="3" t="n">
-        <x:v>73747</x:v>
+        <x:v>73824</x:v>
       </x:c>
       <x:c r="CZ9" s="3" t="n">
-        <x:v>83940</x:v>
+        <x:v>84033</x:v>
       </x:c>
       <x:c r="DA9" s="3" t="n">
-        <x:v>86958</x:v>
+        <x:v>87051</x:v>
       </x:c>
       <x:c r="DB9" s="3" t="n">
-        <x:v>94588</x:v>
+        <x:v>94714</x:v>
       </x:c>
       <x:c r="DC9" s="3" t="n">
-        <x:v>94437</x:v>
+        <x:v>94567</x:v>
       </x:c>
       <x:c r="DD9" s="3" t="n">
-        <x:v>97435</x:v>
+        <x:v>97567</x:v>
       </x:c>
       <x:c r="DE9" s="3" t="n">
-        <x:v>109879</x:v>
+        <x:v>110029</x:v>
       </x:c>
       <x:c r="DF9" s="3" t="n">
-        <x:v>114492</x:v>
+        <x:v>114684</x:v>
       </x:c>
       <x:c r="DG9" s="3" t="n">
-        <x:v>116320</x:v>
+        <x:v>116520</x:v>
       </x:c>
       <x:c r="DH9" s="3" t="n">
-        <x:v>132359</x:v>
+        <x:v>132581</x:v>
       </x:c>
       <x:c r="DI9" s="3" t="n">
-        <x:v>142392</x:v>
+        <x:v>142633</x:v>
       </x:c>
       <x:c r="DJ9" s="3" t="n">
-        <x:v>157152</x:v>
+        <x:v>157464</x:v>
       </x:c>
       <x:c r="DK9" s="3" t="n">
-        <x:v>147028</x:v>
+        <x:v>147335</x:v>
       </x:c>
       <x:c r="DL9" s="3" t="n">
-        <x:v>148824</x:v>
+        <x:v>149128</x:v>
       </x:c>
       <x:c r="DM9" s="3" t="n">
-        <x:v>148695</x:v>
+        <x:v>149002</x:v>
       </x:c>
       <x:c r="DN9" s="3" t="n">
-        <x:v>140693</x:v>
+        <x:v>141045</x:v>
       </x:c>
       <x:c r="DO9" s="3" t="n">
-        <x:v>137549</x:v>
+        <x:v>137899</x:v>
       </x:c>
       <x:c r="DP9" s="3" t="n">
-        <x:v>142632</x:v>
+        <x:v>142997</x:v>
       </x:c>
       <x:c r="DQ9" s="3" t="n">
-        <x:v>171965</x:v>
+        <x:v>172381</x:v>
       </x:c>
       <x:c r="DR9" s="3" t="n">
-        <x:v>182772</x:v>
+        <x:v>183278</x:v>
       </x:c>
       <x:c r="DS9" s="3" t="n">
-        <x:v>193250</x:v>
+        <x:v>193803</x:v>
       </x:c>
       <x:c r="DT9" s="3" t="n">
-        <x:v>193398</x:v>
+        <x:v>193957</x:v>
       </x:c>
       <x:c r="DU9" s="3" t="n">
-        <x:v>189409</x:v>
+        <x:v>189951</x:v>
       </x:c>
       <x:c r="DV9" s="3" t="n">
-        <x:v>148798</x:v>
+        <x:v>149332</x:v>
       </x:c>
       <x:c r="DW9" s="3" t="n">
-        <x:v>141291</x:v>
+        <x:v>141816</x:v>
       </x:c>
       <x:c r="DX9" s="3" t="n">
-        <x:v>144596</x:v>
+        <x:v>145117</x:v>
       </x:c>
       <x:c r="DY9" s="3" t="n">
-        <x:v>153793</x:v>
+        <x:v>154323</x:v>
       </x:c>
       <x:c r="DZ9" s="3" t="n">
-        <x:v>163699</x:v>
+        <x:v>164323</x:v>
       </x:c>
       <x:c r="EA9" s="3" t="n">
-        <x:v>155564</x:v>
+        <x:v>156188</x:v>
       </x:c>
       <x:c r="EB9" s="3" t="n">
-        <x:v>140417</x:v>
+        <x:v>140994</x:v>
       </x:c>
       <x:c r="EC9" s="3" t="n">
-        <x:v>183412</x:v>
+        <x:v>184114</x:v>
       </x:c>
       <x:c r="ED9" s="3" t="n">
-        <x:v>197517</x:v>
+        <x:v>198317</x:v>
       </x:c>
       <x:c r="EE9" s="3" t="n">
-        <x:v>175270</x:v>
+        <x:v>176012</x:v>
       </x:c>
       <x:c r="EF9" s="3" t="n">
-        <x:v>181023</x:v>
+        <x:v>181793</x:v>
       </x:c>
       <x:c r="EG9" s="3" t="n">
-        <x:v>212262</x:v>
+        <x:v>213156</x:v>
       </x:c>
       <x:c r="EH9" s="3" t="n">
-        <x:v>233985</x:v>
+        <x:v>235039</x:v>
       </x:c>
       <x:c r="EI9" s="3" t="n">
-        <x:v>199320</x:v>
+        <x:v>200233</x:v>
       </x:c>
       <x:c r="EJ9" s="3" t="n">
-        <x:v>180790</x:v>
+        <x:v>181640</x:v>
       </x:c>
       <x:c r="EK9" s="3" t="n">
-        <x:v>206880</x:v>
+        <x:v>207840</x:v>
       </x:c>
       <x:c r="EL9" s="3" t="n">
-        <x:v>204794</x:v>
+        <x:v>205854</x:v>
       </x:c>
       <x:c r="EM9" s="3" t="n">
-        <x:v>193321</x:v>
+        <x:v>194341</x:v>
       </x:c>
       <x:c r="EN9" s="3" t="n">
-        <x:v>198079</x:v>
+        <x:v>199112</x:v>
       </x:c>
       <x:c r="EO9" s="3" t="n">
-        <x:v>225764</x:v>
+        <x:v>226917</x:v>
       </x:c>
       <x:c r="EP9" s="3" t="n">
-        <x:v>223872</x:v>
+        <x:v>225112</x:v>
       </x:c>
       <x:c r="EQ9" s="3" t="n">
-        <x:v>187432</x:v>
+        <x:v>188510</x:v>
       </x:c>
       <x:c r="ER9" s="3" t="n">
-        <x:v>181275</x:v>
+        <x:v>182329</x:v>
       </x:c>
       <x:c r="ES9" s="3" t="n">
-        <x:v>196205</x:v>
+        <x:v>197324</x:v>
       </x:c>
       <x:c r="ET9" s="3" t="n">
-        <x:v>177511</x:v>
+        <x:v>178652</x:v>
       </x:c>
       <x:c r="EU9" s="3" t="n">
-        <x:v>165227</x:v>
+        <x:v>166297</x:v>
       </x:c>
       <x:c r="EV9" s="3" t="n">
-        <x:v>160995</x:v>
+        <x:v>162026</x:v>
       </x:c>
       <x:c r="EW9" s="3" t="n">
-        <x:v>156731</x:v>
+        <x:v>157723</x:v>
       </x:c>
       <x:c r="EX9" s="3" t="n">
-        <x:v>133896</x:v>
+        <x:v>134811</x:v>
       </x:c>
       <x:c r="EY9" s="3" t="n">
-        <x:v>131889</x:v>
+        <x:v>132814</x:v>
       </x:c>
       <x:c r="EZ9" s="3" t="n">
-        <x:v>121210</x:v>
+        <x:v>122062</x:v>
       </x:c>
       <x:c r="FA9" s="3" t="n">
-        <x:v>154358</x:v>
+        <x:v>155356</x:v>
       </x:c>
       <x:c r="FB9" s="3" t="n">
-        <x:v>162412</x:v>
+        <x:v>163447</x:v>
       </x:c>
       <x:c r="FC9" s="3" t="n">
-        <x:v>142649</x:v>
+        <x:v>143607</x:v>
       </x:c>
       <x:c r="FD9" s="3" t="n">
-        <x:v>139438</x:v>
+        <x:v>140399</x:v>
       </x:c>
       <x:c r="FE9" s="3" t="n">
-        <x:v>173646</x:v>
+        <x:v>174797</x:v>
       </x:c>
       <x:c r="FF9" s="3" t="n">
-        <x:v>182174</x:v>
+        <x:v>183387</x:v>
       </x:c>
       <x:c r="FG9" s="3" t="n">
-        <x:v>177008</x:v>
+        <x:v>178217</x:v>
       </x:c>
       <x:c r="FH9" s="3" t="n">
-        <x:v>194283</x:v>
+        <x:v>195617</x:v>
       </x:c>
       <x:c r="FI9" s="3" t="n">
-        <x:v>205875</x:v>
+        <x:v>207322</x:v>
       </x:c>
       <x:c r="FJ9" s="3" t="n">
-        <x:v>182705</x:v>
+        <x:v>184041</x:v>
       </x:c>
       <x:c r="FK9" s="3" t="n">
-        <x:v>155283</x:v>
+        <x:v>156504</x:v>
       </x:c>
       <x:c r="FL9" s="3" t="n">
-        <x:v>139800</x:v>
+        <x:v>140972</x:v>
       </x:c>
       <x:c r="FM9" s="3" t="n">
-        <x:v>182479</x:v>
+        <x:v>183922</x:v>
       </x:c>
       <x:c r="FN9" s="3" t="n">
-        <x:v>156551</x:v>
+        <x:v>157865</x:v>
       </x:c>
       <x:c r="FO9" s="3" t="n">
-        <x:v>102981</x:v>
+        <x:v>103988</x:v>
       </x:c>
       <x:c r="FP9" s="3" t="n">
-        <x:v>124049</x:v>
+        <x:v>125194</x:v>
       </x:c>
       <x:c r="FQ9" s="3" t="n">
-        <x:v>156899</x:v>
+        <x:v>158326</x:v>
       </x:c>
       <x:c r="FR9" s="3" t="n">
-        <x:v>190769</x:v>
+        <x:v>192444</x:v>
       </x:c>
       <x:c r="FS9" s="3" t="n">
-        <x:v>198270</x:v>
+        <x:v>200041</x:v>
       </x:c>
       <x:c r="FT9" s="3" t="n">
-        <x:v>296037</x:v>
+        <x:v>298434</x:v>
       </x:c>
       <x:c r="FU9" s="3" t="n">
-        <x:v>479572</x:v>
+        <x:v>482756</x:v>
       </x:c>
       <x:c r="FV9" s="3" t="n">
-        <x:v>502300</x:v>
+        <x:v>504796</x:v>
       </x:c>
       <x:c r="FW9" s="3" t="n">
-        <x:v>477082</x:v>
+        <x:v>479230</x:v>
       </x:c>
       <x:c r="FX9" s="3" t="n">
-        <x:v>730173</x:v>
+        <x:v>733622</x:v>
       </x:c>
       <x:c r="FY9" s="3" t="n">
-        <x:v>522807</x:v>
+        <x:v>526967</x:v>
       </x:c>
       <x:c r="FZ9" s="3" t="n">
-        <x:v>415913</x:v>
+        <x:v>420651</x:v>
       </x:c>
       <x:c r="GA9" s="3" t="n">
-        <x:v>322415</x:v>
+        <x:v>326827</x:v>
       </x:c>
       <x:c r="GB9" s="3" t="n">
-        <x:v>323304</x:v>
+        <x:v>328275</x:v>
       </x:c>
       <x:c r="GC9" s="3" t="n">
-        <x:v>395710</x:v>
+        <x:v>402252</x:v>
       </x:c>
       <x:c r="GD9" s="3" t="n">
-        <x:v>338630</x:v>
+        <x:v>344727</x:v>
       </x:c>
       <x:c r="GE9" s="3" t="n">
-        <x:v>340957</x:v>
+        <x:v>346647</x:v>
       </x:c>
       <x:c r="GF9" s="3" t="n">
-        <x:v>336379</x:v>
+        <x:v>341904</x:v>
       </x:c>
       <x:c r="GG9" s="3" t="n">
-        <x:v>389987</x:v>
+        <x:v>395762</x:v>
       </x:c>
       <x:c r="GH9" s="3" t="n">
-        <x:v>397571</x:v>
+        <x:v>403768</x:v>
       </x:c>
       <x:c r="GI9" s="3" t="n">
-        <x:v>308046</x:v>
+        <x:v>313939</x:v>
+      </x:c>
+      <x:c r="GJ9" s="3" t="n">
+        <x:v>320443</x:v>
       </x:c>
     </x:row>
-    <x:row r="10" spans="1:191">
+    <x:row r="10" spans="1:192">
       <x:c r="A10" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>4169</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>3074</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
         <x:v>3765</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
         <x:v>3059</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
         <x:v>3664</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
         <x:v>4896</x:v>
       </x:c>
       <x:c r="H10" s="3" t="n">
         <x:v>6323</x:v>
       </x:c>
       <x:c r="I10" s="3" t="n">
         <x:v>8003</x:v>
       </x:c>
@@ -4944,347 +4972,350 @@
       <x:c r="CH10" s="3" t="n">
         <x:v>29958</x:v>
       </x:c>
       <x:c r="CI10" s="3" t="n">
         <x:v>36934</x:v>
       </x:c>
       <x:c r="CJ10" s="3" t="n">
         <x:v>49326</x:v>
       </x:c>
       <x:c r="CK10" s="3" t="n">
         <x:v>63902</x:v>
       </x:c>
       <x:c r="CL10" s="3" t="n">
         <x:v>78872</x:v>
       </x:c>
       <x:c r="CM10" s="3" t="n">
         <x:v>76569</x:v>
       </x:c>
       <x:c r="CN10" s="3" t="n">
         <x:v>89655</x:v>
       </x:c>
       <x:c r="CO10" s="3" t="n">
         <x:v>101207</x:v>
       </x:c>
       <x:c r="CP10" s="3" t="n">
-        <x:v>86753</x:v>
+        <x:v>86779</x:v>
       </x:c>
       <x:c r="CQ10" s="3" t="n">
-        <x:v>87583</x:v>
+        <x:v>87609</x:v>
       </x:c>
       <x:c r="CR10" s="3" t="n">
-        <x:v>84382</x:v>
+        <x:v>84407</x:v>
       </x:c>
       <x:c r="CS10" s="3" t="n">
-        <x:v>74073</x:v>
+        <x:v>74095</x:v>
       </x:c>
       <x:c r="CT10" s="3" t="n">
-        <x:v>69014</x:v>
+        <x:v>69056</x:v>
       </x:c>
       <x:c r="CU10" s="3" t="n">
-        <x:v>74895</x:v>
+        <x:v>74939</x:v>
       </x:c>
       <x:c r="CV10" s="3" t="n">
-        <x:v>69752</x:v>
+        <x:v>69794</x:v>
       </x:c>
       <x:c r="CW10" s="3" t="n">
-        <x:v>76429</x:v>
+        <x:v>76475</x:v>
       </x:c>
       <x:c r="CX10" s="3" t="n">
-        <x:v>85305</x:v>
+        <x:v>85382</x:v>
       </x:c>
       <x:c r="CY10" s="3" t="n">
-        <x:v>67786</x:v>
+        <x:v>67847</x:v>
       </x:c>
       <x:c r="CZ10" s="3" t="n">
-        <x:v>74125</x:v>
+        <x:v>74191</x:v>
       </x:c>
       <x:c r="DA10" s="3" t="n">
-        <x:v>78745</x:v>
+        <x:v>78816</x:v>
       </x:c>
       <x:c r="DB10" s="3" t="n">
-        <x:v>88813</x:v>
+        <x:v>88919</x:v>
       </x:c>
       <x:c r="DC10" s="3" t="n">
-        <x:v>87531</x:v>
+        <x:v>87636</x:v>
       </x:c>
       <x:c r="DD10" s="3" t="n">
-        <x:v>91120</x:v>
+        <x:v>91229</x:v>
       </x:c>
       <x:c r="DE10" s="3" t="n">
-        <x:v>102143</x:v>
+        <x:v>102265</x:v>
       </x:c>
       <x:c r="DF10" s="3" t="n">
-        <x:v>107666</x:v>
+        <x:v>107827</x:v>
       </x:c>
       <x:c r="DG10" s="3" t="n">
-        <x:v>107510</x:v>
+        <x:v>107671</x:v>
       </x:c>
       <x:c r="DH10" s="3" t="n">
-        <x:v>124479</x:v>
+        <x:v>124666</x:v>
       </x:c>
       <x:c r="DI10" s="3" t="n">
-        <x:v>133300</x:v>
+        <x:v>133500</x:v>
       </x:c>
       <x:c r="DJ10" s="3" t="n">
-        <x:v>149130</x:v>
+        <x:v>149398</x:v>
       </x:c>
       <x:c r="DK10" s="3" t="n">
-        <x:v>135172</x:v>
+        <x:v>135415</x:v>
       </x:c>
       <x:c r="DL10" s="3" t="n">
-        <x:v>138859</x:v>
+        <x:v>139108</x:v>
       </x:c>
       <x:c r="DM10" s="3" t="n">
-        <x:v>137690</x:v>
+        <x:v>137938</x:v>
       </x:c>
       <x:c r="DN10" s="3" t="n">
-        <x:v>126994</x:v>
+        <x:v>127260</x:v>
       </x:c>
       <x:c r="DO10" s="3" t="n">
-        <x:v>122932</x:v>
+        <x:v>123190</x:v>
       </x:c>
       <x:c r="DP10" s="3" t="n">
-        <x:v>127078</x:v>
+        <x:v>127345</x:v>
       </x:c>
       <x:c r="DQ10" s="3" t="n">
-        <x:v>158696</x:v>
+        <x:v>159028</x:v>
       </x:c>
       <x:c r="DR10" s="3" t="n">
-        <x:v>168531</x:v>
+        <x:v>168935</x:v>
       </x:c>
       <x:c r="DS10" s="3" t="n">
-        <x:v>174537</x:v>
+        <x:v>174955</x:v>
       </x:c>
       <x:c r="DT10" s="3" t="n">
-        <x:v>173531</x:v>
+        <x:v>173946</x:v>
       </x:c>
       <x:c r="DU10" s="3" t="n">
-        <x:v>171056</x:v>
+        <x:v>171465</x:v>
       </x:c>
       <x:c r="DV10" s="3" t="n">
-        <x:v>124219</x:v>
+        <x:v>124554</x:v>
       </x:c>
       <x:c r="DW10" s="3" t="n">
-        <x:v>114627</x:v>
+        <x:v>114936</x:v>
       </x:c>
       <x:c r="DX10" s="3" t="n">
-        <x:v>120356</x:v>
+        <x:v>120680</x:v>
       </x:c>
       <x:c r="DY10" s="3" t="n">
-        <x:v>132494</x:v>
+        <x:v>132850</x:v>
       </x:c>
       <x:c r="DZ10" s="3" t="n">
-        <x:v>141398</x:v>
+        <x:v>141821</x:v>
       </x:c>
       <x:c r="EA10" s="3" t="n">
-        <x:v>129268</x:v>
+        <x:v>129655</x:v>
       </x:c>
       <x:c r="EB10" s="3" t="n">
-        <x:v>114457</x:v>
+        <x:v>114799</x:v>
       </x:c>
       <x:c r="EC10" s="3" t="n">
-        <x:v>157984</x:v>
+        <x:v>158457</x:v>
       </x:c>
       <x:c r="ED10" s="3" t="n">
-        <x:v>175021</x:v>
+        <x:v>175598</x:v>
       </x:c>
       <x:c r="EE10" s="3" t="n">
-        <x:v>150363</x:v>
+        <x:v>150858</x:v>
       </x:c>
       <x:c r="EF10" s="3" t="n">
-        <x:v>154821</x:v>
+        <x:v>155331</x:v>
       </x:c>
       <x:c r="EG10" s="3" t="n">
-        <x:v>182753</x:v>
+        <x:v>183354</x:v>
       </x:c>
       <x:c r="EH10" s="3" t="n">
-        <x:v>204440</x:v>
+        <x:v>205174</x:v>
       </x:c>
       <x:c r="EI10" s="3" t="n">
-        <x:v>172008</x:v>
+        <x:v>172625</x:v>
       </x:c>
       <x:c r="EJ10" s="3" t="n">
-        <x:v>153142</x:v>
+        <x:v>153692</x:v>
       </x:c>
       <x:c r="EK10" s="3" t="n">
-        <x:v>176753</x:v>
+        <x:v>177387</x:v>
       </x:c>
       <x:c r="EL10" s="3" t="n">
-        <x:v>171145</x:v>
+        <x:v>171811</x:v>
       </x:c>
       <x:c r="EM10" s="3" t="n">
-        <x:v>159188</x:v>
+        <x:v>159807</x:v>
       </x:c>
       <x:c r="EN10" s="3" t="n">
-        <x:v>164503</x:v>
+        <x:v>165143</x:v>
       </x:c>
       <x:c r="EO10" s="3" t="n">
-        <x:v>190724</x:v>
+        <x:v>191466</x:v>
       </x:c>
       <x:c r="EP10" s="3" t="n">
-        <x:v>187954</x:v>
+        <x:v>188741</x:v>
       </x:c>
       <x:c r="EQ10" s="3" t="n">
-        <x:v>152685</x:v>
+        <x:v>153324</x:v>
       </x:c>
       <x:c r="ER10" s="3" t="n">
-        <x:v>146353</x:v>
+        <x:v>146966</x:v>
       </x:c>
       <x:c r="ES10" s="3" t="n">
-        <x:v>160910</x:v>
+        <x:v>161584</x:v>
       </x:c>
       <x:c r="ET10" s="3" t="n">
-        <x:v>139495</x:v>
+        <x:v>140121</x:v>
       </x:c>
       <x:c r="EU10" s="3" t="n">
-        <x:v>128986</x:v>
+        <x:v>129565</x:v>
       </x:c>
       <x:c r="EV10" s="3" t="n">
-        <x:v>126923</x:v>
+        <x:v>127493</x:v>
       </x:c>
       <x:c r="EW10" s="3" t="n">
-        <x:v>124765</x:v>
+        <x:v>125325</x:v>
       </x:c>
       <x:c r="EX10" s="3" t="n">
-        <x:v>104214</x:v>
+        <x:v>104706</x:v>
       </x:c>
       <x:c r="EY10" s="3" t="n">
-        <x:v>100625</x:v>
+        <x:v>101103</x:v>
       </x:c>
       <x:c r="EZ10" s="3" t="n">
-        <x:v>93247</x:v>
+        <x:v>93694</x:v>
       </x:c>
       <x:c r="FA10" s="3" t="n">
-        <x:v>129279</x:v>
+        <x:v>129909</x:v>
       </x:c>
       <x:c r="FB10" s="3" t="n">
-        <x:v>139522</x:v>
+        <x:v>140214</x:v>
       </x:c>
       <x:c r="FC10" s="3" t="n">
-        <x:v>119263</x:v>
+        <x:v>119866</x:v>
       </x:c>
       <x:c r="FD10" s="3" t="n">
-        <x:v>115722</x:v>
+        <x:v>116316</x:v>
       </x:c>
       <x:c r="FE10" s="3" t="n">
-        <x:v>149924</x:v>
+        <x:v>150703</x:v>
       </x:c>
       <x:c r="FF10" s="3" t="n">
-        <x:v>158220</x:v>
+        <x:v>159052</x:v>
       </x:c>
       <x:c r="FG10" s="3" t="n">
-        <x:v>152348</x:v>
+        <x:v>153160</x:v>
       </x:c>
       <x:c r="FH10" s="3" t="n">
-        <x:v>168468</x:v>
+        <x:v>169381</x:v>
       </x:c>
       <x:c r="FI10" s="3" t="n">
-        <x:v>177783</x:v>
+        <x:v>178765</x:v>
       </x:c>
       <x:c r="FJ10" s="3" t="n">
-        <x:v>155081</x:v>
+        <x:v>155956</x:v>
       </x:c>
       <x:c r="FK10" s="3" t="n">
-        <x:v>125514</x:v>
+        <x:v>126230</x:v>
       </x:c>
       <x:c r="FL10" s="3" t="n">
-        <x:v>107449</x:v>
+        <x:v>108064</x:v>
       </x:c>
       <x:c r="FM10" s="3" t="n">
-        <x:v>148386</x:v>
+        <x:v>149231</x:v>
       </x:c>
       <x:c r="FN10" s="3" t="n">
-        <x:v>121411</x:v>
+        <x:v>122096</x:v>
       </x:c>
       <x:c r="FO10" s="3" t="n">
-        <x:v>69499</x:v>
+        <x:v>69899</x:v>
       </x:c>
       <x:c r="FP10" s="3" t="n">
-        <x:v>91096</x:v>
+        <x:v>91643</x:v>
       </x:c>
       <x:c r="FQ10" s="3" t="n">
-        <x:v>120927</x:v>
+        <x:v>121705</x:v>
       </x:c>
       <x:c r="FR10" s="3" t="n">
-        <x:v>158269</x:v>
+        <x:v>159363</x:v>
       </x:c>
       <x:c r="FS10" s="3" t="n">
-        <x:v>164908</x:v>
+        <x:v>166072</x:v>
       </x:c>
       <x:c r="FT10" s="3" t="n">
-        <x:v>262472</x:v>
+        <x:v>264228</x:v>
       </x:c>
       <x:c r="FU10" s="3" t="n">
-        <x:v>444000</x:v>
+        <x:v>446455</x:v>
       </x:c>
       <x:c r="FV10" s="3" t="n">
-        <x:v>465373</x:v>
+        <x:v>467048</x:v>
       </x:c>
       <x:c r="FW10" s="3" t="n">
-        <x:v>437837</x:v>
+        <x:v>439107</x:v>
       </x:c>
       <x:c r="FX10" s="3" t="n">
-        <x:v>691798</x:v>
+        <x:v>694464</x:v>
       </x:c>
       <x:c r="FY10" s="3" t="n">
-        <x:v>480224</x:v>
+        <x:v>483682</x:v>
       </x:c>
       <x:c r="FZ10" s="3" t="n">
-        <x:v>372065</x:v>
+        <x:v>376333</x:v>
       </x:c>
       <x:c r="GA10" s="3" t="n">
-        <x:v>276199</x:v>
+        <x:v>280341</x:v>
       </x:c>
       <x:c r="GB10" s="3" t="n">
-        <x:v>276859</x:v>
+        <x:v>281707</x:v>
       </x:c>
       <x:c r="GC10" s="3" t="n">
-        <x:v>344753</x:v>
+        <x:v>351245</x:v>
       </x:c>
       <x:c r="GD10" s="3" t="n">
-        <x:v>287860</x:v>
+        <x:v>293865</x:v>
       </x:c>
       <x:c r="GE10" s="3" t="n">
-        <x:v>288454</x:v>
+        <x:v>294035</x:v>
       </x:c>
       <x:c r="GF10" s="3" t="n">
-        <x:v>284714</x:v>
+        <x:v>290263</x:v>
       </x:c>
       <x:c r="GG10" s="3" t="n">
-        <x:v>334799</x:v>
+        <x:v>340599</x:v>
       </x:c>
       <x:c r="GH10" s="3" t="n">
-        <x:v>342890</x:v>
+        <x:v>349212</x:v>
       </x:c>
       <x:c r="GI10" s="3" t="n">
-        <x:v>252893</x:v>
+        <x:v>258999</x:v>
+      </x:c>
+      <x:c r="GJ10" s="3" t="n">
+        <x:v>268798</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:191">
+    <x:row r="11" spans="1:192">
       <x:c r="A11" s="2" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>493</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
         <x:v>655</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
         <x:v>507</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
         <x:v>323</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H11" s="3" t="n">
         <x:v>804</x:v>
       </x:c>
       <x:c r="I11" s="3" t="n">
         <x:v>701</x:v>
       </x:c>
@@ -5519,347 +5550,350 @@
       <x:c r="CH11" s="3" t="n">
         <x:v>4242</x:v>
       </x:c>
       <x:c r="CI11" s="3" t="n">
         <x:v>3588</x:v>
       </x:c>
       <x:c r="CJ11" s="3" t="n">
         <x:v>3931</x:v>
       </x:c>
       <x:c r="CK11" s="3" t="n">
         <x:v>2678</x:v>
       </x:c>
       <x:c r="CL11" s="3" t="n">
         <x:v>2853</x:v>
       </x:c>
       <x:c r="CM11" s="3" t="n">
         <x:v>3483</x:v>
       </x:c>
       <x:c r="CN11" s="3" t="n">
         <x:v>3525</x:v>
       </x:c>
       <x:c r="CO11" s="3" t="n">
         <x:v>5653</x:v>
       </x:c>
       <x:c r="CP11" s="3" t="n">
-        <x:v>4813</x:v>
+        <x:v>4817</x:v>
       </x:c>
       <x:c r="CQ11" s="3" t="n">
-        <x:v>6027</x:v>
+        <x:v>6032</x:v>
       </x:c>
       <x:c r="CR11" s="3" t="n">
-        <x:v>4328</x:v>
+        <x:v>4332</x:v>
       </x:c>
       <x:c r="CS11" s="3" t="n">
-        <x:v>6818</x:v>
+        <x:v>6825</x:v>
       </x:c>
       <x:c r="CT11" s="3" t="n">
-        <x:v>9400</x:v>
+        <x:v>9417</x:v>
       </x:c>
       <x:c r="CU11" s="3" t="n">
-        <x:v>6973</x:v>
+        <x:v>6985</x:v>
       </x:c>
       <x:c r="CV11" s="3" t="n">
-        <x:v>4602</x:v>
+        <x:v>4611</x:v>
       </x:c>
       <x:c r="CW11" s="3" t="n">
-        <x:v>3803</x:v>
+        <x:v>3810</x:v>
       </x:c>
       <x:c r="CX11" s="3" t="n">
-        <x:v>1590</x:v>
+        <x:v>1594</x:v>
       </x:c>
       <x:c r="CY11" s="3" t="n">
-        <x:v>5960</x:v>
+        <x:v>5976</x:v>
       </x:c>
       <x:c r="CZ11" s="3" t="n">
-        <x:v>9816</x:v>
+        <x:v>9842</x:v>
       </x:c>
       <x:c r="DA11" s="3" t="n">
-        <x:v>8213</x:v>
+        <x:v>8235</x:v>
       </x:c>
       <x:c r="DB11" s="3" t="n">
-        <x:v>5775</x:v>
+        <x:v>5795</x:v>
       </x:c>
       <x:c r="DC11" s="3" t="n">
-        <x:v>6907</x:v>
+        <x:v>6931</x:v>
       </x:c>
       <x:c r="DD11" s="3" t="n">
-        <x:v>6315</x:v>
+        <x:v>6338</x:v>
       </x:c>
       <x:c r="DE11" s="3" t="n">
-        <x:v>7735</x:v>
+        <x:v>7763</x:v>
       </x:c>
       <x:c r="DF11" s="3" t="n">
-        <x:v>6826</x:v>
+        <x:v>6857</x:v>
       </x:c>
       <x:c r="DG11" s="3" t="n">
-        <x:v>8810</x:v>
+        <x:v>8850</x:v>
       </x:c>
       <x:c r="DH11" s="3" t="n">
-        <x:v>7880</x:v>
+        <x:v>7915</x:v>
       </x:c>
       <x:c r="DI11" s="3" t="n">
-        <x:v>9092</x:v>
+        <x:v>9133</x:v>
       </x:c>
       <x:c r="DJ11" s="3" t="n">
-        <x:v>8022</x:v>
+        <x:v>8065</x:v>
       </x:c>
       <x:c r="DK11" s="3" t="n">
-        <x:v>11856</x:v>
+        <x:v>11920</x:v>
       </x:c>
       <x:c r="DL11" s="3" t="n">
-        <x:v>9966</x:v>
+        <x:v>10019</x:v>
       </x:c>
       <x:c r="DM11" s="3" t="n">
-        <x:v>11005</x:v>
+        <x:v>11064</x:v>
       </x:c>
       <x:c r="DN11" s="3" t="n">
-        <x:v>13698</x:v>
+        <x:v>13785</x:v>
       </x:c>
       <x:c r="DO11" s="3" t="n">
-        <x:v>14617</x:v>
+        <x:v>14709</x:v>
       </x:c>
       <x:c r="DP11" s="3" t="n">
-        <x:v>15554</x:v>
+        <x:v>15652</x:v>
       </x:c>
       <x:c r="DQ11" s="3" t="n">
-        <x:v>13269</x:v>
+        <x:v>13353</x:v>
       </x:c>
       <x:c r="DR11" s="3" t="n">
-        <x:v>14241</x:v>
+        <x:v>14344</x:v>
       </x:c>
       <x:c r="DS11" s="3" t="n">
-        <x:v>18713</x:v>
+        <x:v>18848</x:v>
       </x:c>
       <x:c r="DT11" s="3" t="n">
-        <x:v>19867</x:v>
+        <x:v>20011</x:v>
       </x:c>
       <x:c r="DU11" s="3" t="n">
-        <x:v>18354</x:v>
+        <x:v>18486</x:v>
       </x:c>
       <x:c r="DV11" s="3" t="n">
-        <x:v>24579</x:v>
+        <x:v>24778</x:v>
       </x:c>
       <x:c r="DW11" s="3" t="n">
-        <x:v>26664</x:v>
+        <x:v>26880</x:v>
       </x:c>
       <x:c r="DX11" s="3" t="n">
-        <x:v>24241</x:v>
+        <x:v>24438</x:v>
       </x:c>
       <x:c r="DY11" s="3" t="n">
-        <x:v>21299</x:v>
+        <x:v>21472</x:v>
       </x:c>
       <x:c r="DZ11" s="3" t="n">
-        <x:v>22301</x:v>
+        <x:v>22502</x:v>
       </x:c>
       <x:c r="EA11" s="3" t="n">
-        <x:v>26295</x:v>
+        <x:v>26532</x:v>
       </x:c>
       <x:c r="EB11" s="3" t="n">
-        <x:v>25961</x:v>
+        <x:v>26195</x:v>
       </x:c>
       <x:c r="EC11" s="3" t="n">
-        <x:v>25428</x:v>
+        <x:v>25657</x:v>
       </x:c>
       <x:c r="ED11" s="3" t="n">
-        <x:v>22496</x:v>
+        <x:v>22719</x:v>
       </x:c>
       <x:c r="EE11" s="3" t="n">
-        <x:v>24906</x:v>
+        <x:v>25153</x:v>
       </x:c>
       <x:c r="EF11" s="3" t="n">
-        <x:v>26202</x:v>
+        <x:v>26462</x:v>
       </x:c>
       <x:c r="EG11" s="3" t="n">
-        <x:v>29509</x:v>
+        <x:v>29802</x:v>
       </x:c>
       <x:c r="EH11" s="3" t="n">
-        <x:v>29545</x:v>
+        <x:v>29865</x:v>
       </x:c>
       <x:c r="EI11" s="3" t="n">
-        <x:v>27312</x:v>
+        <x:v>27608</x:v>
       </x:c>
       <x:c r="EJ11" s="3" t="n">
-        <x:v>27649</x:v>
+        <x:v>27948</x:v>
       </x:c>
       <x:c r="EK11" s="3" t="n">
-        <x:v>30127</x:v>
+        <x:v>30453</x:v>
       </x:c>
       <x:c r="EL11" s="3" t="n">
-        <x:v>33648</x:v>
+        <x:v>34043</x:v>
       </x:c>
       <x:c r="EM11" s="3" t="n">
-        <x:v>34133</x:v>
+        <x:v>34533</x:v>
       </x:c>
       <x:c r="EN11" s="3" t="n">
-        <x:v>33576</x:v>
+        <x:v>33970</x:v>
       </x:c>
       <x:c r="EO11" s="3" t="n">
-        <x:v>35040</x:v>
+        <x:v>35451</x:v>
       </x:c>
       <x:c r="EP11" s="3" t="n">
-        <x:v>35918</x:v>
+        <x:v>36371</x:v>
       </x:c>
       <x:c r="EQ11" s="3" t="n">
-        <x:v>34747</x:v>
+        <x:v>35186</x:v>
       </x:c>
       <x:c r="ER11" s="3" t="n">
-        <x:v>34922</x:v>
+        <x:v>35363</x:v>
       </x:c>
       <x:c r="ES11" s="3" t="n">
-        <x:v>35295</x:v>
+        <x:v>35740</x:v>
       </x:c>
       <x:c r="ET11" s="3" t="n">
-        <x:v>38016</x:v>
+        <x:v>38531</x:v>
       </x:c>
       <x:c r="EU11" s="3" t="n">
-        <x:v>36242</x:v>
+        <x:v>36732</x:v>
       </x:c>
       <x:c r="EV11" s="3" t="n">
-        <x:v>34072</x:v>
+        <x:v>34533</x:v>
       </x:c>
       <x:c r="EW11" s="3" t="n">
-        <x:v>31966</x:v>
+        <x:v>32399</x:v>
       </x:c>
       <x:c r="EX11" s="3" t="n">
-        <x:v>29682</x:v>
+        <x:v>30106</x:v>
       </x:c>
       <x:c r="EY11" s="3" t="n">
-        <x:v>31264</x:v>
+        <x:v>31712</x:v>
       </x:c>
       <x:c r="EZ11" s="3" t="n">
-        <x:v>27963</x:v>
+        <x:v>28368</x:v>
       </x:c>
       <x:c r="FA11" s="3" t="n">
-        <x:v>25079</x:v>
+        <x:v>25447</x:v>
       </x:c>
       <x:c r="FB11" s="3" t="n">
-        <x:v>22890</x:v>
+        <x:v>23233</x:v>
       </x:c>
       <x:c r="FC11" s="3" t="n">
-        <x:v>23386</x:v>
+        <x:v>23742</x:v>
       </x:c>
       <x:c r="FD11" s="3" t="n">
-        <x:v>23716</x:v>
+        <x:v>24083</x:v>
       </x:c>
       <x:c r="FE11" s="3" t="n">
-        <x:v>23722</x:v>
+        <x:v>24094</x:v>
       </x:c>
       <x:c r="FF11" s="3" t="n">
-        <x:v>23954</x:v>
+        <x:v>24335</x:v>
       </x:c>
       <x:c r="FG11" s="3" t="n">
-        <x:v>24660</x:v>
+        <x:v>25058</x:v>
       </x:c>
       <x:c r="FH11" s="3" t="n">
-        <x:v>25815</x:v>
+        <x:v>26236</x:v>
       </x:c>
       <x:c r="FI11" s="3" t="n">
-        <x:v>28092</x:v>
+        <x:v>28557</x:v>
       </x:c>
       <x:c r="FJ11" s="3" t="n">
-        <x:v>27623</x:v>
+        <x:v>28085</x:v>
       </x:c>
       <x:c r="FK11" s="3" t="n">
-        <x:v>29769</x:v>
+        <x:v>30274</x:v>
       </x:c>
       <x:c r="FL11" s="3" t="n">
-        <x:v>32351</x:v>
+        <x:v>32908</x:v>
       </x:c>
       <x:c r="FM11" s="3" t="n">
-        <x:v>34093</x:v>
+        <x:v>34691</x:v>
       </x:c>
       <x:c r="FN11" s="3" t="n">
-        <x:v>35140</x:v>
+        <x:v>35769</x:v>
       </x:c>
       <x:c r="FO11" s="3" t="n">
-        <x:v>33482</x:v>
+        <x:v>34088</x:v>
       </x:c>
       <x:c r="FP11" s="3" t="n">
-        <x:v>32952</x:v>
+        <x:v>33550</x:v>
       </x:c>
       <x:c r="FQ11" s="3" t="n">
-        <x:v>35972</x:v>
+        <x:v>36621</x:v>
       </x:c>
       <x:c r="FR11" s="3" t="n">
-        <x:v>32500</x:v>
+        <x:v>33081</x:v>
       </x:c>
       <x:c r="FS11" s="3" t="n">
-        <x:v>33363</x:v>
+        <x:v>33969</x:v>
       </x:c>
       <x:c r="FT11" s="3" t="n">
-        <x:v>33565</x:v>
+        <x:v>34206</x:v>
       </x:c>
       <x:c r="FU11" s="3" t="n">
-        <x:v>35572</x:v>
+        <x:v>36301</x:v>
       </x:c>
       <x:c r="FV11" s="3" t="n">
-        <x:v>36928</x:v>
+        <x:v>37748</x:v>
       </x:c>
       <x:c r="FW11" s="3" t="n">
-        <x:v>39246</x:v>
+        <x:v>40123</x:v>
       </x:c>
       <x:c r="FX11" s="3" t="n">
-        <x:v>38375</x:v>
+        <x:v>39157</x:v>
       </x:c>
       <x:c r="FY11" s="3" t="n">
-        <x:v>42583</x:v>
+        <x:v>43285</x:v>
       </x:c>
       <x:c r="FZ11" s="3" t="n">
-        <x:v>43848</x:v>
+        <x:v>44318</x:v>
       </x:c>
       <x:c r="GA11" s="3" t="n">
-        <x:v>46215</x:v>
+        <x:v>46486</x:v>
       </x:c>
       <x:c r="GB11" s="3" t="n">
-        <x:v>46445</x:v>
+        <x:v>46568</x:v>
       </x:c>
       <x:c r="GC11" s="3" t="n">
-        <x:v>50956</x:v>
+        <x:v>51008</x:v>
       </x:c>
       <x:c r="GD11" s="3" t="n">
-        <x:v>50770</x:v>
+        <x:v>50862</x:v>
       </x:c>
       <x:c r="GE11" s="3" t="n">
-        <x:v>52503</x:v>
+        <x:v>52612</x:v>
       </x:c>
       <x:c r="GF11" s="3" t="n">
-        <x:v>51665</x:v>
+        <x:v>51641</x:v>
       </x:c>
       <x:c r="GG11" s="3" t="n">
-        <x:v>55188</x:v>
+        <x:v>55164</x:v>
       </x:c>
       <x:c r="GH11" s="3" t="n">
-        <x:v>54681</x:v>
+        <x:v>54556</x:v>
       </x:c>
       <x:c r="GI11" s="3" t="n">
-        <x:v>55154</x:v>
+        <x:v>54941</x:v>
+      </x:c>
+      <x:c r="GJ11" s="3" t="n">
+        <x:v>51645</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:191">
+    <x:row r="12" spans="1:192">
       <x:c r="A12" s="2" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>27758</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>30155</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
         <x:v>25983</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
         <x:v>31593</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
         <x:v>32602</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="H12" s="3" t="n">
         <x:v>31434</x:v>
       </x:c>
       <x:c r="I12" s="3" t="n">
         <x:v>36512</x:v>
       </x:c>
@@ -6094,347 +6128,350 @@
       <x:c r="CH12" s="3" t="n">
         <x:v>111193</x:v>
       </x:c>
       <x:c r="CI12" s="3" t="n">
         <x:v>107438</x:v>
       </x:c>
       <x:c r="CJ12" s="3" t="n">
         <x:v>103135</x:v>
       </x:c>
       <x:c r="CK12" s="3" t="n">
         <x:v>114424</x:v>
       </x:c>
       <x:c r="CL12" s="3" t="n">
         <x:v>118096</x:v>
       </x:c>
       <x:c r="CM12" s="3" t="n">
         <x:v>111615</x:v>
       </x:c>
       <x:c r="CN12" s="3" t="n">
         <x:v>107210</x:v>
       </x:c>
       <x:c r="CO12" s="3" t="n">
         <x:v>118111</x:v>
       </x:c>
       <x:c r="CP12" s="3" t="n">
-        <x:v>123999</x:v>
+        <x:v>124200</x:v>
       </x:c>
       <x:c r="CQ12" s="3" t="n">
-        <x:v>118073</x:v>
+        <x:v>118276</x:v>
       </x:c>
       <x:c r="CR12" s="3" t="n">
-        <x:v>109223</x:v>
+        <x:v>109412</x:v>
       </x:c>
       <x:c r="CS12" s="3" t="n">
-        <x:v>119192</x:v>
+        <x:v>119394</x:v>
       </x:c>
       <x:c r="CT12" s="3" t="n">
-        <x:v>116068</x:v>
+        <x:v>116450</x:v>
       </x:c>
       <x:c r="CU12" s="3" t="n">
-        <x:v>121281</x:v>
+        <x:v>121689</x:v>
       </x:c>
       <x:c r="CV12" s="3" t="n">
-        <x:v>106513</x:v>
+        <x:v>106870</x:v>
       </x:c>
       <x:c r="CW12" s="3" t="n">
-        <x:v>115072</x:v>
+        <x:v>115460</x:v>
       </x:c>
       <x:c r="CX12" s="3" t="n">
-        <x:v>116502</x:v>
+        <x:v>117102</x:v>
       </x:c>
       <x:c r="CY12" s="3" t="n">
-        <x:v>111220</x:v>
+        <x:v>111807</x:v>
       </x:c>
       <x:c r="CZ12" s="3" t="n">
-        <x:v>107343</x:v>
+        <x:v>107907</x:v>
       </x:c>
       <x:c r="DA12" s="3" t="n">
-        <x:v>118927</x:v>
+        <x:v>119552</x:v>
       </x:c>
       <x:c r="DB12" s="3" t="n">
-        <x:v>124178</x:v>
+        <x:v>125058</x:v>
       </x:c>
       <x:c r="DC12" s="3" t="n">
-        <x:v>118530</x:v>
+        <x:v>119378</x:v>
       </x:c>
       <x:c r="DD12" s="3" t="n">
-        <x:v>117876</x:v>
+        <x:v>118736</x:v>
       </x:c>
       <x:c r="DE12" s="3" t="n">
-        <x:v>130588</x:v>
+        <x:v>131532</x:v>
       </x:c>
       <x:c r="DF12" s="3" t="n">
-        <x:v>130595</x:v>
+        <x:v>131767</x:v>
       </x:c>
       <x:c r="DG12" s="3" t="n">
-        <x:v>137306</x:v>
+        <x:v>138556</x:v>
       </x:c>
       <x:c r="DH12" s="3" t="n">
-        <x:v>130608</x:v>
+        <x:v>131878</x:v>
       </x:c>
       <x:c r="DI12" s="3" t="n">
-        <x:v>144040</x:v>
+        <x:v>145375</x:v>
       </x:c>
       <x:c r="DJ12" s="3" t="n">
-        <x:v>159875</x:v>
+        <x:v>161502</x:v>
       </x:c>
       <x:c r="DK12" s="3" t="n">
-        <x:v>153735</x:v>
+        <x:v>155372</x:v>
       </x:c>
       <x:c r="DL12" s="3" t="n">
-        <x:v>150295</x:v>
+        <x:v>151898</x:v>
       </x:c>
       <x:c r="DM12" s="3" t="n">
-        <x:v>170752</x:v>
+        <x:v>172461</x:v>
       </x:c>
       <x:c r="DN12" s="3" t="n">
-        <x:v>181088</x:v>
+        <x:v>183168</x:v>
       </x:c>
       <x:c r="DO12" s="3" t="n">
-        <x:v>176598</x:v>
+        <x:v>178709</x:v>
       </x:c>
       <x:c r="DP12" s="3" t="n">
-        <x:v>167065</x:v>
+        <x:v>169124</x:v>
       </x:c>
       <x:c r="DQ12" s="3" t="n">
-        <x:v>187403</x:v>
+        <x:v>189646</x:v>
       </x:c>
       <x:c r="DR12" s="3" t="n">
-        <x:v>182075</x:v>
+        <x:v>184535</x:v>
       </x:c>
       <x:c r="DS12" s="3" t="n">
-        <x:v>197153</x:v>
+        <x:v>199880</x:v>
       </x:c>
       <x:c r="DT12" s="3" t="n">
-        <x:v>180458</x:v>
+        <x:v>182983</x:v>
       </x:c>
       <x:c r="DU12" s="3" t="n">
-        <x:v>193228</x:v>
+        <x:v>195707</x:v>
       </x:c>
       <x:c r="DV12" s="3" t="n">
-        <x:v>174257</x:v>
+        <x:v>176648</x:v>
       </x:c>
       <x:c r="DW12" s="3" t="n">
-        <x:v>161742</x:v>
+        <x:v>164093</x:v>
       </x:c>
       <x:c r="DX12" s="3" t="n">
-        <x:v>157395</x:v>
+        <x:v>159703</x:v>
       </x:c>
       <x:c r="DY12" s="3" t="n">
-        <x:v>172732</x:v>
+        <x:v>175251</x:v>
       </x:c>
       <x:c r="DZ12" s="3" t="n">
-        <x:v>166418</x:v>
+        <x:v>169208</x:v>
       </x:c>
       <x:c r="EA12" s="3" t="n">
-        <x:v>167947</x:v>
+        <x:v>170836</x:v>
       </x:c>
       <x:c r="EB12" s="3" t="n">
-        <x:v>158440</x:v>
+        <x:v>161129</x:v>
       </x:c>
       <x:c r="EC12" s="3" t="n">
-        <x:v>180005</x:v>
+        <x:v>183120</x:v>
       </x:c>
       <x:c r="ED12" s="3" t="n">
-        <x:v>185401</x:v>
+        <x:v>188984</x:v>
       </x:c>
       <x:c r="EE12" s="3" t="n">
-        <x:v>175770</x:v>
+        <x:v>179368</x:v>
       </x:c>
       <x:c r="EF12" s="3" t="n">
-        <x:v>171102</x:v>
+        <x:v>174535</x:v>
       </x:c>
       <x:c r="EG12" s="3" t="n">
-        <x:v>187542</x:v>
+        <x:v>191215</x:v>
       </x:c>
       <x:c r="EH12" s="3" t="n">
-        <x:v>192021</x:v>
+        <x:v>196034</x:v>
       </x:c>
       <x:c r="EI12" s="3" t="n">
-        <x:v>178542</x:v>
+        <x:v>182364</x:v>
       </x:c>
       <x:c r="EJ12" s="3" t="n">
-        <x:v>176941</x:v>
+        <x:v>180689</x:v>
       </x:c>
       <x:c r="EK12" s="3" t="n">
-        <x:v>190899</x:v>
+        <x:v>194780</x:v>
       </x:c>
       <x:c r="EL12" s="3" t="n">
-        <x:v>185023</x:v>
+        <x:v>188929</x:v>
       </x:c>
       <x:c r="EM12" s="3" t="n">
-        <x:v>193065</x:v>
+        <x:v>197094</x:v>
       </x:c>
       <x:c r="EN12" s="3" t="n">
-        <x:v>187839</x:v>
+        <x:v>191922</x:v>
       </x:c>
       <x:c r="EO12" s="3" t="n">
-        <x:v>200014</x:v>
+        <x:v>204180</x:v>
       </x:c>
       <x:c r="EP12" s="3" t="n">
-        <x:v>201147</x:v>
+        <x:v>205508</x:v>
       </x:c>
       <x:c r="EQ12" s="3" t="n">
-        <x:v>195902</x:v>
+        <x:v>200198</x:v>
       </x:c>
       <x:c r="ER12" s="3" t="n">
-        <x:v>193479</x:v>
+        <x:v>197626</x:v>
       </x:c>
       <x:c r="ES12" s="3" t="n">
-        <x:v>207703</x:v>
+        <x:v>211948</x:v>
       </x:c>
       <x:c r="ET12" s="3" t="n">
-        <x:v>201912</x:v>
+        <x:v>206285</x:v>
       </x:c>
       <x:c r="EU12" s="3" t="n">
-        <x:v>197417</x:v>
+        <x:v>201971</x:v>
       </x:c>
       <x:c r="EV12" s="3" t="n">
-        <x:v>188741</x:v>
+        <x:v>193161</x:v>
       </x:c>
       <x:c r="EW12" s="3" t="n">
-        <x:v>199016</x:v>
+        <x:v>203482</x:v>
       </x:c>
       <x:c r="EX12" s="3" t="n">
-        <x:v>180979</x:v>
+        <x:v>185267</x:v>
       </x:c>
       <x:c r="EY12" s="3" t="n">
-        <x:v>188794</x:v>
+        <x:v>193439</x:v>
       </x:c>
       <x:c r="EZ12" s="3" t="n">
-        <x:v>174834</x:v>
+        <x:v>179192</x:v>
       </x:c>
       <x:c r="FA12" s="3" t="n">
-        <x:v>183785</x:v>
+        <x:v>188219</x:v>
       </x:c>
       <x:c r="FB12" s="3" t="n">
-        <x:v>194734</x:v>
+        <x:v>199658</x:v>
       </x:c>
       <x:c r="FC12" s="3" t="n">
-        <x:v>186511</x:v>
+        <x:v>191499</x:v>
       </x:c>
       <x:c r="FD12" s="3" t="n">
-        <x:v>181855</x:v>
+        <x:v>186752</x:v>
       </x:c>
       <x:c r="FE12" s="3" t="n">
-        <x:v>202627</x:v>
+        <x:v>208037</x:v>
       </x:c>
       <x:c r="FF12" s="3" t="n">
-        <x:v>198487</x:v>
+        <x:v>203778</x:v>
       </x:c>
       <x:c r="FG12" s="3" t="n">
-        <x:v>207092</x:v>
+        <x:v>212860</x:v>
       </x:c>
       <x:c r="FH12" s="3" t="n">
-        <x:v>200806</x:v>
+        <x:v>206569</x:v>
       </x:c>
       <x:c r="FI12" s="3" t="n">
-        <x:v>219901</x:v>
+        <x:v>226182</x:v>
       </x:c>
       <x:c r="FJ12" s="3" t="n">
-        <x:v>212781</x:v>
+        <x:v>218670</x:v>
       </x:c>
       <x:c r="FK12" s="3" t="n">
-        <x:v>212386</x:v>
+        <x:v>218543</x:v>
       </x:c>
       <x:c r="FL12" s="3" t="n">
-        <x:v>207198</x:v>
+        <x:v>213336</x:v>
       </x:c>
       <x:c r="FM12" s="3" t="n">
-        <x:v>223094</x:v>
+        <x:v>229561</x:v>
       </x:c>
       <x:c r="FN12" s="3" t="n">
-        <x:v>209052</x:v>
+        <x:v>214471</x:v>
       </x:c>
       <x:c r="FO12" s="3" t="n">
-        <x:v>198605</x:v>
+        <x:v>204485</x:v>
       </x:c>
       <x:c r="FP12" s="3" t="n">
-        <x:v>202345</x:v>
+        <x:v>208731</x:v>
       </x:c>
       <x:c r="FQ12" s="3" t="n">
-        <x:v>228101</x:v>
+        <x:v>235183</x:v>
       </x:c>
       <x:c r="FR12" s="3" t="n">
-        <x:v>223982</x:v>
+        <x:v>230811</x:v>
       </x:c>
       <x:c r="FS12" s="3" t="n">
-        <x:v>230094</x:v>
+        <x:v>237530</x:v>
       </x:c>
       <x:c r="FT12" s="3" t="n">
-        <x:v>229390</x:v>
+        <x:v>236802</x:v>
       </x:c>
       <x:c r="FU12" s="3" t="n">
-        <x:v>251564</x:v>
+        <x:v>259486</x:v>
       </x:c>
       <x:c r="FV12" s="3" t="n">
-        <x:v>261990</x:v>
+        <x:v>269646</x:v>
       </x:c>
       <x:c r="FW12" s="3" t="n">
-        <x:v>261127</x:v>
+        <x:v>268038</x:v>
       </x:c>
       <x:c r="FX12" s="3" t="n">
-        <x:v>278348</x:v>
+        <x:v>284065</x:v>
       </x:c>
       <x:c r="FY12" s="3" t="n">
-        <x:v>295355</x:v>
+        <x:v>299606</x:v>
       </x:c>
       <x:c r="FZ12" s="3" t="n">
-        <x:v>292027</x:v>
+        <x:v>293969</x:v>
       </x:c>
       <x:c r="GA12" s="3" t="n">
-        <x:v>282590</x:v>
+        <x:v>282767</x:v>
       </x:c>
       <x:c r="GB12" s="3" t="n">
-        <x:v>280461</x:v>
+        <x:v>279698</x:v>
       </x:c>
       <x:c r="GC12" s="3" t="n">
-        <x:v>302226</x:v>
+        <x:v>300627</x:v>
       </x:c>
       <x:c r="GD12" s="3" t="n">
-        <x:v>287024</x:v>
+        <x:v>285390</x:v>
       </x:c>
       <x:c r="GE12" s="3" t="n">
-        <x:v>292062</x:v>
+        <x:v>290838</x:v>
       </x:c>
       <x:c r="GF12" s="3" t="n">
-        <x:v>301392</x:v>
+        <x:v>300104</x:v>
       </x:c>
       <x:c r="GG12" s="3" t="n">
-        <x:v>319590</x:v>
+        <x:v>317644</x:v>
       </x:c>
       <x:c r="GH12" s="3" t="n">
-        <x:v>320836</x:v>
+        <x:v>319117</x:v>
       </x:c>
       <x:c r="GI12" s="3" t="n">
-        <x:v>318110</x:v>
+        <x:v>316691</x:v>
+      </x:c>
+      <x:c r="GJ12" s="3" t="n">
+        <x:v>312412</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:191">
+    <x:row r="13" spans="1:192">
       <x:c r="A13" s="2" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>6194</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>7276</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
         <x:v>6580</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
         <x:v>7444</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
         <x:v>6928</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
         <x:v>7392</x:v>
       </x:c>
       <x:c r="H13" s="3" t="n">
         <x:v>7197</x:v>
       </x:c>
       <x:c r="I13" s="3" t="n">
         <x:v>7884</x:v>
       </x:c>
@@ -6669,347 +6706,350 @@
       <x:c r="CH13" s="3" t="n">
         <x:v>26599</x:v>
       </x:c>
       <x:c r="CI13" s="3" t="n">
         <x:v>25326</x:v>
       </x:c>
       <x:c r="CJ13" s="3" t="n">
         <x:v>24672</x:v>
       </x:c>
       <x:c r="CK13" s="3" t="n">
         <x:v>28112</x:v>
       </x:c>
       <x:c r="CL13" s="3" t="n">
         <x:v>28667</x:v>
       </x:c>
       <x:c r="CM13" s="3" t="n">
         <x:v>26649</x:v>
       </x:c>
       <x:c r="CN13" s="3" t="n">
         <x:v>24627</x:v>
       </x:c>
       <x:c r="CO13" s="3" t="n">
         <x:v>27135</x:v>
       </x:c>
       <x:c r="CP13" s="3" t="n">
-        <x:v>29832</x:v>
+        <x:v>29892</x:v>
       </x:c>
       <x:c r="CQ13" s="3" t="n">
-        <x:v>28235</x:v>
+        <x:v>28296</x:v>
       </x:c>
       <x:c r="CR13" s="3" t="n">
-        <x:v>26943</x:v>
+        <x:v>27003</x:v>
       </x:c>
       <x:c r="CS13" s="3" t="n">
-        <x:v>30071</x:v>
+        <x:v>30137</x:v>
       </x:c>
       <x:c r="CT13" s="3" t="n">
-        <x:v>30230</x:v>
+        <x:v>30354</x:v>
       </x:c>
       <x:c r="CU13" s="3" t="n">
-        <x:v>31287</x:v>
+        <x:v>31422</x:v>
       </x:c>
       <x:c r="CV13" s="3" t="n">
-        <x:v>28342</x:v>
+        <x:v>28468</x:v>
       </x:c>
       <x:c r="CW13" s="3" t="n">
-        <x:v>29375</x:v>
+        <x:v>29504</x:v>
       </x:c>
       <x:c r="CX13" s="3" t="n">
-        <x:v>29729</x:v>
+        <x:v>29920</x:v>
       </x:c>
       <x:c r="CY13" s="3" t="n">
-        <x:v>28950</x:v>
+        <x:v>29145</x:v>
       </x:c>
       <x:c r="CZ13" s="3" t="n">
-        <x:v>28493</x:v>
+        <x:v>28685</x:v>
       </x:c>
       <x:c r="DA13" s="3" t="n">
-        <x:v>31053</x:v>
+        <x:v>31258</x:v>
       </x:c>
       <x:c r="DB13" s="3" t="n">
-        <x:v>31787</x:v>
+        <x:v>32064</x:v>
       </x:c>
       <x:c r="DC13" s="3" t="n">
-        <x:v>30388</x:v>
+        <x:v>30657</x:v>
       </x:c>
       <x:c r="DD13" s="3" t="n">
-        <x:v>30331</x:v>
+        <x:v>30604</x:v>
       </x:c>
       <x:c r="DE13" s="3" t="n">
-        <x:v>32319</x:v>
+        <x:v>32602</x:v>
       </x:c>
       <x:c r="DF13" s="3" t="n">
-        <x:v>30408</x:v>
+        <x:v>30737</x:v>
       </x:c>
       <x:c r="DG13" s="3" t="n">
-        <x:v>31682</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="DH13" s="3" t="n">
-        <x:v>31304</x:v>
+        <x:v>31666</x:v>
       </x:c>
       <x:c r="DI13" s="3" t="n">
-        <x:v>35162</x:v>
+        <x:v>35551</x:v>
       </x:c>
       <x:c r="DJ13" s="3" t="n">
-        <x:v>33562</x:v>
+        <x:v>33958</x:v>
       </x:c>
       <x:c r="DK13" s="3" t="n">
-        <x:v>31932</x:v>
+        <x:v>32328</x:v>
       </x:c>
       <x:c r="DL13" s="3" t="n">
-        <x:v>31685</x:v>
+        <x:v>32078</x:v>
       </x:c>
       <x:c r="DM13" s="3" t="n">
-        <x:v>36385</x:v>
+        <x:v>36807</x:v>
       </x:c>
       <x:c r="DN13" s="3" t="n">
-        <x:v>36743</x:v>
+        <x:v>37231</x:v>
       </x:c>
       <x:c r="DO13" s="3" t="n">
-        <x:v>35118</x:v>
+        <x:v>35605</x:v>
       </x:c>
       <x:c r="DP13" s="3" t="n">
-        <x:v>34380</x:v>
+        <x:v>34867</x:v>
       </x:c>
       <x:c r="DQ13" s="3" t="n">
-        <x:v>39432</x:v>
+        <x:v>39964</x:v>
       </x:c>
       <x:c r="DR13" s="3" t="n">
-        <x:v>35233</x:v>
+        <x:v>35772</x:v>
       </x:c>
       <x:c r="DS13" s="3" t="n">
-        <x:v>35962</x:v>
+        <x:v>36544</x:v>
       </x:c>
       <x:c r="DT13" s="3" t="n">
-        <x:v>35317</x:v>
+        <x:v>35899</x:v>
       </x:c>
       <x:c r="DU13" s="3" t="n">
-        <x:v>41770</x:v>
+        <x:v>42404</x:v>
       </x:c>
       <x:c r="DV13" s="3" t="n">
-        <x:v>37103</x:v>
+        <x:v>37718</x:v>
       </x:c>
       <x:c r="DW13" s="3" t="n">
-        <x:v>34135</x:v>
+        <x:v>34734</x:v>
       </x:c>
       <x:c r="DX13" s="3" t="n">
-        <x:v>35830</x:v>
+        <x:v>36441</x:v>
       </x:c>
       <x:c r="DY13" s="3" t="n">
-        <x:v>39664</x:v>
+        <x:v>40324</x:v>
       </x:c>
       <x:c r="DZ13" s="3" t="n">
-        <x:v>36620</x:v>
+        <x:v>37243</x:v>
       </x:c>
       <x:c r="EA13" s="3" t="n">
-        <x:v>35291</x:v>
+        <x:v>35910</x:v>
       </x:c>
       <x:c r="EB13" s="3" t="n">
-        <x:v>36262</x:v>
+        <x:v>36900</x:v>
       </x:c>
       <x:c r="EC13" s="3" t="n">
-        <x:v>40370</x:v>
+        <x:v>41061</x:v>
       </x:c>
       <x:c r="ED13" s="3" t="n">
-        <x:v>38420</x:v>
+        <x:v>39147</x:v>
       </x:c>
       <x:c r="EE13" s="3" t="n">
-        <x:v>37244</x:v>
+        <x:v>37976</x:v>
       </x:c>
       <x:c r="EF13" s="3" t="n">
-        <x:v>38485</x:v>
+        <x:v>39254</x:v>
       </x:c>
       <x:c r="EG13" s="3" t="n">
-        <x:v>42110</x:v>
+        <x:v>42924</x:v>
       </x:c>
       <x:c r="EH13" s="3" t="n">
-        <x:v>40176</x:v>
+        <x:v>41028</x:v>
       </x:c>
       <x:c r="EI13" s="3" t="n">
-        <x:v>38074</x:v>
+        <x:v>38892</x:v>
       </x:c>
       <x:c r="EJ13" s="3" t="n">
-        <x:v>39604</x:v>
+        <x:v>40465</x:v>
       </x:c>
       <x:c r="EK13" s="3" t="n">
-        <x:v>43510</x:v>
+        <x:v>44439</x:v>
       </x:c>
       <x:c r="EL13" s="3" t="n">
-        <x:v>38569</x:v>
+        <x:v>39436</x:v>
       </x:c>
       <x:c r="EM13" s="3" t="n">
-        <x:v>39303</x:v>
+        <x:v>40224</x:v>
       </x:c>
       <x:c r="EN13" s="3" t="n">
-        <x:v>43307</x:v>
+        <x:v>44322</x:v>
       </x:c>
       <x:c r="EO13" s="3" t="n">
-        <x:v>45550</x:v>
+        <x:v>46567</x:v>
       </x:c>
       <x:c r="EP13" s="3" t="n">
-        <x:v>43106</x:v>
+        <x:v>44131</x:v>
       </x:c>
       <x:c r="EQ13" s="3" t="n">
-        <x:v>44344</x:v>
+        <x:v>45413</x:v>
       </x:c>
       <x:c r="ER13" s="3" t="n">
-        <x:v>46889</x:v>
+        <x:v>48027</x:v>
       </x:c>
       <x:c r="ES13" s="3" t="n">
-        <x:v>49736</x:v>
+        <x:v>50918</x:v>
       </x:c>
       <x:c r="ET13" s="3" t="n">
-        <x:v>47647</x:v>
+        <x:v>48832</x:v>
       </x:c>
       <x:c r="EU13" s="3" t="n">
-        <x:v>47169</x:v>
+        <x:v>48349</x:v>
       </x:c>
       <x:c r="EV13" s="3" t="n">
-        <x:v>50989</x:v>
+        <x:v>52283</x:v>
       </x:c>
       <x:c r="EW13" s="3" t="n">
-        <x:v>54697</x:v>
+        <x:v>56052</x:v>
       </x:c>
       <x:c r="EX13" s="3" t="n">
-        <x:v>52412</x:v>
+        <x:v>53732</x:v>
       </x:c>
       <x:c r="EY13" s="3" t="n">
-        <x:v>53897</x:v>
+        <x:v>55295</x:v>
       </x:c>
       <x:c r="EZ13" s="3" t="n">
-        <x:v>57163</x:v>
+        <x:v>58642</x:v>
       </x:c>
       <x:c r="FA13" s="3" t="n">
-        <x:v>57886</x:v>
+        <x:v>59374</x:v>
       </x:c>
       <x:c r="FB13" s="3" t="n">
-        <x:v>54948</x:v>
+        <x:v>56325</x:v>
       </x:c>
       <x:c r="FC13" s="3" t="n">
-        <x:v>51193</x:v>
+        <x:v>52561</x:v>
       </x:c>
       <x:c r="FD13" s="3" t="n">
-        <x:v>57125</x:v>
+        <x:v>58649</x:v>
       </x:c>
       <x:c r="FE13" s="3" t="n">
-        <x:v>61300</x:v>
+        <x:v>62878</x:v>
       </x:c>
       <x:c r="FF13" s="3" t="n">
-        <x:v>55167</x:v>
+        <x:v>56582</x:v>
       </x:c>
       <x:c r="FG13" s="3" t="n">
-        <x:v>57720</x:v>
+        <x:v>59256</x:v>
       </x:c>
       <x:c r="FH13" s="3" t="n">
-        <x:v>61473</x:v>
+        <x:v>63125</x:v>
       </x:c>
       <x:c r="FI13" s="3" t="n">
-        <x:v>65556</x:v>
+        <x:v>67267</x:v>
       </x:c>
       <x:c r="FJ13" s="3" t="n">
-        <x:v>58947</x:v>
+        <x:v>60501</x:v>
       </x:c>
       <x:c r="FK13" s="3" t="n">
-        <x:v>59746</x:v>
+        <x:v>61386</x:v>
       </x:c>
       <x:c r="FL13" s="3" t="n">
-        <x:v>64833</x:v>
+        <x:v>66637</x:v>
       </x:c>
       <x:c r="FM13" s="3" t="n">
-        <x:v>67842</x:v>
+        <x:v>69688</x:v>
       </x:c>
       <x:c r="FN13" s="3" t="n">
-        <x:v>66315</x:v>
+        <x:v>68072</x:v>
       </x:c>
       <x:c r="FO13" s="3" t="n">
-        <x:v>61172</x:v>
+        <x:v>63002</x:v>
       </x:c>
       <x:c r="FP13" s="3" t="n">
-        <x:v>67147</x:v>
+        <x:v>69237</x:v>
       </x:c>
       <x:c r="FQ13" s="3" t="n">
-        <x:v>69570</x:v>
+        <x:v>71659</x:v>
       </x:c>
       <x:c r="FR13" s="3" t="n">
-        <x:v>65723</x:v>
+        <x:v>67648</x:v>
       </x:c>
       <x:c r="FS13" s="3" t="n">
-        <x:v>65938</x:v>
+        <x:v>67972</x:v>
       </x:c>
       <x:c r="FT13" s="3" t="n">
-        <x:v>75418</x:v>
+        <x:v>77768</x:v>
       </x:c>
       <x:c r="FU13" s="3" t="n">
-        <x:v>75499</x:v>
+        <x:v>77920</x:v>
       </x:c>
       <x:c r="FV13" s="3" t="n">
-        <x:v>69429</x:v>
+        <x:v>71706</x:v>
       </x:c>
       <x:c r="FW13" s="3" t="n">
-        <x:v>73298</x:v>
+        <x:v>75741</x:v>
       </x:c>
       <x:c r="FX13" s="3" t="n">
-        <x:v>89867</x:v>
+        <x:v>92341</x:v>
       </x:c>
       <x:c r="FY13" s="3" t="n">
-        <x:v>91347</x:v>
+        <x:v>93413</x:v>
       </x:c>
       <x:c r="FZ13" s="3" t="n">
-        <x:v>81492</x:v>
+        <x:v>82784</x:v>
       </x:c>
       <x:c r="GA13" s="3" t="n">
-        <x:v>83183</x:v>
+        <x:v>83904</x:v>
       </x:c>
       <x:c r="GB13" s="3" t="n">
-        <x:v>96378</x:v>
+        <x:v>96906</x:v>
       </x:c>
       <x:c r="GC13" s="3" t="n">
-        <x:v>96295</x:v>
+        <x:v>96891</x:v>
       </x:c>
       <x:c r="GD13" s="3" t="n">
-        <x:v>83387</x:v>
+        <x:v>84082</x:v>
       </x:c>
       <x:c r="GE13" s="3" t="n">
-        <x:v>87457</x:v>
+        <x:v>87721</x:v>
       </x:c>
       <x:c r="GF13" s="3" t="n">
-        <x:v>102546</x:v>
+        <x:v>102844</x:v>
       </x:c>
       <x:c r="GG13" s="3" t="n">
-        <x:v>102260</x:v>
+        <x:v>102736</x:v>
       </x:c>
       <x:c r="GH13" s="3" t="n">
-        <x:v>90873</x:v>
+        <x:v>91435</x:v>
       </x:c>
       <x:c r="GI13" s="3" t="n">
-        <x:v>94055</x:v>
+        <x:v>94453</x:v>
+      </x:c>
+      <x:c r="GJ13" s="3" t="n">
+        <x:v>106891</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:191">
+    <x:row r="14" spans="1:192">
       <x:c r="A14" s="2" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>5103</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>5488</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
         <x:v>5277</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
         <x:v>6494</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
         <x:v>5740</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
         <x:v>5820</x:v>
       </x:c>
       <x:c r="H14" s="3" t="n">
         <x:v>5723</x:v>
       </x:c>
       <x:c r="I14" s="3" t="n">
         <x:v>6786</x:v>
       </x:c>
@@ -7244,347 +7284,350 @@
       <x:c r="CH14" s="3" t="n">
         <x:v>19001</x:v>
       </x:c>
       <x:c r="CI14" s="3" t="n">
         <x:v>19999</x:v>
       </x:c>
       <x:c r="CJ14" s="3" t="n">
         <x:v>20307</x:v>
       </x:c>
       <x:c r="CK14" s="3" t="n">
         <x:v>21762</x:v>
       </x:c>
       <x:c r="CL14" s="3" t="n">
         <x:v>20860</x:v>
       </x:c>
       <x:c r="CM14" s="3" t="n">
         <x:v>20849</x:v>
       </x:c>
       <x:c r="CN14" s="3" t="n">
         <x:v>19865</x:v>
       </x:c>
       <x:c r="CO14" s="3" t="n">
         <x:v>21254</x:v>
       </x:c>
       <x:c r="CP14" s="3" t="n">
-        <x:v>21525</x:v>
+        <x:v>21583</x:v>
       </x:c>
       <x:c r="CQ14" s="3" t="n">
-        <x:v>21806</x:v>
+        <x:v>21864</x:v>
       </x:c>
       <x:c r="CR14" s="3" t="n">
-        <x:v>21715</x:v>
+        <x:v>21773</x:v>
       </x:c>
       <x:c r="CS14" s="3" t="n">
-        <x:v>24118</x:v>
+        <x:v>24182</x:v>
       </x:c>
       <x:c r="CT14" s="3" t="n">
-        <x:v>22587</x:v>
+        <x:v>22706</x:v>
       </x:c>
       <x:c r="CU14" s="3" t="n">
-        <x:v>24859</x:v>
+        <x:v>24990</x:v>
       </x:c>
       <x:c r="CV14" s="3" t="n">
-        <x:v>23202</x:v>
+        <x:v>23324</x:v>
       </x:c>
       <x:c r="CW14" s="3" t="n">
-        <x:v>24000</x:v>
+        <x:v>24126</x:v>
       </x:c>
       <x:c r="CX14" s="3" t="n">
-        <x:v>23723</x:v>
+        <x:v>23908</x:v>
       </x:c>
       <x:c r="CY14" s="3" t="n">
+        <x:v>24380</x:v>
+      </x:c>
+      <x:c r="CZ14" s="3" t="n">
         <x:v>24191</x:v>
       </x:c>
-      <x:c r="CZ14" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="DA14" s="3" t="n">
-        <x:v>25484</x:v>
+        <x:v>25683</x:v>
       </x:c>
       <x:c r="DB14" s="3" t="n">
-        <x:v>25498</x:v>
+        <x:v>25767</x:v>
       </x:c>
       <x:c r="DC14" s="3" t="n">
-        <x:v>24813</x:v>
+        <x:v>25074</x:v>
       </x:c>
       <x:c r="DD14" s="3" t="n">
-        <x:v>25279</x:v>
+        <x:v>25545</x:v>
       </x:c>
       <x:c r="DE14" s="3" t="n">
-        <x:v>26079</x:v>
+        <x:v>26354</x:v>
       </x:c>
       <x:c r="DF14" s="3" t="n">
-        <x:v>23486</x:v>
+        <x:v>23804</x:v>
       </x:c>
       <x:c r="DG14" s="3" t="n">
-        <x:v>26029</x:v>
+        <x:v>26381</x:v>
       </x:c>
       <x:c r="DH14" s="3" t="n">
-        <x:v>26162</x:v>
+        <x:v>26515</x:v>
       </x:c>
       <x:c r="DI14" s="3" t="n">
-        <x:v>27849</x:v>
+        <x:v>28225</x:v>
       </x:c>
       <x:c r="DJ14" s="3" t="n">
-        <x:v>25377</x:v>
+        <x:v>25757</x:v>
       </x:c>
       <x:c r="DK14" s="3" t="n">
-        <x:v>25605</x:v>
+        <x:v>25989</x:v>
       </x:c>
       <x:c r="DL14" s="3" t="n">
-        <x:v>25445</x:v>
+        <x:v>25826</x:v>
       </x:c>
       <x:c r="DM14" s="3" t="n">
-        <x:v>26910</x:v>
+        <x:v>27313</x:v>
       </x:c>
       <x:c r="DN14" s="3" t="n">
-        <x:v>27116</x:v>
+        <x:v>27581</x:v>
       </x:c>
       <x:c r="DO14" s="3" t="n">
-        <x:v>27367</x:v>
+        <x:v>27837</x:v>
       </x:c>
       <x:c r="DP14" s="3" t="n">
-        <x:v>27438</x:v>
+        <x:v>27909</x:v>
       </x:c>
       <x:c r="DQ14" s="3" t="n">
-        <x:v>29687</x:v>
+        <x:v>30197</x:v>
       </x:c>
       <x:c r="DR14" s="3" t="n">
-        <x:v>26228</x:v>
+        <x:v>26743</x:v>
       </x:c>
       <x:c r="DS14" s="3" t="n">
-        <x:v>28663</x:v>
+        <x:v>29226</x:v>
       </x:c>
       <x:c r="DT14" s="3" t="n">
-        <x:v>28769</x:v>
+        <x:v>29334</x:v>
       </x:c>
       <x:c r="DU14" s="3" t="n">
-        <x:v>30844</x:v>
+        <x:v>31449</x:v>
       </x:c>
       <x:c r="DV14" s="3" t="n">
-        <x:v>27420</x:v>
+        <x:v>28006</x:v>
       </x:c>
       <x:c r="DW14" s="3" t="n">
-        <x:v>27047</x:v>
+        <x:v>27625</x:v>
       </x:c>
       <x:c r="DX14" s="3" t="n">
-        <x:v>27454</x:v>
+        <x:v>28041</x:v>
       </x:c>
       <x:c r="DY14" s="3" t="n">
-        <x:v>29499</x:v>
+        <x:v>30130</x:v>
       </x:c>
       <x:c r="DZ14" s="3" t="n">
-        <x:v>27142</x:v>
+        <x:v>27734</x:v>
       </x:c>
       <x:c r="EA14" s="3" t="n">
-        <x:v>27187</x:v>
+        <x:v>27779</x:v>
       </x:c>
       <x:c r="EB14" s="3" t="n">
-        <x:v>28093</x:v>
+        <x:v>28705</x:v>
       </x:c>
       <x:c r="EC14" s="3" t="n">
-        <x:v>30192</x:v>
+        <x:v>30849</x:v>
       </x:c>
       <x:c r="ED14" s="3" t="n">
-        <x:v>28014</x:v>
+        <x:v>28703</x:v>
       </x:c>
       <x:c r="EE14" s="3" t="n">
-        <x:v>28486</x:v>
+        <x:v>29187</x:v>
       </x:c>
       <x:c r="EF14" s="3" t="n">
-        <x:v>30021</x:v>
+        <x:v>30760</x:v>
       </x:c>
       <x:c r="EG14" s="3" t="n">
-        <x:v>31506</x:v>
+        <x:v>32281</x:v>
       </x:c>
       <x:c r="EH14" s="3" t="n">
-        <x:v>30426</x:v>
+        <x:v>31240</x:v>
       </x:c>
       <x:c r="EI14" s="3" t="n">
-        <x:v>29302</x:v>
+        <x:v>30086</x:v>
       </x:c>
       <x:c r="EJ14" s="3" t="n">
-        <x:v>30919</x:v>
+        <x:v>31747</x:v>
       </x:c>
       <x:c r="EK14" s="3" t="n">
-        <x:v>33197</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="EL14" s="3" t="n">
-        <x:v>28642</x:v>
+        <x:v>29467</x:v>
       </x:c>
       <x:c r="EM14" s="3" t="n">
-        <x:v>30755</x:v>
+        <x:v>31640</x:v>
       </x:c>
       <x:c r="EN14" s="3" t="n">
-        <x:v>33831</x:v>
+        <x:v>34805</x:v>
       </x:c>
       <x:c r="EO14" s="3" t="n">
-        <x:v>33534</x:v>
+        <x:v>34499</x:v>
       </x:c>
       <x:c r="EP14" s="3" t="n">
-        <x:v>31437</x:v>
+        <x:v>32409</x:v>
       </x:c>
       <x:c r="EQ14" s="3" t="n">
-        <x:v>32874</x:v>
+        <x:v>33890</x:v>
       </x:c>
       <x:c r="ER14" s="3" t="n">
-        <x:v>35048</x:v>
+        <x:v>36131</x:v>
       </x:c>
       <x:c r="ES14" s="3" t="n">
-        <x:v>36215</x:v>
+        <x:v>37335</x:v>
       </x:c>
       <x:c r="ET14" s="3" t="n">
-        <x:v>34129</x:v>
+        <x:v>35248</x:v>
       </x:c>
       <x:c r="EU14" s="3" t="n">
-        <x:v>34003</x:v>
+        <x:v>35118</x:v>
       </x:c>
       <x:c r="EV14" s="3" t="n">
-        <x:v>37444</x:v>
+        <x:v>38672</x:v>
       </x:c>
       <x:c r="EW14" s="3" t="n">
-        <x:v>38954</x:v>
+        <x:v>40232</x:v>
       </x:c>
       <x:c r="EX14" s="3" t="n">
-        <x:v>35155</x:v>
+        <x:v>36387</x:v>
       </x:c>
       <x:c r="EY14" s="3" t="n">
-        <x:v>37378</x:v>
+        <x:v>38690</x:v>
       </x:c>
       <x:c r="EZ14" s="3" t="n">
-        <x:v>39304</x:v>
+        <x:v>40689</x:v>
       </x:c>
       <x:c r="FA14" s="3" t="n">
-        <x:v>39208</x:v>
+        <x:v>40598</x:v>
       </x:c>
       <x:c r="FB14" s="3" t="n">
-        <x:v>35618</x:v>
+        <x:v>36890</x:v>
       </x:c>
       <x:c r="FC14" s="3" t="n">
-        <x:v>35652</x:v>
+        <x:v>36934</x:v>
       </x:c>
       <x:c r="FD14" s="3" t="n">
-        <x:v>39375</x:v>
+        <x:v>40800</x:v>
       </x:c>
       <x:c r="FE14" s="3" t="n">
-        <x:v>40172</x:v>
+        <x:v>41632</x:v>
       </x:c>
       <x:c r="FF14" s="3" t="n">
-        <x:v>35783</x:v>
+        <x:v>37089</x:v>
       </x:c>
       <x:c r="FG14" s="3" t="n">
-        <x:v>38963</x:v>
+        <x:v>40392</x:v>
       </x:c>
       <x:c r="FH14" s="3" t="n">
-        <x:v>41613</x:v>
+        <x:v>43148</x:v>
       </x:c>
       <x:c r="FI14" s="3" t="n">
-        <x:v>42207</x:v>
+        <x:v>43776</x:v>
       </x:c>
       <x:c r="FJ14" s="3" t="n">
-        <x:v>37767</x:v>
+        <x:v>39186</x:v>
       </x:c>
       <x:c r="FK14" s="3" t="n">
-        <x:v>39658</x:v>
+        <x:v>41170</x:v>
       </x:c>
       <x:c r="FL14" s="3" t="n">
-        <x:v>42968</x:v>
+        <x:v>44636</x:v>
       </x:c>
       <x:c r="FM14" s="3" t="n">
-        <x:v>42845</x:v>
+        <x:v>44544</x:v>
       </x:c>
       <x:c r="FN14" s="3" t="n">
-        <x:v>39726</x:v>
+        <x:v>41342</x:v>
       </x:c>
       <x:c r="FO14" s="3" t="n">
-        <x:v>41776</x:v>
+        <x:v>43496</x:v>
       </x:c>
       <x:c r="FP14" s="3" t="n">
-        <x:v>47655</x:v>
+        <x:v>49615</x:v>
       </x:c>
       <x:c r="FQ14" s="3" t="n">
-        <x:v>46930</x:v>
+        <x:v>48828</x:v>
       </x:c>
       <x:c r="FR14" s="3" t="n">
-        <x:v>42648</x:v>
+        <x:v>44328</x:v>
       </x:c>
       <x:c r="FS14" s="3" t="n">
-        <x:v>45567</x:v>
+        <x:v>47394</x:v>
       </x:c>
       <x:c r="FT14" s="3" t="n">
-        <x:v>50742</x:v>
+        <x:v>52922</x:v>
       </x:c>
       <x:c r="FU14" s="3" t="n">
-        <x:v>50117</x:v>
+        <x:v>52522</x:v>
       </x:c>
       <x:c r="FV14" s="3" t="n">
-        <x:v>45360</x:v>
+        <x:v>47827</x:v>
       </x:c>
       <x:c r="FW14" s="3" t="n">
-        <x:v>49288</x:v>
+        <x:v>51982</x:v>
       </x:c>
       <x:c r="FX14" s="3" t="n">
-        <x:v>56488</x:v>
+        <x:v>59135</x:v>
       </x:c>
       <x:c r="FY14" s="3" t="n">
-        <x:v>57143</x:v>
+        <x:v>58905</x:v>
       </x:c>
       <x:c r="FZ14" s="3" t="n">
-        <x:v>52423</x:v>
+        <x:v>52762</x:v>
       </x:c>
       <x:c r="GA14" s="3" t="n">
-        <x:v>55123</x:v>
+        <x:v>54366</x:v>
       </x:c>
       <x:c r="GB14" s="3" t="n">
-        <x:v>62822</x:v>
+        <x:v>61109</x:v>
       </x:c>
       <x:c r="GC14" s="3" t="n">
-        <x:v>60351</x:v>
+        <x:v>58310</x:v>
       </x:c>
       <x:c r="GD14" s="3" t="n">
-        <x:v>53312</x:v>
+        <x:v>52470</x:v>
       </x:c>
       <x:c r="GE14" s="3" t="n">
-        <x:v>58950</x:v>
+        <x:v>57784</x:v>
       </x:c>
       <x:c r="GF14" s="3" t="n">
-        <x:v>65018</x:v>
+        <x:v>63293</x:v>
       </x:c>
       <x:c r="GG14" s="3" t="n">
-        <x:v>63242</x:v>
+        <x:v>61728</x:v>
       </x:c>
       <x:c r="GH14" s="3" t="n">
-        <x:v>57562</x:v>
+        <x:v>56492</x:v>
       </x:c>
       <x:c r="GI14" s="3" t="n">
-        <x:v>60716</x:v>
+        <x:v>59400</x:v>
+      </x:c>
+      <x:c r="GJ14" s="3" t="n">
+        <x:v>64694</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:191">
+    <x:row r="15" spans="1:192">
       <x:c r="A15" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>1091</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>1788</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
         <x:v>1303</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
         <x:v>950</x:v>
       </x:c>
       <x:c r="F15" s="3" t="n">
         <x:v>1188</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
         <x:v>1572</x:v>
       </x:c>
       <x:c r="H15" s="3" t="n">
         <x:v>1473</x:v>
       </x:c>
       <x:c r="I15" s="3" t="n">
         <x:v>1097</x:v>
       </x:c>
@@ -7819,347 +7862,350 @@
       <x:c r="CH15" s="3" t="n">
         <x:v>7598</x:v>
       </x:c>
       <x:c r="CI15" s="3" t="n">
         <x:v>5326</x:v>
       </x:c>
       <x:c r="CJ15" s="3" t="n">
         <x:v>4365</x:v>
       </x:c>
       <x:c r="CK15" s="3" t="n">
         <x:v>6350</x:v>
       </x:c>
       <x:c r="CL15" s="3" t="n">
         <x:v>7807</x:v>
       </x:c>
       <x:c r="CM15" s="3" t="n">
         <x:v>5799</x:v>
       </x:c>
       <x:c r="CN15" s="3" t="n">
         <x:v>4762</x:v>
       </x:c>
       <x:c r="CO15" s="3" t="n">
         <x:v>5880</x:v>
       </x:c>
       <x:c r="CP15" s="3" t="n">
-        <x:v>8307</x:v>
+        <x:v>8309</x:v>
       </x:c>
       <x:c r="CQ15" s="3" t="n">
-        <x:v>6430</x:v>
+        <x:v>6432</x:v>
       </x:c>
       <x:c r="CR15" s="3" t="n">
-        <x:v>5229</x:v>
+        <x:v>5230</x:v>
       </x:c>
       <x:c r="CS15" s="3" t="n">
-        <x:v>5953</x:v>
+        <x:v>5955</x:v>
       </x:c>
       <x:c r="CT15" s="3" t="n">
-        <x:v>7643</x:v>
+        <x:v>7648</x:v>
       </x:c>
       <x:c r="CU15" s="3" t="n">
-        <x:v>6428</x:v>
+        <x:v>6432</x:v>
       </x:c>
       <x:c r="CV15" s="3" t="n">
-        <x:v>5141</x:v>
+        <x:v>5144</x:v>
       </x:c>
       <x:c r="CW15" s="3" t="n">
-        <x:v>5375</x:v>
+        <x:v>5378</x:v>
       </x:c>
       <x:c r="CX15" s="3" t="n">
-        <x:v>6006</x:v>
+        <x:v>6012</x:v>
       </x:c>
       <x:c r="CY15" s="3" t="n">
-        <x:v>4760</x:v>
+        <x:v>4764</x:v>
       </x:c>
       <x:c r="CZ15" s="3" t="n">
-        <x:v>4490</x:v>
+        <x:v>4494</x:v>
       </x:c>
       <x:c r="DA15" s="3" t="n">
-        <x:v>5570</x:v>
+        <x:v>5575</x:v>
       </x:c>
       <x:c r="DB15" s="3" t="n">
-        <x:v>6289</x:v>
+        <x:v>6297</x:v>
       </x:c>
       <x:c r="DC15" s="3" t="n">
-        <x:v>5576</x:v>
+        <x:v>5583</x:v>
       </x:c>
       <x:c r="DD15" s="3" t="n">
-        <x:v>5052</x:v>
+        <x:v>5059</x:v>
       </x:c>
       <x:c r="DE15" s="3" t="n">
-        <x:v>6240</x:v>
+        <x:v>6248</x:v>
       </x:c>
       <x:c r="DF15" s="3" t="n">
-        <x:v>6922</x:v>
+        <x:v>6934</x:v>
       </x:c>
       <x:c r="DG15" s="3" t="n">
-        <x:v>5654</x:v>
+        <x:v>5663</x:v>
       </x:c>
       <x:c r="DH15" s="3" t="n">
-        <x:v>5142</x:v>
+        <x:v>5150</x:v>
       </x:c>
       <x:c r="DI15" s="3" t="n">
-        <x:v>7313</x:v>
+        <x:v>7325</x:v>
       </x:c>
       <x:c r="DJ15" s="3" t="n">
-        <x:v>8185</x:v>
+        <x:v>8201</x:v>
       </x:c>
       <x:c r="DK15" s="3" t="n">
-        <x:v>6327</x:v>
+        <x:v>6339</x:v>
       </x:c>
       <x:c r="DL15" s="3" t="n">
-        <x:v>6239</x:v>
+        <x:v>6252</x:v>
       </x:c>
       <x:c r="DM15" s="3" t="n">
-        <x:v>9475</x:v>
+        <x:v>9494</x:v>
       </x:c>
       <x:c r="DN15" s="3" t="n">
-        <x:v>9628</x:v>
+        <x:v>9650</x:v>
       </x:c>
       <x:c r="DO15" s="3" t="n">
-        <x:v>7750</x:v>
+        <x:v>7768</x:v>
       </x:c>
       <x:c r="DP15" s="3" t="n">
-        <x:v>6943</x:v>
+        <x:v>6959</x:v>
       </x:c>
       <x:c r="DQ15" s="3" t="n">
-        <x:v>9745</x:v>
+        <x:v>9767</x:v>
       </x:c>
       <x:c r="DR15" s="3" t="n">
-        <x:v>9005</x:v>
+        <x:v>9028</x:v>
       </x:c>
       <x:c r="DS15" s="3" t="n">
-        <x:v>7299</x:v>
+        <x:v>7318</x:v>
       </x:c>
       <x:c r="DT15" s="3" t="n">
-        <x:v>6548</x:v>
+        <x:v>6565</x:v>
       </x:c>
       <x:c r="DU15" s="3" t="n">
-        <x:v>10926</x:v>
+        <x:v>10954</x:v>
       </x:c>
       <x:c r="DV15" s="3" t="n">
-        <x:v>9683</x:v>
+        <x:v>9711</x:v>
       </x:c>
       <x:c r="DW15" s="3" t="n">
-        <x:v>7088</x:v>
+        <x:v>7109</x:v>
       </x:c>
       <x:c r="DX15" s="3" t="n">
-        <x:v>8376</x:v>
+        <x:v>8401</x:v>
       </x:c>
       <x:c r="DY15" s="3" t="n">
-        <x:v>10165</x:v>
+        <x:v>10195</x:v>
       </x:c>
       <x:c r="DZ15" s="3" t="n">
-        <x:v>9478</x:v>
+        <x:v>9509</x:v>
       </x:c>
       <x:c r="EA15" s="3" t="n">
-        <x:v>8104</x:v>
+        <x:v>8131</x:v>
       </x:c>
       <x:c r="EB15" s="3" t="n">
-        <x:v>8169</x:v>
+        <x:v>8196</x:v>
       </x:c>
       <x:c r="EC15" s="3" t="n">
-        <x:v>10178</x:v>
+        <x:v>10211</x:v>
       </x:c>
       <x:c r="ED15" s="3" t="n">
-        <x:v>10406</x:v>
+        <x:v>10444</x:v>
       </x:c>
       <x:c r="EE15" s="3" t="n">
-        <x:v>8758</x:v>
+        <x:v>8789</x:v>
       </x:c>
       <x:c r="EF15" s="3" t="n">
-        <x:v>8465</x:v>
+        <x:v>8495</x:v>
       </x:c>
       <x:c r="EG15" s="3" t="n">
-        <x:v>10604</x:v>
+        <x:v>10642</x:v>
       </x:c>
       <x:c r="EH15" s="3" t="n">
-        <x:v>9750</x:v>
+        <x:v>9788</x:v>
       </x:c>
       <x:c r="EI15" s="3" t="n">
-        <x:v>8773</x:v>
+        <x:v>8807</x:v>
       </x:c>
       <x:c r="EJ15" s="3" t="n">
-        <x:v>8685</x:v>
+        <x:v>8719</x:v>
       </x:c>
       <x:c r="EK15" s="3" t="n">
-        <x:v>10313</x:v>
+        <x:v>10354</x:v>
       </x:c>
       <x:c r="EL15" s="3" t="n">
-        <x:v>9926</x:v>
+        <x:v>9968</x:v>
       </x:c>
       <x:c r="EM15" s="3" t="n">
-        <x:v>8548</x:v>
+        <x:v>8584</x:v>
       </x:c>
       <x:c r="EN15" s="3" t="n">
-        <x:v>9477</x:v>
+        <x:v>9517</x:v>
       </x:c>
       <x:c r="EO15" s="3" t="n">
-        <x:v>12017</x:v>
+        <x:v>12067</x:v>
       </x:c>
       <x:c r="EP15" s="3" t="n">
-        <x:v>11669</x:v>
+        <x:v>11723</x:v>
       </x:c>
       <x:c r="EQ15" s="3" t="n">
-        <x:v>11470</x:v>
+        <x:v>11523</x:v>
       </x:c>
       <x:c r="ER15" s="3" t="n">
-        <x:v>11842</x:v>
+        <x:v>11896</x:v>
       </x:c>
       <x:c r="ES15" s="3" t="n">
-        <x:v>13521</x:v>
+        <x:v>13583</x:v>
       </x:c>
       <x:c r="ET15" s="3" t="n">
-        <x:v>13518</x:v>
+        <x:v>13584</x:v>
       </x:c>
       <x:c r="EU15" s="3" t="n">
-        <x:v>13167</x:v>
+        <x:v>13231</x:v>
       </x:c>
       <x:c r="EV15" s="3" t="n">
-        <x:v>13545</x:v>
+        <x:v>13611</x:v>
       </x:c>
       <x:c r="EW15" s="3" t="n">
-        <x:v>15743</x:v>
+        <x:v>15820</x:v>
       </x:c>
       <x:c r="EX15" s="3" t="n">
-        <x:v>17257</x:v>
+        <x:v>17345</x:v>
       </x:c>
       <x:c r="EY15" s="3" t="n">
-        <x:v>16519</x:v>
+        <x:v>16605</x:v>
       </x:c>
       <x:c r="EZ15" s="3" t="n">
-        <x:v>17860</x:v>
+        <x:v>17953</x:v>
       </x:c>
       <x:c r="FA15" s="3" t="n">
-        <x:v>18677</x:v>
+        <x:v>18776</x:v>
       </x:c>
       <x:c r="FB15" s="3" t="n">
-        <x:v>19330</x:v>
+        <x:v>19434</x:v>
       </x:c>
       <x:c r="FC15" s="3" t="n">
-        <x:v>15541</x:v>
+        <x:v>15627</x:v>
       </x:c>
       <x:c r="FD15" s="3" t="n">
-        <x:v>17750</x:v>
+        <x:v>17849</x:v>
       </x:c>
       <x:c r="FE15" s="3" t="n">
-        <x:v>21128</x:v>
+        <x:v>21246</x:v>
       </x:c>
       <x:c r="FF15" s="3" t="n">
-        <x:v>19384</x:v>
+        <x:v>19494</x:v>
       </x:c>
       <x:c r="FG15" s="3" t="n">
-        <x:v>18757</x:v>
+        <x:v>18865</x:v>
       </x:c>
       <x:c r="FH15" s="3" t="n">
-        <x:v>19860</x:v>
+        <x:v>19977</x:v>
       </x:c>
       <x:c r="FI15" s="3" t="n">
-        <x:v>23349</x:v>
+        <x:v>23491</x:v>
       </x:c>
       <x:c r="FJ15" s="3" t="n">
-        <x:v>21180</x:v>
+        <x:v>21314</x:v>
       </x:c>
       <x:c r="FK15" s="3" t="n">
-        <x:v>20088</x:v>
+        <x:v>20216</x:v>
       </x:c>
       <x:c r="FL15" s="3" t="n">
-        <x:v>21865</x:v>
+        <x:v>22001</x:v>
       </x:c>
       <x:c r="FM15" s="3" t="n">
-        <x:v>24997</x:v>
+        <x:v>25143</x:v>
       </x:c>
       <x:c r="FN15" s="3" t="n">
-        <x:v>26588</x:v>
+        <x:v>26730</x:v>
       </x:c>
       <x:c r="FO15" s="3" t="n">
-        <x:v>19396</x:v>
+        <x:v>19506</x:v>
       </x:c>
       <x:c r="FP15" s="3" t="n">
-        <x:v>19491</x:v>
+        <x:v>19622</x:v>
       </x:c>
       <x:c r="FQ15" s="3" t="n">
-        <x:v>22640</x:v>
+        <x:v>22831</x:v>
       </x:c>
       <x:c r="FR15" s="3" t="n">
-        <x:v>23075</x:v>
+        <x:v>23320</x:v>
       </x:c>
       <x:c r="FS15" s="3" t="n">
-        <x:v>20371</x:v>
+        <x:v>20578</x:v>
       </x:c>
       <x:c r="FT15" s="3" t="n">
-        <x:v>24676</x:v>
+        <x:v>24846</x:v>
       </x:c>
       <x:c r="FU15" s="3" t="n">
-        <x:v>25382</x:v>
+        <x:v>25398</x:v>
       </x:c>
       <x:c r="FV15" s="3" t="n">
-        <x:v>24070</x:v>
+        <x:v>23879</x:v>
       </x:c>
       <x:c r="FW15" s="3" t="n">
-        <x:v>24010</x:v>
+        <x:v>23759</x:v>
       </x:c>
       <x:c r="FX15" s="3" t="n">
-        <x:v>33379</x:v>
+        <x:v>33206</x:v>
       </x:c>
       <x:c r="FY15" s="3" t="n">
-        <x:v>34204</x:v>
+        <x:v>34507</x:v>
       </x:c>
       <x:c r="FZ15" s="3" t="n">
-        <x:v>29069</x:v>
+        <x:v>30022</x:v>
       </x:c>
       <x:c r="GA15" s="3" t="n">
-        <x:v>28060</x:v>
+        <x:v>29538</x:v>
       </x:c>
       <x:c r="GB15" s="3" t="n">
-        <x:v>33556</x:v>
+        <x:v>35797</x:v>
       </x:c>
       <x:c r="GC15" s="3" t="n">
-        <x:v>35944</x:v>
+        <x:v>38580</x:v>
       </x:c>
       <x:c r="GD15" s="3" t="n">
-        <x:v>30075</x:v>
+        <x:v>31612</x:v>
       </x:c>
       <x:c r="GE15" s="3" t="n">
-        <x:v>28508</x:v>
+        <x:v>29937</x:v>
       </x:c>
       <x:c r="GF15" s="3" t="n">
-        <x:v>37528</x:v>
+        <x:v>39551</x:v>
       </x:c>
       <x:c r="GG15" s="3" t="n">
-        <x:v>39018</x:v>
+        <x:v>41008</x:v>
       </x:c>
       <x:c r="GH15" s="3" t="n">
-        <x:v>33312</x:v>
+        <x:v>34943</x:v>
       </x:c>
       <x:c r="GI15" s="3" t="n">
-        <x:v>33339</x:v>
+        <x:v>35052</x:v>
+      </x:c>
+      <x:c r="GJ15" s="3" t="n">
+        <x:v>42197</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:191">
+    <x:row r="16" spans="1:192">
       <x:c r="A16" s="2" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>1019</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
         <x:v>998</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
         <x:v>782</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
         <x:v>1007</x:v>
       </x:c>
       <x:c r="F16" s="3" t="n">
         <x:v>1128</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
         <x:v>974</x:v>
       </x:c>
       <x:c r="H16" s="3" t="n">
         <x:v>921</x:v>
       </x:c>
       <x:c r="I16" s="3" t="n">
         <x:v>1136</x:v>
       </x:c>
@@ -8397,344 +8443,347 @@
       <x:c r="CI16" s="3" t="n">
         <x:v>1468</x:v>
       </x:c>
       <x:c r="CJ16" s="3" t="n">
         <x:v>1172</x:v>
       </x:c>
       <x:c r="CK16" s="3" t="n">
         <x:v>1474</x:v>
       </x:c>
       <x:c r="CL16" s="3" t="n">
         <x:v>1718</x:v>
       </x:c>
       <x:c r="CM16" s="3" t="n">
         <x:v>1431</x:v>
       </x:c>
       <x:c r="CN16" s="3" t="n">
         <x:v>1272</x:v>
       </x:c>
       <x:c r="CO16" s="3" t="n">
         <x:v>1544</x:v>
       </x:c>
       <x:c r="CP16" s="3" t="n">
         <x:v>1688</x:v>
       </x:c>
       <x:c r="CQ16" s="3" t="n">
-        <x:v>1452</x:v>
+        <x:v>1453</x:v>
       </x:c>
       <x:c r="CR16" s="3" t="n">
         <x:v>1276</x:v>
       </x:c>
       <x:c r="CS16" s="3" t="n">
         <x:v>1668</x:v>
       </x:c>
       <x:c r="CT16" s="3" t="n">
-        <x:v>1531</x:v>
+        <x:v>1532</x:v>
       </x:c>
       <x:c r="CU16" s="3" t="n">
-        <x:v>1556</x:v>
+        <x:v>1557</x:v>
       </x:c>
       <x:c r="CV16" s="3" t="n">
-        <x:v>1238</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="CW16" s="3" t="n">
-        <x:v>1406</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="CX16" s="3" t="n">
-        <x:v>1652</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="CY16" s="3" t="n">
-        <x:v>1383</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="CZ16" s="3" t="n">
         <x:v>1214</x:v>
       </x:c>
       <x:c r="DA16" s="3" t="n">
-        <x:v>1392</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="DB16" s="3" t="n">
-        <x:v>1426</x:v>
+        <x:v>1427</x:v>
       </x:c>
       <x:c r="DC16" s="3" t="n">
-        <x:v>1317</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="DD16" s="3" t="n">
-        <x:v>1218</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="DE16" s="3" t="n">
-        <x:v>1515</x:v>
+        <x:v>1517</x:v>
       </x:c>
       <x:c r="DF16" s="3" t="n">
-        <x:v>1551</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="DG16" s="3" t="n">
-        <x:v>1515</x:v>
+        <x:v>1517</x:v>
       </x:c>
       <x:c r="DH16" s="3" t="n">
-        <x:v>1293</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="DI16" s="3" t="n">
-        <x:v>1702</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="DJ16" s="3" t="n">
-        <x:v>1816</x:v>
+        <x:v>1819</x:v>
       </x:c>
       <x:c r="DK16" s="3" t="n">
-        <x:v>1640</x:v>
+        <x:v>1643</x:v>
       </x:c>
       <x:c r="DL16" s="3" t="n">
-        <x:v>1552</x:v>
+        <x:v>1555</x:v>
       </x:c>
       <x:c r="DM16" s="3" t="n">
-        <x:v>1856</x:v>
+        <x:v>1859</x:v>
       </x:c>
       <x:c r="DN16" s="3" t="n">
-        <x:v>2094</x:v>
+        <x:v>2098</x:v>
       </x:c>
       <x:c r="DO16" s="3" t="n">
-        <x:v>1888</x:v>
+        <x:v>1892</x:v>
       </x:c>
       <x:c r="DP16" s="3" t="n">
-        <x:v>1584</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="DQ16" s="3" t="n">
-        <x:v>1739</x:v>
+        <x:v>1742</x:v>
       </x:c>
       <x:c r="DR16" s="3" t="n">
-        <x:v>2058</x:v>
+        <x:v>2063</x:v>
       </x:c>
       <x:c r="DS16" s="3" t="n">
-        <x:v>1824</x:v>
+        <x:v>1829</x:v>
       </x:c>
       <x:c r="DT16" s="3" t="n">
-        <x:v>1730</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="DU16" s="3" t="n">
-        <x:v>1878</x:v>
+        <x:v>1882</x:v>
       </x:c>
       <x:c r="DV16" s="3" t="n">
-        <x:v>1724</x:v>
+        <x:v>1729</x:v>
       </x:c>
       <x:c r="DW16" s="3" t="n">
-        <x:v>1527</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="DX16" s="3" t="n">
-        <x:v>1382</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="DY16" s="3" t="n">
-        <x:v>1549</x:v>
+        <x:v>1554</x:v>
       </x:c>
       <x:c r="DZ16" s="3" t="n">
-        <x:v>1790</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="EA16" s="3" t="n">
-        <x:v>1517</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="EB16" s="3" t="n">
-        <x:v>1467</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="EC16" s="3" t="n">
-        <x:v>1700</x:v>
+        <x:v>1705</x:v>
       </x:c>
       <x:c r="ED16" s="3" t="n">
-        <x:v>1938</x:v>
+        <x:v>1945</x:v>
       </x:c>
       <x:c r="EE16" s="3" t="n">
-        <x:v>1686</x:v>
+        <x:v>1692</x:v>
       </x:c>
       <x:c r="EF16" s="3" t="n">
-        <x:v>1584</x:v>
+        <x:v>1589</x:v>
       </x:c>
       <x:c r="EG16" s="3" t="n">
-        <x:v>1897</x:v>
+        <x:v>1903</x:v>
       </x:c>
       <x:c r="EH16" s="3" t="n">
-        <x:v>1874</x:v>
+        <x:v>1881</x:v>
       </x:c>
       <x:c r="EI16" s="3" t="n">
-        <x:v>1690</x:v>
+        <x:v>1696</x:v>
       </x:c>
       <x:c r="EJ16" s="3" t="n">
-        <x:v>1476</x:v>
+        <x:v>1481</x:v>
       </x:c>
       <x:c r="EK16" s="3" t="n">
-        <x:v>1630</x:v>
+        <x:v>1635</x:v>
       </x:c>
       <x:c r="EL16" s="3" t="n">
-        <x:v>1593</x:v>
+        <x:v>1599</x:v>
       </x:c>
       <x:c r="EM16" s="3" t="n">
-        <x:v>1661</x:v>
+        <x:v>1666</x:v>
       </x:c>
       <x:c r="EN16" s="3" t="n">
-        <x:v>1482</x:v>
+        <x:v>1487</x:v>
       </x:c>
       <x:c r="EO16" s="3" t="n">
-        <x:v>1626</x:v>
+        <x:v>1631</x:v>
       </x:c>
       <x:c r="EP16" s="3" t="n">
-        <x:v>1742</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="EQ16" s="3" t="n">
-        <x:v>1651</x:v>
+        <x:v>1656</x:v>
       </x:c>
       <x:c r="ER16" s="3" t="n">
-        <x:v>1574</x:v>
+        <x:v>1578</x:v>
       </x:c>
       <x:c r="ES16" s="3" t="n">
-        <x:v>1788</x:v>
+        <x:v>1793</x:v>
       </x:c>
       <x:c r="ET16" s="3" t="n">
-        <x:v>1834</x:v>
+        <x:v>1840</x:v>
       </x:c>
       <x:c r="EU16" s="3" t="n">
-        <x:v>1729</x:v>
+        <x:v>1735</x:v>
       </x:c>
       <x:c r="EV16" s="3" t="n">
-        <x:v>1560</x:v>
+        <x:v>1566</x:v>
       </x:c>
       <x:c r="EW16" s="3" t="n">
-        <x:v>1860</x:v>
+        <x:v>1867</x:v>
       </x:c>
       <x:c r="EX16" s="3" t="n">
-        <x:v>1819</x:v>
+        <x:v>1827</x:v>
       </x:c>
       <x:c r="EY16" s="3" t="n">
-        <x:v>1982</x:v>
+        <x:v>1991</x:v>
       </x:c>
       <x:c r="EZ16" s="3" t="n">
-        <x:v>1777</x:v>
+        <x:v>1785</x:v>
       </x:c>
       <x:c r="FA16" s="3" t="n">
-        <x:v>2220</x:v>
+        <x:v>2230</x:v>
       </x:c>
       <x:c r="FB16" s="3" t="n">
-        <x:v>2173</x:v>
+        <x:v>2183</x:v>
       </x:c>
       <x:c r="FC16" s="3" t="n">
-        <x:v>2151</x:v>
+        <x:v>2161</x:v>
       </x:c>
       <x:c r="FD16" s="3" t="n">
-        <x:v>1900</x:v>
+        <x:v>1909</x:v>
       </x:c>
       <x:c r="FE16" s="3" t="n">
-        <x:v>2267</x:v>
+        <x:v>2278</x:v>
       </x:c>
       <x:c r="FF16" s="3" t="n">
-        <x:v>2124</x:v>
+        <x:v>2134</x:v>
       </x:c>
       <x:c r="FG16" s="3" t="n">
-        <x:v>2113</x:v>
+        <x:v>2123</x:v>
       </x:c>
       <x:c r="FH16" s="3" t="n">
-        <x:v>1859</x:v>
+        <x:v>1868</x:v>
       </x:c>
       <x:c r="FI16" s="3" t="n">
-        <x:v>2186</x:v>
+        <x:v>2197</x:v>
       </x:c>
       <x:c r="FJ16" s="3" t="n">
-        <x:v>2096</x:v>
+        <x:v>2106</x:v>
       </x:c>
       <x:c r="FK16" s="3" t="n">
-        <x:v>2052</x:v>
+        <x:v>2062</x:v>
       </x:c>
       <x:c r="FL16" s="3" t="n">
-        <x:v>1945</x:v>
+        <x:v>1955</x:v>
       </x:c>
       <x:c r="FM16" s="3" t="n">
-        <x:v>2182</x:v>
+        <x:v>2195</x:v>
       </x:c>
       <x:c r="FN16" s="3" t="n">
-        <x:v>2444</x:v>
+        <x:v>2458</x:v>
       </x:c>
       <x:c r="FO16" s="3" t="n">
-        <x:v>2479</x:v>
+        <x:v>2493</x:v>
       </x:c>
       <x:c r="FP16" s="3" t="n">
-        <x:v>2431</x:v>
+        <x:v>2441</x:v>
       </x:c>
       <x:c r="FQ16" s="3" t="n">
-        <x:v>2808</x:v>
+        <x:v>2813</x:v>
       </x:c>
       <x:c r="FR16" s="3" t="n">
-        <x:v>2718</x:v>
+        <x:v>2716</x:v>
       </x:c>
       <x:c r="FS16" s="3" t="n">
         <x:v>2808</x:v>
       </x:c>
       <x:c r="FT16" s="3" t="n">
-        <x:v>2494</x:v>
+        <x:v>2507</x:v>
       </x:c>
       <x:c r="FU16" s="3" t="n">
-        <x:v>2765</x:v>
+        <x:v>2803</x:v>
       </x:c>
       <x:c r="FV16" s="3" t="n">
-        <x:v>2720</x:v>
+        <x:v>2787</x:v>
       </x:c>
       <x:c r="FW16" s="3" t="n">
-        <x:v>2770</x:v>
+        <x:v>2832</x:v>
       </x:c>
       <x:c r="FX16" s="3" t="n">
-        <x:v>2439</x:v>
+        <x:v>2450</x:v>
       </x:c>
       <x:c r="FY16" s="3" t="n">
-        <x:v>2888</x:v>
+        <x:v>2814</x:v>
       </x:c>
       <x:c r="FZ16" s="3" t="n">
-        <x:v>3105</x:v>
+        <x:v>2887</x:v>
       </x:c>
       <x:c r="GA16" s="3" t="n">
-        <x:v>3008</x:v>
+        <x:v>2689</x:v>
       </x:c>
       <x:c r="GB16" s="3" t="n">
+        <x:v>2379</x:v>
+      </x:c>
+      <x:c r="GC16" s="3" t="n">
         <x:v>2736</x:v>
       </x:c>
-      <x:c r="GC16" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="GD16" s="3" t="n">
-        <x:v>3228</x:v>
+        <x:v>2846</x:v>
       </x:c>
       <x:c r="GE16" s="3" t="n">
-        <x:v>3339</x:v>
+        <x:v>2947</x:v>
       </x:c>
       <x:c r="GF16" s="3" t="n">
-        <x:v>2928</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="GG16" s="3" t="n">
-        <x:v>3203</x:v>
+        <x:v>2831</x:v>
       </x:c>
       <x:c r="GH16" s="3" t="n">
-        <x:v>3284</x:v>
+        <x:v>2898</x:v>
       </x:c>
       <x:c r="GI16" s="3" t="n">
-        <x:v>3244</x:v>
+        <x:v>2855</x:v>
+      </x:c>
+      <x:c r="GJ16" s="3" t="n">
+        <x:v>2740</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:191">
+    <x:row r="17" spans="1:192">
       <x:c r="A17" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
         <x:v>2132</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>2436</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
         <x:v>2003</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
         <x:v>2347</x:v>
       </x:c>
       <x:c r="F17" s="3" t="n">
         <x:v>2295</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
         <x:v>2265</x:v>
       </x:c>
       <x:c r="H17" s="3" t="n">
         <x:v>2110</x:v>
       </x:c>
       <x:c r="I17" s="3" t="n">
         <x:v>2536</x:v>
       </x:c>
@@ -8969,347 +9018,350 @@
       <x:c r="CH17" s="3" t="n">
         <x:v>4216</x:v>
       </x:c>
       <x:c r="CI17" s="3" t="n">
         <x:v>4316</x:v>
       </x:c>
       <x:c r="CJ17" s="3" t="n">
         <x:v>3934</x:v>
       </x:c>
       <x:c r="CK17" s="3" t="n">
         <x:v>4536</x:v>
       </x:c>
       <x:c r="CL17" s="3" t="n">
         <x:v>4781</x:v>
       </x:c>
       <x:c r="CM17" s="3" t="n">
         <x:v>4576</x:v>
       </x:c>
       <x:c r="CN17" s="3" t="n">
         <x:v>4316</x:v>
       </x:c>
       <x:c r="CO17" s="3" t="n">
         <x:v>4703</x:v>
       </x:c>
       <x:c r="CP17" s="3" t="n">
-        <x:v>5165</x:v>
+        <x:v>5195</x:v>
       </x:c>
       <x:c r="CQ17" s="3" t="n">
-        <x:v>4906</x:v>
+        <x:v>4935</x:v>
       </x:c>
       <x:c r="CR17" s="3" t="n">
-        <x:v>4348</x:v>
+        <x:v>4374</x:v>
       </x:c>
       <x:c r="CS17" s="3" t="n">
-        <x:v>4903</x:v>
+        <x:v>4932</x:v>
       </x:c>
       <x:c r="CT17" s="3" t="n">
-        <x:v>4495</x:v>
+        <x:v>4548</x:v>
       </x:c>
       <x:c r="CU17" s="3" t="n">
-        <x:v>5084</x:v>
+        <x:v>5144</x:v>
       </x:c>
       <x:c r="CV17" s="3" t="n">
-        <x:v>4231</x:v>
+        <x:v>4281</x:v>
       </x:c>
       <x:c r="CW17" s="3" t="n">
-        <x:v>4488</x:v>
+        <x:v>4541</x:v>
       </x:c>
       <x:c r="CX17" s="3" t="n">
-        <x:v>4919</x:v>
+        <x:v>5006</x:v>
       </x:c>
       <x:c r="CY17" s="3" t="n">
-        <x:v>4729</x:v>
+        <x:v>4813</x:v>
       </x:c>
       <x:c r="CZ17" s="3" t="n">
-        <x:v>4282</x:v>
+        <x:v>4358</x:v>
       </x:c>
       <x:c r="DA17" s="3" t="n">
-        <x:v>4620</x:v>
+        <x:v>4702</x:v>
       </x:c>
       <x:c r="DB17" s="3" t="n">
-        <x:v>5297</x:v>
+        <x:v>5422</x:v>
       </x:c>
       <x:c r="DC17" s="3" t="n">
-        <x:v>5487</x:v>
+        <x:v>5616</x:v>
       </x:c>
       <x:c r="DD17" s="3" t="n">
-        <x:v>4838</x:v>
+        <x:v>4953</x:v>
       </x:c>
       <x:c r="DE17" s="3" t="n">
-        <x:v>5676</x:v>
+        <x:v>5810</x:v>
       </x:c>
       <x:c r="DF17" s="3" t="n">
-        <x:v>5284</x:v>
+        <x:v>5440</x:v>
       </x:c>
       <x:c r="DG17" s="3" t="n">
-        <x:v>6158</x:v>
+        <x:v>6340</x:v>
       </x:c>
       <x:c r="DH17" s="3" t="n">
-        <x:v>5126</x:v>
+        <x:v>5277</x:v>
       </x:c>
       <x:c r="DI17" s="3" t="n">
-        <x:v>5861</x:v>
+        <x:v>6034</x:v>
       </x:c>
       <x:c r="DJ17" s="3" t="n">
-        <x:v>6312</x:v>
+        <x:v>6535</x:v>
       </x:c>
       <x:c r="DK17" s="3" t="n">
-        <x:v>6007</x:v>
+        <x:v>6220</x:v>
       </x:c>
       <x:c r="DL17" s="3" t="n">
-        <x:v>5478</x:v>
+        <x:v>5672</x:v>
       </x:c>
       <x:c r="DM17" s="3" t="n">
-        <x:v>6791</x:v>
+        <x:v>7032</x:v>
       </x:c>
       <x:c r="DN17" s="3" t="n">
-        <x:v>7302</x:v>
+        <x:v>7604</x:v>
       </x:c>
       <x:c r="DO17" s="3" t="n">
-        <x:v>7473</x:v>
+        <x:v>7781</x:v>
       </x:c>
       <x:c r="DP17" s="3" t="n">
-        <x:v>6632</x:v>
+        <x:v>6906</x:v>
       </x:c>
       <x:c r="DQ17" s="3" t="n">
-        <x:v>7556</x:v>
+        <x:v>7868</x:v>
       </x:c>
       <x:c r="DR17" s="3" t="n">
-        <x:v>6576</x:v>
+        <x:v>6886</x:v>
       </x:c>
       <x:c r="DS17" s="3" t="n">
-        <x:v>7379</x:v>
+        <x:v>7727</x:v>
       </x:c>
       <x:c r="DT17" s="3" t="n">
-        <x:v>5914</x:v>
+        <x:v>6194</x:v>
       </x:c>
       <x:c r="DU17" s="3" t="n">
-        <x:v>6226</x:v>
+        <x:v>6520</x:v>
       </x:c>
       <x:c r="DV17" s="3" t="n">
-        <x:v>4976</x:v>
+        <x:v>5240</x:v>
       </x:c>
       <x:c r="DW17" s="3" t="n">
-        <x:v>5624</x:v>
+        <x:v>5923</x:v>
       </x:c>
       <x:c r="DX17" s="3" t="n">
-        <x:v>5130</x:v>
+        <x:v>5402</x:v>
       </x:c>
       <x:c r="DY17" s="3" t="n">
-        <x:v>5905</x:v>
+        <x:v>6219</x:v>
       </x:c>
       <x:c r="DZ17" s="3" t="n">
-        <x:v>5291</x:v>
+        <x:v>5604</x:v>
       </x:c>
       <x:c r="EA17" s="3" t="n">
-        <x:v>6211</x:v>
+        <x:v>6578</x:v>
       </x:c>
       <x:c r="EB17" s="3" t="n">
-        <x:v>5852</x:v>
+        <x:v>6198</x:v>
       </x:c>
       <x:c r="EC17" s="3" t="n">
-        <x:v>6254</x:v>
+        <x:v>6623</x:v>
       </x:c>
       <x:c r="ED17" s="3" t="n">
-        <x:v>6399</x:v>
+        <x:v>6814</x:v>
       </x:c>
       <x:c r="EE17" s="3" t="n">
-        <x:v>6885</x:v>
+        <x:v>7333</x:v>
       </x:c>
       <x:c r="EF17" s="3" t="n">
-        <x:v>5730</x:v>
+        <x:v>6102</x:v>
       </x:c>
       <x:c r="EG17" s="3" t="n">
-        <x:v>6573</x:v>
+        <x:v>7000</x:v>
       </x:c>
       <x:c r="EH17" s="3" t="n">
-        <x:v>6622</x:v>
+        <x:v>7091</x:v>
       </x:c>
       <x:c r="EI17" s="3" t="n">
-        <x:v>6588</x:v>
+        <x:v>7055</x:v>
       </x:c>
       <x:c r="EJ17" s="3" t="n">
-        <x:v>5767</x:v>
+        <x:v>6176</x:v>
       </x:c>
       <x:c r="EK17" s="3" t="n">
-        <x:v>6352</x:v>
+        <x:v>6802</x:v>
       </x:c>
       <x:c r="EL17" s="3" t="n">
-        <x:v>5577</x:v>
+        <x:v>6005</x:v>
       </x:c>
       <x:c r="EM17" s="3" t="n">
-        <x:v>6552</x:v>
+        <x:v>7055</x:v>
       </x:c>
       <x:c r="EN17" s="3" t="n">
-        <x:v>5572</x:v>
+        <x:v>5999</x:v>
       </x:c>
       <x:c r="EO17" s="3" t="n">
-        <x:v>6477</x:v>
+        <x:v>6974</x:v>
       </x:c>
       <x:c r="EP17" s="3" t="n">
-        <x:v>6220</x:v>
+        <x:v>6735</x:v>
       </x:c>
       <x:c r="EQ17" s="3" t="n">
-        <x:v>6503</x:v>
+        <x:v>7041</x:v>
       </x:c>
       <x:c r="ER17" s="3" t="n">
-        <x:v>5902</x:v>
+        <x:v>6390</x:v>
       </x:c>
       <x:c r="ES17" s="3" t="n">
-        <x:v>6469</x:v>
+        <x:v>7004</x:v>
       </x:c>
       <x:c r="ET17" s="3" t="n">
-        <x:v>6443</x:v>
+        <x:v>7014</x:v>
       </x:c>
       <x:c r="EU17" s="3" t="n">
-        <x:v>7112</x:v>
+        <x:v>7742</x:v>
       </x:c>
       <x:c r="EV17" s="3" t="n">
-        <x:v>6398</x:v>
+        <x:v>6964</x:v>
       </x:c>
       <x:c r="EW17" s="3" t="n">
-        <x:v>6913</x:v>
+        <x:v>7526</x:v>
       </x:c>
       <x:c r="EX17" s="3" t="n">
-        <x:v>6370</x:v>
+        <x:v>6964</x:v>
       </x:c>
       <x:c r="EY17" s="3" t="n">
-        <x:v>8081</x:v>
+        <x:v>8839</x:v>
       </x:c>
       <x:c r="EZ17" s="3" t="n">
-        <x:v>6686</x:v>
+        <x:v>7319</x:v>
       </x:c>
       <x:c r="FA17" s="3" t="n">
-        <x:v>7404</x:v>
+        <x:v>8115</x:v>
       </x:c>
       <x:c r="FB17" s="3" t="n">
-        <x:v>7459</x:v>
+        <x:v>8189</x:v>
       </x:c>
       <x:c r="FC17" s="3" t="n">
-        <x:v>7443</x:v>
+        <x:v>8185</x:v>
       </x:c>
       <x:c r="FD17" s="3" t="n">
-        <x:v>6684</x:v>
+        <x:v>7362</x:v>
       </x:c>
       <x:c r="FE17" s="3" t="n">
-        <x:v>7726</x:v>
+        <x:v>8519</x:v>
       </x:c>
       <x:c r="FF17" s="3" t="n">
-        <x:v>6937</x:v>
+        <x:v>7660</x:v>
       </x:c>
       <x:c r="FG17" s="3" t="n">
-        <x:v>8322</x:v>
+        <x:v>9201</x:v>
       </x:c>
       <x:c r="FH17" s="3" t="n">
-        <x:v>7177</x:v>
+        <x:v>7946</x:v>
       </x:c>
       <x:c r="FI17" s="3" t="n">
-        <x:v>8666</x:v>
+        <x:v>9604</x:v>
       </x:c>
       <x:c r="FJ17" s="3" t="n">
-        <x:v>7997</x:v>
+        <x:v>8873</x:v>
       </x:c>
       <x:c r="FK17" s="3" t="n">
-        <x:v>8068</x:v>
+        <x:v>8966</x:v>
       </x:c>
       <x:c r="FL17" s="3" t="n">
-        <x:v>7353</x:v>
+        <x:v>8185</x:v>
       </x:c>
       <x:c r="FM17" s="3" t="n">
-        <x:v>7988</x:v>
+        <x:v>8906</x:v>
       </x:c>
       <x:c r="FN17" s="3" t="n">
-        <x:v>7921</x:v>
+        <x:v>8848</x:v>
       </x:c>
       <x:c r="FO17" s="3" t="n">
-        <x:v>8304</x:v>
+        <x:v>9288</x:v>
       </x:c>
       <x:c r="FP17" s="3" t="n">
-        <x:v>7925</x:v>
+        <x:v>8866</x:v>
       </x:c>
       <x:c r="FQ17" s="3" t="n">
-        <x:v>9146</x:v>
+        <x:v>10227</x:v>
       </x:c>
       <x:c r="FR17" s="3" t="n">
-        <x:v>9036</x:v>
+        <x:v>10092</x:v>
       </x:c>
       <x:c r="FS17" s="3" t="n">
-        <x:v>10753</x:v>
+        <x:v>12030</x:v>
       </x:c>
       <x:c r="FT17" s="3" t="n">
-        <x:v>10294</x:v>
+        <x:v>11579</x:v>
       </x:c>
       <x:c r="FU17" s="3" t="n">
-        <x:v>12227</x:v>
+        <x:v>13857</x:v>
       </x:c>
       <x:c r="FV17" s="3" t="n">
-        <x:v>11992</x:v>
+        <x:v>13732</x:v>
       </x:c>
       <x:c r="FW17" s="3" t="n">
-        <x:v>11196</x:v>
+        <x:v>12786</x:v>
       </x:c>
       <x:c r="FX17" s="3" t="n">
-        <x:v>9631</x:v>
+        <x:v>10803</x:v>
       </x:c>
       <x:c r="FY17" s="3" t="n">
-        <x:v>10270</x:v>
+        <x:v>11208</x:v>
       </x:c>
       <x:c r="FZ17" s="3" t="n">
-        <x:v>10469</x:v>
+        <x:v>10934</x:v>
       </x:c>
       <x:c r="GA17" s="3" t="n">
-        <x:v>10009</x:v>
+        <x:v>10082</x:v>
       </x:c>
       <x:c r="GB17" s="3" t="n">
-        <x:v>8686</x:v>
+        <x:v>8537</x:v>
       </x:c>
       <x:c r="GC17" s="3" t="n">
-        <x:v>9570</x:v>
+        <x:v>9307</x:v>
       </x:c>
       <x:c r="GD17" s="3" t="n">
-        <x:v>8782</x:v>
+        <x:v>8795</x:v>
       </x:c>
       <x:c r="GE17" s="3" t="n">
-        <x:v>10329</x:v>
+        <x:v>10344</x:v>
       </x:c>
       <x:c r="GF17" s="3" t="n">
-        <x:v>8655</x:v>
+        <x:v>8658</x:v>
       </x:c>
       <x:c r="GG17" s="3" t="n">
-        <x:v>10146</x:v>
+        <x:v>10149</x:v>
       </x:c>
       <x:c r="GH17" s="3" t="n">
-        <x:v>10451</x:v>
+        <x:v>10462</x:v>
       </x:c>
       <x:c r="GI17" s="3" t="n">
-        <x:v>10346</x:v>
+        <x:v>10334</x:v>
+      </x:c>
+      <x:c r="GJ17" s="3" t="n">
+        <x:v>9185</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:191">
+    <x:row r="18" spans="1:192">
       <x:c r="A18" s="2" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
         <x:v>1532</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
         <x:v>1620</x:v>
       </x:c>
       <x:c r="D18" s="3" t="n">
         <x:v>1371</x:v>
       </x:c>
       <x:c r="E18" s="3" t="n">
         <x:v>1943</x:v>
       </x:c>
       <x:c r="F18" s="3" t="n">
         <x:v>1843</x:v>
       </x:c>
       <x:c r="G18" s="3" t="n">
         <x:v>1761</x:v>
       </x:c>
       <x:c r="H18" s="3" t="n">
         <x:v>1761</x:v>
       </x:c>
       <x:c r="I18" s="3" t="n">
         <x:v>2016</x:v>
       </x:c>
@@ -9544,347 +9596,350 @@
       <x:c r="CH18" s="3" t="n">
         <x:v>5226</x:v>
       </x:c>
       <x:c r="CI18" s="3" t="n">
         <x:v>4924</x:v>
       </x:c>
       <x:c r="CJ18" s="3" t="n">
         <x:v>4810</x:v>
       </x:c>
       <x:c r="CK18" s="3" t="n">
         <x:v>5021</x:v>
       </x:c>
       <x:c r="CL18" s="3" t="n">
         <x:v>4977</x:v>
       </x:c>
       <x:c r="CM18" s="3" t="n">
         <x:v>5183</x:v>
       </x:c>
       <x:c r="CN18" s="3" t="n">
         <x:v>5130</x:v>
       </x:c>
       <x:c r="CO18" s="3" t="n">
         <x:v>5297</x:v>
       </x:c>
       <x:c r="CP18" s="3" t="n">
-        <x:v>5898</x:v>
+        <x:v>5900</x:v>
       </x:c>
       <x:c r="CQ18" s="3" t="n">
-        <x:v>5407</x:v>
+        <x:v>5409</x:v>
       </x:c>
       <x:c r="CR18" s="3" t="n">
-        <x:v>5007</x:v>
+        <x:v>5009</x:v>
       </x:c>
       <x:c r="CS18" s="3" t="n">
-        <x:v>4558</x:v>
+        <x:v>4560</x:v>
       </x:c>
       <x:c r="CT18" s="3" t="n">
-        <x:v>4569</x:v>
+        <x:v>4572</x:v>
       </x:c>
       <x:c r="CU18" s="3" t="n">
-        <x:v>4520</x:v>
+        <x:v>4523</x:v>
       </x:c>
       <x:c r="CV18" s="3" t="n">
-        <x:v>3945</x:v>
+        <x:v>3948</x:v>
       </x:c>
       <x:c r="CW18" s="3" t="n">
-        <x:v>4237</x:v>
+        <x:v>4240</x:v>
       </x:c>
       <x:c r="CX18" s="3" t="n">
-        <x:v>4235</x:v>
+        <x:v>4239</x:v>
       </x:c>
       <x:c r="CY18" s="3" t="n">
-        <x:v>4059</x:v>
+        <x:v>4063</x:v>
       </x:c>
       <x:c r="CZ18" s="3" t="n">
-        <x:v>4473</x:v>
+        <x:v>4477</x:v>
       </x:c>
       <x:c r="DA18" s="3" t="n">
-        <x:v>4523</x:v>
+        <x:v>4527</x:v>
       </x:c>
       <x:c r="DB18" s="3" t="n">
-        <x:v>5012</x:v>
+        <x:v>5018</x:v>
       </x:c>
       <x:c r="DC18" s="3" t="n">
-        <x:v>4935</x:v>
+        <x:v>4940</x:v>
       </x:c>
       <x:c r="DD18" s="3" t="n">
-        <x:v>5029</x:v>
+        <x:v>5035</x:v>
       </x:c>
       <x:c r="DE18" s="3" t="n">
-        <x:v>5162</x:v>
+        <x:v>5167</x:v>
       </x:c>
       <x:c r="DF18" s="3" t="n">
-        <x:v>4859</x:v>
+        <x:v>4866</x:v>
       </x:c>
       <x:c r="DG18" s="3" t="n">
-        <x:v>4987</x:v>
+        <x:v>4994</x:v>
       </x:c>
       <x:c r="DH18" s="3" t="n">
-        <x:v>4773</x:v>
+        <x:v>4780</x:v>
       </x:c>
       <x:c r="DI18" s="3" t="n">
-        <x:v>4686</x:v>
+        <x:v>4693</x:v>
       </x:c>
       <x:c r="DJ18" s="3" t="n">
-        <x:v>5172</x:v>
+        <x:v>5182</x:v>
       </x:c>
       <x:c r="DK18" s="3" t="n">
-        <x:v>4535</x:v>
+        <x:v>4543</x:v>
       </x:c>
       <x:c r="DL18" s="3" t="n">
-        <x:v>4661</x:v>
+        <x:v>4669</x:v>
       </x:c>
       <x:c r="DM18" s="3" t="n">
-        <x:v>4888</x:v>
+        <x:v>4896</x:v>
       </x:c>
       <x:c r="DN18" s="3" t="n">
-        <x:v>5183</x:v>
+        <x:v>5193</x:v>
       </x:c>
       <x:c r="DO18" s="3" t="n">
-        <x:v>5099</x:v>
+        <x:v>5110</x:v>
       </x:c>
       <x:c r="DP18" s="3" t="n">
-        <x:v>4989</x:v>
+        <x:v>4999</x:v>
       </x:c>
       <x:c r="DQ18" s="3" t="n">
-        <x:v>5007</x:v>
+        <x:v>5017</x:v>
       </x:c>
       <x:c r="DR18" s="3" t="n">
-        <x:v>5042</x:v>
+        <x:v>5053</x:v>
       </x:c>
       <x:c r="DS18" s="3" t="n">
-        <x:v>5114</x:v>
+        <x:v>5126</x:v>
       </x:c>
       <x:c r="DT18" s="3" t="n">
-        <x:v>5000</x:v>
+        <x:v>5011</x:v>
       </x:c>
       <x:c r="DU18" s="3" t="n">
-        <x:v>5082</x:v>
+        <x:v>5094</x:v>
       </x:c>
       <x:c r="DV18" s="3" t="n">
-        <x:v>3741</x:v>
+        <x:v>3751</x:v>
       </x:c>
       <x:c r="DW18" s="3" t="n">
-        <x:v>3382</x:v>
+        <x:v>3391</x:v>
       </x:c>
       <x:c r="DX18" s="3" t="n">
+        <x:v>3646</x:v>
+      </x:c>
+      <x:c r="DY18" s="3" t="n">
+        <x:v>3791</x:v>
+      </x:c>
+      <x:c r="DZ18" s="3" t="n">
+        <x:v>4187</x:v>
+      </x:c>
+      <x:c r="EA18" s="3" t="n">
+        <x:v>4109</x:v>
+      </x:c>
+      <x:c r="EB18" s="3" t="n">
+        <x:v>4163</x:v>
+      </x:c>
+      <x:c r="EC18" s="3" t="n">
+        <x:v>4345</x:v>
+      </x:c>
+      <x:c r="ED18" s="3" t="n">
+        <x:v>4538</x:v>
+      </x:c>
+      <x:c r="EE18" s="3" t="n">
+        <x:v>3773</x:v>
+      </x:c>
+      <x:c r="EF18" s="3" t="n">
+        <x:v>4125</x:v>
+      </x:c>
+      <x:c r="EG18" s="3" t="n">
+        <x:v>4196</x:v>
+      </x:c>
+      <x:c r="EH18" s="3" t="n">
+        <x:v>2963</x:v>
+      </x:c>
+      <x:c r="EI18" s="3" t="n">
+        <x:v>2916</x:v>
+      </x:c>
+      <x:c r="EJ18" s="3" t="n">
+        <x:v>2774</x:v>
+      </x:c>
+      <x:c r="EK18" s="3" t="n">
+        <x:v>2809</x:v>
+      </x:c>
+      <x:c r="EL18" s="3" t="n">
+        <x:v>2788</x:v>
+      </x:c>
+      <x:c r="EM18" s="3" t="n">
+        <x:v>2527</x:v>
+      </x:c>
+      <x:c r="EN18" s="3" t="n">
+        <x:v>2484</x:v>
+      </x:c>
+      <x:c r="EO18" s="3" t="n">
+        <x:v>2312</x:v>
+      </x:c>
+      <x:c r="EP18" s="3" t="n">
+        <x:v>2427</x:v>
+      </x:c>
+      <x:c r="EQ18" s="3" t="n">
+        <x:v>2392</x:v>
+      </x:c>
+      <x:c r="ER18" s="3" t="n">
+        <x:v>2375</x:v>
+      </x:c>
+      <x:c r="ES18" s="3" t="n">
+        <x:v>2429</x:v>
+      </x:c>
+      <x:c r="ET18" s="3" t="n">
+        <x:v>3527</x:v>
+      </x:c>
+      <x:c r="EU18" s="3" t="n">
+        <x:v>3054</x:v>
+      </x:c>
+      <x:c r="EV18" s="3" t="n">
+        <x:v>3326</x:v>
+      </x:c>
+      <x:c r="EW18" s="3" t="n">
+        <x:v>3691</x:v>
+      </x:c>
+      <x:c r="EX18" s="3" t="n">
+        <x:v>3640</x:v>
+      </x:c>
+      <x:c r="EY18" s="3" t="n">
+        <x:v>3586</x:v>
+      </x:c>
+      <x:c r="EZ18" s="3" t="n">
+        <x:v>3647</x:v>
+      </x:c>
+      <x:c r="FA18" s="3" t="n">
+        <x:v>3505</x:v>
+      </x:c>
+      <x:c r="FB18" s="3" t="n">
+        <x:v>3682</x:v>
+      </x:c>
+      <x:c r="FC18" s="3" t="n">
         <x:v>3636</x:v>
       </x:c>
-      <x:c r="DY18" s="3" t="n">
-[...91 lines deleted...]
-      </x:c>
       <x:c r="FD18" s="3" t="n">
-        <x:v>3675</x:v>
+        <x:v>3693</x:v>
       </x:c>
       <x:c r="FE18" s="3" t="n">
-        <x:v>3632</x:v>
+        <x:v>3650</x:v>
       </x:c>
       <x:c r="FF18" s="3" t="n">
-        <x:v>3746</x:v>
+        <x:v>3765</x:v>
       </x:c>
       <x:c r="FG18" s="3" t="n">
-        <x:v>3864</x:v>
+        <x:v>3884</x:v>
       </x:c>
       <x:c r="FH18" s="3" t="n">
-        <x:v>4115</x:v>
+        <x:v>4137</x:v>
       </x:c>
       <x:c r="FI18" s="3" t="n">
-        <x:v>4187</x:v>
+        <x:v>4210</x:v>
       </x:c>
       <x:c r="FJ18" s="3" t="n">
-        <x:v>4201</x:v>
+        <x:v>4225</x:v>
       </x:c>
       <x:c r="FK18" s="3" t="n">
-        <x:v>4124</x:v>
+        <x:v>4147</x:v>
       </x:c>
       <x:c r="FL18" s="3" t="n">
-        <x:v>4377</x:v>
+        <x:v>4401</x:v>
       </x:c>
       <x:c r="FM18" s="3" t="n">
-        <x:v>4156</x:v>
+        <x:v>4178</x:v>
       </x:c>
       <x:c r="FN18" s="3" t="n">
-        <x:v>4258</x:v>
+        <x:v>4279</x:v>
       </x:c>
       <x:c r="FO18" s="3" t="n">
-        <x:v>4048</x:v>
+        <x:v>4069</x:v>
       </x:c>
       <x:c r="FP18" s="3" t="n">
-        <x:v>3757</x:v>
+        <x:v>3779</x:v>
       </x:c>
       <x:c r="FQ18" s="3" t="n">
-        <x:v>4257</x:v>
+        <x:v>4288</x:v>
       </x:c>
       <x:c r="FR18" s="3" t="n">
-        <x:v>3775</x:v>
+        <x:v>3808</x:v>
       </x:c>
       <x:c r="FS18" s="3" t="n">
-        <x:v>3779</x:v>
+        <x:v>3811</x:v>
       </x:c>
       <x:c r="FT18" s="3" t="n">
-        <x:v>4070</x:v>
+        <x:v>4095</x:v>
       </x:c>
       <x:c r="FU18" s="3" t="n">
-        <x:v>4331</x:v>
+        <x:v>4339</x:v>
       </x:c>
       <x:c r="FV18" s="3" t="n">
-        <x:v>5121</x:v>
+        <x:v>5104</x:v>
       </x:c>
       <x:c r="FW18" s="3" t="n">
-        <x:v>5263</x:v>
+        <x:v>5247</x:v>
       </x:c>
       <x:c r="FX18" s="3" t="n">
-        <x:v>5739</x:v>
+        <x:v>5767</x:v>
       </x:c>
       <x:c r="FY18" s="3" t="n">
-        <x:v>5934</x:v>
+        <x:v>6053</x:v>
       </x:c>
       <x:c r="FZ18" s="3" t="n">
-        <x:v>6061</x:v>
+        <x:v>6317</x:v>
       </x:c>
       <x:c r="GA18" s="3" t="n">
-        <x:v>5183</x:v>
+        <x:v>5493</x:v>
       </x:c>
       <x:c r="GB18" s="3" t="n">
-        <x:v>4924</x:v>
+        <x:v>5275</x:v>
       </x:c>
       <x:c r="GC18" s="3" t="n">
-        <x:v>5006</x:v>
+        <x:v>5390</x:v>
       </x:c>
       <x:c r="GD18" s="3" t="n">
-        <x:v>4942</x:v>
+        <x:v>5102</x:v>
       </x:c>
       <x:c r="GE18" s="3" t="n">
-        <x:v>5205</x:v>
+        <x:v>5389</x:v>
       </x:c>
       <x:c r="GF18" s="3" t="n">
-        <x:v>5308</x:v>
+        <x:v>5485</x:v>
       </x:c>
       <x:c r="GG18" s="3" t="n">
-        <x:v>5453</x:v>
+        <x:v>5618</x:v>
       </x:c>
       <x:c r="GH18" s="3" t="n">
-        <x:v>5510</x:v>
+        <x:v>5643</x:v>
       </x:c>
       <x:c r="GI18" s="3" t="n">
-        <x:v>5393</x:v>
+        <x:v>5516</x:v>
+      </x:c>
+      <x:c r="GJ18" s="3" t="n">
+        <x:v>5236</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:191">
+    <x:row r="19" spans="1:192">
       <x:c r="A19" s="2" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
         <x:v>603</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>595</x:v>
       </x:c>
       <x:c r="D19" s="3" t="n">
         <x:v>540</x:v>
       </x:c>
       <x:c r="E19" s="3" t="n">
         <x:v>668</x:v>
       </x:c>
       <x:c r="F19" s="3" t="n">
         <x:v>691</x:v>
       </x:c>
       <x:c r="G19" s="3" t="n">
         <x:v>618</x:v>
       </x:c>
       <x:c r="H19" s="3" t="n">
         <x:v>579</x:v>
       </x:c>
       <x:c r="I19" s="3" t="n">
         <x:v>675</x:v>
       </x:c>
@@ -10119,347 +10174,350 @@
       <x:c r="CH19" s="3" t="n">
         <x:v>2975</x:v>
       </x:c>
       <x:c r="CI19" s="3" t="n">
         <x:v>2961</x:v>
       </x:c>
       <x:c r="CJ19" s="3" t="n">
         <x:v>2851</x:v>
       </x:c>
       <x:c r="CK19" s="3" t="n">
         <x:v>3073</x:v>
       </x:c>
       <x:c r="CL19" s="3" t="n">
         <x:v>3293</x:v>
       </x:c>
       <x:c r="CM19" s="3" t="n">
         <x:v>3041</x:v>
       </x:c>
       <x:c r="CN19" s="3" t="n">
         <x:v>2897</x:v>
       </x:c>
       <x:c r="CO19" s="3" t="n">
         <x:v>3204</x:v>
       </x:c>
       <x:c r="CP19" s="3" t="n">
-        <x:v>3148</x:v>
+        <x:v>3156</x:v>
       </x:c>
       <x:c r="CQ19" s="3" t="n">
-        <x:v>2931</x:v>
+        <x:v>2938</x:v>
       </x:c>
       <x:c r="CR19" s="3" t="n">
-        <x:v>2805</x:v>
+        <x:v>2812</x:v>
       </x:c>
       <x:c r="CS19" s="3" t="n">
-        <x:v>3023</x:v>
+        <x:v>3030</x:v>
       </x:c>
       <x:c r="CT19" s="3" t="n">
-        <x:v>2859</x:v>
+        <x:v>2873</x:v>
       </x:c>
       <x:c r="CU19" s="3" t="n">
-        <x:v>2860</x:v>
+        <x:v>2874</x:v>
       </x:c>
       <x:c r="CV19" s="3" t="n">
-        <x:v>2664</x:v>
+        <x:v>2677</x:v>
       </x:c>
       <x:c r="CW19" s="3" t="n">
-        <x:v>2849</x:v>
+        <x:v>2863</x:v>
       </x:c>
       <x:c r="CX19" s="3" t="n">
-        <x:v>2853</x:v>
+        <x:v>2874</x:v>
       </x:c>
       <x:c r="CY19" s="3" t="n">
-        <x:v>2566</x:v>
+        <x:v>2585</x:v>
       </x:c>
       <x:c r="CZ19" s="3" t="n">
-        <x:v>2606</x:v>
+        <x:v>2625</x:v>
       </x:c>
       <x:c r="DA19" s="3" t="n">
-        <x:v>2808</x:v>
+        <x:v>2829</x:v>
       </x:c>
       <x:c r="DB19" s="3" t="n">
-        <x:v>3027</x:v>
+        <x:v>3057</x:v>
       </x:c>
       <x:c r="DC19" s="3" t="n">
-        <x:v>2670</x:v>
+        <x:v>2696</x:v>
       </x:c>
       <x:c r="DD19" s="3" t="n">
-        <x:v>2668</x:v>
+        <x:v>2693</x:v>
       </x:c>
       <x:c r="DE19" s="3" t="n">
-        <x:v>2866</x:v>
+        <x:v>2894</x:v>
       </x:c>
       <x:c r="DF19" s="3" t="n">
-        <x:v>2791</x:v>
+        <x:v>2825</x:v>
       </x:c>
       <x:c r="DG19" s="3" t="n">
-        <x:v>2902</x:v>
+        <x:v>2937</x:v>
       </x:c>
       <x:c r="DH19" s="3" t="n">
-        <x:v>2679</x:v>
+        <x:v>2711</x:v>
       </x:c>
       <x:c r="DI19" s="3" t="n">
-        <x:v>2882</x:v>
+        <x:v>2917</x:v>
       </x:c>
       <x:c r="DJ19" s="3" t="n">
-        <x:v>3076</x:v>
+        <x:v>3121</x:v>
       </x:c>
       <x:c r="DK19" s="3" t="n">
-        <x:v>2782</x:v>
+        <x:v>2822</x:v>
       </x:c>
       <x:c r="DL19" s="3" t="n">
+        <x:v>2763</x:v>
+      </x:c>
+      <x:c r="DM19" s="3" t="n">
+        <x:v>2975</x:v>
+      </x:c>
+      <x:c r="DN19" s="3" t="n">
+        <x:v>3195</x:v>
+      </x:c>
+      <x:c r="DO19" s="3" t="n">
+        <x:v>2890</x:v>
+      </x:c>
+      <x:c r="DP19" s="3" t="n">
+        <x:v>2799</x:v>
+      </x:c>
+      <x:c r="DQ19" s="3" t="n">
+        <x:v>3085</x:v>
+      </x:c>
+      <x:c r="DR19" s="3" t="n">
+        <x:v>3128</x:v>
+      </x:c>
+      <x:c r="DS19" s="3" t="n">
+        <x:v>3164</x:v>
+      </x:c>
+      <x:c r="DT19" s="3" t="n">
+        <x:v>2927</x:v>
+      </x:c>
+      <x:c r="DU19" s="3" t="n">
+        <x:v>3190</x:v>
+      </x:c>
+      <x:c r="DV19" s="3" t="n">
+        <x:v>2913</x:v>
+      </x:c>
+      <x:c r="DW19" s="3" t="n">
         <x:v>2723</x:v>
       </x:c>
-      <x:c r="DM19" s="3" t="n">
-[...31 lines deleted...]
-      </x:c>
       <x:c r="DX19" s="3" t="n">
-        <x:v>2531</x:v>
+        <x:v>2587</x:v>
       </x:c>
       <x:c r="DY19" s="3" t="n">
-        <x:v>2850</x:v>
+        <x:v>2912</x:v>
       </x:c>
       <x:c r="DZ19" s="3" t="n">
-        <x:v>2880</x:v>
+        <x:v>2950</x:v>
       </x:c>
       <x:c r="EA19" s="3" t="n">
-        <x:v>2676</x:v>
+        <x:v>2741</x:v>
       </x:c>
       <x:c r="EB19" s="3" t="n">
-        <x:v>2530</x:v>
+        <x:v>2591</x:v>
       </x:c>
       <x:c r="EC19" s="3" t="n">
-        <x:v>2796</x:v>
+        <x:v>2864</x:v>
       </x:c>
       <x:c r="ED19" s="3" t="n">
-        <x:v>2689</x:v>
+        <x:v>2761</x:v>
       </x:c>
       <x:c r="EE19" s="3" t="n">
-        <x:v>2631</x:v>
+        <x:v>2701</x:v>
       </x:c>
       <x:c r="EF19" s="3" t="n">
-        <x:v>2511</x:v>
+        <x:v>2578</x:v>
       </x:c>
       <x:c r="EG19" s="3" t="n">
-        <x:v>2839</x:v>
+        <x:v>2914</x:v>
       </x:c>
       <x:c r="EH19" s="3" t="n">
-        <x:v>2873</x:v>
+        <x:v>2956</x:v>
       </x:c>
       <x:c r="EI19" s="3" t="n">
-        <x:v>2497</x:v>
+        <x:v>2570</x:v>
       </x:c>
       <x:c r="EJ19" s="3" t="n">
-        <x:v>2429</x:v>
+        <x:v>2499</x:v>
       </x:c>
       <x:c r="EK19" s="3" t="n">
-        <x:v>2634</x:v>
+        <x:v>2711</x:v>
       </x:c>
       <x:c r="EL19" s="3" t="n">
-        <x:v>2371</x:v>
+        <x:v>2446</x:v>
       </x:c>
       <x:c r="EM19" s="3" t="n">
-        <x:v>2506</x:v>
+        <x:v>2585</x:v>
       </x:c>
       <x:c r="EN19" s="3" t="n">
-        <x:v>2365</x:v>
+        <x:v>2440</x:v>
       </x:c>
       <x:c r="EO19" s="3" t="n">
-        <x:v>2541</x:v>
+        <x:v>2621</x:v>
       </x:c>
       <x:c r="EP19" s="3" t="n">
-        <x:v>2335</x:v>
+        <x:v>2415</x:v>
       </x:c>
       <x:c r="EQ19" s="3" t="n">
-        <x:v>2391</x:v>
+        <x:v>2473</x:v>
       </x:c>
       <x:c r="ER19" s="3" t="n">
-        <x:v>2227</x:v>
+        <x:v>2303</x:v>
       </x:c>
       <x:c r="ES19" s="3" t="n">
-        <x:v>2380</x:v>
+        <x:v>2461</x:v>
       </x:c>
       <x:c r="ET19" s="3" t="n">
-        <x:v>2418</x:v>
+        <x:v>2507</x:v>
       </x:c>
       <x:c r="EU19" s="3" t="n">
-        <x:v>2308</x:v>
+        <x:v>2393</x:v>
       </x:c>
       <x:c r="EV19" s="3" t="n">
-        <x:v>2297</x:v>
+        <x:v>2381</x:v>
       </x:c>
       <x:c r="EW19" s="3" t="n">
-        <x:v>2290</x:v>
+        <x:v>2374</x:v>
       </x:c>
       <x:c r="EX19" s="3" t="n">
-        <x:v>2160</x:v>
+        <x:v>2243</x:v>
       </x:c>
       <x:c r="EY19" s="3" t="n">
-        <x:v>2174</x:v>
+        <x:v>2258</x:v>
       </x:c>
       <x:c r="EZ19" s="3" t="n">
-        <x:v>2083</x:v>
+        <x:v>2164</x:v>
       </x:c>
       <x:c r="FA19" s="3" t="n">
-        <x:v>2208</x:v>
+        <x:v>2296</x:v>
       </x:c>
       <x:c r="FB19" s="3" t="n">
-        <x:v>2188</x:v>
+        <x:v>2276</x:v>
       </x:c>
       <x:c r="FC19" s="3" t="n">
-        <x:v>2134</x:v>
+        <x:v>2221</x:v>
       </x:c>
       <x:c r="FD19" s="3" t="n">
-        <x:v>2042</x:v>
+        <x:v>2127</x:v>
       </x:c>
       <x:c r="FE19" s="3" t="n">
-        <x:v>2244</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="FF19" s="3" t="n">
-        <x:v>2209</x:v>
+        <x:v>2305</x:v>
       </x:c>
       <x:c r="FG19" s="3" t="n">
-        <x:v>2217</x:v>
+        <x:v>2314</x:v>
       </x:c>
       <x:c r="FH19" s="3" t="n">
+        <x:v>2141</x:v>
+      </x:c>
+      <x:c r="FI19" s="3" t="n">
+        <x:v>2283</x:v>
+      </x:c>
+      <x:c r="FJ19" s="3" t="n">
+        <x:v>2167</x:v>
+      </x:c>
+      <x:c r="FK19" s="3" t="n">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="FL19" s="3" t="n">
+        <x:v>1965</x:v>
+      </x:c>
+      <x:c r="FM19" s="3" t="n">
         <x:v>2050</x:v>
       </x:c>
-      <x:c r="FI19" s="3" t="n">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="FN19" s="3" t="n">
-        <x:v>2164</x:v>
+        <x:v>2273</x:v>
       </x:c>
       <x:c r="FO19" s="3" t="n">
-        <x:v>1702</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="FP19" s="3" t="n">
-        <x:v>1538</x:v>
+        <x:v>1612</x:v>
       </x:c>
       <x:c r="FQ19" s="3" t="n">
-        <x:v>1697</x:v>
+        <x:v>1774</x:v>
       </x:c>
       <x:c r="FR19" s="3" t="n">
-        <x:v>1913</x:v>
+        <x:v>1992</x:v>
       </x:c>
       <x:c r="FS19" s="3" t="n">
-        <x:v>1848</x:v>
+        <x:v>1928</x:v>
       </x:c>
       <x:c r="FT19" s="3" t="n">
-        <x:v>1850</x:v>
+        <x:v>1946</x:v>
       </x:c>
       <x:c r="FU19" s="3" t="n">
-        <x:v>2046</x:v>
+        <x:v>2182</x:v>
       </x:c>
       <x:c r="FV19" s="3" t="n">
-        <x:v>2121</x:v>
+        <x:v>2298</x:v>
       </x:c>
       <x:c r="FW19" s="3" t="n">
-        <x:v>2050</x:v>
+        <x:v>2210</x:v>
       </x:c>
       <x:c r="FX19" s="3" t="n">
-        <x:v>2018</x:v>
+        <x:v>2108</x:v>
       </x:c>
       <x:c r="FY19" s="3" t="n">
-        <x:v>2231</x:v>
+        <x:v>2202</x:v>
       </x:c>
       <x:c r="FZ19" s="3" t="n">
-        <x:v>2449</x:v>
+        <x:v>2215</x:v>
       </x:c>
       <x:c r="GA19" s="3" t="n">
-        <x:v>2660</x:v>
+        <x:v>2223</x:v>
       </x:c>
       <x:c r="GB19" s="3" t="n">
-        <x:v>2633</x:v>
+        <x:v>2080</x:v>
       </x:c>
       <x:c r="GC19" s="3" t="n">
-        <x:v>2677</x:v>
+        <x:v>2056</x:v>
       </x:c>
       <x:c r="GD19" s="3" t="n">
-        <x:v>2686</x:v>
+        <x:v>2205</x:v>
       </x:c>
       <x:c r="GE19" s="3" t="n">
-        <x:v>2683</x:v>
+        <x:v>2204</x:v>
       </x:c>
       <x:c r="GF19" s="3" t="n">
-        <x:v>2646</x:v>
+        <x:v>2170</x:v>
       </x:c>
       <x:c r="GG19" s="3" t="n">
-        <x:v>2714</x:v>
+        <x:v>2228</x:v>
       </x:c>
       <x:c r="GH19" s="3" t="n">
-        <x:v>2608</x:v>
+        <x:v>2141</x:v>
       </x:c>
       <x:c r="GI19" s="3" t="n">
-        <x:v>2548</x:v>
+        <x:v>2095</x:v>
+      </x:c>
+      <x:c r="GJ19" s="3" t="n">
+        <x:v>1981</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:191">
+    <x:row r="20" spans="1:192">
       <x:c r="A20" s="2" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
         <x:v>3291</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
         <x:v>3653</x:v>
       </x:c>
       <x:c r="D20" s="3" t="n">
         <x:v>3262</x:v>
       </x:c>
       <x:c r="E20" s="3" t="n">
         <x:v>3936</x:v>
       </x:c>
       <x:c r="F20" s="3" t="n">
         <x:v>5019</x:v>
       </x:c>
       <x:c r="G20" s="3" t="n">
         <x:v>5430</x:v>
       </x:c>
       <x:c r="H20" s="3" t="n">
         <x:v>5848</x:v>
       </x:c>
       <x:c r="I20" s="3" t="n">
         <x:v>6547</x:v>
       </x:c>
@@ -10694,347 +10752,350 @@
       <x:c r="CH20" s="3" t="n">
         <x:v>13358</x:v>
       </x:c>
       <x:c r="CI20" s="3" t="n">
         <x:v>12375</x:v>
       </x:c>
       <x:c r="CJ20" s="3" t="n">
         <x:v>14733</x:v>
       </x:c>
       <x:c r="CK20" s="3" t="n">
         <x:v>16141</x:v>
       </x:c>
       <x:c r="CL20" s="3" t="n">
         <x:v>17792</x:v>
       </x:c>
       <x:c r="CM20" s="3" t="n">
         <x:v>17287</x:v>
       </x:c>
       <x:c r="CN20" s="3" t="n">
         <x:v>18247</x:v>
       </x:c>
       <x:c r="CO20" s="3" t="n">
         <x:v>19784</x:v>
       </x:c>
       <x:c r="CP20" s="3" t="n">
-        <x:v>16439</x:v>
+        <x:v>16492</x:v>
       </x:c>
       <x:c r="CQ20" s="3" t="n">
-        <x:v>17763</x:v>
+        <x:v>17823</x:v>
       </x:c>
       <x:c r="CR20" s="3" t="n">
-        <x:v>16157</x:v>
+        <x:v>16212</x:v>
       </x:c>
       <x:c r="CS20" s="3" t="n">
-        <x:v>15937</x:v>
+        <x:v>15989</x:v>
       </x:c>
       <x:c r="CT20" s="3" t="n">
-        <x:v>15418</x:v>
+        <x:v>15516</x:v>
       </x:c>
       <x:c r="CU20" s="3" t="n">
-        <x:v>15958</x:v>
+        <x:v>16059</x:v>
       </x:c>
       <x:c r="CV20" s="3" t="n">
-        <x:v>13584</x:v>
+        <x:v>13669</x:v>
       </x:c>
       <x:c r="CW20" s="3" t="n">
-        <x:v>15297</x:v>
+        <x:v>15397</x:v>
       </x:c>
       <x:c r="CX20" s="3" t="n">
-        <x:v>16285</x:v>
+        <x:v>16449</x:v>
       </x:c>
       <x:c r="CY20" s="3" t="n">
-        <x:v>16296</x:v>
+        <x:v>16455</x:v>
       </x:c>
       <x:c r="CZ20" s="3" t="n">
-        <x:v>15498</x:v>
+        <x:v>15652</x:v>
       </x:c>
       <x:c r="DA20" s="3" t="n">
-        <x:v>17531</x:v>
+        <x:v>17704</x:v>
       </x:c>
       <x:c r="DB20" s="3" t="n">
-        <x:v>18676</x:v>
+        <x:v>18927</x:v>
       </x:c>
       <x:c r="DC20" s="3" t="n">
-        <x:v>17225</x:v>
+        <x:v>17453</x:v>
       </x:c>
       <x:c r="DD20" s="3" t="n">
-        <x:v>18271</x:v>
+        <x:v>18529</x:v>
       </x:c>
       <x:c r="DE20" s="3" t="n">
-        <x:v>20940</x:v>
+        <x:v>21232</x:v>
       </x:c>
       <x:c r="DF20" s="3" t="n">
-        <x:v>22194</x:v>
+        <x:v>22590</x:v>
       </x:c>
       <x:c r="DG20" s="3" t="n">
-        <x:v>22004</x:v>
+        <x:v>22388</x:v>
       </x:c>
       <x:c r="DH20" s="3" t="n">
-        <x:v>24704</x:v>
+        <x:v>25174</x:v>
       </x:c>
       <x:c r="DI20" s="3" t="n">
-        <x:v>24838</x:v>
+        <x:v>25295</x:v>
       </x:c>
       <x:c r="DJ20" s="3" t="n">
-        <x:v>27521</x:v>
+        <x:v>28109</x:v>
       </x:c>
       <x:c r="DK20" s="3" t="n">
-        <x:v>27840</x:v>
+        <x:v>28455</x:v>
       </x:c>
       <x:c r="DL20" s="3" t="n">
-        <x:v>27423</x:v>
+        <x:v>28038</x:v>
       </x:c>
       <x:c r="DM20" s="3" t="n">
-        <x:v>27589</x:v>
+        <x:v>28172</x:v>
       </x:c>
       <x:c r="DN20" s="3" t="n">
-        <x:v>28552</x:v>
+        <x:v>29269</x:v>
       </x:c>
       <x:c r="DO20" s="3" t="n">
-        <x:v>29761</x:v>
+        <x:v>30527</x:v>
       </x:c>
       <x:c r="DP20" s="3" t="n">
-        <x:v>29536</x:v>
+        <x:v>30320</x:v>
       </x:c>
       <x:c r="DQ20" s="3" t="n">
-        <x:v>31995</x:v>
+        <x:v>32828</x:v>
       </x:c>
       <x:c r="DR20" s="3" t="n">
-        <x:v>32152</x:v>
+        <x:v>33120</x:v>
       </x:c>
       <x:c r="DS20" s="3" t="n">
-        <x:v>35392</x:v>
+        <x:v>36483</x:v>
       </x:c>
       <x:c r="DT20" s="3" t="n">
-        <x:v>33619</x:v>
+        <x:v>34673</x:v>
       </x:c>
       <x:c r="DU20" s="3" t="n">
-        <x:v>30695</x:v>
+        <x:v>31627</x:v>
       </x:c>
       <x:c r="DV20" s="3" t="n">
-        <x:v>26732</x:v>
+        <x:v>27611</x:v>
       </x:c>
       <x:c r="DW20" s="3" t="n">
-        <x:v>26203</x:v>
+        <x:v>27082</x:v>
       </x:c>
       <x:c r="DX20" s="3" t="n">
-        <x:v>25497</x:v>
+        <x:v>26367</x:v>
       </x:c>
       <x:c r="DY20" s="3" t="n">
-        <x:v>28027</x:v>
+        <x:v>28966</x:v>
       </x:c>
       <x:c r="DZ20" s="3" t="n">
-        <x:v>32072</x:v>
+        <x:v>33306</x:v>
       </x:c>
       <x:c r="EA20" s="3" t="n">
-        <x:v>31975</x:v>
+        <x:v>33210</x:v>
       </x:c>
       <x:c r="EB20" s="3" t="n">
-        <x:v>29299</x:v>
+        <x:v>30386</x:v>
       </x:c>
       <x:c r="EC20" s="3" t="n">
-        <x:v>35969</x:v>
+        <x:v>37343</x:v>
       </x:c>
       <x:c r="ED20" s="3" t="n">
-        <x:v>39123</x:v>
+        <x:v>40768</x:v>
       </x:c>
       <x:c r="EE20" s="3" t="n">
-        <x:v>38980</x:v>
+        <x:v>40635</x:v>
       </x:c>
       <x:c r="EF20" s="3" t="n">
-        <x:v>35888</x:v>
+        <x:v>37453</x:v>
       </x:c>
       <x:c r="EG20" s="3" t="n">
-        <x:v>37814</x:v>
+        <x:v>39459</x:v>
       </x:c>
       <x:c r="EH20" s="3" t="n">
-        <x:v>38664</x:v>
+        <x:v>40488</x:v>
       </x:c>
       <x:c r="EI20" s="3" t="n">
-        <x:v>36770</x:v>
+        <x:v>38489</x:v>
       </x:c>
       <x:c r="EJ20" s="3" t="n">
-        <x:v>36152</x:v>
+        <x:v>37850</x:v>
       </x:c>
       <x:c r="EK20" s="3" t="n">
-        <x:v>35895</x:v>
+        <x:v>37565</x:v>
       </x:c>
       <x:c r="EL20" s="3" t="n">
-        <x:v>37160</x:v>
+        <x:v>38904</x:v>
       </x:c>
       <x:c r="EM20" s="3" t="n">
-        <x:v>36428</x:v>
+        <x:v>38082</x:v>
       </x:c>
       <x:c r="EN20" s="3" t="n">
-        <x:v>36544</x:v>
+        <x:v>38301</x:v>
       </x:c>
       <x:c r="EO20" s="3" t="n">
-        <x:v>36430</x:v>
+        <x:v>38149</x:v>
       </x:c>
       <x:c r="EP20" s="3" t="n">
-        <x:v>38457</x:v>
+        <x:v>40285</x:v>
       </x:c>
       <x:c r="EQ20" s="3" t="n">
-        <x:v>36034</x:v>
+        <x:v>37718</x:v>
       </x:c>
       <x:c r="ER20" s="3" t="n">
-        <x:v>32983</x:v>
+        <x:v>34552</x:v>
       </x:c>
       <x:c r="ES20" s="3" t="n">
-        <x:v>32190</x:v>
+        <x:v>33698</x:v>
       </x:c>
       <x:c r="ET20" s="3" t="n">
-        <x:v>33412</x:v>
+        <x:v>34968</x:v>
       </x:c>
       <x:c r="EU20" s="3" t="n">
-        <x:v>35056</x:v>
+        <x:v>36707</x:v>
       </x:c>
       <x:c r="EV20" s="3" t="n">
-        <x:v>33349</x:v>
+        <x:v>34905</x:v>
       </x:c>
       <x:c r="EW20" s="3" t="n">
-        <x:v>31963</x:v>
+        <x:v>33413</x:v>
       </x:c>
       <x:c r="EX20" s="3" t="n">
-        <x:v>27675</x:v>
+        <x:v>28974</x:v>
       </x:c>
       <x:c r="EY20" s="3" t="n">
-        <x:v>28935</x:v>
+        <x:v>30231</x:v>
       </x:c>
       <x:c r="EZ20" s="3" t="n">
-        <x:v>25837</x:v>
+        <x:v>27000</x:v>
       </x:c>
       <x:c r="FA20" s="3" t="n">
-        <x:v>23200</x:v>
+        <x:v>24245</x:v>
       </x:c>
       <x:c r="FB20" s="3" t="n">
-        <x:v>33773</x:v>
+        <x:v>35358</x:v>
       </x:c>
       <x:c r="FC20" s="3" t="n">
-        <x:v>32343</x:v>
+        <x:v>33928</x:v>
       </x:c>
       <x:c r="FD20" s="3" t="n">
-        <x:v>29265</x:v>
+        <x:v>30710</x:v>
       </x:c>
       <x:c r="FE20" s="3" t="n">
-        <x:v>33010</x:v>
+        <x:v>34665</x:v>
       </x:c>
       <x:c r="FF20" s="3" t="n">
-        <x:v>36203</x:v>
+        <x:v>37995</x:v>
       </x:c>
       <x:c r="FG20" s="3" t="n">
-        <x:v>37908</x:v>
+        <x:v>39759</x:v>
       </x:c>
       <x:c r="FH20" s="3" t="n">
-        <x:v>38367</x:v>
+        <x:v>40346</x:v>
       </x:c>
       <x:c r="FI20" s="3" t="n">
-        <x:v>39253</x:v>
+        <x:v>41360</x:v>
       </x:c>
       <x:c r="FJ20" s="3" t="n">
-        <x:v>35589</x:v>
+        <x:v>37511</x:v>
       </x:c>
       <x:c r="FK20" s="3" t="n">
-        <x:v>36460</x:v>
+        <x:v>38522</x:v>
       </x:c>
       <x:c r="FL20" s="3" t="n">
-        <x:v>33659</x:v>
+        <x:v>35671</x:v>
       </x:c>
       <x:c r="FM20" s="3" t="n">
-        <x:v>33976</x:v>
+        <x:v>36063</x:v>
       </x:c>
       <x:c r="FN20" s="3" t="n">
-        <x:v>22790</x:v>
+        <x:v>23943</x:v>
       </x:c>
       <x:c r="FO20" s="3" t="n">
-        <x:v>27046</x:v>
+        <x:v>28621</x:v>
       </x:c>
       <x:c r="FP20" s="3" t="n">
-        <x:v>29530</x:v>
+        <x:v>31394</x:v>
       </x:c>
       <x:c r="FQ20" s="3" t="n">
-        <x:v>33650</x:v>
+        <x:v>35808</x:v>
       </x:c>
       <x:c r="FR20" s="3" t="n">
-        <x:v>34064</x:v>
+        <x:v>36153</x:v>
       </x:c>
       <x:c r="FS20" s="3" t="n">
-        <x:v>36281</x:v>
+        <x:v>38418</x:v>
       </x:c>
       <x:c r="FT20" s="3" t="n">
-        <x:v>34819</x:v>
+        <x:v>36711</x:v>
       </x:c>
       <x:c r="FU20" s="3" t="n">
-        <x:v>39220</x:v>
+        <x:v>41011</x:v>
       </x:c>
       <x:c r="FV20" s="3" t="n">
-        <x:v>45646</x:v>
+        <x:v>47186</x:v>
       </x:c>
       <x:c r="FW20" s="3" t="n">
-        <x:v>36773</x:v>
+        <x:v>37828</x:v>
       </x:c>
       <x:c r="FX20" s="3" t="n">
-        <x:v>52597</x:v>
+        <x:v>53335</x:v>
       </x:c>
       <x:c r="FY20" s="3" t="n">
-        <x:v>52471</x:v>
+        <x:v>52774</x:v>
       </x:c>
       <x:c r="FZ20" s="3" t="n">
-        <x:v>50038</x:v>
+        <x:v>50192</x:v>
       </x:c>
       <x:c r="GA20" s="3" t="n">
-        <x:v>46067</x:v>
+        <x:v>46063</x:v>
       </x:c>
       <x:c r="GB20" s="3" t="n">
-        <x:v>43610</x:v>
+        <x:v>43447</x:v>
       </x:c>
       <x:c r="GC20" s="3" t="n">
-        <x:v>48047</x:v>
+        <x:v>47954</x:v>
       </x:c>
       <x:c r="GD20" s="3" t="n">
-        <x:v>44959</x:v>
+        <x:v>44812</x:v>
       </x:c>
       <x:c r="GE20" s="3" t="n">
-        <x:v>36622</x:v>
+        <x:v>36850</x:v>
       </x:c>
       <x:c r="GF20" s="3" t="n">
-        <x:v>45484</x:v>
+        <x:v>45487</x:v>
       </x:c>
       <x:c r="GG20" s="3" t="n">
-        <x:v>44907</x:v>
+        <x:v>44481</x:v>
       </x:c>
       <x:c r="GH20" s="3" t="n">
-        <x:v>48267</x:v>
+        <x:v>48106</x:v>
       </x:c>
       <x:c r="GI20" s="3" t="n">
-        <x:v>45287</x:v>
+        <x:v>45288</x:v>
+      </x:c>
+      <x:c r="GJ20" s="3" t="n">
+        <x:v>42111</x:v>
       </x:c>
     </x:row>
-    <x:row r="21" spans="1:191">
+    <x:row r="21" spans="1:192">
       <x:c r="A21" s="2" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
         <x:v>948</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>962</x:v>
       </x:c>
       <x:c r="D21" s="3" t="n">
         <x:v>1060</x:v>
       </x:c>
       <x:c r="E21" s="3" t="n">
         <x:v>1284</x:v>
       </x:c>
       <x:c r="F21" s="3" t="n">
         <x:v>1445</x:v>
       </x:c>
       <x:c r="G21" s="3" t="n">
         <x:v>1460</x:v>
       </x:c>
       <x:c r="H21" s="3" t="n">
         <x:v>1354</x:v>
       </x:c>
       <x:c r="I21" s="3" t="n">
         <x:v>1525</x:v>
       </x:c>
@@ -11269,347 +11330,350 @@
       <x:c r="CH21" s="3" t="n">
         <x:v>4362</x:v>
       </x:c>
       <x:c r="CI21" s="3" t="n">
         <x:v>4034</x:v>
       </x:c>
       <x:c r="CJ21" s="3" t="n">
         <x:v>4180</x:v>
       </x:c>
       <x:c r="CK21" s="3" t="n">
         <x:v>4529</x:v>
       </x:c>
       <x:c r="CL21" s="3" t="n">
         <x:v>4559</x:v>
       </x:c>
       <x:c r="CM21" s="3" t="n">
         <x:v>4316</x:v>
       </x:c>
       <x:c r="CN21" s="3" t="n">
         <x:v>4486</x:v>
       </x:c>
       <x:c r="CO21" s="3" t="n">
         <x:v>4696</x:v>
       </x:c>
       <x:c r="CP21" s="3" t="n">
-        <x:v>4938</x:v>
+        <x:v>4959</x:v>
       </x:c>
       <x:c r="CQ21" s="3" t="n">
-        <x:v>4785</x:v>
+        <x:v>4806</x:v>
       </x:c>
       <x:c r="CR21" s="3" t="n">
-        <x:v>4324</x:v>
+        <x:v>4342</x:v>
       </x:c>
       <x:c r="CS21" s="3" t="n">
-        <x:v>4390</x:v>
+        <x:v>4409</x:v>
       </x:c>
       <x:c r="CT21" s="3" t="n">
-        <x:v>4579</x:v>
+        <x:v>4619</x:v>
       </x:c>
       <x:c r="CU21" s="3" t="n">
-        <x:v>4400</x:v>
+        <x:v>4438</x:v>
       </x:c>
       <x:c r="CV21" s="3" t="n">
-        <x:v>3994</x:v>
+        <x:v>4029</x:v>
       </x:c>
       <x:c r="CW21" s="3" t="n">
-        <x:v>4053</x:v>
+        <x:v>4088</x:v>
       </x:c>
       <x:c r="CX21" s="3" t="n">
-        <x:v>4405</x:v>
+        <x:v>4463</x:v>
       </x:c>
       <x:c r="CY21" s="3" t="n">
-        <x:v>4980</x:v>
+        <x:v>5045</x:v>
       </x:c>
       <x:c r="CZ21" s="3" t="n">
-        <x:v>4531</x:v>
+        <x:v>4590</x:v>
       </x:c>
       <x:c r="DA21" s="3" t="n">
-        <x:v>4869</x:v>
+        <x:v>4933</x:v>
       </x:c>
       <x:c r="DB21" s="3" t="n">
-        <x:v>5192</x:v>
+        <x:v>5282</x:v>
       </x:c>
       <x:c r="DC21" s="3" t="n">
-        <x:v>5084</x:v>
+        <x:v>5172</x:v>
       </x:c>
       <x:c r="DD21" s="3" t="n">
-        <x:v>5283</x:v>
+        <x:v>5374</x:v>
       </x:c>
       <x:c r="DE21" s="3" t="n">
-        <x:v>5562</x:v>
+        <x:v>5658</x:v>
       </x:c>
       <x:c r="DF21" s="3" t="n">
-        <x:v>6062</x:v>
+        <x:v>6194</x:v>
       </x:c>
       <x:c r="DG21" s="3" t="n">
-        <x:v>5905</x:v>
+        <x:v>6033</x:v>
       </x:c>
       <x:c r="DH21" s="3" t="n">
-        <x:v>5635</x:v>
+        <x:v>5757</x:v>
       </x:c>
       <x:c r="DI21" s="3" t="n">
-        <x:v>5688</x:v>
+        <x:v>5811</x:v>
       </x:c>
       <x:c r="DJ21" s="3" t="n">
-        <x:v>6350</x:v>
+        <x:v>6515</x:v>
       </x:c>
       <x:c r="DK21" s="3" t="n">
-        <x:v>6328</x:v>
+        <x:v>6493</x:v>
       </x:c>
       <x:c r="DL21" s="3" t="n">
-        <x:v>6162</x:v>
+        <x:v>6322</x:v>
       </x:c>
       <x:c r="DM21" s="3" t="n">
-        <x:v>6738</x:v>
+        <x:v>6913</x:v>
       </x:c>
       <x:c r="DN21" s="3" t="n">
-        <x:v>7808</x:v>
+        <x:v>8045</x:v>
       </x:c>
       <x:c r="DO21" s="3" t="n">
-        <x:v>7331</x:v>
+        <x:v>7554</x:v>
       </x:c>
       <x:c r="DP21" s="3" t="n">
-        <x:v>7471</x:v>
+        <x:v>7698</x:v>
       </x:c>
       <x:c r="DQ21" s="3" t="n">
-        <x:v>7792</x:v>
+        <x:v>8028</x:v>
       </x:c>
       <x:c r="DR21" s="3" t="n">
-        <x:v>8456</x:v>
+        <x:v>8750</x:v>
       </x:c>
       <x:c r="DS21" s="3" t="n">
-        <x:v>9478</x:v>
+        <x:v>9807</x:v>
       </x:c>
       <x:c r="DT21" s="3" t="n">
-        <x:v>9934</x:v>
+        <x:v>10278</x:v>
       </x:c>
       <x:c r="DU21" s="3" t="n">
-        <x:v>10951</x:v>
+        <x:v>11331</x:v>
       </x:c>
       <x:c r="DV21" s="3" t="n">
-        <x:v>8109</x:v>
+        <x:v>8426</x:v>
       </x:c>
       <x:c r="DW21" s="3" t="n">
-        <x:v>7744</x:v>
+        <x:v>8046</x:v>
       </x:c>
       <x:c r="DX21" s="3" t="n">
-        <x:v>6357</x:v>
+        <x:v>6606</x:v>
       </x:c>
       <x:c r="DY21" s="3" t="n">
-        <x:v>8250</x:v>
+        <x:v>8572</x:v>
       </x:c>
       <x:c r="DZ21" s="3" t="n">
-        <x:v>8684</x:v>
+        <x:v>9061</x:v>
       </x:c>
       <x:c r="EA21" s="3" t="n">
-        <x:v>8709</x:v>
+        <x:v>9087</x:v>
       </x:c>
       <x:c r="EB21" s="3" t="n">
-        <x:v>9306</x:v>
+        <x:v>9710</x:v>
       </x:c>
       <x:c r="EC21" s="3" t="n">
-        <x:v>9718</x:v>
+        <x:v>10140</x:v>
       </x:c>
       <x:c r="ED21" s="3" t="n">
-        <x:v>10070</x:v>
+        <x:v>10550</x:v>
       </x:c>
       <x:c r="EE21" s="3" t="n">
-        <x:v>10498</x:v>
+        <x:v>10999</x:v>
       </x:c>
       <x:c r="EF21" s="3" t="n">
-        <x:v>9281</x:v>
+        <x:v>9723</x:v>
       </x:c>
       <x:c r="EG21" s="3" t="n">
-        <x:v>9306</x:v>
+        <x:v>9750</x:v>
       </x:c>
       <x:c r="EH21" s="3" t="n">
-        <x:v>8338</x:v>
+        <x:v>8772</x:v>
       </x:c>
       <x:c r="EI21" s="3" t="n">
-        <x:v>7671</x:v>
+        <x:v>8070</x:v>
       </x:c>
       <x:c r="EJ21" s="3" t="n">
-        <x:v>7670</x:v>
+        <x:v>8069</x:v>
       </x:c>
       <x:c r="EK21" s="3" t="n">
-        <x:v>7592</x:v>
+        <x:v>7988</x:v>
       </x:c>
       <x:c r="EL21" s="3" t="n">
-        <x:v>7413</x:v>
+        <x:v>7831</x:v>
       </x:c>
       <x:c r="EM21" s="3" t="n">
-        <x:v>6843</x:v>
+        <x:v>7229</x:v>
       </x:c>
       <x:c r="EN21" s="3" t="n">
-        <x:v>7663</x:v>
+        <x:v>8095</x:v>
       </x:c>
       <x:c r="EO21" s="3" t="n">
-        <x:v>7461</x:v>
+        <x:v>7882</x:v>
       </x:c>
       <x:c r="EP21" s="3" t="n">
-        <x:v>8602</x:v>
+        <x:v>9124</x:v>
       </x:c>
       <x:c r="EQ21" s="3" t="n">
-        <x:v>7815</x:v>
+        <x:v>8290</x:v>
       </x:c>
       <x:c r="ER21" s="3" t="n">
-        <x:v>8422</x:v>
+        <x:v>8933</x:v>
       </x:c>
       <x:c r="ES21" s="3" t="n">
-        <x:v>8003</x:v>
+        <x:v>8489</x:v>
       </x:c>
       <x:c r="ET21" s="3" t="n">
-        <x:v>9120</x:v>
+        <x:v>9713</x:v>
       </x:c>
       <x:c r="EU21" s="3" t="n">
-        <x:v>9354</x:v>
+        <x:v>9963</x:v>
       </x:c>
       <x:c r="EV21" s="3" t="n">
-        <x:v>8763</x:v>
+        <x:v>9333</x:v>
       </x:c>
       <x:c r="EW21" s="3" t="n">
-        <x:v>8253</x:v>
+        <x:v>8789</x:v>
       </x:c>
       <x:c r="EX21" s="3" t="n">
-        <x:v>8787</x:v>
+        <x:v>9389</x:v>
       </x:c>
       <x:c r="EY21" s="3" t="n">
-        <x:v>7685</x:v>
+        <x:v>8215</x:v>
       </x:c>
       <x:c r="EZ21" s="3" t="n">
-        <x:v>7411</x:v>
+        <x:v>7927</x:v>
       </x:c>
       <x:c r="FA21" s="3" t="n">
-        <x:v>7258</x:v>
+        <x:v>7771</x:v>
       </x:c>
       <x:c r="FB21" s="3" t="n">
-        <x:v>8190</x:v>
+        <x:v>8779</x:v>
       </x:c>
       <x:c r="FC21" s="3" t="n">
-        <x:v>8229</x:v>
+        <x:v>8831</x:v>
       </x:c>
       <x:c r="FD21" s="3" t="n">
-        <x:v>7869</x:v>
+        <x:v>8455</x:v>
       </x:c>
       <x:c r="FE21" s="3" t="n">
-        <x:v>8297</x:v>
+        <x:v>8923</x:v>
       </x:c>
       <x:c r="FF21" s="3" t="n">
-        <x:v>8713</x:v>
+        <x:v>9380</x:v>
       </x:c>
       <x:c r="FG21" s="3" t="n">
-        <x:v>8326</x:v>
+        <x:v>8971</x:v>
       </x:c>
       <x:c r="FH21" s="3" t="n">
-        <x:v>8589</x:v>
+        <x:v>9264</x:v>
       </x:c>
       <x:c r="FI21" s="3" t="n">
-        <x:v>8695</x:v>
+        <x:v>9389</x:v>
       </x:c>
       <x:c r="FJ21" s="3" t="n">
-        <x:v>8333</x:v>
+        <x:v>9008</x:v>
       </x:c>
       <x:c r="FK21" s="3" t="n">
-        <x:v>7277</x:v>
+        <x:v>7874</x:v>
       </x:c>
       <x:c r="FL21" s="3" t="n">
-        <x:v>8012</x:v>
+        <x:v>8677</x:v>
       </x:c>
       <x:c r="FM21" s="3" t="n">
-        <x:v>8009</x:v>
+        <x:v>8680</x:v>
       </x:c>
       <x:c r="FN21" s="3" t="n">
-        <x:v>8517</x:v>
+        <x:v>9237</x:v>
       </x:c>
       <x:c r="FO21" s="3" t="n">
-        <x:v>8579</x:v>
+        <x:v>9314</x:v>
       </x:c>
       <x:c r="FP21" s="3" t="n">
-        <x:v>8345</x:v>
+        <x:v>9074</x:v>
       </x:c>
       <x:c r="FQ21" s="3" t="n">
-        <x:v>8411</x:v>
+        <x:v>9164</x:v>
       </x:c>
       <x:c r="FR21" s="3" t="n">
-        <x:v>8929</x:v>
+        <x:v>9750</x:v>
       </x:c>
       <x:c r="FS21" s="3" t="n">
-        <x:v>9993</x:v>
+        <x:v>10920</x:v>
       </x:c>
       <x:c r="FT21" s="3" t="n">
-        <x:v>11337</x:v>
+        <x:v>12378</x:v>
       </x:c>
       <x:c r="FU21" s="3" t="n">
-        <x:v>12268</x:v>
+        <x:v>13355</x:v>
       </x:c>
       <x:c r="FV21" s="3" t="n">
-        <x:v>14654</x:v>
+        <x:v>15864</x:v>
       </x:c>
       <x:c r="FW21" s="3" t="n">
-        <x:v>14981</x:v>
+        <x:v>16022</x:v>
       </x:c>
       <x:c r="FX21" s="3" t="n">
-        <x:v>17734</x:v>
+        <x:v>18611</x:v>
       </x:c>
       <x:c r="FY21" s="3" t="n">
-        <x:v>17000</x:v>
+        <x:v>17341</x:v>
       </x:c>
       <x:c r="FZ21" s="3" t="n">
-        <x:v>15409</x:v>
+        <x:v>15185</x:v>
       </x:c>
       <x:c r="GA21" s="3" t="n">
-        <x:v>15109</x:v>
+        <x:v>14461</x:v>
       </x:c>
       <x:c r="GB21" s="3" t="n">
-        <x:v>14175</x:v>
+        <x:v>13304</x:v>
       </x:c>
       <x:c r="GC21" s="3" t="n">
-        <x:v>14975</x:v>
+        <x:v>13913</x:v>
       </x:c>
       <x:c r="GD21" s="3" t="n">
-        <x:v>14752</x:v>
+        <x:v>14176</x:v>
       </x:c>
       <x:c r="GE21" s="3" t="n">
-        <x:v>14049</x:v>
+        <x:v>13585</x:v>
       </x:c>
       <x:c r="GF21" s="3" t="n">
-        <x:v>13509</x:v>
+        <x:v>13004</x:v>
       </x:c>
       <x:c r="GG21" s="3" t="n">
-        <x:v>14552</x:v>
+        <x:v>13810</x:v>
       </x:c>
       <x:c r="GH21" s="3" t="n">
-        <x:v>16195</x:v>
+        <x:v>15498</x:v>
       </x:c>
       <x:c r="GI21" s="3" t="n">
-        <x:v>15575</x:v>
+        <x:v>14962</x:v>
+      </x:c>
+      <x:c r="GJ21" s="3" t="n">
+        <x:v>15323</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:191">
+    <x:row r="22" spans="1:192">
       <x:c r="A22" s="2" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
         <x:v>1633</x:v>
       </x:c>
       <x:c r="C22" s="3" t="n">
         <x:v>1704</x:v>
       </x:c>
       <x:c r="D22" s="3" t="n">
         <x:v>1478</x:v>
       </x:c>
       <x:c r="E22" s="3" t="n">
         <x:v>1757</x:v>
       </x:c>
       <x:c r="F22" s="3" t="n">
         <x:v>1780</x:v>
       </x:c>
       <x:c r="G22" s="3" t="n">
         <x:v>1729</x:v>
       </x:c>
       <x:c r="H22" s="3" t="n">
         <x:v>1768</x:v>
       </x:c>
       <x:c r="I22" s="3" t="n">
         <x:v>2026</x:v>
       </x:c>
@@ -11844,347 +11908,350 @@
       <x:c r="CH22" s="3" t="n">
         <x:v>5373</x:v>
       </x:c>
       <x:c r="CI22" s="3" t="n">
         <x:v>5417</x:v>
       </x:c>
       <x:c r="CJ22" s="3" t="n">
         <x:v>4979</x:v>
       </x:c>
       <x:c r="CK22" s="3" t="n">
         <x:v>5698</x:v>
       </x:c>
       <x:c r="CL22" s="3" t="n">
         <x:v>5683</x:v>
       </x:c>
       <x:c r="CM22" s="3" t="n">
         <x:v>5429</x:v>
       </x:c>
       <x:c r="CN22" s="3" t="n">
         <x:v>5200</x:v>
       </x:c>
       <x:c r="CO22" s="3" t="n">
         <x:v>5591</x:v>
       </x:c>
       <x:c r="CP22" s="3" t="n">
-        <x:v>5685</x:v>
+        <x:v>5697</x:v>
       </x:c>
       <x:c r="CQ22" s="3" t="n">
-        <x:v>5568</x:v>
+        <x:v>5581</x:v>
       </x:c>
       <x:c r="CR22" s="3" t="n">
-        <x:v>5146</x:v>
+        <x:v>5158</x:v>
       </x:c>
       <x:c r="CS22" s="3" t="n">
-        <x:v>5574</x:v>
+        <x:v>5586</x:v>
       </x:c>
       <x:c r="CT22" s="3" t="n">
-        <x:v>5535</x:v>
+        <x:v>5560</x:v>
       </x:c>
       <x:c r="CU22" s="3" t="n">
-        <x:v>6001</x:v>
+        <x:v>6029</x:v>
       </x:c>
       <x:c r="CV22" s="3" t="n">
-        <x:v>5201</x:v>
+        <x:v>5225</x:v>
       </x:c>
       <x:c r="CW22" s="3" t="n">
-        <x:v>5557</x:v>
+        <x:v>5583</x:v>
       </x:c>
       <x:c r="CX22" s="3" t="n">
-        <x:v>5464</x:v>
+        <x:v>5502</x:v>
       </x:c>
       <x:c r="CY22" s="3" t="n">
-        <x:v>5674</x:v>
+        <x:v>5713</x:v>
       </x:c>
       <x:c r="CZ22" s="3" t="n">
-        <x:v>5251</x:v>
+        <x:v>5288</x:v>
       </x:c>
       <x:c r="DA22" s="3" t="n">
-        <x:v>6295</x:v>
+        <x:v>6338</x:v>
       </x:c>
       <x:c r="DB22" s="3" t="n">
-        <x:v>6090</x:v>
+        <x:v>6146</x:v>
       </x:c>
       <x:c r="DC22" s="3" t="n">
-        <x:v>6492</x:v>
+        <x:v>6553</x:v>
       </x:c>
       <x:c r="DD22" s="3" t="n">
-        <x:v>5960</x:v>
+        <x:v>6015</x:v>
       </x:c>
       <x:c r="DE22" s="3" t="n">
-        <x:v>6288</x:v>
+        <x:v>6347</x:v>
       </x:c>
       <x:c r="DF22" s="3" t="n">
-        <x:v>6232</x:v>
+        <x:v>6304</x:v>
       </x:c>
       <x:c r="DG22" s="3" t="n">
-        <x:v>7486</x:v>
+        <x:v>7577</x:v>
       </x:c>
       <x:c r="DH22" s="3" t="n">
-        <x:v>6498</x:v>
+        <x:v>6577</x:v>
       </x:c>
       <x:c r="DI22" s="3" t="n">
-        <x:v>7352</x:v>
+        <x:v>7441</x:v>
       </x:c>
       <x:c r="DJ22" s="3" t="n">
-        <x:v>7329</x:v>
+        <x:v>7435</x:v>
       </x:c>
       <x:c r="DK22" s="3" t="n">
-        <x:v>7749</x:v>
+        <x:v>7863</x:v>
       </x:c>
       <x:c r="DL22" s="3" t="n">
-        <x:v>7408</x:v>
+        <x:v>7517</x:v>
       </x:c>
       <x:c r="DM22" s="3" t="n">
-        <x:v>8289</x:v>
+        <x:v>8411</x:v>
       </x:c>
       <x:c r="DN22" s="3" t="n">
-        <x:v>8815</x:v>
+        <x:v>8966</x:v>
       </x:c>
       <x:c r="DO22" s="3" t="n">
-        <x:v>8665</x:v>
+        <x:v>8812</x:v>
       </x:c>
       <x:c r="DP22" s="3" t="n">
-        <x:v>8740</x:v>
+        <x:v>8892</x:v>
       </x:c>
       <x:c r="DQ22" s="3" t="n">
-        <x:v>9503</x:v>
+        <x:v>9666</x:v>
       </x:c>
       <x:c r="DR22" s="3" t="n">
-        <x:v>9510</x:v>
+        <x:v>9698</x:v>
       </x:c>
       <x:c r="DS22" s="3" t="n">
-        <x:v>11265</x:v>
+        <x:v>11490</x:v>
       </x:c>
       <x:c r="DT22" s="3" t="n">
-        <x:v>9271</x:v>
+        <x:v>9459</x:v>
       </x:c>
       <x:c r="DU22" s="3" t="n">
-        <x:v>8858</x:v>
+        <x:v>9036</x:v>
       </x:c>
       <x:c r="DV22" s="3" t="n">
-        <x:v>8860</x:v>
+        <x:v>9062</x:v>
       </x:c>
       <x:c r="DW22" s="3" t="n">
-        <x:v>8368</x:v>
+        <x:v>8557</x:v>
       </x:c>
       <x:c r="DX22" s="3" t="n">
-        <x:v>8243</x:v>
+        <x:v>8428</x:v>
       </x:c>
       <x:c r="DY22" s="3" t="n">
-        <x:v>8450</x:v>
+        <x:v>8643</x:v>
       </x:c>
       <x:c r="DZ22" s="3" t="n">
-        <x:v>7430</x:v>
+        <x:v>7618</x:v>
       </x:c>
       <x:c r="EA22" s="3" t="n">
-        <x:v>8999</x:v>
+        <x:v>9230</x:v>
       </x:c>
       <x:c r="EB22" s="3" t="n">
-        <x:v>8246</x:v>
+        <x:v>8456</x:v>
       </x:c>
       <x:c r="EC22" s="3" t="n">
-        <x:v>8764</x:v>
+        <x:v>8986</x:v>
       </x:c>
       <x:c r="ED22" s="3" t="n">
-        <x:v>9186</x:v>
+        <x:v>9443</x:v>
       </x:c>
       <x:c r="EE22" s="3" t="n">
-        <x:v>9602</x:v>
+        <x:v>9875</x:v>
       </x:c>
       <x:c r="EF22" s="3" t="n">
-        <x:v>9045</x:v>
+        <x:v>9305</x:v>
       </x:c>
       <x:c r="EG22" s="3" t="n">
-        <x:v>9541</x:v>
+        <x:v>9814</x:v>
       </x:c>
       <x:c r="EH22" s="3" t="n">
-        <x:v>9656</x:v>
+        <x:v>9952</x:v>
       </x:c>
       <x:c r="EI22" s="3" t="n">
-        <x:v>9885</x:v>
+        <x:v>10190</x:v>
       </x:c>
       <x:c r="EJ22" s="3" t="n">
-        <x:v>9205</x:v>
+        <x:v>9492</x:v>
       </x:c>
       <x:c r="EK22" s="3" t="n">
-        <x:v>9483</x:v>
+        <x:v>9779</x:v>
       </x:c>
       <x:c r="EL22" s="3" t="n">
-        <x:v>8802</x:v>
+        <x:v>9097</x:v>
       </x:c>
       <x:c r="EM22" s="3" t="n">
-        <x:v>10702</x:v>
+        <x:v>11064</x:v>
       </x:c>
       <x:c r="EN22" s="3" t="n">
-        <x:v>9916</x:v>
+        <x:v>10260</x:v>
       </x:c>
       <x:c r="EO22" s="3" t="n">
+        <x:v>10559</x:v>
+      </x:c>
+      <x:c r="EP22" s="3" t="n">
+        <x:v>10405</x:v>
+      </x:c>
+      <x:c r="EQ22" s="3" t="n">
+        <x:v>11275</x:v>
+      </x:c>
+      <x:c r="ER22" s="3" t="n">
         <x:v>10212</x:v>
       </x:c>
-      <x:c r="EP22" s="3" t="n">
+      <x:c r="ES22" s="3" t="n">
+        <x:v>10277</x:v>
+      </x:c>
+      <x:c r="ET22" s="3" t="n">
         <x:v>10033</x:v>
       </x:c>
-      <x:c r="EQ22" s="3" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="EU22" s="3" t="n">
-        <x:v>11400</x:v>
+        <x:v>11842</x:v>
       </x:c>
       <x:c r="EV22" s="3" t="n">
-        <x:v>10241</x:v>
+        <x:v>10641</x:v>
       </x:c>
       <x:c r="EW22" s="3" t="n">
-        <x:v>10488</x:v>
+        <x:v>10902</x:v>
       </x:c>
       <x:c r="EX22" s="3" t="n">
-        <x:v>10145</x:v>
+        <x:v>10562</x:v>
       </x:c>
       <x:c r="EY22" s="3" t="n">
-        <x:v>12425</x:v>
+        <x:v>12946</x:v>
       </x:c>
       <x:c r="EZ22" s="3" t="n">
-        <x:v>11077</x:v>
+        <x:v>11547</x:v>
       </x:c>
       <x:c r="FA22" s="3" t="n">
-        <x:v>11366</x:v>
+        <x:v>11856</x:v>
       </x:c>
       <x:c r="FB22" s="3" t="n">
-        <x:v>10919</x:v>
+        <x:v>11397</x:v>
       </x:c>
       <x:c r="FC22" s="3" t="n">
-        <x:v>12257</x:v>
+        <x:v>12809</x:v>
       </x:c>
       <x:c r="FD22" s="3" t="n">
-        <x:v>11883</x:v>
+        <x:v>12430</x:v>
       </x:c>
       <x:c r="FE22" s="3" t="n">
-        <x:v>12056</x:v>
+        <x:v>12621</x:v>
       </x:c>
       <x:c r="FF22" s="3" t="n">
-        <x:v>11180</x:v>
+        <x:v>11710</x:v>
       </x:c>
       <x:c r="FG22" s="3" t="n">
+        <x:v>13999</x:v>
+      </x:c>
+      <x:c r="FH22" s="3" t="n">
+        <x:v>12528</x:v>
+      </x:c>
+      <x:c r="FI22" s="3" t="n">
+        <x:v>13638</x:v>
+      </x:c>
+      <x:c r="FJ22" s="3" t="n">
         <x:v>13344</x:v>
       </x:c>
-      <x:c r="FH22" s="3" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="FK22" s="3" t="n">
-        <x:v>13294</x:v>
+        <x:v>13985</x:v>
       </x:c>
       <x:c r="FL22" s="3" t="n">
-        <x:v>12475</x:v>
+        <x:v>13124</x:v>
       </x:c>
       <x:c r="FM22" s="3" t="n">
-        <x:v>12545</x:v>
+        <x:v>13193</x:v>
       </x:c>
       <x:c r="FN22" s="3" t="n">
-        <x:v>11929</x:v>
+        <x:v>12514</x:v>
       </x:c>
       <x:c r="FO22" s="3" t="n">
-        <x:v>12069</x:v>
+        <x:v>12677</x:v>
       </x:c>
       <x:c r="FP22" s="3" t="n">
-        <x:v>11176</x:v>
+        <x:v>11773</x:v>
       </x:c>
       <x:c r="FQ22" s="3" t="n">
-        <x:v>12228</x:v>
+        <x:v>12936</x:v>
       </x:c>
       <x:c r="FR22" s="3" t="n">
-        <x:v>12317</x:v>
+        <x:v>13090</x:v>
       </x:c>
       <x:c r="FS22" s="3" t="n">
-        <x:v>14763</x:v>
+        <x:v>15701</x:v>
       </x:c>
       <x:c r="FT22" s="3" t="n">
-        <x:v>13443</x:v>
+        <x:v>14196</x:v>
       </x:c>
       <x:c r="FU22" s="3" t="n">
-        <x:v>14518</x:v>
+        <x:v>15135</x:v>
       </x:c>
       <x:c r="FV22" s="3" t="n">
-        <x:v>14790</x:v>
+        <x:v>15105</x:v>
       </x:c>
       <x:c r="FW22" s="3" t="n">
-        <x:v>17379</x:v>
+        <x:v>17514</x:v>
       </x:c>
       <x:c r="FX22" s="3" t="n">
-        <x:v>15248</x:v>
+        <x:v>15316</x:v>
       </x:c>
       <x:c r="FY22" s="3" t="n">
+        <x:v>15795</x:v>
+      </x:c>
+      <x:c r="FZ22" s="3" t="n">
+        <x:v>16289</x:v>
+      </x:c>
+      <x:c r="GA22" s="3" t="n">
+        <x:v>16435</x:v>
+      </x:c>
+      <x:c r="GB22" s="3" t="n">
+        <x:v>15322</x:v>
+      </x:c>
+      <x:c r="GC22" s="3" t="n">
+        <x:v>15594</x:v>
+      </x:c>
+      <x:c r="GD22" s="3" t="n">
+        <x:v>13926</x:v>
+      </x:c>
+      <x:c r="GE22" s="3" t="n">
+        <x:v>16221</x:v>
+      </x:c>
+      <x:c r="GF22" s="3" t="n">
+        <x:v>14193</x:v>
+      </x:c>
+      <x:c r="GG22" s="3" t="n">
         <x:v>15641</x:v>
       </x:c>
-      <x:c r="FZ22" s="3" t="n">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="GH22" s="3" t="n">
-        <x:v>14825</x:v>
+        <x:v>15340</x:v>
       </x:c>
       <x:c r="GI22" s="3" t="n">
-        <x:v>15441</x:v>
+        <x:v>15976</x:v>
+      </x:c>
+      <x:c r="GJ22" s="3" t="n">
+        <x:v>15514</x:v>
       </x:c>
     </x:row>
-    <x:row r="23" spans="1:191">
+    <x:row r="23" spans="1:192">
       <x:c r="A23" s="2" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
         <x:v>1727</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>2101</x:v>
       </x:c>
       <x:c r="D23" s="3" t="n">
         <x:v>1891</x:v>
       </x:c>
       <x:c r="E23" s="3" t="n">
         <x:v>2438</x:v>
       </x:c>
       <x:c r="F23" s="3" t="n">
         <x:v>2516</x:v>
       </x:c>
       <x:c r="G23" s="3" t="n">
         <x:v>2623</x:v>
       </x:c>
       <x:c r="H23" s="3" t="n">
         <x:v>2547</x:v>
       </x:c>
       <x:c r="I23" s="3" t="n">
         <x:v>3029</x:v>
       </x:c>
@@ -12419,347 +12486,350 @@
       <x:c r="CH23" s="3" t="n">
         <x:v>8239</x:v>
       </x:c>
       <x:c r="CI23" s="3" t="n">
         <x:v>8269</x:v>
       </x:c>
       <x:c r="CJ23" s="3" t="n">
         <x:v>8433</x:v>
       </x:c>
       <x:c r="CK23" s="3" t="n">
         <x:v>9252</x:v>
       </x:c>
       <x:c r="CL23" s="3" t="n">
         <x:v>9649</x:v>
       </x:c>
       <x:c r="CM23" s="3" t="n">
         <x:v>11003</x:v>
       </x:c>
       <x:c r="CN23" s="3" t="n">
         <x:v>9920</x:v>
       </x:c>
       <x:c r="CO23" s="3" t="n">
         <x:v>10554</x:v>
       </x:c>
       <x:c r="CP23" s="3" t="n">
-        <x:v>11073</x:v>
+        <x:v>11085</x:v>
       </x:c>
       <x:c r="CQ23" s="3" t="n">
-        <x:v>10542</x:v>
+        <x:v>10553</x:v>
       </x:c>
       <x:c r="CR23" s="3" t="n">
-        <x:v>9460</x:v>
+        <x:v>9469</x:v>
       </x:c>
       <x:c r="CS23" s="3" t="n">
-        <x:v>9590</x:v>
+        <x:v>9600</x:v>
       </x:c>
       <x:c r="CT23" s="3" t="n">
-        <x:v>8973</x:v>
+        <x:v>8993</x:v>
       </x:c>
       <x:c r="CU23" s="3" t="n">
-        <x:v>9116</x:v>
+        <x:v>9136</x:v>
       </x:c>
       <x:c r="CV23" s="3" t="n">
-        <x:v>7991</x:v>
+        <x:v>8008</x:v>
       </x:c>
       <x:c r="CW23" s="3" t="n">
-        <x:v>8823</x:v>
+        <x:v>8842</x:v>
       </x:c>
       <x:c r="CX23" s="3" t="n">
-        <x:v>8428</x:v>
+        <x:v>8454</x:v>
       </x:c>
       <x:c r="CY23" s="3" t="n">
-        <x:v>8807</x:v>
+        <x:v>8834</x:v>
       </x:c>
       <x:c r="CZ23" s="3" t="n">
-        <x:v>8643</x:v>
+        <x:v>8671</x:v>
       </x:c>
       <x:c r="DA23" s="3" t="n">
-        <x:v>10050</x:v>
+        <x:v>10082</x:v>
       </x:c>
       <x:c r="DB23" s="3" t="n">
-        <x:v>10626</x:v>
+        <x:v>10669</x:v>
       </x:c>
       <x:c r="DC23" s="3" t="n">
-        <x:v>10827</x:v>
+        <x:v>10870</x:v>
       </x:c>
       <x:c r="DD23" s="3" t="n">
-        <x:v>10897</x:v>
+        <x:v>10941</x:v>
       </x:c>
       <x:c r="DE23" s="3" t="n">
-        <x:v>11746</x:v>
+        <x:v>11794</x:v>
       </x:c>
       <x:c r="DF23" s="3" t="n">
-        <x:v>10966</x:v>
+        <x:v>11026</x:v>
       </x:c>
       <x:c r="DG23" s="3" t="n">
-        <x:v>11525</x:v>
+        <x:v>11588</x:v>
       </x:c>
       <x:c r="DH23" s="3" t="n">
-        <x:v>10478</x:v>
+        <x:v>10535</x:v>
       </x:c>
       <x:c r="DI23" s="3" t="n">
-        <x:v>10488</x:v>
+        <x:v>10545</x:v>
       </x:c>
       <x:c r="DJ23" s="3" t="n">
-        <x:v>12589</x:v>
+        <x:v>12674</x:v>
       </x:c>
       <x:c r="DK23" s="3" t="n">
-        <x:v>12910</x:v>
+        <x:v>12997</x:v>
       </x:c>
       <x:c r="DL23" s="3" t="n">
-        <x:v>13103</x:v>
+        <x:v>13191</x:v>
       </x:c>
       <x:c r="DM23" s="3" t="n">
-        <x:v>15202</x:v>
+        <x:v>15304</x:v>
       </x:c>
       <x:c r="DN23" s="3" t="n">
-        <x:v>15281</x:v>
+        <x:v>15405</x:v>
       </x:c>
       <x:c r="DO23" s="3" t="n">
-        <x:v>15563</x:v>
+        <x:v>15690</x:v>
       </x:c>
       <x:c r="DP23" s="3" t="n">
-        <x:v>13327</x:v>
+        <x:v>13435</x:v>
       </x:c>
       <x:c r="DQ23" s="3" t="n">
-        <x:v>13437</x:v>
+        <x:v>13546</x:v>
       </x:c>
       <x:c r="DR23" s="3" t="n">
-        <x:v>15373</x:v>
+        <x:v>15508</x:v>
       </x:c>
       <x:c r="DS23" s="3" t="n">
-        <x:v>16358</x:v>
+        <x:v>16501</x:v>
       </x:c>
       <x:c r="DT23" s="3" t="n">
-        <x:v>15037</x:v>
+        <x:v>15169</x:v>
       </x:c>
       <x:c r="DU23" s="3" t="n">
-        <x:v>12439</x:v>
+        <x:v>12548</x:v>
       </x:c>
       <x:c r="DV23" s="3" t="n">
-        <x:v>10022</x:v>
+        <x:v>10124</x:v>
       </x:c>
       <x:c r="DW23" s="3" t="n">
-        <x:v>9097</x:v>
+        <x:v>9189</x:v>
       </x:c>
       <x:c r="DX23" s="3" t="n">
-        <x:v>10141</x:v>
+        <x:v>10243</x:v>
       </x:c>
       <x:c r="DY23" s="3" t="n">
-        <x:v>10989</x:v>
+        <x:v>11100</x:v>
       </x:c>
       <x:c r="DZ23" s="3" t="n">
-        <x:v>10882</x:v>
+        <x:v>10991</x:v>
       </x:c>
       <x:c r="EA23" s="3" t="n">
-        <x:v>11929</x:v>
+        <x:v>12048</x:v>
       </x:c>
       <x:c r="EB23" s="3" t="n">
-        <x:v>11818</x:v>
+        <x:v>11936</x:v>
       </x:c>
       <x:c r="EC23" s="3" t="n">
-        <x:v>12394</x:v>
+        <x:v>12518</x:v>
       </x:c>
       <x:c r="ED23" s="3" t="n">
-        <x:v>13869</x:v>
+        <x:v>14019</x:v>
       </x:c>
       <x:c r="EE23" s="3" t="n">
-        <x:v>13165</x:v>
+        <x:v>13308</x:v>
       </x:c>
       <x:c r="EF23" s="3" t="n">
-        <x:v>11899</x:v>
+        <x:v>12028</x:v>
       </x:c>
       <x:c r="EG23" s="3" t="n">
-        <x:v>11553</x:v>
+        <x:v>11679</x:v>
       </x:c>
       <x:c r="EH23" s="3" t="n">
-        <x:v>12098</x:v>
+        <x:v>12237</x:v>
       </x:c>
       <x:c r="EI23" s="3" t="n">
-        <x:v>11623</x:v>
+        <x:v>11756</x:v>
       </x:c>
       <x:c r="EJ23" s="3" t="n">
-        <x:v>10693</x:v>
+        <x:v>10815</x:v>
       </x:c>
       <x:c r="EK23" s="3" t="n">
-        <x:v>10417</x:v>
+        <x:v>10537</x:v>
       </x:c>
       <x:c r="EL23" s="3" t="n">
-        <x:v>10609</x:v>
+        <x:v>10743</x:v>
       </x:c>
       <x:c r="EM23" s="3" t="n">
-        <x:v>10389</x:v>
+        <x:v>10520</x:v>
       </x:c>
       <x:c r="EN23" s="3" t="n">
-        <x:v>10226</x:v>
+        <x:v>10355</x:v>
       </x:c>
       <x:c r="EO23" s="3" t="n">
-        <x:v>10520</x:v>
+        <x:v>10652</x:v>
       </x:c>
       <x:c r="EP23" s="3" t="n">
-        <x:v>10935</x:v>
+        <x:v>11075</x:v>
       </x:c>
       <x:c r="EQ23" s="3" t="n">
-        <x:v>11353</x:v>
+        <x:v>11498</x:v>
       </x:c>
       <x:c r="ER23" s="3" t="n">
-        <x:v>11809</x:v>
+        <x:v>11961</x:v>
       </x:c>
       <x:c r="ES23" s="3" t="n">
-        <x:v>12415</x:v>
+        <x:v>12575</x:v>
       </x:c>
       <x:c r="ET23" s="3" t="n">
-        <x:v>12948</x:v>
+        <x:v>13114</x:v>
       </x:c>
       <x:c r="EU23" s="3" t="n">
-        <x:v>12823</x:v>
+        <x:v>12987</x:v>
       </x:c>
       <x:c r="EV23" s="3" t="n">
-        <x:v>12086</x:v>
+        <x:v>12241</x:v>
       </x:c>
       <x:c r="EW23" s="3" t="n">
-        <x:v>11937</x:v>
+        <x:v>12090</x:v>
       </x:c>
       <x:c r="EX23" s="3" t="n">
-        <x:v>10059</x:v>
+        <x:v>10194</x:v>
       </x:c>
       <x:c r="EY23" s="3" t="n">
-        <x:v>10590</x:v>
+        <x:v>10732</x:v>
       </x:c>
       <x:c r="EZ23" s="3" t="n">
-        <x:v>10776</x:v>
+        <x:v>10921</x:v>
       </x:c>
       <x:c r="FA23" s="3" t="n">
-        <x:v>11614</x:v>
+        <x:v>11770</x:v>
       </x:c>
       <x:c r="FB23" s="3" t="n">
-        <x:v>13202</x:v>
+        <x:v>13378</x:v>
       </x:c>
       <x:c r="FC23" s="3" t="n">
-        <x:v>14276</x:v>
+        <x:v>14468</x:v>
       </x:c>
       <x:c r="FD23" s="3" t="n">
-        <x:v>13973</x:v>
+        <x:v>14164</x:v>
       </x:c>
       <x:c r="FE23" s="3" t="n">
-        <x:v>15203</x:v>
+        <x:v>15415</x:v>
       </x:c>
       <x:c r="FF23" s="3" t="n">
-        <x:v>15494</x:v>
+        <x:v>15715</x:v>
       </x:c>
       <x:c r="FG23" s="3" t="n">
-        <x:v>15984</x:v>
+        <x:v>16218</x:v>
       </x:c>
       <x:c r="FH23" s="3" t="n">
-        <x:v>14967</x:v>
+        <x:v>15191</x:v>
       </x:c>
       <x:c r="FI23" s="3" t="n">
-        <x:v>14328</x:v>
+        <x:v>14547</x:v>
       </x:c>
       <x:c r="FJ23" s="3" t="n">
-        <x:v>13992</x:v>
+        <x:v>14208</x:v>
       </x:c>
       <x:c r="FK23" s="3" t="n">
-        <x:v>13936</x:v>
+        <x:v>14152</x:v>
       </x:c>
       <x:c r="FL23" s="3" t="n">
-        <x:v>14420</x:v>
+        <x:v>14644</x:v>
       </x:c>
       <x:c r="FM23" s="3" t="n">
-        <x:v>15533</x:v>
+        <x:v>15772</x:v>
       </x:c>
       <x:c r="FN23" s="3" t="n">
-        <x:v>11164</x:v>
+        <x:v>11333</x:v>
       </x:c>
       <x:c r="FO23" s="3" t="n">
-        <x:v>13309</x:v>
+        <x:v>13514</x:v>
       </x:c>
       <x:c r="FP23" s="3" t="n">
-        <x:v>15104</x:v>
+        <x:v>15350</x:v>
       </x:c>
       <x:c r="FQ23" s="3" t="n">
-        <x:v>17931</x:v>
+        <x:v>18252</x:v>
       </x:c>
       <x:c r="FR23" s="3" t="n">
-        <x:v>16561</x:v>
+        <x:v>16890</x:v>
       </x:c>
       <x:c r="FS23" s="3" t="n">
-        <x:v>18189</x:v>
+        <x:v>18554</x:v>
       </x:c>
       <x:c r="FT23" s="3" t="n">
-        <x:v>19981</x:v>
+        <x:v>20336</x:v>
       </x:c>
       <x:c r="FU23" s="3" t="n">
-        <x:v>22886</x:v>
+        <x:v>23180</x:v>
       </x:c>
       <x:c r="FV23" s="3" t="n">
-        <x:v>26140</x:v>
+        <x:v>26306</x:v>
       </x:c>
       <x:c r="FW23" s="3" t="n">
-        <x:v>28848</x:v>
+        <x:v>29023</x:v>
       </x:c>
       <x:c r="FX23" s="3" t="n">
-        <x:v>25386</x:v>
+        <x:v>25739</x:v>
       </x:c>
       <x:c r="FY23" s="3" t="n">
-        <x:v>23197</x:v>
+        <x:v>23871</x:v>
       </x:c>
       <x:c r="FZ23" s="3" t="n">
-        <x:v>23583</x:v>
+        <x:v>24769</x:v>
       </x:c>
       <x:c r="GA23" s="3" t="n">
-        <x:v>23212</x:v>
+        <x:v>24758</x:v>
       </x:c>
       <x:c r="GB23" s="3" t="n">
-        <x:v>20618</x:v>
+        <x:v>22212</x:v>
       </x:c>
       <x:c r="GC23" s="3" t="n">
-        <x:v>20969</x:v>
+        <x:v>22699</x:v>
       </x:c>
       <x:c r="GD23" s="3" t="n">
-        <x:v>21283</x:v>
+        <x:v>22616</x:v>
       </x:c>
       <x:c r="GE23" s="3" t="n">
-        <x:v>23115</x:v>
+        <x:v>24557</x:v>
       </x:c>
       <x:c r="GF23" s="3" t="n">
-        <x:v>22485</x:v>
+        <x:v>23929</x:v>
       </x:c>
       <x:c r="GG23" s="3" t="n">
-        <x:v>22827</x:v>
+        <x:v>24382</x:v>
       </x:c>
       <x:c r="GH23" s="3" t="n">
-        <x:v>23401</x:v>
+        <x:v>25280</x:v>
       </x:c>
       <x:c r="GI23" s="3" t="n">
-        <x:v>23796</x:v>
+        <x:v>25578</x:v>
+      </x:c>
+      <x:c r="GJ23" s="3" t="n">
+        <x:v>24076</x:v>
       </x:c>
     </x:row>
-    <x:row r="24" spans="1:191">
+    <x:row r="24" spans="1:192">
       <x:c r="A24" s="2" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
         <x:v>4899</x:v>
       </x:c>
       <x:c r="C24" s="3" t="n">
         <x:v>4899</x:v>
       </x:c>
       <x:c r="D24" s="3" t="n">
         <x:v>4162</x:v>
       </x:c>
       <x:c r="E24" s="3" t="n">
         <x:v>5234</x:v>
       </x:c>
       <x:c r="F24" s="3" t="n">
         <x:v>5416</x:v>
       </x:c>
       <x:c r="G24" s="3" t="n">
         <x:v>4581</x:v>
       </x:c>
       <x:c r="H24" s="3" t="n">
         <x:v>4357</x:v>
       </x:c>
       <x:c r="I24" s="3" t="n">
         <x:v>5409</x:v>
       </x:c>
@@ -12994,347 +13064,350 @@
       <x:c r="CH24" s="3" t="n">
         <x:v>20677</x:v>
       </x:c>
       <x:c r="CI24" s="3" t="n">
         <x:v>20204</x:v>
       </x:c>
       <x:c r="CJ24" s="3" t="n">
         <x:v>18032</x:v>
       </x:c>
       <x:c r="CK24" s="3" t="n">
         <x:v>19955</x:v>
       </x:c>
       <x:c r="CL24" s="3" t="n">
         <x:v>21395</x:v>
       </x:c>
       <x:c r="CM24" s="3" t="n">
         <x:v>19046</x:v>
       </x:c>
       <x:c r="CN24" s="3" t="n">
         <x:v>18393</x:v>
       </x:c>
       <x:c r="CO24" s="3" t="n">
         <x:v>20792</x:v>
       </x:c>
       <x:c r="CP24" s="3" t="n">
-        <x:v>23677</x:v>
+        <x:v>23682</x:v>
       </x:c>
       <x:c r="CQ24" s="3" t="n">
-        <x:v>21382</x:v>
+        <x:v>21387</x:v>
       </x:c>
       <x:c r="CR24" s="3" t="n">
-        <x:v>19418</x:v>
+        <x:v>19422</x:v>
       </x:c>
       <x:c r="CS24" s="3" t="n">
-        <x:v>22501</x:v>
+        <x:v>22506</x:v>
       </x:c>
       <x:c r="CT24" s="3" t="n">
-        <x:v>21012</x:v>
+        <x:v>21020</x:v>
       </x:c>
       <x:c r="CU24" s="3" t="n">
-        <x:v>22479</x:v>
+        <x:v>22488</x:v>
       </x:c>
       <x:c r="CV24" s="3" t="n">
-        <x:v>19388</x:v>
+        <x:v>19395</x:v>
       </x:c>
       <x:c r="CW24" s="3" t="n">
-        <x:v>21446</x:v>
+        <x:v>21454</x:v>
       </x:c>
       <x:c r="CX24" s="3" t="n">
-        <x:v>21327</x:v>
+        <x:v>21339</x:v>
       </x:c>
       <x:c r="CY24" s="3" t="n">
-        <x:v>19668</x:v>
+        <x:v>19680</x:v>
       </x:c>
       <x:c r="CZ24" s="3" t="n">
-        <x:v>18919</x:v>
+        <x:v>18930</x:v>
       </x:c>
       <x:c r="DA24" s="3" t="n">
-        <x:v>20562</x:v>
+        <x:v>20574</x:v>
       </x:c>
       <x:c r="DB24" s="3" t="n">
-        <x:v>21295</x:v>
+        <x:v>21313</x:v>
       </x:c>
       <x:c r="DC24" s="3" t="n">
-        <x:v>19430</x:v>
+        <x:v>19446</x:v>
       </x:c>
       <x:c r="DD24" s="3" t="n">
-        <x:v>19288</x:v>
+        <x:v>19304</x:v>
       </x:c>
       <x:c r="DE24" s="3" t="n">
-        <x:v>22090</x:v>
+        <x:v>22108</x:v>
       </x:c>
       <x:c r="DF24" s="3" t="n">
-        <x:v>22957</x:v>
+        <x:v>22979</x:v>
       </x:c>
       <x:c r="DG24" s="3" t="n">
-        <x:v>24081</x:v>
+        <x:v>24104</x:v>
       </x:c>
       <x:c r="DH24" s="3" t="n">
-        <x:v>21495</x:v>
+        <x:v>21515</x:v>
       </x:c>
       <x:c r="DI24" s="3" t="n">
-        <x:v>24954</x:v>
+        <x:v>24977</x:v>
       </x:c>
       <x:c r="DJ24" s="3" t="n">
-        <x:v>30037</x:v>
+        <x:v>30067</x:v>
       </x:c>
       <x:c r="DK24" s="3" t="n">
-        <x:v>27503</x:v>
+        <x:v>27531</x:v>
       </x:c>
       <x:c r="DL24" s="3" t="n">
-        <x:v>26513</x:v>
+        <x:v>26540</x:v>
       </x:c>
       <x:c r="DM24" s="3" t="n">
-        <x:v>31279</x:v>
+        <x:v>31310</x:v>
       </x:c>
       <x:c r="DN24" s="3" t="n">
-        <x:v>37482</x:v>
+        <x:v>37523</x:v>
       </x:c>
       <x:c r="DO24" s="3" t="n">
-        <x:v>35299</x:v>
+        <x:v>35335</x:v>
       </x:c>
       <x:c r="DP24" s="3" t="n">
-        <x:v>32879</x:v>
+        <x:v>32912</x:v>
       </x:c>
       <x:c r="DQ24" s="3" t="n">
-        <x:v>38116</x:v>
+        <x:v>38154</x:v>
       </x:c>
       <x:c r="DR24" s="3" t="n">
-        <x:v>38714</x:v>
+        <x:v>38754</x:v>
       </x:c>
       <x:c r="DS24" s="3" t="n">
-        <x:v>43316</x:v>
+        <x:v>43361</x:v>
       </x:c>
       <x:c r="DT24" s="3" t="n">
-        <x:v>39383</x:v>
+        <x:v>39425</x:v>
       </x:c>
       <x:c r="DU24" s="3" t="n">
-        <x:v>45688</x:v>
+        <x:v>45735</x:v>
       </x:c>
       <x:c r="DV24" s="3" t="n">
-        <x:v>45354</x:v>
+        <x:v>45401</x:v>
       </x:c>
       <x:c r="DW24" s="3" t="n">
-        <x:v>40717</x:v>
+        <x:v>40754</x:v>
       </x:c>
       <x:c r="DX24" s="3" t="n">
-        <x:v>37649</x:v>
+        <x:v>37681</x:v>
       </x:c>
       <x:c r="DY24" s="3" t="n">
-        <x:v>40813</x:v>
+        <x:v>40850</x:v>
       </x:c>
       <x:c r="DZ24" s="3" t="n">
-        <x:v>38003</x:v>
+        <x:v>38048</x:v>
       </x:c>
       <x:c r="EA24" s="3" t="n">
-        <x:v>37756</x:v>
+        <x:v>37803</x:v>
       </x:c>
       <x:c r="EB24" s="3" t="n">
-        <x:v>34803</x:v>
+        <x:v>34847</x:v>
       </x:c>
       <x:c r="EC24" s="3" t="n">
-        <x:v>39892</x:v>
+        <x:v>39944</x:v>
       </x:c>
       <x:c r="ED24" s="3" t="n">
-        <x:v>38852</x:v>
+        <x:v>38912</x:v>
       </x:c>
       <x:c r="EE24" s="3" t="n">
-        <x:v>34795</x:v>
+        <x:v>34848</x:v>
       </x:c>
       <x:c r="EF24" s="3" t="n">
-        <x:v>35251</x:v>
+        <x:v>35304</x:v>
       </x:c>
       <x:c r="EG24" s="3" t="n">
-        <x:v>39859</x:v>
+        <x:v>39917</x:v>
       </x:c>
       <x:c r="EH24" s="3" t="n">
-        <x:v>43960</x:v>
+        <x:v>44025</x:v>
       </x:c>
       <x:c r="EI24" s="3" t="n">
+        <x:v>39231</x:v>
+      </x:c>
+      <x:c r="EJ24" s="3" t="n">
         <x:v>39174</x:v>
       </x:c>
-      <x:c r="EJ24" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="EK24" s="3" t="n">
-        <x:v>44003</x:v>
+        <x:v>44063</x:v>
       </x:c>
       <x:c r="EL24" s="3" t="n">
-        <x:v>43144</x:v>
+        <x:v>43204</x:v>
       </x:c>
       <x:c r="EM24" s="3" t="n">
-        <x:v>46102</x:v>
+        <x:v>46167</x:v>
       </x:c>
       <x:c r="EN24" s="3" t="n">
-        <x:v>43032</x:v>
+        <x:v>43092</x:v>
       </x:c>
       <x:c r="EO24" s="3" t="n">
-        <x:v>47917</x:v>
+        <x:v>47980</x:v>
       </x:c>
       <x:c r="EP24" s="3" t="n">
-        <x:v>50031</x:v>
+        <x:v>50100</x:v>
       </x:c>
       <x:c r="EQ24" s="3" t="n">
-        <x:v>45828</x:v>
+        <x:v>45888</x:v>
       </x:c>
       <x:c r="ER24" s="3" t="n">
-        <x:v>45911</x:v>
+        <x:v>45970</x:v>
       </x:c>
       <x:c r="ES24" s="3" t="n">
-        <x:v>52536</x:v>
+        <x:v>52606</x:v>
       </x:c>
       <x:c r="ET24" s="3" t="n">
-        <x:v>48262</x:v>
+        <x:v>48340</x:v>
       </x:c>
       <x:c r="EU24" s="3" t="n">
-        <x:v>44612</x:v>
+        <x:v>44688</x:v>
       </x:c>
       <x:c r="EV24" s="3" t="n">
-        <x:v>39382</x:v>
+        <x:v>39450</x:v>
       </x:c>
       <x:c r="EW24" s="3" t="n">
-        <x:v>44299</x:v>
+        <x:v>44374</x:v>
       </x:c>
       <x:c r="EX24" s="3" t="n">
-        <x:v>36989</x:v>
+        <x:v>37082</x:v>
       </x:c>
       <x:c r="EY24" s="3" t="n">
-        <x:v>36655</x:v>
+        <x:v>36750</x:v>
       </x:c>
       <x:c r="EZ24" s="3" t="n">
-        <x:v>30822</x:v>
+        <x:v>30907</x:v>
       </x:c>
       <x:c r="FA24" s="3" t="n">
-        <x:v>35451</x:v>
+        <x:v>35552</x:v>
       </x:c>
       <x:c r="FB24" s="3" t="n">
-        <x:v>36455</x:v>
+        <x:v>36570</x:v>
       </x:c>
       <x:c r="FC24" s="3" t="n">
-        <x:v>32836</x:v>
+        <x:v>32944</x:v>
       </x:c>
       <x:c r="FD24" s="3" t="n">
-        <x:v>30051</x:v>
+        <x:v>30151</x:v>
       </x:c>
       <x:c r="FE24" s="3" t="n">
-        <x:v>35563</x:v>
+        <x:v>35677</x:v>
       </x:c>
       <x:c r="FF24" s="3" t="n">
-        <x:v>35100</x:v>
+        <x:v>35208</x:v>
       </x:c>
       <x:c r="FG24" s="3" t="n">
-        <x:v>35333</x:v>
+        <x:v>35442</x:v>
       </x:c>
       <x:c r="FH24" s="3" t="n">
-        <x:v>31788</x:v>
+        <x:v>31885</x:v>
       </x:c>
       <x:c r="FI24" s="3" t="n">
-        <x:v>38660</x:v>
+        <x:v>38774</x:v>
       </x:c>
       <x:c r="FJ24" s="3" t="n">
-        <x:v>41377</x:v>
+        <x:v>41492</x:v>
       </x:c>
       <x:c r="FK24" s="3" t="n">
-        <x:v>40169</x:v>
+        <x:v>40291</x:v>
       </x:c>
       <x:c r="FL24" s="3" t="n">
-        <x:v>36878</x:v>
+        <x:v>36998</x:v>
       </x:c>
       <x:c r="FM24" s="3" t="n">
-        <x:v>42874</x:v>
+        <x:v>43021</x:v>
       </x:c>
       <x:c r="FN24" s="3" t="n">
-        <x:v>41224</x:v>
+        <x:v>41379</x:v>
       </x:c>
       <x:c r="FO24" s="3" t="n">
-        <x:v>37710</x:v>
+        <x:v>37866</x:v>
       </x:c>
       <x:c r="FP24" s="3" t="n">
-        <x:v>33707</x:v>
+        <x:v>33832</x:v>
       </x:c>
       <x:c r="FQ24" s="3" t="n">
-        <x:v>40930</x:v>
+        <x:v>41071</x:v>
       </x:c>
       <x:c r="FR24" s="3" t="n">
-        <x:v>42058</x:v>
+        <x:v>42162</x:v>
       </x:c>
       <x:c r="FS24" s="3" t="n">
-        <x:v>41546</x:v>
+        <x:v>41665</x:v>
       </x:c>
       <x:c r="FT24" s="3" t="n">
-        <x:v>36723</x:v>
+        <x:v>36892</x:v>
       </x:c>
       <x:c r="FU24" s="3" t="n">
-        <x:v>43822</x:v>
+        <x:v>44112</x:v>
       </x:c>
       <x:c r="FV24" s="3" t="n">
-        <x:v>46486</x:v>
+        <x:v>46933</x:v>
       </x:c>
       <x:c r="FW24" s="3" t="n">
-        <x:v>46718</x:v>
+        <x:v>47182</x:v>
       </x:c>
       <x:c r="FX24" s="3" t="n">
-        <x:v>42159</x:v>
+        <x:v>42505</x:v>
       </x:c>
       <x:c r="FY24" s="3" t="n">
-        <x:v>50775</x:v>
+        <x:v>51005</x:v>
       </x:c>
       <x:c r="FZ24" s="3" t="n">
-        <x:v>54892</x:v>
+        <x:v>54703</x:v>
       </x:c>
       <x:c r="GA24" s="3" t="n">
+        <x:v>50742</x:v>
+      </x:c>
+      <x:c r="GB24" s="3" t="n">
+        <x:v>46488</x:v>
+      </x:c>
+      <x:c r="GC24" s="3" t="n">
+        <x:v>54390</x:v>
+      </x:c>
+      <x:c r="GD24" s="3" t="n">
+        <x:v>55671</x:v>
+      </x:c>
+      <x:c r="GE24" s="3" t="n">
+        <x:v>57147</x:v>
+      </x:c>
+      <x:c r="GF24" s="3" t="n">
         <x:v>51151</x:v>
       </x:c>
-      <x:c r="GB24" s="3" t="n">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="GG24" s="3" t="n">
-        <x:v>59462</x:v>
+        <x:v>58809</x:v>
       </x:c>
       <x:c r="GH24" s="3" t="n">
-        <x:v>65972</x:v>
+        <x:v>65223</x:v>
       </x:c>
       <x:c r="GI24" s="3" t="n">
-        <x:v>62887</x:v>
+        <x:v>62273</x:v>
+      </x:c>
+      <x:c r="GJ24" s="3" t="n">
+        <x:v>57041</x:v>
       </x:c>
     </x:row>
-    <x:row r="25" spans="1:191">
+    <x:row r="25" spans="1:192">
       <x:c r="A25" s="2" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
         <x:v>2741</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>2786</x:v>
       </x:c>
       <x:c r="D25" s="3" t="n">
         <x:v>2205</x:v>
       </x:c>
       <x:c r="E25" s="3" t="n">
         <x:v>2662</x:v>
       </x:c>
       <x:c r="F25" s="3" t="n">
         <x:v>2780</x:v>
       </x:c>
       <x:c r="G25" s="3" t="n">
         <x:v>2604</x:v>
       </x:c>
       <x:c r="H25" s="3" t="n">
         <x:v>2405</x:v>
       </x:c>
       <x:c r="I25" s="3" t="n">
         <x:v>2823</x:v>
       </x:c>
@@ -13569,347 +13642,350 @@
       <x:c r="CH25" s="3" t="n">
         <x:v>14251</x:v>
       </x:c>
       <x:c r="CI25" s="3" t="n">
         <x:v>13834</x:v>
       </x:c>
       <x:c r="CJ25" s="3" t="n">
         <x:v>12152</x:v>
       </x:c>
       <x:c r="CK25" s="3" t="n">
         <x:v>12649</x:v>
       </x:c>
       <x:c r="CL25" s="3" t="n">
         <x:v>11210</x:v>
       </x:c>
       <x:c r="CM25" s="3" t="n">
         <x:v>9899</x:v>
       </x:c>
       <x:c r="CN25" s="3" t="n">
         <x:v>9593</x:v>
       </x:c>
       <x:c r="CO25" s="3" t="n">
         <x:v>10749</x:v>
       </x:c>
       <x:c r="CP25" s="3" t="n">
-        <x:v>12077</x:v>
+        <x:v>12082</x:v>
       </x:c>
       <x:c r="CQ25" s="3" t="n">
-        <x:v>11292</x:v>
+        <x:v>11297</x:v>
       </x:c>
       <x:c r="CR25" s="3" t="n">
-        <x:v>10765</x:v>
+        <x:v>10770</x:v>
       </x:c>
       <x:c r="CS25" s="3" t="n">
-        <x:v>12114</x:v>
+        <x:v>12120</x:v>
       </x:c>
       <x:c r="CT25" s="3" t="n">
-        <x:v>12173</x:v>
+        <x:v>12185</x:v>
       </x:c>
       <x:c r="CU25" s="3" t="n">
-        <x:v>12692</x:v>
+        <x:v>12705</x:v>
       </x:c>
       <x:c r="CV25" s="3" t="n">
-        <x:v>11433</x:v>
+        <x:v>11443</x:v>
       </x:c>
       <x:c r="CW25" s="3" t="n">
-        <x:v>12260</x:v>
+        <x:v>12271</x:v>
       </x:c>
       <x:c r="CX25" s="3" t="n">
-        <x:v>12499</x:v>
+        <x:v>12516</x:v>
       </x:c>
       <x:c r="CY25" s="3" t="n">
-        <x:v>10983</x:v>
+        <x:v>10998</x:v>
       </x:c>
       <x:c r="CZ25" s="3" t="n">
-        <x:v>10682</x:v>
+        <x:v>10697</x:v>
       </x:c>
       <x:c r="DA25" s="3" t="n">
-        <x:v>11424</x:v>
+        <x:v>11440</x:v>
       </x:c>
       <x:c r="DB25" s="3" t="n">
-        <x:v>11659</x:v>
+        <x:v>11680</x:v>
       </x:c>
       <x:c r="DC25" s="3" t="n">
-        <x:v>11158</x:v>
+        <x:v>11178</x:v>
       </x:c>
       <x:c r="DD25" s="3" t="n">
-        <x:v>10980</x:v>
+        <x:v>11000</x:v>
       </x:c>
       <x:c r="DE25" s="3" t="n">
-        <x:v>12422</x:v>
+        <x:v>12444</x:v>
       </x:c>
       <x:c r="DF25" s="3" t="n">
-        <x:v>13818</x:v>
+        <x:v>13849</x:v>
       </x:c>
       <x:c r="DG25" s="3" t="n">
-        <x:v>14810</x:v>
+        <x:v>14844</x:v>
       </x:c>
       <x:c r="DH25" s="3" t="n">
-        <x:v>13325</x:v>
+        <x:v>13354</x:v>
       </x:c>
       <x:c r="DI25" s="3" t="n">
-        <x:v>15887</x:v>
+        <x:v>15922</x:v>
       </x:c>
       <x:c r="DJ25" s="3" t="n">
-        <x:v>20523</x:v>
+        <x:v>20577</x:v>
       </x:c>
       <x:c r="DK25" s="3" t="n">
-        <x:v>19662</x:v>
+        <x:v>19713</x:v>
       </x:c>
       <x:c r="DL25" s="3" t="n">
-        <x:v>19200</x:v>
+        <x:v>19249</x:v>
       </x:c>
       <x:c r="DM25" s="3" t="n">
-        <x:v>22722</x:v>
+        <x:v>22782</x:v>
       </x:c>
       <x:c r="DN25" s="3" t="n">
-        <x:v>22364</x:v>
+        <x:v>22434</x:v>
       </x:c>
       <x:c r="DO25" s="3" t="n">
-        <x:v>21745</x:v>
+        <x:v>21812</x:v>
       </x:c>
       <x:c r="DP25" s="3" t="n">
-        <x:v>20172</x:v>
+        <x:v>20235</x:v>
       </x:c>
       <x:c r="DQ25" s="3" t="n">
-        <x:v>23453</x:v>
+        <x:v>23526</x:v>
       </x:c>
       <x:c r="DR25" s="3" t="n">
-        <x:v>21902</x:v>
+        <x:v>21981</x:v>
       </x:c>
       <x:c r="DS25" s="3" t="n">
-        <x:v>23922</x:v>
+        <x:v>24008</x:v>
       </x:c>
       <x:c r="DT25" s="3" t="n">
-        <x:v>20309</x:v>
+        <x:v>20380</x:v>
       </x:c>
       <x:c r="DU25" s="3" t="n">
-        <x:v>23982</x:v>
+        <x:v>24067</x:v>
       </x:c>
       <x:c r="DV25" s="3" t="n">
-        <x:v>20135</x:v>
+        <x:v>20216</x:v>
       </x:c>
       <x:c r="DW25" s="3" t="n">
-        <x:v>18316</x:v>
+        <x:v>18389</x:v>
       </x:c>
       <x:c r="DX25" s="3" t="n">
-        <x:v>16396</x:v>
+        <x:v>16462</x:v>
       </x:c>
       <x:c r="DY25" s="3" t="n">
-        <x:v>18352</x:v>
+        <x:v>18425</x:v>
       </x:c>
       <x:c r="DZ25" s="3" t="n">
-        <x:v>15612</x:v>
+        <x:v>15683</x:v>
       </x:c>
       <x:c r="EA25" s="3" t="n">
-        <x:v>15711</x:v>
+        <x:v>15783</x:v>
       </x:c>
       <x:c r="EB25" s="3" t="n">
-        <x:v>13563</x:v>
+        <x:v>13624</x:v>
       </x:c>
       <x:c r="EC25" s="3" t="n">
-        <x:v>15549</x:v>
+        <x:v>15620</x:v>
       </x:c>
       <x:c r="ED25" s="3" t="n">
-        <x:v>17024</x:v>
+        <x:v>17108</x:v>
       </x:c>
       <x:c r="EE25" s="3" t="n">
-        <x:v>15490</x:v>
+        <x:v>15567</x:v>
       </x:c>
       <x:c r="EF25" s="3" t="n">
-        <x:v>15395</x:v>
+        <x:v>15471</x:v>
       </x:c>
       <x:c r="EG25" s="3" t="n">
-        <x:v>17826</x:v>
+        <x:v>17914</x:v>
       </x:c>
       <x:c r="EH25" s="3" t="n">
-        <x:v>19272</x:v>
+        <x:v>19375</x:v>
       </x:c>
       <x:c r="EI25" s="3" t="n">
-        <x:v>17281</x:v>
+        <x:v>17374</x:v>
       </x:c>
       <x:c r="EJ25" s="3" t="n">
-        <x:v>17688</x:v>
+        <x:v>17781</x:v>
       </x:c>
       <x:c r="EK25" s="3" t="n">
-        <x:v>20486</x:v>
+        <x:v>20594</x:v>
       </x:c>
       <x:c r="EL25" s="3" t="n">
-        <x:v>19779</x:v>
+        <x:v>19892</x:v>
       </x:c>
       <x:c r="EM25" s="3" t="n">
-        <x:v>21742</x:v>
+        <x:v>21867</x:v>
       </x:c>
       <x:c r="EN25" s="3" t="n">
-        <x:v>19303</x:v>
+        <x:v>19413</x:v>
       </x:c>
       <x:c r="EO25" s="3" t="n">
-        <x:v>21570</x:v>
+        <x:v>21693</x:v>
       </x:c>
       <x:c r="EP25" s="3" t="n">
-        <x:v>21166</x:v>
+        <x:v>21296</x:v>
       </x:c>
       <x:c r="EQ25" s="3" t="n">
-        <x:v>20633</x:v>
+        <x:v>20760</x:v>
       </x:c>
       <x:c r="ER25" s="3" t="n">
-        <x:v>20096</x:v>
+        <x:v>20217</x:v>
       </x:c>
       <x:c r="ES25" s="3" t="n">
-        <x:v>22157</x:v>
+        <x:v>22293</x:v>
       </x:c>
       <x:c r="ET25" s="3" t="n">
-        <x:v>20569</x:v>
+        <x:v>20701</x:v>
       </x:c>
       <x:c r="EU25" s="3" t="n">
-        <x:v>17537</x:v>
+        <x:v>17650</x:v>
       </x:c>
       <x:c r="EV25" s="3" t="n">
-        <x:v>15495</x:v>
+        <x:v>15594</x:v>
       </x:c>
       <x:c r="EW25" s="3" t="n">
-        <x:v>16946</x:v>
+        <x:v>17056</x:v>
       </x:c>
       <x:c r="EX25" s="3" t="n">
-        <x:v>15067</x:v>
+        <x:v>15173</x:v>
       </x:c>
       <x:c r="EY25" s="3" t="n">
-        <x:v>16200</x:v>
+        <x:v>16314</x:v>
       </x:c>
       <x:c r="EZ25" s="3" t="n">
-        <x:v>12632</x:v>
+        <x:v>12722</x:v>
       </x:c>
       <x:c r="FA25" s="3" t="n">
-        <x:v>15071</x:v>
+        <x:v>15181</x:v>
       </x:c>
       <x:c r="FB25" s="3" t="n">
-        <x:v>15344</x:v>
+        <x:v>15459</x:v>
       </x:c>
       <x:c r="FC25" s="3" t="n">
-        <x:v>14401</x:v>
+        <x:v>14511</x:v>
       </x:c>
       <x:c r="FD25" s="3" t="n">
-        <x:v>12195</x:v>
+        <x:v>12289</x:v>
       </x:c>
       <x:c r="FE25" s="3" t="n">
-        <x:v>14651</x:v>
+        <x:v>14768</x:v>
       </x:c>
       <x:c r="FF25" s="3" t="n">
-        <x:v>15298</x:v>
+        <x:v>15422</x:v>
       </x:c>
       <x:c r="FG25" s="3" t="n">
-        <x:v>15256</x:v>
+        <x:v>15381</x:v>
       </x:c>
       <x:c r="FH25" s="3" t="n">
-        <x:v>13590</x:v>
+        <x:v>13701</x:v>
       </x:c>
       <x:c r="FI25" s="3" t="n">
-        <x:v>16113</x:v>
+        <x:v>16246</x:v>
       </x:c>
       <x:c r="FJ25" s="3" t="n">
-        <x:v>17094</x:v>
+        <x:v>17235</x:v>
       </x:c>
       <x:c r="FK25" s="3" t="n">
-        <x:v>16441</x:v>
+        <x:v>16578</x:v>
       </x:c>
       <x:c r="FL25" s="3" t="n">
-        <x:v>14121</x:v>
+        <x:v>14242</x:v>
       </x:c>
       <x:c r="FM25" s="3" t="n">
-        <x:v>16757</x:v>
+        <x:v>16910</x:v>
       </x:c>
       <x:c r="FN25" s="3" t="n">
-        <x:v>20684</x:v>
+        <x:v>20890</x:v>
       </x:c>
       <x:c r="FO25" s="3" t="n">
-        <x:v>13949</x:v>
+        <x:v>14080</x:v>
       </x:c>
       <x:c r="FP25" s="3" t="n">
-        <x:v>13460</x:v>
+        <x:v>13577</x:v>
       </x:c>
       <x:c r="FQ25" s="3" t="n">
-        <x:v>17169</x:v>
+        <x:v>17306</x:v>
       </x:c>
       <x:c r="FR25" s="3" t="n">
-        <x:v>18465</x:v>
+        <x:v>18591</x:v>
       </x:c>
       <x:c r="FS25" s="3" t="n">
-        <x:v>16929</x:v>
+        <x:v>17061</x:v>
       </x:c>
       <x:c r="FT25" s="3" t="n">
-        <x:v>14670</x:v>
+        <x:v>14823</x:v>
       </x:c>
       <x:c r="FU25" s="3" t="n">
-        <x:v>15624</x:v>
+        <x:v>15856</x:v>
       </x:c>
       <x:c r="FV25" s="3" t="n">
-        <x:v>17415</x:v>
+        <x:v>17779</x:v>
       </x:c>
       <x:c r="FW25" s="3" t="n">
-        <x:v>17252</x:v>
+        <x:v>17564</x:v>
       </x:c>
       <x:c r="FX25" s="3" t="n">
-        <x:v>14995</x:v>
+        <x:v>15083</x:v>
       </x:c>
       <x:c r="FY25" s="3" t="n">
-        <x:v>19342</x:v>
+        <x:v>19087</x:v>
       </x:c>
       <x:c r="FZ25" s="3" t="n">
-        <x:v>21694</x:v>
+        <x:v>20847</x:v>
       </x:c>
       <x:c r="GA25" s="3" t="n">
-        <x:v>20831</x:v>
+        <x:v>19590</x:v>
       </x:c>
       <x:c r="GB25" s="3" t="n">
-        <x:v>18851</x:v>
+        <x:v>17561</x:v>
       </x:c>
       <x:c r="GC25" s="3" t="n">
-        <x:v>23338</x:v>
+        <x:v>21551</x:v>
       </x:c>
       <x:c r="GD25" s="3" t="n">
-        <x:v>24232</x:v>
+        <x:v>22672</x:v>
       </x:c>
       <x:c r="GE25" s="3" t="n">
-        <x:v>25122</x:v>
+        <x:v>23651</x:v>
       </x:c>
       <x:c r="GF25" s="3" t="n">
-        <x:v>22714</x:v>
+        <x:v>21424</x:v>
       </x:c>
       <x:c r="GG25" s="3" t="n">
-        <x:v>26704</x:v>
+        <x:v>25240</x:v>
       </x:c>
       <x:c r="GH25" s="3" t="n">
-        <x:v>28243</x:v>
+        <x:v>26565</x:v>
       </x:c>
       <x:c r="GI25" s="3" t="n">
-        <x:v>28532</x:v>
+        <x:v>27161</x:v>
+      </x:c>
+      <x:c r="GJ25" s="3" t="n">
+        <x:v>23677</x:v>
       </x:c>
     </x:row>
-    <x:row r="26" spans="1:191">
+    <x:row r="26" spans="1:192">
       <x:c r="A26" s="2" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
         <x:v>1004</x:v>
       </x:c>
       <x:c r="C26" s="3" t="n">
         <x:v>1052</x:v>
       </x:c>
       <x:c r="D26" s="3" t="n">
         <x:v>885</x:v>
       </x:c>
       <x:c r="E26" s="3" t="n">
         <x:v>1165</x:v>
       </x:c>
       <x:c r="F26" s="3" t="n">
         <x:v>1131</x:v>
       </x:c>
       <x:c r="G26" s="3" t="n">
         <x:v>1012</x:v>
       </x:c>
       <x:c r="H26" s="3" t="n">
         <x:v>968</x:v>
       </x:c>
       <x:c r="I26" s="3" t="n">
         <x:v>1278</x:v>
       </x:c>
@@ -14144,347 +14220,350 @@
       <x:c r="CH26" s="3" t="n">
         <x:v>3943</x:v>
       </x:c>
       <x:c r="CI26" s="3" t="n">
         <x:v>3726</x:v>
       </x:c>
       <x:c r="CJ26" s="3" t="n">
         <x:v>3301</x:v>
       </x:c>
       <x:c r="CK26" s="3" t="n">
         <x:v>4184</x:v>
       </x:c>
       <x:c r="CL26" s="3" t="n">
         <x:v>4116</x:v>
       </x:c>
       <x:c r="CM26" s="3" t="n">
         <x:v>3799</x:v>
       </x:c>
       <x:c r="CN26" s="3" t="n">
         <x:v>3469</x:v>
       </x:c>
       <x:c r="CO26" s="3" t="n">
         <x:v>4145</x:v>
       </x:c>
       <x:c r="CP26" s="3" t="n">
-        <x:v>4200</x:v>
+        <x:v>4211</x:v>
       </x:c>
       <x:c r="CQ26" s="3" t="n">
-        <x:v>3819</x:v>
+        <x:v>3829</x:v>
       </x:c>
       <x:c r="CR26" s="3" t="n">
-        <x:v>3397</x:v>
+        <x:v>3406</x:v>
       </x:c>
       <x:c r="CS26" s="3" t="n">
-        <x:v>4158</x:v>
+        <x:v>4169</x:v>
       </x:c>
       <x:c r="CT26" s="3" t="n">
-        <x:v>3894</x:v>
+        <x:v>3913</x:v>
       </x:c>
       <x:c r="CU26" s="3" t="n">
-        <x:v>4032</x:v>
+        <x:v>4052</x:v>
       </x:c>
       <x:c r="CV26" s="3" t="n">
-        <x:v>3416</x:v>
+        <x:v>3434</x:v>
       </x:c>
       <x:c r="CW26" s="3" t="n">
-        <x:v>3845</x:v>
+        <x:v>3864</x:v>
       </x:c>
       <x:c r="CX26" s="3" t="n">
-        <x:v>4285</x:v>
+        <x:v>4317</x:v>
       </x:c>
       <x:c r="CY26" s="3" t="n">
-        <x:v>3803</x:v>
+        <x:v>3831</x:v>
       </x:c>
       <x:c r="CZ26" s="3" t="n">
-        <x:v>3115</x:v>
+        <x:v>3138</x:v>
       </x:c>
       <x:c r="DA26" s="3" t="n">
-        <x:v>4191</x:v>
+        <x:v>4222</x:v>
       </x:c>
       <x:c r="DB26" s="3" t="n">
-        <x:v>4304</x:v>
+        <x:v>4347</x:v>
       </x:c>
       <x:c r="DC26" s="3" t="n">
-        <x:v>3939</x:v>
+        <x:v>3978</x:v>
       </x:c>
       <x:c r="DD26" s="3" t="n">
-        <x:v>3814</x:v>
+        <x:v>3852</x:v>
       </x:c>
       <x:c r="DE26" s="3" t="n">
-        <x:v>4310</x:v>
+        <x:v>4354</x:v>
       </x:c>
       <x:c r="DF26" s="3" t="n">
-        <x:v>4210</x:v>
+        <x:v>4262</x:v>
       </x:c>
       <x:c r="DG26" s="3" t="n">
-        <x:v>4547</x:v>
+        <x:v>4603</x:v>
       </x:c>
       <x:c r="DH26" s="3" t="n">
-        <x:v>3918</x:v>
+        <x:v>3966</x:v>
       </x:c>
       <x:c r="DI26" s="3" t="n">
-        <x:v>4310</x:v>
+        <x:v>4363</x:v>
       </x:c>
       <x:c r="DJ26" s="3" t="n">
-        <x:v>4707</x:v>
+        <x:v>4776</x:v>
       </x:c>
       <x:c r="DK26" s="3" t="n">
-        <x:v>4433</x:v>
+        <x:v>4498</x:v>
       </x:c>
       <x:c r="DL26" s="3" t="n">
-        <x:v>4109</x:v>
+        <x:v>4169</x:v>
       </x:c>
       <x:c r="DM26" s="3" t="n">
-        <x:v>5117</x:v>
+        <x:v>5192</x:v>
       </x:c>
       <x:c r="DN26" s="3" t="n">
-        <x:v>5384</x:v>
+        <x:v>5478</x:v>
       </x:c>
       <x:c r="DO26" s="3" t="n">
-        <x:v>4784</x:v>
+        <x:v>4867</x:v>
       </x:c>
       <x:c r="DP26" s="3" t="n">
-        <x:v>4289</x:v>
+        <x:v>4363</x:v>
       </x:c>
       <x:c r="DQ26" s="3" t="n">
-        <x:v>5088</x:v>
+        <x:v>5176</x:v>
       </x:c>
       <x:c r="DR26" s="3" t="n">
-        <x:v>4428</x:v>
+        <x:v>4527</x:v>
       </x:c>
       <x:c r="DS26" s="3" t="n">
-        <x:v>4497</x:v>
+        <x:v>4597</x:v>
       </x:c>
       <x:c r="DT26" s="3" t="n">
-        <x:v>3441</x:v>
+        <x:v>3518</x:v>
       </x:c>
       <x:c r="DU26" s="3" t="n">
-        <x:v>4065</x:v>
+        <x:v>4156</x:v>
       </x:c>
       <x:c r="DV26" s="3" t="n">
-        <x:v>3854</x:v>
+        <x:v>3945</x:v>
       </x:c>
       <x:c r="DW26" s="3" t="n">
-        <x:v>3419</x:v>
+        <x:v>3500</x:v>
       </x:c>
       <x:c r="DX26" s="3" t="n">
-        <x:v>2977</x:v>
+        <x:v>3047</x:v>
       </x:c>
       <x:c r="DY26" s="3" t="n">
-        <x:v>3519</x:v>
+        <x:v>3602</x:v>
       </x:c>
       <x:c r="DZ26" s="3" t="n">
-        <x:v>3384</x:v>
+        <x:v>3469</x:v>
       </x:c>
       <x:c r="EA26" s="3" t="n">
-        <x:v>3186</x:v>
+        <x:v>3266</x:v>
       </x:c>
       <x:c r="EB26" s="3" t="n">
-        <x:v>2939</x:v>
+        <x:v>3013</x:v>
       </x:c>
       <x:c r="EC26" s="3" t="n">
-        <x:v>3584</x:v>
+        <x:v>3675</x:v>
       </x:c>
       <x:c r="ED26" s="3" t="n">
-        <x:v>3807</x:v>
+        <x:v>3912</x:v>
       </x:c>
       <x:c r="EE26" s="3" t="n">
-        <x:v>3216</x:v>
+        <x:v>3304</x:v>
       </x:c>
       <x:c r="EF26" s="3" t="n">
-        <x:v>3036</x:v>
+        <x:v>3119</x:v>
       </x:c>
       <x:c r="EG26" s="3" t="n">
-        <x:v>3681</x:v>
+        <x:v>3782</x:v>
       </x:c>
       <x:c r="EH26" s="3" t="n">
-        <x:v>3753</x:v>
+        <x:v>3866</x:v>
       </x:c>
       <x:c r="EI26" s="3" t="n">
-        <x:v>3256</x:v>
+        <x:v>3354</x:v>
       </x:c>
       <x:c r="EJ26" s="3" t="n">
-        <x:v>3061</x:v>
+        <x:v>3153</x:v>
       </x:c>
       <x:c r="EK26" s="3" t="n">
-        <x:v>3537</x:v>
+        <x:v>3643</x:v>
       </x:c>
       <x:c r="EL26" s="3" t="n">
-        <x:v>3574</x:v>
+        <x:v>3688</x:v>
       </x:c>
       <x:c r="EM26" s="3" t="n">
-        <x:v>3488</x:v>
+        <x:v>3599</x:v>
       </x:c>
       <x:c r="EN26" s="3" t="n">
-        <x:v>3005</x:v>
+        <x:v>3101</x:v>
       </x:c>
       <x:c r="EO26" s="3" t="n">
-        <x:v>3527</x:v>
+        <x:v>3640</x:v>
       </x:c>
       <x:c r="EP26" s="3" t="n">
-        <x:v>3678</x:v>
+        <x:v>3802</x:v>
       </x:c>
       <x:c r="EQ26" s="3" t="n">
-        <x:v>3293</x:v>
+        <x:v>3404</x:v>
       </x:c>
       <x:c r="ER26" s="3" t="n">
-        <x:v>3153</x:v>
+        <x:v>3259</x:v>
       </x:c>
       <x:c r="ES26" s="3" t="n">
-        <x:v>3718</x:v>
+        <x:v>3843</x:v>
       </x:c>
       <x:c r="ET26" s="3" t="n">
-        <x:v>3625</x:v>
+        <x:v>3755</x:v>
       </x:c>
       <x:c r="EU26" s="3" t="n">
-        <x:v>3417</x:v>
+        <x:v>3540</x:v>
       </x:c>
       <x:c r="EV26" s="3" t="n">
-        <x:v>3019</x:v>
+        <x:v>3127</x:v>
       </x:c>
       <x:c r="EW26" s="3" t="n">
-        <x:v>3453</x:v>
+        <x:v>3577</x:v>
       </x:c>
       <x:c r="EX26" s="3" t="n">
-        <x:v>3734</x:v>
+        <x:v>3874</x:v>
       </x:c>
       <x:c r="EY26" s="3" t="n">
-        <x:v>3658</x:v>
+        <x:v>3796</x:v>
       </x:c>
       <x:c r="EZ26" s="3" t="n">
-        <x:v>3214</x:v>
+        <x:v>3337</x:v>
       </x:c>
       <x:c r="FA26" s="3" t="n">
-        <x:v>3813</x:v>
+        <x:v>3961</x:v>
       </x:c>
       <x:c r="FB26" s="3" t="n">
-        <x:v>3931</x:v>
+        <x:v>4085</x:v>
       </x:c>
       <x:c r="FC26" s="3" t="n">
-        <x:v>3482</x:v>
+        <x:v>3622</x:v>
       </x:c>
       <x:c r="FD26" s="3" t="n">
-        <x:v>3248</x:v>
+        <x:v>3381</x:v>
       </x:c>
       <x:c r="FE26" s="3" t="n">
-        <x:v>3980</x:v>
+        <x:v>4147</x:v>
       </x:c>
       <x:c r="FF26" s="3" t="n">
-        <x:v>3918</x:v>
+        <x:v>4085</x:v>
       </x:c>
       <x:c r="FG26" s="3" t="n">
-        <x:v>3766</x:v>
+        <x:v>3929</x:v>
       </x:c>
       <x:c r="FH26" s="3" t="n">
-        <x:v>3265</x:v>
+        <x:v>3408</x:v>
       </x:c>
       <x:c r="FI26" s="3" t="n">
-        <x:v>3980</x:v>
+        <x:v>4154</x:v>
       </x:c>
       <x:c r="FJ26" s="3" t="n">
-        <x:v>4257</x:v>
+        <x:v>4442</x:v>
       </x:c>
       <x:c r="FK26" s="3" t="n">
-        <x:v>3865</x:v>
+        <x:v>4033</x:v>
       </x:c>
       <x:c r="FL26" s="3" t="n">
-        <x:v>3492</x:v>
+        <x:v>3647</x:v>
       </x:c>
       <x:c r="FM26" s="3" t="n">
-        <x:v>4225</x:v>
+        <x:v>4418</x:v>
       </x:c>
       <x:c r="FN26" s="3" t="n">
-        <x:v>4308</x:v>
+        <x:v>4512</x:v>
       </x:c>
       <x:c r="FO26" s="3" t="n">
-        <x:v>3253</x:v>
+        <x:v>3409</x:v>
       </x:c>
       <x:c r="FP26" s="3" t="n">
-        <x:v>4078</x:v>
+        <x:v>4272</x:v>
       </x:c>
       <x:c r="FQ26" s="3" t="n">
-        <x:v>4843</x:v>
+        <x:v>5066</x:v>
       </x:c>
       <x:c r="FR26" s="3" t="n">
-        <x:v>4965</x:v>
+        <x:v>5184</x:v>
       </x:c>
       <x:c r="FS26" s="3" t="n">
-        <x:v>4856</x:v>
+        <x:v>5075</x:v>
       </x:c>
       <x:c r="FT26" s="3" t="n">
-        <x:v>4233</x:v>
+        <x:v>4446</x:v>
       </x:c>
       <x:c r="FU26" s="3" t="n">
-        <x:v>5405</x:v>
+        <x:v>5720</x:v>
       </x:c>
       <x:c r="FV26" s="3" t="n">
-        <x:v>5563</x:v>
+        <x:v>5944</x:v>
       </x:c>
       <x:c r="FW26" s="3" t="n">
-        <x:v>5300</x:v>
+        <x:v>5646</x:v>
       </x:c>
       <x:c r="FX26" s="3" t="n">
-        <x:v>4911</x:v>
+        <x:v>5140</x:v>
       </x:c>
       <x:c r="FY26" s="3" t="n">
-        <x:v>5661</x:v>
+        <x:v>5749</x:v>
       </x:c>
       <x:c r="FZ26" s="3" t="n">
-        <x:v>5699</x:v>
+        <x:v>5527</x:v>
       </x:c>
       <x:c r="GA26" s="3" t="n">
-        <x:v>5297</x:v>
+        <x:v>4936</x:v>
       </x:c>
       <x:c r="GB26" s="3" t="n">
-        <x:v>4994</x:v>
+        <x:v>4528</x:v>
       </x:c>
       <x:c r="GC26" s="3" t="n">
-        <x:v>5721</x:v>
+        <x:v>5122</x:v>
       </x:c>
       <x:c r="GD26" s="3" t="n">
-        <x:v>5448</x:v>
+        <x:v>5018</x:v>
       </x:c>
       <x:c r="GE26" s="3" t="n">
-        <x:v>6298</x:v>
+        <x:v>5792</x:v>
       </x:c>
       <x:c r="GF26" s="3" t="n">
-        <x:v>5356</x:v>
+        <x:v>4931</x:v>
       </x:c>
       <x:c r="GG26" s="3" t="n">
-        <x:v>6252</x:v>
+        <x:v>5780</x:v>
       </x:c>
       <x:c r="GH26" s="3" t="n">
-        <x:v>6389</x:v>
+        <x:v>5866</x:v>
       </x:c>
       <x:c r="GI26" s="3" t="n">
-        <x:v>5745</x:v>
+        <x:v>5258</x:v>
+      </x:c>
+      <x:c r="GJ26" s="3" t="n">
+        <x:v>4840</x:v>
       </x:c>
     </x:row>
-    <x:row r="27" spans="1:191">
+    <x:row r="27" spans="1:192">
       <x:c r="A27" s="2" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
         <x:v>984</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>1036</x:v>
       </x:c>
       <x:c r="D27" s="3" t="n">
         <x:v>825</x:v>
       </x:c>
       <x:c r="E27" s="3" t="n">
         <x:v>992</x:v>
       </x:c>
       <x:c r="F27" s="3" t="n">
         <x:v>1073</x:v>
       </x:c>
       <x:c r="G27" s="3" t="n">
         <x:v>1026</x:v>
       </x:c>
       <x:c r="H27" s="3" t="n">
         <x:v>975</x:v>
       </x:c>
       <x:c r="I27" s="3" t="n">
         <x:v>1153</x:v>
       </x:c>
@@ -14719,347 +14798,350 @@
       <x:c r="CH27" s="3" t="n">
         <x:v>4752</x:v>
       </x:c>
       <x:c r="CI27" s="3" t="n">
         <x:v>4618</x:v>
       </x:c>
       <x:c r="CJ27" s="3" t="n">
         <x:v>4069</x:v>
       </x:c>
       <x:c r="CK27" s="3" t="n">
         <x:v>4330</x:v>
       </x:c>
       <x:c r="CL27" s="3" t="n">
         <x:v>4815</x:v>
       </x:c>
       <x:c r="CM27" s="3" t="n">
         <x:v>4272</x:v>
       </x:c>
       <x:c r="CN27" s="3" t="n">
         <x:v>4145</x:v>
       </x:c>
       <x:c r="CO27" s="3" t="n">
         <x:v>4613</x:v>
       </x:c>
       <x:c r="CP27" s="3" t="n">
-        <x:v>5118</x:v>
+        <x:v>5120</x:v>
       </x:c>
       <x:c r="CQ27" s="3" t="n">
-        <x:v>4774</x:v>
+        <x:v>4776</x:v>
       </x:c>
       <x:c r="CR27" s="3" t="n">
-        <x:v>4499</x:v>
+        <x:v>4501</x:v>
       </x:c>
       <x:c r="CS27" s="3" t="n">
-        <x:v>5095</x:v>
+        <x:v>5097</x:v>
       </x:c>
       <x:c r="CT27" s="3" t="n">
-        <x:v>5380</x:v>
+        <x:v>5384</x:v>
       </x:c>
       <x:c r="CU27" s="3" t="n">
-        <x:v>5696</x:v>
+        <x:v>5701</x:v>
       </x:c>
       <x:c r="CV27" s="3" t="n">
-        <x:v>5079</x:v>
+        <x:v>5084</x:v>
       </x:c>
       <x:c r="CW27" s="3" t="n">
-        <x:v>5488</x:v>
+        <x:v>5493</x:v>
       </x:c>
       <x:c r="CX27" s="3" t="n">
-        <x:v>4825</x:v>
+        <x:v>4832</x:v>
       </x:c>
       <x:c r="CY27" s="3" t="n">
-        <x:v>4299</x:v>
+        <x:v>4306</x:v>
       </x:c>
       <x:c r="CZ27" s="3" t="n">
-        <x:v>4167</x:v>
+        <x:v>4173</x:v>
       </x:c>
       <x:c r="DA27" s="3" t="n">
-        <x:v>4476</x:v>
+        <x:v>4483</x:v>
       </x:c>
       <x:c r="DB27" s="3" t="n">
-        <x:v>4980</x:v>
+        <x:v>4989</x:v>
       </x:c>
       <x:c r="DC27" s="3" t="n">
-        <x:v>4661</x:v>
+        <x:v>4670</x:v>
       </x:c>
       <x:c r="DD27" s="3" t="n">
-        <x:v>4581</x:v>
+        <x:v>4589</x:v>
       </x:c>
       <x:c r="DE27" s="3" t="n">
-        <x:v>5253</x:v>
+        <x:v>5263</x:v>
       </x:c>
       <x:c r="DF27" s="3" t="n">
-        <x:v>5324</x:v>
+        <x:v>5336</x:v>
       </x:c>
       <x:c r="DG27" s="3" t="n">
-        <x:v>5609</x:v>
+        <x:v>5622</x:v>
       </x:c>
       <x:c r="DH27" s="3" t="n">
-        <x:v>5016</x:v>
+        <x:v>5027</x:v>
       </x:c>
       <x:c r="DI27" s="3" t="n">
-        <x:v>5919</x:v>
+        <x:v>5932</x:v>
       </x:c>
       <x:c r="DJ27" s="3" t="n">
-        <x:v>7231</x:v>
+        <x:v>7249</x:v>
       </x:c>
       <x:c r="DK27" s="3" t="n">
-        <x:v>6741</x:v>
+        <x:v>6759</x:v>
       </x:c>
       <x:c r="DL27" s="3" t="n">
-        <x:v>6441</x:v>
+        <x:v>6457</x:v>
       </x:c>
       <x:c r="DM27" s="3" t="n">
-        <x:v>7702</x:v>
+        <x:v>7722</x:v>
       </x:c>
       <x:c r="DN27" s="3" t="n">
-        <x:v>8745</x:v>
+        <x:v>8772</x:v>
       </x:c>
       <x:c r="DO27" s="3" t="n">
-        <x:v>8362</x:v>
+        <x:v>8388</x:v>
       </x:c>
       <x:c r="DP27" s="3" t="n">
-        <x:v>7785</x:v>
+        <x:v>7809</x:v>
       </x:c>
       <x:c r="DQ27" s="3" t="n">
-        <x:v>9045</x:v>
+        <x:v>9073</x:v>
       </x:c>
       <x:c r="DR27" s="3" t="n">
-        <x:v>8018</x:v>
+        <x:v>8046</x:v>
       </x:c>
       <x:c r="DS27" s="3" t="n">
-        <x:v>9019</x:v>
+        <x:v>9050</x:v>
       </x:c>
       <x:c r="DT27" s="3" t="n">
-        <x:v>8564</x:v>
+        <x:v>8594</x:v>
       </x:c>
       <x:c r="DU27" s="3" t="n">
-        <x:v>9416</x:v>
+        <x:v>9449</x:v>
       </x:c>
       <x:c r="DV27" s="3" t="n">
-        <x:v>8905</x:v>
+        <x:v>8938</x:v>
       </x:c>
       <x:c r="DW27" s="3" t="n">
-        <x:v>8289</x:v>
+        <x:v>8319</x:v>
       </x:c>
       <x:c r="DX27" s="3" t="n">
-        <x:v>7982</x:v>
+        <x:v>8012</x:v>
       </x:c>
       <x:c r="DY27" s="3" t="n">
-        <x:v>8833</x:v>
+        <x:v>8866</x:v>
       </x:c>
       <x:c r="DZ27" s="3" t="n">
-        <x:v>8280</x:v>
+        <x:v>8315</x:v>
       </x:c>
       <x:c r="EA27" s="3" t="n">
-        <x:v>8600</x:v>
+        <x:v>8636</x:v>
       </x:c>
       <x:c r="EB27" s="3" t="n">
-        <x:v>7512</x:v>
+        <x:v>7543</x:v>
       </x:c>
       <x:c r="EC27" s="3" t="n">
-        <x:v>8401</x:v>
+        <x:v>8436</x:v>
       </x:c>
       <x:c r="ED27" s="3" t="n">
-        <x:v>9570</x:v>
+        <x:v>9616</x:v>
       </x:c>
       <x:c r="EE27" s="3" t="n">
-        <x:v>8314</x:v>
+        <x:v>8354</x:v>
       </x:c>
       <x:c r="EF27" s="3" t="n">
-        <x:v>8168</x:v>
+        <x:v>8207</x:v>
       </x:c>
       <x:c r="EG27" s="3" t="n">
-        <x:v>9667</x:v>
+        <x:v>9713</x:v>
       </x:c>
       <x:c r="EH27" s="3" t="n">
-        <x:v>10121</x:v>
+        <x:v>10171</x:v>
       </x:c>
       <x:c r="EI27" s="3" t="n">
-        <x:v>8797</x:v>
+        <x:v>8841</x:v>
       </x:c>
       <x:c r="EJ27" s="3" t="n">
-        <x:v>8984</x:v>
+        <x:v>9029</x:v>
       </x:c>
       <x:c r="EK27" s="3" t="n">
-        <x:v>10153</x:v>
+        <x:v>10204</x:v>
       </x:c>
       <x:c r="EL27" s="3" t="n">
-        <x:v>11068</x:v>
+        <x:v>11128</x:v>
       </x:c>
       <x:c r="EM27" s="3" t="n">
-        <x:v>11676</x:v>
+        <x:v>11739</x:v>
       </x:c>
       <x:c r="EN27" s="3" t="n">
-        <x:v>10612</x:v>
+        <x:v>10669</x:v>
       </x:c>
       <x:c r="EO27" s="3" t="n">
-        <x:v>11342</x:v>
+        <x:v>11402</x:v>
       </x:c>
       <x:c r="EP27" s="3" t="n">
-        <x:v>11028</x:v>
+        <x:v>11091</x:v>
       </x:c>
       <x:c r="EQ27" s="3" t="n">
-        <x:v>10622</x:v>
+        <x:v>10683</x:v>
       </x:c>
       <x:c r="ER27" s="3" t="n">
-        <x:v>10721</x:v>
+        <x:v>10782</x:v>
       </x:c>
       <x:c r="ES27" s="3" t="n">
-        <x:v>11982</x:v>
+        <x:v>12050</x:v>
       </x:c>
       <x:c r="ET27" s="3" t="n">
-        <x:v>11580</x:v>
+        <x:v>11655</x:v>
       </x:c>
       <x:c r="EU27" s="3" t="n">
-        <x:v>11213</x:v>
+        <x:v>11285</x:v>
       </x:c>
       <x:c r="EV27" s="3" t="n">
-        <x:v>10613</x:v>
+        <x:v>10681</x:v>
       </x:c>
       <x:c r="EW27" s="3" t="n">
-        <x:v>10494</x:v>
+        <x:v>10561</x:v>
       </x:c>
       <x:c r="EX27" s="3" t="n">
-        <x:v>10925</x:v>
+        <x:v>11001</x:v>
       </x:c>
       <x:c r="EY27" s="3" t="n">
-        <x:v>10628</x:v>
+        <x:v>10702</x:v>
       </x:c>
       <x:c r="EZ27" s="3" t="n">
-        <x:v>9136</x:v>
+        <x:v>9200</x:v>
       </x:c>
       <x:c r="FA27" s="3" t="n">
-        <x:v>10063</x:v>
+        <x:v>10134</x:v>
       </x:c>
       <x:c r="FB27" s="3" t="n">
-        <x:v>10679</x:v>
+        <x:v>10756</x:v>
       </x:c>
       <x:c r="FC27" s="3" t="n">
-        <x:v>10376</x:v>
+        <x:v>10452</x:v>
       </x:c>
       <x:c r="FD27" s="3" t="n">
-        <x:v>9814</x:v>
+        <x:v>9887</x:v>
       </x:c>
       <x:c r="FE27" s="3" t="n">
-        <x:v>10995</x:v>
+        <x:v>11079</x:v>
       </x:c>
       <x:c r="FF27" s="3" t="n">
-        <x:v>11112</x:v>
+        <x:v>11198</x:v>
       </x:c>
       <x:c r="FG27" s="3" t="n">
-        <x:v>11265</x:v>
+        <x:v>11354</x:v>
       </x:c>
       <x:c r="FH27" s="3" t="n">
-        <x:v>10213</x:v>
+        <x:v>10295</x:v>
       </x:c>
       <x:c r="FI27" s="3" t="n">
-        <x:v>11806</x:v>
+        <x:v>11902</x:v>
       </x:c>
       <x:c r="FJ27" s="3" t="n">
-        <x:v>12465</x:v>
+        <x:v>12567</x:v>
       </x:c>
       <x:c r="FK27" s="3" t="n">
-        <x:v>12300</x:v>
+        <x:v>12401</x:v>
       </x:c>
       <x:c r="FL27" s="3" t="n">
-        <x:v>11769</x:v>
+        <x:v>11867</x:v>
       </x:c>
       <x:c r="FM27" s="3" t="n">
-        <x:v>13059</x:v>
+        <x:v>13170</x:v>
       </x:c>
       <x:c r="FN27" s="3" t="n">
-        <x:v>13852</x:v>
+        <x:v>13970</x:v>
       </x:c>
       <x:c r="FO27" s="3" t="n">
-        <x:v>13563</x:v>
+        <x:v>13679</x:v>
       </x:c>
       <x:c r="FP27" s="3" t="n">
-        <x:v>12492</x:v>
+        <x:v>12597</x:v>
       </x:c>
       <x:c r="FQ27" s="3" t="n">
-        <x:v>13871</x:v>
+        <x:v>13984</x:v>
       </x:c>
       <x:c r="FR27" s="3" t="n">
-        <x:v>12388</x:v>
+        <x:v>12485</x:v>
       </x:c>
       <x:c r="FS27" s="3" t="n">
-        <x:v>12405</x:v>
+        <x:v>12507</x:v>
       </x:c>
       <x:c r="FT27" s="3" t="n">
-        <x:v>11396</x:v>
+        <x:v>11503</x:v>
       </x:c>
       <x:c r="FU27" s="3" t="n">
-        <x:v>13222</x:v>
+        <x:v>13371</x:v>
       </x:c>
       <x:c r="FV27" s="3" t="n">
-        <x:v>14568</x:v>
+        <x:v>14765</x:v>
       </x:c>
       <x:c r="FW27" s="3" t="n">
-        <x:v>14280</x:v>
+        <x:v>14465</x:v>
       </x:c>
       <x:c r="FX27" s="3" t="n">
-        <x:v>13358</x:v>
+        <x:v>13478</x:v>
       </x:c>
       <x:c r="FY27" s="3" t="n">
-        <x:v>15598</x:v>
+        <x:v>15635</x:v>
       </x:c>
       <x:c r="FZ27" s="3" t="n">
-        <x:v>16630</x:v>
+        <x:v>16505</x:v>
       </x:c>
       <x:c r="GA27" s="3" t="n">
-        <x:v>16102</x:v>
+        <x:v>15852</x:v>
       </x:c>
       <x:c r="GB27" s="3" t="n">
-        <x:v>15282</x:v>
+        <x:v>14963</x:v>
       </x:c>
       <x:c r="GC27" s="3" t="n">
-        <x:v>17344</x:v>
+        <x:v>16936</x:v>
       </x:c>
       <x:c r="GD27" s="3" t="n">
-        <x:v>18144</x:v>
+        <x:v>17645</x:v>
       </x:c>
       <x:c r="GE27" s="3" t="n">
-        <x:v>18545</x:v>
+        <x:v>18016</x:v>
       </x:c>
       <x:c r="GF27" s="3" t="n">
-        <x:v>17790</x:v>
+        <x:v>17244</x:v>
       </x:c>
       <x:c r="GG27" s="3" t="n">
-        <x:v>20565</x:v>
+        <x:v>19747</x:v>
       </x:c>
       <x:c r="GH27" s="3" t="n">
-        <x:v>21013</x:v>
+        <x:v>20159</x:v>
       </x:c>
       <x:c r="GI27" s="3" t="n">
-        <x:v>20835</x:v>
+        <x:v>19904</x:v>
+      </x:c>
+      <x:c r="GJ27" s="3" t="n">
+        <x:v>19121</x:v>
       </x:c>
     </x:row>
-    <x:row r="28" spans="1:191">
+    <x:row r="28" spans="1:192">
       <x:c r="A28" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
         <x:v>2251</x:v>
       </x:c>
       <x:c r="C28" s="3" t="n">
         <x:v>1711</x:v>
       </x:c>
       <x:c r="D28" s="3" t="n">
         <x:v>1602</x:v>
       </x:c>
       <x:c r="E28" s="3" t="n">
         <x:v>2219</x:v>
       </x:c>
       <x:c r="F28" s="3" t="n">
         <x:v>2265</x:v>
       </x:c>
       <x:c r="G28" s="3" t="n">
         <x:v>1964</x:v>
       </x:c>
       <x:c r="H28" s="3" t="n">
         <x:v>1993</x:v>
       </x:c>
       <x:c r="I28" s="3" t="n">
         <x:v>2688</x:v>
       </x:c>
@@ -15366,275 +15448,278 @@
       <x:c r="DF28" s="3" t="n">
         <x:v>15133</x:v>
       </x:c>
       <x:c r="DG28" s="3" t="n">
         <x:v>12406</x:v>
       </x:c>
       <x:c r="DH28" s="3" t="n">
         <x:v>11395</x:v>
       </x:c>
       <x:c r="DI28" s="3" t="n">
         <x:v>16233</x:v>
       </x:c>
       <x:c r="DJ28" s="3" t="n">
         <x:v>18581</x:v>
       </x:c>
       <x:c r="DK28" s="3" t="n">
         <x:v>13121</x:v>
       </x:c>
       <x:c r="DL28" s="3" t="n">
         <x:v>12843</x:v>
       </x:c>
       <x:c r="DM28" s="3" t="n">
         <x:v>17141</x:v>
       </x:c>
       <x:c r="DN28" s="3" t="n">
-        <x:v>15636</x:v>
+        <x:v>15637</x:v>
       </x:c>
       <x:c r="DO28" s="3" t="n">
-        <x:v>11399</x:v>
+        <x:v>11400</x:v>
       </x:c>
       <x:c r="DP28" s="3" t="n">
         <x:v>11095</x:v>
       </x:c>
       <x:c r="DQ28" s="3" t="n">
-        <x:v>18028</x:v>
+        <x:v>18030</x:v>
       </x:c>
       <x:c r="DR28" s="3" t="n">
-        <x:v>20103</x:v>
+        <x:v>20105</x:v>
       </x:c>
       <x:c r="DS28" s="3" t="n">
         <x:v>13283</x:v>
       </x:c>
       <x:c r="DT28" s="3" t="n">
-        <x:v>15999</x:v>
+        <x:v>16000</x:v>
       </x:c>
       <x:c r="DU28" s="3" t="n">
-        <x:v>23647</x:v>
+        <x:v>23649</x:v>
       </x:c>
       <x:c r="DV28" s="3" t="n">
-        <x:v>21472</x:v>
+        <x:v>21475</x:v>
       </x:c>
       <x:c r="DW28" s="3" t="n">
-        <x:v>13351</x:v>
+        <x:v>13352</x:v>
       </x:c>
       <x:c r="DX28" s="3" t="n">
-        <x:v>13276</x:v>
+        <x:v>13277</x:v>
       </x:c>
       <x:c r="DY28" s="3" t="n">
-        <x:v>19508</x:v>
+        <x:v>19510</x:v>
       </x:c>
       <x:c r="DZ28" s="3" t="n">
-        <x:v>25792</x:v>
+        <x:v>25796</x:v>
       </x:c>
       <x:c r="EA28" s="3" t="n">
-        <x:v>14633</x:v>
+        <x:v>14635</x:v>
       </x:c>
       <x:c r="EB28" s="3" t="n">
-        <x:v>13173</x:v>
+        <x:v>13174</x:v>
       </x:c>
       <x:c r="EC28" s="3" t="n">
-        <x:v>23443</x:v>
+        <x:v>23447</x:v>
       </x:c>
       <x:c r="ED28" s="3" t="n">
-        <x:v>22844</x:v>
+        <x:v>22849</x:v>
       </x:c>
       <x:c r="EE28" s="3" t="n">
-        <x:v>15401</x:v>
+        <x:v>15402</x:v>
       </x:c>
       <x:c r="EF28" s="3" t="n">
-        <x:v>14909</x:v>
+        <x:v>14910</x:v>
       </x:c>
       <x:c r="EG28" s="3" t="n">
-        <x:v>19181</x:v>
+        <x:v>19184</x:v>
       </x:c>
       <x:c r="EH28" s="3" t="n">
-        <x:v>22590</x:v>
+        <x:v>22596</x:v>
       </x:c>
       <x:c r="EI28" s="3" t="n">
-        <x:v>14751</x:v>
+        <x:v>14753</x:v>
       </x:c>
       <x:c r="EJ28" s="3" t="n">
-        <x:v>12500</x:v>
+        <x:v>12501</x:v>
       </x:c>
       <x:c r="EK28" s="3" t="n">
-        <x:v>20052</x:v>
+        <x:v>20058</x:v>
       </x:c>
       <x:c r="EL28" s="3" t="n">
-        <x:v>22041</x:v>
+        <x:v>22049</x:v>
       </x:c>
       <x:c r="EM28" s="3" t="n">
-        <x:v>15802</x:v>
+        <x:v>15806</x:v>
       </x:c>
       <x:c r="EN28" s="3" t="n">
-        <x:v>14677</x:v>
+        <x:v>14679</x:v>
       </x:c>
       <x:c r="EO28" s="3" t="n">
-        <x:v>19568</x:v>
+        <x:v>19574</x:v>
       </x:c>
       <x:c r="EP28" s="3" t="n">
-        <x:v>20640</x:v>
+        <x:v>20649</x:v>
       </x:c>
       <x:c r="EQ28" s="3" t="n">
-        <x:v>15371</x:v>
+        <x:v>15374</x:v>
       </x:c>
       <x:c r="ER28" s="3" t="n">
-        <x:v>14917</x:v>
+        <x:v>14919</x:v>
       </x:c>
       <x:c r="ES28" s="3" t="n">
-        <x:v>20537</x:v>
+        <x:v>20545</x:v>
       </x:c>
       <x:c r="ET28" s="3" t="n">
-        <x:v>21196</x:v>
+        <x:v>21201</x:v>
       </x:c>
       <x:c r="EU28" s="3" t="n">
-        <x:v>15036</x:v>
+        <x:v>15039</x:v>
       </x:c>
       <x:c r="EV28" s="3" t="n">
-        <x:v>12834</x:v>
+        <x:v>12835</x:v>
       </x:c>
       <x:c r="EW28" s="3" t="n">
-        <x:v>19052</x:v>
+        <x:v>19056</x:v>
       </x:c>
       <x:c r="EX28" s="3" t="n">
-        <x:v>22136</x:v>
+        <x:v>22146</x:v>
       </x:c>
       <x:c r="EY28" s="3" t="n">
-        <x:v>16705</x:v>
+        <x:v>16709</x:v>
       </x:c>
       <x:c r="EZ28" s="3" t="n">
-        <x:v>15323</x:v>
+        <x:v>15325</x:v>
       </x:c>
       <x:c r="FA28" s="3" t="n">
-        <x:v>23353</x:v>
+        <x:v>23357</x:v>
       </x:c>
       <x:c r="FB28" s="3" t="n">
-        <x:v>22863</x:v>
+        <x:v>22864</x:v>
       </x:c>
       <x:c r="FC28" s="3" t="n">
         <x:v>17973</x:v>
       </x:c>
       <x:c r="FD28" s="3" t="n">
-        <x:v>16944</x:v>
+        <x:v>16946</x:v>
       </x:c>
       <x:c r="FE28" s="3" t="n">
-        <x:v>23921</x:v>
+        <x:v>23935</x:v>
       </x:c>
       <x:c r="FF28" s="3" t="n">
-        <x:v>28209</x:v>
+        <x:v>28233</x:v>
       </x:c>
       <x:c r="FG28" s="3" t="n">
-        <x:v>19935</x:v>
+        <x:v>19946</x:v>
       </x:c>
       <x:c r="FH28" s="3" t="n">
-        <x:v>22781</x:v>
+        <x:v>22782</x:v>
       </x:c>
       <x:c r="FI28" s="3" t="n">
-        <x:v>30561</x:v>
+        <x:v>30549</x:v>
       </x:c>
       <x:c r="FJ28" s="3" t="n">
-        <x:v>30042</x:v>
+        <x:v>30000</x:v>
       </x:c>
       <x:c r="FK28" s="3" t="n">
-        <x:v>20572</x:v>
+        <x:v>20539</x:v>
       </x:c>
       <x:c r="FL28" s="3" t="n">
-        <x:v>20061</x:v>
+        <x:v>20063</x:v>
       </x:c>
       <x:c r="FM28" s="3" t="n">
-        <x:v>27012</x:v>
+        <x:v>27112</x:v>
       </x:c>
       <x:c r="FN28" s="3" t="n">
-        <x:v>21869</x:v>
+        <x:v>22105</x:v>
       </x:c>
       <x:c r="FO28" s="3" t="n">
-        <x:v>14103</x:v>
+        <x:v>14266</x:v>
       </x:c>
       <x:c r="FP28" s="3" t="n">
-        <x:v>14039</x:v>
+        <x:v>14050</x:v>
       </x:c>
       <x:c r="FQ28" s="3" t="n">
-        <x:v>21688</x:v>
+        <x:v>21302</x:v>
       </x:c>
       <x:c r="FR28" s="3" t="n">
-        <x:v>35740</x:v>
+        <x:v>34895</x:v>
       </x:c>
       <x:c r="FS28" s="3" t="n">
-        <x:v>27084</x:v>
+        <x:v>26520</x:v>
       </x:c>
       <x:c r="FT28" s="3" t="n">
-        <x:v>29968</x:v>
+        <x:v>30182</x:v>
       </x:c>
       <x:c r="FU28" s="3" t="n">
-        <x:v>52817</x:v>
+        <x:v>54058</x:v>
       </x:c>
       <x:c r="FV28" s="3" t="n">
-        <x:v>53272</x:v>
+        <x:v>54704</x:v>
       </x:c>
       <x:c r="FW28" s="3" t="n">
-        <x:v>45464</x:v>
+        <x:v>46777</x:v>
       </x:c>
       <x:c r="FX28" s="3" t="n">
-        <x:v>62052</x:v>
+        <x:v>61614</x:v>
       </x:c>
       <x:c r="FY28" s="3" t="n">
-        <x:v>69503</x:v>
+        <x:v>72703</x:v>
       </x:c>
       <x:c r="FZ28" s="3" t="n">
-        <x:v>54283</x:v>
+        <x:v>58337</x:v>
       </x:c>
       <x:c r="GA28" s="3" t="n">
-        <x:v>37803</x:v>
+        <x:v>40875</x:v>
       </x:c>
       <x:c r="GB28" s="3" t="n">
-        <x:v>27973</x:v>
+        <x:v>29870</x:v>
       </x:c>
       <x:c r="GC28" s="3" t="n">
-        <x:v>47242</x:v>
+        <x:v>49986</x:v>
       </x:c>
       <x:c r="GD28" s="3" t="n">
-        <x:v>49141</x:v>
+        <x:v>48943</x:v>
       </x:c>
       <x:c r="GE28" s="3" t="n">
-        <x:v>31620</x:v>
+        <x:v>33513</x:v>
       </x:c>
       <x:c r="GF28" s="3" t="n">
-        <x:v>25345</x:v>
+        <x:v>27383</x:v>
       </x:c>
       <x:c r="GG28" s="3" t="n">
-        <x:v>41659</x:v>
+        <x:v>42488</x:v>
       </x:c>
       <x:c r="GH28" s="3" t="n">
-        <x:v>51367</x:v>
+        <x:v>52663</x:v>
       </x:c>
       <x:c r="GI28" s="3" t="n">
-        <x:v>33261</x:v>
+        <x:v>35427</x:v>
+      </x:c>
+      <x:c r="GJ28" s="3" t="n">
+        <x:v>35856</x:v>
       </x:c>
     </x:row>
-    <x:row r="29" spans="1:191">
+    <x:row r="29" spans="1:192">
       <x:c r="A29" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
         <x:v>400</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>411</x:v>
       </x:c>
       <x:c r="D29" s="3" t="n">
         <x:v>418</x:v>
       </x:c>
       <x:c r="E29" s="3" t="n">
         <x:v>431</x:v>
       </x:c>
       <x:c r="F29" s="3" t="n">
         <x:v>432</x:v>
       </x:c>
       <x:c r="G29" s="3" t="n">
         <x:v>438</x:v>
       </x:c>
       <x:c r="H29" s="3" t="n">
         <x:v>442</x:v>
       </x:c>
       <x:c r="I29" s="3" t="n">
         <x:v>456</x:v>
       </x:c>
@@ -15869,347 +15954,350 @@
       <x:c r="CH29" s="3" t="n">
         <x:v>3832</x:v>
       </x:c>
       <x:c r="CI29" s="3" t="n">
         <x:v>3844</x:v>
       </x:c>
       <x:c r="CJ29" s="3" t="n">
         <x:v>3860</x:v>
       </x:c>
       <x:c r="CK29" s="3" t="n">
         <x:v>3964</x:v>
       </x:c>
       <x:c r="CL29" s="3" t="n">
         <x:v>4412</x:v>
       </x:c>
       <x:c r="CM29" s="3" t="n">
         <x:v>4377</x:v>
       </x:c>
       <x:c r="CN29" s="3" t="n">
         <x:v>4361</x:v>
       </x:c>
       <x:c r="CO29" s="3" t="n">
         <x:v>4500</x:v>
       </x:c>
       <x:c r="CP29" s="3" t="n">
-        <x:v>4799</x:v>
+        <x:v>4801</x:v>
       </x:c>
       <x:c r="CQ29" s="3" t="n">
-        <x:v>4738</x:v>
+        <x:v>4741</x:v>
       </x:c>
       <x:c r="CR29" s="3" t="n">
-        <x:v>4692</x:v>
+        <x:v>4695</x:v>
       </x:c>
       <x:c r="CS29" s="3" t="n">
-        <x:v>4976</x:v>
+        <x:v>4979</x:v>
       </x:c>
       <x:c r="CT29" s="3" t="n">
-        <x:v>5045</x:v>
+        <x:v>5051</x:v>
       </x:c>
       <x:c r="CU29" s="3" t="n">
-        <x:v>5073</x:v>
+        <x:v>5080</x:v>
       </x:c>
       <x:c r="CV29" s="3" t="n">
-        <x:v>5004</x:v>
+        <x:v>5010</x:v>
       </x:c>
       <x:c r="CW29" s="3" t="n">
-        <x:v>5129</x:v>
+        <x:v>5136</x:v>
       </x:c>
       <x:c r="CX29" s="3" t="n">
-        <x:v>5418</x:v>
+        <x:v>5429</x:v>
       </x:c>
       <x:c r="CY29" s="3" t="n">
-        <x:v>5349</x:v>
+        <x:v>5360</x:v>
       </x:c>
       <x:c r="CZ29" s="3" t="n">
-        <x:v>5233</x:v>
+        <x:v>5242</x:v>
       </x:c>
       <x:c r="DA29" s="3" t="n">
-        <x:v>5508</x:v>
+        <x:v>5519</x:v>
       </x:c>
       <x:c r="DB29" s="3" t="n">
-        <x:v>5919</x:v>
+        <x:v>5936</x:v>
       </x:c>
       <x:c r="DC29" s="3" t="n">
-        <x:v>5934</x:v>
+        <x:v>5951</x:v>
       </x:c>
       <x:c r="DD29" s="3" t="n">
-        <x:v>5958</x:v>
+        <x:v>5976</x:v>
       </x:c>
       <x:c r="DE29" s="3" t="n">
-        <x:v>6087</x:v>
+        <x:v>6105</x:v>
       </x:c>
       <x:c r="DF29" s="3" t="n">
-        <x:v>6282</x:v>
+        <x:v>6306</x:v>
       </x:c>
       <x:c r="DG29" s="3" t="n">
-        <x:v>6498</x:v>
+        <x:v>6523</x:v>
       </x:c>
       <x:c r="DH29" s="3" t="n">
-        <x:v>6284</x:v>
+        <x:v>6308</x:v>
       </x:c>
       <x:c r="DI29" s="3" t="n">
-        <x:v>6494</x:v>
+        <x:v>6519</x:v>
       </x:c>
       <x:c r="DJ29" s="3" t="n">
-        <x:v>6836</x:v>
+        <x:v>6869</x:v>
       </x:c>
       <x:c r="DK29" s="3" t="n">
-        <x:v>6782</x:v>
+        <x:v>6814</x:v>
       </x:c>
       <x:c r="DL29" s="3" t="n">
-        <x:v>6647</x:v>
+        <x:v>6679</x:v>
       </x:c>
       <x:c r="DM29" s="3" t="n">
-        <x:v>7122</x:v>
+        <x:v>7158</x:v>
       </x:c>
       <x:c r="DN29" s="3" t="n">
-        <x:v>7422</x:v>
+        <x:v>7467</x:v>
       </x:c>
       <x:c r="DO29" s="3" t="n">
-        <x:v>7273</x:v>
+        <x:v>7316</x:v>
       </x:c>
       <x:c r="DP29" s="3" t="n">
-        <x:v>7133</x:v>
+        <x:v>7174</x:v>
       </x:c>
       <x:c r="DQ29" s="3" t="n">
-        <x:v>7686</x:v>
+        <x:v>7732</x:v>
       </x:c>
       <x:c r="DR29" s="3" t="n">
-        <x:v>8309</x:v>
+        <x:v>8367</x:v>
       </x:c>
       <x:c r="DS29" s="3" t="n">
-        <x:v>8945</x:v>
+        <x:v>9009</x:v>
       </x:c>
       <x:c r="DT29" s="3" t="n">
-        <x:v>8921</x:v>
+        <x:v>8984</x:v>
       </x:c>
       <x:c r="DU29" s="3" t="n">
-        <x:v>8596</x:v>
+        <x:v>8654</x:v>
       </x:c>
       <x:c r="DV29" s="3" t="n">
-        <x:v>7875</x:v>
+        <x:v>7929</x:v>
       </x:c>
       <x:c r="DW29" s="3" t="n">
-        <x:v>8401</x:v>
+        <x:v>8462</x:v>
       </x:c>
       <x:c r="DX29" s="3" t="n">
-        <x:v>8686</x:v>
+        <x:v>8749</x:v>
       </x:c>
       <x:c r="DY29" s="3" t="n">
-        <x:v>9132</x:v>
+        <x:v>9201</x:v>
       </x:c>
       <x:c r="DZ29" s="3" t="n">
-        <x:v>8442</x:v>
+        <x:v>8506</x:v>
       </x:c>
       <x:c r="EA29" s="3" t="n">
-        <x:v>9329</x:v>
+        <x:v>9406</x:v>
       </x:c>
       <x:c r="EB29" s="3" t="n">
-        <x:v>9334</x:v>
+        <x:v>9409</x:v>
       </x:c>
       <x:c r="EC29" s="3" t="n">
-        <x:v>10033</x:v>
+        <x:v>10117</x:v>
       </x:c>
       <x:c r="ED29" s="3" t="n">
-        <x:v>9172</x:v>
+        <x:v>9250</x:v>
       </x:c>
       <x:c r="EE29" s="3" t="n">
-        <x:v>9986</x:v>
+        <x:v>10078</x:v>
       </x:c>
       <x:c r="EF29" s="3" t="n">
-        <x:v>9978</x:v>
+        <x:v>10069</x:v>
       </x:c>
       <x:c r="EG29" s="3" t="n">
-        <x:v>10514</x:v>
+        <x:v>10611</x:v>
       </x:c>
       <x:c r="EH29" s="3" t="n">
-        <x:v>9905</x:v>
+        <x:v>10000</x:v>
       </x:c>
       <x:c r="EI29" s="3" t="n">
-        <x:v>10267</x:v>
+        <x:v>10367</x:v>
       </x:c>
       <x:c r="EJ29" s="3" t="n">
-        <x:v>10268</x:v>
+        <x:v>10366</x:v>
       </x:c>
       <x:c r="EK29" s="3" t="n">
-        <x:v>10187</x:v>
+        <x:v>10286</x:v>
       </x:c>
       <x:c r="EL29" s="3" t="n">
-        <x:v>9847</x:v>
+        <x:v>9942</x:v>
       </x:c>
       <x:c r="EM29" s="3" t="n">
-        <x:v>10241</x:v>
+        <x:v>10343</x:v>
       </x:c>
       <x:c r="EN29" s="3" t="n">
-        <x:v>10812</x:v>
+        <x:v>10925</x:v>
       </x:c>
       <x:c r="EO29" s="3" t="n">
-        <x:v>10941</x:v>
+        <x:v>11055</x:v>
       </x:c>
       <x:c r="EP29" s="3" t="n">
-        <x:v>10332</x:v>
+        <x:v>10425</x:v>
       </x:c>
       <x:c r="EQ29" s="3" t="n">
-        <x:v>11083</x:v>
+        <x:v>11190</x:v>
       </x:c>
       <x:c r="ER29" s="3" t="n">
-        <x:v>10926</x:v>
+        <x:v>11027</x:v>
       </x:c>
       <x:c r="ES29" s="3" t="n">
-        <x:v>11555</x:v>
+        <x:v>11666</x:v>
       </x:c>
       <x:c r="ET29" s="3" t="n">
-        <x:v>11154</x:v>
+        <x:v>11262</x:v>
       </x:c>
       <x:c r="EU29" s="3" t="n">
-        <x:v>12000</x:v>
+        <x:v>12124</x:v>
       </x:c>
       <x:c r="EV29" s="3" t="n">
-        <x:v>11608</x:v>
+        <x:v>11725</x:v>
       </x:c>
       <x:c r="EW29" s="3" t="n">
-        <x:v>12034</x:v>
+        <x:v>12158</x:v>
       </x:c>
       <x:c r="EX29" s="3" t="n">
-        <x:v>11899</x:v>
+        <x:v>12022</x:v>
       </x:c>
       <x:c r="EY29" s="3" t="n">
-        <x:v>12495</x:v>
+        <x:v>12629</x:v>
       </x:c>
       <x:c r="EZ29" s="3" t="n">
-        <x:v>12148</x:v>
+        <x:v>12276</x:v>
       </x:c>
       <x:c r="FA29" s="3" t="n">
-        <x:v>13207</x:v>
+        <x:v>13361</x:v>
       </x:c>
       <x:c r="FB29" s="3" t="n">
-        <x:v>13508</x:v>
+        <x:v>13671</x:v>
       </x:c>
       <x:c r="FC29" s="3" t="n">
-        <x:v>13060</x:v>
+        <x:v>13212</x:v>
       </x:c>
       <x:c r="FD29" s="3" t="n">
-        <x:v>12891</x:v>
+        <x:v>13042</x:v>
       </x:c>
       <x:c r="FE29" s="3" t="n">
-        <x:v>14034</x:v>
+        <x:v>14213</x:v>
       </x:c>
       <x:c r="FF29" s="3" t="n">
-        <x:v>14028</x:v>
+        <x:v>14206</x:v>
       </x:c>
       <x:c r="FG29" s="3" t="n">
-        <x:v>14401</x:v>
+        <x:v>14584</x:v>
       </x:c>
       <x:c r="FH29" s="3" t="n">
-        <x:v>13785</x:v>
+        <x:v>13950</x:v>
       </x:c>
       <x:c r="FI29" s="3" t="n">
-        <x:v>15053</x:v>
+        <x:v>15248</x:v>
       </x:c>
       <x:c r="FJ29" s="3" t="n">
-        <x:v>14894</x:v>
+        <x:v>15083</x:v>
       </x:c>
       <x:c r="FK29" s="3" t="n">
-        <x:v>14753</x:v>
+        <x:v>14934</x:v>
       </x:c>
       <x:c r="FL29" s="3" t="n">
-        <x:v>14874</x:v>
+        <x:v>15063</x:v>
       </x:c>
       <x:c r="FM29" s="3" t="n">
-        <x:v>15921</x:v>
+        <x:v>16146</x:v>
       </x:c>
       <x:c r="FN29" s="3" t="n">
-        <x:v>16447</x:v>
+        <x:v>16694</x:v>
       </x:c>
       <x:c r="FO29" s="3" t="n">
-        <x:v>15449</x:v>
+        <x:v>15670</x:v>
       </x:c>
       <x:c r="FP29" s="3" t="n">
-        <x:v>15574</x:v>
+        <x:v>15799</x:v>
       </x:c>
       <x:c r="FQ29" s="3" t="n">
-        <x:v>17011</x:v>
+        <x:v>17270</x:v>
       </x:c>
       <x:c r="FR29" s="3" t="n">
-        <x:v>17662</x:v>
+        <x:v>17927</x:v>
       </x:c>
       <x:c r="FS29" s="3" t="n">
-        <x:v>17546</x:v>
+        <x:v>17799</x:v>
       </x:c>
       <x:c r="FT29" s="3" t="n">
-        <x:v>17641</x:v>
+        <x:v>17901</x:v>
       </x:c>
       <x:c r="FU29" s="3" t="n">
-        <x:v>19696</x:v>
+        <x:v>20033</x:v>
       </x:c>
       <x:c r="FV29" s="3" t="n">
-        <x:v>20047</x:v>
+        <x:v>20416</x:v>
       </x:c>
       <x:c r="FW29" s="3" t="n">
-        <x:v>20031</x:v>
+        <x:v>20351</x:v>
       </x:c>
       <x:c r="FX29" s="3" t="n">
-        <x:v>19867</x:v>
+        <x:v>20081</x:v>
       </x:c>
       <x:c r="FY29" s="3" t="n">
-        <x:v>21757</x:v>
+        <x:v>21854</x:v>
       </x:c>
       <x:c r="FZ29" s="3" t="n">
-        <x:v>21838</x:v>
+        <x:v>21699</x:v>
       </x:c>
       <x:c r="GA29" s="3" t="n">
-        <x:v>21175</x:v>
+        <x:v>20851</x:v>
       </x:c>
       <x:c r="GB29" s="3" t="n">
-        <x:v>20965</x:v>
+        <x:v>20524</x:v>
       </x:c>
       <x:c r="GC29" s="3" t="n">
-        <x:v>23087</x:v>
+        <x:v>22518</x:v>
       </x:c>
       <x:c r="GD29" s="3" t="n">
-        <x:v>22829</x:v>
+        <x:v>22399</x:v>
       </x:c>
       <x:c r="GE29" s="3" t="n">
-        <x:v>23073</x:v>
+        <x:v>22683</x:v>
       </x:c>
       <x:c r="GF29" s="3" t="n">
-        <x:v>22793</x:v>
+        <x:v>22386</x:v>
       </x:c>
       <x:c r="GG29" s="3" t="n">
-        <x:v>24588</x:v>
+        <x:v>24362</x:v>
       </x:c>
       <x:c r="GH29" s="3" t="n">
-        <x:v>24622</x:v>
+        <x:v>24461</x:v>
       </x:c>
       <x:c r="GI29" s="3" t="n">
-        <x:v>24272</x:v>
+        <x:v>24108</x:v>
+      </x:c>
+      <x:c r="GJ29" s="3" t="n">
+        <x:v>24262</x:v>
       </x:c>
     </x:row>
-    <x:row r="30" spans="1:191">
+    <x:row r="30" spans="1:192">
       <x:c r="A30" s="2" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
         <x:v>8336</x:v>
       </x:c>
       <x:c r="C30" s="3" t="n">
         <x:v>9062</x:v>
       </x:c>
       <x:c r="D30" s="3" t="n">
         <x:v>8335</x:v>
       </x:c>
       <x:c r="E30" s="3" t="n">
         <x:v>9727</x:v>
       </x:c>
       <x:c r="F30" s="3" t="n">
         <x:v>9370</x:v>
       </x:c>
       <x:c r="G30" s="3" t="n">
         <x:v>8964</x:v>
       </x:c>
       <x:c r="H30" s="3" t="n">
         <x:v>8672</x:v>
       </x:c>
       <x:c r="I30" s="3" t="n">
         <x:v>10104</x:v>
       </x:c>
@@ -16444,347 +16532,350 @@
       <x:c r="CH30" s="3" t="n">
         <x:v>35416</x:v>
       </x:c>
       <x:c r="CI30" s="3" t="n">
         <x:v>34866</x:v>
       </x:c>
       <x:c r="CJ30" s="3" t="n">
         <x:v>33278</x:v>
       </x:c>
       <x:c r="CK30" s="3" t="n">
         <x:v>37420</x:v>
       </x:c>
       <x:c r="CL30" s="3" t="n">
         <x:v>37328</x:v>
       </x:c>
       <x:c r="CM30" s="3" t="n">
         <x:v>35765</x:v>
       </x:c>
       <x:c r="CN30" s="3" t="n">
         <x:v>34653</x:v>
       </x:c>
       <x:c r="CO30" s="3" t="n">
         <x:v>38946</x:v>
       </x:c>
       <x:c r="CP30" s="3" t="n">
-        <x:v>39851</x:v>
+        <x:v>39787</x:v>
       </x:c>
       <x:c r="CQ30" s="3" t="n">
-        <x:v>38817</x:v>
+        <x:v>38755</x:v>
       </x:c>
       <x:c r="CR30" s="3" t="n">
-        <x:v>38049</x:v>
+        <x:v>37979</x:v>
       </x:c>
       <x:c r="CS30" s="3" t="n">
-        <x:v>42371</x:v>
+        <x:v>42303</x:v>
       </x:c>
       <x:c r="CT30" s="3" t="n">
-        <x:v>41057</x:v>
+        <x:v>40886</x:v>
       </x:c>
       <x:c r="CU30" s="3" t="n">
-        <x:v>43009</x:v>
+        <x:v>42846</x:v>
       </x:c>
       <x:c r="CV30" s="3" t="n">
-        <x:v>40238</x:v>
+        <x:v>40070</x:v>
       </x:c>
       <x:c r="CW30" s="3" t="n">
-        <x:v>44285</x:v>
+        <x:v>44113</x:v>
       </x:c>
       <x:c r="CX30" s="3" t="n">
-        <x:v>45473</x:v>
+        <x:v>45175</x:v>
       </x:c>
       <x:c r="CY30" s="3" t="n">
-        <x:v>44519</x:v>
+        <x:v>44224</x:v>
       </x:c>
       <x:c r="CZ30" s="3" t="n">
-        <x:v>42707</x:v>
+        <x:v>42400</x:v>
       </x:c>
       <x:c r="DA30" s="3" t="n">
-        <x:v>47897</x:v>
+        <x:v>47572</x:v>
       </x:c>
       <x:c r="DB30" s="3" t="n">
-        <x:v>48206</x:v>
+        <x:v>47724</x:v>
       </x:c>
       <x:c r="DC30" s="3" t="n">
-        <x:v>50327</x:v>
+        <x:v>49821</x:v>
       </x:c>
       <x:c r="DD30" s="3" t="n">
-        <x:v>49100</x:v>
+        <x:v>48556</x:v>
       </x:c>
       <x:c r="DE30" s="3" t="n">
-        <x:v>55943</x:v>
+        <x:v>55353</x:v>
       </x:c>
       <x:c r="DF30" s="3" t="n">
-        <x:v>55170</x:v>
+        <x:v>54354</x:v>
       </x:c>
       <x:c r="DG30" s="3" t="n">
-        <x:v>59567</x:v>
+        <x:v>58749</x:v>
       </x:c>
       <x:c r="DH30" s="3" t="n">
-        <x:v>55716</x:v>
+        <x:v>54860</x:v>
       </x:c>
       <x:c r="DI30" s="3" t="n">
-        <x:v>62815</x:v>
+        <x:v>61917</x:v>
       </x:c>
       <x:c r="DJ30" s="3" t="n">
-        <x:v>67995</x:v>
+        <x:v>66673</x:v>
       </x:c>
       <x:c r="DK30" s="3" t="n">
-        <x:v>67402</x:v>
+        <x:v>66079</x:v>
       </x:c>
       <x:c r="DL30" s="3" t="n">
-        <x:v>64663</x:v>
+        <x:v>63296</x:v>
       </x:c>
       <x:c r="DM30" s="3" t="n">
-        <x:v>73977</x:v>
+        <x:v>72532</x:v>
       </x:c>
       <x:c r="DN30" s="3" t="n">
-        <x:v>81536</x:v>
+        <x:v>79818</x:v>
       </x:c>
       <x:c r="DO30" s="3" t="n">
-        <x:v>81681</x:v>
+        <x:v>79863</x:v>
       </x:c>
       <x:c r="DP30" s="3" t="n">
-        <x:v>78097</x:v>
+        <x:v>76299</x:v>
       </x:c>
       <x:c r="DQ30" s="3" t="n">
-        <x:v>89921</x:v>
+        <x:v>87690</x:v>
       </x:c>
       <x:c r="DR30" s="3" t="n">
-        <x:v>88641</x:v>
+        <x:v>86512</x:v>
       </x:c>
       <x:c r="DS30" s="3" t="n">
-        <x:v>94121</x:v>
+        <x:v>92231</x:v>
       </x:c>
       <x:c r="DT30" s="3" t="n">
-        <x:v>84777</x:v>
+        <x:v>83090</x:v>
       </x:c>
       <x:c r="DU30" s="3" t="n">
-        <x:v>92212</x:v>
+        <x:v>90808</x:v>
       </x:c>
       <x:c r="DV30" s="3" t="n">
-        <x:v>83735</x:v>
+        <x:v>81909</x:v>
       </x:c>
       <x:c r="DW30" s="3" t="n">
-        <x:v>79849</x:v>
+        <x:v>78298</x:v>
       </x:c>
       <x:c r="DX30" s="3" t="n">
-        <x:v>76375</x:v>
+        <x:v>74894</x:v>
       </x:c>
       <x:c r="DY30" s="3" t="n">
-        <x:v>83921</x:v>
+        <x:v>82388</x:v>
       </x:c>
       <x:c r="DZ30" s="3" t="n">
-        <x:v>79463</x:v>
+        <x:v>77363</x:v>
       </x:c>
       <x:c r="EA30" s="3" t="n">
-        <x:v>82449</x:v>
+        <x:v>80459</x:v>
       </x:c>
       <x:c r="EB30" s="3" t="n">
-        <x:v>77698</x:v>
+        <x:v>75753</x:v>
       </x:c>
       <x:c r="EC30" s="3" t="n">
-        <x:v>88359</x:v>
+        <x:v>86051</x:v>
       </x:c>
       <x:c r="ED30" s="3" t="n">
-        <x:v>91764</x:v>
+        <x:v>88509</x:v>
       </x:c>
       <x:c r="EE30" s="3" t="n">
-        <x:v>91327</x:v>
+        <x:v>88316</x:v>
       </x:c>
       <x:c r="EF30" s="3" t="n">
-        <x:v>87510</x:v>
+        <x:v>84493</x:v>
       </x:c>
       <x:c r="EG30" s="3" t="n">
-        <x:v>103275</x:v>
+        <x:v>99666</x:v>
       </x:c>
       <x:c r="EH30" s="3" t="n">
-        <x:v>108159</x:v>
+        <x:v>103636</x:v>
       </x:c>
       <x:c r="EI30" s="3" t="n">
-        <x:v>106180</x:v>
+        <x:v>101781</x:v>
       </x:c>
       <x:c r="EJ30" s="3" t="n">
-        <x:v>99232</x:v>
+        <x:v>95167</x:v>
       </x:c>
       <x:c r="EK30" s="3" t="n">
-        <x:v>112568</x:v>
+        <x:v>107794</x:v>
       </x:c>
       <x:c r="EL30" s="3" t="n">
-        <x:v>106612</x:v>
+        <x:v>101929</x:v>
       </x:c>
       <x:c r="EM30" s="3" t="n">
-        <x:v>112952</x:v>
+        <x:v>108234</x:v>
       </x:c>
       <x:c r="EN30" s="3" t="n">
-        <x:v>105589</x:v>
+        <x:v>101102</x:v>
       </x:c>
       <x:c r="EO30" s="3" t="n">
-        <x:v>120611</x:v>
+        <x:v>115203</x:v>
       </x:c>
       <x:c r="EP30" s="3" t="n">
-        <x:v>116175</x:v>
+        <x:v>110633</x:v>
       </x:c>
       <x:c r="EQ30" s="3" t="n">
-        <x:v>117057</x:v>
+        <x:v>111930</x:v>
       </x:c>
       <x:c r="ER30" s="3" t="n">
-        <x:v>113266</x:v>
+        <x:v>108163</x:v>
       </x:c>
       <x:c r="ES30" s="3" t="n">
-        <x:v>125487</x:v>
+        <x:v>119681</x:v>
       </x:c>
       <x:c r="ET30" s="3" t="n">
-        <x:v>120710</x:v>
+        <x:v>113932</x:v>
       </x:c>
       <x:c r="EU30" s="3" t="n">
-        <x:v>125568</x:v>
+        <x:v>119079</x:v>
       </x:c>
       <x:c r="EV30" s="3" t="n">
-        <x:v>118576</x:v>
+        <x:v>112437</x:v>
       </x:c>
       <x:c r="EW30" s="3" t="n">
-        <x:v>133158</x:v>
+        <x:v>125825</x:v>
       </x:c>
       <x:c r="EX30" s="3" t="n">
-        <x:v>124109</x:v>
+        <x:v>116409</x:v>
       </x:c>
       <x:c r="EY30" s="3" t="n">
+        <x:v>128812</x:v>
+      </x:c>
+      <x:c r="EZ30" s="3" t="n">
+        <x:v>117125</x:v>
+      </x:c>
+      <x:c r="FA30" s="3" t="n">
+        <x:v>139761</x:v>
+      </x:c>
+      <x:c r="FB30" s="3" t="n">
+        <x:v>137240</x:v>
+      </x:c>
+      <x:c r="FC30" s="3" t="n">
+        <x:v>126504</x:v>
+      </x:c>
+      <x:c r="FD30" s="3" t="n">
+        <x:v>122590</x:v>
+      </x:c>
+      <x:c r="FE30" s="3" t="n">
+        <x:v>147459</x:v>
+      </x:c>
+      <x:c r="FF30" s="3" t="n">
         <x:v>137231</x:v>
       </x:c>
-      <x:c r="EZ30" s="3" t="n">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="FG30" s="3" t="n">
-        <x:v>153613</x:v>
+        <x:v>143165</x:v>
       </x:c>
       <x:c r="FH30" s="3" t="n">
-        <x:v>141483</x:v>
+        <x:v>132128</x:v>
       </x:c>
       <x:c r="FI30" s="3" t="n">
-        <x:v>169642</x:v>
+        <x:v>158484</x:v>
       </x:c>
       <x:c r="FJ30" s="3" t="n">
-        <x:v>162673</x:v>
+        <x:v>151401</x:v>
       </x:c>
       <x:c r="FK30" s="3" t="n">
-        <x:v>153413</x:v>
+        <x:v>143259</x:v>
       </x:c>
       <x:c r="FL30" s="3" t="n">
-        <x:v>149815</x:v>
+        <x:v>140126</x:v>
       </x:c>
       <x:c r="FM30" s="3" t="n">
-        <x:v>173881</x:v>
+        <x:v>162758</x:v>
       </x:c>
       <x:c r="FN30" s="3" t="n">
-        <x:v>161718</x:v>
+        <x:v>151004</x:v>
       </x:c>
       <x:c r="FO30" s="3" t="n">
-        <x:v>149851</x:v>
+        <x:v>140118</x:v>
       </x:c>
       <x:c r="FP30" s="3" t="n">
-        <x:v>148864</x:v>
+        <x:v>139164</x:v>
       </x:c>
       <x:c r="FQ30" s="3" t="n">
-        <x:v>174037</x:v>
+        <x:v>162507</x:v>
       </x:c>
       <x:c r="FR30" s="3" t="n">
-        <x:v>161092</x:v>
+        <x:v>149778</x:v>
       </x:c>
       <x:c r="FS30" s="3" t="n">
-        <x:v>161922</x:v>
+        <x:v>150149</x:v>
       </x:c>
       <x:c r="FT30" s="3" t="n">
-        <x:v>163485</x:v>
+        <x:v>151330</x:v>
       </x:c>
       <x:c r="FU30" s="3" t="n">
-        <x:v>198507</x:v>
+        <x:v>184027</x:v>
       </x:c>
       <x:c r="FV30" s="3" t="n">
-        <x:v>187470</x:v>
+        <x:v>173869</x:v>
       </x:c>
       <x:c r="FW30" s="3" t="n">
-        <x:v>182203</x:v>
+        <x:v>169278</x:v>
       </x:c>
       <x:c r="FX30" s="3" t="n">
-        <x:v>179992</x:v>
+        <x:v>167199</x:v>
       </x:c>
       <x:c r="FY30" s="3" t="n">
-        <x:v>209795</x:v>
+        <x:v>194329</x:v>
       </x:c>
       <x:c r="FZ30" s="3" t="n">
-        <x:v>202514</x:v>
+        <x:v>186332</x:v>
       </x:c>
       <x:c r="GA30" s="3" t="n">
-        <x:v>186053</x:v>
+        <x:v>170742</x:v>
       </x:c>
       <x:c r="GB30" s="3" t="n">
-        <x:v>180941</x:v>
+        <x:v>165691</x:v>
       </x:c>
       <x:c r="GC30" s="3" t="n">
-        <x:v>208850</x:v>
+        <x:v>191334</x:v>
       </x:c>
       <x:c r="GD30" s="3" t="n">
-        <x:v>191218</x:v>
+        <x:v>175705</x:v>
       </x:c>
       <x:c r="GE30" s="3" t="n">
-        <x:v>194788</x:v>
+        <x:v>179309</x:v>
       </x:c>
       <x:c r="GF30" s="3" t="n">
-        <x:v>182308</x:v>
+        <x:v>168183</x:v>
       </x:c>
       <x:c r="GG30" s="3" t="n">
-        <x:v>205441</x:v>
+        <x:v>189630</x:v>
       </x:c>
       <x:c r="GH30" s="3" t="n">
-        <x:v>197919</x:v>
+        <x:v>182020</x:v>
       </x:c>
       <x:c r="GI30" s="3" t="n">
-        <x:v>192309</x:v>
+        <x:v>176883</x:v>
+      </x:c>
+      <x:c r="GJ30" s="3" t="n">
+        <x:v>172161</x:v>
       </x:c>
     </x:row>
-    <x:row r="31" spans="1:191">
+    <x:row r="31" spans="1:192">
       <x:c r="A31" s="2" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
         <x:v>10275</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>12673</x:v>
       </x:c>
       <x:c r="D31" s="3" t="n">
         <x:v>11381</x:v>
       </x:c>
       <x:c r="E31" s="3" t="n">
         <x:v>12506</x:v>
       </x:c>
       <x:c r="F31" s="3" t="n">
         <x:v>11463</x:v>
       </x:c>
       <x:c r="G31" s="3" t="n">
         <x:v>12637</x:v>
       </x:c>
       <x:c r="H31" s="3" t="n">
         <x:v>11093</x:v>
       </x:c>
       <x:c r="I31" s="3" t="n">
         <x:v>11563</x:v>
       </x:c>
@@ -17019,347 +17110,350 @@
       <x:c r="CH31" s="3" t="n">
         <x:v>47186</x:v>
       </x:c>
       <x:c r="CI31" s="3" t="n">
         <x:v>47772</x:v>
       </x:c>
       <x:c r="CJ31" s="3" t="n">
         <x:v>50015</x:v>
       </x:c>
       <x:c r="CK31" s="3" t="n">
         <x:v>57031</x:v>
       </x:c>
       <x:c r="CL31" s="3" t="n">
         <x:v>50776</x:v>
       </x:c>
       <x:c r="CM31" s="3" t="n">
         <x:v>51304</x:v>
       </x:c>
       <x:c r="CN31" s="3" t="n">
         <x:v>52009</x:v>
       </x:c>
       <x:c r="CO31" s="3" t="n">
         <x:v>58630</x:v>
       </x:c>
       <x:c r="CP31" s="3" t="n">
-        <x:v>53413</x:v>
+        <x:v>53318</x:v>
       </x:c>
       <x:c r="CQ31" s="3" t="n">
-        <x:v>54039</x:v>
+        <x:v>53943</x:v>
       </x:c>
       <x:c r="CR31" s="3" t="n">
-        <x:v>52361</x:v>
+        <x:v>52268</x:v>
       </x:c>
       <x:c r="CS31" s="3" t="n">
-        <x:v>60644</x:v>
+        <x:v>60536</x:v>
       </x:c>
       <x:c r="CT31" s="3" t="n">
-        <x:v>52554</x:v>
+        <x:v>52384</x:v>
       </x:c>
       <x:c r="CU31" s="3" t="n">
-        <x:v>56272</x:v>
+        <x:v>56090</x:v>
       </x:c>
       <x:c r="CV31" s="3" t="n">
-        <x:v>55213</x:v>
+        <x:v>55034</x:v>
       </x:c>
       <x:c r="CW31" s="3" t="n">
-        <x:v>63853</x:v>
+        <x:v>63646</x:v>
       </x:c>
       <x:c r="CX31" s="3" t="n">
-        <x:v>54216</x:v>
+        <x:v>53945</x:v>
       </x:c>
       <x:c r="CY31" s="3" t="n">
-        <x:v>57975</x:v>
+        <x:v>57685</x:v>
       </x:c>
       <x:c r="CZ31" s="3" t="n">
-        <x:v>57949</x:v>
+        <x:v>57659</x:v>
       </x:c>
       <x:c r="DA31" s="3" t="n">
-        <x:v>65943</x:v>
+        <x:v>65613</x:v>
       </x:c>
       <x:c r="DB31" s="3" t="n">
-        <x:v>59759</x:v>
+        <x:v>59342</x:v>
       </x:c>
       <x:c r="DC31" s="3" t="n">
-        <x:v>62248</x:v>
+        <x:v>61813</x:v>
       </x:c>
       <x:c r="DD31" s="3" t="n">
-        <x:v>62365</x:v>
+        <x:v>61930</x:v>
       </x:c>
       <x:c r="DE31" s="3" t="n">
-        <x:v>72333</x:v>
+        <x:v>71828</x:v>
       </x:c>
       <x:c r="DF31" s="3" t="n">
-        <x:v>60769</x:v>
+        <x:v>60260</x:v>
       </x:c>
       <x:c r="DG31" s="3" t="n">
-        <x:v>69837</x:v>
+        <x:v>69252</x:v>
       </x:c>
       <x:c r="DH31" s="3" t="n">
-        <x:v>67647</x:v>
+        <x:v>67081</x:v>
       </x:c>
       <x:c r="DI31" s="3" t="n">
-        <x:v>76149</x:v>
+        <x:v>75512</x:v>
       </x:c>
       <x:c r="DJ31" s="3" t="n">
-        <x:v>69089</x:v>
+        <x:v>68359</x:v>
       </x:c>
       <x:c r="DK31" s="3" t="n">
-        <x:v>74171</x:v>
+        <x:v>73387</x:v>
       </x:c>
       <x:c r="DL31" s="3" t="n">
-        <x:v>73693</x:v>
+        <x:v>72914</x:v>
       </x:c>
       <x:c r="DM31" s="3" t="n">
-        <x:v>84366</x:v>
+        <x:v>83474</x:v>
       </x:c>
       <x:c r="DN31" s="3" t="n">
-        <x:v>78705</x:v>
+        <x:v>77751</x:v>
       </x:c>
       <x:c r="DO31" s="3" t="n">
-        <x:v>83101</x:v>
+        <x:v>82094</x:v>
       </x:c>
       <x:c r="DP31" s="3" t="n">
-        <x:v>80062</x:v>
+        <x:v>79092</x:v>
       </x:c>
       <x:c r="DQ31" s="3" t="n">
-        <x:v>93402</x:v>
+        <x:v>92270</x:v>
       </x:c>
       <x:c r="DR31" s="3" t="n">
-        <x:v>88447</x:v>
+        <x:v>87180</x:v>
       </x:c>
       <x:c r="DS31" s="3" t="n">
-        <x:v>97442</x:v>
+        <x:v>96046</x:v>
       </x:c>
       <x:c r="DT31" s="3" t="n">
-        <x:v>91567</x:v>
+        <x:v>90255</x:v>
       </x:c>
       <x:c r="DU31" s="3" t="n">
-        <x:v>98190</x:v>
+        <x:v>96784</x:v>
       </x:c>
       <x:c r="DV31" s="3" t="n">
-        <x:v>77064</x:v>
+        <x:v>75911</x:v>
       </x:c>
       <x:c r="DW31" s="3" t="n">
-        <x:v>83168</x:v>
+        <x:v>81924</x:v>
       </x:c>
       <x:c r="DX31" s="3" t="n">
-        <x:v>82523</x:v>
+        <x:v>81289</x:v>
       </x:c>
       <x:c r="DY31" s="3" t="n">
-        <x:v>91329</x:v>
+        <x:v>89964</x:v>
       </x:c>
       <x:c r="DZ31" s="3" t="n">
-        <x:v>80959</x:v>
+        <x:v>79670</x:v>
       </x:c>
       <x:c r="EA31" s="3" t="n">
-        <x:v>85690</x:v>
+        <x:v>84327</x:v>
       </x:c>
       <x:c r="EB31" s="3" t="n">
-        <x:v>83359</x:v>
+        <x:v>82032</x:v>
       </x:c>
       <x:c r="EC31" s="3" t="n">
-        <x:v>92399</x:v>
+        <x:v>90929</x:v>
       </x:c>
       <x:c r="ED31" s="3" t="n">
-        <x:v>84727</x:v>
+        <x:v>83225</x:v>
       </x:c>
       <x:c r="EE31" s="3" t="n">
-        <x:v>92739</x:v>
+        <x:v>91095</x:v>
       </x:c>
       <x:c r="EF31" s="3" t="n">
-        <x:v>88309</x:v>
+        <x:v>86744</x:v>
       </x:c>
       <x:c r="EG31" s="3" t="n">
-        <x:v>96535</x:v>
+        <x:v>94825</x:v>
       </x:c>
       <x:c r="EH31" s="3" t="n">
-        <x:v>90219</x:v>
+        <x:v>88449</x:v>
       </x:c>
       <x:c r="EI31" s="3" t="n">
-        <x:v>94428</x:v>
+        <x:v>92576</x:v>
       </x:c>
       <x:c r="EJ31" s="3" t="n">
-        <x:v>91385</x:v>
+        <x:v>89592</x:v>
       </x:c>
       <x:c r="EK31" s="3" t="n">
-        <x:v>100079</x:v>
+        <x:v>98116</x:v>
       </x:c>
       <x:c r="EL31" s="3" t="n">
-        <x:v>87508</x:v>
+        <x:v>85688</x:v>
       </x:c>
       <x:c r="EM31" s="3" t="n">
-        <x:v>96818</x:v>
+        <x:v>94804</x:v>
       </x:c>
       <x:c r="EN31" s="3" t="n">
-        <x:v>93941</x:v>
+        <x:v>91987</x:v>
       </x:c>
       <x:c r="EO31" s="3" t="n">
-        <x:v>100630</x:v>
+        <x:v>98537</x:v>
       </x:c>
       <x:c r="EP31" s="3" t="n">
-        <x:v>94164</x:v>
+        <x:v>92052</x:v>
       </x:c>
       <x:c r="EQ31" s="3" t="n">
-        <x:v>99328</x:v>
+        <x:v>97100</x:v>
       </x:c>
       <x:c r="ER31" s="3" t="n">
-        <x:v>97088</x:v>
+        <x:v>94910</x:v>
       </x:c>
       <x:c r="ES31" s="3" t="n">
-        <x:v>105398</x:v>
+        <x:v>103033</x:v>
       </x:c>
       <x:c r="ET31" s="3" t="n">
-        <x:v>95846</x:v>
+        <x:v>93646</x:v>
       </x:c>
       <x:c r="EU31" s="3" t="n">
-        <x:v>102226</x:v>
+        <x:v>99879</x:v>
       </x:c>
       <x:c r="EV31" s="3" t="n">
-        <x:v>98590</x:v>
+        <x:v>96328</x:v>
       </x:c>
       <x:c r="EW31" s="3" t="n">
-        <x:v>106777</x:v>
+        <x:v>104326</x:v>
       </x:c>
       <x:c r="EX31" s="3" t="n">
-        <x:v>97393</x:v>
+        <x:v>95090</x:v>
       </x:c>
       <x:c r="EY31" s="3" t="n">
-        <x:v>108527</x:v>
+        <x:v>105950</x:v>
       </x:c>
       <x:c r="EZ31" s="3" t="n">
-        <x:v>103445</x:v>
+        <x:v>100966</x:v>
       </x:c>
       <x:c r="FA31" s="3" t="n">
-        <x:v>110920</x:v>
+        <x:v>108226</x:v>
       </x:c>
       <x:c r="FB31" s="3" t="n">
-        <x:v>102662</x:v>
+        <x:v>100126</x:v>
       </x:c>
       <x:c r="FC31" s="3" t="n">
-        <x:v>107470</x:v>
+        <x:v>104769</x:v>
       </x:c>
       <x:c r="FD31" s="3" t="n">
-        <x:v>105612</x:v>
+        <x:v>102916</x:v>
       </x:c>
       <x:c r="FE31" s="3" t="n">
-        <x:v>115736</x:v>
+        <x:v>112737</x:v>
       </x:c>
       <x:c r="FF31" s="3" t="n">
-        <x:v>103892</x:v>
+        <x:v>101160</x:v>
       </x:c>
       <x:c r="FG31" s="3" t="n">
-        <x:v>115588</x:v>
+        <x:v>112493</x:v>
       </x:c>
       <x:c r="FH31" s="3" t="n">
-        <x:v>110041</x:v>
+        <x:v>107028</x:v>
       </x:c>
       <x:c r="FI31" s="3" t="n">
-        <x:v>120959</x:v>
+        <x:v>117562</x:v>
       </x:c>
       <x:c r="FJ31" s="3" t="n">
-        <x:v>112689</x:v>
+        <x:v>109435</x:v>
       </x:c>
       <x:c r="FK31" s="3" t="n">
-        <x:v>118816</x:v>
+        <x:v>115313</x:v>
       </x:c>
       <x:c r="FL31" s="3" t="n">
-        <x:v>114696</x:v>
+        <x:v>111277</x:v>
       </x:c>
       <x:c r="FM31" s="3" t="n">
-        <x:v>123065</x:v>
+        <x:v>119387</x:v>
       </x:c>
       <x:c r="FN31" s="3" t="n">
-        <x:v>112002</x:v>
+        <x:v>108664</x:v>
       </x:c>
       <x:c r="FO31" s="3" t="n">
-        <x:v>116206</x:v>
+        <x:v>112709</x:v>
       </x:c>
       <x:c r="FP31" s="3" t="n">
-        <x:v>118252</x:v>
+        <x:v>114603</x:v>
       </x:c>
       <x:c r="FQ31" s="3" t="n">
-        <x:v>130833</x:v>
+        <x:v>126632</x:v>
       </x:c>
       <x:c r="FR31" s="3" t="n">
-        <x:v>124658</x:v>
+        <x:v>120463</x:v>
       </x:c>
       <x:c r="FS31" s="3" t="n">
-        <x:v>137211</x:v>
+        <x:v>132546</x:v>
       </x:c>
       <x:c r="FT31" s="3" t="n">
-        <x:v>134274</x:v>
+        <x:v>129871</x:v>
       </x:c>
       <x:c r="FU31" s="3" t="n">
-        <x:v>145237</x:v>
+        <x:v>140877</x:v>
       </x:c>
       <x:c r="FV31" s="3" t="n">
-        <x:v>132522</x:v>
+        <x:v>129074</x:v>
       </x:c>
       <x:c r="FW31" s="3" t="n">
-        <x:v>140961</x:v>
+        <x:v>137670</x:v>
       </x:c>
       <x:c r="FX31" s="3" t="n">
-        <x:v>142120</x:v>
+        <x:v>138918</x:v>
       </x:c>
       <x:c r="FY31" s="3" t="n">
-        <x:v>158491</x:v>
+        <x:v>154742</x:v>
       </x:c>
       <x:c r="FZ31" s="3" t="n">
-        <x:v>142554</x:v>
+        <x:v>138778</x:v>
       </x:c>
       <x:c r="GA31" s="3" t="n">
-        <x:v>151735</x:v>
+        <x:v>147346</x:v>
       </x:c>
       <x:c r="GB31" s="3" t="n">
-        <x:v>146897</x:v>
+        <x:v>142408</x:v>
       </x:c>
       <x:c r="GC31" s="3" t="n">
-        <x:v>160357</x:v>
+        <x:v>155324</x:v>
       </x:c>
       <x:c r="GD31" s="3" t="n">
-        <x:v>141847</x:v>
+        <x:v>138977</x:v>
       </x:c>
       <x:c r="GE31" s="3" t="n">
-        <x:v>161970</x:v>
+        <x:v>156666</x:v>
       </x:c>
       <x:c r="GF31" s="3" t="n">
-        <x:v>154679</x:v>
+        <x:v>152275</x:v>
       </x:c>
       <x:c r="GG31" s="3" t="n">
-        <x:v>167808</x:v>
+        <x:v>165784</x:v>
       </x:c>
       <x:c r="GH31" s="3" t="n">
-        <x:v>155550</x:v>
+        <x:v>152447</x:v>
       </x:c>
       <x:c r="GI31" s="3" t="n">
-        <x:v>170309</x:v>
+        <x:v>163101</x:v>
+      </x:c>
+      <x:c r="GJ31" s="3" t="n">
+        <x:v>163898</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:191">
+    <x:row r="32" spans="1:192">
       <x:c r="A32" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C32" s="3" t="n">
         <x:v>257</x:v>
       </x:c>
       <x:c r="D32" s="3" t="n">
         <x:v>318</x:v>
       </x:c>
       <x:c r="E32" s="3" t="n">
         <x:v>398</x:v>
       </x:c>
       <x:c r="F32" s="3" t="n">
         <x:v>456</x:v>
       </x:c>
       <x:c r="G32" s="3" t="n">
         <x:v>424</x:v>
       </x:c>
       <x:c r="H32" s="3" t="n">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I32" s="3" t="n">
         <x:v>617</x:v>
       </x:c>
@@ -17801,140 +17895,143 @@
       <x:c r="EY32" s="3" t="n">
         <x:v>4622</x:v>
       </x:c>
       <x:c r="EZ32" s="3" t="n">
         <x:v>5001</x:v>
       </x:c>
       <x:c r="FA32" s="3" t="n">
         <x:v>5120</x:v>
       </x:c>
       <x:c r="FB32" s="3" t="n">
         <x:v>4934</x:v>
       </x:c>
       <x:c r="FC32" s="3" t="n">
         <x:v>4762</x:v>
       </x:c>
       <x:c r="FD32" s="3" t="n">
         <x:v>4826</x:v>
       </x:c>
       <x:c r="FE32" s="3" t="n">
         <x:v>5206</x:v>
       </x:c>
       <x:c r="FF32" s="3" t="n">
         <x:v>5231</x:v>
       </x:c>
       <x:c r="FG32" s="3" t="n">
-        <x:v>4764</x:v>
+        <x:v>4765</x:v>
       </x:c>
       <x:c r="FH32" s="3" t="n">
         <x:v>4909</x:v>
       </x:c>
       <x:c r="FI32" s="3" t="n">
         <x:v>5106</x:v>
       </x:c>
       <x:c r="FJ32" s="3" t="n">
         <x:v>5179</x:v>
       </x:c>
       <x:c r="FK32" s="3" t="n">
-        <x:v>5206</x:v>
+        <x:v>5205</x:v>
       </x:c>
       <x:c r="FL32" s="3" t="n">
         <x:v>5288</x:v>
       </x:c>
       <x:c r="FM32" s="3" t="n">
-        <x:v>5257</x:v>
+        <x:v>5258</x:v>
       </x:c>
       <x:c r="FN32" s="3" t="n">
-        <x:v>5573</x:v>
+        <x:v>5574</x:v>
       </x:c>
       <x:c r="FO32" s="3" t="n">
-        <x:v>5264</x:v>
+        <x:v>5266</x:v>
       </x:c>
       <x:c r="FP32" s="3" t="n">
         <x:v>5187</x:v>
       </x:c>
       <x:c r="FQ32" s="3" t="n">
-        <x:v>4788</x:v>
+        <x:v>4786</x:v>
       </x:c>
       <x:c r="FR32" s="3" t="n">
-        <x:v>4659</x:v>
+        <x:v>4654</x:v>
       </x:c>
       <x:c r="FS32" s="3" t="n">
-        <x:v>4778</x:v>
+        <x:v>4773</x:v>
       </x:c>
       <x:c r="FT32" s="3" t="n">
-        <x:v>4528</x:v>
+        <x:v>4529</x:v>
       </x:c>
       <x:c r="FU32" s="3" t="n">
-        <x:v>4399</x:v>
+        <x:v>4407</x:v>
       </x:c>
       <x:c r="FV32" s="3" t="n">
-        <x:v>4581</x:v>
+        <x:v>4599</x:v>
       </x:c>
       <x:c r="FW32" s="3" t="n">
-        <x:v>4432</x:v>
+        <x:v>4447</x:v>
       </x:c>
       <x:c r="FX32" s="3" t="n">
         <x:v>4855</x:v>
       </x:c>
       <x:c r="FY32" s="3" t="n">
-        <x:v>4989</x:v>
+        <x:v>4956</x:v>
       </x:c>
       <x:c r="FZ32" s="3" t="n">
-        <x:v>4070</x:v>
+        <x:v>4006</x:v>
       </x:c>
       <x:c r="GA32" s="3" t="n">
-        <x:v>4125</x:v>
+        <x:v>4029</x:v>
       </x:c>
       <x:c r="GB32" s="3" t="n">
-        <x:v>3718</x:v>
+        <x:v>3614</x:v>
       </x:c>
       <x:c r="GC32" s="3" t="n">
-        <x:v>4008</x:v>
+        <x:v>3886</x:v>
       </x:c>
       <x:c r="GD32" s="3" t="n">
-        <x:v>4487</x:v>
+        <x:v>4398</x:v>
       </x:c>
       <x:c r="GE32" s="3" t="n">
-        <x:v>4452</x:v>
+        <x:v>4350</x:v>
       </x:c>
       <x:c r="GF32" s="3" t="n">
-        <x:v>4123</x:v>
+        <x:v>4034</x:v>
       </x:c>
       <x:c r="GG32" s="3" t="n">
-        <x:v>4279</x:v>
+        <x:v>4194</x:v>
       </x:c>
       <x:c r="GH32" s="3" t="n">
-        <x:v>4988</x:v>
+        <x:v>4934</x:v>
       </x:c>
       <x:c r="GI32" s="3" t="n">
-        <x:v>5032</x:v>
+        <x:v>4437</x:v>
+      </x:c>
+      <x:c r="GJ32" s="3" t="n">
+        <x:v>4584</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:191">
+    <x:row r="33" spans="1:192">
       <x:c r="A33" s="2" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
         <x:v>4675</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>4929</x:v>
       </x:c>
       <x:c r="D33" s="3" t="n">
         <x:v>4846</x:v>
       </x:c>
       <x:c r="E33" s="3" t="n">
         <x:v>5544</x:v>
       </x:c>
       <x:c r="F33" s="3" t="n">
         <x:v>5084</x:v>
       </x:c>
       <x:c r="G33" s="3" t="n">
         <x:v>5973</x:v>
       </x:c>
       <x:c r="H33" s="3" t="n">
         <x:v>6362</x:v>
       </x:c>
       <x:c r="I33" s="3" t="n">
         <x:v>7026</x:v>
       </x:c>
@@ -18169,347 +18266,350 @@
       <x:c r="CH33" s="3" t="n">
         <x:v>15345</x:v>
       </x:c>
       <x:c r="CI33" s="3" t="n">
         <x:v>15806</x:v>
       </x:c>
       <x:c r="CJ33" s="3" t="n">
         <x:v>17088</x:v>
       </x:c>
       <x:c r="CK33" s="3" t="n">
         <x:v>18687</x:v>
       </x:c>
       <x:c r="CL33" s="3" t="n">
         <x:v>18683</x:v>
       </x:c>
       <x:c r="CM33" s="3" t="n">
         <x:v>21638</x:v>
       </x:c>
       <x:c r="CN33" s="3" t="n">
         <x:v>23376</x:v>
       </x:c>
       <x:c r="CO33" s="3" t="n">
         <x:v>23888</x:v>
       </x:c>
       <x:c r="CP33" s="3" t="n">
-        <x:v>26729</x:v>
+        <x:v>26758</x:v>
       </x:c>
       <x:c r="CQ33" s="3" t="n">
-        <x:v>26612</x:v>
+        <x:v>26641</x:v>
       </x:c>
       <x:c r="CR33" s="3" t="n">
-        <x:v>25752</x:v>
+        <x:v>25780</x:v>
       </x:c>
       <x:c r="CS33" s="3" t="n">
-        <x:v>24496</x:v>
+        <x:v>24523</x:v>
       </x:c>
       <x:c r="CT33" s="3" t="n">
-        <x:v>22583</x:v>
+        <x:v>22633</x:v>
       </x:c>
       <x:c r="CU33" s="3" t="n">
-        <x:v>23244</x:v>
+        <x:v>23295</x:v>
       </x:c>
       <x:c r="CV33" s="3" t="n">
-        <x:v>22827</x:v>
+        <x:v>22877</x:v>
       </x:c>
       <x:c r="CW33" s="3" t="n">
-        <x:v>23398</x:v>
+        <x:v>23450</x:v>
       </x:c>
       <x:c r="CX33" s="3" t="n">
-        <x:v>20700</x:v>
+        <x:v>20767</x:v>
       </x:c>
       <x:c r="CY33" s="3" t="n">
-        <x:v>22270</x:v>
+        <x:v>22343</x:v>
       </x:c>
       <x:c r="CZ33" s="3" t="n">
-        <x:v>24652</x:v>
+        <x:v>24731</x:v>
       </x:c>
       <x:c r="DA33" s="3" t="n">
-        <x:v>24764</x:v>
+        <x:v>24844</x:v>
       </x:c>
       <x:c r="DB33" s="3" t="n">
-        <x:v>21507</x:v>
+        <x:v>21601</x:v>
       </x:c>
       <x:c r="DC33" s="3" t="n">
-        <x:v>22261</x:v>
+        <x:v>22358</x:v>
       </x:c>
       <x:c r="DD33" s="3" t="n">
-        <x:v>22212</x:v>
+        <x:v>22309</x:v>
       </x:c>
       <x:c r="DE33" s="3" t="n">
-        <x:v>23467</x:v>
+        <x:v>23570</x:v>
       </x:c>
       <x:c r="DF33" s="3" t="n">
-        <x:v>24088</x:v>
+        <x:v>24225</x:v>
       </x:c>
       <x:c r="DG33" s="3" t="n">
-        <x:v>23944</x:v>
+        <x:v>24080</x:v>
       </x:c>
       <x:c r="DH33" s="3" t="n">
-        <x:v>23669</x:v>
+        <x:v>23803</x:v>
       </x:c>
       <x:c r="DI33" s="3" t="n">
-        <x:v>24382</x:v>
+        <x:v>24520</x:v>
       </x:c>
       <x:c r="DJ33" s="3" t="n">
-        <x:v>22159</x:v>
+        <x:v>22309</x:v>
       </x:c>
       <x:c r="DK33" s="3" t="n">
-        <x:v>22086</x:v>
+        <x:v>22236</x:v>
       </x:c>
       <x:c r="DL33" s="3" t="n">
-        <x:v>23801</x:v>
+        <x:v>23962</x:v>
       </x:c>
       <x:c r="DM33" s="3" t="n">
-        <x:v>23731</x:v>
+        <x:v>23891</x:v>
       </x:c>
       <x:c r="DN33" s="3" t="n">
-        <x:v>21999</x:v>
+        <x:v>22173</x:v>
       </x:c>
       <x:c r="DO33" s="3" t="n">
-        <x:v>24543</x:v>
+        <x:v>24738</x:v>
       </x:c>
       <x:c r="DP33" s="3" t="n">
-        <x:v>24355</x:v>
+        <x:v>24549</x:v>
       </x:c>
       <x:c r="DQ33" s="3" t="n">
-        <x:v>25500</x:v>
+        <x:v>25703</x:v>
       </x:c>
       <x:c r="DR33" s="3" t="n">
-        <x:v>23967</x:v>
+        <x:v>24182</x:v>
       </x:c>
       <x:c r="DS33" s="3" t="n">
-        <x:v>25522</x:v>
+        <x:v>25750</x:v>
       </x:c>
       <x:c r="DT33" s="3" t="n">
-        <x:v>26197</x:v>
+        <x:v>26431</x:v>
       </x:c>
       <x:c r="DU33" s="3" t="n">
-        <x:v>24526</x:v>
+        <x:v>24745</x:v>
       </x:c>
       <x:c r="DV33" s="3" t="n">
-        <x:v>19999</x:v>
+        <x:v>20211</x:v>
       </x:c>
       <x:c r="DW33" s="3" t="n">
-        <x:v>19410</x:v>
+        <x:v>19616</x:v>
       </x:c>
       <x:c r="DX33" s="3" t="n">
-        <x:v>20885</x:v>
+        <x:v>21107</x:v>
       </x:c>
       <x:c r="DY33" s="3" t="n">
-        <x:v>19217</x:v>
+        <x:v>19421</x:v>
       </x:c>
       <x:c r="DZ33" s="3" t="n">
-        <x:v>19517</x:v>
+        <x:v>19738</x:v>
       </x:c>
       <x:c r="EA33" s="3" t="n">
-        <x:v>22643</x:v>
+        <x:v>22898</x:v>
       </x:c>
       <x:c r="EB33" s="3" t="n">
-        <x:v>22205</x:v>
+        <x:v>22456</x:v>
       </x:c>
       <x:c r="EC33" s="3" t="n">
-        <x:v>19815</x:v>
+        <x:v>20039</x:v>
       </x:c>
       <x:c r="ED33" s="3" t="n">
-        <x:v>20772</x:v>
+        <x:v>21030</x:v>
       </x:c>
       <x:c r="EE33" s="3" t="n">
-        <x:v>21217</x:v>
+        <x:v>21481</x:v>
       </x:c>
       <x:c r="EF33" s="3" t="n">
-        <x:v>21844</x:v>
+        <x:v>22115</x:v>
       </x:c>
       <x:c r="EG33" s="3" t="n">
-        <x:v>22059</x:v>
+        <x:v>22333</x:v>
       </x:c>
       <x:c r="EH33" s="3" t="n">
-        <x:v>23332</x:v>
+        <x:v>23652</x:v>
       </x:c>
       <x:c r="EI33" s="3" t="n">
-        <x:v>25124</x:v>
+        <x:v>25469</x:v>
       </x:c>
       <x:c r="EJ33" s="3" t="n">
-        <x:v>24415</x:v>
+        <x:v>24750</x:v>
       </x:c>
       <x:c r="EK33" s="3" t="n">
-        <x:v>21745</x:v>
+        <x:v>22044</x:v>
       </x:c>
       <x:c r="EL33" s="3" t="n">
-        <x:v>22917</x:v>
+        <x:v>23250</x:v>
       </x:c>
       <x:c r="EM33" s="3" t="n">
-        <x:v>26279</x:v>
+        <x:v>26661</x:v>
       </x:c>
       <x:c r="EN33" s="3" t="n">
-        <x:v>25439</x:v>
+        <x:v>25808</x:v>
       </x:c>
       <x:c r="EO33" s="3" t="n">
-        <x:v>23900</x:v>
+        <x:v>24247</x:v>
       </x:c>
       <x:c r="EP33" s="3" t="n">
-        <x:v>23590</x:v>
+        <x:v>23958</x:v>
       </x:c>
       <x:c r="EQ33" s="3" t="n">
-        <x:v>28218</x:v>
+        <x:v>28657</x:v>
       </x:c>
       <x:c r="ER33" s="3" t="n">
-        <x:v>27188</x:v>
+        <x:v>27612</x:v>
       </x:c>
       <x:c r="ES33" s="3" t="n">
-        <x:v>28412</x:v>
+        <x:v>28854</x:v>
       </x:c>
       <x:c r="ET33" s="3" t="n">
-        <x:v>28784</x:v>
+        <x:v>29260</x:v>
       </x:c>
       <x:c r="EU33" s="3" t="n">
-        <x:v>29415</x:v>
+        <x:v>29901</x:v>
       </x:c>
       <x:c r="EV33" s="3" t="n">
-        <x:v>30288</x:v>
+        <x:v>30789</x:v>
       </x:c>
       <x:c r="EW33" s="3" t="n">
-        <x:v>30243</x:v>
+        <x:v>30742</x:v>
       </x:c>
       <x:c r="EX33" s="3" t="n">
-        <x:v>29892</x:v>
+        <x:v>30424</x:v>
       </x:c>
       <x:c r="EY33" s="3" t="n">
-        <x:v>29247</x:v>
+        <x:v>29772</x:v>
       </x:c>
       <x:c r="EZ33" s="3" t="n">
-        <x:v>26886</x:v>
+        <x:v>27376</x:v>
       </x:c>
       <x:c r="FA33" s="3" t="n">
-        <x:v>27236</x:v>
+        <x:v>27744</x:v>
       </x:c>
       <x:c r="FB33" s="3" t="n">
-        <x:v>25004</x:v>
+        <x:v>25483</x:v>
       </x:c>
       <x:c r="FC33" s="3" t="n">
-        <x:v>29428</x:v>
+        <x:v>30002</x:v>
       </x:c>
       <x:c r="FD33" s="3" t="n">
-        <x:v>27931</x:v>
+        <x:v>28481</x:v>
       </x:c>
       <x:c r="FE33" s="3" t="n">
-        <x:v>28823</x:v>
+        <x:v>29392</x:v>
       </x:c>
       <x:c r="FF33" s="3" t="n">
-        <x:v>28141</x:v>
+        <x:v>28693</x:v>
       </x:c>
       <x:c r="FG33" s="3" t="n">
-        <x:v>31971</x:v>
+        <x:v>32600</x:v>
       </x:c>
       <x:c r="FH33" s="3" t="n">
-        <x:v>30592</x:v>
+        <x:v>31200</x:v>
       </x:c>
       <x:c r="FI33" s="3" t="n">
-        <x:v>31519</x:v>
+        <x:v>32160</x:v>
       </x:c>
       <x:c r="FJ33" s="3" t="n">
-        <x:v>31353</x:v>
+        <x:v>32007</x:v>
       </x:c>
       <x:c r="FK33" s="3" t="n">
-        <x:v>33605</x:v>
+        <x:v>34315</x:v>
       </x:c>
       <x:c r="FL33" s="3" t="n">
-        <x:v>32992</x:v>
+        <x:v>33683</x:v>
       </x:c>
       <x:c r="FM33" s="3" t="n">
-        <x:v>32666</x:v>
+        <x:v>33331</x:v>
       </x:c>
       <x:c r="FN33" s="3" t="n">
-        <x:v>29827</x:v>
+        <x:v>30411</x:v>
       </x:c>
       <x:c r="FO33" s="3" t="n">
-        <x:v>27462</x:v>
+        <x:v>27994</x:v>
       </x:c>
       <x:c r="FP33" s="3" t="n">
-        <x:v>25984</x:v>
+        <x:v>26502</x:v>
       </x:c>
       <x:c r="FQ33" s="3" t="n">
-        <x:v>25798</x:v>
+        <x:v>26345</x:v>
       </x:c>
       <x:c r="FR33" s="3" t="n">
-        <x:v>24974</x:v>
+        <x:v>25545</x:v>
       </x:c>
       <x:c r="FS33" s="3" t="n">
-        <x:v>28689</x:v>
+        <x:v>29352</x:v>
       </x:c>
       <x:c r="FT33" s="3" t="n">
-        <x:v>33504</x:v>
+        <x:v>34220</x:v>
       </x:c>
       <x:c r="FU33" s="3" t="n">
-        <x:v>37484</x:v>
+        <x:v>38134</x:v>
       </x:c>
       <x:c r="FV33" s="3" t="n">
-        <x:v>38754</x:v>
+        <x:v>39233</x:v>
       </x:c>
       <x:c r="FW33" s="3" t="n">
-        <x:v>49644</x:v>
+        <x:v>50345</x:v>
       </x:c>
       <x:c r="FX33" s="3" t="n">
-        <x:v>51208</x:v>
+        <x:v>52532</x:v>
       </x:c>
       <x:c r="FY33" s="3" t="n">
-        <x:v>46496</x:v>
+        <x:v>48727</x:v>
       </x:c>
       <x:c r="FZ33" s="3" t="n">
-        <x:v>42972</x:v>
+        <x:v>46293</x:v>
       </x:c>
       <x:c r="GA33" s="3" t="n">
-        <x:v>44524</x:v>
+        <x:v>49025</x:v>
       </x:c>
       <x:c r="GB33" s="3" t="n">
-        <x:v>41399</x:v>
+        <x:v>46230</x:v>
       </x:c>
       <x:c r="GC33" s="3" t="n">
-        <x:v>41566</x:v>
+        <x:v>46739</x:v>
       </x:c>
       <x:c r="GD33" s="3" t="n">
-        <x:v>41662</x:v>
+        <x:v>48267</x:v>
       </x:c>
       <x:c r="GE33" s="3" t="n">
-        <x:v>44829</x:v>
+        <x:v>54092</x:v>
       </x:c>
       <x:c r="GF33" s="3" t="n">
-        <x:v>43563</x:v>
+        <x:v>50531</x:v>
       </x:c>
       <x:c r="GG33" s="3" t="n">
-        <x:v>41700</x:v>
+        <x:v>47594</x:v>
       </x:c>
       <x:c r="GH33" s="3" t="n">
-        <x:v>40949</x:v>
+        <x:v>49726</x:v>
       </x:c>
       <x:c r="GI33" s="3" t="n">
-        <x:v>39976</x:v>
+        <x:v>52145</x:v>
+      </x:c>
+      <x:c r="GJ33" s="3" t="n">
+        <x:v>48360</x:v>
       </x:c>
     </x:row>
-    <x:row r="34" spans="1:191">
+    <x:row r="34" spans="1:192">
       <x:c r="A34" s="2" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
         <x:v>4276</x:v>
       </x:c>
       <x:c r="C34" s="3" t="n">
         <x:v>4805</x:v>
       </x:c>
       <x:c r="D34" s="3" t="n">
         <x:v>5000</x:v>
       </x:c>
       <x:c r="E34" s="3" t="n">
         <x:v>4628</x:v>
       </x:c>
       <x:c r="F34" s="3" t="n">
         <x:v>4765</x:v>
       </x:c>
       <x:c r="G34" s="3" t="n">
         <x:v>5244</x:v>
       </x:c>
       <x:c r="H34" s="3" t="n">
         <x:v>5415</x:v>
       </x:c>
       <x:c r="I34" s="3" t="n">
         <x:v>4953</x:v>
       </x:c>
@@ -18744,347 +18844,350 @@
       <x:c r="CH34" s="3" t="n">
         <x:v>24006</x:v>
       </x:c>
       <x:c r="CI34" s="3" t="n">
         <x:v>27627</x:v>
       </x:c>
       <x:c r="CJ34" s="3" t="n">
         <x:v>27971</x:v>
       </x:c>
       <x:c r="CK34" s="3" t="n">
         <x:v>27282</x:v>
       </x:c>
       <x:c r="CL34" s="3" t="n">
         <x:v>26095</x:v>
       </x:c>
       <x:c r="CM34" s="3" t="n">
         <x:v>28587</x:v>
       </x:c>
       <x:c r="CN34" s="3" t="n">
         <x:v>29394</x:v>
       </x:c>
       <x:c r="CO34" s="3" t="n">
         <x:v>28910</x:v>
       </x:c>
       <x:c r="CP34" s="3" t="n">
-        <x:v>27946</x:v>
+        <x:v>27984</x:v>
       </x:c>
       <x:c r="CQ34" s="3" t="n">
-        <x:v>31482</x:v>
+        <x:v>31525</x:v>
       </x:c>
       <x:c r="CR34" s="3" t="n">
-        <x:v>29872</x:v>
+        <x:v>29912</x:v>
       </x:c>
       <x:c r="CS34" s="3" t="n">
-        <x:v>28799</x:v>
+        <x:v>28838</x:v>
       </x:c>
       <x:c r="CT34" s="3" t="n">
-        <x:v>27664</x:v>
+        <x:v>27737</x:v>
       </x:c>
       <x:c r="CU34" s="3" t="n">
-        <x:v>31111</x:v>
+        <x:v>31193</x:v>
       </x:c>
       <x:c r="CV34" s="3" t="n">
-        <x:v>32031</x:v>
+        <x:v>32113</x:v>
       </x:c>
       <x:c r="CW34" s="3" t="n">
-        <x:v>29852</x:v>
+        <x:v>29930</x:v>
       </x:c>
       <x:c r="CX34" s="3" t="n">
-        <x:v>28001</x:v>
+        <x:v>28110</x:v>
       </x:c>
       <x:c r="CY34" s="3" t="n">
-        <x:v>29994</x:v>
+        <x:v>30108</x:v>
       </x:c>
       <x:c r="CZ34" s="3" t="n">
-        <x:v>32791</x:v>
+        <x:v>32916</x:v>
       </x:c>
       <x:c r="DA34" s="3" t="n">
-        <x:v>30983</x:v>
+        <x:v>31102</x:v>
       </x:c>
       <x:c r="DB34" s="3" t="n">
-        <x:v>31627</x:v>
+        <x:v>31820</x:v>
       </x:c>
       <x:c r="DC34" s="3" t="n">
-        <x:v>34009</x:v>
+        <x:v>34222</x:v>
       </x:c>
       <x:c r="DD34" s="3" t="n">
-        <x:v>35419</x:v>
+        <x:v>35641</x:v>
       </x:c>
       <x:c r="DE34" s="3" t="n">
-        <x:v>36242</x:v>
+        <x:v>36461</x:v>
       </x:c>
       <x:c r="DF34" s="3" t="n">
-        <x:v>32501</x:v>
+        <x:v>32755</x:v>
       </x:c>
       <x:c r="DG34" s="3" t="n">
-        <x:v>38086</x:v>
+        <x:v>38390</x:v>
       </x:c>
       <x:c r="DH34" s="3" t="n">
-        <x:v>38298</x:v>
+        <x:v>38608</x:v>
       </x:c>
       <x:c r="DI34" s="3" t="n">
-        <x:v>39636</x:v>
+        <x:v>39943</x:v>
       </x:c>
       <x:c r="DJ34" s="3" t="n">
-        <x:v>37603</x:v>
+        <x:v>37965</x:v>
       </x:c>
       <x:c r="DK34" s="3" t="n">
-        <x:v>42311</x:v>
+        <x:v>42731</x:v>
       </x:c>
       <x:c r="DL34" s="3" t="n">
-        <x:v>42877</x:v>
+        <x:v>43310</x:v>
       </x:c>
       <x:c r="DM34" s="3" t="n">
-        <x:v>45150</x:v>
+        <x:v>45578</x:v>
       </x:c>
       <x:c r="DN34" s="3" t="n">
-        <x:v>41948</x:v>
+        <x:v>42412</x:v>
       </x:c>
       <x:c r="DO34" s="3" t="n">
-        <x:v>46022</x:v>
+        <x:v>46555</x:v>
       </x:c>
       <x:c r="DP34" s="3" t="n">
-        <x:v>47392</x:v>
+        <x:v>47941</x:v>
       </x:c>
       <x:c r="DQ34" s="3" t="n">
-        <x:v>48454</x:v>
+        <x:v>48983</x:v>
       </x:c>
       <x:c r="DR34" s="3" t="n">
-        <x:v>44707</x:v>
+        <x:v>45274</x:v>
       </x:c>
       <x:c r="DS34" s="3" t="n">
-        <x:v>51257</x:v>
+        <x:v>51907</x:v>
       </x:c>
       <x:c r="DT34" s="3" t="n">
-        <x:v>51455</x:v>
+        <x:v>52117</x:v>
       </x:c>
       <x:c r="DU34" s="3" t="n">
-        <x:v>51804</x:v>
+        <x:v>52474</x:v>
       </x:c>
       <x:c r="DV34" s="3" t="n">
-        <x:v>42793</x:v>
+        <x:v>43439</x:v>
       </x:c>
       <x:c r="DW34" s="3" t="n">
-        <x:v>46069</x:v>
+        <x:v>46800</x:v>
       </x:c>
       <x:c r="DX34" s="3" t="n">
-        <x:v>47102</x:v>
+        <x:v>47835</x:v>
       </x:c>
       <x:c r="DY34" s="3" t="n">
-        <x:v>47497</x:v>
+        <x:v>48209</x:v>
       </x:c>
       <x:c r="DZ34" s="3" t="n">
-        <x:v>43236</x:v>
+        <x:v>43969</x:v>
       </x:c>
       <x:c r="EA34" s="3" t="n">
-        <x:v>48703</x:v>
+        <x:v>49530</x:v>
       </x:c>
       <x:c r="EB34" s="3" t="n">
-        <x:v>49877</x:v>
+        <x:v>50722</x:v>
       </x:c>
       <x:c r="EC34" s="3" t="n">
-        <x:v>50075</x:v>
+        <x:v>50904</x:v>
       </x:c>
       <x:c r="ED34" s="3" t="n">
-        <x:v>46163</x:v>
+        <x:v>47026</x:v>
       </x:c>
       <x:c r="EE34" s="3" t="n">
-        <x:v>52676</x:v>
+        <x:v>53679</x:v>
       </x:c>
       <x:c r="EF34" s="3" t="n">
-        <x:v>53977</x:v>
+        <x:v>54995</x:v>
       </x:c>
       <x:c r="EG34" s="3" t="n">
-        <x:v>53217</x:v>
+        <x:v>54181</x:v>
       </x:c>
       <x:c r="EH34" s="3" t="n">
-        <x:v>49125</x:v>
+        <x:v>50171</x:v>
       </x:c>
       <x:c r="EI34" s="3" t="n">
-        <x:v>53704</x:v>
+        <x:v>54851</x:v>
       </x:c>
       <x:c r="EJ34" s="3" t="n">
-        <x:v>56820</x:v>
+        <x:v>58020</x:v>
       </x:c>
       <x:c r="EK34" s="3" t="n">
-        <x:v>56293</x:v>
+        <x:v>57450</x:v>
       </x:c>
       <x:c r="EL34" s="3" t="n">
-        <x:v>51116</x:v>
+        <x:v>52328</x:v>
       </x:c>
       <x:c r="EM34" s="3" t="n">
-        <x:v>58728</x:v>
+        <x:v>60090</x:v>
       </x:c>
       <x:c r="EN34" s="3" t="n">
-        <x:v>60479</x:v>
+        <x:v>61884</x:v>
       </x:c>
       <x:c r="EO34" s="3" t="n">
-        <x:v>61537</x:v>
+        <x:v>62975</x:v>
       </x:c>
       <x:c r="EP34" s="3" t="n">
-        <x:v>56083</x:v>
+        <x:v>57517</x:v>
       </x:c>
       <x:c r="EQ34" s="3" t="n">
-        <x:v>62490</x:v>
+        <x:v>64095</x:v>
       </x:c>
       <x:c r="ER34" s="3" t="n">
-        <x:v>64537</x:v>
+        <x:v>66172</x:v>
       </x:c>
       <x:c r="ES34" s="3" t="n">
-        <x:v>68715</x:v>
+        <x:v>70531</x:v>
       </x:c>
       <x:c r="ET34" s="3" t="n">
-        <x:v>58113</x:v>
+        <x:v>59703</x:v>
       </x:c>
       <x:c r="EU34" s="3" t="n">
-        <x:v>65432</x:v>
+        <x:v>67197</x:v>
       </x:c>
       <x:c r="EV34" s="3" t="n">
-        <x:v>65481</x:v>
+        <x:v>67218</x:v>
       </x:c>
       <x:c r="EW34" s="3" t="n">
-        <x:v>65458</x:v>
+        <x:v>67216</x:v>
       </x:c>
       <x:c r="EX34" s="3" t="n">
-        <x:v>56960</x:v>
+        <x:v>58464</x:v>
       </x:c>
       <x:c r="EY34" s="3" t="n">
-        <x:v>61657</x:v>
+        <x:v>63254</x:v>
       </x:c>
       <x:c r="EZ34" s="3" t="n">
-        <x:v>58594</x:v>
+        <x:v>60150</x:v>
       </x:c>
       <x:c r="FA34" s="3" t="n">
-        <x:v>63299</x:v>
+        <x:v>64995</x:v>
       </x:c>
       <x:c r="FB34" s="3" t="n">
-        <x:v>62050</x:v>
+        <x:v>63759</x:v>
       </x:c>
       <x:c r="FC34" s="3" t="n">
-        <x:v>61961</x:v>
+        <x:v>63665</x:v>
       </x:c>
       <x:c r="FD34" s="3" t="n">
-        <x:v>61586</x:v>
+        <x:v>63304</x:v>
       </x:c>
       <x:c r="FE34" s="3" t="n">
-        <x:v>66156</x:v>
+        <x:v>68008</x:v>
       </x:c>
       <x:c r="FF34" s="3" t="n">
-        <x:v>62672</x:v>
+        <x:v>64418</x:v>
       </x:c>
       <x:c r="FG34" s="3" t="n">
-        <x:v>66720</x:v>
+        <x:v>68559</x:v>
       </x:c>
       <x:c r="FH34" s="3" t="n">
-        <x:v>63977</x:v>
+        <x:v>65754</x:v>
       </x:c>
       <x:c r="FI34" s="3" t="n">
-        <x:v>68098</x:v>
+        <x:v>69988</x:v>
       </x:c>
       <x:c r="FJ34" s="3" t="n">
-        <x:v>68106</x:v>
+        <x:v>70014</x:v>
       </x:c>
       <x:c r="FK34" s="3" t="n">
-        <x:v>67021</x:v>
+        <x:v>68909</x:v>
       </x:c>
       <x:c r="FL34" s="3" t="n">
-        <x:v>67181</x:v>
+        <x:v>69117</x:v>
       </x:c>
       <x:c r="FM34" s="3" t="n">
-        <x:v>68873</x:v>
+        <x:v>70912</x:v>
       </x:c>
       <x:c r="FN34" s="3" t="n">
-        <x:v>76281</x:v>
+        <x:v>78822</x:v>
       </x:c>
       <x:c r="FO34" s="3" t="n">
-        <x:v>46595</x:v>
+        <x:v>47788</x:v>
       </x:c>
       <x:c r="FP34" s="3" t="n">
-        <x:v>44988</x:v>
+        <x:v>46128</x:v>
       </x:c>
       <x:c r="FQ34" s="3" t="n">
-        <x:v>51086</x:v>
+        <x:v>52350</x:v>
       </x:c>
       <x:c r="FR34" s="3" t="n">
-        <x:v>52090</x:v>
+        <x:v>53276</x:v>
       </x:c>
       <x:c r="FS34" s="3" t="n">
-        <x:v>53267</x:v>
+        <x:v>54588</x:v>
       </x:c>
       <x:c r="FT34" s="3" t="n">
-        <x:v>58952</x:v>
+        <x:v>60713</x:v>
       </x:c>
       <x:c r="FU34" s="3" t="n">
-        <x:v>71491</x:v>
+        <x:v>74170</x:v>
       </x:c>
       <x:c r="FV34" s="3" t="n">
-        <x:v>69700</x:v>
+        <x:v>73018</x:v>
       </x:c>
       <x:c r="FW34" s="3" t="n">
-        <x:v>73841</x:v>
+        <x:v>77379</x:v>
       </x:c>
       <x:c r="FX34" s="3" t="n">
-        <x:v>71483</x:v>
+        <x:v>74471</x:v>
       </x:c>
       <x:c r="FY34" s="3" t="n">
-        <x:v>81186</x:v>
+        <x:v>83739</x:v>
       </x:c>
       <x:c r="FZ34" s="3" t="n">
-        <x:v>82627</x:v>
+        <x:v>83373</x:v>
       </x:c>
       <x:c r="GA34" s="3" t="n">
-        <x:v>81772</x:v>
+        <x:v>80435</x:v>
       </x:c>
       <x:c r="GB34" s="3" t="n">
-        <x:v>81634</x:v>
+        <x:v>79112</x:v>
       </x:c>
       <x:c r="GC34" s="3" t="n">
-        <x:v>87321</x:v>
+        <x:v>84628</x:v>
       </x:c>
       <x:c r="GD34" s="3" t="n">
-        <x:v>83741</x:v>
+        <x:v>82614</x:v>
       </x:c>
       <x:c r="GE34" s="3" t="n">
-        <x:v>89556</x:v>
+        <x:v>87535</x:v>
       </x:c>
       <x:c r="GF34" s="3" t="n">
-        <x:v>87138</x:v>
+        <x:v>84442</x:v>
       </x:c>
       <x:c r="GG34" s="3" t="n">
-        <x:v>93285</x:v>
+        <x:v>90844</x:v>
       </x:c>
       <x:c r="GH34" s="3" t="n">
-        <x:v>91802</x:v>
+        <x:v>90385</x:v>
       </x:c>
       <x:c r="GI34" s="3" t="n">
-        <x:v>92476</x:v>
+        <x:v>90841</x:v>
+      </x:c>
+      <x:c r="GJ34" s="3" t="n">
+        <x:v>91038</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:191">
+    <x:row r="35" spans="1:192">
       <x:c r="A35" s="2" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>323</x:v>
       </x:c>
       <x:c r="D35" s="3" t="n">
         <x:v>381</x:v>
       </x:c>
       <x:c r="E35" s="3" t="n">
         <x:v>395</x:v>
       </x:c>
       <x:c r="F35" s="3" t="n">
         <x:v>331</x:v>
       </x:c>
       <x:c r="G35" s="3" t="n">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H35" s="3" t="n">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I35" s="3" t="n">
         <x:v>414</x:v>
       </x:c>
@@ -19397,269 +19500,272 @@
       <x:c r="DH35" s="3" t="n">
         <x:v>3861</x:v>
       </x:c>
       <x:c r="DI35" s="3" t="n">
         <x:v>4109</x:v>
       </x:c>
       <x:c r="DJ35" s="3" t="n">
         <x:v>3551</x:v>
       </x:c>
       <x:c r="DK35" s="3" t="n">
         <x:v>3520</x:v>
       </x:c>
       <x:c r="DL35" s="3" t="n">
         <x:v>3569</x:v>
       </x:c>
       <x:c r="DM35" s="3" t="n">
         <x:v>3980</x:v>
       </x:c>
       <x:c r="DN35" s="3" t="n">
         <x:v>3747</x:v>
       </x:c>
       <x:c r="DO35" s="3" t="n">
         <x:v>3710</x:v>
       </x:c>
       <x:c r="DP35" s="3" t="n">
-        <x:v>3775</x:v>
+        <x:v>3776</x:v>
       </x:c>
       <x:c r="DQ35" s="3" t="n">
         <x:v>4087</x:v>
       </x:c>
       <x:c r="DR35" s="3" t="n">
         <x:v>3877</x:v>
       </x:c>
       <x:c r="DS35" s="3" t="n">
         <x:v>4032</x:v>
       </x:c>
       <x:c r="DT35" s="3" t="n">
         <x:v>3624</x:v>
       </x:c>
       <x:c r="DU35" s="3" t="n">
         <x:v>4332</x:v>
       </x:c>
       <x:c r="DV35" s="3" t="n">
         <x:v>4143</x:v>
       </x:c>
       <x:c r="DW35" s="3" t="n">
         <x:v>4175</x:v>
       </x:c>
       <x:c r="DX35" s="3" t="n">
         <x:v>3799</x:v>
       </x:c>
       <x:c r="DY35" s="3" t="n">
         <x:v>4336</x:v>
       </x:c>
       <x:c r="DZ35" s="3" t="n">
-        <x:v>4043</x:v>
+        <x:v>4044</x:v>
       </x:c>
       <x:c r="EA35" s="3" t="n">
         <x:v>4150</x:v>
       </x:c>
       <x:c r="EB35" s="3" t="n">
         <x:v>3737</x:v>
       </x:c>
       <x:c r="EC35" s="3" t="n">
         <x:v>4476</x:v>
       </x:c>
       <x:c r="ED35" s="3" t="n">
-        <x:v>4071</x:v>
+        <x:v>4072</x:v>
       </x:c>
       <x:c r="EE35" s="3" t="n">
         <x:v>4067</x:v>
       </x:c>
       <x:c r="EF35" s="3" t="n">
         <x:v>3876</x:v>
       </x:c>
       <x:c r="EG35" s="3" t="n">
-        <x:v>4384</x:v>
+        <x:v>4385</x:v>
       </x:c>
       <x:c r="EH35" s="3" t="n">
         <x:v>4192</x:v>
       </x:c>
       <x:c r="EI35" s="3" t="n">
-        <x:v>3882</x:v>
+        <x:v>3883</x:v>
       </x:c>
       <x:c r="EJ35" s="3" t="n">
-        <x:v>3655</x:v>
+        <x:v>3656</x:v>
       </x:c>
       <x:c r="EK35" s="3" t="n">
         <x:v>4054</x:v>
       </x:c>
       <x:c r="EL35" s="3" t="n">
         <x:v>4244</x:v>
       </x:c>
       <x:c r="EM35" s="3" t="n">
         <x:v>4118</x:v>
       </x:c>
       <x:c r="EN35" s="3" t="n">
-        <x:v>3823</x:v>
+        <x:v>3824</x:v>
       </x:c>
       <x:c r="EO35" s="3" t="n">
-        <x:v>4233</x:v>
+        <x:v>4234</x:v>
       </x:c>
       <x:c r="EP35" s="3" t="n">
         <x:v>4303</x:v>
       </x:c>
       <x:c r="EQ35" s="3" t="n">
         <x:v>4072</x:v>
       </x:c>
       <x:c r="ER35" s="3" t="n">
-        <x:v>3834</x:v>
+        <x:v>3835</x:v>
       </x:c>
       <x:c r="ES35" s="3" t="n">
         <x:v>4382</x:v>
       </x:c>
       <x:c r="ET35" s="3" t="n">
-        <x:v>4586</x:v>
+        <x:v>4587</x:v>
       </x:c>
       <x:c r="EU35" s="3" t="n">
         <x:v>4355</x:v>
       </x:c>
       <x:c r="EV35" s="3" t="n">
         <x:v>4151</x:v>
       </x:c>
       <x:c r="EW35" s="3" t="n">
         <x:v>4634</x:v>
       </x:c>
       <x:c r="EX35" s="3" t="n">
         <x:v>4374</x:v>
       </x:c>
       <x:c r="EY35" s="3" t="n">
         <x:v>4610</x:v>
       </x:c>
       <x:c r="EZ35" s="3" t="n">
         <x:v>4206</x:v>
       </x:c>
       <x:c r="FA35" s="3" t="n">
         <x:v>4381</x:v>
       </x:c>
       <x:c r="FB35" s="3" t="n">
         <x:v>4319</x:v>
       </x:c>
       <x:c r="FC35" s="3" t="n">
         <x:v>4099</x:v>
       </x:c>
       <x:c r="FD35" s="3" t="n">
         <x:v>4249</x:v>
       </x:c>
       <x:c r="FE35" s="3" t="n">
-        <x:v>4916</x:v>
+        <x:v>4917</x:v>
       </x:c>
       <x:c r="FF35" s="3" t="n">
         <x:v>4298</x:v>
       </x:c>
       <x:c r="FG35" s="3" t="n">
-        <x:v>4562</x:v>
+        <x:v>4563</x:v>
       </x:c>
       <x:c r="FH35" s="3" t="n">
-        <x:v>4341</x:v>
+        <x:v>4342</x:v>
       </x:c>
       <x:c r="FI35" s="3" t="n">
         <x:v>4995</x:v>
       </x:c>
       <x:c r="FJ35" s="3" t="n">
-        <x:v>5056</x:v>
+        <x:v>5057</x:v>
       </x:c>
       <x:c r="FK35" s="3" t="n">
-        <x:v>4568</x:v>
+        <x:v>4569</x:v>
       </x:c>
       <x:c r="FL35" s="3" t="n">
         <x:v>4533</x:v>
       </x:c>
       <x:c r="FM35" s="3" t="n">
         <x:v>5205</x:v>
       </x:c>
       <x:c r="FN35" s="3" t="n">
         <x:v>5048</x:v>
       </x:c>
       <x:c r="FO35" s="3" t="n">
         <x:v>4903</x:v>
       </x:c>
       <x:c r="FP35" s="3" t="n">
-        <x:v>4506</x:v>
+        <x:v>4507</x:v>
       </x:c>
       <x:c r="FQ35" s="3" t="n">
-        <x:v>5249</x:v>
+        <x:v>5251</x:v>
       </x:c>
       <x:c r="FR35" s="3" t="n">
-        <x:v>5333</x:v>
+        <x:v>5336</x:v>
       </x:c>
       <x:c r="FS35" s="3" t="n">
-        <x:v>4750</x:v>
+        <x:v>4753</x:v>
       </x:c>
       <x:c r="FT35" s="3" t="n">
         <x:v>4532</x:v>
       </x:c>
       <x:c r="FU35" s="3" t="n">
-        <x:v>5428</x:v>
+        <x:v>5424</x:v>
       </x:c>
       <x:c r="FV35" s="3" t="n">
-        <x:v>5381</x:v>
+        <x:v>5372</x:v>
       </x:c>
       <x:c r="FW35" s="3" t="n">
-        <x:v>4822</x:v>
+        <x:v>4815</x:v>
       </x:c>
       <x:c r="FX35" s="3" t="n">
-        <x:v>4673</x:v>
+        <x:v>4674</x:v>
       </x:c>
       <x:c r="FY35" s="3" t="n">
-        <x:v>5527</x:v>
+        <x:v>5543</x:v>
       </x:c>
       <x:c r="FZ35" s="3" t="n">
-        <x:v>5709</x:v>
+        <x:v>5750</x:v>
       </x:c>
       <x:c r="GA35" s="3" t="n">
-        <x:v>4894</x:v>
+        <x:v>4945</x:v>
       </x:c>
       <x:c r="GB35" s="3" t="n">
-        <x:v>4827</x:v>
+        <x:v>4888</x:v>
       </x:c>
       <x:c r="GC35" s="3" t="n">
-        <x:v>5600</x:v>
+        <x:v>5677</x:v>
       </x:c>
       <x:c r="GD35" s="3" t="n">
-        <x:v>5472</x:v>
+        <x:v>5522</x:v>
       </x:c>
       <x:c r="GE35" s="3" t="n">
-        <x:v>5260</x:v>
+        <x:v>5317</x:v>
       </x:c>
       <x:c r="GF35" s="3" t="n">
-        <x:v>4885</x:v>
+        <x:v>4935</x:v>
       </x:c>
       <x:c r="GG35" s="3" t="n">
-        <x:v>5300</x:v>
+        <x:v>5401</x:v>
       </x:c>
       <x:c r="GH35" s="3" t="n">
-        <x:v>5395</x:v>
+        <x:v>5441</x:v>
       </x:c>
       <x:c r="GI35" s="3" t="n">
-        <x:v>4905</x:v>
+        <x:v>4901</x:v>
+      </x:c>
+      <x:c r="GJ35" s="3" t="n">
+        <x:v>4789</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:191">
+    <x:row r="36" spans="1:192">
       <x:c r="A36" s="2" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
         <x:v>1167</x:v>
       </x:c>
       <x:c r="C36" s="3" t="n">
         <x:v>1442</x:v>
       </x:c>
       <x:c r="D36" s="3" t="n">
         <x:v>1618</x:v>
       </x:c>
       <x:c r="E36" s="3" t="n">
         <x:v>1432</x:v>
       </x:c>
       <x:c r="F36" s="3" t="n">
         <x:v>1248</x:v>
       </x:c>
       <x:c r="G36" s="3" t="n">
         <x:v>1552</x:v>
       </x:c>
       <x:c r="H36" s="3" t="n">
         <x:v>1748</x:v>
       </x:c>
       <x:c r="I36" s="3" t="n">
         <x:v>1542</x:v>
       </x:c>
@@ -19894,347 +20000,350 @@
       <x:c r="CH36" s="3" t="n">
         <x:v>8285</x:v>
       </x:c>
       <x:c r="CI36" s="3" t="n">
         <x:v>10081</x:v>
       </x:c>
       <x:c r="CJ36" s="3" t="n">
         <x:v>11592</x:v>
       </x:c>
       <x:c r="CK36" s="3" t="n">
         <x:v>10205</x:v>
       </x:c>
       <x:c r="CL36" s="3" t="n">
         <x:v>8709</x:v>
       </x:c>
       <x:c r="CM36" s="3" t="n">
         <x:v>10118</x:v>
       </x:c>
       <x:c r="CN36" s="3" t="n">
         <x:v>11909</x:v>
       </x:c>
       <x:c r="CO36" s="3" t="n">
         <x:v>10412</x:v>
       </x:c>
       <x:c r="CP36" s="3" t="n">
-        <x:v>9145</x:v>
+        <x:v>9152</x:v>
       </x:c>
       <x:c r="CQ36" s="3" t="n">
-        <x:v>10844</x:v>
+        <x:v>10852</x:v>
       </x:c>
       <x:c r="CR36" s="3" t="n">
-        <x:v>11605</x:v>
+        <x:v>11613</x:v>
       </x:c>
       <x:c r="CS36" s="3" t="n">
-        <x:v>10189</x:v>
+        <x:v>10196</x:v>
       </x:c>
       <x:c r="CT36" s="3" t="n">
-        <x:v>9217</x:v>
+        <x:v>9229</x:v>
       </x:c>
       <x:c r="CU36" s="3" t="n">
-        <x:v>10793</x:v>
+        <x:v>10808</x:v>
       </x:c>
       <x:c r="CV36" s="3" t="n">
-        <x:v>12599</x:v>
+        <x:v>12616</x:v>
       </x:c>
       <x:c r="CW36" s="3" t="n">
-        <x:v>10972</x:v>
+        <x:v>10987</x:v>
       </x:c>
       <x:c r="CX36" s="3" t="n">
-        <x:v>9200</x:v>
+        <x:v>9219</x:v>
       </x:c>
       <x:c r="CY36" s="3" t="n">
-        <x:v>10682</x:v>
+        <x:v>10704</x:v>
       </x:c>
       <x:c r="CZ36" s="3" t="n">
-        <x:v>12828</x:v>
+        <x:v>12854</x:v>
       </x:c>
       <x:c r="DA36" s="3" t="n">
-        <x:v>11205</x:v>
+        <x:v>11228</x:v>
       </x:c>
       <x:c r="DB36" s="3" t="n">
-        <x:v>9833</x:v>
+        <x:v>9860</x:v>
       </x:c>
       <x:c r="DC36" s="3" t="n">
-        <x:v>11541</x:v>
+        <x:v>11573</x:v>
       </x:c>
       <x:c r="DD36" s="3" t="n">
-        <x:v>12603</x:v>
+        <x:v>12638</x:v>
       </x:c>
       <x:c r="DE36" s="3" t="n">
-        <x:v>10941</x:v>
+        <x:v>10971</x:v>
       </x:c>
       <x:c r="DF36" s="3" t="n">
-        <x:v>9544</x:v>
+        <x:v>9577</x:v>
       </x:c>
       <x:c r="DG36" s="3" t="n">
-        <x:v>11898</x:v>
+        <x:v>11939</x:v>
       </x:c>
       <x:c r="DH36" s="3" t="n">
-        <x:v>13405</x:v>
+        <x:v>13452</x:v>
       </x:c>
       <x:c r="DI36" s="3" t="n">
-        <x:v>11810</x:v>
+        <x:v>11851</x:v>
       </x:c>
       <x:c r="DJ36" s="3" t="n">
-        <x:v>10533</x:v>
+        <x:v>10577</x:v>
       </x:c>
       <x:c r="DK36" s="3" t="n">
-        <x:v>12830</x:v>
+        <x:v>12884</x:v>
       </x:c>
       <x:c r="DL36" s="3" t="n">
-        <x:v>14499</x:v>
+        <x:v>14560</x:v>
       </x:c>
       <x:c r="DM36" s="3" t="n">
-        <x:v>13366</x:v>
+        <x:v>13422</x:v>
       </x:c>
       <x:c r="DN36" s="3" t="n">
-        <x:v>11720</x:v>
+        <x:v>11778</x:v>
       </x:c>
       <x:c r="DO36" s="3" t="n">
-        <x:v>14371</x:v>
+        <x:v>14441</x:v>
       </x:c>
       <x:c r="DP36" s="3" t="n">
-        <x:v>15680</x:v>
+        <x:v>15757</x:v>
       </x:c>
       <x:c r="DQ36" s="3" t="n">
-        <x:v>14236</x:v>
+        <x:v>14306</x:v>
       </x:c>
       <x:c r="DR36" s="3" t="n">
-        <x:v>12940</x:v>
+        <x:v>13012</x:v>
       </x:c>
       <x:c r="DS36" s="3" t="n">
-        <x:v>15678</x:v>
+        <x:v>15765</x:v>
       </x:c>
       <x:c r="DT36" s="3" t="n">
-        <x:v>16661</x:v>
+        <x:v>16754</x:v>
       </x:c>
       <x:c r="DU36" s="3" t="n">
-        <x:v>14787</x:v>
+        <x:v>14870</x:v>
       </x:c>
       <x:c r="DV36" s="3" t="n">
-        <x:v>13102</x:v>
+        <x:v>13182</x:v>
       </x:c>
       <x:c r="DW36" s="3" t="n">
-        <x:v>15598</x:v>
+        <x:v>15694</x:v>
       </x:c>
       <x:c r="DX36" s="3" t="n">
-        <x:v>16799</x:v>
+        <x:v>16902</x:v>
       </x:c>
       <x:c r="DY36" s="3" t="n">
-        <x:v>15035</x:v>
+        <x:v>15128</x:v>
       </x:c>
       <x:c r="DZ36" s="3" t="n">
-        <x:v>13188</x:v>
+        <x:v>13278</x:v>
       </x:c>
       <x:c r="EA36" s="3" t="n">
-        <x:v>16375</x:v>
+        <x:v>16487</x:v>
       </x:c>
       <x:c r="EB36" s="3" t="n">
-        <x:v>17877</x:v>
+        <x:v>17999</x:v>
       </x:c>
       <x:c r="EC36" s="3" t="n">
-        <x:v>15554</x:v>
+        <x:v>15660</x:v>
       </x:c>
       <x:c r="ED36" s="3" t="n">
-        <x:v>14317</x:v>
+        <x:v>14425</x:v>
       </x:c>
       <x:c r="EE36" s="3" t="n">
-        <x:v>17262</x:v>
+        <x:v>17392</x:v>
       </x:c>
       <x:c r="EF36" s="3" t="n">
-        <x:v>18765</x:v>
+        <x:v>18906</x:v>
       </x:c>
       <x:c r="EG36" s="3" t="n">
-        <x:v>17049</x:v>
+        <x:v>17177</x:v>
       </x:c>
       <x:c r="EH36" s="3" t="n">
-        <x:v>15320</x:v>
+        <x:v>15446</x:v>
       </x:c>
       <x:c r="EI36" s="3" t="n">
-        <x:v>18105</x:v>
+        <x:v>18254</x:v>
       </x:c>
       <x:c r="EJ36" s="3" t="n">
-        <x:v>19801</x:v>
+        <x:v>19964</x:v>
       </x:c>
       <x:c r="EK36" s="3" t="n">
-        <x:v>18131</x:v>
+        <x:v>18280</x:v>
       </x:c>
       <x:c r="EL36" s="3" t="n">
-        <x:v>15965</x:v>
+        <x:v>16106</x:v>
       </x:c>
       <x:c r="EM36" s="3" t="n">
-        <x:v>19509</x:v>
+        <x:v>19681</x:v>
       </x:c>
       <x:c r="EN36" s="3" t="n">
-        <x:v>20704</x:v>
+        <x:v>20887</x:v>
       </x:c>
       <x:c r="EO36" s="3" t="n">
-        <x:v>18934</x:v>
+        <x:v>19102</x:v>
       </x:c>
       <x:c r="EP36" s="3" t="n">
-        <x:v>16534</x:v>
+        <x:v>16691</x:v>
       </x:c>
       <x:c r="EQ36" s="3" t="n">
-        <x:v>20221</x:v>
+        <x:v>20414</x:v>
       </x:c>
       <x:c r="ER36" s="3" t="n">
-        <x:v>21970</x:v>
+        <x:v>22179</x:v>
       </x:c>
       <x:c r="ES36" s="3" t="n">
-        <x:v>19771</x:v>
+        <x:v>19959</x:v>
       </x:c>
       <x:c r="ET36" s="3" t="n">
-        <x:v>17265</x:v>
+        <x:v>17440</x:v>
       </x:c>
       <x:c r="EU36" s="3" t="n">
-        <x:v>20952</x:v>
+        <x:v>21164</x:v>
       </x:c>
       <x:c r="EV36" s="3" t="n">
-        <x:v>23418</x:v>
+        <x:v>23656</x:v>
       </x:c>
       <x:c r="EW36" s="3" t="n">
-        <x:v>21849</x:v>
+        <x:v>22071</x:v>
       </x:c>
       <x:c r="EX36" s="3" t="n">
-        <x:v>19501</x:v>
+        <x:v>19708</x:v>
       </x:c>
       <x:c r="EY36" s="3" t="n">
-        <x:v>22342</x:v>
+        <x:v>22580</x:v>
       </x:c>
       <x:c r="EZ36" s="3" t="n">
-        <x:v>24647</x:v>
+        <x:v>24912</x:v>
       </x:c>
       <x:c r="FA36" s="3" t="n">
-        <x:v>21113</x:v>
+        <x:v>21344</x:v>
       </x:c>
       <x:c r="FB36" s="3" t="n">
-        <x:v>20951</x:v>
+        <x:v>21185</x:v>
       </x:c>
       <x:c r="FC36" s="3" t="n">
-        <x:v>23180</x:v>
+        <x:v>23443</x:v>
       </x:c>
       <x:c r="FD36" s="3" t="n">
-        <x:v>25993</x:v>
+        <x:v>26292</x:v>
       </x:c>
       <x:c r="FE36" s="3" t="n">
-        <x:v>22110</x:v>
+        <x:v>22368</x:v>
       </x:c>
       <x:c r="FF36" s="3" t="n">
-        <x:v>21105</x:v>
+        <x:v>21354</x:v>
       </x:c>
       <x:c r="FG36" s="3" t="n">
-        <x:v>24301</x:v>
+        <x:v>24593</x:v>
       </x:c>
       <x:c r="FH36" s="3" t="n">
-        <x:v>26649</x:v>
+        <x:v>26974</x:v>
       </x:c>
       <x:c r="FI36" s="3" t="n">
-        <x:v>22882</x:v>
+        <x:v>23166</x:v>
       </x:c>
       <x:c r="FJ36" s="3" t="n">
-        <x:v>22575</x:v>
+        <x:v>22861</x:v>
       </x:c>
       <x:c r="FK36" s="3" t="n">
-        <x:v>25306</x:v>
+        <x:v>25630</x:v>
       </x:c>
       <x:c r="FL36" s="3" t="n">
-        <x:v>28535</x:v>
+        <x:v>28902</x:v>
       </x:c>
       <x:c r="FM36" s="3" t="n">
-        <x:v>24698</x:v>
+        <x:v>25014</x:v>
       </x:c>
       <x:c r="FN36" s="3" t="n">
-        <x:v>22845</x:v>
+        <x:v>23134</x:v>
       </x:c>
       <x:c r="FO36" s="3" t="n">
-        <x:v>11831</x:v>
+        <x:v>11980</x:v>
       </x:c>
       <x:c r="FP36" s="3" t="n">
-        <x:v>23174</x:v>
+        <x:v>23467</x:v>
       </x:c>
       <x:c r="FQ36" s="3" t="n">
-        <x:v>16780</x:v>
+        <x:v>16995</x:v>
       </x:c>
       <x:c r="FR36" s="3" t="n">
-        <x:v>14015</x:v>
+        <x:v>14198</x:v>
       </x:c>
       <x:c r="FS36" s="3" t="n">
-        <x:v>17368</x:v>
+        <x:v>17602</x:v>
       </x:c>
       <x:c r="FT36" s="3" t="n">
-        <x:v>29721</x:v>
+        <x:v>30132</x:v>
       </x:c>
       <x:c r="FU36" s="3" t="n">
-        <x:v>26127</x:v>
+        <x:v>26503</x:v>
       </x:c>
       <x:c r="FV36" s="3" t="n">
-        <x:v>23133</x:v>
+        <x:v>23480</x:v>
       </x:c>
       <x:c r="FW36" s="3" t="n">
-        <x:v>31927</x:v>
+        <x:v>32405</x:v>
       </x:c>
       <x:c r="FX36" s="3" t="n">
-        <x:v>36412</x:v>
+        <x:v>36927</x:v>
       </x:c>
       <x:c r="FY36" s="3" t="n">
-        <x:v>31583</x:v>
+        <x:v>31971</x:v>
       </x:c>
       <x:c r="FZ36" s="3" t="n">
-        <x:v>29963</x:v>
+        <x:v>30254</x:v>
       </x:c>
       <x:c r="GA36" s="3" t="n">
-        <x:v>34213</x:v>
+        <x:v>34471</x:v>
       </x:c>
       <x:c r="GB36" s="3" t="n">
-        <x:v>39110</x:v>
+        <x:v>39351</x:v>
       </x:c>
       <x:c r="GC36" s="3" t="n">
-        <x:v>32884</x:v>
+        <x:v>33065</x:v>
       </x:c>
       <x:c r="GD36" s="3" t="n">
-        <x:v>31710</x:v>
+        <x:v>31719</x:v>
       </x:c>
       <x:c r="GE36" s="3" t="n">
-        <x:v>36378</x:v>
+        <x:v>36522</x:v>
       </x:c>
       <x:c r="GF36" s="3" t="n">
-        <x:v>41087</x:v>
+        <x:v>41473</x:v>
       </x:c>
       <x:c r="GG36" s="3" t="n">
-        <x:v>34635</x:v>
+        <x:v>34693</x:v>
       </x:c>
       <x:c r="GH36" s="3" t="n">
-        <x:v>34204</x:v>
+        <x:v>34182</x:v>
       </x:c>
       <x:c r="GI36" s="3" t="n">
-        <x:v>38833</x:v>
+        <x:v>38994</x:v>
+      </x:c>
+      <x:c r="GJ36" s="3" t="n">
+        <x:v>45068</x:v>
       </x:c>
     </x:row>
-    <x:row r="37" spans="1:191">
+    <x:row r="37" spans="1:192">
       <x:c r="A37" s="2" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
         <x:v>2644</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>2743</x:v>
       </x:c>
       <x:c r="D37" s="3" t="n">
         <x:v>2800</x:v>
       </x:c>
       <x:c r="E37" s="3" t="n">
         <x:v>3149</x:v>
       </x:c>
       <x:c r="F37" s="3" t="n">
         <x:v>3079</x:v>
       </x:c>
       <x:c r="G37" s="3" t="n">
         <x:v>2984</x:v>
       </x:c>
       <x:c r="H37" s="3" t="n">
         <x:v>3001</x:v>
       </x:c>
       <x:c r="I37" s="3" t="n">
         <x:v>3331</x:v>
       </x:c>
@@ -20469,347 +20578,350 @@
       <x:c r="CH37" s="3" t="n">
         <x:v>27630</x:v>
       </x:c>
       <x:c r="CI37" s="3" t="n">
         <x:v>27617</x:v>
       </x:c>
       <x:c r="CJ37" s="3" t="n">
         <x:v>27109</x:v>
       </x:c>
       <x:c r="CK37" s="3" t="n">
         <x:v>29639</x:v>
       </x:c>
       <x:c r="CL37" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="CM37" s="3" t="n">
         <x:v>30305</x:v>
       </x:c>
       <x:c r="CN37" s="3" t="n">
         <x:v>29966</x:v>
       </x:c>
       <x:c r="CO37" s="3" t="n">
         <x:v>33100</x:v>
       </x:c>
       <x:c r="CP37" s="3" t="n">
-        <x:v>32671</x:v>
+        <x:v>32730</x:v>
       </x:c>
       <x:c r="CQ37" s="3" t="n">
-        <x:v>31897</x:v>
+        <x:v>31956</x:v>
       </x:c>
       <x:c r="CR37" s="3" t="n">
-        <x:v>30722</x:v>
+        <x:v>30778</x:v>
       </x:c>
       <x:c r="CS37" s="3" t="n">
-        <x:v>33312</x:v>
+        <x:v>33373</x:v>
       </x:c>
       <x:c r="CT37" s="3" t="n">
-        <x:v>32525</x:v>
+        <x:v>32645</x:v>
       </x:c>
       <x:c r="CU37" s="3" t="n">
-        <x:v>32897</x:v>
+        <x:v>33018</x:v>
       </x:c>
       <x:c r="CV37" s="3" t="n">
-        <x:v>31632</x:v>
+        <x:v>31749</x:v>
       </x:c>
       <x:c r="CW37" s="3" t="n">
-        <x:v>33469</x:v>
+        <x:v>33592</x:v>
       </x:c>
       <x:c r="CX37" s="3" t="n">
-        <x:v>34032</x:v>
+        <x:v>34223</x:v>
       </x:c>
       <x:c r="CY37" s="3" t="n">
-        <x:v>31401</x:v>
+        <x:v>31577</x:v>
       </x:c>
       <x:c r="CZ37" s="3" t="n">
-        <x:v>32050</x:v>
+        <x:v>32232</x:v>
       </x:c>
       <x:c r="DA37" s="3" t="n">
-        <x:v>34506</x:v>
+        <x:v>34700</x:v>
       </x:c>
       <x:c r="DB37" s="3" t="n">
-        <x:v>35544</x:v>
+        <x:v>35811</x:v>
       </x:c>
       <x:c r="DC37" s="3" t="n">
-        <x:v>33901</x:v>
+        <x:v>34155</x:v>
       </x:c>
       <x:c r="DD37" s="3" t="n">
-        <x:v>34090</x:v>
+        <x:v>34346</x:v>
       </x:c>
       <x:c r="DE37" s="3" t="n">
-        <x:v>37021</x:v>
+        <x:v>37296</x:v>
       </x:c>
       <x:c r="DF37" s="3" t="n">
-        <x:v>34832</x:v>
+        <x:v>35156</x:v>
       </x:c>
       <x:c r="DG37" s="3" t="n">
-        <x:v>36780</x:v>
+        <x:v>37120</x:v>
       </x:c>
       <x:c r="DH37" s="3" t="n">
-        <x:v>35172</x:v>
+        <x:v>35499</x:v>
       </x:c>
       <x:c r="DI37" s="3" t="n">
-        <x:v>39452</x:v>
+        <x:v>39811</x:v>
       </x:c>
       <x:c r="DJ37" s="3" t="n">
-        <x:v>38564</x:v>
+        <x:v>38995</x:v>
       </x:c>
       <x:c r="DK37" s="3" t="n">
-        <x:v>38268</x:v>
+        <x:v>38690</x:v>
       </x:c>
       <x:c r="DL37" s="3" t="n">
-        <x:v>37988</x:v>
+        <x:v>38408</x:v>
       </x:c>
       <x:c r="DM37" s="3" t="n">
-        <x:v>44543</x:v>
+        <x:v>45022</x:v>
       </x:c>
       <x:c r="DN37" s="3" t="n">
-        <x:v>41669</x:v>
+        <x:v>42209</x:v>
       </x:c>
       <x:c r="DO37" s="3" t="n">
-        <x:v>41445</x:v>
+        <x:v>41974</x:v>
       </x:c>
       <x:c r="DP37" s="3" t="n">
-        <x:v>41219</x:v>
+        <x:v>41745</x:v>
       </x:c>
       <x:c r="DQ37" s="3" t="n">
-        <x:v>46987</x:v>
+        <x:v>47576</x:v>
       </x:c>
       <x:c r="DR37" s="3" t="n">
-        <x:v>44399</x:v>
+        <x:v>45037</x:v>
       </x:c>
       <x:c r="DS37" s="3" t="n">
-        <x:v>45139</x:v>
+        <x:v>45776</x:v>
       </x:c>
       <x:c r="DT37" s="3" t="n">
-        <x:v>43397</x:v>
+        <x:v>44021</x:v>
       </x:c>
       <x:c r="DU37" s="3" t="n">
-        <x:v>49935</x:v>
+        <x:v>50634</x:v>
       </x:c>
       <x:c r="DV37" s="3" t="n">
-        <x:v>46955</x:v>
+        <x:v>47697</x:v>
       </x:c>
       <x:c r="DW37" s="3" t="n">
-        <x:v>44120</x:v>
+        <x:v>44816</x:v>
       </x:c>
       <x:c r="DX37" s="3" t="n">
-        <x:v>42610</x:v>
+        <x:v>43300</x:v>
       </x:c>
       <x:c r="DY37" s="3" t="n">
-        <x:v>48541</x:v>
+        <x:v>49307</x:v>
       </x:c>
       <x:c r="DZ37" s="3" t="n">
-        <x:v>48459</x:v>
+        <x:v>49295</x:v>
       </x:c>
       <x:c r="EA37" s="3" t="n">
-        <x:v>46614</x:v>
+        <x:v>47419</x:v>
       </x:c>
       <x:c r="EB37" s="3" t="n">
-        <x:v>44712</x:v>
+        <x:v>45498</x:v>
       </x:c>
       <x:c r="EC37" s="3" t="n">
-        <x:v>52451</x:v>
+        <x:v>53350</x:v>
       </x:c>
       <x:c r="ED37" s="3" t="n">
-        <x:v>50624</x:v>
+        <x:v>51557</x:v>
       </x:c>
       <x:c r="EE37" s="3" t="n">
-        <x:v>47940</x:v>
+        <x:v>48827</x:v>
       </x:c>
       <x:c r="EF37" s="3" t="n">
-        <x:v>45706</x:v>
+        <x:v>46560</x:v>
       </x:c>
       <x:c r="EG37" s="3" t="n">
-        <x:v>53863</x:v>
+        <x:v>54838</x:v>
       </x:c>
       <x:c r="EH37" s="3" t="n">
-        <x:v>51603</x:v>
+        <x:v>52626</x:v>
       </x:c>
       <x:c r="EI37" s="3" t="n">
-        <x:v>48993</x:v>
+        <x:v>49969</x:v>
       </x:c>
       <x:c r="EJ37" s="3" t="n">
-        <x:v>46969</x:v>
+        <x:v>47914</x:v>
       </x:c>
       <x:c r="EK37" s="3" t="n">
-        <x:v>55723</x:v>
+        <x:v>56817</x:v>
       </x:c>
       <x:c r="EL37" s="3" t="n">
-        <x:v>51815</x:v>
+        <x:v>52928</x:v>
       </x:c>
       <x:c r="EM37" s="3" t="n">
-        <x:v>52734</x:v>
+        <x:v>53850</x:v>
       </x:c>
       <x:c r="EN37" s="3" t="n">
-        <x:v>48923</x:v>
+        <x:v>49983</x:v>
       </x:c>
       <x:c r="EO37" s="3" t="n">
-        <x:v>57796</x:v>
+        <x:v>59006</x:v>
       </x:c>
       <x:c r="EP37" s="3" t="n">
-        <x:v>56214</x:v>
+        <x:v>57496</x:v>
       </x:c>
       <x:c r="EQ37" s="3" t="n">
-        <x:v>53924</x:v>
+        <x:v>55143</x:v>
       </x:c>
       <x:c r="ER37" s="3" t="n">
-        <x:v>51842</x:v>
+        <x:v>53035</x:v>
       </x:c>
       <x:c r="ES37" s="3" t="n">
-        <x:v>60801</x:v>
+        <x:v>62163</x:v>
       </x:c>
       <x:c r="ET37" s="3" t="n">
-        <x:v>57832</x:v>
+        <x:v>59210</x:v>
       </x:c>
       <x:c r="EU37" s="3" t="n">
-        <x:v>56865</x:v>
+        <x:v>58221</x:v>
       </x:c>
       <x:c r="EV37" s="3" t="n">
-        <x:v>53085</x:v>
+        <x:v>54376</x:v>
       </x:c>
       <x:c r="EW37" s="3" t="n">
-        <x:v>62858</x:v>
+        <x:v>64345</x:v>
       </x:c>
       <x:c r="EX37" s="3" t="n">
-        <x:v>57569</x:v>
+        <x:v>58986</x:v>
       </x:c>
       <x:c r="EY37" s="3" t="n">
-        <x:v>59888</x:v>
+        <x:v>61372</x:v>
       </x:c>
       <x:c r="EZ37" s="3" t="n">
-        <x:v>52715</x:v>
+        <x:v>54019</x:v>
       </x:c>
       <x:c r="FA37" s="3" t="n">
-        <x:v>62456</x:v>
+        <x:v>64023</x:v>
       </x:c>
       <x:c r="FB37" s="3" t="n">
-        <x:v>65632</x:v>
+        <x:v>67296</x:v>
       </x:c>
       <x:c r="FC37" s="3" t="n">
-        <x:v>58170</x:v>
+        <x:v>59675</x:v>
       </x:c>
       <x:c r="FD37" s="3" t="n">
-        <x:v>55296</x:v>
+        <x:v>56734</x:v>
       </x:c>
       <x:c r="FE37" s="3" t="n">
-        <x:v>65948</x:v>
+        <x:v>67685</x:v>
       </x:c>
       <x:c r="FF37" s="3" t="n">
-        <x:v>65962</x:v>
+        <x:v>67719</x:v>
       </x:c>
       <x:c r="FG37" s="3" t="n">
-        <x:v>66211</x:v>
+        <x:v>67995</x:v>
       </x:c>
       <x:c r="FH37" s="3" t="n">
-        <x:v>59130</x:v>
+        <x:v>60720</x:v>
       </x:c>
       <x:c r="FI37" s="3" t="n">
-        <x:v>70292</x:v>
+        <x:v>72186</x:v>
       </x:c>
       <x:c r="FJ37" s="3" t="n">
-        <x:v>73517</x:v>
+        <x:v>75513</x:v>
       </x:c>
       <x:c r="FK37" s="3" t="n">
-        <x:v>67220</x:v>
+        <x:v>69066</x:v>
       </x:c>
       <x:c r="FL37" s="3" t="n">
-        <x:v>65119</x:v>
+        <x:v>66906</x:v>
       </x:c>
       <x:c r="FM37" s="3" t="n">
-        <x:v>76575</x:v>
+        <x:v>78697</x:v>
       </x:c>
       <x:c r="FN37" s="3" t="n">
-        <x:v>78285</x:v>
+        <x:v>80470</x:v>
       </x:c>
       <x:c r="FO37" s="3" t="n">
-        <x:v>68654</x:v>
+        <x:v>70602</x:v>
       </x:c>
       <x:c r="FP37" s="3" t="n">
-        <x:v>65696</x:v>
+        <x:v>67608</x:v>
       </x:c>
       <x:c r="FQ37" s="3" t="n">
-        <x:v>77990</x:v>
+        <x:v>80340</x:v>
       </x:c>
       <x:c r="FR37" s="3" t="n">
-        <x:v>79729</x:v>
+        <x:v>82207</x:v>
       </x:c>
       <x:c r="FS37" s="3" t="n">
-        <x:v>77220</x:v>
+        <x:v>79630</x:v>
       </x:c>
       <x:c r="FT37" s="3" t="n">
-        <x:v>73547</x:v>
+        <x:v>75704</x:v>
       </x:c>
       <x:c r="FU37" s="3" t="n">
-        <x:v>88412</x:v>
+        <x:v>90762</x:v>
       </x:c>
       <x:c r="FV37" s="3" t="n">
-        <x:v>90627</x:v>
+        <x:v>92691</x:v>
       </x:c>
       <x:c r="FW37" s="3" t="n">
-        <x:v>83629</x:v>
+        <x:v>85608</x:v>
       </x:c>
       <x:c r="FX37" s="3" t="n">
-        <x:v>81189</x:v>
+        <x:v>83587</x:v>
       </x:c>
       <x:c r="FY37" s="3" t="n">
-        <x:v>95629</x:v>
+        <x:v>99425</x:v>
       </x:c>
       <x:c r="FZ37" s="3" t="n">
-        <x:v>101821</x:v>
+        <x:v>107446</x:v>
       </x:c>
       <x:c r="GA37" s="3" t="n">
-        <x:v>89178</x:v>
+        <x:v>95269</x:v>
       </x:c>
       <x:c r="GB37" s="3" t="n">
-        <x:v>86172</x:v>
+        <x:v>92825</x:v>
       </x:c>
       <x:c r="GC37" s="3" t="n">
-        <x:v>100494</x:v>
+        <x:v>108657</x:v>
       </x:c>
       <x:c r="GD37" s="3" t="n">
-        <x:v>99584</x:v>
+        <x:v>106236</x:v>
       </x:c>
       <x:c r="GE37" s="3" t="n">
-        <x:v>98196</x:v>
+        <x:v>104750</x:v>
       </x:c>
       <x:c r="GF37" s="3" t="n">
-        <x:v>89670</x:v>
+        <x:v>95874</x:v>
       </x:c>
       <x:c r="GG37" s="3" t="n">
-        <x:v>103114</x:v>
+        <x:v>110069</x:v>
       </x:c>
       <x:c r="GH37" s="3" t="n">
-        <x:v>104914</x:v>
+        <x:v>112559</x:v>
       </x:c>
       <x:c r="GI37" s="3" t="n">
-        <x:v>95881</x:v>
+        <x:v>104125</x:v>
+      </x:c>
+      <x:c r="GJ37" s="3" t="n">
+        <x:v>98089</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:191">
+    <x:row r="38" spans="1:192">
       <x:c r="A38" s="2" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
         <x:v>2589</x:v>
       </x:c>
       <x:c r="C38" s="3" t="n">
         <x:v>2632</x:v>
       </x:c>
       <x:c r="D38" s="3" t="n">
         <x:v>2571</x:v>
       </x:c>
       <x:c r="E38" s="3" t="n">
         <x:v>2811</x:v>
       </x:c>
       <x:c r="F38" s="3" t="n">
         <x:v>3095</x:v>
       </x:c>
       <x:c r="G38" s="3" t="n">
         <x:v>3082</x:v>
       </x:c>
       <x:c r="H38" s="3" t="n">
         <x:v>2892</x:v>
       </x:c>
       <x:c r="I38" s="3" t="n">
         <x:v>3166</x:v>
       </x:c>
@@ -21044,347 +21156,350 @@
       <x:c r="CH38" s="3" t="n">
         <x:v>14827</x:v>
       </x:c>
       <x:c r="CI38" s="3" t="n">
         <x:v>15334</x:v>
       </x:c>
       <x:c r="CJ38" s="3" t="n">
         <x:v>15384</x:v>
       </x:c>
       <x:c r="CK38" s="3" t="n">
         <x:v>15895</x:v>
       </x:c>
       <x:c r="CL38" s="3" t="n">
         <x:v>16200</x:v>
       </x:c>
       <x:c r="CM38" s="3" t="n">
         <x:v>17094</x:v>
       </x:c>
       <x:c r="CN38" s="3" t="n">
         <x:v>17309</x:v>
       </x:c>
       <x:c r="CO38" s="3" t="n">
         <x:v>17678</x:v>
       </x:c>
       <x:c r="CP38" s="3" t="n">
-        <x:v>16853</x:v>
+        <x:v>16901</x:v>
       </x:c>
       <x:c r="CQ38" s="3" t="n">
-        <x:v>17627</x:v>
+        <x:v>17678</x:v>
       </x:c>
       <x:c r="CR38" s="3" t="n">
-        <x:v>17936</x:v>
+        <x:v>17988</x:v>
       </x:c>
       <x:c r="CS38" s="3" t="n">
-        <x:v>18553</x:v>
+        <x:v>18607</x:v>
       </x:c>
       <x:c r="CT38" s="3" t="n">
-        <x:v>17782</x:v>
+        <x:v>17878</x:v>
       </x:c>
       <x:c r="CU38" s="3" t="n">
-        <x:v>18896</x:v>
+        <x:v>18999</x:v>
       </x:c>
       <x:c r="CV38" s="3" t="n">
-        <x:v>18632</x:v>
+        <x:v>18732</x:v>
       </x:c>
       <x:c r="CW38" s="3" t="n">
-        <x:v>18826</x:v>
+        <x:v>18928</x:v>
       </x:c>
       <x:c r="CX38" s="3" t="n">
-        <x:v>20953</x:v>
+        <x:v>21166</x:v>
       </x:c>
       <x:c r="CY38" s="3" t="n">
-        <x:v>22139</x:v>
+        <x:v>22364</x:v>
       </x:c>
       <x:c r="CZ38" s="3" t="n">
-        <x:v>22480</x:v>
+        <x:v>22709</x:v>
       </x:c>
       <x:c r="DA38" s="3" t="n">
-        <x:v>23027</x:v>
+        <x:v>23261</x:v>
       </x:c>
       <x:c r="DB38" s="3" t="n">
-        <x:v>24462</x:v>
+        <x:v>24799</x:v>
       </x:c>
       <x:c r="DC38" s="3" t="n">
-        <x:v>25697</x:v>
+        <x:v>26051</x:v>
       </x:c>
       <x:c r="DD38" s="3" t="n">
-        <x:v>25745</x:v>
+        <x:v>26100</x:v>
       </x:c>
       <x:c r="DE38" s="3" t="n">
-        <x:v>25776</x:v>
+        <x:v>26131</x:v>
       </x:c>
       <x:c r="DF38" s="3" t="n">
-        <x:v>26942</x:v>
+        <x:v>27433</x:v>
       </x:c>
       <x:c r="DG38" s="3" t="n">
-        <x:v>27475</x:v>
+        <x:v>27976</x:v>
       </x:c>
       <x:c r="DH38" s="3" t="n">
-        <x:v>28389</x:v>
+        <x:v>28906</x:v>
       </x:c>
       <x:c r="DI38" s="3" t="n">
-        <x:v>28513</x:v>
+        <x:v>29032</x:v>
       </x:c>
       <x:c r="DJ38" s="3" t="n">
-        <x:v>28849</x:v>
+        <x:v>29383</x:v>
       </x:c>
       <x:c r="DK38" s="3" t="n">
-        <x:v>29722</x:v>
+        <x:v>30272</x:v>
       </x:c>
       <x:c r="DL38" s="3" t="n">
-        <x:v>29747</x:v>
+        <x:v>30298</x:v>
       </x:c>
       <x:c r="DM38" s="3" t="n">
-        <x:v>30759</x:v>
+        <x:v>31328</x:v>
       </x:c>
       <x:c r="DN38" s="3" t="n">
-        <x:v>33221</x:v>
+        <x:v>33897</x:v>
       </x:c>
       <x:c r="DO38" s="3" t="n">
-        <x:v>34254</x:v>
+        <x:v>34952</x:v>
       </x:c>
       <x:c r="DP38" s="3" t="n">
-        <x:v>35422</x:v>
+        <x:v>36143</x:v>
       </x:c>
       <x:c r="DQ38" s="3" t="n">
-        <x:v>37409</x:v>
+        <x:v>38170</x:v>
       </x:c>
       <x:c r="DR38" s="3" t="n">
-        <x:v>31562</x:v>
+        <x:v>32267</x:v>
       </x:c>
       <x:c r="DS38" s="3" t="n">
-        <x:v>34232</x:v>
+        <x:v>34997</x:v>
       </x:c>
       <x:c r="DT38" s="3" t="n">
-        <x:v>32592</x:v>
+        <x:v>33320</x:v>
       </x:c>
       <x:c r="DU38" s="3" t="n">
-        <x:v>39398</x:v>
+        <x:v>40279</x:v>
       </x:c>
       <x:c r="DV38" s="3" t="n">
-        <x:v>37582</x:v>
+        <x:v>38659</x:v>
       </x:c>
       <x:c r="DW38" s="3" t="n">
-        <x:v>38481</x:v>
+        <x:v>39584</x:v>
       </x:c>
       <x:c r="DX38" s="3" t="n">
-        <x:v>37984</x:v>
+        <x:v>39072</x:v>
       </x:c>
       <x:c r="DY38" s="3" t="n">
-        <x:v>39502</x:v>
+        <x:v>40634</x:v>
       </x:c>
       <x:c r="DZ38" s="3" t="n">
-        <x:v>38073</x:v>
+        <x:v>39280</x:v>
       </x:c>
       <x:c r="EA38" s="3" t="n">
-        <x:v>39095</x:v>
+        <x:v>40335</x:v>
       </x:c>
       <x:c r="EB38" s="3" t="n">
-        <x:v>38653</x:v>
+        <x:v>39878</x:v>
       </x:c>
       <x:c r="EC38" s="3" t="n">
-        <x:v>40464</x:v>
+        <x:v>41747</x:v>
       </x:c>
       <x:c r="ED38" s="3" t="n">
-        <x:v>38273</x:v>
+        <x:v>39604</x:v>
       </x:c>
       <x:c r="EE38" s="3" t="n">
-        <x:v>37512</x:v>
+        <x:v>38816</x:v>
       </x:c>
       <x:c r="EF38" s="3" t="n">
-        <x:v>37577</x:v>
+        <x:v>38884</x:v>
       </x:c>
       <x:c r="EG38" s="3" t="n">
-        <x:v>40141</x:v>
+        <x:v>41537</x:v>
       </x:c>
       <x:c r="EH38" s="3" t="n">
-        <x:v>41400</x:v>
+        <x:v>43113</x:v>
       </x:c>
       <x:c r="EI38" s="3" t="n">
-        <x:v>42428</x:v>
+        <x:v>44183</x:v>
       </x:c>
       <x:c r="EJ38" s="3" t="n">
-        <x:v>44183</x:v>
+        <x:v>46010</x:v>
       </x:c>
       <x:c r="EK38" s="3" t="n">
-        <x:v>48672</x:v>
+        <x:v>50685</x:v>
       </x:c>
       <x:c r="EL38" s="3" t="n">
-        <x:v>52277</x:v>
+        <x:v>54493</x:v>
       </x:c>
       <x:c r="EM38" s="3" t="n">
-        <x:v>49803</x:v>
+        <x:v>51915</x:v>
       </x:c>
       <x:c r="EN38" s="3" t="n">
-        <x:v>46328</x:v>
+        <x:v>48293</x:v>
       </x:c>
       <x:c r="EO38" s="3" t="n">
-        <x:v>50748</x:v>
+        <x:v>52899</x:v>
       </x:c>
       <x:c r="EP38" s="3" t="n">
-        <x:v>59804</x:v>
+        <x:v>62436</x:v>
       </x:c>
       <x:c r="EQ38" s="3" t="n">
-        <x:v>51751</x:v>
+        <x:v>54028</x:v>
       </x:c>
       <x:c r="ER38" s="3" t="n">
-        <x:v>45470</x:v>
+        <x:v>47471</x:v>
       </x:c>
       <x:c r="ES38" s="3" t="n">
-        <x:v>52451</x:v>
+        <x:v>54759</x:v>
       </x:c>
       <x:c r="ET38" s="3" t="n">
-        <x:v>60264</x:v>
+        <x:v>62957</x:v>
       </x:c>
       <x:c r="EU38" s="3" t="n">
-        <x:v>51790</x:v>
+        <x:v>54105</x:v>
       </x:c>
       <x:c r="EV38" s="3" t="n">
-        <x:v>45473</x:v>
+        <x:v>47505</x:v>
       </x:c>
       <x:c r="EW38" s="3" t="n">
-        <x:v>53302</x:v>
+        <x:v>55684</x:v>
       </x:c>
       <x:c r="EX38" s="3" t="n">
-        <x:v>59347</x:v>
+        <x:v>62085</x:v>
       </x:c>
       <x:c r="EY38" s="3" t="n">
-        <x:v>55922</x:v>
+        <x:v>58530</x:v>
       </x:c>
       <x:c r="EZ38" s="3" t="n">
-        <x:v>50517</x:v>
+        <x:v>52923</x:v>
       </x:c>
       <x:c r="FA38" s="3" t="n">
-        <x:v>54083</x:v>
+        <x:v>56735</x:v>
       </x:c>
       <x:c r="FB38" s="3" t="n">
-        <x:v>61348</x:v>
+        <x:v>64462</x:v>
       </x:c>
       <x:c r="FC38" s="3" t="n">
-        <x:v>57351</x:v>
+        <x:v>60331</x:v>
       </x:c>
       <x:c r="FD38" s="3" t="n">
-        <x:v>53019</x:v>
+        <x:v>55804</x:v>
       </x:c>
       <x:c r="FE38" s="3" t="n">
-        <x:v>57262</x:v>
+        <x:v>60267</x:v>
       </x:c>
       <x:c r="FF38" s="3" t="n">
-        <x:v>61063</x:v>
+        <x:v>64233</x:v>
       </x:c>
       <x:c r="FG38" s="3" t="n">
-        <x:v>57369</x:v>
+        <x:v>60314</x:v>
       </x:c>
       <x:c r="FH38" s="3" t="n">
-        <x:v>51962</x:v>
+        <x:v>54605</x:v>
       </x:c>
       <x:c r="FI38" s="3" t="n">
-        <x:v>56458</x:v>
+        <x:v>59308</x:v>
       </x:c>
       <x:c r="FJ38" s="3" t="n">
-        <x:v>62793</x:v>
+        <x:v>65959</x:v>
       </x:c>
       <x:c r="FK38" s="3" t="n">
-        <x:v>58461</x:v>
+        <x:v>61479</x:v>
       </x:c>
       <x:c r="FL38" s="3" t="n">
-        <x:v>54328</x:v>
+        <x:v>57274</x:v>
       </x:c>
       <x:c r="FM38" s="3" t="n">
-        <x:v>58843</x:v>
+        <x:v>62264</x:v>
       </x:c>
       <x:c r="FN38" s="3" t="n">
-        <x:v>71145</x:v>
+        <x:v>75621</x:v>
       </x:c>
       <x:c r="FO38" s="3" t="n">
-        <x:v>66138</x:v>
+        <x:v>70471</x:v>
       </x:c>
       <x:c r="FP38" s="3" t="n">
-        <x:v>59693</x:v>
+        <x:v>63607</x:v>
       </x:c>
       <x:c r="FQ38" s="3" t="n">
-        <x:v>62522</x:v>
+        <x:v>66478</x:v>
       </x:c>
       <x:c r="FR38" s="3" t="n">
-        <x:v>74064</x:v>
+        <x:v>78469</x:v>
       </x:c>
       <x:c r="FS38" s="3" t="n">
-        <x:v>70156</x:v>
+        <x:v>74273</x:v>
       </x:c>
       <x:c r="FT38" s="3" t="n">
-        <x:v>60306</x:v>
+        <x:v>64020</x:v>
       </x:c>
       <x:c r="FU38" s="3" t="n">
-        <x:v>64162</x:v>
+        <x:v>68512</x:v>
       </x:c>
       <x:c r="FV38" s="3" t="n">
-        <x:v>70012</x:v>
+        <x:v>75308</x:v>
       </x:c>
       <x:c r="FW38" s="3" t="n">
-        <x:v>63793</x:v>
+        <x:v>68697</x:v>
       </x:c>
       <x:c r="FX38" s="3" t="n">
-        <x:v>55229</x:v>
+        <x:v>59112</x:v>
       </x:c>
       <x:c r="FY38" s="3" t="n">
-        <x:v>65868</x:v>
+        <x:v>69605</x:v>
       </x:c>
       <x:c r="FZ38" s="3" t="n">
-        <x:v>78106</x:v>
+        <x:v>81041</x:v>
       </x:c>
       <x:c r="GA38" s="3" t="n">
-        <x:v>70622</x:v>
+        <x:v>72158</x:v>
       </x:c>
       <x:c r="GB38" s="3" t="n">
-        <x:v>64876</x:v>
+        <x:v>65609</x:v>
       </x:c>
       <x:c r="GC38" s="3" t="n">
-        <x:v>73722</x:v>
+        <x:v>74162</x:v>
       </x:c>
       <x:c r="GD38" s="3" t="n">
-        <x:v>82181</x:v>
+        <x:v>82774</x:v>
       </x:c>
       <x:c r="GE38" s="3" t="n">
-        <x:v>76880</x:v>
+        <x:v>78229</x:v>
       </x:c>
       <x:c r="GF38" s="3" t="n">
-        <x:v>69088</x:v>
+        <x:v>70902</x:v>
       </x:c>
       <x:c r="GG38" s="3" t="n">
-        <x:v>75084</x:v>
+        <x:v>76824</x:v>
       </x:c>
       <x:c r="GH38" s="3" t="n">
-        <x:v>84697</x:v>
+        <x:v>85373</x:v>
       </x:c>
       <x:c r="GI38" s="3" t="n">
-        <x:v>76049</x:v>
+        <x:v>78990</x:v>
+      </x:c>
+      <x:c r="GJ38" s="3" t="n">
+        <x:v>71756</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:191">
+    <x:row r="39" spans="1:192">
       <x:c r="A39" s="2" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
         <x:v>822</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>878</x:v>
       </x:c>
       <x:c r="D39" s="3" t="n">
         <x:v>802</x:v>
       </x:c>
       <x:c r="E39" s="3" t="n">
         <x:v>913</x:v>
       </x:c>
       <x:c r="F39" s="3" t="n">
         <x:v>941</x:v>
       </x:c>
       <x:c r="G39" s="3" t="n">
         <x:v>866</x:v>
       </x:c>
       <x:c r="H39" s="3" t="n">
         <x:v>783</x:v>
       </x:c>
       <x:c r="I39" s="3" t="n">
         <x:v>894</x:v>
       </x:c>
@@ -21619,347 +21734,350 @@
       <x:c r="CH39" s="3" t="n">
         <x:v>11378</x:v>
       </x:c>
       <x:c r="CI39" s="3" t="n">
         <x:v>11153</x:v>
       </x:c>
       <x:c r="CJ39" s="3" t="n">
         <x:v>10564</x:v>
       </x:c>
       <x:c r="CK39" s="3" t="n">
         <x:v>12491</x:v>
       </x:c>
       <x:c r="CL39" s="3" t="n">
         <x:v>13359</x:v>
       </x:c>
       <x:c r="CM39" s="3" t="n">
         <x:v>12268</x:v>
       </x:c>
       <x:c r="CN39" s="3" t="n">
         <x:v>11842</x:v>
       </x:c>
       <x:c r="CO39" s="3" t="n">
         <x:v>13841</x:v>
       </x:c>
       <x:c r="CP39" s="3" t="n">
-        <x:v>15332</x:v>
+        <x:v>15348</x:v>
       </x:c>
       <x:c r="CQ39" s="3" t="n">
-        <x:v>14052</x:v>
+        <x:v>14067</x:v>
       </x:c>
       <x:c r="CR39" s="3" t="n">
-        <x:v>13433</x:v>
+        <x:v>13447</x:v>
       </x:c>
       <x:c r="CS39" s="3" t="n">
-        <x:v>15275</x:v>
+        <x:v>15291</x:v>
       </x:c>
       <x:c r="CT39" s="3" t="n">
-        <x:v>16368</x:v>
+        <x:v>16404</x:v>
       </x:c>
       <x:c r="CU39" s="3" t="n">
-        <x:v>16746</x:v>
+        <x:v>16783</x:v>
       </x:c>
       <x:c r="CV39" s="3" t="n">
-        <x:v>15058</x:v>
+        <x:v>15091</x:v>
       </x:c>
       <x:c r="CW39" s="3" t="n">
-        <x:v>16621</x:v>
+        <x:v>16657</x:v>
       </x:c>
       <x:c r="CX39" s="3" t="n">
-        <x:v>18325</x:v>
+        <x:v>18385</x:v>
       </x:c>
       <x:c r="CY39" s="3" t="n">
-        <x:v>17264</x:v>
+        <x:v>17320</x:v>
       </x:c>
       <x:c r="CZ39" s="3" t="n">
-        <x:v>16339</x:v>
+        <x:v>16392</x:v>
       </x:c>
       <x:c r="DA39" s="3" t="n">
-        <x:v>18502</x:v>
+        <x:v>18562</x:v>
       </x:c>
       <x:c r="DB39" s="3" t="n">
-        <x:v>19233</x:v>
+        <x:v>19317</x:v>
       </x:c>
       <x:c r="DC39" s="3" t="n">
-        <x:v>18182</x:v>
+        <x:v>18261</x:v>
       </x:c>
       <x:c r="DD39" s="3" t="n">
-        <x:v>18013</x:v>
+        <x:v>18091</x:v>
       </x:c>
       <x:c r="DE39" s="3" t="n">
-        <x:v>20849</x:v>
+        <x:v>20940</x:v>
       </x:c>
       <x:c r="DF39" s="3" t="n">
-        <x:v>18164</x:v>
+        <x:v>18263</x:v>
       </x:c>
       <x:c r="DG39" s="3" t="n">
-        <x:v>19871</x:v>
+        <x:v>19979</x:v>
       </x:c>
       <x:c r="DH39" s="3" t="n">
-        <x:v>18403</x:v>
+        <x:v>18503</x:v>
       </x:c>
       <x:c r="DI39" s="3" t="n">
-        <x:v>22700</x:v>
+        <x:v>22824</x:v>
       </x:c>
       <x:c r="DJ39" s="3" t="n">
-        <x:v>19159</x:v>
+        <x:v>19284</x:v>
       </x:c>
       <x:c r="DK39" s="3" t="n">
-        <x:v>20103</x:v>
+        <x:v>20234</x:v>
       </x:c>
       <x:c r="DL39" s="3" t="n">
-        <x:v>19672</x:v>
+        <x:v>19801</x:v>
       </x:c>
       <x:c r="DM39" s="3" t="n">
-        <x:v>25887</x:v>
+        <x:v>26056</x:v>
       </x:c>
       <x:c r="DN39" s="3" t="n">
-        <x:v>20741</x:v>
+        <x:v>20899</x:v>
       </x:c>
       <x:c r="DO39" s="3" t="n">
-        <x:v>21857</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="DP39" s="3" t="n">
-        <x:v>21575</x:v>
+        <x:v>21740</x:v>
       </x:c>
       <x:c r="DQ39" s="3" t="n">
-        <x:v>26565</x:v>
+        <x:v>26767</x:v>
       </x:c>
       <x:c r="DR39" s="3" t="n">
-        <x:v>23838</x:v>
+        <x:v>24046</x:v>
       </x:c>
       <x:c r="DS39" s="3" t="n">
-        <x:v>24213</x:v>
+        <x:v>24424</x:v>
       </x:c>
       <x:c r="DT39" s="3" t="n">
-        <x:v>24887</x:v>
+        <x:v>25103</x:v>
       </x:c>
       <x:c r="DU39" s="3" t="n">
-        <x:v>26539</x:v>
+        <x:v>26770</x:v>
       </x:c>
       <x:c r="DV39" s="3" t="n">
-        <x:v>25485</x:v>
+        <x:v>25735</x:v>
       </x:c>
       <x:c r="DW39" s="3" t="n">
-        <x:v>26668</x:v>
+        <x:v>26929</x:v>
       </x:c>
       <x:c r="DX39" s="3" t="n">
-        <x:v>26020</x:v>
+        <x:v>26274</x:v>
       </x:c>
       <x:c r="DY39" s="3" t="n">
-        <x:v>27777</x:v>
+        <x:v>28049</x:v>
       </x:c>
       <x:c r="DZ39" s="3" t="n">
-        <x:v>25334</x:v>
+        <x:v>25610</x:v>
       </x:c>
       <x:c r="EA39" s="3" t="n">
-        <x:v>26510</x:v>
+        <x:v>26798</x:v>
       </x:c>
       <x:c r="EB39" s="3" t="n">
-        <x:v>27208</x:v>
+        <x:v>27504</x:v>
       </x:c>
       <x:c r="EC39" s="3" t="n">
-        <x:v>28033</x:v>
+        <x:v>28338</x:v>
       </x:c>
       <x:c r="ED39" s="3" t="n">
-        <x:v>27824</x:v>
+        <x:v>28157</x:v>
       </x:c>
       <x:c r="EE39" s="3" t="n">
-        <x:v>28524</x:v>
+        <x:v>28866</x:v>
       </x:c>
       <x:c r="EF39" s="3" t="n">
-        <x:v>28715</x:v>
+        <x:v>29059</x:v>
       </x:c>
       <x:c r="EG39" s="3" t="n">
-        <x:v>29622</x:v>
+        <x:v>29977</x:v>
       </x:c>
       <x:c r="EH39" s="3" t="n">
-        <x:v>30612</x:v>
+        <x:v>31012</x:v>
       </x:c>
       <x:c r="EI39" s="3" t="n">
-        <x:v>30871</x:v>
+        <x:v>31274</x:v>
       </x:c>
       <x:c r="EJ39" s="3" t="n">
-        <x:v>30996</x:v>
+        <x:v>31401</x:v>
       </x:c>
       <x:c r="EK39" s="3" t="n">
-        <x:v>30877</x:v>
+        <x:v>31280</x:v>
       </x:c>
       <x:c r="EL39" s="3" t="n">
-        <x:v>31161</x:v>
+        <x:v>31601</x:v>
       </x:c>
       <x:c r="EM39" s="3" t="n">
-        <x:v>31914</x:v>
+        <x:v>32365</x:v>
       </x:c>
       <x:c r="EN39" s="3" t="n">
-        <x:v>31532</x:v>
+        <x:v>31978</x:v>
       </x:c>
       <x:c r="EO39" s="3" t="n">
-        <x:v>31434</x:v>
+        <x:v>31878</x:v>
       </x:c>
       <x:c r="EP39" s="3" t="n">
-        <x:v>32140</x:v>
+        <x:v>32629</x:v>
       </x:c>
       <x:c r="EQ39" s="3" t="n">
-        <x:v>32824</x:v>
+        <x:v>33324</x:v>
       </x:c>
       <x:c r="ER39" s="3" t="n">
-        <x:v>31863</x:v>
+        <x:v>32348</x:v>
       </x:c>
       <x:c r="ES39" s="3" t="n">
-        <x:v>32271</x:v>
+        <x:v>32763</x:v>
       </x:c>
       <x:c r="ET39" s="3" t="n">
-        <x:v>34064</x:v>
+        <x:v>34620</x:v>
       </x:c>
       <x:c r="EU39" s="3" t="n">
-        <x:v>34766</x:v>
+        <x:v>35333</x:v>
       </x:c>
       <x:c r="EV39" s="3" t="n">
-        <x:v>33436</x:v>
+        <x:v>33981</x:v>
       </x:c>
       <x:c r="EW39" s="3" t="n">
-        <x:v>33008</x:v>
+        <x:v>33546</x:v>
       </x:c>
       <x:c r="EX39" s="3" t="n">
-        <x:v>34533</x:v>
+        <x:v>35126</x:v>
       </x:c>
       <x:c r="EY39" s="3" t="n">
-        <x:v>38160</x:v>
+        <x:v>38819</x:v>
       </x:c>
       <x:c r="EZ39" s="3" t="n">
-        <x:v>34028</x:v>
+        <x:v>34622</x:v>
       </x:c>
       <x:c r="FA39" s="3" t="n">
-        <x:v>39960</x:v>
+        <x:v>40667</x:v>
       </x:c>
       <x:c r="FB39" s="3" t="n">
-        <x:v>39610</x:v>
+        <x:v>40323</x:v>
       </x:c>
       <x:c r="FC39" s="3" t="n">
-        <x:v>36470</x:v>
+        <x:v>37139</x:v>
       </x:c>
       <x:c r="FD39" s="3" t="n">
-        <x:v>34995</x:v>
+        <x:v>35648</x:v>
       </x:c>
       <x:c r="FE39" s="3" t="n">
-        <x:v>41486</x:v>
+        <x:v>42272</x:v>
       </x:c>
       <x:c r="FF39" s="3" t="n">
-        <x:v>38757</x:v>
+        <x:v>39501</x:v>
       </x:c>
       <x:c r="FG39" s="3" t="n">
-        <x:v>40643</x:v>
+        <x:v>41434</x:v>
       </x:c>
       <x:c r="FH39" s="3" t="n">
-        <x:v>36954</x:v>
+        <x:v>37682</x:v>
       </x:c>
       <x:c r="FI39" s="3" t="n">
-        <x:v>43960</x:v>
+        <x:v>44834</x:v>
       </x:c>
       <x:c r="FJ39" s="3" t="n">
-        <x:v>42763</x:v>
+        <x:v>43621</x:v>
       </x:c>
       <x:c r="FK39" s="3" t="n">
-        <x:v>40129</x:v>
+        <x:v>40946</x:v>
       </x:c>
       <x:c r="FL39" s="3" t="n">
-        <x:v>39248</x:v>
+        <x:v>40065</x:v>
       </x:c>
       <x:c r="FM39" s="3" t="n">
-        <x:v>45266</x:v>
+        <x:v>46232</x:v>
       </x:c>
       <x:c r="FN39" s="3" t="n">
-        <x:v>46804</x:v>
+        <x:v>47833</x:v>
       </x:c>
       <x:c r="FO39" s="3" t="n">
-        <x:v>40681</x:v>
+        <x:v>41582</x:v>
       </x:c>
       <x:c r="FP39" s="3" t="n">
-        <x:v>40777</x:v>
+        <x:v>41668</x:v>
       </x:c>
       <x:c r="FQ39" s="3" t="n">
-        <x:v>48151</x:v>
+        <x:v>49167</x:v>
       </x:c>
       <x:c r="FR39" s="3" t="n">
-        <x:v>46093</x:v>
+        <x:v>47020</x:v>
       </x:c>
       <x:c r="FS39" s="3" t="n">
-        <x:v>45222</x:v>
+        <x:v>46155</x:v>
       </x:c>
       <x:c r="FT39" s="3" t="n">
-        <x:v>44178</x:v>
+        <x:v>45196</x:v>
       </x:c>
       <x:c r="FU39" s="3" t="n">
-        <x:v>53192</x:v>
+        <x:v>54624</x:v>
       </x:c>
       <x:c r="FV39" s="3" t="n">
-        <x:v>50246</x:v>
+        <x:v>51871</x:v>
       </x:c>
       <x:c r="FW39" s="3" t="n">
-        <x:v>48345</x:v>
+        <x:v>50031</x:v>
       </x:c>
       <x:c r="FX39" s="3" t="n">
-        <x:v>46958</x:v>
+        <x:v>48539</x:v>
       </x:c>
       <x:c r="FY39" s="3" t="n">
-        <x:v>55117</x:v>
+        <x:v>56726</x:v>
       </x:c>
       <x:c r="FZ39" s="3" t="n">
-        <x:v>55516</x:v>
+        <x:v>56692</x:v>
       </x:c>
       <x:c r="GA39" s="3" t="n">
-        <x:v>51045</x:v>
+        <x:v>51774</x:v>
       </x:c>
       <x:c r="GB39" s="3" t="n">
-        <x:v>48966</x:v>
+        <x:v>49441</x:v>
       </x:c>
       <x:c r="GC39" s="3" t="n">
-        <x:v>57463</x:v>
+        <x:v>57899</x:v>
       </x:c>
       <x:c r="GD39" s="3" t="n">
-        <x:v>54417</x:v>
+        <x:v>55079</x:v>
       </x:c>
       <x:c r="GE39" s="3" t="n">
-        <x:v>55652</x:v>
+        <x:v>56348</x:v>
       </x:c>
       <x:c r="GF39" s="3" t="n">
-        <x:v>51301</x:v>
+        <x:v>51932</x:v>
       </x:c>
       <x:c r="GG39" s="3" t="n">
-        <x:v>58152</x:v>
+        <x:v>59260</x:v>
       </x:c>
       <x:c r="GH39" s="3" t="n">
-        <x:v>57931</x:v>
+        <x:v>58648</x:v>
       </x:c>
       <x:c r="GI39" s="3" t="n">
-        <x:v>56167</x:v>
+        <x:v>56877</x:v>
+      </x:c>
+      <x:c r="GJ39" s="3" t="n">
+        <x:v>54583</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:191">
+    <x:row r="40" spans="1:192">
       <x:c r="A40" s="2" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
         <x:v>4763</x:v>
       </x:c>
       <x:c r="C40" s="3" t="n">
         <x:v>4792</x:v>
       </x:c>
       <x:c r="D40" s="3" t="n">
         <x:v>4817</x:v>
       </x:c>
       <x:c r="E40" s="3" t="n">
         <x:v>4837</x:v>
       </x:c>
       <x:c r="F40" s="3" t="n">
         <x:v>5185</x:v>
       </x:c>
       <x:c r="G40" s="3" t="n">
         <x:v>5220</x:v>
       </x:c>
       <x:c r="H40" s="3" t="n">
         <x:v>5249</x:v>
       </x:c>
       <x:c r="I40" s="3" t="n">
         <x:v>5271</x:v>
       </x:c>
@@ -22170,371 +22288,374 @@
       <x:c r="BZ40" s="3" t="n">
         <x:v>18478</x:v>
       </x:c>
       <x:c r="CA40" s="3" t="n">
         <x:v>18679</x:v>
       </x:c>
       <x:c r="CB40" s="3" t="n">
         <x:v>18870</x:v>
       </x:c>
       <x:c r="CC40" s="3" t="n">
         <x:v>18974</x:v>
       </x:c>
       <x:c r="CD40" s="3" t="n">
         <x:v>19080</x:v>
       </x:c>
       <x:c r="CE40" s="3" t="n">
         <x:v>19228</x:v>
       </x:c>
       <x:c r="CF40" s="3" t="n">
         <x:v>19364</x:v>
       </x:c>
       <x:c r="CG40" s="3" t="n">
         <x:v>19428</x:v>
       </x:c>
       <x:c r="CH40" s="3" t="n">
-        <x:v>19666</x:v>
+        <x:v>19983</x:v>
       </x:c>
       <x:c r="CI40" s="3" t="n">
-        <x:v>20028</x:v>
+        <x:v>20350</x:v>
       </x:c>
       <x:c r="CJ40" s="3" t="n">
-        <x:v>20218</x:v>
+        <x:v>20544</x:v>
       </x:c>
       <x:c r="CK40" s="3" t="n">
-        <x:v>20480</x:v>
+        <x:v>20810</x:v>
       </x:c>
       <x:c r="CL40" s="3" t="n">
-        <x:v>21223</x:v>
+        <x:v>21910</x:v>
       </x:c>
       <x:c r="CM40" s="3" t="n">
-        <x:v>21462</x:v>
+        <x:v>22156</x:v>
       </x:c>
       <x:c r="CN40" s="3" t="n">
-        <x:v>21825</x:v>
+        <x:v>22531</x:v>
       </x:c>
       <x:c r="CO40" s="3" t="n">
-        <x:v>22108</x:v>
+        <x:v>22823</x:v>
       </x:c>
       <x:c r="CP40" s="3" t="n">
-        <x:v>22597</x:v>
+        <x:v>23686</x:v>
       </x:c>
       <x:c r="CQ40" s="3" t="n">
-        <x:v>22838</x:v>
+        <x:v>23938</x:v>
       </x:c>
       <x:c r="CR40" s="3" t="n">
-        <x:v>23066</x:v>
+        <x:v>24176</x:v>
       </x:c>
       <x:c r="CS40" s="3" t="n">
-        <x:v>23538</x:v>
+        <x:v>24671</x:v>
       </x:c>
       <x:c r="CT40" s="3" t="n">
-        <x:v>23872</x:v>
+        <x:v>25405</x:v>
       </x:c>
       <x:c r="CU40" s="3" t="n">
-        <x:v>24260</x:v>
+        <x:v>25818</x:v>
       </x:c>
       <x:c r="CV40" s="3" t="n">
-        <x:v>24559</x:v>
+        <x:v>26136</x:v>
       </x:c>
       <x:c r="CW40" s="3" t="n">
-        <x:v>24755</x:v>
+        <x:v>26344</x:v>
       </x:c>
       <x:c r="CX40" s="3" t="n">
-        <x:v>24867</x:v>
+        <x:v>26894</x:v>
       </x:c>
       <x:c r="CY40" s="3" t="n">
-        <x:v>25328</x:v>
+        <x:v>27393</x:v>
       </x:c>
       <x:c r="CZ40" s="3" t="n">
-        <x:v>25564</x:v>
+        <x:v>27648</x:v>
       </x:c>
       <x:c r="DA40" s="3" t="n">
-        <x:v>25823</x:v>
+        <x:v>27928</x:v>
       </x:c>
       <x:c r="DB40" s="3" t="n">
-        <x:v>26369</x:v>
+        <x:v>28950</x:v>
       </x:c>
       <x:c r="DC40" s="3" t="n">
-        <x:v>26488</x:v>
+        <x:v>29080</x:v>
       </x:c>
       <x:c r="DD40" s="3" t="n">
-        <x:v>26824</x:v>
+        <x:v>29449</x:v>
       </x:c>
       <x:c r="DE40" s="3" t="n">
-        <x:v>26945</x:v>
+        <x:v>29582</x:v>
       </x:c>
       <x:c r="DF40" s="3" t="n">
-        <x:v>27555</x:v>
+        <x:v>31154</x:v>
       </x:c>
       <x:c r="DG40" s="3" t="n">
-        <x:v>28043</x:v>
+        <x:v>31705</x:v>
       </x:c>
       <x:c r="DH40" s="3" t="n">
-        <x:v>28461</x:v>
+        <x:v>32177</x:v>
       </x:c>
       <x:c r="DI40" s="3" t="n">
-        <x:v>28563</x:v>
+        <x:v>32293</x:v>
       </x:c>
       <x:c r="DJ40" s="3" t="n">
-        <x:v>29218</x:v>
+        <x:v>33991</x:v>
       </x:c>
       <x:c r="DK40" s="3" t="n">
-        <x:v>29684</x:v>
+        <x:v>34534</x:v>
       </x:c>
       <x:c r="DL40" s="3" t="n">
-        <x:v>30045</x:v>
+        <x:v>34954</x:v>
       </x:c>
       <x:c r="DM40" s="3" t="n">
-        <x:v>30191</x:v>
+        <x:v>35124</x:v>
       </x:c>
       <x:c r="DN40" s="3" t="n">
-        <x:v>30515</x:v>
+        <x:v>36513</x:v>
       </x:c>
       <x:c r="DO40" s="3" t="n">
-        <x:v>30859</x:v>
+        <x:v>36924</x:v>
       </x:c>
       <x:c r="DP40" s="3" t="n">
-        <x:v>31362</x:v>
+        <x:v>37526</x:v>
       </x:c>
       <x:c r="DQ40" s="3" t="n">
-        <x:v>31558</x:v>
+        <x:v>37761</x:v>
       </x:c>
       <x:c r="DR40" s="3" t="n">
-        <x:v>32128</x:v>
+        <x:v>39509</x:v>
       </x:c>
       <x:c r="DS40" s="3" t="n">
-        <x:v>32437</x:v>
+        <x:v>39888</x:v>
       </x:c>
       <x:c r="DT40" s="3" t="n">
-        <x:v>32740</x:v>
+        <x:v>40260</x:v>
       </x:c>
       <x:c r="DU40" s="3" t="n">
-        <x:v>33044</x:v>
+        <x:v>40632</x:v>
       </x:c>
       <x:c r="DV40" s="3" t="n">
-        <x:v>33220</x:v>
+        <x:v>41927</x:v>
       </x:c>
       <x:c r="DW40" s="3" t="n">
-        <x:v>33582</x:v>
+        <x:v>42386</x:v>
       </x:c>
       <x:c r="DX40" s="3" t="n">
-        <x:v>33787</x:v>
+        <x:v>42646</x:v>
       </x:c>
       <x:c r="DY40" s="3" t="n">
-        <x:v>33887</x:v>
+        <x:v>42772</x:v>
       </x:c>
       <x:c r="DZ40" s="3" t="n">
-        <x:v>35115</x:v>
+        <x:v>45445</x:v>
       </x:c>
       <x:c r="EA40" s="3" t="n">
-        <x:v>35299</x:v>
+        <x:v>45682</x:v>
       </x:c>
       <x:c r="EB40" s="3" t="n">
-        <x:v>35567</x:v>
+        <x:v>46029</x:v>
       </x:c>
       <x:c r="EC40" s="3" t="n">
-        <x:v>35882</x:v>
+        <x:v>46437</x:v>
       </x:c>
       <x:c r="ED40" s="3" t="n">
-        <x:v>36598</x:v>
+        <x:v>48529</x:v>
       </x:c>
       <x:c r="EE40" s="3" t="n">
-        <x:v>36775</x:v>
+        <x:v>48763</x:v>
       </x:c>
       <x:c r="EF40" s="3" t="n">
-        <x:v>36992</x:v>
+        <x:v>49051</x:v>
       </x:c>
       <x:c r="EG40" s="3" t="n">
-        <x:v>37238</x:v>
+        <x:v>49375</x:v>
       </x:c>
       <x:c r="EH40" s="3" t="n">
-        <x:v>38140</x:v>
+        <x:v>51773</x:v>
       </x:c>
       <x:c r="EI40" s="3" t="n">
-        <x:v>38370</x:v>
+        <x:v>52084</x:v>
       </x:c>
       <x:c r="EJ40" s="3" t="n">
-        <x:v>38623</x:v>
+        <x:v>52426</x:v>
       </x:c>
       <x:c r="EK40" s="3" t="n">
-        <x:v>38915</x:v>
+        <x:v>52821</x:v>
       </x:c>
       <x:c r="EL40" s="3" t="n">
-        <x:v>41207</x:v>
+        <x:v>57277</x:v>
       </x:c>
       <x:c r="EM40" s="3" t="n">
-        <x:v>41669</x:v>
+        <x:v>57918</x:v>
       </x:c>
       <x:c r="EN40" s="3" t="n">
-        <x:v>42144</x:v>
+        <x:v>58576</x:v>
       </x:c>
       <x:c r="EO40" s="3" t="n">
-        <x:v>42614</x:v>
+        <x:v>59228</x:v>
       </x:c>
       <x:c r="EP40" s="3" t="n">
-        <x:v>43784</x:v>
+        <x:v>62314</x:v>
       </x:c>
       <x:c r="EQ40" s="3" t="n">
-        <x:v>44169</x:v>
+        <x:v>62862</x:v>
       </x:c>
       <x:c r="ER40" s="3" t="n">
-        <x:v>44577</x:v>
+        <x:v>63440</x:v>
       </x:c>
       <x:c r="ES40" s="3" t="n">
-        <x:v>44953</x:v>
+        <x:v>63973</x:v>
       </x:c>
       <x:c r="ET40" s="3" t="n">
-        <x:v>47110</x:v>
+        <x:v>68570</x:v>
       </x:c>
       <x:c r="EU40" s="3" t="n">
-        <x:v>47530</x:v>
+        <x:v>69181</x:v>
       </x:c>
       <x:c r="EV40" s="3" t="n">
-        <x:v>47891</x:v>
+        <x:v>69705</x:v>
       </x:c>
       <x:c r="EW40" s="3" t="n">
-        <x:v>48198</x:v>
+        <x:v>70152</x:v>
       </x:c>
       <x:c r="EX40" s="3" t="n">
-        <x:v>48706</x:v>
+        <x:v>72165</x:v>
       </x:c>
       <x:c r="EY40" s="3" t="n">
-        <x:v>49156</x:v>
+        <x:v>72962</x:v>
       </x:c>
       <x:c r="EZ40" s="3" t="n">
-        <x:v>49555</x:v>
+        <x:v>73816</x:v>
       </x:c>
       <x:c r="FA40" s="3" t="n">
-        <x:v>49861</x:v>
+        <x:v>74671</x:v>
       </x:c>
       <x:c r="FB40" s="3" t="n">
-        <x:v>50339</x:v>
+        <x:v>75902</x:v>
       </x:c>
       <x:c r="FC40" s="3" t="n">
-        <x:v>50622</x:v>
+        <x:v>76825</x:v>
       </x:c>
       <x:c r="FD40" s="3" t="n">
-        <x:v>50987</x:v>
+        <x:v>77829</x:v>
       </x:c>
       <x:c r="FE40" s="3" t="n">
-        <x:v>51455</x:v>
+        <x:v>78947</x:v>
       </x:c>
       <x:c r="FF40" s="3" t="n">
-        <x:v>52113</x:v>
+        <x:v>80326</x:v>
       </x:c>
       <x:c r="FG40" s="3" t="n">
-        <x:v>52665</x:v>
+        <x:v>81559</x:v>
       </x:c>
       <x:c r="FH40" s="3" t="n">
-        <x:v>53134</x:v>
+        <x:v>82693</x:v>
       </x:c>
       <x:c r="FI40" s="3" t="n">
-        <x:v>53637</x:v>
+        <x:v>83910</x:v>
       </x:c>
       <x:c r="FJ40" s="3" t="n">
-        <x:v>54313</x:v>
+        <x:v>85429</x:v>
       </x:c>
       <x:c r="FK40" s="3" t="n">
-        <x:v>54832</x:v>
+        <x:v>86699</x:v>
       </x:c>
       <x:c r="FL40" s="3" t="n">
-        <x:v>55428</x:v>
+        <x:v>88094</x:v>
       </x:c>
       <x:c r="FM40" s="3" t="n">
-        <x:v>56080</x:v>
+        <x:v>89571</x:v>
       </x:c>
       <x:c r="FN40" s="3" t="n">
-        <x:v>56819</x:v>
+        <x:v>91186</x:v>
       </x:c>
       <x:c r="FO40" s="3" t="n">
-        <x:v>57121</x:v>
+        <x:v>92143</x:v>
       </x:c>
       <x:c r="FP40" s="3" t="n">
-        <x:v>57433</x:v>
+        <x:v>93155</x:v>
       </x:c>
       <x:c r="FQ40" s="3" t="n">
-        <x:v>57661</x:v>
+        <x:v>94072</x:v>
       </x:c>
       <x:c r="FR40" s="3" t="n">
-        <x:v>57740</x:v>
+        <x:v>94765</x:v>
       </x:c>
       <x:c r="FS40" s="3" t="n">
-        <x:v>58302</x:v>
+        <x:v>96133</x:v>
       </x:c>
       <x:c r="FT40" s="3" t="n">
-        <x:v>59375</x:v>
+        <x:v>98211</x:v>
       </x:c>
       <x:c r="FU40" s="3" t="n">
-        <x:v>60768</x:v>
+        <x:v>100672</x:v>
       </x:c>
       <x:c r="FV40" s="3" t="n">
-        <x:v>62224</x:v>
+        <x:v>103087</x:v>
       </x:c>
       <x:c r="FW40" s="3" t="n">
-        <x:v>63108</x:v>
+        <x:v>104389</x:v>
       </x:c>
       <x:c r="FX40" s="3" t="n">
-        <x:v>64056</x:v>
+        <x:v>105625</x:v>
       </x:c>
       <x:c r="FY40" s="3" t="n">
-        <x:v>64706</x:v>
+        <x:v>106197</x:v>
       </x:c>
       <x:c r="FZ40" s="3" t="n">
-        <x:v>65738</x:v>
+        <x:v>107254</x:v>
       </x:c>
       <x:c r="GA40" s="3" t="n">
-        <x:v>66570</x:v>
+        <x:v>108086</x:v>
       </x:c>
       <x:c r="GB40" s="3" t="n">
-        <x:v>67503</x:v>
+        <x:v>109243</x:v>
       </x:c>
       <x:c r="GC40" s="3" t="n">
-        <x:v>68397</x:v>
+        <x:v>110508</x:v>
       </x:c>
       <x:c r="GD40" s="3" t="n">
-        <x:v>69441</x:v>
+        <x:v>112082</x:v>
       </x:c>
       <x:c r="GE40" s="3" t="n">
-        <x:v>70367</x:v>
+        <x:v>113611</x:v>
       </x:c>
       <x:c r="GF40" s="3" t="n">
-        <x:v>71313</x:v>
+        <x:v>115180</x:v>
       </x:c>
       <x:c r="GG40" s="3" t="n">
-        <x:v>72141</x:v>
+        <x:v>116549</x:v>
       </x:c>
       <x:c r="GH40" s="3" t="n">
-        <x:v>73007</x:v>
+        <x:v>117890</x:v>
       </x:c>
       <x:c r="GI40" s="3" t="n">
-        <x:v>73593</x:v>
+        <x:v>118854</x:v>
+      </x:c>
+      <x:c r="GJ40" s="3" t="n">
+        <x:v>120390</x:v>
       </x:c>
     </x:row>
-    <x:row r="41" spans="1:191">
+    <x:row r="41" spans="1:192">
       <x:c r="A41" s="2" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
         <x:v>1796</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>1917</x:v>
       </x:c>
       <x:c r="D41" s="3" t="n">
         <x:v>1752</x:v>
       </x:c>
       <x:c r="E41" s="3" t="n">
         <x:v>1992</x:v>
       </x:c>
       <x:c r="F41" s="3" t="n">
         <x:v>2408</x:v>
       </x:c>
       <x:c r="G41" s="3" t="n">
         <x:v>2215</x:v>
       </x:c>
       <x:c r="H41" s="3" t="n">
         <x:v>2006</x:v>
       </x:c>
       <x:c r="I41" s="3" t="n">
         <x:v>2289</x:v>
       </x:c>
@@ -22769,347 +22890,350 @@
       <x:c r="CH41" s="3" t="n">
         <x:v>20926</x:v>
       </x:c>
       <x:c r="CI41" s="3" t="n">
         <x:v>20500</x:v>
       </x:c>
       <x:c r="CJ41" s="3" t="n">
         <x:v>19404</x:v>
       </x:c>
       <x:c r="CK41" s="3" t="n">
         <x:v>22994</x:v>
       </x:c>
       <x:c r="CL41" s="3" t="n">
         <x:v>23352</x:v>
       </x:c>
       <x:c r="CM41" s="3" t="n">
         <x:v>21417</x:v>
       </x:c>
       <x:c r="CN41" s="3" t="n">
         <x:v>20659</x:v>
       </x:c>
       <x:c r="CO41" s="3" t="n">
         <x:v>24193</x:v>
       </x:c>
       <x:c r="CP41" s="3" t="n">
-        <x:v>25677</x:v>
+        <x:v>25685</x:v>
       </x:c>
       <x:c r="CQ41" s="3" t="n">
-        <x:v>23506</x:v>
+        <x:v>23513</x:v>
       </x:c>
       <x:c r="CR41" s="3" t="n">
-        <x:v>22456</x:v>
+        <x:v>22462</x:v>
       </x:c>
       <x:c r="CS41" s="3" t="n">
-        <x:v>25567</x:v>
+        <x:v>25575</x:v>
       </x:c>
       <x:c r="CT41" s="3" t="n">
-        <x:v>24385</x:v>
+        <x:v>24399</x:v>
       </x:c>
       <x:c r="CU41" s="3" t="n">
-        <x:v>24949</x:v>
+        <x:v>24963</x:v>
       </x:c>
       <x:c r="CV41" s="3" t="n">
-        <x:v>22407</x:v>
+        <x:v>22419</x:v>
       </x:c>
       <x:c r="CW41" s="3" t="n">
-        <x:v>24757</x:v>
+        <x:v>24771</x:v>
       </x:c>
       <x:c r="CX41" s="3" t="n">
-        <x:v>25112</x:v>
+        <x:v>25133</x:v>
       </x:c>
       <x:c r="CY41" s="3" t="n">
-        <x:v>23639</x:v>
+        <x:v>23658</x:v>
       </x:c>
       <x:c r="CZ41" s="3" t="n">
-        <x:v>22360</x:v>
+        <x:v>22379</x:v>
       </x:c>
       <x:c r="DA41" s="3" t="n">
-        <x:v>25348</x:v>
+        <x:v>25369</x:v>
       </x:c>
       <x:c r="DB41" s="3" t="n">
-        <x:v>26855</x:v>
+        <x:v>26885</x:v>
       </x:c>
       <x:c r="DC41" s="3" t="n">
-        <x:v>25368</x:v>
+        <x:v>25396</x:v>
       </x:c>
       <x:c r="DD41" s="3" t="n">
-        <x:v>25127</x:v>
+        <x:v>25155</x:v>
       </x:c>
       <x:c r="DE41" s="3" t="n">
-        <x:v>29139</x:v>
+        <x:v>29171</x:v>
       </x:c>
       <x:c r="DF41" s="3" t="n">
-        <x:v>26907</x:v>
+        <x:v>26946</x:v>
       </x:c>
       <x:c r="DG41" s="3" t="n">
-        <x:v>29463</x:v>
+        <x:v>29505</x:v>
       </x:c>
       <x:c r="DH41" s="3" t="n">
-        <x:v>27252</x:v>
+        <x:v>27291</x:v>
       </x:c>
       <x:c r="DI41" s="3" t="n">
-        <x:v>33705</x:v>
+        <x:v>33753</x:v>
       </x:c>
       <x:c r="DJ41" s="3" t="n">
-        <x:v>31221</x:v>
+        <x:v>31278</x:v>
       </x:c>
       <x:c r="DK41" s="3" t="n">
-        <x:v>32773</x:v>
+        <x:v>32832</x:v>
       </x:c>
       <x:c r="DL41" s="3" t="n">
-        <x:v>32060</x:v>
+        <x:v>32118</x:v>
       </x:c>
       <x:c r="DM41" s="3" t="n">
-        <x:v>42310</x:v>
+        <x:v>42387</x:v>
       </x:c>
       <x:c r="DN41" s="3" t="n">
-        <x:v>37103</x:v>
+        <x:v>37183</x:v>
       </x:c>
       <x:c r="DO41" s="3" t="n">
-        <x:v>39119</x:v>
+        <x:v>39203</x:v>
       </x:c>
       <x:c r="DP41" s="3" t="n">
-        <x:v>38604</x:v>
+        <x:v>38687</x:v>
       </x:c>
       <x:c r="DQ41" s="3" t="n">
-        <x:v>47622</x:v>
+        <x:v>47724</x:v>
       </x:c>
       <x:c r="DR41" s="3" t="n">
-        <x:v>40473</x:v>
+        <x:v>40573</x:v>
       </x:c>
       <x:c r="DS41" s="3" t="n">
-        <x:v>49559</x:v>
+        <x:v>49684</x:v>
       </x:c>
       <x:c r="DT41" s="3" t="n">
-        <x:v>43452</x:v>
+        <x:v>43560</x:v>
       </x:c>
       <x:c r="DU41" s="3" t="n">
-        <x:v>57418</x:v>
+        <x:v>57559</x:v>
       </x:c>
       <x:c r="DV41" s="3" t="n">
-        <x:v>45693</x:v>
+        <x:v>45821</x:v>
       </x:c>
       <x:c r="DW41" s="3" t="n">
-        <x:v>48729</x:v>
+        <x:v>48867</x:v>
       </x:c>
       <x:c r="DX41" s="3" t="n">
-        <x:v>39901</x:v>
+        <x:v>40013</x:v>
       </x:c>
       <x:c r="DY41" s="3" t="n">
-        <x:v>51883</x:v>
+        <x:v>52028</x:v>
       </x:c>
       <x:c r="DZ41" s="3" t="n">
-        <x:v>44457</x:v>
+        <x:v>44597</x:v>
       </x:c>
       <x:c r="EA41" s="3" t="n">
-        <x:v>48367</x:v>
+        <x:v>48519</x:v>
       </x:c>
       <x:c r="EB41" s="3" t="n">
-        <x:v>42840</x:v>
+        <x:v>42973</x:v>
       </x:c>
       <x:c r="EC41" s="3" t="n">
-        <x:v>55313</x:v>
+        <x:v>55483</x:v>
       </x:c>
       <x:c r="ED41" s="3" t="n">
-        <x:v>46166</x:v>
+        <x:v>46324</x:v>
       </x:c>
       <x:c r="EE41" s="3" t="n">
-        <x:v>50702</x:v>
+        <x:v>50877</x:v>
       </x:c>
       <x:c r="EF41" s="3" t="n">
-        <x:v>45520</x:v>
+        <x:v>45677</x:v>
       </x:c>
       <x:c r="EG41" s="3" t="n">
-        <x:v>58026</x:v>
+        <x:v>58224</x:v>
       </x:c>
       <x:c r="EH41" s="3" t="n">
-        <x:v>50476</x:v>
+        <x:v>50664</x:v>
       </x:c>
       <x:c r="EI41" s="3" t="n">
-        <x:v>54206</x:v>
+        <x:v>54409</x:v>
       </x:c>
       <x:c r="EJ41" s="3" t="n">
-        <x:v>48802</x:v>
+        <x:v>48984</x:v>
       </x:c>
       <x:c r="EK41" s="3" t="n">
-        <x:v>64833</x:v>
+        <x:v>65073</x:v>
       </x:c>
       <x:c r="EL41" s="3" t="n">
-        <x:v>52713</x:v>
+        <x:v>52924</x:v>
       </x:c>
       <x:c r="EM41" s="3" t="n">
-        <x:v>61425</x:v>
+        <x:v>61676</x:v>
       </x:c>
       <x:c r="EN41" s="3" t="n">
-        <x:v>51513</x:v>
+        <x:v>51722</x:v>
       </x:c>
       <x:c r="EO41" s="3" t="n">
-        <x:v>66959</x:v>
+        <x:v>67228</x:v>
       </x:c>
       <x:c r="EP41" s="3" t="n">
-        <x:v>57569</x:v>
+        <x:v>57820</x:v>
       </x:c>
       <x:c r="EQ41" s="3" t="n">
-        <x:v>60441</x:v>
+        <x:v>60704</x:v>
       </x:c>
       <x:c r="ER41" s="3" t="n">
-        <x:v>53273</x:v>
+        <x:v>53504</x:v>
       </x:c>
       <x:c r="ES41" s="3" t="n">
-        <x:v>68525</x:v>
+        <x:v>68819</x:v>
       </x:c>
       <x:c r="ET41" s="3" t="n">
-        <x:v>55371</x:v>
+        <x:v>55627</x:v>
       </x:c>
       <x:c r="EU41" s="3" t="n">
-        <x:v>59155</x:v>
+        <x:v>59429</x:v>
       </x:c>
       <x:c r="EV41" s="3" t="n">
-        <x:v>52467</x:v>
+        <x:v>52710</x:v>
       </x:c>
       <x:c r="EW41" s="3" t="n">
-        <x:v>66763</x:v>
+        <x:v>67068</x:v>
       </x:c>
       <x:c r="EX41" s="3" t="n">
-        <x:v>56605</x:v>
+        <x:v>56875</x:v>
       </x:c>
       <x:c r="EY41" s="3" t="n">
-        <x:v>60963</x:v>
+        <x:v>61256</x:v>
       </x:c>
       <x:c r="EZ41" s="3" t="n">
-        <x:v>50118</x:v>
+        <x:v>50362</x:v>
       </x:c>
       <x:c r="FA41" s="3" t="n">
-        <x:v>62150</x:v>
+        <x:v>62456</x:v>
       </x:c>
       <x:c r="FB41" s="3" t="n">
-        <x:v>63711</x:v>
+        <x:v>64029</x:v>
       </x:c>
       <x:c r="FC41" s="3" t="n">
-        <x:v>58836</x:v>
+        <x:v>59135</x:v>
       </x:c>
       <x:c r="FD41" s="3" t="n">
-        <x:v>53355</x:v>
+        <x:v>53628</x:v>
       </x:c>
       <x:c r="FE41" s="3" t="n">
-        <x:v>66586</x:v>
+        <x:v>66933</x:v>
       </x:c>
       <x:c r="FF41" s="3" t="n">
-        <x:v>65456</x:v>
+        <x:v>65803</x:v>
       </x:c>
       <x:c r="FG41" s="3" t="n">
-        <x:v>68113</x:v>
+        <x:v>68481</x:v>
       </x:c>
       <x:c r="FH41" s="3" t="n">
-        <x:v>59059</x:v>
+        <x:v>59382</x:v>
       </x:c>
       <x:c r="FI41" s="3" t="n">
-        <x:v>74103</x:v>
+        <x:v>74517</x:v>
       </x:c>
       <x:c r="FJ41" s="3" t="n">
-        <x:v>75137</x:v>
+        <x:v>75564</x:v>
       </x:c>
       <x:c r="FK41" s="3" t="n">
-        <x:v>71903</x:v>
+        <x:v>72318</x:v>
       </x:c>
       <x:c r="FL41" s="3" t="n">
-        <x:v>67082</x:v>
+        <x:v>67470</x:v>
       </x:c>
       <x:c r="FM41" s="3" t="n">
-        <x:v>80904</x:v>
+        <x:v>81374</x:v>
       </x:c>
       <x:c r="FN41" s="3" t="n">
-        <x:v>77614</x:v>
+        <x:v>78049</x:v>
       </x:c>
       <x:c r="FO41" s="3" t="n">
-        <x:v>70039</x:v>
+        <x:v>70437</x:v>
       </x:c>
       <x:c r="FP41" s="3" t="n">
-        <x:v>62564</x:v>
+        <x:v>62933</x:v>
       </x:c>
       <x:c r="FQ41" s="3" t="n">
-        <x:v>78508</x:v>
+        <x:v>79003</x:v>
       </x:c>
       <x:c r="FR41" s="3" t="n">
-        <x:v>76205</x:v>
+        <x:v>76720</x:v>
       </x:c>
       <x:c r="FS41" s="3" t="n">
-        <x:v>76420</x:v>
+        <x:v>76937</x:v>
       </x:c>
       <x:c r="FT41" s="3" t="n">
-        <x:v>68874</x:v>
+        <x:v>69302</x:v>
       </x:c>
       <x:c r="FU41" s="3" t="n">
-        <x:v>87748</x:v>
+        <x:v>88211</x:v>
       </x:c>
       <x:c r="FV41" s="3" t="n">
-        <x:v>88012</x:v>
+        <x:v>88325</x:v>
       </x:c>
       <x:c r="FW41" s="3" t="n">
-        <x:v>84903</x:v>
+        <x:v>85078</x:v>
       </x:c>
       <x:c r="FX41" s="3" t="n">
-        <x:v>78801</x:v>
+        <x:v>78810</x:v>
       </x:c>
       <x:c r="FY41" s="3" t="n">
-        <x:v>97945</x:v>
+        <x:v>97815</x:v>
       </x:c>
       <x:c r="FZ41" s="3" t="n">
-        <x:v>101562</x:v>
+        <x:v>101283</x:v>
       </x:c>
       <x:c r="GA41" s="3" t="n">
-        <x:v>93117</x:v>
+        <x:v>92740</x:v>
       </x:c>
       <x:c r="GB41" s="3" t="n">
-        <x:v>85836</x:v>
+        <x:v>85442</x:v>
       </x:c>
       <x:c r="GC41" s="3" t="n">
-        <x:v>106086</x:v>
+        <x:v>105580</x:v>
       </x:c>
       <x:c r="GD41" s="3" t="n">
-        <x:v>101071</x:v>
+        <x:v>100650</x:v>
       </x:c>
       <x:c r="GE41" s="3" t="n">
-        <x:v>103422</x:v>
+        <x:v>102799</x:v>
       </x:c>
       <x:c r="GF41" s="3" t="n">
-        <x:v>90970</x:v>
+        <x:v>90540</x:v>
       </x:c>
       <x:c r="GG41" s="3" t="n">
-        <x:v>111235</x:v>
+        <x:v>110076</x:v>
       </x:c>
       <x:c r="GH41" s="3" t="n">
-        <x:v>111175</x:v>
+        <x:v>110668</x:v>
       </x:c>
       <x:c r="GI41" s="3" t="n">
-        <x:v>104197</x:v>
+        <x:v>103650</x:v>
+      </x:c>
+      <x:c r="GJ41" s="3" t="n">
+        <x:v>93510</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:191">
+    <x:row r="42" spans="1:192">
       <x:c r="A42" s="2" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
         <x:v>965</x:v>
       </x:c>
       <x:c r="C42" s="3" t="n">
         <x:v>1058</x:v>
       </x:c>
       <x:c r="D42" s="3" t="n">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="E42" s="3" t="n">
         <x:v>1058</x:v>
       </x:c>
       <x:c r="F42" s="3" t="n">
         <x:v>1186</x:v>
       </x:c>
       <x:c r="G42" s="3" t="n">
         <x:v>1161</x:v>
       </x:c>
       <x:c r="H42" s="3" t="n">
         <x:v>1097</x:v>
       </x:c>
       <x:c r="I42" s="3" t="n">
         <x:v>1147</x:v>
       </x:c>
@@ -23344,347 +23468,350 @@
       <x:c r="CH42" s="3" t="n">
         <x:v>12186</x:v>
       </x:c>
       <x:c r="CI42" s="3" t="n">
         <x:v>12504</x:v>
       </x:c>
       <x:c r="CJ42" s="3" t="n">
         <x:v>12164</x:v>
       </x:c>
       <x:c r="CK42" s="3" t="n">
         <x:v>13576</x:v>
       </x:c>
       <x:c r="CL42" s="3" t="n">
         <x:v>14481</x:v>
       </x:c>
       <x:c r="CM42" s="3" t="n">
         <x:v>13899</x:v>
       </x:c>
       <x:c r="CN42" s="3" t="n">
         <x:v>13719</x:v>
       </x:c>
       <x:c r="CO42" s="3" t="n">
         <x:v>15151</x:v>
       </x:c>
       <x:c r="CP42" s="3" t="n">
-        <x:v>15894</x:v>
+        <x:v>15947</x:v>
       </x:c>
       <x:c r="CQ42" s="3" t="n">
-        <x:v>15200</x:v>
+        <x:v>15251</x:v>
       </x:c>
       <x:c r="CR42" s="3" t="n">
-        <x:v>14543</x:v>
+        <x:v>14591</x:v>
       </x:c>
       <x:c r="CS42" s="3" t="n">
-        <x:v>15721</x:v>
+        <x:v>15773</x:v>
       </x:c>
       <x:c r="CT42" s="3" t="n">
-        <x:v>15147</x:v>
+        <x:v>15249</x:v>
       </x:c>
       <x:c r="CU42" s="3" t="n">
-        <x:v>15917</x:v>
+        <x:v>16024</x:v>
       </x:c>
       <x:c r="CV42" s="3" t="n">
-        <x:v>14849</x:v>
+        <x:v>14949</x:v>
       </x:c>
       <x:c r="CW42" s="3" t="n">
-        <x:v>15610</x:v>
+        <x:v>15715</x:v>
       </x:c>
       <x:c r="CX42" s="3" t="n">
-        <x:v>15625</x:v>
+        <x:v>15783</x:v>
       </x:c>
       <x:c r="CY42" s="3" t="n">
-        <x:v>15102</x:v>
+        <x:v>15255</x:v>
       </x:c>
       <x:c r="CZ42" s="3" t="n">
-        <x:v>14811</x:v>
+        <x:v>14961</x:v>
       </x:c>
       <x:c r="DA42" s="3" t="n">
-        <x:v>16088</x:v>
+        <x:v>16251</x:v>
       </x:c>
       <x:c r="DB42" s="3" t="n">
-        <x:v>15766</x:v>
+        <x:v>15978</x:v>
       </x:c>
       <x:c r="DC42" s="3" t="n">
-        <x:v>15267</x:v>
+        <x:v>15472</x:v>
       </x:c>
       <x:c r="DD42" s="3" t="n">
-        <x:v>15248</x:v>
+        <x:v>15453</x:v>
       </x:c>
       <x:c r="DE42" s="3" t="n">
-        <x:v>17232</x:v>
+        <x:v>17463</x:v>
       </x:c>
       <x:c r="DF42" s="3" t="n">
-        <x:v>16594</x:v>
+        <x:v>16886</x:v>
       </x:c>
       <x:c r="DG42" s="3" t="n">
-        <x:v>18250</x:v>
+        <x:v>18570</x:v>
       </x:c>
       <x:c r="DH42" s="3" t="n">
-        <x:v>17157</x:v>
+        <x:v>17458</x:v>
       </x:c>
       <x:c r="DI42" s="3" t="n">
-        <x:v>20602</x:v>
+        <x:v>20964</x:v>
       </x:c>
       <x:c r="DJ42" s="3" t="n">
-        <x:v>19002</x:v>
+        <x:v>19413</x:v>
       </x:c>
       <x:c r="DK42" s="3" t="n">
-        <x:v>20129</x:v>
+        <x:v>20564</x:v>
       </x:c>
       <x:c r="DL42" s="3" t="n">
-        <x:v>19728</x:v>
+        <x:v>20155</x:v>
       </x:c>
       <x:c r="DM42" s="3" t="n">
-        <x:v>25349</x:v>
+        <x:v>25896</x:v>
       </x:c>
       <x:c r="DN42" s="3" t="n">
-        <x:v>22377</x:v>
+        <x:v>22947</x:v>
       </x:c>
       <x:c r="DO42" s="3" t="n">
-        <x:v>23748</x:v>
+        <x:v>24354</x:v>
       </x:c>
       <x:c r="DP42" s="3" t="n">
-        <x:v>23577</x:v>
+        <x:v>24178</x:v>
       </x:c>
       <x:c r="DQ42" s="3" t="n">
-        <x:v>28426</x:v>
+        <x:v>29151</x:v>
       </x:c>
       <x:c r="DR42" s="3" t="n">
-        <x:v>24159</x:v>
+        <x:v>24870</x:v>
       </x:c>
       <x:c r="DS42" s="3" t="n">
-        <x:v>27872</x:v>
+        <x:v>28692</x:v>
       </x:c>
       <x:c r="DT42" s="3" t="n">
-        <x:v>28865</x:v>
+        <x:v>29715</x:v>
       </x:c>
       <x:c r="DU42" s="3" t="n">
-        <x:v>29060</x:v>
+        <x:v>29916</x:v>
       </x:c>
       <x:c r="DV42" s="3" t="n">
-        <x:v>25143</x:v>
+        <x:v>25955</x:v>
       </x:c>
       <x:c r="DW42" s="3" t="n">
-        <x:v>27146</x:v>
+        <x:v>28023</x:v>
       </x:c>
       <x:c r="DX42" s="3" t="n">
-        <x:v>28715</x:v>
+        <x:v>29644</x:v>
       </x:c>
       <x:c r="DY42" s="3" t="n">
-        <x:v>28178</x:v>
+        <x:v>29089</x:v>
       </x:c>
       <x:c r="DZ42" s="3" t="n">
-        <x:v>25640</x:v>
+        <x:v>26558</x:v>
       </x:c>
       <x:c r="EA42" s="3" t="n">
-        <x:v>28544</x:v>
+        <x:v>29566</x:v>
       </x:c>
       <x:c r="EB42" s="3" t="n">
-        <x:v>31958</x:v>
+        <x:v>33103</x:v>
       </x:c>
       <x:c r="EC42" s="3" t="n">
-        <x:v>30720</x:v>
+        <x:v>31820</x:v>
       </x:c>
       <x:c r="ED42" s="3" t="n">
-        <x:v>28908</x:v>
+        <x:v>30058</x:v>
       </x:c>
       <x:c r="EE42" s="3" t="n">
-        <x:v>32918</x:v>
+        <x:v>34228</x:v>
       </x:c>
       <x:c r="EF42" s="3" t="n">
-        <x:v>35596</x:v>
+        <x:v>37012</x:v>
       </x:c>
       <x:c r="EG42" s="3" t="n">
-        <x:v>35412</x:v>
+        <x:v>36821</x:v>
       </x:c>
       <x:c r="EH42" s="3" t="n">
-        <x:v>31827</x:v>
+        <x:v>33224</x:v>
       </x:c>
       <x:c r="EI42" s="3" t="n">
-        <x:v>35171</x:v>
+        <x:v>36716</x:v>
       </x:c>
       <x:c r="EJ42" s="3" t="n">
-        <x:v>38941</x:v>
+        <x:v>40651</x:v>
       </x:c>
       <x:c r="EK42" s="3" t="n">
-        <x:v>37681</x:v>
+        <x:v>39336</x:v>
       </x:c>
       <x:c r="EL42" s="3" t="n">
-        <x:v>31735</x:v>
+        <x:v>33243</x:v>
       </x:c>
       <x:c r="EM42" s="3" t="n">
-        <x:v>38347</x:v>
+        <x:v>40170</x:v>
       </x:c>
       <x:c r="EN42" s="3" t="n">
-        <x:v>40077</x:v>
+        <x:v>41982</x:v>
       </x:c>
       <x:c r="EO42" s="3" t="n">
-        <x:v>38278</x:v>
+        <x:v>40098</x:v>
       </x:c>
       <x:c r="EP42" s="3" t="n">
-        <x:v>35083</x:v>
+        <x:v>36883</x:v>
       </x:c>
       <x:c r="EQ42" s="3" t="n">
-        <x:v>37493</x:v>
+        <x:v>39418</x:v>
       </x:c>
       <x:c r="ER42" s="3" t="n">
-        <x:v>40987</x:v>
+        <x:v>43091</x:v>
       </x:c>
       <x:c r="ES42" s="3" t="n">
-        <x:v>40374</x:v>
+        <x:v>42447</x:v>
       </x:c>
       <x:c r="ET42" s="3" t="n">
-        <x:v>34943</x:v>
+        <x:v>36831</x:v>
       </x:c>
       <x:c r="EU42" s="3" t="n">
-        <x:v>37771</x:v>
+        <x:v>39812</x:v>
       </x:c>
       <x:c r="EV42" s="3" t="n">
-        <x:v>39928</x:v>
+        <x:v>42087</x:v>
       </x:c>
       <x:c r="EW42" s="3" t="n">
-        <x:v>39308</x:v>
+        <x:v>41433</x:v>
       </x:c>
       <x:c r="EX42" s="3" t="n">
-        <x:v>34564</x:v>
+        <x:v>36511</x:v>
       </x:c>
       <x:c r="EY42" s="3" t="n">
-        <x:v>41347</x:v>
+        <x:v>43688</x:v>
       </x:c>
       <x:c r="EZ42" s="3" t="n">
-        <x:v>39123</x:v>
+        <x:v>41360</x:v>
       </x:c>
       <x:c r="FA42" s="3" t="n">
-        <x:v>39280</x:v>
+        <x:v>41556</x:v>
       </x:c>
       <x:c r="FB42" s="3" t="n">
-        <x:v>38016</x:v>
+        <x:v>40259</x:v>
       </x:c>
       <x:c r="FC42" s="3" t="n">
-        <x:v>39849</x:v>
+        <x:v>42246</x:v>
       </x:c>
       <x:c r="FD42" s="3" t="n">
-        <x:v>40583</x:v>
+        <x:v>43065</x:v>
       </x:c>
       <x:c r="FE42" s="3" t="n">
-        <x:v>40452</x:v>
+        <x:v>42966</x:v>
       </x:c>
       <x:c r="FF42" s="3" t="n">
-        <x:v>38232</x:v>
+        <x:v>40647</x:v>
       </x:c>
       <x:c r="FG42" s="3" t="n">
-        <x:v>44627</x:v>
+        <x:v>47495</x:v>
       </x:c>
       <x:c r="FH42" s="3" t="n">
-        <x:v>43627</x:v>
+        <x:v>46476</x:v>
       </x:c>
       <x:c r="FI42" s="3" t="n">
-        <x:v>44101</x:v>
+        <x:v>47027</x:v>
       </x:c>
       <x:c r="FJ42" s="3" t="n">
-        <x:v>42250</x:v>
+        <x:v>45104</x:v>
       </x:c>
       <x:c r="FK42" s="3" t="n">
-        <x:v>45577</x:v>
+        <x:v>48722</x:v>
       </x:c>
       <x:c r="FL42" s="3" t="n">
-        <x:v>46648</x:v>
+        <x:v>49941</x:v>
       </x:c>
       <x:c r="FM42" s="3" t="n">
-        <x:v>46024</x:v>
+        <x:v>49355</x:v>
       </x:c>
       <x:c r="FN42" s="3" t="n">
-        <x:v>43991</x:v>
+        <x:v>47270</x:v>
       </x:c>
       <x:c r="FO42" s="3" t="n">
-        <x:v>38777</x:v>
+        <x:v>41755</x:v>
       </x:c>
       <x:c r="FP42" s="3" t="n">
-        <x:v>37270</x:v>
+        <x:v>40206</x:v>
       </x:c>
       <x:c r="FQ42" s="3" t="n">
-        <x:v>40007</x:v>
+        <x:v>43235</x:v>
       </x:c>
       <x:c r="FR42" s="3" t="n">
-        <x:v>37150</x:v>
+        <x:v>40214</x:v>
       </x:c>
       <x:c r="FS42" s="3" t="n">
-        <x:v>39758</x:v>
+        <x:v>43060</x:v>
       </x:c>
       <x:c r="FT42" s="3" t="n">
-        <x:v>37376</x:v>
+        <x:v>40448</x:v>
       </x:c>
       <x:c r="FU42" s="3" t="n">
-        <x:v>47548</x:v>
+        <x:v>51351</x:v>
       </x:c>
       <x:c r="FV42" s="3" t="n">
-        <x:v>47175</x:v>
+        <x:v>50791</x:v>
       </x:c>
       <x:c r="FW42" s="3" t="n">
-        <x:v>50814</x:v>
+        <x:v>54663</x:v>
       </x:c>
       <x:c r="FX42" s="3" t="n">
-        <x:v>46363</x:v>
+        <x:v>49991</x:v>
       </x:c>
       <x:c r="FY42" s="3" t="n">
-        <x:v>54615</x:v>
+        <x:v>59176</x:v>
       </x:c>
       <x:c r="FZ42" s="3" t="n">
-        <x:v>53720</x:v>
+        <x:v>58659</x:v>
       </x:c>
       <x:c r="GA42" s="3" t="n">
-        <x:v>52640</x:v>
+        <x:v>57863</x:v>
       </x:c>
       <x:c r="GB42" s="3" t="n">
-        <x:v>47354</x:v>
+        <x:v>52271</x:v>
       </x:c>
       <x:c r="GC42" s="3" t="n">
-        <x:v>55651</x:v>
+        <x:v>61550</x:v>
       </x:c>
       <x:c r="GD42" s="3" t="n">
-        <x:v>52569</x:v>
+        <x:v>56622</x:v>
       </x:c>
       <x:c r="GE42" s="3" t="n">
-        <x:v>57742</x:v>
+        <x:v>61861</x:v>
       </x:c>
       <x:c r="GF42" s="3" t="n">
-        <x:v>51673</x:v>
+        <x:v>55012</x:v>
       </x:c>
       <x:c r="GG42" s="3" t="n">
-        <x:v>58222</x:v>
+        <x:v>61753</x:v>
       </x:c>
       <x:c r="GH42" s="3" t="n">
-        <x:v>55849</x:v>
+        <x:v>59945</x:v>
       </x:c>
       <x:c r="GI42" s="3" t="n">
-        <x:v>57509</x:v>
+        <x:v>61892</x:v>
+      </x:c>
+      <x:c r="GJ42" s="3" t="n">
+        <x:v>56597</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:191">
+    <x:row r="43" spans="1:192">
       <x:c r="A43" s="2" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
         <x:v>6117</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>6299</x:v>
       </x:c>
       <x:c r="D43" s="3" t="n">
         <x:v>6331</x:v>
       </x:c>
       <x:c r="E43" s="3" t="n">
         <x:v>6551</x:v>
       </x:c>
       <x:c r="F43" s="3" t="n">
         <x:v>6871</x:v>
       </x:c>
       <x:c r="G43" s="3" t="n">
         <x:v>6536</x:v>
       </x:c>
       <x:c r="H43" s="3" t="n">
         <x:v>6702</x:v>
       </x:c>
       <x:c r="I43" s="3" t="n">
         <x:v>6960</x:v>
       </x:c>
@@ -23991,2000 +24118,2012 @@
       <x:c r="DF43" s="3" t="n">
         <x:v>37470</x:v>
       </x:c>
       <x:c r="DG43" s="3" t="n">
         <x:v>38444</x:v>
       </x:c>
       <x:c r="DH43" s="3" t="n">
         <x:v>38218</x:v>
       </x:c>
       <x:c r="DI43" s="3" t="n">
         <x:v>38320</x:v>
       </x:c>
       <x:c r="DJ43" s="3" t="n">
         <x:v>40710</x:v>
       </x:c>
       <x:c r="DK43" s="3" t="n">
         <x:v>39398</x:v>
       </x:c>
       <x:c r="DL43" s="3" t="n">
         <x:v>40891</x:v>
       </x:c>
       <x:c r="DM43" s="3" t="n">
         <x:v>41360</x:v>
       </x:c>
       <x:c r="DN43" s="3" t="n">
-        <x:v>44250</x:v>
+        <x:v>44155</x:v>
       </x:c>
       <x:c r="DO43" s="3" t="n">
-        <x:v>43334</x:v>
+        <x:v>43242</x:v>
       </x:c>
       <x:c r="DP43" s="3" t="n">
-        <x:v>45007</x:v>
+        <x:v>44913</x:v>
       </x:c>
       <x:c r="DQ43" s="3" t="n">
-        <x:v>46071</x:v>
+        <x:v>45974</x:v>
       </x:c>
       <x:c r="DR43" s="3" t="n">
-        <x:v>47227</x:v>
+        <x:v>47148</x:v>
       </x:c>
       <x:c r="DS43" s="3" t="n">
-        <x:v>48522</x:v>
+        <x:v>48440</x:v>
       </x:c>
       <x:c r="DT43" s="3" t="n">
-        <x:v>49645</x:v>
+        <x:v>49561</x:v>
       </x:c>
       <x:c r="DU43" s="3" t="n">
-        <x:v>50824</x:v>
+        <x:v>50737</x:v>
       </x:c>
       <x:c r="DV43" s="3" t="n">
-        <x:v>53041</x:v>
+        <x:v>52707</x:v>
       </x:c>
       <x:c r="DW43" s="3" t="n">
-        <x:v>54120</x:v>
+        <x:v>53782</x:v>
       </x:c>
       <x:c r="DX43" s="3" t="n">
-        <x:v>55146</x:v>
+        <x:v>54804</x:v>
       </x:c>
       <x:c r="DY43" s="3" t="n">
-        <x:v>53804</x:v>
+        <x:v>53468</x:v>
       </x:c>
       <x:c r="DZ43" s="3" t="n">
-        <x:v>56727</x:v>
+        <x:v>56306</x:v>
       </x:c>
       <x:c r="EA43" s="3" t="n">
-        <x:v>57305</x:v>
+        <x:v>56882</x:v>
       </x:c>
       <x:c r="EB43" s="3" t="n">
-        <x:v>57412</x:v>
+        <x:v>56989</x:v>
       </x:c>
       <x:c r="EC43" s="3" t="n">
-        <x:v>57627</x:v>
+        <x:v>57205</x:v>
       </x:c>
       <x:c r="ED43" s="3" t="n">
-        <x:v>58638</x:v>
+        <x:v>58171</x:v>
       </x:c>
       <x:c r="EE43" s="3" t="n">
-        <x:v>59419</x:v>
+        <x:v>58946</x:v>
       </x:c>
       <x:c r="EF43" s="3" t="n">
-        <x:v>60876</x:v>
+        <x:v>60395</x:v>
       </x:c>
       <x:c r="EG43" s="3" t="n">
-        <x:v>61954</x:v>
+        <x:v>61466</x:v>
       </x:c>
       <x:c r="EH43" s="3" t="n">
-        <x:v>63478</x:v>
+        <x:v>62792</x:v>
       </x:c>
       <x:c r="EI43" s="3" t="n">
-        <x:v>63762</x:v>
+        <x:v>63074</x:v>
       </x:c>
       <x:c r="EJ43" s="3" t="n">
-        <x:v>64436</x:v>
+        <x:v>63739</x:v>
       </x:c>
       <x:c r="EK43" s="3" t="n">
-        <x:v>65131</x:v>
+        <x:v>64423</x:v>
       </x:c>
       <x:c r="EL43" s="3" t="n">
-        <x:v>66318</x:v>
+        <x:v>65735</x:v>
       </x:c>
       <x:c r="EM43" s="3" t="n">
-        <x:v>67276</x:v>
+        <x:v>66682</x:v>
       </x:c>
       <x:c r="EN43" s="3" t="n">
-        <x:v>67610</x:v>
+        <x:v>67012</x:v>
       </x:c>
       <x:c r="EO43" s="3" t="n">
-        <x:v>68385</x:v>
+        <x:v>67782</x:v>
       </x:c>
       <x:c r="EP43" s="3" t="n">
-        <x:v>70059</x:v>
+        <x:v>69482</x:v>
       </x:c>
       <x:c r="EQ43" s="3" t="n">
-        <x:v>71258</x:v>
+        <x:v>70670</x:v>
       </x:c>
       <x:c r="ER43" s="3" t="n">
-        <x:v>72268</x:v>
+        <x:v>71670</x:v>
       </x:c>
       <x:c r="ES43" s="3" t="n">
-        <x:v>73389</x:v>
+        <x:v>72780</x:v>
       </x:c>
       <x:c r="ET43" s="3" t="n">
-        <x:v>74157</x:v>
+        <x:v>73632</x:v>
       </x:c>
       <x:c r="EU43" s="3" t="n">
-        <x:v>78923</x:v>
+        <x:v>78369</x:v>
       </x:c>
       <x:c r="EV43" s="3" t="n">
-        <x:v>76127</x:v>
+        <x:v>75589</x:v>
       </x:c>
       <x:c r="EW43" s="3" t="n">
-        <x:v>76687</x:v>
+        <x:v>76145</x:v>
       </x:c>
       <x:c r="EX43" s="3" t="n">
-        <x:v>76194</x:v>
+        <x:v>75399</x:v>
       </x:c>
       <x:c r="EY43" s="3" t="n">
-        <x:v>80682</x:v>
+        <x:v>79831</x:v>
       </x:c>
       <x:c r="EZ43" s="3" t="n">
-        <x:v>79396</x:v>
+        <x:v>78531</x:v>
       </x:c>
       <x:c r="FA43" s="3" t="n">
-        <x:v>82133</x:v>
+        <x:v>81185</x:v>
       </x:c>
       <x:c r="FB43" s="3" t="n">
-        <x:v>81592</x:v>
+        <x:v>80587</x:v>
       </x:c>
       <x:c r="FC43" s="3" t="n">
-        <x:v>85499</x:v>
+        <x:v>84397</x:v>
       </x:c>
       <x:c r="FD43" s="3" t="n">
-        <x:v>83648</x:v>
+        <x:v>82551</x:v>
       </x:c>
       <x:c r="FE43" s="3" t="n">
-        <x:v>85902</x:v>
+        <x:v>84791</x:v>
       </x:c>
       <x:c r="FF43" s="3" t="n">
-        <x:v>85245</x:v>
+        <x:v>84173</x:v>
       </x:c>
       <x:c r="FG43" s="3" t="n">
-        <x:v>89037</x:v>
+        <x:v>87957</x:v>
       </x:c>
       <x:c r="FH43" s="3" t="n">
-        <x:v>87197</x:v>
+        <x:v>86187</x:v>
       </x:c>
       <x:c r="FI43" s="3" t="n">
-        <x:v>91016</x:v>
+        <x:v>90025</x:v>
       </x:c>
       <x:c r="FJ43" s="3" t="n">
-        <x:v>90050</x:v>
+        <x:v>89112</x:v>
       </x:c>
       <x:c r="FK43" s="3" t="n">
-        <x:v>94165</x:v>
+        <x:v>93201</x:v>
       </x:c>
       <x:c r="FL43" s="3" t="n">
-        <x:v>92517</x:v>
+        <x:v>91539</x:v>
       </x:c>
       <x:c r="FM43" s="3" t="n">
-        <x:v>95487</x:v>
+        <x:v>94393</x:v>
       </x:c>
       <x:c r="FN43" s="3" t="n">
-        <x:v>96255</x:v>
+        <x:v>95023</x:v>
       </x:c>
       <x:c r="FO43" s="3" t="n">
-        <x:v>99757</x:v>
+        <x:v>98397</x:v>
       </x:c>
       <x:c r="FP43" s="3" t="n">
-        <x:v>98409</x:v>
+        <x:v>97044</x:v>
       </x:c>
       <x:c r="FQ43" s="3" t="n">
-        <x:v>100027</x:v>
+        <x:v>98712</x:v>
       </x:c>
       <x:c r="FR43" s="3" t="n">
-        <x:v>100047</x:v>
+        <x:v>98853</x:v>
       </x:c>
       <x:c r="FS43" s="3" t="n">
-        <x:v>104255</x:v>
+        <x:v>103152</x:v>
       </x:c>
       <x:c r="FT43" s="3" t="n">
-        <x:v>103030</x:v>
+        <x:v>102115</x:v>
       </x:c>
       <x:c r="FU43" s="3" t="n">
-        <x:v>108248</x:v>
+        <x:v>107459</x:v>
       </x:c>
       <x:c r="FV43" s="3" t="n">
-        <x:v>107359</x:v>
+        <x:v>106758</x:v>
       </x:c>
       <x:c r="FW43" s="3" t="n">
-        <x:v>113126</x:v>
+        <x:v>112546</x:v>
       </x:c>
       <x:c r="FX43" s="3" t="n">
-        <x:v>111975</x:v>
+        <x:v>111315</x:v>
       </x:c>
       <x:c r="FY43" s="3" t="n">
-        <x:v>117312</x:v>
+        <x:v>116350</x:v>
       </x:c>
       <x:c r="FZ43" s="3" t="n">
-        <x:v>117596</x:v>
+        <x:v>116247</x:v>
       </x:c>
       <x:c r="GA43" s="3" t="n">
-        <x:v>123001</x:v>
+        <x:v>121250</x:v>
       </x:c>
       <x:c r="GB43" s="3" t="n">
-        <x:v>122887</x:v>
+        <x:v>120904</x:v>
       </x:c>
       <x:c r="GC43" s="3" t="n">
-        <x:v>128724</x:v>
+        <x:v>126533</x:v>
       </x:c>
       <x:c r="GD43" s="3" t="n">
-        <x:v>126544</x:v>
+        <x:v>124584</x:v>
       </x:c>
       <x:c r="GE43" s="3" t="n">
-        <x:v>132070</x:v>
+        <x:v>130481</x:v>
       </x:c>
       <x:c r="GF43" s="3" t="n">
-        <x:v>129715</x:v>
+        <x:v>128387</x:v>
       </x:c>
       <x:c r="GG43" s="3" t="n">
-        <x:v>134341</x:v>
+        <x:v>132557</x:v>
       </x:c>
       <x:c r="GH43" s="3" t="n">
-        <x:v>134814</x:v>
+        <x:v>132418</x:v>
       </x:c>
       <x:c r="GI43" s="3" t="n">
-        <x:v>141477</x:v>
+        <x:v>139060</x:v>
+      </x:c>
+      <x:c r="GJ43" s="3" t="n">
+        <x:v>135922</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:191">
+    <x:row r="44" spans="1:192">
       <x:c r="A44" s="2" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>3424</x:v>
+        <x:v>3572</x:v>
       </x:c>
       <x:c r="C44" s="3" t="n">
-        <x:v>3518</x:v>
+        <x:v>3667</x:v>
       </x:c>
       <x:c r="D44" s="3" t="n">
-        <x:v>3157</x:v>
+        <x:v>3307</x:v>
       </x:c>
       <x:c r="E44" s="3" t="n">
-        <x:v>3824</x:v>
+        <x:v>3975</x:v>
       </x:c>
       <x:c r="F44" s="3" t="n">
-        <x:v>4039</x:v>
+        <x:v>4188</x:v>
       </x:c>
       <x:c r="G44" s="3" t="n">
-        <x:v>3684</x:v>
+        <x:v>3834</x:v>
       </x:c>
       <x:c r="H44" s="3" t="n">
-        <x:v>3237</x:v>
+        <x:v>3389</x:v>
       </x:c>
       <x:c r="I44" s="3" t="n">
-        <x:v>4095</x:v>
+        <x:v>4247</x:v>
       </x:c>
       <x:c r="J44" s="3" t="n">
-        <x:v>4292</x:v>
+        <x:v>4428</x:v>
       </x:c>
       <x:c r="K44" s="3" t="n">
-        <x:v>4190</x:v>
+        <x:v>4328</x:v>
       </x:c>
       <x:c r="L44" s="3" t="n">
-        <x:v>3677</x:v>
+        <x:v>3823</x:v>
       </x:c>
       <x:c r="M44" s="3" t="n">
-        <x:v>4797</x:v>
+        <x:v>4956</x:v>
       </x:c>
       <x:c r="N44" s="3" t="n">
+        <x:v>5093</x:v>
+      </x:c>
+      <x:c r="O44" s="3" t="n">
+        <x:v>4766</x:v>
+      </x:c>
+      <x:c r="P44" s="3" t="n">
+        <x:v>4414</x:v>
+      </x:c>
+      <x:c r="Q44" s="3" t="n">
+        <x:v>5652</x:v>
+      </x:c>
+      <x:c r="R44" s="3" t="n">
+        <x:v>5844</x:v>
+      </x:c>
+      <x:c r="S44" s="3" t="n">
+        <x:v>5416</x:v>
+      </x:c>
+      <x:c r="T44" s="3" t="n">
+        <x:v>5199</x:v>
+      </x:c>
+      <x:c r="U44" s="3" t="n">
+        <x:v>6326</x:v>
+      </x:c>
+      <x:c r="V44" s="3" t="n">
+        <x:v>6321</x:v>
+      </x:c>
+      <x:c r="W44" s="3" t="n">
+        <x:v>6136</x:v>
+      </x:c>
+      <x:c r="X44" s="3" t="n">
+        <x:v>5747</x:v>
+      </x:c>
+      <x:c r="Y44" s="3" t="n">
+        <x:v>6684</x:v>
+      </x:c>
+      <x:c r="Z44" s="3" t="n">
+        <x:v>7128</x:v>
+      </x:c>
+      <x:c r="AA44" s="3" t="n">
+        <x:v>6487</x:v>
+      </x:c>
+      <x:c r="AB44" s="3" t="n">
+        <x:v>5880</x:v>
+      </x:c>
+      <x:c r="AC44" s="3" t="n">
+        <x:v>7474</x:v>
+      </x:c>
+      <x:c r="AD44" s="3" t="n">
+        <x:v>7763</x:v>
+      </x:c>
+      <x:c r="AE44" s="3" t="n">
+        <x:v>7283</x:v>
+      </x:c>
+      <x:c r="AF44" s="3" t="n">
+        <x:v>6300</x:v>
+      </x:c>
+      <x:c r="AG44" s="3" t="n">
+        <x:v>8356</x:v>
+      </x:c>
+      <x:c r="AH44" s="3" t="n">
+        <x:v>7549</x:v>
+      </x:c>
+      <x:c r="AI44" s="3" t="n">
+        <x:v>8346</x:v>
+      </x:c>
+      <x:c r="AJ44" s="3" t="n">
+        <x:v>6980</x:v>
+      </x:c>
+      <x:c r="AK44" s="3" t="n">
+        <x:v>9526</x:v>
+      </x:c>
+      <x:c r="AL44" s="3" t="n">
+        <x:v>9458</x:v>
+      </x:c>
+      <x:c r="AM44" s="3" t="n">
+        <x:v>8831</x:v>
+      </x:c>
+      <x:c r="AN44" s="3" t="n">
+        <x:v>7696</x:v>
+      </x:c>
+      <x:c r="AO44" s="3" t="n">
+        <x:v>10242</x:v>
+      </x:c>
+      <x:c r="AP44" s="3" t="n">
+        <x:v>10121</x:v>
+      </x:c>
+      <x:c r="AQ44" s="3" t="n">
+        <x:v>9578</x:v>
+      </x:c>
+      <x:c r="AR44" s="3" t="n">
+        <x:v>8861</x:v>
+      </x:c>
+      <x:c r="AS44" s="3" t="n">
+        <x:v>10536</x:v>
+      </x:c>
+      <x:c r="AT44" s="3" t="n">
+        <x:v>10144</x:v>
+      </x:c>
+      <x:c r="AU44" s="3" t="n">
+        <x:v>10880</x:v>
+      </x:c>
+      <x:c r="AV44" s="3" t="n">
+        <x:v>9162</x:v>
+      </x:c>
+      <x:c r="AW44" s="3" t="n">
+        <x:v>11660</x:v>
+      </x:c>
+      <x:c r="AX44" s="3" t="n">
+        <x:v>11854</x:v>
+      </x:c>
+      <x:c r="AY44" s="3" t="n">
+        <x:v>10890</x:v>
+      </x:c>
+      <x:c r="AZ44" s="3" t="n">
+        <x:v>9738</x:v>
+      </x:c>
+      <x:c r="BA44" s="3" t="n">
+        <x:v>11928</x:v>
+      </x:c>
+      <x:c r="BB44" s="3" t="n">
+        <x:v>11448</x:v>
+      </x:c>
+      <x:c r="BC44" s="3" t="n">
+        <x:v>11645</x:v>
+      </x:c>
+      <x:c r="BD44" s="3" t="n">
+        <x:v>11001</x:v>
+      </x:c>
+      <x:c r="BE44" s="3" t="n">
+        <x:v>12616</x:v>
+      </x:c>
+      <x:c r="BF44" s="3" t="n">
+        <x:v>13221</x:v>
+      </x:c>
+      <x:c r="BG44" s="3" t="n">
+        <x:v>11802</x:v>
+      </x:c>
+      <x:c r="BH44" s="3" t="n">
+        <x:v>11796</x:v>
+      </x:c>
+      <x:c r="BI44" s="3" t="n">
+        <x:v>12632</x:v>
+      </x:c>
+      <x:c r="BJ44" s="3" t="n">
+        <x:v>13643</x:v>
+      </x:c>
+      <x:c r="BK44" s="3" t="n">
+        <x:v>12590</x:v>
+      </x:c>
+      <x:c r="BL44" s="3" t="n">
+        <x:v>11468</x:v>
+      </x:c>
+      <x:c r="BM44" s="3" t="n">
+        <x:v>13975</x:v>
+      </x:c>
+      <x:c r="BN44" s="3" t="n">
+        <x:v>13011</x:v>
+      </x:c>
+      <x:c r="BO44" s="3" t="n">
+        <x:v>13400</x:v>
+      </x:c>
+      <x:c r="BP44" s="3" t="n">
+        <x:v>12946</x:v>
+      </x:c>
+      <x:c r="BQ44" s="3" t="n">
+        <x:v>14604</x:v>
+      </x:c>
+      <x:c r="BR44" s="3" t="n">
+        <x:v>14945</x:v>
+      </x:c>
+      <x:c r="BS44" s="3" t="n">
+        <x:v>13413</x:v>
+      </x:c>
+      <x:c r="BT44" s="3" t="n">
+        <x:v>13239</x:v>
+      </x:c>
+      <x:c r="BU44" s="3" t="n">
+        <x:v>14776</x:v>
+      </x:c>
+      <x:c r="BV44" s="3" t="n">
+        <x:v>15624</x:v>
+      </x:c>
+      <x:c r="BW44" s="3" t="n">
+        <x:v>14550</x:v>
+      </x:c>
+      <x:c r="BX44" s="3" t="n">
+        <x:v>13924</x:v>
+      </x:c>
+      <x:c r="BY44" s="3" t="n">
+        <x:v>16012</x:v>
+      </x:c>
+      <x:c r="BZ44" s="3" t="n">
+        <x:v>15347</x:v>
+      </x:c>
+      <x:c r="CA44" s="3" t="n">
+        <x:v>16611</x:v>
+      </x:c>
+      <x:c r="CB44" s="3" t="n">
+        <x:v>14670</x:v>
+      </x:c>
+      <x:c r="CC44" s="3" t="n">
+        <x:v>17152</x:v>
+      </x:c>
+      <x:c r="CD44" s="3" t="n">
+        <x:v>17506</x:v>
+      </x:c>
+      <x:c r="CE44" s="3" t="n">
+        <x:v>17074</x:v>
+      </x:c>
+      <x:c r="CF44" s="3" t="n">
+        <x:v>16280</x:v>
+      </x:c>
+      <x:c r="CG44" s="3" t="n">
+        <x:v>18718</x:v>
+      </x:c>
+      <x:c r="CH44" s="3" t="n">
+        <x:v>18790</x:v>
+      </x:c>
+      <x:c r="CI44" s="3" t="n">
+        <x:v>18740</x:v>
+      </x:c>
+      <x:c r="CJ44" s="3" t="n">
+        <x:v>16935</x:v>
+      </x:c>
+      <x:c r="CK44" s="3" t="n">
+        <x:v>19989</x:v>
+      </x:c>
+      <x:c r="CL44" s="3" t="n">
+        <x:v>20730</x:v>
+      </x:c>
+      <x:c r="CM44" s="3" t="n">
+        <x:v>19089</x:v>
+      </x:c>
+      <x:c r="CN44" s="3" t="n">
+        <x:v>18646</x:v>
+      </x:c>
+      <x:c r="CO44" s="3" t="n">
+        <x:v>20785</x:v>
+      </x:c>
+      <x:c r="CP44" s="3" t="n">
+        <x:v>23040</x:v>
+      </x:c>
+      <x:c r="CQ44" s="3" t="n">
+        <x:v>21147</x:v>
+      </x:c>
+      <x:c r="CR44" s="3" t="n">
+        <x:v>20586</x:v>
+      </x:c>
+      <x:c r="CS44" s="3" t="n">
+        <x:v>23140</x:v>
+      </x:c>
+      <x:c r="CT44" s="3" t="n">
+        <x:v>22793</x:v>
+      </x:c>
+      <x:c r="CU44" s="3" t="n">
+        <x:v>23407</x:v>
+      </x:c>
+      <x:c r="CV44" s="3" t="n">
+        <x:v>22233</x:v>
+      </x:c>
+      <x:c r="CW44" s="3" t="n">
+        <x:v>24478</x:v>
+      </x:c>
+      <x:c r="CX44" s="3" t="n">
+        <x:v>26392</x:v>
+      </x:c>
+      <x:c r="CY44" s="3" t="n">
+        <x:v>24480</x:v>
+      </x:c>
+      <x:c r="CZ44" s="3" t="n">
+        <x:v>23517</x:v>
+      </x:c>
+      <x:c r="DA44" s="3" t="n">
+        <x:v>25730</x:v>
+      </x:c>
+      <x:c r="DB44" s="3" t="n">
+        <x:v>26759</x:v>
+      </x:c>
+      <x:c r="DC44" s="3" t="n">
+        <x:v>25160</x:v>
+      </x:c>
+      <x:c r="DD44" s="3" t="n">
+        <x:v>24023</x:v>
+      </x:c>
+      <x:c r="DE44" s="3" t="n">
+        <x:v>27836</x:v>
+      </x:c>
+      <x:c r="DF44" s="3" t="n">
+        <x:v>26887</x:v>
+      </x:c>
+      <x:c r="DG44" s="3" t="n">
+        <x:v>28043</x:v>
+      </x:c>
+      <x:c r="DH44" s="3" t="n">
+        <x:v>24313</x:v>
+      </x:c>
+      <x:c r="DI44" s="3" t="n">
+        <x:v>29016</x:v>
+      </x:c>
+      <x:c r="DJ44" s="3" t="n">
+        <x:v>29903</x:v>
+      </x:c>
+      <x:c r="DK44" s="3" t="n">
+        <x:v>27927</x:v>
+      </x:c>
+      <x:c r="DL44" s="3" t="n">
+        <x:v>26088</x:v>
+      </x:c>
+      <x:c r="DM44" s="3" t="n">
+        <x:v>30533</x:v>
+      </x:c>
+      <x:c r="DN44" s="3" t="n">
+        <x:v>31323</x:v>
+      </x:c>
+      <x:c r="DO44" s="3" t="n">
+        <x:v>29493</x:v>
+      </x:c>
+      <x:c r="DP44" s="3" t="n">
+        <x:v>27654</x:v>
+      </x:c>
+      <x:c r="DQ44" s="3" t="n">
+        <x:v>31564</x:v>
+      </x:c>
+      <x:c r="DR44" s="3" t="n">
+        <x:v>31197</x:v>
+      </x:c>
+      <x:c r="DS44" s="3" t="n">
+        <x:v>32186</x:v>
+      </x:c>
+      <x:c r="DT44" s="3" t="n">
+        <x:v>32304</x:v>
+      </x:c>
+      <x:c r="DU44" s="3" t="n">
+        <x:v>33637</x:v>
+      </x:c>
+      <x:c r="DV44" s="3" t="n">
+        <x:v>34118</x:v>
+      </x:c>
+      <x:c r="DW44" s="3" t="n">
+        <x:v>34517</x:v>
+      </x:c>
+      <x:c r="DX44" s="3" t="n">
+        <x:v>34918</x:v>
+      </x:c>
+      <x:c r="DY44" s="3" t="n">
+        <x:v>35957</x:v>
+      </x:c>
+      <x:c r="DZ44" s="3" t="n">
+        <x:v>36243</x:v>
+      </x:c>
+      <x:c r="EA44" s="3" t="n">
+        <x:v>36108</x:v>
+      </x:c>
+      <x:c r="EB44" s="3" t="n">
+        <x:v>36383</x:v>
+      </x:c>
+      <x:c r="EC44" s="3" t="n">
+        <x:v>37186</x:v>
+      </x:c>
+      <x:c r="ED44" s="3" t="n">
+        <x:v>37896</x:v>
+      </x:c>
+      <x:c r="EE44" s="3" t="n">
+        <x:v>37732</x:v>
+      </x:c>
+      <x:c r="EF44" s="3" t="n">
+        <x:v>38089</x:v>
+      </x:c>
+      <x:c r="EG44" s="3" t="n">
+        <x:v>38713</x:v>
+      </x:c>
+      <x:c r="EH44" s="3" t="n">
+        <x:v>39555</x:v>
+      </x:c>
+      <x:c r="EI44" s="3" t="n">
+        <x:v>39381</x:v>
+      </x:c>
+      <x:c r="EJ44" s="3" t="n">
+        <x:v>39790</x:v>
+      </x:c>
+      <x:c r="EK44" s="3" t="n">
+        <x:v>41220</x:v>
+      </x:c>
+      <x:c r="EL44" s="3" t="n">
+        <x:v>41382</x:v>
+      </x:c>
+      <x:c r="EM44" s="3" t="n">
+        <x:v>41795</x:v>
+      </x:c>
+      <x:c r="EN44" s="3" t="n">
+        <x:v>41803</x:v>
+      </x:c>
+      <x:c r="EO44" s="3" t="n">
+        <x:v>42970</x:v>
+      </x:c>
+      <x:c r="EP44" s="3" t="n">
+        <x:v>43250</x:v>
+      </x:c>
+      <x:c r="EQ44" s="3" t="n">
+        <x:v>43035</x:v>
+      </x:c>
+      <x:c r="ER44" s="3" t="n">
+        <x:v>43214</x:v>
+      </x:c>
+      <x:c r="ES44" s="3" t="n">
+        <x:v>44934</x:v>
+      </x:c>
+      <x:c r="ET44" s="3" t="n">
+        <x:v>45428</x:v>
+      </x:c>
+      <x:c r="EU44" s="3" t="n">
+        <x:v>46097</x:v>
+      </x:c>
+      <x:c r="EV44" s="3" t="n">
+        <x:v>44798</x:v>
+      </x:c>
+      <x:c r="EW44" s="3" t="n">
+        <x:v>46389</x:v>
+      </x:c>
+      <x:c r="EX44" s="3" t="n">
+        <x:v>46584</x:v>
+      </x:c>
+      <x:c r="EY44" s="3" t="n">
+        <x:v>48671</x:v>
+      </x:c>
+      <x:c r="EZ44" s="3" t="n">
+        <x:v>46261</x:v>
+      </x:c>
+      <x:c r="FA44" s="3" t="n">
+        <x:v>49515</x:v>
+      </x:c>
+      <x:c r="FB44" s="3" t="n">
+        <x:v>49279</x:v>
+      </x:c>
+      <x:c r="FC44" s="3" t="n">
+        <x:v>50270</x:v>
+      </x:c>
+      <x:c r="FD44" s="3" t="n">
+        <x:v>47891</x:v>
+      </x:c>
+      <x:c r="FE44" s="3" t="n">
+        <x:v>51697</x:v>
+      </x:c>
+      <x:c r="FF44" s="3" t="n">
+        <x:v>51300</x:v>
+      </x:c>
+      <x:c r="FG44" s="3" t="n">
+        <x:v>52911</x:v>
+      </x:c>
+      <x:c r="FH44" s="3" t="n">
+        <x:v>49928</x:v>
+      </x:c>
+      <x:c r="FI44" s="3" t="n">
+        <x:v>54316</x:v>
+      </x:c>
+      <x:c r="FJ44" s="3" t="n">
+        <x:v>53746</x:v>
+      </x:c>
+      <x:c r="FK44" s="3" t="n">
+        <x:v>55062</x:v>
+      </x:c>
+      <x:c r="FL44" s="3" t="n">
+        <x:v>53162</x:v>
+      </x:c>
+      <x:c r="FM44" s="3" t="n">
+        <x:v>57181</x:v>
+      </x:c>
+      <x:c r="FN44" s="3" t="n">
+        <x:v>55490</x:v>
+      </x:c>
+      <x:c r="FO44" s="3" t="n">
+        <x:v>53009</x:v>
+      </x:c>
+      <x:c r="FP44" s="3" t="n">
+        <x:v>53294</x:v>
+      </x:c>
+      <x:c r="FQ44" s="3" t="n">
+        <x:v>57606</x:v>
+      </x:c>
+      <x:c r="FR44" s="3" t="n">
+        <x:v>56923</x:v>
+      </x:c>
+      <x:c r="FS44" s="3" t="n">
+        <x:v>58108</x:v>
+      </x:c>
+      <x:c r="FT44" s="3" t="n">
+        <x:v>55494</x:v>
+      </x:c>
+      <x:c r="FU44" s="3" t="n">
+        <x:v>62094</x:v>
+      </x:c>
+      <x:c r="FV44" s="3" t="n">
+        <x:v>61110</x:v>
+      </x:c>
+      <x:c r="FW44" s="3" t="n">
+        <x:v>63032</x:v>
+      </x:c>
+      <x:c r="FX44" s="3" t="n">
+        <x:v>60049</x:v>
+      </x:c>
+      <x:c r="FY44" s="3" t="n">
+        <x:v>65405</x:v>
+      </x:c>
+      <x:c r="FZ44" s="3" t="n">
+        <x:v>65471</x:v>
+      </x:c>
+      <x:c r="GA44" s="3" t="n">
+        <x:v>66578</x:v>
+      </x:c>
+      <x:c r="GB44" s="3" t="n">
+        <x:v>64565</x:v>
+      </x:c>
+      <x:c r="GC44" s="3" t="n">
+        <x:v>70632</x:v>
+      </x:c>
+      <x:c r="GD44" s="3" t="n">
+        <x:v>69023</x:v>
+      </x:c>
+      <x:c r="GE44" s="3" t="n">
+        <x:v>70695</x:v>
+      </x:c>
+      <x:c r="GF44" s="3" t="n">
+        <x:v>67962</x:v>
+      </x:c>
+      <x:c r="GG44" s="3" t="n">
+        <x:v>72633</x:v>
+      </x:c>
+      <x:c r="GH44" s="3" t="n">
+        <x:v>72237</x:v>
+      </x:c>
+      <x:c r="GI44" s="3" t="n">
+        <x:v>73241</x:v>
+      </x:c>
+      <x:c r="GJ44" s="3" t="n">
+        <x:v>70008</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:192">
+      <x:c r="A45" s="2" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="B45" s="3" t="n">
+        <x:v>4646</x:v>
+      </x:c>
+      <x:c r="C45" s="3" t="n">
+        <x:v>4795</x:v>
+      </x:c>
+      <x:c r="D45" s="3" t="n">
+        <x:v>4833</x:v>
+      </x:c>
+      <x:c r="E45" s="3" t="n">
         <x:v>4907</x:v>
       </x:c>
-      <x:c r="O44" s="3" t="n">
-[...32 lines deleted...]
-      <x:c r="Z44" s="3" t="n">
+      <x:c r="F45" s="3" t="n">
+        <x:v>5295</x:v>
+      </x:c>
+      <x:c r="G45" s="3" t="n">
+        <x:v>5205</x:v>
+      </x:c>
+      <x:c r="H45" s="3" t="n">
+        <x:v>5302</x:v>
+      </x:c>
+      <x:c r="I45" s="3" t="n">
+        <x:v>5392</x:v>
+      </x:c>
+      <x:c r="J45" s="3" t="n">
+        <x:v>5617</x:v>
+      </x:c>
+      <x:c r="K45" s="3" t="n">
+        <x:v>5981</x:v>
+      </x:c>
+      <x:c r="L45" s="3" t="n">
+        <x:v>6328</x:v>
+      </x:c>
+      <x:c r="M45" s="3" t="n">
+        <x:v>6414</x:v>
+      </x:c>
+      <x:c r="N45" s="3" t="n">
+        <x:v>6740</x:v>
+      </x:c>
+      <x:c r="O45" s="3" t="n">
+        <x:v>6912</x:v>
+      </x:c>
+      <x:c r="P45" s="3" t="n">
+        <x:v>7128</x:v>
+      </x:c>
+      <x:c r="Q45" s="3" t="n">
+        <x:v>7336</x:v>
+      </x:c>
+      <x:c r="R45" s="3" t="n">
+        <x:v>7614</x:v>
+      </x:c>
+      <x:c r="S45" s="3" t="n">
+        <x:v>7873</x:v>
+      </x:c>
+      <x:c r="T45" s="3" t="n">
+        <x:v>8229</x:v>
+      </x:c>
+      <x:c r="U45" s="3" t="n">
+        <x:v>8390</x:v>
+      </x:c>
+      <x:c r="V45" s="3" t="n">
+        <x:v>8575</x:v>
+      </x:c>
+      <x:c r="W45" s="3" t="n">
+        <x:v>8774</x:v>
+      </x:c>
+      <x:c r="X45" s="3" t="n">
+        <x:v>8981</x:v>
+      </x:c>
+      <x:c r="Y45" s="3" t="n">
+        <x:v>9151</x:v>
+      </x:c>
+      <x:c r="Z45" s="3" t="n">
+        <x:v>9538</x:v>
+      </x:c>
+      <x:c r="AA45" s="3" t="n">
+        <x:v>9432</x:v>
+      </x:c>
+      <x:c r="AB45" s="3" t="n">
+        <x:v>9718</x:v>
+      </x:c>
+      <x:c r="AC45" s="3" t="n">
+        <x:v>9905</x:v>
+      </x:c>
+      <x:c r="AD45" s="3" t="n">
+        <x:v>10243</x:v>
+      </x:c>
+      <x:c r="AE45" s="3" t="n">
+        <x:v>10362</x:v>
+      </x:c>
+      <x:c r="AF45" s="3" t="n">
+        <x:v>10761</x:v>
+      </x:c>
+      <x:c r="AG45" s="3" t="n">
+        <x:v>10894</x:v>
+      </x:c>
+      <x:c r="AH45" s="3" t="n">
+        <x:v>11103</x:v>
+      </x:c>
+      <x:c r="AI45" s="3" t="n">
+        <x:v>11794</x:v>
+      </x:c>
+      <x:c r="AJ45" s="3" t="n">
+        <x:v>12221</x:v>
+      </x:c>
+      <x:c r="AK45" s="3" t="n">
+        <x:v>12596</x:v>
+      </x:c>
+      <x:c r="AL45" s="3" t="n">
+        <x:v>13346</x:v>
+      </x:c>
+      <x:c r="AM45" s="3" t="n">
+        <x:v>13660</x:v>
+      </x:c>
+      <x:c r="AN45" s="3" t="n">
+        <x:v>13765</x:v>
+      </x:c>
+      <x:c r="AO45" s="3" t="n">
+        <x:v>14313</x:v>
+      </x:c>
+      <x:c r="AP45" s="3" t="n">
+        <x:v>14649</x:v>
+      </x:c>
+      <x:c r="AQ45" s="3" t="n">
+        <x:v>14682</x:v>
+      </x:c>
+      <x:c r="AR45" s="3" t="n">
+        <x:v>14947</x:v>
+      </x:c>
+      <x:c r="AS45" s="3" t="n">
+        <x:v>15132</x:v>
+      </x:c>
+      <x:c r="AT45" s="3" t="n">
+        <x:v>15086</x:v>
+      </x:c>
+      <x:c r="AU45" s="3" t="n">
+        <x:v>15693</x:v>
+      </x:c>
+      <x:c r="AV45" s="3" t="n">
+        <x:v>15751</x:v>
+      </x:c>
+      <x:c r="AW45" s="3" t="n">
+        <x:v>16327</x:v>
+      </x:c>
+      <x:c r="AX45" s="3" t="n">
+        <x:v>16275</x:v>
+      </x:c>
+      <x:c r="AY45" s="3" t="n">
+        <x:v>16244</x:v>
+      </x:c>
+      <x:c r="AZ45" s="3" t="n">
+        <x:v>17211</x:v>
+      </x:c>
+      <x:c r="BA45" s="3" t="n">
+        <x:v>17909</x:v>
+      </x:c>
+      <x:c r="BB45" s="3" t="n">
+        <x:v>17688</x:v>
+      </x:c>
+      <x:c r="BC45" s="3" t="n">
+        <x:v>17857</x:v>
+      </x:c>
+      <x:c r="BD45" s="3" t="n">
+        <x:v>18375</x:v>
+      </x:c>
+      <x:c r="BE45" s="3" t="n">
+        <x:v>18627</x:v>
+      </x:c>
+      <x:c r="BF45" s="3" t="n">
+        <x:v>19295</x:v>
+      </x:c>
+      <x:c r="BG45" s="3" t="n">
+        <x:v>18900</x:v>
+      </x:c>
+      <x:c r="BH45" s="3" t="n">
+        <x:v>19712</x:v>
+      </x:c>
+      <x:c r="BI45" s="3" t="n">
+        <x:v>19954</x:v>
+      </x:c>
+      <x:c r="BJ45" s="3" t="n">
+        <x:v>20122</x:v>
+      </x:c>
+      <x:c r="BK45" s="3" t="n">
+        <x:v>19851</x:v>
+      </x:c>
+      <x:c r="BL45" s="3" t="n">
+        <x:v>20501</x:v>
+      </x:c>
+      <x:c r="BM45" s="3" t="n">
+        <x:v>20946</x:v>
+      </x:c>
+      <x:c r="BN45" s="3" t="n">
+        <x:v>20687</x:v>
+      </x:c>
+      <x:c r="BO45" s="3" t="n">
+        <x:v>20813</x:v>
+      </x:c>
+      <x:c r="BP45" s="3" t="n">
+        <x:v>21490</x:v>
+      </x:c>
+      <x:c r="BQ45" s="3" t="n">
+        <x:v>21960</x:v>
+      </x:c>
+      <x:c r="BR45" s="3" t="n">
+        <x:v>22680</x:v>
+      </x:c>
+      <x:c r="BS45" s="3" t="n">
+        <x:v>22232</x:v>
+      </x:c>
+      <x:c r="BT45" s="3" t="n">
+        <x:v>22881</x:v>
+      </x:c>
+      <x:c r="BU45" s="3" t="n">
+        <x:v>23366</x:v>
+      </x:c>
+      <x:c r="BV45" s="3" t="n">
+        <x:v>24119</x:v>
+      </x:c>
+      <x:c r="BW45" s="3" t="n">
+        <x:v>23771</x:v>
+      </x:c>
+      <x:c r="BX45" s="3" t="n">
+        <x:v>25142</x:v>
+      </x:c>
+      <x:c r="BY45" s="3" t="n">
+        <x:v>25605</x:v>
+      </x:c>
+      <x:c r="BZ45" s="3" t="n">
+        <x:v>25447</x:v>
+      </x:c>
+      <x:c r="CA45" s="3" t="n">
+        <x:v>26104</x:v>
+      </x:c>
+      <x:c r="CB45" s="3" t="n">
+        <x:v>26790</x:v>
+      </x:c>
+      <x:c r="CC45" s="3" t="n">
+        <x:v>27122</x:v>
+      </x:c>
+      <x:c r="CD45" s="3" t="n">
+        <x:v>27578</x:v>
+      </x:c>
+      <x:c r="CE45" s="3" t="n">
+        <x:v>27540</x:v>
+      </x:c>
+      <x:c r="CF45" s="3" t="n">
+        <x:v>29456</x:v>
+      </x:c>
+      <x:c r="CG45" s="3" t="n">
+        <x:v>30112</x:v>
+      </x:c>
+      <x:c r="CH45" s="3" t="n">
+        <x:v>30336</x:v>
+      </x:c>
+      <x:c r="CI45" s="3" t="n">
+        <x:v>30332</x:v>
+      </x:c>
+      <x:c r="CJ45" s="3" t="n">
+        <x:v>31531</x:v>
+      </x:c>
+      <x:c r="CK45" s="3" t="n">
+        <x:v>31977</x:v>
+      </x:c>
+      <x:c r="CL45" s="3" t="n">
+        <x:v>33156</x:v>
+      </x:c>
+      <x:c r="CM45" s="3" t="n">
+        <x:v>32483</x:v>
+      </x:c>
+      <x:c r="CN45" s="3" t="n">
+        <x:v>33649</x:v>
+      </x:c>
+      <x:c r="CO45" s="3" t="n">
+        <x:v>34280</x:v>
+      </x:c>
+      <x:c r="CP45" s="3" t="n">
+        <x:v>36441</x:v>
+      </x:c>
+      <x:c r="CQ45" s="3" t="n">
+        <x:v>35717</x:v>
+      </x:c>
+      <x:c r="CR45" s="3" t="n">
+        <x:v>36818</x:v>
+      </x:c>
+      <x:c r="CS45" s="3" t="n">
+        <x:v>38805</x:v>
+      </x:c>
+      <x:c r="CT45" s="3" t="n">
+        <x:v>38790</x:v>
+      </x:c>
+      <x:c r="CU45" s="3" t="n">
+        <x:v>40455</x:v>
+      </x:c>
+      <x:c r="CV45" s="3" t="n">
+        <x:v>41884</x:v>
+      </x:c>
+      <x:c r="CW45" s="3" t="n">
+        <x:v>41632</x:v>
+      </x:c>
+      <x:c r="CX45" s="3" t="n">
+        <x:v>43497</x:v>
+      </x:c>
+      <x:c r="CY45" s="3" t="n">
+        <x:v>42235</x:v>
+      </x:c>
+      <x:c r="CZ45" s="3" t="n">
+        <x:v>44065</x:v>
+      </x:c>
+      <x:c r="DA45" s="3" t="n">
+        <x:v>43367</x:v>
+      </x:c>
+      <x:c r="DB45" s="3" t="n">
+        <x:v>46336</x:v>
+      </x:c>
+      <x:c r="DC45" s="3" t="n">
+        <x:v>45990</x:v>
+      </x:c>
+      <x:c r="DD45" s="3" t="n">
+        <x:v>47715</x:v>
+      </x:c>
+      <x:c r="DE45" s="3" t="n">
+        <x:v>48411</x:v>
+      </x:c>
+      <x:c r="DF45" s="3" t="n">
+        <x:v>48477</x:v>
+      </x:c>
+      <x:c r="DG45" s="3" t="n">
+        <x:v>50277</x:v>
+      </x:c>
+      <x:c r="DH45" s="3" t="n">
+        <x:v>50637</x:v>
+      </x:c>
+      <x:c r="DI45" s="3" t="n">
+        <x:v>51117</x:v>
+      </x:c>
+      <x:c r="DJ45" s="3" t="n">
+        <x:v>53436</x:v>
+      </x:c>
+      <x:c r="DK45" s="3" t="n">
+        <x:v>52918</x:v>
+      </x:c>
+      <x:c r="DL45" s="3" t="n">
+        <x:v>55371</x:v>
+      </x:c>
+      <x:c r="DM45" s="3" t="n">
+        <x:v>55977</x:v>
+      </x:c>
+      <x:c r="DN45" s="3" t="n">
+        <x:v>58473</x:v>
+      </x:c>
+      <x:c r="DO45" s="3" t="n">
+        <x:v>58658</x:v>
+      </x:c>
+      <x:c r="DP45" s="3" t="n">
+        <x:v>60864</x:v>
+      </x:c>
+      <x:c r="DQ45" s="3" t="n">
+        <x:v>61536</x:v>
+      </x:c>
+      <x:c r="DR45" s="3" t="n">
+        <x:v>63917</x:v>
+      </x:c>
+      <x:c r="DS45" s="3" t="n">
+        <x:v>65732</x:v>
+      </x:c>
+      <x:c r="DT45" s="3" t="n">
+        <x:v>66845</x:v>
+      </x:c>
+      <x:c r="DU45" s="3" t="n">
+        <x:v>68361</x:v>
+      </x:c>
+      <x:c r="DV45" s="3" t="n">
+        <x:v>69738</x:v>
+      </x:c>
+      <x:c r="DW45" s="3" t="n">
+        <x:v>70232</x:v>
+      </x:c>
+      <x:c r="DX45" s="3" t="n">
+        <x:v>71873</x:v>
+      </x:c>
+      <x:c r="DY45" s="3" t="n">
+        <x:v>73345</x:v>
+      </x:c>
+      <x:c r="DZ45" s="3" t="n">
+        <x:v>73802</x:v>
+      </x:c>
+      <x:c r="EA45" s="3" t="n">
+        <x:v>74050</x:v>
+      </x:c>
+      <x:c r="EB45" s="3" t="n">
+        <x:v>75352</x:v>
+      </x:c>
+      <x:c r="EC45" s="3" t="n">
+        <x:v>76720</x:v>
+      </x:c>
+      <x:c r="ED45" s="3" t="n">
+        <x:v>78302</x:v>
+      </x:c>
+      <x:c r="EE45" s="3" t="n">
+        <x:v>79511</x:v>
+      </x:c>
+      <x:c r="EF45" s="3" t="n">
+        <x:v>81386</x:v>
+      </x:c>
+      <x:c r="EG45" s="3" t="n">
+        <x:v>82741</x:v>
+      </x:c>
+      <x:c r="EH45" s="3" t="n">
+        <x:v>83959</x:v>
+      </x:c>
+      <x:c r="EI45" s="3" t="n">
+        <x:v>84386</x:v>
+      </x:c>
+      <x:c r="EJ45" s="3" t="n">
+        <x:v>85335</x:v>
+      </x:c>
+      <x:c r="EK45" s="3" t="n">
+        <x:v>86366</x:v>
+      </x:c>
+      <x:c r="EL45" s="3" t="n">
+        <x:v>88050</x:v>
+      </x:c>
+      <x:c r="EM45" s="3" t="n">
+        <x:v>89713</x:v>
+      </x:c>
+      <x:c r="EN45" s="3" t="n">
+        <x:v>91121</x:v>
+      </x:c>
+      <x:c r="EO45" s="3" t="n">
+        <x:v>92173</x:v>
+      </x:c>
+      <x:c r="EP45" s="3" t="n">
+        <x:v>93370</x:v>
+      </x:c>
+      <x:c r="EQ45" s="3" t="n">
+        <x:v>94707</x:v>
+      </x:c>
+      <x:c r="ER45" s="3" t="n">
+        <x:v>96157</x:v>
+      </x:c>
+      <x:c r="ES45" s="3" t="n">
+        <x:v>97012</x:v>
+      </x:c>
+      <x:c r="ET45" s="3" t="n">
+        <x:v>98537</x:v>
+      </x:c>
+      <x:c r="EU45" s="3" t="n">
+        <x:v>102745</x:v>
+      </x:c>
+      <x:c r="EV45" s="3" t="n">
+        <x:v>101246</x:v>
+      </x:c>
+      <x:c r="EW45" s="3" t="n">
+        <x:v>98905</x:v>
+      </x:c>
+      <x:c r="EX45" s="3" t="n">
+        <x:v>101728</x:v>
+      </x:c>
+      <x:c r="EY45" s="3" t="n">
+        <x:v>109340</x:v>
+      </x:c>
+      <x:c r="EZ45" s="3" t="n">
+        <x:v>102985</x:v>
+      </x:c>
+      <x:c r="FA45" s="3" t="n">
+        <x:v>105198</x:v>
+      </x:c>
+      <x:c r="FB45" s="3" t="n">
+        <x:v>108156</x:v>
+      </x:c>
+      <x:c r="FC45" s="3" t="n">
+        <x:v>113320</x:v>
+      </x:c>
+      <x:c r="FD45" s="3" t="n">
+        <x:v>108454</x:v>
+      </x:c>
+      <x:c r="FE45" s="3" t="n">
+        <x:v>109737</x:v>
+      </x:c>
+      <x:c r="FF45" s="3" t="n">
+        <x:v>112591</x:v>
+      </x:c>
+      <x:c r="FG45" s="3" t="n">
+        <x:v>119576</x:v>
+      </x:c>
+      <x:c r="FH45" s="3" t="n">
+        <x:v>112738</x:v>
+      </x:c>
+      <x:c r="FI45" s="3" t="n">
+        <x:v>115402</x:v>
+      </x:c>
+      <x:c r="FJ45" s="3" t="n">
+        <x:v>118212</x:v>
+      </x:c>
+      <x:c r="FK45" s="3" t="n">
+        <x:v>124042</x:v>
+      </x:c>
+      <x:c r="FL45" s="3" t="n">
+        <x:v>120928</x:v>
+      </x:c>
+      <x:c r="FM45" s="3" t="n">
+        <x:v>122316</x:v>
+      </x:c>
+      <x:c r="FN45" s="3" t="n">
+        <x:v>122566</x:v>
+      </x:c>
+      <x:c r="FO45" s="3" t="n">
+        <x:v>124326</x:v>
+      </x:c>
+      <x:c r="FP45" s="3" t="n">
+        <x:v>124914</x:v>
+      </x:c>
+      <x:c r="FQ45" s="3" t="n">
+        <x:v>127875</x:v>
+      </x:c>
+      <x:c r="FR45" s="3" t="n">
+        <x:v>130806</x:v>
+      </x:c>
+      <x:c r="FS45" s="3" t="n">
+        <x:v>139100</x:v>
+      </x:c>
+      <x:c r="FT45" s="3" t="n">
+        <x:v>133529</x:v>
+      </x:c>
+      <x:c r="FU45" s="3" t="n">
+        <x:v>138710</x:v>
+      </x:c>
+      <x:c r="FV45" s="3" t="n">
+        <x:v>141369</x:v>
+      </x:c>
+      <x:c r="FW45" s="3" t="n">
+        <x:v>147621</x:v>
+      </x:c>
+      <x:c r="FX45" s="3" t="n">
+        <x:v>142418</x:v>
+      </x:c>
+      <x:c r="FY45" s="3" t="n">
+        <x:v>146687</x:v>
+      </x:c>
+      <x:c r="FZ45" s="3" t="n">
+        <x:v>148659</x:v>
+      </x:c>
+      <x:c r="GA45" s="3" t="n">
+        <x:v>158447</x:v>
+      </x:c>
+      <x:c r="GB45" s="3" t="n">
+        <x:v>153774</x:v>
+      </x:c>
+      <x:c r="GC45" s="3" t="n">
+        <x:v>162424</x:v>
+      </x:c>
+      <x:c r="GD45" s="3" t="n">
+        <x:v>159254</x:v>
+      </x:c>
+      <x:c r="GE45" s="3" t="n">
+        <x:v>168608</x:v>
+      </x:c>
+      <x:c r="GF45" s="3" t="n">
+        <x:v>161870</x:v>
+      </x:c>
+      <x:c r="GG45" s="3" t="n">
+        <x:v>165399</x:v>
+      </x:c>
+      <x:c r="GH45" s="3" t="n">
+        <x:v>166507</x:v>
+      </x:c>
+      <x:c r="GI45" s="3" t="n">
+        <x:v>174511</x:v>
+      </x:c>
+      <x:c r="GJ45" s="3" t="n">
+        <x:v>167638</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:192">
+      <x:c r="A46" s="2" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="B46" s="3" t="n">
+        <x:v>1841</x:v>
+      </x:c>
+      <x:c r="C46" s="3" t="n">
+        <x:v>1880</x:v>
+      </x:c>
+      <x:c r="D46" s="3" t="n">
+        <x:v>1912</x:v>
+      </x:c>
+      <x:c r="E46" s="3" t="n">
+        <x:v>1994</x:v>
+      </x:c>
+      <x:c r="F46" s="3" t="n">
+        <x:v>2029</x:v>
+      </x:c>
+      <x:c r="G46" s="3" t="n">
+        <x:v>2034</x:v>
+      </x:c>
+      <x:c r="H46" s="3" t="n">
+        <x:v>2067</x:v>
+      </x:c>
+      <x:c r="I46" s="3" t="n">
+        <x:v>2149</x:v>
+      </x:c>
+      <x:c r="J46" s="3" t="n">
+        <x:v>2170</x:v>
+      </x:c>
+      <x:c r="K46" s="3" t="n">
+        <x:v>2253</x:v>
+      </x:c>
+      <x:c r="L46" s="3" t="n">
+        <x:v>2356</x:v>
+      </x:c>
+      <x:c r="M46" s="3" t="n">
+        <x:v>2444</x:v>
+      </x:c>
+      <x:c r="N46" s="3" t="n">
+        <x:v>2552</x:v>
+      </x:c>
+      <x:c r="O46" s="3" t="n">
+        <x:v>2599</x:v>
+      </x:c>
+      <x:c r="P46" s="3" t="n">
+        <x:v>2670</x:v>
+      </x:c>
+      <x:c r="Q46" s="3" t="n">
+        <x:v>2768</x:v>
+      </x:c>
+      <x:c r="R46" s="3" t="n">
+        <x:v>2932</x:v>
+      </x:c>
+      <x:c r="S46" s="3" t="n">
+        <x:v>2990</x:v>
+      </x:c>
+      <x:c r="T46" s="3" t="n">
+        <x:v>3081</x:v>
+      </x:c>
+      <x:c r="U46" s="3" t="n">
+        <x:v>3218</x:v>
+      </x:c>
+      <x:c r="V46" s="3" t="n">
+        <x:v>3354</x:v>
+      </x:c>
+      <x:c r="W46" s="3" t="n">
+        <x:v>3401</x:v>
+      </x:c>
+      <x:c r="X46" s="3" t="n">
+        <x:v>3455</x:v>
+      </x:c>
+      <x:c r="Y46" s="3" t="n">
+        <x:v>3576</x:v>
+      </x:c>
+      <x:c r="Z46" s="3" t="n">
+        <x:v>3743</x:v>
+      </x:c>
+      <x:c r="AA46" s="3" t="n">
+        <x:v>3734</x:v>
+      </x:c>
+      <x:c r="AB46" s="3" t="n">
+        <x:v>3769</x:v>
+      </x:c>
+      <x:c r="AC46" s="3" t="n">
+        <x:v>3902</x:v>
+      </x:c>
+      <x:c r="AD46" s="3" t="n">
+        <x:v>4106</x:v>
+      </x:c>
+      <x:c r="AE46" s="3" t="n">
+        <x:v>4157</x:v>
+      </x:c>
+      <x:c r="AF46" s="3" t="n">
+        <x:v>4262</x:v>
+      </x:c>
+      <x:c r="AG46" s="3" t="n">
+        <x:v>4393</x:v>
+      </x:c>
+      <x:c r="AH46" s="3" t="n">
+        <x:v>4456</x:v>
+      </x:c>
+      <x:c r="AI46" s="3" t="n">
+        <x:v>4589</x:v>
+      </x:c>
+      <x:c r="AJ46" s="3" t="n">
+        <x:v>4802</x:v>
+      </x:c>
+      <x:c r="AK46" s="3" t="n">
+        <x:v>4992</x:v>
+      </x:c>
+      <x:c r="AL46" s="3" t="n">
+        <x:v>5183</x:v>
+      </x:c>
+      <x:c r="AM46" s="3" t="n">
+        <x:v>5212</x:v>
+      </x:c>
+      <x:c r="AN46" s="3" t="n">
+        <x:v>5250</x:v>
+      </x:c>
+      <x:c r="AO46" s="3" t="n">
+        <x:v>5477</x:v>
+      </x:c>
+      <x:c r="AP46" s="3" t="n">
+        <x:v>5670</x:v>
+      </x:c>
+      <x:c r="AQ46" s="3" t="n">
+        <x:v>5705</x:v>
+      </x:c>
+      <x:c r="AR46" s="3" t="n">
+        <x:v>5755</x:v>
+      </x:c>
+      <x:c r="AS46" s="3" t="n">
+        <x:v>5891</x:v>
+      </x:c>
+      <x:c r="AT46" s="3" t="n">
+        <x:v>5801</x:v>
+      </x:c>
+      <x:c r="AU46" s="3" t="n">
+        <x:v>5909</x:v>
+      </x:c>
+      <x:c r="AV46" s="3" t="n">
+        <x:v>5952</x:v>
+      </x:c>
+      <x:c r="AW46" s="3" t="n">
+        <x:v>6086</x:v>
+      </x:c>
+      <x:c r="AX46" s="3" t="n">
+        <x:v>6168</x:v>
+      </x:c>
+      <x:c r="AY46" s="3" t="n">
+        <x:v>6179</x:v>
+      </x:c>
+      <x:c r="AZ46" s="3" t="n">
+        <x:v>6301</x:v>
+      </x:c>
+      <x:c r="BA46" s="3" t="n">
+        <x:v>6500</x:v>
+      </x:c>
+      <x:c r="BB46" s="3" t="n">
+        <x:v>6542</x:v>
+      </x:c>
+      <x:c r="BC46" s="3" t="n">
+        <x:v>6599</x:v>
+      </x:c>
+      <x:c r="BD46" s="3" t="n">
+        <x:v>6714</x:v>
+      </x:c>
+      <x:c r="BE46" s="3" t="n">
         <x:v>6885</x:v>
       </x:c>
-      <x:c r="AA44" s="3" t="n">
-[...492 lines deleted...]
-        <x:v>70166</x:v>
+      <x:c r="BF46" s="3" t="n">
+        <x:v>6927</x:v>
+      </x:c>
+      <x:c r="BG46" s="3" t="n">
+        <x:v>6985</x:v>
+      </x:c>
+      <x:c r="BH46" s="3" t="n">
+        <x:v>7095</x:v>
+      </x:c>
+      <x:c r="BI46" s="3" t="n">
+        <x:v>7280</x:v>
+      </x:c>
+      <x:c r="BJ46" s="3" t="n">
+        <x:v>7287</x:v>
+      </x:c>
+      <x:c r="BK46" s="3" t="n">
+        <x:v>7297</x:v>
+      </x:c>
+      <x:c r="BL46" s="3" t="n">
+        <x:v>7418</x:v>
+      </x:c>
+      <x:c r="BM46" s="3" t="n">
+        <x:v>7645</x:v>
+      </x:c>
+      <x:c r="BN46" s="3" t="n">
+        <x:v>7612</x:v>
+      </x:c>
+      <x:c r="BO46" s="3" t="n">
+        <x:v>7774</x:v>
+      </x:c>
+      <x:c r="BP46" s="3" t="n">
+        <x:v>7878</x:v>
+      </x:c>
+      <x:c r="BQ46" s="3" t="n">
+        <x:v>8057</x:v>
+      </x:c>
+      <x:c r="BR46" s="3" t="n">
+        <x:v>8114</x:v>
+      </x:c>
+      <x:c r="BS46" s="3" t="n">
+        <x:v>8187</x:v>
+      </x:c>
+      <x:c r="BT46" s="3" t="n">
+        <x:v>8330</x:v>
+      </x:c>
+      <x:c r="BU46" s="3" t="n">
+        <x:v>8575</x:v>
+      </x:c>
+      <x:c r="BV46" s="3" t="n">
+        <x:v>8569</x:v>
+      </x:c>
+      <x:c r="BW46" s="3" t="n">
+        <x:v>8616</x:v>
+      </x:c>
+      <x:c r="BX46" s="3" t="n">
+        <x:v>8901</x:v>
+      </x:c>
+      <x:c r="BY46" s="3" t="n">
+        <x:v>9246</x:v>
+      </x:c>
+      <x:c r="BZ46" s="3" t="n">
+        <x:v>9102</x:v>
+      </x:c>
+      <x:c r="CA46" s="3" t="n">
+        <x:v>9270</x:v>
+      </x:c>
+      <x:c r="CB46" s="3" t="n">
+        <x:v>9433</x:v>
+      </x:c>
+      <x:c r="CC46" s="3" t="n">
+        <x:v>9693</x:v>
+      </x:c>
+      <x:c r="CD46" s="3" t="n">
+        <x:v>9658</x:v>
+      </x:c>
+      <x:c r="CE46" s="3" t="n">
+        <x:v>9775</x:v>
+      </x:c>
+      <x:c r="CF46" s="3" t="n">
+        <x:v>10058</x:v>
+      </x:c>
+      <x:c r="CG46" s="3" t="n">
+        <x:v>10474</x:v>
+      </x:c>
+      <x:c r="CH46" s="3" t="n">
+        <x:v>10490</x:v>
+      </x:c>
+      <x:c r="CI46" s="3" t="n">
+        <x:v>10667</x:v>
+      </x:c>
+      <x:c r="CJ46" s="3" t="n">
+        <x:v>10909</x:v>
+      </x:c>
+      <x:c r="CK46" s="3" t="n">
+        <x:v>11131</x:v>
+      </x:c>
+      <x:c r="CL46" s="3" t="n">
+        <x:v>11356</x:v>
+      </x:c>
+      <x:c r="CM46" s="3" t="n">
+        <x:v>11387</x:v>
+      </x:c>
+      <x:c r="CN46" s="3" t="n">
+        <x:v>11562</x:v>
+      </x:c>
+      <x:c r="CO46" s="3" t="n">
+        <x:v>11860</x:v>
+      </x:c>
+      <x:c r="CP46" s="3" t="n">
+        <x:v>11909</x:v>
+      </x:c>
+      <x:c r="CQ46" s="3" t="n">
+        <x:v>11669</x:v>
+      </x:c>
+      <x:c r="CR46" s="3" t="n">
+        <x:v>11852</x:v>
+      </x:c>
+      <x:c r="CS46" s="3" t="n">
+        <x:v>12271</x:v>
+      </x:c>
+      <x:c r="CT46" s="3" t="n">
+        <x:v>12721</x:v>
+      </x:c>
+      <x:c r="CU46" s="3" t="n">
+        <x:v>12960</x:v>
+      </x:c>
+      <x:c r="CV46" s="3" t="n">
+        <x:v>13092</x:v>
+      </x:c>
+      <x:c r="CW46" s="3" t="n">
+        <x:v>13409</x:v>
+      </x:c>
+      <x:c r="CX46" s="3" t="n">
+        <x:v>13556</x:v>
+      </x:c>
+      <x:c r="CY46" s="3" t="n">
+        <x:v>13567</x:v>
+      </x:c>
+      <x:c r="CZ46" s="3" t="n">
+        <x:v>13622</x:v>
+      </x:c>
+      <x:c r="DA46" s="3" t="n">
+        <x:v>14003</x:v>
+      </x:c>
+      <x:c r="DB46" s="3" t="n">
+        <x:v>14286</x:v>
+      </x:c>
+      <x:c r="DC46" s="3" t="n">
+        <x:v>14357</x:v>
+      </x:c>
+      <x:c r="DD46" s="3" t="n">
+        <x:v>14575</x:v>
+      </x:c>
+      <x:c r="DE46" s="3" t="n">
+        <x:v>14993</x:v>
+      </x:c>
+      <x:c r="DF46" s="3" t="n">
+        <x:v>15278</x:v>
+      </x:c>
+      <x:c r="DG46" s="3" t="n">
+        <x:v>15625</x:v>
+      </x:c>
+      <x:c r="DH46" s="3" t="n">
+        <x:v>15439</x:v>
+      </x:c>
+      <x:c r="DI46" s="3" t="n">
+        <x:v>16182</x:v>
+      </x:c>
+      <x:c r="DJ46" s="3" t="n">
+        <x:v>16453</x:v>
+      </x:c>
+      <x:c r="DK46" s="3" t="n">
+        <x:v>16792</x:v>
+      </x:c>
+      <x:c r="DL46" s="3" t="n">
+        <x:v>16490</x:v>
+      </x:c>
+      <x:c r="DM46" s="3" t="n">
+        <x:v>17313</x:v>
+      </x:c>
+      <x:c r="DN46" s="3" t="n">
+        <x:v>18684</x:v>
+      </x:c>
+      <x:c r="DO46" s="3" t="n">
+        <x:v>18966</x:v>
+      </x:c>
+      <x:c r="DP46" s="3" t="n">
+        <x:v>18628</x:v>
+      </x:c>
+      <x:c r="DQ46" s="3" t="n">
+        <x:v>19591</x:v>
+      </x:c>
+      <x:c r="DR46" s="3" t="n">
+        <x:v>20005</x:v>
+      </x:c>
+      <x:c r="DS46" s="3" t="n">
+        <x:v>20707</x:v>
+      </x:c>
+      <x:c r="DT46" s="3" t="n">
+        <x:v>19952</x:v>
+      </x:c>
+      <x:c r="DU46" s="3" t="n">
+        <x:v>21583</x:v>
+      </x:c>
+      <x:c r="DV46" s="3" t="n">
+        <x:v>21751</x:v>
+      </x:c>
+      <x:c r="DW46" s="3" t="n">
+        <x:v>21549</x:v>
+      </x:c>
+      <x:c r="DX46" s="3" t="n">
+        <x:v>21275</x:v>
+      </x:c>
+      <x:c r="DY46" s="3" t="n">
+        <x:v>23360</x:v>
+      </x:c>
+      <x:c r="DZ46" s="3" t="n">
+        <x:v>22391</x:v>
+      </x:c>
+      <x:c r="EA46" s="3" t="n">
+        <x:v>21996</x:v>
+      </x:c>
+      <x:c r="EB46" s="3" t="n">
+        <x:v>21650</x:v>
+      </x:c>
+      <x:c r="EC46" s="3" t="n">
+        <x:v>24054</x:v>
+      </x:c>
+      <x:c r="ED46" s="3" t="n">
+        <x:v>23434</x:v>
+      </x:c>
+      <x:c r="EE46" s="3" t="n">
+        <x:v>22893</x:v>
+      </x:c>
+      <x:c r="EF46" s="3" t="n">
+        <x:v>22484</x:v>
+      </x:c>
+      <x:c r="EG46" s="3" t="n">
+        <x:v>24797</x:v>
+      </x:c>
+      <x:c r="EH46" s="3" t="n">
+        <x:v>24302</x:v>
+      </x:c>
+      <x:c r="EI46" s="3" t="n">
+        <x:v>23607</x:v>
+      </x:c>
+      <x:c r="EJ46" s="3" t="n">
+        <x:v>23329</x:v>
+      </x:c>
+      <x:c r="EK46" s="3" t="n">
+        <x:v>25423</x:v>
+      </x:c>
+      <x:c r="EL46" s="3" t="n">
+        <x:v>24550</x:v>
+      </x:c>
+      <x:c r="EM46" s="3" t="n">
+        <x:v>24778</x:v>
+      </x:c>
+      <x:c r="EN46" s="3" t="n">
+        <x:v>23868</x:v>
+      </x:c>
+      <x:c r="EO46" s="3" t="n">
+        <x:v>26216</x:v>
+      </x:c>
+      <x:c r="EP46" s="3" t="n">
+        <x:v>26515</x:v>
+      </x:c>
+      <x:c r="EQ46" s="3" t="n">
+        <x:v>25164</x:v>
+      </x:c>
+      <x:c r="ER46" s="3" t="n">
+        <x:v>25126</x:v>
+      </x:c>
+      <x:c r="ES46" s="3" t="n">
+        <x:v>27269</x:v>
+      </x:c>
+      <x:c r="ET46" s="3" t="n">
+        <x:v>27179</x:v>
+      </x:c>
+      <x:c r="EU46" s="3" t="n">
+        <x:v>26209</x:v>
+      </x:c>
+      <x:c r="EV46" s="3" t="n">
+        <x:v>25296</x:v>
+      </x:c>
+      <x:c r="EW46" s="3" t="n">
+        <x:v>28582</x:v>
+      </x:c>
+      <x:c r="EX46" s="3" t="n">
+        <x:v>26354</x:v>
+      </x:c>
+      <x:c r="EY46" s="3" t="n">
+        <x:v>28523</x:v>
+      </x:c>
+      <x:c r="EZ46" s="3" t="n">
+        <x:v>24405</x:v>
+      </x:c>
+      <x:c r="FA46" s="3" t="n">
+        <x:v>28508</x:v>
+      </x:c>
+      <x:c r="FB46" s="3" t="n">
+        <x:v>29418</x:v>
+      </x:c>
+      <x:c r="FC46" s="3" t="n">
+        <x:v>27605</x:v>
+      </x:c>
+      <x:c r="FD46" s="3" t="n">
+        <x:v>25135</x:v>
+      </x:c>
+      <x:c r="FE46" s="3" t="n">
+        <x:v>29449</x:v>
+      </x:c>
+      <x:c r="FF46" s="3" t="n">
+        <x:v>29172</x:v>
+      </x:c>
+      <x:c r="FG46" s="3" t="n">
+        <x:v>30266</x:v>
+      </x:c>
+      <x:c r="FH46" s="3" t="n">
+        <x:v>26098</x:v>
+      </x:c>
+      <x:c r="FI46" s="3" t="n">
+        <x:v>30755</x:v>
+      </x:c>
+      <x:c r="FJ46" s="3" t="n">
+        <x:v>30965</x:v>
+      </x:c>
+      <x:c r="FK46" s="3" t="n">
+        <x:v>29716</x:v>
+      </x:c>
+      <x:c r="FL46" s="3" t="n">
+        <x:v>28168</x:v>
+      </x:c>
+      <x:c r="FM46" s="3" t="n">
+        <x:v>33492</x:v>
+      </x:c>
+      <x:c r="FN46" s="3" t="n">
+        <x:v>33054</x:v>
+      </x:c>
+      <x:c r="FO46" s="3" t="n">
+        <x:v>23579</x:v>
+      </x:c>
+      <x:c r="FP46" s="3" t="n">
+        <x:v>28418</x:v>
+      </x:c>
+      <x:c r="FQ46" s="3" t="n">
+        <x:v>33080</x:v>
+      </x:c>
+      <x:c r="FR46" s="3" t="n">
+        <x:v>27582</x:v>
+      </x:c>
+      <x:c r="FS46" s="3" t="n">
+        <x:v>31161</x:v>
+      </x:c>
+      <x:c r="FT46" s="3" t="n">
+        <x:v>33952</x:v>
+      </x:c>
+      <x:c r="FU46" s="3" t="n">
+        <x:v>40993</x:v>
+      </x:c>
+      <x:c r="FV46" s="3" t="n">
+        <x:v>37512</x:v>
+      </x:c>
+      <x:c r="FW46" s="3" t="n">
+        <x:v>38750</x:v>
+      </x:c>
+      <x:c r="FX46" s="3" t="n">
+        <x:v>35714</x:v>
+      </x:c>
+      <x:c r="FY46" s="3" t="n">
+        <x:v>41142</x:v>
+      </x:c>
+      <x:c r="FZ46" s="3" t="n">
+        <x:v>43500</x:v>
+      </x:c>
+      <x:c r="GA46" s="3" t="n">
+        <x:v>40544</x:v>
+      </x:c>
+      <x:c r="GB46" s="3" t="n">
+        <x:v>38280</x:v>
+      </x:c>
+      <x:c r="GC46" s="3" t="n">
+        <x:v>44829</x:v>
+      </x:c>
+      <x:c r="GD46" s="3" t="n">
+        <x:v>43317</x:v>
+      </x:c>
+      <x:c r="GE46" s="3" t="n">
+        <x:v>45201</x:v>
+      </x:c>
+      <x:c r="GF46" s="3" t="n">
+        <x:v>42305</x:v>
+      </x:c>
+      <x:c r="GG46" s="3" t="n">
+        <x:v>46322</x:v>
+      </x:c>
+      <x:c r="GH46" s="3" t="n">
+        <x:v>46562</x:v>
+      </x:c>
+      <x:c r="GI46" s="3" t="n">
+        <x:v>47004</x:v>
+      </x:c>
+      <x:c r="GJ46" s="3" t="n">
+        <x:v>44506</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:191">
-[...1149 lines deleted...]
-    <x:row r="47" spans="1:191">
+    <x:row r="47" spans="1:192">
       <x:c r="A47" s="2" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
         <x:v>12800</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>13226</x:v>
       </x:c>
       <x:c r="D47" s="3" t="n">
         <x:v>12951</x:v>
       </x:c>
       <x:c r="E47" s="3" t="n">
         <x:v>13913</x:v>
       </x:c>
       <x:c r="F47" s="3" t="n">
         <x:v>14740</x:v>
       </x:c>
       <x:c r="G47" s="3" t="n">
         <x:v>13945</x:v>
       </x:c>
       <x:c r="H47" s="3" t="n">
         <x:v>13749</x:v>
       </x:c>
       <x:c r="I47" s="3" t="n">
         <x:v>14957</x:v>
       </x:c>
@@ -26291,275 +26430,278 @@
       <x:c r="DF47" s="3" t="n">
         <x:v>101581</x:v>
       </x:c>
       <x:c r="DG47" s="3" t="n">
         <x:v>105265</x:v>
       </x:c>
       <x:c r="DH47" s="3" t="n">
         <x:v>101862</x:v>
       </x:c>
       <x:c r="DI47" s="3" t="n">
         <x:v>106672</x:v>
       </x:c>
       <x:c r="DJ47" s="3" t="n">
         <x:v>111015</x:v>
       </x:c>
       <x:c r="DK47" s="3" t="n">
         <x:v>107223</x:v>
       </x:c>
       <x:c r="DL47" s="3" t="n">
         <x:v>109243</x:v>
       </x:c>
       <x:c r="DM47" s="3" t="n">
         <x:v>114096</x:v>
       </x:c>
       <x:c r="DN47" s="3" t="n">
-        <x:v>119075</x:v>
+        <x:v>118820</x:v>
       </x:c>
       <x:c r="DO47" s="3" t="n">
-        <x:v>116418</x:v>
+        <x:v>116170</x:v>
       </x:c>
       <x:c r="DP47" s="3" t="n">
-        <x:v>118482</x:v>
+        <x:v>118226</x:v>
       </x:c>
       <x:c r="DQ47" s="3" t="n">
-        <x:v>123480</x:v>
+        <x:v>123222</x:v>
       </x:c>
       <x:c r="DR47" s="3" t="n">
-        <x:v>125874</x:v>
+        <x:v>125606</x:v>
       </x:c>
       <x:c r="DS47" s="3" t="n">
-        <x:v>129336</x:v>
+        <x:v>129060</x:v>
       </x:c>
       <x:c r="DT47" s="3" t="n">
-        <x:v>132283</x:v>
+        <x:v>132000</x:v>
       </x:c>
       <x:c r="DU47" s="3" t="n">
-        <x:v>134748</x:v>
+        <x:v>134458</x:v>
       </x:c>
       <x:c r="DV47" s="3" t="n">
-        <x:v>138340</x:v>
+        <x:v>137617</x:v>
       </x:c>
       <x:c r="DW47" s="3" t="n">
-        <x:v>140678</x:v>
+        <x:v>139945</x:v>
       </x:c>
       <x:c r="DX47" s="3" t="n">
-        <x:v>143880</x:v>
+        <x:v>143133</x:v>
       </x:c>
       <x:c r="DY47" s="3" t="n">
-        <x:v>143327</x:v>
+        <x:v>142586</x:v>
       </x:c>
       <x:c r="DZ47" s="3" t="n">
-        <x:v>147841</x:v>
+        <x:v>147025</x:v>
       </x:c>
       <x:c r="EA47" s="3" t="n">
-        <x:v>148292</x:v>
+        <x:v>147471</x:v>
       </x:c>
       <x:c r="EB47" s="3" t="n">
-        <x:v>149928</x:v>
+        <x:v>149101</x:v>
       </x:c>
       <x:c r="EC47" s="3" t="n">
-        <x:v>151317</x:v>
+        <x:v>150487</x:v>
       </x:c>
       <x:c r="ED47" s="3" t="n">
-        <x:v>154383</x:v>
+        <x:v>153462</x:v>
       </x:c>
       <x:c r="EE47" s="3" t="n">
-        <x:v>156116</x:v>
+        <x:v>155185</x:v>
       </x:c>
       <x:c r="EF47" s="3" t="n">
-        <x:v>159575</x:v>
+        <x:v>158629</x:v>
       </x:c>
       <x:c r="EG47" s="3" t="n">
-        <x:v>161649</x:v>
+        <x:v>160692</x:v>
       </x:c>
       <x:c r="EH47" s="3" t="n">
-        <x:v>164057</x:v>
+        <x:v>163546</x:v>
       </x:c>
       <x:c r="EI47" s="3" t="n">
-        <x:v>164956</x:v>
+        <x:v>164443</x:v>
       </x:c>
       <x:c r="EJ47" s="3" t="n">
-        <x:v>167294</x:v>
+        <x:v>166775</x:v>
       </x:c>
       <x:c r="EK47" s="3" t="n">
-        <x:v>169230</x:v>
+        <x:v>168702</x:v>
       </x:c>
       <x:c r="EL47" s="3" t="n">
-        <x:v>172078</x:v>
+        <x:v>171617</x:v>
       </x:c>
       <x:c r="EM47" s="3" t="n">
-        <x:v>174988</x:v>
+        <x:v>174517</x:v>
       </x:c>
       <x:c r="EN47" s="3" t="n">
-        <x:v>176738</x:v>
+        <x:v>176264</x:v>
       </x:c>
       <x:c r="EO47" s="3" t="n">
-        <x:v>178759</x:v>
+        <x:v>178280</x:v>
       </x:c>
       <x:c r="EP47" s="3" t="n">
-        <x:v>181894</x:v>
+        <x:v>181021</x:v>
       </x:c>
       <x:c r="EQ47" s="3" t="n">
-        <x:v>184401</x:v>
+        <x:v>183518</x:v>
       </x:c>
       <x:c r="ER47" s="3" t="n">
-        <x:v>186981</x:v>
+        <x:v>186085</x:v>
       </x:c>
       <x:c r="ES47" s="3" t="n">
-        <x:v>189787</x:v>
+        <x:v>188882</x:v>
       </x:c>
       <x:c r="ET47" s="3" t="n">
-        <x:v>191524</x:v>
+        <x:v>190504</x:v>
       </x:c>
       <x:c r="EU47" s="3" t="n">
-        <x:v>201974</x:v>
+        <x:v>200882</x:v>
       </x:c>
       <x:c r="EV47" s="3" t="n">
-        <x:v>195811</x:v>
+        <x:v>194756</x:v>
       </x:c>
       <x:c r="EW47" s="3" t="n">
-        <x:v>194436</x:v>
+        <x:v>193445</x:v>
       </x:c>
       <x:c r="EX47" s="3" t="n">
-        <x:v>196651</x:v>
+        <x:v>195370</x:v>
       </x:c>
       <x:c r="EY47" s="3" t="n">
-        <x:v>209796</x:v>
+        <x:v>208425</x:v>
       </x:c>
       <x:c r="EZ47" s="3" t="n">
-        <x:v>202581</x:v>
+        <x:v>201245</x:v>
       </x:c>
       <x:c r="FA47" s="3" t="n">
-        <x:v>206856</x:v>
+        <x:v>205511</x:v>
       </x:c>
       <x:c r="FB47" s="3" t="n">
-        <x:v>208121</x:v>
+        <x:v>206746</x:v>
       </x:c>
       <x:c r="FC47" s="3" t="n">
-        <x:v>220256</x:v>
+        <x:v>218779</x:v>
       </x:c>
       <x:c r="FD47" s="3" t="n">
-        <x:v>212919</x:v>
+        <x:v>211449</x:v>
       </x:c>
       <x:c r="FE47" s="3" t="n">
-        <x:v>216599</x:v>
+        <x:v>215094</x:v>
       </x:c>
       <x:c r="FF47" s="3" t="n">
-        <x:v>218320</x:v>
+        <x:v>216747</x:v>
       </x:c>
       <x:c r="FG47" s="3" t="n">
-        <x:v>230418</x:v>
+        <x:v>228693</x:v>
       </x:c>
       <x:c r="FH47" s="3" t="n">
-        <x:v>221910</x:v>
+        <x:v>220196</x:v>
       </x:c>
       <x:c r="FI47" s="3" t="n">
-        <x:v>228435</x:v>
+        <x:v>226676</x:v>
       </x:c>
       <x:c r="FJ47" s="3" t="n">
-        <x:v>229216</x:v>
+        <x:v>227372</x:v>
       </x:c>
       <x:c r="FK47" s="3" t="n">
-        <x:v>241932</x:v>
+        <x:v>239961</x:v>
       </x:c>
       <x:c r="FL47" s="3" t="n">
-        <x:v>236072</x:v>
+        <x:v>234188</x:v>
       </x:c>
       <x:c r="FM47" s="3" t="n">
-        <x:v>239790</x:v>
+        <x:v>238020</x:v>
       </x:c>
       <x:c r="FN47" s="3" t="n">
-        <x:v>241269</x:v>
+        <x:v>239594</x:v>
       </x:c>
       <x:c r="FO47" s="3" t="n">
-        <x:v>249316</x:v>
+        <x:v>247647</x:v>
       </x:c>
       <x:c r="FP47" s="3" t="n">
-        <x:v>243112</x:v>
+        <x:v>241484</x:v>
       </x:c>
       <x:c r="FQ47" s="3" t="n">
-        <x:v>247655</x:v>
+        <x:v>246011</x:v>
       </x:c>
       <x:c r="FR47" s="3" t="n">
-        <x:v>252054</x:v>
+        <x:v>250297</x:v>
       </x:c>
       <x:c r="FS47" s="3" t="n">
-        <x:v>266225</x:v>
+        <x:v>264324</x:v>
       </x:c>
       <x:c r="FT47" s="3" t="n">
-        <x:v>258293</x:v>
+        <x:v>256544</x:v>
       </x:c>
       <x:c r="FU47" s="3" t="n">
-        <x:v>269717</x:v>
+        <x:v>268167</x:v>
       </x:c>
       <x:c r="FV47" s="3" t="n">
-        <x:v>270846</x:v>
+        <x:v>269510</x:v>
       </x:c>
       <x:c r="FW47" s="3" t="n">
-        <x:v>286801</x:v>
+        <x:v>285504</x:v>
       </x:c>
       <x:c r="FX47" s="3" t="n">
-        <x:v>278691</x:v>
+        <x:v>277411</x:v>
       </x:c>
       <x:c r="FY47" s="3" t="n">
-        <x:v>287384</x:v>
+        <x:v>285899</x:v>
       </x:c>
       <x:c r="FZ47" s="3" t="n">
-        <x:v>288216</x:v>
+        <x:v>286333</x:v>
       </x:c>
       <x:c r="GA47" s="3" t="n">
-        <x:v>305997</x:v>
+        <x:v>303716</x:v>
       </x:c>
       <x:c r="GB47" s="3" t="n">
-        <x:v>300008</x:v>
+        <x:v>297506</x:v>
       </x:c>
       <x:c r="GC47" s="3" t="n">
-        <x:v>314665</x:v>
+        <x:v>311940</x:v>
       </x:c>
       <x:c r="GD47" s="3" t="n">
-        <x:v>310445</x:v>
+        <x:v>307851</x:v>
       </x:c>
       <x:c r="GE47" s="3" t="n">
-        <x:v>326405</x:v>
+        <x:v>324527</x:v>
       </x:c>
       <x:c r="GF47" s="3" t="n">
-        <x:v>318074</x:v>
+        <x:v>316265</x:v>
       </x:c>
       <x:c r="GG47" s="3" t="n">
-        <x:v>326243</x:v>
+        <x:v>324593</x:v>
       </x:c>
       <x:c r="GH47" s="3" t="n">
-        <x:v>327257</x:v>
+        <x:v>323752</x:v>
       </x:c>
       <x:c r="GI47" s="3" t="n">
-        <x:v>345272</x:v>
+        <x:v>341771</x:v>
+      </x:c>
+      <x:c r="GJ47" s="3" t="n">
+        <x:v>331517</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:191">
+    <x:row r="48" spans="1:192">
       <x:c r="A48" s="2" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
         <x:v>4926</x:v>
       </x:c>
       <x:c r="C48" s="3" t="n">
         <x:v>5072</x:v>
       </x:c>
       <x:c r="D48" s="3" t="n">
         <x:v>5110</x:v>
       </x:c>
       <x:c r="E48" s="3" t="n">
         <x:v>5280</x:v>
       </x:c>
       <x:c r="F48" s="3" t="n">
         <x:v>5585</x:v>
       </x:c>
       <x:c r="G48" s="3" t="n">
         <x:v>5258</x:v>
       </x:c>
       <x:c r="H48" s="3" t="n">
         <x:v>5416</x:v>
       </x:c>
       <x:c r="I48" s="3" t="n">
         <x:v>5613</x:v>
       </x:c>
@@ -26866,275 +27008,278 @@
       <x:c r="DF48" s="3" t="n">
         <x:v>49158</x:v>
       </x:c>
       <x:c r="DG48" s="3" t="n">
         <x:v>50883</x:v>
       </x:c>
       <x:c r="DH48" s="3" t="n">
         <x:v>51051</x:v>
       </x:c>
       <x:c r="DI48" s="3" t="n">
         <x:v>51189</x:v>
       </x:c>
       <x:c r="DJ48" s="3" t="n">
         <x:v>54157</x:v>
       </x:c>
       <x:c r="DK48" s="3" t="n">
         <x:v>52562</x:v>
       </x:c>
       <x:c r="DL48" s="3" t="n">
         <x:v>54480</x:v>
       </x:c>
       <x:c r="DM48" s="3" t="n">
         <x:v>55343</x:v>
       </x:c>
       <x:c r="DN48" s="3" t="n">
-        <x:v>58261</x:v>
+        <x:v>58006</x:v>
       </x:c>
       <x:c r="DO48" s="3" t="n">
-        <x:v>56796</x:v>
+        <x:v>56547</x:v>
       </x:c>
       <x:c r="DP48" s="3" t="n">
-        <x:v>58615</x:v>
+        <x:v>58358</x:v>
       </x:c>
       <x:c r="DQ48" s="3" t="n">
-        <x:v>59322</x:v>
+        <x:v>59063</x:v>
       </x:c>
       <x:c r="DR48" s="3" t="n">
-        <x:v>60310</x:v>
+        <x:v>60042</x:v>
       </x:c>
       <x:c r="DS48" s="3" t="n">
-        <x:v>62076</x:v>
+        <x:v>61800</x:v>
       </x:c>
       <x:c r="DT48" s="3" t="n">
-        <x:v>63676</x:v>
+        <x:v>63392</x:v>
       </x:c>
       <x:c r="DU48" s="3" t="n">
-        <x:v>65099</x:v>
+        <x:v>64809</x:v>
       </x:c>
       <x:c r="DV48" s="3" t="n">
-        <x:v>66909</x:v>
+        <x:v>66187</x:v>
       </x:c>
       <x:c r="DW48" s="3" t="n">
-        <x:v>67723</x:v>
+        <x:v>66991</x:v>
       </x:c>
       <x:c r="DX48" s="3" t="n">
-        <x:v>69218</x:v>
+        <x:v>68471</x:v>
       </x:c>
       <x:c r="DY48" s="3" t="n">
-        <x:v>68600</x:v>
+        <x:v>67859</x:v>
       </x:c>
       <x:c r="DZ48" s="3" t="n">
-        <x:v>70081</x:v>
+        <x:v>69264</x:v>
       </x:c>
       <x:c r="EA48" s="3" t="n">
-        <x:v>70487</x:v>
+        <x:v>69665</x:v>
       </x:c>
       <x:c r="EB48" s="3" t="n">
-        <x:v>70977</x:v>
+        <x:v>70151</x:v>
       </x:c>
       <x:c r="EC48" s="3" t="n">
-        <x:v>71172</x:v>
+        <x:v>70342</x:v>
       </x:c>
       <x:c r="ED48" s="3" t="n">
-        <x:v>73033</x:v>
+        <x:v>72112</x:v>
       </x:c>
       <x:c r="EE48" s="3" t="n">
-        <x:v>73669</x:v>
+        <x:v>72739</x:v>
       </x:c>
       <x:c r="EF48" s="3" t="n">
-        <x:v>74906</x:v>
+        <x:v>73960</x:v>
       </x:c>
       <x:c r="EG48" s="3" t="n">
-        <x:v>75813</x:v>
+        <x:v>74856</x:v>
       </x:c>
       <x:c r="EH48" s="3" t="n">
-        <x:v>76814</x:v>
+        <x:v>76302</x:v>
       </x:c>
       <x:c r="EI48" s="3" t="n">
-        <x:v>77173</x:v>
+        <x:v>76661</x:v>
       </x:c>
       <x:c r="EJ48" s="3" t="n">
-        <x:v>78164</x:v>
+        <x:v>77645</x:v>
       </x:c>
       <x:c r="EK48" s="3" t="n">
-        <x:v>79103</x:v>
+        <x:v>78575</x:v>
       </x:c>
       <x:c r="EL48" s="3" t="n">
-        <x:v>80613</x:v>
+        <x:v>80151</x:v>
       </x:c>
       <x:c r="EM48" s="3" t="n">
-        <x:v>81699</x:v>
+        <x:v>81228</x:v>
       </x:c>
       <x:c r="EN48" s="3" t="n">
-        <x:v>82241</x:v>
+        <x:v>81767</x:v>
       </x:c>
       <x:c r="EO48" s="3" t="n">
-        <x:v>82981</x:v>
+        <x:v>82502</x:v>
       </x:c>
       <x:c r="EP48" s="3" t="n">
-        <x:v>84796</x:v>
+        <x:v>84578</x:v>
       </x:c>
       <x:c r="EQ48" s="3" t="n">
-        <x:v>86615</x:v>
+        <x:v>86390</x:v>
       </x:c>
       <x:c r="ER48" s="3" t="n">
-        <x:v>88017</x:v>
+        <x:v>87787</x:v>
       </x:c>
       <x:c r="ES48" s="3" t="n">
-        <x:v>89457</x:v>
+        <x:v>89222</x:v>
       </x:c>
       <x:c r="ET48" s="3" t="n">
-        <x:v>90317</x:v>
+        <x:v>90197</x:v>
       </x:c>
       <x:c r="EU48" s="3" t="n">
-        <x:v>94574</x:v>
+        <x:v>94449</x:v>
       </x:c>
       <x:c r="EV48" s="3" t="n">
-        <x:v>91632</x:v>
+        <x:v>91511</x:v>
       </x:c>
       <x:c r="EW48" s="3" t="n">
-        <x:v>94126</x:v>
+        <x:v>94005</x:v>
       </x:c>
       <x:c r="EX48" s="3" t="n">
-        <x:v>93273</x:v>
+        <x:v>92787</x:v>
       </x:c>
       <x:c r="EY48" s="3" t="n">
-        <x:v>98978</x:v>
+        <x:v>98458</x:v>
       </x:c>
       <x:c r="EZ48" s="3" t="n">
-        <x:v>94548</x:v>
+        <x:v>93996</x:v>
       </x:c>
       <x:c r="FA48" s="3" t="n">
-        <x:v>99177</x:v>
+        <x:v>98546</x:v>
       </x:c>
       <x:c r="FB48" s="3" t="n">
-        <x:v>97821</x:v>
+        <x:v>97127</x:v>
       </x:c>
       <x:c r="FC48" s="3" t="n">
-        <x:v>103942</x:v>
+        <x:v>103166</x:v>
       </x:c>
       <x:c r="FD48" s="3" t="n">
-        <x:v>99877</x:v>
+        <x:v>99096</x:v>
       </x:c>
       <x:c r="FE48" s="3" t="n">
-        <x:v>103455</x:v>
+        <x:v>102676</x:v>
       </x:c>
       <x:c r="FF48" s="3" t="n">
-        <x:v>102288</x:v>
+        <x:v>101567</x:v>
       </x:c>
       <x:c r="FG48" s="3" t="n">
-        <x:v>108207</x:v>
+        <x:v>107517</x:v>
       </x:c>
       <x:c r="FH48" s="3" t="n">
-        <x:v>103589</x:v>
+        <x:v>102975</x:v>
       </x:c>
       <x:c r="FI48" s="3" t="n">
-        <x:v>110110</x:v>
+        <x:v>109551</x:v>
       </x:c>
       <x:c r="FJ48" s="3" t="n">
-        <x:v>108114</x:v>
+        <x:v>107632</x:v>
       </x:c>
       <x:c r="FK48" s="3" t="n">
-        <x:v>114040</x:v>
+        <x:v>113565</x:v>
       </x:c>
       <x:c r="FL48" s="3" t="n">
-        <x:v>110078</x:v>
+        <x:v>109572</x:v>
       </x:c>
       <x:c r="FM48" s="3" t="n">
-        <x:v>115006</x:v>
+        <x:v>114372</x:v>
       </x:c>
       <x:c r="FN48" s="3" t="n">
-        <x:v>115306</x:v>
+        <x:v>114503</x:v>
       </x:c>
       <x:c r="FO48" s="3" t="n">
-        <x:v>119423</x:v>
+        <x:v>118452</x:v>
       </x:c>
       <x:c r="FP48" s="3" t="n">
-        <x:v>116052</x:v>
+        <x:v>115003</x:v>
       </x:c>
       <x:c r="FQ48" s="3" t="n">
-        <x:v>120711</x:v>
+        <x:v>119651</x:v>
       </x:c>
       <x:c r="FR48" s="3" t="n">
-        <x:v>120615</x:v>
+        <x:v>119599</x:v>
       </x:c>
       <x:c r="FS48" s="3" t="n">
-        <x:v>126778</x:v>
+        <x:v>125795</x:v>
       </x:c>
       <x:c r="FT48" s="3" t="n">
-        <x:v>122096</x:v>
+        <x:v>121232</x:v>
       </x:c>
       <x:c r="FU48" s="3" t="n">
-        <x:v>131779</x:v>
+        <x:v>131029</x:v>
       </x:c>
       <x:c r="FV48" s="3" t="n">
-        <x:v>129397</x:v>
+        <x:v>128838</x:v>
       </x:c>
       <x:c r="FW48" s="3" t="n">
-        <x:v>137741</x:v>
+        <x:v>137248</x:v>
       </x:c>
       <x:c r="FX48" s="3" t="n">
-        <x:v>133391</x:v>
+        <x:v>132860</x:v>
       </x:c>
       <x:c r="FY48" s="3" t="n">
-        <x:v>142646</x:v>
+        <x:v>141940</x:v>
       </x:c>
       <x:c r="FZ48" s="3" t="n">
-        <x:v>139918</x:v>
+        <x:v>138961</x:v>
       </x:c>
       <x:c r="GA48" s="3" t="n">
-        <x:v>148008</x:v>
+        <x:v>146783</x:v>
       </x:c>
       <x:c r="GB48" s="3" t="n">
-        <x:v>143237</x:v>
+        <x:v>141862</x:v>
       </x:c>
       <x:c r="GC48" s="3" t="n">
-        <x:v>156298</x:v>
+        <x:v>154794</x:v>
       </x:c>
       <x:c r="GD48" s="3" t="n">
-        <x:v>150687</x:v>
+        <x:v>148918</x:v>
       </x:c>
       <x:c r="GE48" s="3" t="n">
-        <x:v>159675</x:v>
+        <x:v>158242</x:v>
       </x:c>
       <x:c r="GF48" s="3" t="n">
-        <x:v>153233</x:v>
+        <x:v>152469</x:v>
       </x:c>
       <x:c r="GG48" s="3" t="n">
-        <x:v>161989</x:v>
+        <x:v>161481</x:v>
       </x:c>
       <x:c r="GH48" s="3" t="n">
-        <x:v>159969</x:v>
+        <x:v>157852</x:v>
       </x:c>
       <x:c r="GI48" s="3" t="n">
-        <x:v>171043</x:v>
+        <x:v>169145</x:v>
+      </x:c>
+      <x:c r="GJ48" s="3" t="n">
+        <x:v>162497</x:v>
       </x:c>
     </x:row>
-    <x:row r="49" spans="1:191">
+    <x:row r="49" spans="1:192">
       <x:c r="A49" s="2" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
         <x:v>3356</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>3456</x:v>
       </x:c>
       <x:c r="D49" s="3" t="n">
         <x:v>3504</x:v>
       </x:c>
       <x:c r="E49" s="3" t="n">
         <x:v>3587</x:v>
       </x:c>
       <x:c r="F49" s="3" t="n">
         <x:v>3827</x:v>
       </x:c>
       <x:c r="G49" s="3" t="n">
         <x:v>3614</x:v>
       </x:c>
       <x:c r="H49" s="3" t="n">
         <x:v>3757</x:v>
       </x:c>
       <x:c r="I49" s="3" t="n">
         <x:v>3862</x:v>
       </x:c>
@@ -27441,275 +27586,278 @@
       <x:c r="DF49" s="3" t="n">
         <x:v>41255</x:v>
       </x:c>
       <x:c r="DG49" s="3" t="n">
         <x:v>43144</x:v>
       </x:c>
       <x:c r="DH49" s="3" t="n">
         <x:v>43628</x:v>
       </x:c>
       <x:c r="DI49" s="3" t="n">
         <x:v>43682</x:v>
       </x:c>
       <x:c r="DJ49" s="3" t="n">
         <x:v>46310</x:v>
       </x:c>
       <x:c r="DK49" s="3" t="n">
         <x:v>44906</x:v>
       </x:c>
       <x:c r="DL49" s="3" t="n">
         <x:v>46606</x:v>
       </x:c>
       <x:c r="DM49" s="3" t="n">
         <x:v>47114</x:v>
       </x:c>
       <x:c r="DN49" s="3" t="n">
-        <x:v>50038</x:v>
+        <x:v>49835</x:v>
       </x:c>
       <x:c r="DO49" s="3" t="n">
-        <x:v>48690</x:v>
+        <x:v>48492</x:v>
       </x:c>
       <x:c r="DP49" s="3" t="n">
-        <x:v>50415</x:v>
+        <x:v>50210</x:v>
       </x:c>
       <x:c r="DQ49" s="3" t="n">
-        <x:v>50849</x:v>
+        <x:v>50643</x:v>
       </x:c>
       <x:c r="DR49" s="3" t="n">
-        <x:v>52122</x:v>
+        <x:v>51909</x:v>
       </x:c>
       <x:c r="DS49" s="3" t="n">
-        <x:v>53646</x:v>
+        <x:v>53427</x:v>
       </x:c>
       <x:c r="DT49" s="3" t="n">
-        <x:v>54982</x:v>
+        <x:v>54757</x:v>
       </x:c>
       <x:c r="DU49" s="3" t="n">
-        <x:v>56045</x:v>
+        <x:v>55816</x:v>
       </x:c>
       <x:c r="DV49" s="3" t="n">
-        <x:v>57677</x:v>
+        <x:v>57074</x:v>
       </x:c>
       <x:c r="DW49" s="3" t="n">
-        <x:v>58267</x:v>
+        <x:v>57657</x:v>
       </x:c>
       <x:c r="DX49" s="3" t="n">
-        <x:v>59920</x:v>
+        <x:v>59294</x:v>
       </x:c>
       <x:c r="DY49" s="3" t="n">
-        <x:v>59628</x:v>
+        <x:v>59004</x:v>
       </x:c>
       <x:c r="DZ49" s="3" t="n">
-        <x:v>60652</x:v>
+        <x:v>59945</x:v>
       </x:c>
       <x:c r="EA49" s="3" t="n">
-        <x:v>61010</x:v>
+        <x:v>60298</x:v>
       </x:c>
       <x:c r="EB49" s="3" t="n">
-        <x:v>61599</x:v>
+        <x:v>60881</x:v>
       </x:c>
       <x:c r="EC49" s="3" t="n">
-        <x:v>61838</x:v>
+        <x:v>61116</x:v>
       </x:c>
       <x:c r="ED49" s="3" t="n">
-        <x:v>63789</x:v>
+        <x:v>63069</x:v>
       </x:c>
       <x:c r="EE49" s="3" t="n">
-        <x:v>64202</x:v>
+        <x:v>63478</x:v>
       </x:c>
       <x:c r="EF49" s="3" t="n">
+        <x:v>64559</x:v>
+      </x:c>
+      <x:c r="EG49" s="3" t="n">
         <x:v>65295</x:v>
       </x:c>
-      <x:c r="EG49" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="EH49" s="3" t="n">
-        <x:v>67104</x:v>
+        <x:v>66592</x:v>
       </x:c>
       <x:c r="EI49" s="3" t="n">
-        <x:v>67459</x:v>
+        <x:v>66946</x:v>
       </x:c>
       <x:c r="EJ49" s="3" t="n">
-        <x:v>68375</x:v>
+        <x:v>67856</x:v>
       </x:c>
       <x:c r="EK49" s="3" t="n">
-        <x:v>69247</x:v>
+        <x:v>68720</x:v>
       </x:c>
       <x:c r="EL49" s="3" t="n">
-        <x:v>70677</x:v>
+        <x:v>70216</x:v>
       </x:c>
       <x:c r="EM49" s="3" t="n">
-        <x:v>71695</x:v>
+        <x:v>71224</x:v>
       </x:c>
       <x:c r="EN49" s="3" t="n">
-        <x:v>72200</x:v>
+        <x:v>71726</x:v>
       </x:c>
       <x:c r="EO49" s="3" t="n">
-        <x:v>72943</x:v>
+        <x:v>72464</x:v>
       </x:c>
       <x:c r="EP49" s="3" t="n">
-        <x:v>74525</x:v>
+        <x:v>74307</x:v>
       </x:c>
       <x:c r="EQ49" s="3" t="n">
-        <x:v>76226</x:v>
+        <x:v>76001</x:v>
       </x:c>
       <x:c r="ER49" s="3" t="n">
-        <x:v>77544</x:v>
+        <x:v>77314</x:v>
       </x:c>
       <x:c r="ES49" s="3" t="n">
-        <x:v>78960</x:v>
+        <x:v>78725</x:v>
       </x:c>
       <x:c r="ET49" s="3" t="n">
-        <x:v>79961</x:v>
+        <x:v>79840</x:v>
       </x:c>
       <x:c r="EU49" s="3" t="n">
-        <x:v>83414</x:v>
+        <x:v>83289</x:v>
       </x:c>
       <x:c r="EV49" s="3" t="n">
-        <x:v>81161</x:v>
+        <x:v>81040</x:v>
       </x:c>
       <x:c r="EW49" s="3" t="n">
-        <x:v>83082</x:v>
+        <x:v>82961</x:v>
       </x:c>
       <x:c r="EX49" s="3" t="n">
-        <x:v>82656</x:v>
+        <x:v>82170</x:v>
       </x:c>
       <x:c r="EY49" s="3" t="n">
-        <x:v>87570</x:v>
+        <x:v>87050</x:v>
       </x:c>
       <x:c r="EZ49" s="3" t="n">
-        <x:v>83833</x:v>
+        <x:v>83281</x:v>
       </x:c>
       <x:c r="FA49" s="3" t="n">
-        <x:v>87805</x:v>
+        <x:v>87175</x:v>
       </x:c>
       <x:c r="FB49" s="3" t="n">
-        <x:v>87034</x:v>
+        <x:v>86340</x:v>
       </x:c>
       <x:c r="FC49" s="3" t="n">
-        <x:v>92220</x:v>
+        <x:v>91444</x:v>
       </x:c>
       <x:c r="FD49" s="3" t="n">
-        <x:v>88863</x:v>
+        <x:v>88082</x:v>
       </x:c>
       <x:c r="FE49" s="3" t="n">
-        <x:v>91775</x:v>
+        <x:v>90996</x:v>
       </x:c>
       <x:c r="FF49" s="3" t="n">
-        <x:v>91085</x:v>
+        <x:v>90364</x:v>
       </x:c>
       <x:c r="FG49" s="3" t="n">
-        <x:v>96133</x:v>
+        <x:v>95442</x:v>
       </x:c>
       <x:c r="FH49" s="3" t="n">
-        <x:v>92130</x:v>
+        <x:v>91516</x:v>
       </x:c>
       <x:c r="FI49" s="3" t="n">
-        <x:v>97101</x:v>
+        <x:v>96542</x:v>
       </x:c>
       <x:c r="FJ49" s="3" t="n">
-        <x:v>96102</x:v>
+        <x:v>95620</x:v>
       </x:c>
       <x:c r="FK49" s="3" t="n">
-        <x:v>100982</x:v>
+        <x:v>100506</x:v>
       </x:c>
       <x:c r="FL49" s="3" t="n">
-        <x:v>97566</x:v>
+        <x:v>97060</x:v>
       </x:c>
       <x:c r="FM49" s="3" t="n">
-        <x:v>101685</x:v>
+        <x:v>101051</x:v>
       </x:c>
       <x:c r="FN49" s="3" t="n">
-        <x:v>102388</x:v>
+        <x:v>101585</x:v>
       </x:c>
       <x:c r="FO49" s="3" t="n">
-        <x:v>105341</x:v>
+        <x:v>104369</x:v>
       </x:c>
       <x:c r="FP49" s="3" t="n">
-        <x:v>102994</x:v>
+        <x:v>101945</x:v>
       </x:c>
       <x:c r="FQ49" s="3" t="n">
-        <x:v>106749</x:v>
+        <x:v>105688</x:v>
       </x:c>
       <x:c r="FR49" s="3" t="n">
-        <x:v>106680</x:v>
+        <x:v>105662</x:v>
       </x:c>
       <x:c r="FS49" s="3" t="n">
-        <x:v>112026</x:v>
+        <x:v>111041</x:v>
       </x:c>
       <x:c r="FT49" s="3" t="n">
-        <x:v>107819</x:v>
+        <x:v>106955</x:v>
       </x:c>
       <x:c r="FU49" s="3" t="n">
-        <x:v>116183</x:v>
+        <x:v>115438</x:v>
       </x:c>
       <x:c r="FV49" s="3" t="n">
-        <x:v>114294</x:v>
+        <x:v>113743</x:v>
       </x:c>
       <x:c r="FW49" s="3" t="n">
-        <x:v>120938</x:v>
+        <x:v>120457</x:v>
       </x:c>
       <x:c r="FX49" s="3" t="n">
-        <x:v>117374</x:v>
+        <x:v>116854</x:v>
       </x:c>
       <x:c r="FY49" s="3" t="n">
-        <x:v>125249</x:v>
+        <x:v>124550</x:v>
       </x:c>
       <x:c r="FZ49" s="3" t="n">
-        <x:v>122839</x:v>
+        <x:v>121882</x:v>
       </x:c>
       <x:c r="GA49" s="3" t="n">
-        <x:v>129429</x:v>
+        <x:v>128196</x:v>
       </x:c>
       <x:c r="GB49" s="3" t="n">
-        <x:v>125229</x:v>
+        <x:v>123843</x:v>
       </x:c>
       <x:c r="GC49" s="3" t="n">
-        <x:v>136800</x:v>
+        <x:v>135282</x:v>
       </x:c>
       <x:c r="GD49" s="3" t="n">
-        <x:v>131495</x:v>
+        <x:v>129757</x:v>
       </x:c>
       <x:c r="GE49" s="3" t="n">
-        <x:v>138604</x:v>
+        <x:v>137247</x:v>
       </x:c>
       <x:c r="GF49" s="3" t="n">
-        <x:v>133265</x:v>
+        <x:v>132397</x:v>
       </x:c>
       <x:c r="GG49" s="3" t="n">
-        <x:v>140649</x:v>
+        <x:v>139929</x:v>
       </x:c>
       <x:c r="GH49" s="3" t="n">
-        <x:v>138674</x:v>
+        <x:v>136593</x:v>
       </x:c>
       <x:c r="GI49" s="3" t="n">
-        <x:v>147042</x:v>
+        <x:v>145452</x:v>
+      </x:c>
+      <x:c r="GJ49" s="3" t="n">
+        <x:v>140282</x:v>
       </x:c>
     </x:row>
-    <x:row r="50" spans="1:191">
+    <x:row r="50" spans="1:192">
       <x:c r="A50" s="2" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
         <x:v>1570</x:v>
       </x:c>
       <x:c r="C50" s="3" t="n">
         <x:v>1616</x:v>
       </x:c>
       <x:c r="D50" s="3" t="n">
         <x:v>1606</x:v>
       </x:c>
       <x:c r="E50" s="3" t="n">
         <x:v>1693</x:v>
       </x:c>
       <x:c r="F50" s="3" t="n">
         <x:v>1758</x:v>
       </x:c>
       <x:c r="G50" s="3" t="n">
         <x:v>1644</x:v>
       </x:c>
       <x:c r="H50" s="3" t="n">
         <x:v>1659</x:v>
       </x:c>
       <x:c r="I50" s="3" t="n">
         <x:v>1752</x:v>
       </x:c>
@@ -28016,108 +28164,108 @@
       <x:c r="DF50" s="3" t="n">
         <x:v>7903</x:v>
       </x:c>
       <x:c r="DG50" s="3" t="n">
         <x:v>7740</x:v>
       </x:c>
       <x:c r="DH50" s="3" t="n">
         <x:v>7422</x:v>
       </x:c>
       <x:c r="DI50" s="3" t="n">
         <x:v>7507</x:v>
       </x:c>
       <x:c r="DJ50" s="3" t="n">
         <x:v>7847</x:v>
       </x:c>
       <x:c r="DK50" s="3" t="n">
         <x:v>7656</x:v>
       </x:c>
       <x:c r="DL50" s="3" t="n">
         <x:v>7874</x:v>
       </x:c>
       <x:c r="DM50" s="3" t="n">
         <x:v>8229</x:v>
       </x:c>
       <x:c r="DN50" s="3" t="n">
-        <x:v>8223</x:v>
+        <x:v>8172</x:v>
       </x:c>
       <x:c r="DO50" s="3" t="n">
-        <x:v>8105</x:v>
+        <x:v>8055</x:v>
       </x:c>
       <x:c r="DP50" s="3" t="n">
-        <x:v>8200</x:v>
+        <x:v>8149</x:v>
       </x:c>
       <x:c r="DQ50" s="3" t="n">
-        <x:v>8472</x:v>
+        <x:v>8420</x:v>
       </x:c>
       <x:c r="DR50" s="3" t="n">
-        <x:v>8188</x:v>
+        <x:v>8132</x:v>
       </x:c>
       <x:c r="DS50" s="3" t="n">
-        <x:v>8430</x:v>
+        <x:v>8372</x:v>
       </x:c>
       <x:c r="DT50" s="3" t="n">
-        <x:v>8694</x:v>
+        <x:v>8635</x:v>
       </x:c>
       <x:c r="DU50" s="3" t="n">
-        <x:v>9054</x:v>
+        <x:v>8993</x:v>
       </x:c>
       <x:c r="DV50" s="3" t="n">
-        <x:v>9232</x:v>
+        <x:v>9113</x:v>
       </x:c>
       <x:c r="DW50" s="3" t="n">
-        <x:v>9456</x:v>
+        <x:v>9334</x:v>
       </x:c>
       <x:c r="DX50" s="3" t="n">
-        <x:v>9298</x:v>
+        <x:v>9177</x:v>
       </x:c>
       <x:c r="DY50" s="3" t="n">
-        <x:v>8971</x:v>
+        <x:v>8855</x:v>
       </x:c>
       <x:c r="DZ50" s="3" t="n">
-        <x:v>9428</x:v>
+        <x:v>9319</x:v>
       </x:c>
       <x:c r="EA50" s="3" t="n">
-        <x:v>9477</x:v>
+        <x:v>9367</x:v>
       </x:c>
       <x:c r="EB50" s="3" t="n">
-        <x:v>9378</x:v>
+        <x:v>9270</x:v>
       </x:c>
       <x:c r="EC50" s="3" t="n">
-        <x:v>9334</x:v>
+        <x:v>9226</x:v>
       </x:c>
       <x:c r="ED50" s="3" t="n">
-        <x:v>9244</x:v>
+        <x:v>9043</x:v>
       </x:c>
       <x:c r="EE50" s="3" t="n">
-        <x:v>9468</x:v>
+        <x:v>9261</x:v>
       </x:c>
       <x:c r="EF50" s="3" t="n">
-        <x:v>9611</x:v>
+        <x:v>9402</x:v>
       </x:c>
       <x:c r="EG50" s="3" t="n">
-        <x:v>9774</x:v>
+        <x:v>9561</x:v>
       </x:c>
       <x:c r="EH50" s="3" t="n">
         <x:v>9710</x:v>
       </x:c>
       <x:c r="EI50" s="3" t="n">
         <x:v>9715</x:v>
       </x:c>
       <x:c r="EJ50" s="3" t="n">
         <x:v>9789</x:v>
       </x:c>
       <x:c r="EK50" s="3" t="n">
         <x:v>9856</x:v>
       </x:c>
       <x:c r="EL50" s="3" t="n">
         <x:v>9936</x:v>
       </x:c>
       <x:c r="EM50" s="3" t="n">
         <x:v>10004</x:v>
       </x:c>
       <x:c r="EN50" s="3" t="n">
         <x:v>10041</x:v>
       </x:c>
       <x:c r="EO50" s="3" t="n">
         <x:v>10038</x:v>
       </x:c>
@@ -28175,116 +28323,119 @@
       <x:c r="FG50" s="3" t="n">
         <x:v>12074</x:v>
       </x:c>
       <x:c r="FH50" s="3" t="n">
         <x:v>11459</x:v>
       </x:c>
       <x:c r="FI50" s="3" t="n">
         <x:v>13009</x:v>
       </x:c>
       <x:c r="FJ50" s="3" t="n">
         <x:v>12011</x:v>
       </x:c>
       <x:c r="FK50" s="3" t="n">
         <x:v>13059</x:v>
       </x:c>
       <x:c r="FL50" s="3" t="n">
         <x:v>12512</x:v>
       </x:c>
       <x:c r="FM50" s="3" t="n">
         <x:v>13321</x:v>
       </x:c>
       <x:c r="FN50" s="3" t="n">
         <x:v>12918</x:v>
       </x:c>
       <x:c r="FO50" s="3" t="n">
-        <x:v>14083</x:v>
+        <x:v>14082</x:v>
       </x:c>
       <x:c r="FP50" s="3" t="n">
         <x:v>13058</x:v>
       </x:c>
       <x:c r="FQ50" s="3" t="n">
-        <x:v>13962</x:v>
+        <x:v>13963</x:v>
       </x:c>
       <x:c r="FR50" s="3" t="n">
-        <x:v>13935</x:v>
+        <x:v>13937</x:v>
       </x:c>
       <x:c r="FS50" s="3" t="n">
-        <x:v>14752</x:v>
+        <x:v>14754</x:v>
       </x:c>
       <x:c r="FT50" s="3" t="n">
         <x:v>14277</x:v>
       </x:c>
       <x:c r="FU50" s="3" t="n">
-        <x:v>15595</x:v>
+        <x:v>15592</x:v>
       </x:c>
       <x:c r="FV50" s="3" t="n">
-        <x:v>15103</x:v>
+        <x:v>15094</x:v>
       </x:c>
       <x:c r="FW50" s="3" t="n">
-        <x:v>16803</x:v>
+        <x:v>16791</x:v>
       </x:c>
       <x:c r="FX50" s="3" t="n">
-        <x:v>16017</x:v>
+        <x:v>16006</x:v>
       </x:c>
       <x:c r="FY50" s="3" t="n">
-        <x:v>17397</x:v>
+        <x:v>17390</x:v>
       </x:c>
       <x:c r="FZ50" s="3" t="n">
         <x:v>17079</x:v>
       </x:c>
       <x:c r="GA50" s="3" t="n">
-        <x:v>18580</x:v>
+        <x:v>18587</x:v>
       </x:c>
       <x:c r="GB50" s="3" t="n">
-        <x:v>18008</x:v>
+        <x:v>18020</x:v>
       </x:c>
       <x:c r="GC50" s="3" t="n">
-        <x:v>19497</x:v>
+        <x:v>19512</x:v>
       </x:c>
       <x:c r="GD50" s="3" t="n">
-        <x:v>19192</x:v>
+        <x:v>19161</x:v>
       </x:c>
       <x:c r="GE50" s="3" t="n">
-        <x:v>21071</x:v>
+        <x:v>20995</x:v>
       </x:c>
       <x:c r="GF50" s="3" t="n">
-        <x:v>19968</x:v>
+        <x:v>20071</x:v>
       </x:c>
       <x:c r="GG50" s="3" t="n">
-        <x:v>21340</x:v>
+        <x:v>21552</x:v>
       </x:c>
       <x:c r="GH50" s="3" t="n">
-        <x:v>21295</x:v>
+        <x:v>21259</x:v>
       </x:c>
       <x:c r="GI50" s="3" t="n">
-        <x:v>24001</x:v>
+        <x:v>23693</x:v>
+      </x:c>
+      <x:c r="GJ50" s="3" t="n">
+        <x:v>22215</x:v>
       </x:c>
     </x:row>
-    <x:row r="51" spans="1:191">
+    <x:row r="51" spans="1:192">
       <x:c r="A51" s="2" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
         <x:v>7874</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>8154</x:v>
       </x:c>
       <x:c r="D51" s="3" t="n">
         <x:v>7841</x:v>
       </x:c>
       <x:c r="E51" s="3" t="n">
         <x:v>8633</x:v>
       </x:c>
       <x:c r="F51" s="3" t="n">
         <x:v>9155</x:v>
       </x:c>
       <x:c r="G51" s="3" t="n">
         <x:v>8687</x:v>
       </x:c>
       <x:c r="H51" s="3" t="n">
         <x:v>8333</x:v>
       </x:c>
       <x:c r="I51" s="3" t="n">
         <x:v>9343</x:v>
       </x:c>
@@ -28675,2621 +28826,2636 @@
       <x:c r="EH51" s="3" t="n">
         <x:v>87244</x:v>
       </x:c>
       <x:c r="EI51" s="3" t="n">
         <x:v>87782</x:v>
       </x:c>
       <x:c r="EJ51" s="3" t="n">
         <x:v>89130</x:v>
       </x:c>
       <x:c r="EK51" s="3" t="n">
         <x:v>90127</x:v>
       </x:c>
       <x:c r="EL51" s="3" t="n">
         <x:v>91465</x:v>
       </x:c>
       <x:c r="EM51" s="3" t="n">
         <x:v>93289</x:v>
       </x:c>
       <x:c r="EN51" s="3" t="n">
         <x:v>94497</x:v>
       </x:c>
       <x:c r="EO51" s="3" t="n">
         <x:v>95778</x:v>
       </x:c>
       <x:c r="EP51" s="3" t="n">
-        <x:v>97098</x:v>
+        <x:v>96443</x:v>
       </x:c>
       <x:c r="EQ51" s="3" t="n">
-        <x:v>97786</x:v>
+        <x:v>97128</x:v>
       </x:c>
       <x:c r="ER51" s="3" t="n">
-        <x:v>98964</x:v>
+        <x:v>98298</x:v>
       </x:c>
       <x:c r="ES51" s="3" t="n">
-        <x:v>100330</x:v>
+        <x:v>99660</x:v>
       </x:c>
       <x:c r="ET51" s="3" t="n">
-        <x:v>101206</x:v>
+        <x:v>100307</x:v>
       </x:c>
       <x:c r="EU51" s="3" t="n">
-        <x:v>107400</x:v>
+        <x:v>106433</x:v>
       </x:c>
       <x:c r="EV51" s="3" t="n">
-        <x:v>104180</x:v>
+        <x:v>103245</x:v>
       </x:c>
       <x:c r="EW51" s="3" t="n">
-        <x:v>100310</x:v>
+        <x:v>99440</x:v>
       </x:c>
       <x:c r="EX51" s="3" t="n">
-        <x:v>103378</x:v>
+        <x:v>102584</x:v>
       </x:c>
       <x:c r="EY51" s="3" t="n">
-        <x:v>110818</x:v>
+        <x:v>109967</x:v>
       </x:c>
       <x:c r="EZ51" s="3" t="n">
-        <x:v>108033</x:v>
+        <x:v>107249</x:v>
       </x:c>
       <x:c r="FA51" s="3" t="n">
-        <x:v>107679</x:v>
+        <x:v>106964</x:v>
       </x:c>
       <x:c r="FB51" s="3" t="n">
-        <x:v>110301</x:v>
+        <x:v>109619</x:v>
       </x:c>
       <x:c r="FC51" s="3" t="n">
-        <x:v>116314</x:v>
+        <x:v>115613</x:v>
       </x:c>
       <x:c r="FD51" s="3" t="n">
-        <x:v>113041</x:v>
+        <x:v>112353</x:v>
       </x:c>
       <x:c r="FE51" s="3" t="n">
-        <x:v>113144</x:v>
+        <x:v>112418</x:v>
       </x:c>
       <x:c r="FF51" s="3" t="n">
-        <x:v>116032</x:v>
+        <x:v>115180</x:v>
       </x:c>
       <x:c r="FG51" s="3" t="n">
-        <x:v>122211</x:v>
+        <x:v>121176</x:v>
       </x:c>
       <x:c r="FH51" s="3" t="n">
-        <x:v>118321</x:v>
+        <x:v>117221</x:v>
       </x:c>
       <x:c r="FI51" s="3" t="n">
-        <x:v>118325</x:v>
+        <x:v>117126</x:v>
       </x:c>
       <x:c r="FJ51" s="3" t="n">
-        <x:v>121102</x:v>
+        <x:v>119741</x:v>
       </x:c>
       <x:c r="FK51" s="3" t="n">
-        <x:v>127892</x:v>
+        <x:v>126396</x:v>
       </x:c>
       <x:c r="FL51" s="3" t="n">
-        <x:v>125994</x:v>
+        <x:v>124616</x:v>
       </x:c>
       <x:c r="FM51" s="3" t="n">
-        <x:v>124784</x:v>
+        <x:v>123649</x:v>
       </x:c>
       <x:c r="FN51" s="3" t="n">
-        <x:v>125962</x:v>
+        <x:v>125091</x:v>
       </x:c>
       <x:c r="FO51" s="3" t="n">
-        <x:v>129892</x:v>
+        <x:v>129196</x:v>
       </x:c>
       <x:c r="FP51" s="3" t="n">
-        <x:v>127060</x:v>
+        <x:v>126481</x:v>
       </x:c>
       <x:c r="FQ51" s="3" t="n">
-        <x:v>126944</x:v>
+        <x:v>126360</x:v>
       </x:c>
       <x:c r="FR51" s="3" t="n">
-        <x:v>131439</x:v>
+        <x:v>130699</x:v>
       </x:c>
       <x:c r="FS51" s="3" t="n">
-        <x:v>139447</x:v>
+        <x:v>138529</x:v>
       </x:c>
       <x:c r="FT51" s="3" t="n">
-        <x:v>136197</x:v>
+        <x:v>135312</x:v>
       </x:c>
       <x:c r="FU51" s="3" t="n">
-        <x:v>137939</x:v>
+        <x:v>137138</x:v>
       </x:c>
       <x:c r="FV51" s="3" t="n">
-        <x:v>141449</x:v>
+        <x:v>140672</x:v>
       </x:c>
       <x:c r="FW51" s="3" t="n">
-        <x:v>149060</x:v>
+        <x:v>148256</x:v>
       </x:c>
       <x:c r="FX51" s="3" t="n">
-        <x:v>145301</x:v>
+        <x:v>144551</x:v>
       </x:c>
       <x:c r="FY51" s="3" t="n">
-        <x:v>144738</x:v>
+        <x:v>143958</x:v>
       </x:c>
       <x:c r="FZ51" s="3" t="n">
-        <x:v>148298</x:v>
+        <x:v>147373</x:v>
       </x:c>
       <x:c r="GA51" s="3" t="n">
-        <x:v>157989</x:v>
+        <x:v>156934</x:v>
       </x:c>
       <x:c r="GB51" s="3" t="n">
-        <x:v>156771</x:v>
+        <x:v>155644</x:v>
       </x:c>
       <x:c r="GC51" s="3" t="n">
-        <x:v>158368</x:v>
+        <x:v>157146</x:v>
       </x:c>
       <x:c r="GD51" s="3" t="n">
-        <x:v>159758</x:v>
+        <x:v>158932</x:v>
       </x:c>
       <x:c r="GE51" s="3" t="n">
-        <x:v>166730</x:v>
+        <x:v>166285</x:v>
       </x:c>
       <x:c r="GF51" s="3" t="n">
-        <x:v>164841</x:v>
+        <x:v>163797</x:v>
       </x:c>
       <x:c r="GG51" s="3" t="n">
-        <x:v>164254</x:v>
+        <x:v>163112</x:v>
       </x:c>
       <x:c r="GH51" s="3" t="n">
-        <x:v>167288</x:v>
+        <x:v>165900</x:v>
       </x:c>
       <x:c r="GI51" s="3" t="n">
-        <x:v>174229</x:v>
+        <x:v>172626</x:v>
+      </x:c>
+      <x:c r="GJ51" s="3" t="n">
+        <x:v>169020</x:v>
       </x:c>
     </x:row>
-    <x:row r="52" spans="1:191">
+    <x:row r="52" spans="1:192">
       <x:c r="A52" s="2" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>88386</x:v>
+        <x:v>88448</x:v>
       </x:c>
       <x:c r="C52" s="3" t="n">
-        <x:v>95778</x:v>
+        <x:v>95841</x:v>
       </x:c>
       <x:c r="D52" s="3" t="n">
-        <x:v>93064</x:v>
+        <x:v>93128</x:v>
       </x:c>
       <x:c r="E52" s="3" t="n">
-        <x:v>100220</x:v>
+        <x:v>100281</x:v>
       </x:c>
       <x:c r="F52" s="3" t="n">
-        <x:v>100946</x:v>
+        <x:v>100957</x:v>
       </x:c>
       <x:c r="G52" s="3" t="n">
-        <x:v>100994</x:v>
+        <x:v>101006</x:v>
       </x:c>
       <x:c r="H52" s="3" t="n">
-        <x:v>101925</x:v>
+        <x:v>101935</x:v>
       </x:c>
       <x:c r="I52" s="3" t="n">
-        <x:v>108702</x:v>
+        <x:v>108709</x:v>
       </x:c>
       <x:c r="J52" s="3" t="n">
-        <x:v>113148</x:v>
+        <x:v>113101</x:v>
       </x:c>
       <x:c r="K52" s="3" t="n">
-        <x:v>115584</x:v>
+        <x:v>115522</x:v>
       </x:c>
       <x:c r="L52" s="3" t="n">
-        <x:v>116159</x:v>
+        <x:v>116093</x:v>
       </x:c>
       <x:c r="M52" s="3" t="n">
-        <x:v>123756</x:v>
+        <x:v>123698</x:v>
       </x:c>
       <x:c r="N52" s="3" t="n">
-        <x:v>127976</x:v>
+        <x:v>128000</x:v>
       </x:c>
       <x:c r="O52" s="3" t="n">
-        <x:v>129756</x:v>
+        <x:v>129780</x:v>
       </x:c>
       <x:c r="P52" s="3" t="n">
-        <x:v>132546</x:v>
+        <x:v>132576</x:v>
       </x:c>
       <x:c r="Q52" s="3" t="n">
-        <x:v>140710</x:v>
+        <x:v>140744</x:v>
       </x:c>
       <x:c r="R52" s="3" t="n">
-        <x:v>143160</x:v>
+        <x:v>143220</x:v>
       </x:c>
       <x:c r="S52" s="3" t="n">
-        <x:v>144324</x:v>
+        <x:v>144382</x:v>
       </x:c>
       <x:c r="T52" s="3" t="n">
-        <x:v>145326</x:v>
+        <x:v>145389</x:v>
       </x:c>
       <x:c r="U52" s="3" t="n">
-        <x:v>154275</x:v>
+        <x:v>154344</x:v>
       </x:c>
       <x:c r="V52" s="3" t="n">
-        <x:v>154924</x:v>
+        <x:v>154943</x:v>
       </x:c>
       <x:c r="W52" s="3" t="n">
-        <x:v>159540</x:v>
+        <x:v>159561</x:v>
       </x:c>
       <x:c r="X52" s="3" t="n">
-        <x:v>158455</x:v>
+        <x:v>158484</x:v>
       </x:c>
       <x:c r="Y52" s="3" t="n">
-        <x:v>169669</x:v>
+        <x:v>169708</x:v>
       </x:c>
       <x:c r="Z52" s="3" t="n">
-        <x:v>173956</x:v>
+        <x:v>174003</x:v>
       </x:c>
       <x:c r="AA52" s="3" t="n">
-        <x:v>171321</x:v>
+        <x:v>171372</x:v>
       </x:c>
       <x:c r="AB52" s="3" t="n">
-        <x:v>176235</x:v>
+        <x:v>176293</x:v>
       </x:c>
       <x:c r="AC52" s="3" t="n">
-        <x:v>186864</x:v>
+        <x:v>186923</x:v>
       </x:c>
       <x:c r="AD52" s="3" t="n">
-        <x:v>192958</x:v>
+        <x:v>192995</x:v>
       </x:c>
       <x:c r="AE52" s="3" t="n">
-        <x:v>189629</x:v>
+        <x:v>189664</x:v>
       </x:c>
       <x:c r="AF52" s="3" t="n">
-        <x:v>197142</x:v>
+        <x:v>197177</x:v>
       </x:c>
       <x:c r="AG52" s="3" t="n">
-        <x:v>211798</x:v>
+        <x:v>211830</x:v>
       </x:c>
       <x:c r="AH52" s="3" t="n">
-        <x:v>202965</x:v>
+        <x:v>203062</x:v>
       </x:c>
       <x:c r="AI52" s="3" t="n">
-        <x:v>217893</x:v>
+        <x:v>217989</x:v>
       </x:c>
       <x:c r="AJ52" s="3" t="n">
-        <x:v>216527</x:v>
+        <x:v>216619</x:v>
       </x:c>
       <x:c r="AK52" s="3" t="n">
-        <x:v>234650</x:v>
+        <x:v>234742</x:v>
       </x:c>
       <x:c r="AL52" s="3" t="n">
-        <x:v>238105</x:v>
+        <x:v>238176</x:v>
       </x:c>
       <x:c r="AM52" s="3" t="n">
-        <x:v>241646</x:v>
+        <x:v>241720</x:v>
       </x:c>
       <x:c r="AN52" s="3" t="n">
-        <x:v>239455</x:v>
+        <x:v>239540</x:v>
       </x:c>
       <x:c r="AO52" s="3" t="n">
-        <x:v>264891</x:v>
+        <x:v>264990</x:v>
       </x:c>
       <x:c r="AP52" s="3" t="n">
-        <x:v>255755</x:v>
+        <x:v>255836</x:v>
       </x:c>
       <x:c r="AQ52" s="3" t="n">
-        <x:v>259216</x:v>
+        <x:v>259299</x:v>
       </x:c>
       <x:c r="AR52" s="3" t="n">
-        <x:v>250783</x:v>
+        <x:v>250872</x:v>
       </x:c>
       <x:c r="AS52" s="3" t="n">
-        <x:v>270827</x:v>
+        <x:v>270925</x:v>
       </x:c>
       <x:c r="AT52" s="3" t="n">
-        <x:v>253763</x:v>
+        <x:v>253770</x:v>
       </x:c>
       <x:c r="AU52" s="3" t="n">
-        <x:v>267980</x:v>
+        <x:v>267984</x:v>
       </x:c>
       <x:c r="AV52" s="3" t="n">
-        <x:v>258813</x:v>
+        <x:v>258823</x:v>
       </x:c>
       <x:c r="AW52" s="3" t="n">
-        <x:v>278444</x:v>
+        <x:v>278464</x:v>
       </x:c>
       <x:c r="AX52" s="3" t="n">
-        <x:v>271537</x:v>
+        <x:v>271728</x:v>
       </x:c>
       <x:c r="AY52" s="3" t="n">
-        <x:v>269851</x:v>
+        <x:v>270045</x:v>
       </x:c>
       <x:c r="AZ52" s="3" t="n">
-        <x:v>270049</x:v>
+        <x:v>270235</x:v>
       </x:c>
       <x:c r="BA52" s="3" t="n">
-        <x:v>290378</x:v>
+        <x:v>290565</x:v>
       </x:c>
       <x:c r="BB52" s="3" t="n">
-        <x:v>277803</x:v>
+        <x:v>277330</x:v>
       </x:c>
       <x:c r="BC52" s="3" t="n">
-        <x:v>288695</x:v>
+        <x:v>288225</x:v>
       </x:c>
       <x:c r="BD52" s="3" t="n">
-        <x:v>280118</x:v>
+        <x:v>279645</x:v>
       </x:c>
       <x:c r="BE52" s="3" t="n">
-        <x:v>296590</x:v>
+        <x:v>296109</x:v>
       </x:c>
       <x:c r="BF52" s="3" t="n">
-        <x:v>292437</x:v>
+        <x:v>291999</x:v>
       </x:c>
       <x:c r="BG52" s="3" t="n">
-        <x:v>290734</x:v>
+        <x:v>290293</x:v>
       </x:c>
       <x:c r="BH52" s="3" t="n">
-        <x:v>288218</x:v>
+        <x:v>287748</x:v>
       </x:c>
       <x:c r="BI52" s="3" t="n">
-        <x:v>305352</x:v>
+        <x:v>304858</x:v>
       </x:c>
       <x:c r="BJ52" s="3" t="n">
-        <x:v>296361</x:v>
+        <x:v>296044</x:v>
       </x:c>
       <x:c r="BK52" s="3" t="n">
-        <x:v>298048</x:v>
+        <x:v>297732</x:v>
       </x:c>
       <x:c r="BL52" s="3" t="n">
-        <x:v>301737</x:v>
+        <x:v>301421</x:v>
       </x:c>
       <x:c r="BM52" s="3" t="n">
-        <x:v>327003</x:v>
+        <x:v>326673</x:v>
       </x:c>
       <x:c r="BN52" s="3" t="n">
-        <x:v>310859</x:v>
+        <x:v>310508</x:v>
       </x:c>
       <x:c r="BO52" s="3" t="n">
-        <x:v>322798</x:v>
+        <x:v>322429</x:v>
       </x:c>
       <x:c r="BP52" s="3" t="n">
-        <x:v>321519</x:v>
+        <x:v>321144</x:v>
       </x:c>
       <x:c r="BQ52" s="3" t="n">
-        <x:v>344797</x:v>
+        <x:v>344406</x:v>
       </x:c>
       <x:c r="BR52" s="3" t="n">
-        <x:v>343478</x:v>
+        <x:v>343149</x:v>
       </x:c>
       <x:c r="BS52" s="3" t="n">
-        <x:v>339852</x:v>
+        <x:v>339526</x:v>
       </x:c>
       <x:c r="BT52" s="3" t="n">
-        <x:v>343370</x:v>
+        <x:v>343047</x:v>
       </x:c>
       <x:c r="BU52" s="3" t="n">
-        <x:v>364543</x:v>
+        <x:v>364204</x:v>
       </x:c>
       <x:c r="BV52" s="3" t="n">
-        <x:v>363595</x:v>
+        <x:v>363255</x:v>
       </x:c>
       <x:c r="BW52" s="3" t="n">
-        <x:v>357504</x:v>
+        <x:v>357170</x:v>
       </x:c>
       <x:c r="BX52" s="3" t="n">
-        <x:v>368164</x:v>
+        <x:v>367804</x:v>
       </x:c>
       <x:c r="BY52" s="3" t="n">
-        <x:v>393371</x:v>
+        <x:v>392965</x:v>
       </x:c>
       <x:c r="BZ52" s="3" t="n">
-        <x:v>378905</x:v>
+        <x:v>378387</x:v>
       </x:c>
       <x:c r="CA52" s="3" t="n">
-        <x:v>406911</x:v>
+        <x:v>406389</x:v>
       </x:c>
       <x:c r="CB52" s="3" t="n">
-        <x:v>403660</x:v>
+        <x:v>403108</x:v>
       </x:c>
       <x:c r="CC52" s="3" t="n">
-        <x:v>432878</x:v>
+        <x:v>432297</x:v>
       </x:c>
       <x:c r="CD52" s="3" t="n">
-        <x:v>427086</x:v>
+        <x:v>426420</x:v>
       </x:c>
       <x:c r="CE52" s="3" t="n">
-        <x:v>430756</x:v>
+        <x:v>430079</x:v>
       </x:c>
       <x:c r="CF52" s="3" t="n">
-        <x:v>441364</x:v>
+        <x:v>440652</x:v>
       </x:c>
       <x:c r="CG52" s="3" t="n">
-        <x:v>464100</x:v>
+        <x:v>463332</x:v>
       </x:c>
       <x:c r="CH52" s="3" t="n">
-        <x:v>457216</x:v>
+        <x:v>457013</x:v>
       </x:c>
       <x:c r="CI52" s="3" t="n">
-        <x:v>455649</x:v>
+        <x:v>455428</x:v>
       </x:c>
       <x:c r="CJ52" s="3" t="n">
-        <x:v>457621</x:v>
+        <x:v>457354</x:v>
       </x:c>
       <x:c r="CK52" s="3" t="n">
-        <x:v>490878</x:v>
+        <x:v>490603</x:v>
       </x:c>
       <x:c r="CL52" s="3" t="n">
-        <x:v>492977</x:v>
+        <x:v>493109</x:v>
       </x:c>
       <x:c r="CM52" s="3" t="n">
-        <x:v>482058</x:v>
+        <x:v>482213</x:v>
       </x:c>
       <x:c r="CN52" s="3" t="n">
-        <x:v>483123</x:v>
+        <x:v>483271</x:v>
       </x:c>
       <x:c r="CO52" s="3" t="n">
-        <x:v>520074</x:v>
+        <x:v>520209</x:v>
       </x:c>
       <x:c r="CP52" s="3" t="n">
-        <x:v>528953</x:v>
+        <x:v>529760</x:v>
       </x:c>
       <x:c r="CQ52" s="3" t="n">
-        <x:v>517238</x:v>
+        <x:v>518094</x:v>
       </x:c>
       <x:c r="CR52" s="3" t="n">
-        <x:v>505053</x:v>
+        <x:v>505886</x:v>
       </x:c>
       <x:c r="CS52" s="3" t="n">
-        <x:v>544129</x:v>
+        <x:v>544994</x:v>
       </x:c>
       <x:c r="CT52" s="3" t="n">
-        <x:v>529882</x:v>
+        <x:v>531621</x:v>
       </x:c>
       <x:c r="CU52" s="3" t="n">
-        <x:v>546185</x:v>
+        <x:v>547992</x:v>
       </x:c>
       <x:c r="CV52" s="3" t="n">
-        <x:v>528437</x:v>
+        <x:v>530200</x:v>
       </x:c>
       <x:c r="CW52" s="3" t="n">
-        <x:v>555776</x:v>
+        <x:v>557530</x:v>
       </x:c>
       <x:c r="CX52" s="3" t="n">
-        <x:v>551826</x:v>
+        <x:v>553977</x:v>
       </x:c>
       <x:c r="CY52" s="3" t="n">
-        <x:v>540893</x:v>
+        <x:v>543057</x:v>
       </x:c>
       <x:c r="CZ52" s="3" t="n">
-        <x:v>549750</x:v>
+        <x:v>551941</x:v>
       </x:c>
       <x:c r="DA52" s="3" t="n">
-        <x:v>584130</x:v>
+        <x:v>586343</x:v>
       </x:c>
       <x:c r="DB52" s="3" t="n">
-        <x:v>589372</x:v>
+        <x:v>593380</x:v>
       </x:c>
       <x:c r="DC52" s="3" t="n">
-        <x:v>582292</x:v>
+        <x:v>586264</x:v>
       </x:c>
       <x:c r="DD52" s="3" t="n">
-        <x:v>590876</x:v>
+        <x:v>594874</x:v>
       </x:c>
       <x:c r="DE52" s="3" t="n">
-        <x:v>638330</x:v>
+        <x:v>642299</x:v>
       </x:c>
       <x:c r="DF52" s="3" t="n">
-        <x:v>614294</x:v>
+        <x:v>619816</x:v>
       </x:c>
       <x:c r="DG52" s="3" t="n">
-        <x:v>655165</x:v>
+        <x:v>660967</x:v>
       </x:c>
       <x:c r="DH52" s="3" t="n">
-        <x:v>638024</x:v>
+        <x:v>643774</x:v>
       </x:c>
       <x:c r="DI52" s="3" t="n">
-        <x:v>696110</x:v>
+        <x:v>701936</x:v>
       </x:c>
       <x:c r="DJ52" s="3" t="n">
-        <x:v>703857</x:v>
+        <x:v>711750</x:v>
       </x:c>
       <x:c r="DK52" s="3" t="n">
-        <x:v>709893</x:v>
+        <x:v>717929</x:v>
       </x:c>
       <x:c r="DL52" s="3" t="n">
-        <x:v>707345</x:v>
+        <x:v>715354</x:v>
       </x:c>
       <x:c r="DM52" s="3" t="n">
-        <x:v>789509</x:v>
+        <x:v>797830</x:v>
       </x:c>
       <x:c r="DN52" s="3" t="n">
-        <x:v>789660</x:v>
+        <x:v>801005</x:v>
       </x:c>
       <x:c r="DO52" s="3" t="n">
-        <x:v>794722</x:v>
+        <x:v>806217</x:v>
       </x:c>
       <x:c r="DP52" s="3" t="n">
-        <x:v>788797</x:v>
+        <x:v>800405</x:v>
       </x:c>
       <x:c r="DQ52" s="3" t="n">
-        <x:v>870643</x:v>
+        <x:v>882329</x:v>
       </x:c>
       <x:c r="DR52" s="3" t="n">
-        <x:v>837176</x:v>
+        <x:v>850936</x:v>
       </x:c>
       <x:c r="DS52" s="3" t="n">
-        <x:v>896333</x:v>
+        <x:v>911063</x:v>
       </x:c>
       <x:c r="DT52" s="3" t="n">
-        <x:v>867697</x:v>
+        <x:v>882688</x:v>
       </x:c>
       <x:c r="DU52" s="3" t="n">
-        <x:v>931968</x:v>
+        <x:v>947619</x:v>
       </x:c>
       <x:c r="DV52" s="3" t="n">
-        <x:v>856029</x:v>
+        <x:v>873025</x:v>
       </x:c>
       <x:c r="DW52" s="3" t="n">
-        <x:v>852368</x:v>
+        <x:v>869852</x:v>
       </x:c>
       <x:c r="DX52" s="3" t="n">
-        <x:v>842075</x:v>
+        <x:v>859817</x:v>
       </x:c>
       <x:c r="DY52" s="3" t="n">
-        <x:v>898016</x:v>
+        <x:v>916272</x:v>
       </x:c>
       <x:c r="DZ52" s="3" t="n">
-        <x:v>866673</x:v>
+        <x:v>885584</x:v>
       </x:c>
       <x:c r="EA52" s="3" t="n">
-        <x:v>887042</x:v>
+        <x:v>906423</x:v>
       </x:c>
       <x:c r="EB52" s="3" t="n">
-        <x:v>874829</x:v>
+        <x:v>894319</x:v>
       </x:c>
       <x:c r="EC52" s="3" t="n">
-        <x:v>948857</x:v>
+        <x:v>969040</x:v>
       </x:c>
       <x:c r="ED52" s="3" t="n">
-        <x:v>927183</x:v>
+        <x:v>948026</x:v>
       </x:c>
       <x:c r="EE52" s="3" t="n">
-        <x:v>936641</x:v>
+        <x:v>957868</x:v>
       </x:c>
       <x:c r="EF52" s="3" t="n">
-        <x:v>931103</x:v>
+        <x:v>952522</x:v>
       </x:c>
       <x:c r="EG52" s="3" t="n">
-        <x:v>1003806</x:v>
+        <x:v>1025528</x:v>
       </x:c>
       <x:c r="EH52" s="3" t="n">
-        <x:v>995996</x:v>
+        <x:v>1019146</x:v>
       </x:c>
       <x:c r="EI52" s="3" t="n">
-        <x:v>985931</x:v>
+        <x:v>1009095</x:v>
       </x:c>
       <x:c r="EJ52" s="3" t="n">
-        <x:v>981628</x:v>
+        <x:v>1005468</x:v>
       </x:c>
       <x:c r="EK52" s="3" t="n">
-        <x:v>1058200</x:v>
+        <x:v>1082152</x:v>
       </x:c>
       <x:c r="EL52" s="3" t="n">
-        <x:v>1016540</x:v>
+        <x:v>1042698</x:v>
       </x:c>
       <x:c r="EM52" s="3" t="n">
-        <x:v>1065432</x:v>
+        <x:v>1092147</x:v>
       </x:c>
       <x:c r="EN52" s="3" t="n">
-        <x:v>1041020</x:v>
+        <x:v>1068171</x:v>
       </x:c>
       <x:c r="EO52" s="3" t="n">
-        <x:v>1114436</x:v>
+        <x:v>1141581</x:v>
       </x:c>
       <x:c r="EP52" s="3" t="n">
-        <x:v>1096420</x:v>
+        <x:v>1125064</x:v>
       </x:c>
       <x:c r="EQ52" s="3" t="n">
-        <x:v>1098145</x:v>
+        <x:v>1127010</x:v>
       </x:c>
       <x:c r="ER52" s="3" t="n">
-        <x:v>1089225</x:v>
+        <x:v>1118168</x:v>
       </x:c>
       <x:c r="ES52" s="3" t="n">
-        <x:v>1166438</x:v>
+        <x:v>1195779</x:v>
       </x:c>
       <x:c r="ET52" s="3" t="n">
-        <x:v>1128370</x:v>
+        <x:v>1158833</x:v>
       </x:c>
       <x:c r="EU52" s="3" t="n">
-        <x:v>1146068</x:v>
+        <x:v>1176686</x:v>
       </x:c>
       <x:c r="EV52" s="3" t="n">
-        <x:v>1111186</x:v>
+        <x:v>1142248</x:v>
       </x:c>
       <x:c r="EW52" s="3" t="n">
-        <x:v>1176380</x:v>
+        <x:v>1207306</x:v>
       </x:c>
       <x:c r="EX52" s="3" t="n">
-        <x:v>1118257</x:v>
+        <x:v>1149275</x:v>
       </x:c>
       <x:c r="EY52" s="3" t="n">
-        <x:v>1186048</x:v>
+        <x:v>1217165</x:v>
       </x:c>
       <x:c r="EZ52" s="3" t="n">
-        <x:v>1115251</x:v>
+        <x:v>1147077</x:v>
       </x:c>
       <x:c r="FA52" s="3" t="n">
-        <x:v>1201729</x:v>
+        <x:v>1233123</x:v>
       </x:c>
       <x:c r="FB52" s="3" t="n">
-        <x:v>1210418</x:v>
+        <x:v>1243466</x:v>
       </x:c>
       <x:c r="FC52" s="3" t="n">
-        <x:v>1181744</x:v>
+        <x:v>1215724</x:v>
       </x:c>
       <x:c r="FD52" s="3" t="n">
-        <x:v>1158083</x:v>
+        <x:v>1193310</x:v>
       </x:c>
       <x:c r="FE52" s="3" t="n">
-        <x:v>1264590</x:v>
+        <x:v>1299727</x:v>
       </x:c>
       <x:c r="FF52" s="3" t="n">
-        <x:v>1235751</x:v>
+        <x:v>1272548</x:v>
       </x:c>
       <x:c r="FG52" s="3" t="n">
-        <x:v>1284515</x:v>
+        <x:v>1322647</x:v>
       </x:c>
       <x:c r="FH52" s="3" t="n">
-        <x:v>1227505</x:v>
+        <x:v>1267256</x:v>
       </x:c>
       <x:c r="FI52" s="3" t="n">
-        <x:v>1350989</x:v>
+        <x:v>1390973</x:v>
       </x:c>
       <x:c r="FJ52" s="3" t="n">
-        <x:v>1333113</x:v>
+        <x:v>1373816</x:v>
       </x:c>
       <x:c r="FK52" s="3" t="n">
-        <x:v>1321337</x:v>
+        <x:v>1363588</x:v>
       </x:c>
       <x:c r="FL52" s="3" t="n">
-        <x:v>1303908</x:v>
+        <x:v>1348852</x:v>
       </x:c>
       <x:c r="FM52" s="3" t="n">
-        <x:v>1404509</x:v>
+        <x:v>1451023</x:v>
       </x:c>
       <x:c r="FN52" s="3" t="n">
-        <x:v>1377077</x:v>
+        <x:v>1425852</x:v>
       </x:c>
       <x:c r="FO52" s="3" t="n">
-        <x:v>1267460</x:v>
+        <x:v>1313917</x:v>
       </x:c>
       <x:c r="FP52" s="3" t="n">
-        <x:v>1271124</x:v>
+        <x:v>1322023</x:v>
       </x:c>
       <x:c r="FQ52" s="3" t="n">
-        <x:v>1396989</x:v>
+        <x:v>1448818</x:v>
       </x:c>
       <x:c r="FR52" s="3" t="n">
-        <x:v>1384264</x:v>
+        <x:v>1434545</x:v>
       </x:c>
       <x:c r="FS52" s="3" t="n">
-        <x:v>1413314</x:v>
+        <x:v>1465537</x:v>
       </x:c>
       <x:c r="FT52" s="3" t="n">
-        <x:v>1416849</x:v>
+        <x:v>1471802</x:v>
       </x:c>
       <x:c r="FU52" s="3" t="n">
-        <x:v>1596763</x:v>
+        <x:v>1655796</x:v>
       </x:c>
       <x:c r="FV52" s="3" t="n">
-        <x:v>1588455</x:v>
+        <x:v>1649513</x:v>
       </x:c>
       <x:c r="FW52" s="3" t="n">
-        <x:v>1601640</x:v>
+        <x:v>1662050</x:v>
       </x:c>
       <x:c r="FX52" s="3" t="n">
-        <x:v>1617309</x:v>
+        <x:v>1673594</x:v>
       </x:c>
       <x:c r="FY52" s="3" t="n">
-        <x:v>1768219</x:v>
+        <x:v>1825891</x:v>
       </x:c>
       <x:c r="FZ52" s="3" t="n">
-        <x:v>1754612</x:v>
+        <x:v>1809899</x:v>
       </x:c>
       <x:c r="GA52" s="3" t="n">
-        <x:v>1702188</x:v>
+        <x:v>1751893</x:v>
       </x:c>
       <x:c r="GB52" s="3" t="n">
-        <x:v>1664584</x:v>
+        <x:v>1711038</x:v>
       </x:c>
       <x:c r="GC52" s="3" t="n">
-        <x:v>1835442</x:v>
+        <x:v>1881871</x:v>
       </x:c>
       <x:c r="GD52" s="3" t="n">
-        <x:v>1768486</x:v>
+        <x:v>1813359</x:v>
       </x:c>
       <x:c r="GE52" s="3" t="n">
-        <x:v>1807660</x:v>
+        <x:v>1856264</x:v>
       </x:c>
       <x:c r="GF52" s="3" t="n">
-        <x:v>1755863</x:v>
+        <x:v>1806706</x:v>
       </x:c>
       <x:c r="GG52" s="3" t="n">
-        <x:v>1891339</x:v>
+        <x:v>1941360</x:v>
       </x:c>
       <x:c r="GH52" s="3" t="n">
-        <x:v>1896525</x:v>
+        <x:v>1945861</x:v>
       </x:c>
       <x:c r="GI52" s="3" t="n">
-        <x:v>1874371</x:v>
+        <x:v>1927946</x:v>
+      </x:c>
+      <x:c r="GJ52" s="3" t="n">
+        <x:v>1895735</x:v>
       </x:c>
     </x:row>
-    <x:row r="53" spans="1:191">
+    <x:row r="53" spans="1:192">
       <x:c r="A53" s="2" t="s">
-        <x:v>240</x:v>
-[...569 lines deleted...]
-        <x:v>1434804</x:v>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="B53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="F53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="G53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="H53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="I53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="J53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="K53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="L53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="M53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="N53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="O53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="P53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Q53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="R53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="S53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="T53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="U53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="V53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="W53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="X53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Y53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Z53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AA53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AB53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AC53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AD53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AE53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AF53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AG53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AH53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AI53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AJ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AK53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AL53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AM53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AN53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AO53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AP53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AQ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AR53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AS53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AT53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AU53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AV53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AW53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AX53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AY53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AZ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BA53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BB53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BC53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BD53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BE53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BF53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BG53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BH53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BI53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BJ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BK53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BL53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BM53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BN53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BO53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BP53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BQ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BR53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BS53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BT53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BU53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BV53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BW53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BX53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BY53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BZ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CA53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CB53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CC53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CD53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CE53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CF53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CG53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CH53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CI53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CJ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CK53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CL53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CM53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CN53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CO53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CP53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CQ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CR53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CS53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CT53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CU53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CV53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CW53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CX53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CY53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CZ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DA53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DB53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DC53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DD53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DE53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DF53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DG53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DH53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DI53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DJ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DK53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DL53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DM53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DN53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DO53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DP53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DQ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DR53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DS53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DT53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DU53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DV53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DW53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DX53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DY53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DZ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EA53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EB53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EC53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ED53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EE53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EF53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EG53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EH53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EI53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EJ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EK53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EL53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EM53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EN53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EO53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EP53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EQ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ER53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ES53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ET53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EU53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EV53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EW53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EX53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EY53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EZ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FA53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FB53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FC53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FD53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FE53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FF53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FG53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FH53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FI53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FJ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FK53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FL53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FM53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FN53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FO53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FP53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FQ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FR53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FS53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FT53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FU53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FV53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FW53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FX53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FY53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FZ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GA53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GB53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GC53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GD53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GE53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GF53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GG53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GH53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GI53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GJ53" s="4" t="s">
+        <x:v>242</x:v>
       </x:c>
     </x:row>
-    <x:row r="54" spans="1:191">
+    <x:row r="54" spans="1:192">
       <x:c r="A54" s="2" t="s">
-        <x:v>241</x:v>
-[...569 lines deleted...]
-        <x:v>1732704</x:v>
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="E54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="F54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="G54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="H54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="I54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="J54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="K54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="L54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="M54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="N54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="O54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="P54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Q54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="R54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="S54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="T54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="U54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="V54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="W54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="X54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Y54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Z54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AA54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AB54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AC54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AD54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AE54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AF54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AG54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AH54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AI54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AJ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AK54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AL54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AM54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AN54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AO54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AP54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AQ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AR54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AS54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AT54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AU54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AV54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AW54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AX54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AY54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AZ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BA54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BB54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BC54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BD54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BE54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BF54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BG54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BH54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BI54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BJ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BK54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BL54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BM54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BN54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BO54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BP54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BQ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BR54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BS54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BT54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BU54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BV54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BW54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BX54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BY54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BZ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CA54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CB54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CC54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CD54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CE54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CF54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CG54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CH54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CI54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CJ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CK54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CL54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CM54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CN54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CO54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CP54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CQ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CR54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CS54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CT54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CU54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CV54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CW54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CX54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CY54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CZ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DA54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DB54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DC54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DD54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DE54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DF54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DG54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DH54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DI54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DJ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DK54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DL54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DM54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DN54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DO54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DP54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DQ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DR54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DS54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DT54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DU54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DV54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DW54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DX54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DY54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DZ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EA54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EB54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EC54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ED54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EE54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EF54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EG54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EH54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EI54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EJ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EK54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EL54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EM54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EN54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EO54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EP54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EQ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ER54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ES54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ET54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EU54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EV54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EW54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EX54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EY54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EZ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FA54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FB54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FC54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FD54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FE54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FF54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FG54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FH54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FI54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FJ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FK54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FL54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FM54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FN54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FO54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FP54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FQ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FR54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FS54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FT54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FU54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FV54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FW54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FX54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FY54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FZ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GA54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GB54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GC54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GD54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GE54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GF54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GG54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GH54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GI54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GJ54" s="4" t="s">
+        <x:v>242</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:191">
+    <x:row r="55" spans="1:192">
       <x:c r="A55" s="2" t="s">
-        <x:v>242</x:v>
-[...569 lines deleted...]
-        <x:v>439567</x:v>
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="F55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="G55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="H55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="I55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="J55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="K55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="L55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="M55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="N55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="O55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="P55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Q55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="R55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="S55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="T55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="U55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="V55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="W55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="X55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Y55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Z55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AA55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AB55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AC55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AD55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AE55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AF55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AG55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AH55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AI55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AJ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AK55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AL55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AM55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AN55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AO55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AP55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AQ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AR55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AS55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AT55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AU55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AV55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AW55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AX55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AY55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AZ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BA55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BB55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BC55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BD55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BE55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BF55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BG55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BH55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BI55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BJ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BK55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BL55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BM55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BN55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BO55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BP55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BQ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BR55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BS55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BT55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BU55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BV55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BW55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BX55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BY55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BZ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CA55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CB55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CC55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CD55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CE55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CF55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CG55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CH55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CI55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CJ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CK55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CL55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CM55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CN55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CO55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CP55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CQ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CR55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CS55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CT55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CU55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CV55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CW55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CX55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CY55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CZ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DA55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DB55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DC55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DD55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DE55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DF55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DG55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DH55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DI55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DJ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DK55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DL55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DM55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DN55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DO55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DP55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DQ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DR55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DS55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DT55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DU55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DV55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DW55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DX55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DY55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DZ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EA55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EB55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EC55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ED55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EE55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EF55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EG55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EH55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EI55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EJ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EK55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EL55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EM55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EN55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EO55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EP55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EQ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ER55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ES55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ET55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EU55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EV55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EW55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EX55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EY55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EZ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FA55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FB55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FC55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FD55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FE55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FF55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FG55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FH55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FI55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FJ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FK55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FL55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FM55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FN55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FO55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FP55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FQ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FR55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FS55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FT55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FU55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FV55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FW55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FX55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FY55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FZ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GA55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GB55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GC55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GD55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GE55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GF55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GG55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GH55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GI55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GJ55" s="4" t="s">
+        <x:v>242</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:191">
+    <x:row r="57" spans="1:192">
       <x:c r="A57" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:191">
+    <x:row r="58" spans="1:192">
       <x:c r="A58" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:191">
+    <x:row r="59" spans="1:192">
       <x:c r="A59" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
-    <x:row r="61" spans="1:191">
+    <x:row r="61" spans="1:192">
       <x:c r="A61" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:191">
+    <x:row r="62" spans="1:192">
       <x:c r="A62" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
-    <x:row r="63" spans="1:191">
+    <x:row r="63" spans="1:192">
       <x:c r="A63" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
-    <x:row r="65" spans="1:191">
+    <x:row r="65" spans="1:192">
       <x:c r="A65" s="0" t="s">
+        <x:v>251</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:192">
+      <x:c r="A66" s="0" t="s">
+        <x:v>252</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:192">
+      <x:c r="A68" s="0" t="s">
+        <x:v>253</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:192">
+      <x:c r="A69" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
-    <x:row r="66" spans="1:191">
-[...1 lines deleted...]
-        <x:v>250</x:v>
+    <x:row r="70" spans="1:192">
+      <x:c r="A70" s="0" t="s">
+        <x:v>254</x:v>
       </x:c>
     </x:row>
-    <x:row r="68" spans="1:191">
-[...1 lines deleted...]
-        <x:v>251</x:v>
+    <x:row r="71" spans="1:192">
+      <x:c r="A71" s="0" t="s">
+        <x:v>255</x:v>
       </x:c>
     </x:row>
-    <x:row r="69" spans="1:191">
-[...1 lines deleted...]
-        <x:v>247</x:v>
+    <x:row r="72" spans="1:192">
+      <x:c r="A72" s="0" t="s">
+        <x:v>256</x:v>
       </x:c>
     </x:row>
-    <x:row r="70" spans="1:191">
-[...1 lines deleted...]
-        <x:v>252</x:v>
+    <x:row r="77" spans="1:192">
+      <x:c r="A77" s="0" t="s">
+        <x:v>257</x:v>
       </x:c>
     </x:row>
-    <x:row r="71" spans="1:191">
-[...1 lines deleted...]
-        <x:v>253</x:v>
+    <x:row r="78" spans="1:192">
+      <x:c r="A78" s="0" t="s">
+        <x:v>249</x:v>
       </x:c>
     </x:row>
-    <x:row r="72" spans="1:191">
-[...1 lines deleted...]
-        <x:v>254</x:v>
+    <x:row r="79" spans="1:192">
+      <x:c r="A79" s="0" t="s">
+        <x:v>258</x:v>
       </x:c>
     </x:row>
-    <x:row r="77" spans="1:191">
-[...1 lines deleted...]
-        <x:v>255</x:v>
+    <x:row r="80" spans="1:192">
+      <x:c r="A80" s="0" t="s">
+        <x:v>259</x:v>
       </x:c>
     </x:row>
-    <x:row r="78" spans="1:191">
-[...1 lines deleted...]
-        <x:v>247</x:v>
+    <x:row r="81" spans="1:192">
+      <x:c r="A81" s="0" t="s">
+        <x:v>249</x:v>
       </x:c>
     </x:row>
-    <x:row r="79" spans="1:191">
-[...1 lines deleted...]
-        <x:v>256</x:v>
+    <x:row r="82" spans="1:192">
+      <x:c r="A82" s="0" t="s">
+        <x:v>260</x:v>
       </x:c>
     </x:row>
-    <x:row r="80" spans="1:191">
-[...1 lines deleted...]
-        <x:v>257</x:v>
+    <x:row r="84" spans="1:192">
+      <x:c r="A84" s="0" t="s">
+        <x:v>261</x:v>
       </x:c>
     </x:row>
-    <x:row r="81" spans="1:191">
-[...14 lines deleted...]
-    <x:row r="85" spans="1:191">
+    <x:row r="85" spans="1:192">
       <x:c r="A85" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="86" spans="1:191">
+    <x:row r="86" spans="1:192">
       <x:c r="A86" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
-    <x:row r="92" spans="1:191">
+    <x:row r="92" spans="1:192">
       <x:c r="A92" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
-    <x:row r="94" spans="1:191">
+    <x:row r="94" spans="1:192">
       <x:c r="A94" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
-    <x:row r="95" spans="1:191">
+    <x:row r="95" spans="1:192">
       <x:c r="A95" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
-    <x:row r="97" spans="1:191">
+    <x:row r="97" spans="1:192">
       <x:c r="A97" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
-    <x:row r="98" spans="1:191">
+    <x:row r="98" spans="1:192">
       <x:c r="A98" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Prob</vt:lpstr>
       <vt:lpstr>Prob!Print_Area</vt:lpstr>
       <vt:lpstr>Prob!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>