--- v2 (2025-12-11)
+++ v3 (2025-12-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7703c68a228a4a79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/72cb70bda0df425d825d80729846a52c.psmdcp" Id="R4189b0a1b6f84109" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb296fe07c73c45a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f50f5e6d2f0d4cc89ff2a512528dbf4a.psmdcp" Id="Rf5675fb4dcfc476a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prob" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="268">
   <x:si>
     <x:t>09171: Production account and income generation, by industry, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Output at basic values. Current prices (NOK million)</x:t>
   </x:si>
   <x:si>