--- v3 (2025-12-31)
+++ v4 (2026-01-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb296fe07c73c45a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f50f5e6d2f0d4cc89ff2a512528dbf4a.psmdcp" Id="Rf5675fb4dcfc476a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab64f91c39a94690" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b547a88d4ee340438be8bc8648d2e098.psmdcp" Id="R545c193e756d4b26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prob" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="268">
   <x:si>
     <x:t>09171: Production account and income generation, by industry, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Output at basic values. Current prices (NOK million)</x:t>
   </x:si>
   <x:si>