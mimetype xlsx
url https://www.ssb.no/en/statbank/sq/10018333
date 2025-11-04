--- v0 (2025-10-11)
+++ v1 (2025-11-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb75d4ca405724ff3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/637e288a375247a9b95205f347f908dd.psmdcp" Id="Ra6f0f18c0b044acc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fba6a97deea41c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9a5148e1a6964ee7bc64d30227871629.psmdcp" Id="R483bb485617f4fa5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ArslonnEndring" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="60">
   <x:si>
     <x:t>09785: Annual earnings, by industry, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Annual earnings. Change from previous year (per cent)</x:t>
   </x:si>
   <x:si>