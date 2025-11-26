--- v1 (2025-11-04)
+++ v2 (2025-11-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fba6a97deea41c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9a5148e1a6964ee7bc64d30227871629.psmdcp" Id="R483bb485617f4fa5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0f1e280d35b41b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b3bf6476893240f095a474d811b6a9a6.psmdcp" Id="R6b850978e33d4a95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ArslonnEndring" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="60">
   <x:si>
     <x:t>09785: Annual earnings, by industry, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Annual earnings. Change from previous year (per cent)</x:t>
   </x:si>
   <x:si>