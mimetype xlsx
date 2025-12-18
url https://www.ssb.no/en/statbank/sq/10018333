--- v2 (2025-11-26)
+++ v3 (2025-12-18)
@@ -1,40 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Default Extension="els" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0f1e280d35b41b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b3bf6476893240f095a474d811b6a9a6.psmdcp" Id="R6b850978e33d4a95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R111c0a63df2c45f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e07005c332544e1ba272ba6531a80006.psmdcp" Id="R5620d2eed69146ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ArslonnEndring" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="60">
   <x:si>
     <x:t>09785: Annual earnings, by industry, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Annual earnings. Change from previous year (per cent)</x:t>
   </x:si>
   <x:si>