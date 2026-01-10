--- v3 (2025-12-18)
+++ v4 (2026-01-10)
@@ -1,41 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Default Extension="els" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R111c0a63df2c45f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e07005c332544e1ba272ba6531a80006.psmdcp" Id="R5620d2eed69146ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5209065ddf744d46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/30bf557809344114be0c012410f14847.psmdcp" Id="R73351e78bad44f8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ArslonnEndring" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="60">
   <x:si>
     <x:t>09785: Annual earnings, by industry, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Annual earnings. Change from previous year (per cent)</x:t>
   </x:si>
   <x:si>