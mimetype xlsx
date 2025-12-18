--- v0 (2025-11-04)
+++ v1 (2025-12-18)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6dee883360143dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4ffc6040b8d347efa16e2f7709cafd5b.psmdcp" Id="R43adc15f5b37482c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R011ab13c9ae142c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c7157a4095c04b52858cd98c1a1d6139.psmdcp" Id="R6e0c7364692d4fed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="LKostnader" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="130" uniqueCount="130">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="131" uniqueCount="131">
   <x:si>
     <x:t>09174: Wages and salaries, employment and productivity by industry, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Compensation of employees (NOK million)</x:t>
   </x:si>
   <x:si>
     <x:t>1970</x:t>
   </x:si>
   <x:si>
     <x:t>1971</x:t>
   </x:si>
   <x:si>
     <x:t>1972</x:t>
   </x:si>
   <x:si>
     <x:t>1973</x:t>
   </x:si>
   <x:si>
     <x:t>1974</x:t>
   </x:si>
   <x:si>
     <x:t>1975</x:t>
   </x:si>
   <x:si>
@@ -328,69 +328,72 @@
   <x:si>
     <x:t>Arts, entertainment and other service activities</x:t>
   </x:si>
   <x:si>
     <x:t>¬ General government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Central government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Civilian central government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Defence</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Local government</x:t>
   </x:si>
   <x:si>
     <x:t>Mainland Norway</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Production for market Mainland Norway</x:t>
   </x:si>
   <x:si>
+    <x:t>.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Market producers</x:t>
   </x:si>
   <x:si>
     <x:t>Non-market producers</x:t>
   </x:si>
   <x:si>
-    <x:t>Figures from 2022 onwards are preliminary.</x:t>
-[...2 lines deleted...]
-    <x:t>Figures at A64 level for the year 2021 were changed on 21 May 2024.</x:t>
+    <x:t>Figures after 2023 (the base year) are preliminary.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>. = Category not applicable. Figures do not exist at this time, because the category was not in use when the figures were collected.</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
     <x:t>Compensation of employees (NOK million):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250515 08:00</x:t>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Kristian Gimming, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 13</x:t>
   </x:si>
   <x:si>
     <x:t>kgi@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Units:</x:t>
   </x:si>
   <x:si>
     <x:t>NOK million</x:t>
   </x:si>
@@ -474,65 +477,69 @@
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="4">
+  <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId6" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -980,213 +987,213 @@
       </x:c>
       <x:c r="AY4" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="AZ4" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="BA4" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="BB4" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="BC4" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="BD4" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:56">
       <x:c r="A5" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>43675</x:v>
+        <x:v>43631</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>50924</x:v>
+        <x:v>50873</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>57229</x:v>
+        <x:v>57171</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>64526</x:v>
+        <x:v>64463</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>74272</x:v>
+        <x:v>74195</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>88340</x:v>
+        <x:v>88252</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
-        <x:v>103232</x:v>
+        <x:v>103130</x:v>
       </x:c>
       <x:c r="I5" s="3" t="n">
-        <x:v>117111</x:v>
+        <x:v>116996</x:v>
       </x:c>
       <x:c r="J5" s="3" t="n">
-        <x:v>128772</x:v>
+        <x:v>128642</x:v>
       </x:c>
       <x:c r="K5" s="3" t="n">
-        <x:v>134510</x:v>
+        <x:v>134372</x:v>
       </x:c>
       <x:c r="L5" s="3" t="n">
-        <x:v>151154</x:v>
+        <x:v>150999</x:v>
       </x:c>
       <x:c r="M5" s="3" t="n">
-        <x:v>171263</x:v>
+        <x:v>171089</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>191218</x:v>
+        <x:v>191024</x:v>
       </x:c>
       <x:c r="O5" s="3" t="n">
-        <x:v>207138</x:v>
+        <x:v>206923</x:v>
       </x:c>
       <x:c r="P5" s="3" t="n">
-        <x:v>226325</x:v>
+        <x:v>226093</x:v>
       </x:c>
       <x:c r="Q5" s="3" t="n">
-        <x:v>250987</x:v>
+        <x:v>250740</x:v>
       </x:c>
       <x:c r="R5" s="3" t="n">
-        <x:v>283185</x:v>
+        <x:v>282898</x:v>
       </x:c>
       <x:c r="S5" s="3" t="n">
-        <x:v>318611</x:v>
+        <x:v>318296</x:v>
       </x:c>
       <x:c r="T5" s="3" t="n">
-        <x:v>338240</x:v>
+        <x:v>337887</x:v>
       </x:c>
       <x:c r="U5" s="3" t="n">
-        <x:v>342727</x:v>
+        <x:v>342352</x:v>
       </x:c>
       <x:c r="V5" s="3" t="n">
-        <x:v>355621</x:v>
+        <x:v>355222</x:v>
       </x:c>
       <x:c r="W5" s="3" t="n">
-        <x:v>372261</x:v>
+        <x:v>372093</x:v>
       </x:c>
       <x:c r="X5" s="3" t="n">
-        <x:v>386746</x:v>
+        <x:v>386566</x:v>
       </x:c>
       <x:c r="Y5" s="3" t="n">
-        <x:v>396659</x:v>
+        <x:v>396476</x:v>
       </x:c>
       <x:c r="Z5" s="3" t="n">
-        <x:v>416837</x:v>
+        <x:v>416656</x:v>
       </x:c>
       <x:c r="AA5" s="3" t="n">
-        <x:v>442256</x:v>
+        <x:v>442062</x:v>
       </x:c>
       <x:c r="AB5" s="3" t="n">
-        <x:v>474022</x:v>
+        <x:v>473812</x:v>
       </x:c>
       <x:c r="AC5" s="3" t="n">
-        <x:v>514081</x:v>
+        <x:v>513852</x:v>
       </x:c>
       <x:c r="AD5" s="3" t="n">
-        <x:v>565468</x:v>
+        <x:v>565219</x:v>
       </x:c>
       <x:c r="AE5" s="3" t="n">
-        <x:v>604164</x:v>
+        <x:v>603906</x:v>
       </x:c>
       <x:c r="AF5" s="3" t="n">
-        <x:v>638751</x:v>
+        <x:v>638477</x:v>
       </x:c>
       <x:c r="AG5" s="3" t="n">
-        <x:v>678100</x:v>
+        <x:v>677273</x:v>
       </x:c>
       <x:c r="AH5" s="3" t="n">
-        <x:v>710687</x:v>
+        <x:v>708749</x:v>
       </x:c>
       <x:c r="AI5" s="3" t="n">
-        <x:v>730356</x:v>
+        <x:v>727346</x:v>
       </x:c>
       <x:c r="AJ5" s="3" t="n">
-        <x:v>766374</x:v>
+        <x:v>761783</x:v>
       </x:c>
       <x:c r="AK5" s="3" t="n">
-        <x:v>814570</x:v>
+        <x:v>808187</x:v>
       </x:c>
       <x:c r="AL5" s="3" t="n">
-        <x:v>889982</x:v>
+        <x:v>881238</x:v>
       </x:c>
       <x:c r="AM5" s="3" t="n">
-        <x:v>986580</x:v>
+        <x:v>974883</x:v>
       </x:c>
       <x:c r="AN5" s="3" t="n">
-        <x:v>1083503</x:v>
+        <x:v>1069735</x:v>
       </x:c>
       <x:c r="AO5" s="3" t="n">
-        <x:v>1115382</x:v>
+        <x:v>1102392</x:v>
       </x:c>
       <x:c r="AP5" s="3" t="n">
-        <x:v>1150481</x:v>
+        <x:v>1138395</x:v>
       </x:c>
       <x:c r="AQ5" s="3" t="n">
-        <x:v>1223958</x:v>
+        <x:v>1210927</x:v>
       </x:c>
       <x:c r="AR5" s="3" t="n">
-        <x:v>1307160</x:v>
+        <x:v>1292990</x:v>
       </x:c>
       <x:c r="AS5" s="3" t="n">
-        <x:v>1383010</x:v>
+        <x:v>1368056</x:v>
       </x:c>
       <x:c r="AT5" s="3" t="n">
-        <x:v>1442239</x:v>
+        <x:v>1423126</x:v>
       </x:c>
       <x:c r="AU5" s="3" t="n">
-        <x:v>1485846</x:v>
+        <x:v>1465639</x:v>
       </x:c>
       <x:c r="AV5" s="3" t="n">
-        <x:v>1510360</x:v>
+        <x:v>1490845</x:v>
       </x:c>
       <x:c r="AW5" s="3" t="n">
-        <x:v>1559747</x:v>
+        <x:v>1540826</x:v>
       </x:c>
       <x:c r="AX5" s="3" t="n">
-        <x:v>1638831</x:v>
+        <x:v>1617538</x:v>
       </x:c>
       <x:c r="AY5" s="3" t="n">
-        <x:v>1733247</x:v>
+        <x:v>1709791</x:v>
       </x:c>
       <x:c r="AZ5" s="3" t="n">
-        <x:v>1737469</x:v>
+        <x:v>1717410</x:v>
       </x:c>
       <x:c r="BA5" s="3" t="n">
-        <x:v>1844012</x:v>
+        <x:v>1823167</x:v>
       </x:c>
       <x:c r="BB5" s="3" t="n">
-        <x:v>1999236</x:v>
+        <x:v>1977308</x:v>
       </x:c>
       <x:c r="BC5" s="3" t="n">
-        <x:v>2154542</x:v>
+        <x:v>2122968</x:v>
       </x:c>
       <x:c r="BD5" s="3" t="n">
-        <x:v>2276500</x:v>
+        <x:v>2252212</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:56">
       <x:c r="A6" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>941</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>929</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
         <x:v>881</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
         <x:v>967</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
         <x:v>1089</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
         <x:v>1240</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
@@ -1246,117 +1253,117 @@
       <x:c r="Z6" s="3" t="n">
         <x:v>3262</x:v>
       </x:c>
       <x:c r="AA6" s="3" t="n">
         <x:v>3373</x:v>
       </x:c>
       <x:c r="AB6" s="3" t="n">
         <x:v>3587</x:v>
       </x:c>
       <x:c r="AC6" s="3" t="n">
         <x:v>3652</x:v>
       </x:c>
       <x:c r="AD6" s="3" t="n">
         <x:v>3828</x:v>
       </x:c>
       <x:c r="AE6" s="3" t="n">
         <x:v>4038</x:v>
       </x:c>
       <x:c r="AF6" s="3" t="n">
         <x:v>4125</x:v>
       </x:c>
       <x:c r="AG6" s="3" t="n">
         <x:v>3990</x:v>
       </x:c>
       <x:c r="AH6" s="3" t="n">
-        <x:v>4022</x:v>
+        <x:v>4017</x:v>
       </x:c>
       <x:c r="AI6" s="3" t="n">
-        <x:v>4125</x:v>
+        <x:v>4115</x:v>
       </x:c>
       <x:c r="AJ6" s="3" t="n">
-        <x:v>4158</x:v>
+        <x:v>4144</x:v>
       </x:c>
       <x:c r="AK6" s="3" t="n">
-        <x:v>4395</x:v>
+        <x:v>4373</x:v>
       </x:c>
       <x:c r="AL6" s="3" t="n">
-        <x:v>4639</x:v>
+        <x:v>4602</x:v>
       </x:c>
       <x:c r="AM6" s="3" t="n">
-        <x:v>4885</x:v>
+        <x:v>4837</x:v>
       </x:c>
       <x:c r="AN6" s="3" t="n">
-        <x:v>5075</x:v>
+        <x:v>5012</x:v>
       </x:c>
       <x:c r="AO6" s="3" t="n">
-        <x:v>5032</x:v>
+        <x:v>4970</x:v>
       </x:c>
       <x:c r="AP6" s="3" t="n">
-        <x:v>5346</x:v>
+        <x:v>5288</x:v>
       </x:c>
       <x:c r="AQ6" s="3" t="n">
-        <x:v>5663</x:v>
+        <x:v>5597</x:v>
       </x:c>
       <x:c r="AR6" s="3" t="n">
-        <x:v>5911</x:v>
+        <x:v>5844</x:v>
       </x:c>
       <x:c r="AS6" s="3" t="n">
-        <x:v>6117</x:v>
+        <x:v>6046</x:v>
       </x:c>
       <x:c r="AT6" s="3" t="n">
-        <x:v>6337</x:v>
+        <x:v>6269</x:v>
       </x:c>
       <x:c r="AU6" s="3" t="n">
-        <x:v>6587</x:v>
+        <x:v>6514</x:v>
       </x:c>
       <x:c r="AV6" s="3" t="n">
-        <x:v>6775</x:v>
+        <x:v>6699</x:v>
       </x:c>
       <x:c r="AW6" s="3" t="n">
-        <x:v>7054</x:v>
+        <x:v>6974</x:v>
       </x:c>
       <x:c r="AX6" s="3" t="n">
-        <x:v>7314</x:v>
+        <x:v>7233</x:v>
       </x:c>
       <x:c r="AY6" s="3" t="n">
-        <x:v>7650</x:v>
+        <x:v>7564</x:v>
       </x:c>
       <x:c r="AZ6" s="3" t="n">
-        <x:v>7766</x:v>
+        <x:v>7679</x:v>
       </x:c>
       <x:c r="BA6" s="3" t="n">
-        <x:v>8049</x:v>
+        <x:v>7997</x:v>
       </x:c>
       <x:c r="BB6" s="3" t="n">
-        <x:v>8650</x:v>
+        <x:v>8624</x:v>
       </x:c>
       <x:c r="BC6" s="3" t="n">
-        <x:v>9249</x:v>
+        <x:v>9108</x:v>
       </x:c>
       <x:c r="BD6" s="3" t="n">
-        <x:v>9825</x:v>
+        <x:v>9766</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:56">
       <x:c r="A7" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
         <x:v>108</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
         <x:v>130</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
@@ -1416,117 +1423,117 @@
       <x:c r="Z7" s="3" t="n">
         <x:v>1507</x:v>
       </x:c>
       <x:c r="AA7" s="3" t="n">
         <x:v>1736</x:v>
       </x:c>
       <x:c r="AB7" s="3" t="n">
         <x:v>1751</x:v>
       </x:c>
       <x:c r="AC7" s="3" t="n">
         <x:v>1703</x:v>
       </x:c>
       <x:c r="AD7" s="3" t="n">
         <x:v>1817</x:v>
       </x:c>
       <x:c r="AE7" s="3" t="n">
         <x:v>1901</x:v>
       </x:c>
       <x:c r="AF7" s="3" t="n">
         <x:v>1977</x:v>
       </x:c>
       <x:c r="AG7" s="3" t="n">
         <x:v>1941</x:v>
       </x:c>
       <x:c r="AH7" s="3" t="n">
-        <x:v>1973</x:v>
+        <x:v>1972</x:v>
       </x:c>
       <x:c r="AI7" s="3" t="n">
-        <x:v>1810</x:v>
+        <x:v>1808</x:v>
       </x:c>
       <x:c r="AJ7" s="3" t="n">
-        <x:v>1759</x:v>
+        <x:v>1760</x:v>
       </x:c>
       <x:c r="AK7" s="3" t="n">
-        <x:v>1830</x:v>
+        <x:v>1832</x:v>
       </x:c>
       <x:c r="AL7" s="3" t="n">
-        <x:v>2139</x:v>
+        <x:v>2144</x:v>
       </x:c>
       <x:c r="AM7" s="3" t="n">
-        <x:v>2454</x:v>
+        <x:v>2461</x:v>
       </x:c>
       <x:c r="AN7" s="3" t="n">
-        <x:v>2812</x:v>
+        <x:v>2821</x:v>
       </x:c>
       <x:c r="AO7" s="3" t="n">
-        <x:v>3111</x:v>
+        <x:v>3119</x:v>
       </x:c>
       <x:c r="AP7" s="3" t="n">
-        <x:v>3763</x:v>
+        <x:v>3774</x:v>
       </x:c>
       <x:c r="AQ7" s="3" t="n">
-        <x:v>4143</x:v>
+        <x:v>4153</x:v>
       </x:c>
       <x:c r="AR7" s="3" t="n">
-        <x:v>4300</x:v>
+        <x:v>4314</x:v>
       </x:c>
       <x:c r="AS7" s="3" t="n">
-        <x:v>4544</x:v>
+        <x:v>4561</x:v>
       </x:c>
       <x:c r="AT7" s="3" t="n">
-        <x:v>5075</x:v>
+        <x:v>5093</x:v>
       </x:c>
       <x:c r="AU7" s="3" t="n">
-        <x:v>5587</x:v>
+        <x:v>5608</x:v>
       </x:c>
       <x:c r="AV7" s="3" t="n">
-        <x:v>6190</x:v>
+        <x:v>6212</x:v>
       </x:c>
       <x:c r="AW7" s="3" t="n">
-        <x:v>6960</x:v>
+        <x:v>6988</x:v>
       </x:c>
       <x:c r="AX7" s="3" t="n">
-        <x:v>7657</x:v>
+        <x:v>7687</x:v>
       </x:c>
       <x:c r="AY7" s="3" t="n">
-        <x:v>8378</x:v>
+        <x:v>8412</x:v>
       </x:c>
       <x:c r="AZ7" s="3" t="n">
-        <x:v>9246</x:v>
+        <x:v>9284</x:v>
       </x:c>
       <x:c r="BA7" s="3" t="n">
-        <x:v>10242</x:v>
+        <x:v>10283</x:v>
       </x:c>
       <x:c r="BB7" s="3" t="n">
-        <x:v>11824</x:v>
+        <x:v>11780</x:v>
       </x:c>
       <x:c r="BC7" s="3" t="n">
-        <x:v>13414</x:v>
+        <x:v>13313</x:v>
       </x:c>
       <x:c r="BD7" s="3" t="n">
-        <x:v>14637</x:v>
+        <x:v>14576</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:56">
       <x:c r="A8" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>363</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
         <x:v>421</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
         <x:v>463</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
         <x:v>538</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
         <x:v>642</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
@@ -1583,120 +1590,120 @@
       <x:c r="Y8" s="3" t="n">
         <x:v>1206</x:v>
       </x:c>
       <x:c r="Z8" s="3" t="n">
         <x:v>1270</x:v>
       </x:c>
       <x:c r="AA8" s="3" t="n">
         <x:v>1235</x:v>
       </x:c>
       <x:c r="AB8" s="3" t="n">
         <x:v>1220</x:v>
       </x:c>
       <x:c r="AC8" s="3" t="n">
         <x:v>1261</x:v>
       </x:c>
       <x:c r="AD8" s="3" t="n">
         <x:v>1332</x:v>
       </x:c>
       <x:c r="AE8" s="3" t="n">
         <x:v>1278</x:v>
       </x:c>
       <x:c r="AF8" s="3" t="n">
         <x:v>1358</x:v>
       </x:c>
       <x:c r="AG8" s="3" t="n">
-        <x:v>1509</x:v>
+        <x:v>1508</x:v>
       </x:c>
       <x:c r="AH8" s="3" t="n">
-        <x:v>1550</x:v>
+        <x:v>1547</x:v>
       </x:c>
       <x:c r="AI8" s="3" t="n">
-        <x:v>1594</x:v>
+        <x:v>1589</x:v>
       </x:c>
       <x:c r="AJ8" s="3" t="n">
-        <x:v>1866</x:v>
+        <x:v>1860</x:v>
       </x:c>
       <x:c r="AK8" s="3" t="n">
-        <x:v>1940</x:v>
+        <x:v>1933</x:v>
       </x:c>
       <x:c r="AL8" s="3" t="n">
-        <x:v>2152</x:v>
+        <x:v>2143</x:v>
       </x:c>
       <x:c r="AM8" s="3" t="n">
-        <x:v>2403</x:v>
+        <x:v>2389</x:v>
       </x:c>
       <x:c r="AN8" s="3" t="n">
-        <x:v>2571</x:v>
+        <x:v>2548</x:v>
       </x:c>
       <x:c r="AO8" s="3" t="n">
-        <x:v>2395</x:v>
+        <x:v>2373</x:v>
       </x:c>
       <x:c r="AP8" s="3" t="n">
-        <x:v>2429</x:v>
+        <x:v>2407</x:v>
       </x:c>
       <x:c r="AQ8" s="3" t="n">
-        <x:v>2713</x:v>
+        <x:v>2691</x:v>
       </x:c>
       <x:c r="AR8" s="3" t="n">
-        <x:v>2993</x:v>
+        <x:v>2969</x:v>
       </x:c>
       <x:c r="AS8" s="3" t="n">
-        <x:v>3020</x:v>
+        <x:v>2996</x:v>
       </x:c>
       <x:c r="AT8" s="3" t="n">
-        <x:v>3064</x:v>
+        <x:v>3040</x:v>
       </x:c>
       <x:c r="AU8" s="3" t="n">
-        <x:v>3037</x:v>
+        <x:v>3011</x:v>
       </x:c>
       <x:c r="AV8" s="3" t="n">
-        <x:v>2879</x:v>
+        <x:v>2850</x:v>
       </x:c>
       <x:c r="AW8" s="3" t="n">
-        <x:v>2862</x:v>
+        <x:v>2833</x:v>
       </x:c>
       <x:c r="AX8" s="3" t="n">
-        <x:v>3018</x:v>
+        <x:v>2989</x:v>
       </x:c>
       <x:c r="AY8" s="3" t="n">
-        <x:v>3142</x:v>
+        <x:v>3111</x:v>
       </x:c>
       <x:c r="AZ8" s="3" t="n">
-        <x:v>3244</x:v>
+        <x:v>3211</x:v>
       </x:c>
       <x:c r="BA8" s="3" t="n">
-        <x:v>3401</x:v>
+        <x:v>3358</x:v>
       </x:c>
       <x:c r="BB8" s="3" t="n">
-        <x:v>3581</x:v>
+        <x:v>3528</x:v>
       </x:c>
       <x:c r="BC8" s="3" t="n">
-        <x:v>3875</x:v>
+        <x:v>3782</x:v>
       </x:c>
       <x:c r="BD8" s="3" t="n">
-        <x:v>4087</x:v>
+        <x:v>3998</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:56">
       <x:c r="A9" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H9" s="3" t="n">
@@ -1753,120 +1760,120 @@
       <x:c r="Y9" s="3" t="n">
         <x:v>11122</x:v>
       </x:c>
       <x:c r="Z9" s="3" t="n">
         <x:v>11724</x:v>
       </x:c>
       <x:c r="AA9" s="3" t="n">
         <x:v>11654</x:v>
       </x:c>
       <x:c r="AB9" s="3" t="n">
         <x:v>12403</x:v>
       </x:c>
       <x:c r="AC9" s="3" t="n">
         <x:v>13980</x:v>
       </x:c>
       <x:c r="AD9" s="3" t="n">
         <x:v>15386</x:v>
       </x:c>
       <x:c r="AE9" s="3" t="n">
         <x:v>16919</x:v>
       </x:c>
       <x:c r="AF9" s="3" t="n">
         <x:v>16485</x:v>
       </x:c>
       <x:c r="AG9" s="3" t="n">
-        <x:v>20109</x:v>
+        <x:v>20092</x:v>
       </x:c>
       <x:c r="AH9" s="3" t="n">
-        <x:v>22652</x:v>
+        <x:v>22600</x:v>
       </x:c>
       <x:c r="AI9" s="3" t="n">
-        <x:v>23496</x:v>
+        <x:v>23403</x:v>
       </x:c>
       <x:c r="AJ9" s="3" t="n">
-        <x:v>24514</x:v>
+        <x:v>24363</x:v>
       </x:c>
       <x:c r="AK9" s="3" t="n">
-        <x:v>27576</x:v>
+        <x:v>27349</x:v>
       </x:c>
       <x:c r="AL9" s="3" t="n">
-        <x:v>29975</x:v>
+        <x:v>29656</x:v>
       </x:c>
       <x:c r="AM9" s="3" t="n">
-        <x:v>36747</x:v>
+        <x:v>36275</x:v>
       </x:c>
       <x:c r="AN9" s="3" t="n">
-        <x:v>44568</x:v>
+        <x:v>43886</x:v>
       </x:c>
       <x:c r="AO9" s="3" t="n">
-        <x:v>51976</x:v>
+        <x:v>51199</x:v>
       </x:c>
       <x:c r="AP9" s="3" t="n">
-        <x:v>54393</x:v>
+        <x:v>53541</x:v>
       </x:c>
       <x:c r="AQ9" s="3" t="n">
-        <x:v>61663</x:v>
+        <x:v>60708</x:v>
       </x:c>
       <x:c r="AR9" s="3" t="n">
-        <x:v>69988</x:v>
+        <x:v>68914</x:v>
       </x:c>
       <x:c r="AS9" s="3" t="n">
-        <x:v>78665</x:v>
+        <x:v>77493</x:v>
       </x:c>
       <x:c r="AT9" s="3" t="n">
-        <x:v>81905</x:v>
+        <x:v>80704</x:v>
       </x:c>
       <x:c r="AU9" s="3" t="n">
-        <x:v>77361</x:v>
+        <x:v>76231</x:v>
       </x:c>
       <x:c r="AV9" s="3" t="n">
-        <x:v>69534</x:v>
+        <x:v>68494</x:v>
       </x:c>
       <x:c r="AW9" s="3" t="n">
-        <x:v>66401</x:v>
+        <x:v>65411</x:v>
       </x:c>
       <x:c r="AX9" s="3" t="n">
-        <x:v>69787</x:v>
+        <x:v>68744</x:v>
       </x:c>
       <x:c r="AY9" s="3" t="n">
-        <x:v>77201</x:v>
+        <x:v>76076</x:v>
       </x:c>
       <x:c r="AZ9" s="3" t="n">
-        <x:v>79686</x:v>
+        <x:v>78664</x:v>
       </x:c>
       <x:c r="BA9" s="3" t="n">
-        <x:v>82610</x:v>
+        <x:v>81624</x:v>
       </x:c>
       <x:c r="BB9" s="3" t="n">
-        <x:v>90728</x:v>
+        <x:v>87057</x:v>
       </x:c>
       <x:c r="BC9" s="3" t="n">
-        <x:v>100788</x:v>
+        <x:v>97599</x:v>
       </x:c>
       <x:c r="BD9" s="3" t="n">
-        <x:v>107764</x:v>
+        <x:v>106201</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:56">
       <x:c r="A10" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H10" s="3" t="n">
@@ -1923,120 +1930,120 @@
       <x:c r="Y10" s="3" t="n">
         <x:v>9587</x:v>
       </x:c>
       <x:c r="Z10" s="3" t="n">
         <x:v>9937</x:v>
       </x:c>
       <x:c r="AA10" s="3" t="n">
         <x:v>9789</x:v>
       </x:c>
       <x:c r="AB10" s="3" t="n">
         <x:v>9921</x:v>
       </x:c>
       <x:c r="AC10" s="3" t="n">
         <x:v>10224</x:v>
       </x:c>
       <x:c r="AD10" s="3" t="n">
         <x:v>10489</x:v>
       </x:c>
       <x:c r="AE10" s="3" t="n">
         <x:v>11918</x:v>
       </x:c>
       <x:c r="AF10" s="3" t="n">
         <x:v>11949</x:v>
       </x:c>
       <x:c r="AG10" s="3" t="n">
-        <x:v>13360</x:v>
+        <x:v>13346</x:v>
       </x:c>
       <x:c r="AH10" s="3" t="n">
-        <x:v>13896</x:v>
+        <x:v>13854</x:v>
       </x:c>
       <x:c r="AI10" s="3" t="n">
-        <x:v>14701</x:v>
+        <x:v>14626</x:v>
       </x:c>
       <x:c r="AJ10" s="3" t="n">
-        <x:v>14904</x:v>
+        <x:v>14784</x:v>
       </x:c>
       <x:c r="AK10" s="3" t="n">
-        <x:v>16101</x:v>
+        <x:v>15922</x:v>
       </x:c>
       <x:c r="AL10" s="3" t="n">
-        <x:v>16232</x:v>
+        <x:v>15998</x:v>
       </x:c>
       <x:c r="AM10" s="3" t="n">
-        <x:v>18438</x:v>
+        <x:v>18119</x:v>
       </x:c>
       <x:c r="AN10" s="3" t="n">
-        <x:v>23534</x:v>
+        <x:v>23060</x:v>
       </x:c>
       <x:c r="AO10" s="3" t="n">
-        <x:v>27381</x:v>
+        <x:v>26822</x:v>
       </x:c>
       <x:c r="AP10" s="3" t="n">
-        <x:v>29082</x:v>
+        <x:v>28471</x:v>
       </x:c>
       <x:c r="AQ10" s="3" t="n">
-        <x:v>33037</x:v>
+        <x:v>32328</x:v>
       </x:c>
       <x:c r="AR10" s="3" t="n">
-        <x:v>36795</x:v>
+        <x:v>35996</x:v>
       </x:c>
       <x:c r="AS10" s="3" t="n">
-        <x:v>40327</x:v>
+        <x:v>39462</x:v>
       </x:c>
       <x:c r="AT10" s="3" t="n">
-        <x:v>41295</x:v>
+        <x:v>40409</x:v>
       </x:c>
       <x:c r="AU10" s="3" t="n">
-        <x:v>39189</x:v>
+        <x:v>38353</x:v>
       </x:c>
       <x:c r="AV10" s="3" t="n">
-        <x:v>37791</x:v>
+        <x:v>36987</x:v>
       </x:c>
       <x:c r="AW10" s="3" t="n">
-        <x:v>36675</x:v>
+        <x:v>35895</x:v>
       </x:c>
       <x:c r="AX10" s="3" t="n">
-        <x:v>38516</x:v>
+        <x:v>37672</x:v>
       </x:c>
       <x:c r="AY10" s="3" t="n">
-        <x:v>41306</x:v>
+        <x:v>40385</x:v>
       </x:c>
       <x:c r="AZ10" s="3" t="n">
-        <x:v>41620</x:v>
+        <x:v>40804</x:v>
       </x:c>
       <x:c r="BA10" s="3" t="n">
-        <x:v>42544</x:v>
+        <x:v>41755</x:v>
       </x:c>
       <x:c r="BB10" s="3" t="n">
-        <x:v>47783</x:v>
+        <x:v>46991</x:v>
       </x:c>
       <x:c r="BC10" s="3" t="n">
-        <x:v>53644</x:v>
+        <x:v>52838</x:v>
       </x:c>
       <x:c r="BD10" s="3" t="n">
-        <x:v>56405</x:v>
+        <x:v>56573</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:56">
       <x:c r="A11" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H11" s="3" t="n">
@@ -2093,120 +2100,120 @@
       <x:c r="Y11" s="3" t="n">
         <x:v>1535</x:v>
       </x:c>
       <x:c r="Z11" s="3" t="n">
         <x:v>1787</x:v>
       </x:c>
       <x:c r="AA11" s="3" t="n">
         <x:v>1865</x:v>
       </x:c>
       <x:c r="AB11" s="3" t="n">
         <x:v>2482</x:v>
       </x:c>
       <x:c r="AC11" s="3" t="n">
         <x:v>3756</x:v>
       </x:c>
       <x:c r="AD11" s="3" t="n">
         <x:v>4897</x:v>
       </x:c>
       <x:c r="AE11" s="3" t="n">
         <x:v>5001</x:v>
       </x:c>
       <x:c r="AF11" s="3" t="n">
         <x:v>4536</x:v>
       </x:c>
       <x:c r="AG11" s="3" t="n">
-        <x:v>6749</x:v>
+        <x:v>6746</x:v>
       </x:c>
       <x:c r="AH11" s="3" t="n">
-        <x:v>8756</x:v>
+        <x:v>8746</x:v>
       </x:c>
       <x:c r="AI11" s="3" t="n">
-        <x:v>8795</x:v>
+        <x:v>8777</x:v>
       </x:c>
       <x:c r="AJ11" s="3" t="n">
-        <x:v>9610</x:v>
+        <x:v>9579</x:v>
       </x:c>
       <x:c r="AK11" s="3" t="n">
-        <x:v>11475</x:v>
+        <x:v>11427</x:v>
       </x:c>
       <x:c r="AL11" s="3" t="n">
-        <x:v>13743</x:v>
+        <x:v>13658</x:v>
       </x:c>
       <x:c r="AM11" s="3" t="n">
-        <x:v>18309</x:v>
+        <x:v>18156</x:v>
       </x:c>
       <x:c r="AN11" s="3" t="n">
-        <x:v>21034</x:v>
+        <x:v>20826</x:v>
       </x:c>
       <x:c r="AO11" s="3" t="n">
-        <x:v>24595</x:v>
+        <x:v>24377</x:v>
       </x:c>
       <x:c r="AP11" s="3" t="n">
-        <x:v>25311</x:v>
+        <x:v>25070</x:v>
       </x:c>
       <x:c r="AQ11" s="3" t="n">
-        <x:v>28626</x:v>
+        <x:v>28380</x:v>
       </x:c>
       <x:c r="AR11" s="3" t="n">
-        <x:v>33193</x:v>
+        <x:v>32918</x:v>
       </x:c>
       <x:c r="AS11" s="3" t="n">
-        <x:v>38338</x:v>
+        <x:v>38031</x:v>
       </x:c>
       <x:c r="AT11" s="3" t="n">
-        <x:v>40610</x:v>
+        <x:v>40295</x:v>
       </x:c>
       <x:c r="AU11" s="3" t="n">
-        <x:v>38172</x:v>
+        <x:v>37878</x:v>
       </x:c>
       <x:c r="AV11" s="3" t="n">
-        <x:v>31743</x:v>
+        <x:v>31507</x:v>
       </x:c>
       <x:c r="AW11" s="3" t="n">
-        <x:v>29726</x:v>
+        <x:v>29516</x:v>
       </x:c>
       <x:c r="AX11" s="3" t="n">
-        <x:v>31271</x:v>
+        <x:v>31072</x:v>
       </x:c>
       <x:c r="AY11" s="3" t="n">
-        <x:v>35895</x:v>
+        <x:v>35691</x:v>
       </x:c>
       <x:c r="AZ11" s="3" t="n">
-        <x:v>38066</x:v>
+        <x:v>37860</x:v>
       </x:c>
       <x:c r="BA11" s="3" t="n">
+        <x:v>39869</x:v>
+      </x:c>
+      <x:c r="BB11" s="3" t="n">
         <x:v>40066</x:v>
       </x:c>
-      <x:c r="BB11" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="BC11" s="3" t="n">
-        <x:v>47144</x:v>
+        <x:v>44761</x:v>
       </x:c>
       <x:c r="BD11" s="3" t="n">
-        <x:v>51359</x:v>
+        <x:v>49628</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:56">
       <x:c r="A12" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>11026</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>12602</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
         <x:v>14098</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
         <x:v>15850</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
         <x:v>18641</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
         <x:v>21991</x:v>
       </x:c>
       <x:c r="H12" s="3" t="n">
@@ -2263,120 +2270,120 @@
       <x:c r="Y12" s="3" t="n">
         <x:v>61294</x:v>
       </x:c>
       <x:c r="Z12" s="3" t="n">
         <x:v>64886</x:v>
       </x:c>
       <x:c r="AA12" s="3" t="n">
         <x:v>69364</x:v>
       </x:c>
       <x:c r="AB12" s="3" t="n">
         <x:v>72990</x:v>
       </x:c>
       <x:c r="AC12" s="3" t="n">
         <x:v>79510</x:v>
       </x:c>
       <x:c r="AD12" s="3" t="n">
         <x:v>86075</x:v>
       </x:c>
       <x:c r="AE12" s="3" t="n">
         <x:v>88006</x:v>
       </x:c>
       <x:c r="AF12" s="3" t="n">
         <x:v>89498</x:v>
       </x:c>
       <x:c r="AG12" s="3" t="n">
-        <x:v>91448</x:v>
+        <x:v>91394</x:v>
       </x:c>
       <x:c r="AH12" s="3" t="n">
-        <x:v>94289</x:v>
+        <x:v>94117</x:v>
       </x:c>
       <x:c r="AI12" s="3" t="n">
-        <x:v>92855</x:v>
+        <x:v>92579</x:v>
       </x:c>
       <x:c r="AJ12" s="3" t="n">
-        <x:v>95635</x:v>
+        <x:v>95186</x:v>
       </x:c>
       <x:c r="AK12" s="3" t="n">
-        <x:v>102118</x:v>
+        <x:v>101472</x:v>
       </x:c>
       <x:c r="AL12" s="3" t="n">
-        <x:v>115572</x:v>
+        <x:v>114636</x:v>
       </x:c>
       <x:c r="AM12" s="3" t="n">
-        <x:v>124076</x:v>
+        <x:v>122817</x:v>
       </x:c>
       <x:c r="AN12" s="3" t="n">
-        <x:v>131670</x:v>
+        <x:v>130167</x:v>
       </x:c>
       <x:c r="AO12" s="3" t="n">
-        <x:v>126139</x:v>
+        <x:v>124549</x:v>
       </x:c>
       <x:c r="AP12" s="3" t="n">
-        <x:v>123773</x:v>
+        <x:v>122176</x:v>
       </x:c>
       <x:c r="AQ12" s="3" t="n">
-        <x:v>128966</x:v>
+        <x:v>127357</x:v>
       </x:c>
       <x:c r="AR12" s="3" t="n">
-        <x:v>137037</x:v>
+        <x:v>135328</x:v>
       </x:c>
       <x:c r="AS12" s="3" t="n">
-        <x:v>144124</x:v>
+        <x:v>142333</x:v>
       </x:c>
       <x:c r="AT12" s="3" t="n">
-        <x:v>149789</x:v>
+        <x:v>147922</x:v>
       </x:c>
       <x:c r="AU12" s="3" t="n">
-        <x:v>148300</x:v>
+        <x:v>146444</x:v>
       </x:c>
       <x:c r="AV12" s="3" t="n">
-        <x:v>144339</x:v>
+        <x:v>142552</x:v>
       </x:c>
       <x:c r="AW12" s="3" t="n">
-        <x:v>143716</x:v>
+        <x:v>142026</x:v>
       </x:c>
       <x:c r="AX12" s="3" t="n">
-        <x:v>148898</x:v>
+        <x:v>147227</x:v>
       </x:c>
       <x:c r="AY12" s="3" t="n">
-        <x:v>157989</x:v>
+        <x:v>156211</x:v>
       </x:c>
       <x:c r="AZ12" s="3" t="n">
-        <x:v>155325</x:v>
+        <x:v>153591</x:v>
       </x:c>
       <x:c r="BA12" s="3" t="n">
-        <x:v>162078</x:v>
+        <x:v>160442</x:v>
       </x:c>
       <x:c r="BB12" s="3" t="n">
-        <x:v>173152</x:v>
+        <x:v>171166</x:v>
       </x:c>
       <x:c r="BC12" s="3" t="n">
-        <x:v>186838</x:v>
+        <x:v>183393</x:v>
       </x:c>
       <x:c r="BD12" s="3" t="n">
-        <x:v>198108</x:v>
+        <x:v>196600</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:56">
       <x:c r="A13" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>1525</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>1739</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
         <x:v>2031</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
         <x:v>2220</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
         <x:v>2541</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
         <x:v>2873</x:v>
       </x:c>
       <x:c r="H13" s="3" t="n">
@@ -2433,120 +2440,120 @@
       <x:c r="Y13" s="3" t="n">
         <x:v>11063</x:v>
       </x:c>
       <x:c r="Z13" s="3" t="n">
         <x:v>11797</x:v>
       </x:c>
       <x:c r="AA13" s="3" t="n">
         <x:v>12346</x:v>
       </x:c>
       <x:c r="AB13" s="3" t="n">
         <x:v>13009</x:v>
       </x:c>
       <x:c r="AC13" s="3" t="n">
         <x:v>13652</x:v>
       </x:c>
       <x:c r="AD13" s="3" t="n">
         <x:v>14331</x:v>
       </x:c>
       <x:c r="AE13" s="3" t="n">
         <x:v>15006</x:v>
       </x:c>
       <x:c r="AF13" s="3" t="n">
         <x:v>15724</x:v>
       </x:c>
       <x:c r="AG13" s="3" t="n">
-        <x:v>16210</x:v>
+        <x:v>16202</x:v>
       </x:c>
       <x:c r="AH13" s="3" t="n">
-        <x:v>17219</x:v>
+        <x:v>17192</x:v>
       </x:c>
       <x:c r="AI13" s="3" t="n">
-        <x:v>17410</x:v>
+        <x:v>17366</x:v>
       </x:c>
       <x:c r="AJ13" s="3" t="n">
-        <x:v>17652</x:v>
+        <x:v>17579</x:v>
       </x:c>
       <x:c r="AK13" s="3" t="n">
-        <x:v>18014</x:v>
+        <x:v>17921</x:v>
       </x:c>
       <x:c r="AL13" s="3" t="n">
-        <x:v>18971</x:v>
+        <x:v>18846</x:v>
       </x:c>
       <x:c r="AM13" s="3" t="n">
-        <x:v>20313</x:v>
+        <x:v>20156</x:v>
       </x:c>
       <x:c r="AN13" s="3" t="n">
-        <x:v>21308</x:v>
+        <x:v>21112</x:v>
       </x:c>
       <x:c r="AO13" s="3" t="n">
-        <x:v>21810</x:v>
+        <x:v>21604</x:v>
       </x:c>
       <x:c r="AP13" s="3" t="n">
-        <x:v>21885</x:v>
+        <x:v>21651</x:v>
       </x:c>
       <x:c r="AQ13" s="3" t="n">
-        <x:v>22840</x:v>
+        <x:v>22605</x:v>
       </x:c>
       <x:c r="AR13" s="3" t="n">
-        <x:v>24265</x:v>
+        <x:v>24012</x:v>
       </x:c>
       <x:c r="AS13" s="3" t="n">
-        <x:v>25113</x:v>
+        <x:v>24861</x:v>
       </x:c>
       <x:c r="AT13" s="3" t="n">
-        <x:v>25829</x:v>
+        <x:v>25567</x:v>
       </x:c>
       <x:c r="AU13" s="3" t="n">
-        <x:v>26443</x:v>
+        <x:v>26180</x:v>
       </x:c>
       <x:c r="AV13" s="3" t="n">
-        <x:v>27310</x:v>
+        <x:v>27039</x:v>
       </x:c>
       <x:c r="AW13" s="3" t="n">
-        <x:v>28125</x:v>
+        <x:v>27848</x:v>
       </x:c>
       <x:c r="AX13" s="3" t="n">
-        <x:v>28944</x:v>
+        <x:v>28665</x:v>
       </x:c>
       <x:c r="AY13" s="3" t="n">
-        <x:v>29897</x:v>
+        <x:v>29617</x:v>
       </x:c>
       <x:c r="AZ13" s="3" t="n">
-        <x:v>30372</x:v>
+        <x:v>30124</x:v>
       </x:c>
       <x:c r="BA13" s="3" t="n">
-        <x:v>32345</x:v>
+        <x:v>32176</x:v>
       </x:c>
       <x:c r="BB13" s="3" t="n">
-        <x:v>33994</x:v>
+        <x:v>33525</x:v>
       </x:c>
       <x:c r="BC13" s="3" t="n">
-        <x:v>36101</x:v>
+        <x:v>35535</x:v>
       </x:c>
       <x:c r="BD13" s="3" t="n">
-        <x:v>38154</x:v>
+        <x:v>37993</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:56">
       <x:c r="A14" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>1117</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>1275</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
         <x:v>1489</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
         <x:v>1638</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
         <x:v>1875</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
         <x:v>2195</x:v>
       </x:c>
       <x:c r="H14" s="3" t="n">
@@ -2603,120 +2610,120 @@
       <x:c r="Y14" s="3" t="n">
         <x:v>8993</x:v>
       </x:c>
       <x:c r="Z14" s="3" t="n">
         <x:v>9554</x:v>
       </x:c>
       <x:c r="AA14" s="3" t="n">
         <x:v>9944</x:v>
       </x:c>
       <x:c r="AB14" s="3" t="n">
         <x:v>10453</x:v>
       </x:c>
       <x:c r="AC14" s="3" t="n">
         <x:v>10822</x:v>
       </x:c>
       <x:c r="AD14" s="3" t="n">
         <x:v>11316</x:v>
       </x:c>
       <x:c r="AE14" s="3" t="n">
         <x:v>11903</x:v>
       </x:c>
       <x:c r="AF14" s="3" t="n">
         <x:v>12579</x:v>
       </x:c>
       <x:c r="AG14" s="3" t="n">
-        <x:v>12943</x:v>
+        <x:v>12936</x:v>
       </x:c>
       <x:c r="AH14" s="3" t="n">
-        <x:v>13867</x:v>
+        <x:v>13848</x:v>
       </x:c>
       <x:c r="AI14" s="3" t="n">
-        <x:v>14252</x:v>
+        <x:v>14222</x:v>
       </x:c>
       <x:c r="AJ14" s="3" t="n">
-        <x:v>14538</x:v>
+        <x:v>14486</x:v>
       </x:c>
       <x:c r="AK14" s="3" t="n">
-        <x:v>15066</x:v>
+        <x:v>14998</x:v>
       </x:c>
       <x:c r="AL14" s="3" t="n">
-        <x:v>15944</x:v>
+        <x:v>15853</x:v>
       </x:c>
       <x:c r="AM14" s="3" t="n">
-        <x:v>17106</x:v>
+        <x:v>16991</x:v>
       </x:c>
       <x:c r="AN14" s="3" t="n">
-        <x:v>17974</x:v>
+        <x:v>17827</x:v>
       </x:c>
       <x:c r="AO14" s="3" t="n">
-        <x:v>18163</x:v>
+        <x:v>18009</x:v>
       </x:c>
       <x:c r="AP14" s="3" t="n">
-        <x:v>18025</x:v>
+        <x:v>17855</x:v>
       </x:c>
       <x:c r="AQ14" s="3" t="n">
-        <x:v>18723</x:v>
+        <x:v>18555</x:v>
       </x:c>
       <x:c r="AR14" s="3" t="n">
-        <x:v>19819</x:v>
+        <x:v>19645</x:v>
       </x:c>
       <x:c r="AS14" s="3" t="n">
-        <x:v>20362</x:v>
+        <x:v>20188</x:v>
       </x:c>
       <x:c r="AT14" s="3" t="n">
-        <x:v>20691</x:v>
+        <x:v>20506</x:v>
       </x:c>
       <x:c r="AU14" s="3" t="n">
-        <x:v>21208</x:v>
+        <x:v>21021</x:v>
       </x:c>
       <x:c r="AV14" s="3" t="n">
-        <x:v>21848</x:v>
+        <x:v>21656</x:v>
       </x:c>
       <x:c r="AW14" s="3" t="n">
-        <x:v>22363</x:v>
+        <x:v>22164</x:v>
       </x:c>
       <x:c r="AX14" s="3" t="n">
-        <x:v>22855</x:v>
+        <x:v>22662</x:v>
       </x:c>
       <x:c r="AY14" s="3" t="n">
-        <x:v>23519</x:v>
+        <x:v>23324</x:v>
       </x:c>
       <x:c r="AZ14" s="3" t="n">
-        <x:v>23562</x:v>
+        <x:v>23390</x:v>
       </x:c>
       <x:c r="BA14" s="3" t="n">
-        <x:v>24918</x:v>
+        <x:v>24826</x:v>
       </x:c>
       <x:c r="BB14" s="3" t="n">
-        <x:v>26007</x:v>
+        <x:v>25603</x:v>
       </x:c>
       <x:c r="BC14" s="3" t="n">
-        <x:v>27310</x:v>
+        <x:v>26775</x:v>
       </x:c>
       <x:c r="BD14" s="3" t="n">
-        <x:v>28628</x:v>
+        <x:v>28464</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:56">
       <x:c r="A15" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>464</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
         <x:v>542</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
         <x:v>582</x:v>
       </x:c>
       <x:c r="F15" s="3" t="n">
         <x:v>666</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
         <x:v>678</x:v>
       </x:c>
       <x:c r="H15" s="3" t="n">
@@ -2773,120 +2780,120 @@
       <x:c r="Y15" s="3" t="n">
         <x:v>2070</x:v>
       </x:c>
       <x:c r="Z15" s="3" t="n">
         <x:v>2243</x:v>
       </x:c>
       <x:c r="AA15" s="3" t="n">
         <x:v>2402</x:v>
       </x:c>
       <x:c r="AB15" s="3" t="n">
         <x:v>2556</x:v>
       </x:c>
       <x:c r="AC15" s="3" t="n">
         <x:v>2830</x:v>
       </x:c>
       <x:c r="AD15" s="3" t="n">
         <x:v>3015</x:v>
       </x:c>
       <x:c r="AE15" s="3" t="n">
         <x:v>3103</x:v>
       </x:c>
       <x:c r="AF15" s="3" t="n">
         <x:v>3145</x:v>
       </x:c>
       <x:c r="AG15" s="3" t="n">
-        <x:v>3267</x:v>
+        <x:v>3266</x:v>
       </x:c>
       <x:c r="AH15" s="3" t="n">
-        <x:v>3352</x:v>
+        <x:v>3344</x:v>
       </x:c>
       <x:c r="AI15" s="3" t="n">
-        <x:v>3158</x:v>
+        <x:v>3144</x:v>
       </x:c>
       <x:c r="AJ15" s="3" t="n">
-        <x:v>3114</x:v>
+        <x:v>3093</x:v>
       </x:c>
       <x:c r="AK15" s="3" t="n">
-        <x:v>2948</x:v>
+        <x:v>2923</x:v>
       </x:c>
       <x:c r="AL15" s="3" t="n">
-        <x:v>3027</x:v>
+        <x:v>2993</x:v>
       </x:c>
       <x:c r="AM15" s="3" t="n">
-        <x:v>3207</x:v>
+        <x:v>3165</x:v>
       </x:c>
       <x:c r="AN15" s="3" t="n">
-        <x:v>3334</x:v>
+        <x:v>3285</x:v>
       </x:c>
       <x:c r="AO15" s="3" t="n">
-        <x:v>3647</x:v>
+        <x:v>3595</x:v>
       </x:c>
       <x:c r="AP15" s="3" t="n">
-        <x:v>3860</x:v>
+        <x:v>3796</x:v>
       </x:c>
       <x:c r="AQ15" s="3" t="n">
-        <x:v>4117</x:v>
+        <x:v>4050</x:v>
       </x:c>
       <x:c r="AR15" s="3" t="n">
-        <x:v>4446</x:v>
+        <x:v>4367</x:v>
       </x:c>
       <x:c r="AS15" s="3" t="n">
-        <x:v>4751</x:v>
+        <x:v>4673</x:v>
       </x:c>
       <x:c r="AT15" s="3" t="n">
-        <x:v>5138</x:v>
+        <x:v>5061</x:v>
       </x:c>
       <x:c r="AU15" s="3" t="n">
-        <x:v>5235</x:v>
+        <x:v>5159</x:v>
       </x:c>
       <x:c r="AV15" s="3" t="n">
-        <x:v>5462</x:v>
+        <x:v>5383</x:v>
       </x:c>
       <x:c r="AW15" s="3" t="n">
-        <x:v>5762</x:v>
+        <x:v>5684</x:v>
       </x:c>
       <x:c r="AX15" s="3" t="n">
-        <x:v>6089</x:v>
+        <x:v>6003</x:v>
       </x:c>
       <x:c r="AY15" s="3" t="n">
-        <x:v>6378</x:v>
+        <x:v>6293</x:v>
       </x:c>
       <x:c r="AZ15" s="3" t="n">
-        <x:v>6810</x:v>
+        <x:v>6734</x:v>
       </x:c>
       <x:c r="BA15" s="3" t="n">
-        <x:v>7427</x:v>
+        <x:v>7350</x:v>
       </x:c>
       <x:c r="BB15" s="3" t="n">
-        <x:v>7987</x:v>
+        <x:v>7922</x:v>
       </x:c>
       <x:c r="BC15" s="3" t="n">
-        <x:v>8791</x:v>
+        <x:v>8760</x:v>
       </x:c>
       <x:c r="BD15" s="3" t="n">
-        <x:v>9526</x:v>
+        <x:v>9529</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:56">
       <x:c r="A16" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>817</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
         <x:v>872</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
         <x:v>914</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
         <x:v>950</x:v>
       </x:c>
       <x:c r="F16" s="3" t="n">
         <x:v>1050</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
         <x:v>1099</x:v>
       </x:c>
       <x:c r="H16" s="3" t="n">
@@ -2943,120 +2950,120 @@
       <x:c r="Y16" s="3" t="n">
         <x:v>1480</x:v>
       </x:c>
       <x:c r="Z16" s="3" t="n">
         <x:v>1582</x:v>
       </x:c>
       <x:c r="AA16" s="3" t="n">
         <x:v>1568</x:v>
       </x:c>
       <x:c r="AB16" s="3" t="n">
         <x:v>1676</x:v>
       </x:c>
       <x:c r="AC16" s="3" t="n">
         <x:v>1809</x:v>
       </x:c>
       <x:c r="AD16" s="3" t="n">
         <x:v>1874</x:v>
       </x:c>
       <x:c r="AE16" s="3" t="n">
         <x:v>1685</x:v>
       </x:c>
       <x:c r="AF16" s="3" t="n">
         <x:v>1709</x:v>
       </x:c>
       <x:c r="AG16" s="3" t="n">
-        <x:v>1702</x:v>
+        <x:v>1701</x:v>
       </x:c>
       <x:c r="AH16" s="3" t="n">
-        <x:v>1603</x:v>
+        <x:v>1600</x:v>
       </x:c>
       <x:c r="AI16" s="3" t="n">
-        <x:v>1488</x:v>
+        <x:v>1484</x:v>
       </x:c>
       <x:c r="AJ16" s="3" t="n">
-        <x:v>1468</x:v>
+        <x:v>1462</x:v>
       </x:c>
       <x:c r="AK16" s="3" t="n">
-        <x:v>1497</x:v>
+        <x:v>1490</x:v>
       </x:c>
       <x:c r="AL16" s="3" t="n">
-        <x:v>1612</x:v>
+        <x:v>1604</x:v>
       </x:c>
       <x:c r="AM16" s="3" t="n">
-        <x:v>1748</x:v>
+        <x:v>1737</x:v>
       </x:c>
       <x:c r="AN16" s="3" t="n">
-        <x:v>1771</x:v>
+        <x:v>1758</x:v>
       </x:c>
       <x:c r="AO16" s="3" t="n">
-        <x:v>1585</x:v>
+        <x:v>1575</x:v>
       </x:c>
       <x:c r="AP16" s="3" t="n">
-        <x:v>1569</x:v>
+        <x:v>1562</x:v>
       </x:c>
       <x:c r="AQ16" s="3" t="n">
-        <x:v>1655</x:v>
+        <x:v>1647</x:v>
       </x:c>
       <x:c r="AR16" s="3" t="n">
-        <x:v>1650</x:v>
+        <x:v>1644</x:v>
       </x:c>
       <x:c r="AS16" s="3" t="n">
-        <x:v>1659</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="AT16" s="3" t="n">
-        <x:v>1673</x:v>
+        <x:v>1669</x:v>
       </x:c>
       <x:c r="AU16" s="3" t="n">
-        <x:v>1713</x:v>
+        <x:v>1708</x:v>
       </x:c>
       <x:c r="AV16" s="3" t="n">
-        <x:v>1790</x:v>
+        <x:v>1786</x:v>
       </x:c>
       <x:c r="AW16" s="3" t="n">
-        <x:v>1914</x:v>
+        <x:v>1911</x:v>
       </x:c>
       <x:c r="AX16" s="3" t="n">
-        <x:v>2164</x:v>
+        <x:v>2159</x:v>
       </x:c>
       <x:c r="AY16" s="3" t="n">
-        <x:v>2253</x:v>
+        <x:v>2248</x:v>
       </x:c>
       <x:c r="AZ16" s="3" t="n">
-        <x:v>2113</x:v>
+        <x:v>2109</x:v>
       </x:c>
       <x:c r="BA16" s="3" t="n">
-        <x:v>2419</x:v>
+        <x:v>2437</x:v>
       </x:c>
       <x:c r="BB16" s="3" t="n">
-        <x:v>2624</x:v>
+        <x:v>2592</x:v>
       </x:c>
       <x:c r="BC16" s="3" t="n">
-        <x:v>2730</x:v>
+        <x:v>2642</x:v>
       </x:c>
       <x:c r="BD16" s="3" t="n">
-        <x:v>2833</x:v>
+        <x:v>2780</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:56">
       <x:c r="A17" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
         <x:v>679</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>796</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
         <x:v>945</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
         <x:v>1091</x:v>
       </x:c>
       <x:c r="F17" s="3" t="n">
         <x:v>1294</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
         <x:v>1497</x:v>
       </x:c>
       <x:c r="H17" s="3" t="n">
@@ -3113,120 +3120,120 @@
       <x:c r="Y17" s="3" t="n">
         <x:v>2747</x:v>
       </x:c>
       <x:c r="Z17" s="3" t="n">
         <x:v>3072</x:v>
       </x:c>
       <x:c r="AA17" s="3" t="n">
         <x:v>3285</x:v>
       </x:c>
       <x:c r="AB17" s="3" t="n">
         <x:v>3405</x:v>
       </x:c>
       <x:c r="AC17" s="3" t="n">
         <x:v>3759</x:v>
       </x:c>
       <x:c r="AD17" s="3" t="n">
         <x:v>4092</x:v>
       </x:c>
       <x:c r="AE17" s="3" t="n">
         <x:v>3812</x:v>
       </x:c>
       <x:c r="AF17" s="3" t="n">
         <x:v>4029</x:v>
       </x:c>
       <x:c r="AG17" s="3" t="n">
-        <x:v>4226</x:v>
+        <x:v>4224</x:v>
       </x:c>
       <x:c r="AH17" s="3" t="n">
-        <x:v>4282</x:v>
+        <x:v>4275</x:v>
       </x:c>
       <x:c r="AI17" s="3" t="n">
-        <x:v>4407</x:v>
+        <x:v>4394</x:v>
       </x:c>
       <x:c r="AJ17" s="3" t="n">
-        <x:v>4609</x:v>
+        <x:v>4587</x:v>
       </x:c>
       <x:c r="AK17" s="3" t="n">
-        <x:v>4961</x:v>
+        <x:v>4931</x:v>
       </x:c>
       <x:c r="AL17" s="3" t="n">
-        <x:v>5354</x:v>
+        <x:v>5314</x:v>
       </x:c>
       <x:c r="AM17" s="3" t="n">
-        <x:v>6005</x:v>
+        <x:v>5953</x:v>
       </x:c>
       <x:c r="AN17" s="3" t="n">
-        <x:v>6006</x:v>
+        <x:v>5944</x:v>
       </x:c>
       <x:c r="AO17" s="3" t="n">
-        <x:v>5375</x:v>
+        <x:v>5322</x:v>
       </x:c>
       <x:c r="AP17" s="3" t="n">
-        <x:v>5585</x:v>
+        <x:v>5523</x:v>
       </x:c>
       <x:c r="AQ17" s="3" t="n">
-        <x:v>5876</x:v>
+        <x:v>5812</x:v>
       </x:c>
       <x:c r="AR17" s="3" t="n">
-        <x:v>6015</x:v>
+        <x:v>5949</x:v>
       </x:c>
       <x:c r="AS17" s="3" t="n">
-        <x:v>5984</x:v>
+        <x:v>5917</x:v>
       </x:c>
       <x:c r="AT17" s="3" t="n">
-        <x:v>6055</x:v>
+        <x:v>5989</x:v>
       </x:c>
       <x:c r="AU17" s="3" t="n">
-        <x:v>6197</x:v>
+        <x:v>6129</x:v>
       </x:c>
       <x:c r="AV17" s="3" t="n">
-        <x:v>6529</x:v>
+        <x:v>6459</x:v>
       </x:c>
       <x:c r="AW17" s="3" t="n">
-        <x:v>6919</x:v>
+        <x:v>6848</x:v>
       </x:c>
       <x:c r="AX17" s="3" t="n">
-        <x:v>7117</x:v>
+        <x:v>7041</x:v>
       </x:c>
       <x:c r="AY17" s="3" t="n">
-        <x:v>7334</x:v>
+        <x:v>7253</x:v>
       </x:c>
       <x:c r="AZ17" s="3" t="n">
-        <x:v>7501</x:v>
+        <x:v>7417</x:v>
       </x:c>
       <x:c r="BA17" s="3" t="n">
-        <x:v>8168</x:v>
+        <x:v>8088</x:v>
       </x:c>
       <x:c r="BB17" s="3" t="n">
-        <x:v>8705</x:v>
+        <x:v>8628</x:v>
       </x:c>
       <x:c r="BC17" s="3" t="n">
-        <x:v>8613</x:v>
+        <x:v>8469</x:v>
       </x:c>
       <x:c r="BD17" s="3" t="n">
-        <x:v>8350</x:v>
+        <x:v>8275</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:56">
       <x:c r="A18" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
         <x:v>762</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
         <x:v>822</x:v>
       </x:c>
       <x:c r="D18" s="3" t="n">
         <x:v>872</x:v>
       </x:c>
       <x:c r="E18" s="3" t="n">
         <x:v>895</x:v>
       </x:c>
       <x:c r="F18" s="3" t="n">
         <x:v>1066</x:v>
       </x:c>
       <x:c r="G18" s="3" t="n">
         <x:v>1223</x:v>
       </x:c>
       <x:c r="H18" s="3" t="n">
@@ -3283,120 +3290,120 @@
       <x:c r="Y18" s="3" t="n">
         <x:v>2685</x:v>
       </x:c>
       <x:c r="Z18" s="3" t="n">
         <x:v>2828</x:v>
       </x:c>
       <x:c r="AA18" s="3" t="n">
         <x:v>3105</x:v>
       </x:c>
       <x:c r="AB18" s="3" t="n">
         <x:v>3153</x:v>
       </x:c>
       <x:c r="AC18" s="3" t="n">
         <x:v>3212</x:v>
       </x:c>
       <x:c r="AD18" s="3" t="n">
         <x:v>3364</x:v>
       </x:c>
       <x:c r="AE18" s="3" t="n">
         <x:v>3307</x:v>
       </x:c>
       <x:c r="AF18" s="3" t="n">
         <x:v>3496</x:v>
       </x:c>
       <x:c r="AG18" s="3" t="n">
-        <x:v>3478</x:v>
+        <x:v>3477</x:v>
       </x:c>
       <x:c r="AH18" s="3" t="n">
-        <x:v>3244</x:v>
+        <x:v>3241</x:v>
       </x:c>
       <x:c r="AI18" s="3" t="n">
-        <x:v>3087</x:v>
+        <x:v>3082</x:v>
       </x:c>
       <x:c r="AJ18" s="3" t="n">
-        <x:v>3030</x:v>
+        <x:v>3022</x:v>
       </x:c>
       <x:c r="AK18" s="3" t="n">
-        <x:v>2935</x:v>
+        <x:v>2927</x:v>
       </x:c>
       <x:c r="AL18" s="3" t="n">
-        <x:v>2806</x:v>
+        <x:v>2797</x:v>
       </x:c>
       <x:c r="AM18" s="3" t="n">
-        <x:v>2600</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="AN18" s="3" t="n">
-        <x:v>2564</x:v>
+        <x:v>2551</x:v>
       </x:c>
       <x:c r="AO18" s="3" t="n">
-        <x:v>2418</x:v>
+        <x:v>2407</x:v>
       </x:c>
       <x:c r="AP18" s="3" t="n">
-        <x:v>2216</x:v>
+        <x:v>2202</x:v>
       </x:c>
       <x:c r="AQ18" s="3" t="n">
-        <x:v>2179</x:v>
+        <x:v>2166</x:v>
       </x:c>
       <x:c r="AR18" s="3" t="n">
-        <x:v>1739</x:v>
+        <x:v>1729</x:v>
       </x:c>
       <x:c r="AS18" s="3" t="n">
-        <x:v>1636</x:v>
+        <x:v>1627</x:v>
       </x:c>
       <x:c r="AT18" s="3" t="n">
-        <x:v>1486</x:v>
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="AU18" s="3" t="n">
-        <x:v>1630</x:v>
+        <x:v>1620</x:v>
       </x:c>
       <x:c r="AV18" s="3" t="n">
-        <x:v>1645</x:v>
+        <x:v>1634</x:v>
       </x:c>
       <x:c r="AW18" s="3" t="n">
-        <x:v>1848</x:v>
+        <x:v>1836</x:v>
       </x:c>
       <x:c r="AX18" s="3" t="n">
-        <x:v>1928</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="AY18" s="3" t="n">
-        <x:v>1996</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="AZ18" s="3" t="n">
-        <x:v>1956</x:v>
+        <x:v>1944</x:v>
       </x:c>
       <x:c r="BA18" s="3" t="n">
-        <x:v>2070</x:v>
+        <x:v>2058</x:v>
       </x:c>
       <x:c r="BB18" s="3" t="n">
-        <x:v>2187</x:v>
+        <x:v>2176</x:v>
       </x:c>
       <x:c r="BC18" s="3" t="n">
-        <x:v>2327</x:v>
+        <x:v>2285</x:v>
       </x:c>
       <x:c r="BD18" s="3" t="n">
-        <x:v>2428</x:v>
+        <x:v>2410</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:56">
       <x:c r="A19" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>406</x:v>
       </x:c>
       <x:c r="D19" s="3" t="n">
         <x:v>480</x:v>
       </x:c>
       <x:c r="E19" s="3" t="n">
         <x:v>529</x:v>
       </x:c>
       <x:c r="F19" s="3" t="n">
         <x:v>579</x:v>
       </x:c>
       <x:c r="G19" s="3" t="n">
         <x:v>667</x:v>
       </x:c>
       <x:c r="H19" s="3" t="n">
@@ -3453,120 +3460,120 @@
       <x:c r="Y19" s="3" t="n">
         <x:v>2750</x:v>
       </x:c>
       <x:c r="Z19" s="3" t="n">
         <x:v>2954</x:v>
       </x:c>
       <x:c r="AA19" s="3" t="n">
         <x:v>3028</x:v>
       </x:c>
       <x:c r="AB19" s="3" t="n">
         <x:v>3211</x:v>
       </x:c>
       <x:c r="AC19" s="3" t="n">
         <x:v>3421</x:v>
       </x:c>
       <x:c r="AD19" s="3" t="n">
         <x:v>4051</x:v>
       </x:c>
       <x:c r="AE19" s="3" t="n">
         <x:v>3800</x:v>
       </x:c>
       <x:c r="AF19" s="3" t="n">
         <x:v>3872</x:v>
       </x:c>
       <x:c r="AG19" s="3" t="n">
-        <x:v>3578</x:v>
+        <x:v>3576</x:v>
       </x:c>
       <x:c r="AH19" s="3" t="n">
-        <x:v>3394</x:v>
+        <x:v>3390</x:v>
       </x:c>
       <x:c r="AI19" s="3" t="n">
-        <x:v>3267</x:v>
+        <x:v>3259</x:v>
       </x:c>
       <x:c r="AJ19" s="3" t="n">
-        <x:v>3289</x:v>
+        <x:v>3279</x:v>
       </x:c>
       <x:c r="AK19" s="3" t="n">
-        <x:v>3348</x:v>
+        <x:v>3336</x:v>
       </x:c>
       <x:c r="AL19" s="3" t="n">
-        <x:v>3424</x:v>
+        <x:v>3407</x:v>
       </x:c>
       <x:c r="AM19" s="3" t="n">
-        <x:v>3536</x:v>
+        <x:v>3517</x:v>
       </x:c>
       <x:c r="AN19" s="3" t="n">
-        <x:v>3640</x:v>
+        <x:v>3619</x:v>
       </x:c>
       <x:c r="AO19" s="3" t="n">
-        <x:v>3363</x:v>
+        <x:v>3343</x:v>
       </x:c>
       <x:c r="AP19" s="3" t="n">
-        <x:v>3275</x:v>
+        <x:v>3254</x:v>
       </x:c>
       <x:c r="AQ19" s="3" t="n">
-        <x:v>3240</x:v>
+        <x:v>3219</x:v>
       </x:c>
       <x:c r="AR19" s="3" t="n">
-        <x:v>3263</x:v>
+        <x:v>3243</x:v>
       </x:c>
       <x:c r="AS19" s="3" t="n">
-        <x:v>3183</x:v>
+        <x:v>3165</x:v>
       </x:c>
       <x:c r="AT19" s="3" t="n">
-        <x:v>3027</x:v>
+        <x:v>3007</x:v>
       </x:c>
       <x:c r="AU19" s="3" t="n">
-        <x:v>2979</x:v>
+        <x:v>2958</x:v>
       </x:c>
       <x:c r="AV19" s="3" t="n">
-        <x:v>2715</x:v>
+        <x:v>2695</x:v>
       </x:c>
       <x:c r="AW19" s="3" t="n">
-        <x:v>2748</x:v>
+        <x:v>2730</x:v>
       </x:c>
       <x:c r="AX19" s="3" t="n">
-        <x:v>2690</x:v>
+        <x:v>2672</x:v>
       </x:c>
       <x:c r="AY19" s="3" t="n">
-        <x:v>2704</x:v>
+        <x:v>2686</x:v>
       </x:c>
       <x:c r="AZ19" s="3" t="n">
-        <x:v>2287</x:v>
+        <x:v>2273</x:v>
       </x:c>
       <x:c r="BA19" s="3" t="n">
-        <x:v>2253</x:v>
+        <x:v>2242</x:v>
       </x:c>
       <x:c r="BB19" s="3" t="n">
-        <x:v>2425</x:v>
+        <x:v>2417</x:v>
       </x:c>
       <x:c r="BC19" s="3" t="n">
-        <x:v>2526</x:v>
+        <x:v>2509</x:v>
       </x:c>
       <x:c r="BD19" s="3" t="n">
-        <x:v>2527</x:v>
+        <x:v>2506</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:56">
       <x:c r="A20" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
         <x:v>757</x:v>
       </x:c>
       <x:c r="D20" s="3" t="n">
         <x:v>784</x:v>
       </x:c>
       <x:c r="E20" s="3" t="n">
         <x:v>906</x:v>
       </x:c>
       <x:c r="F20" s="3" t="n">
         <x:v>1042</x:v>
       </x:c>
       <x:c r="G20" s="3" t="n">
         <x:v>1346</x:v>
       </x:c>
       <x:c r="H20" s="3" t="n">
@@ -3623,120 +3630,120 @@
       <x:c r="Y20" s="3" t="n">
         <x:v>5039</x:v>
       </x:c>
       <x:c r="Z20" s="3" t="n">
         <x:v>5210</x:v>
       </x:c>
       <x:c r="AA20" s="3" t="n">
         <x:v>5630</x:v>
       </x:c>
       <x:c r="AB20" s="3" t="n">
         <x:v>5572</x:v>
       </x:c>
       <x:c r="AC20" s="3" t="n">
         <x:v>5802</x:v>
       </x:c>
       <x:c r="AD20" s="3" t="n">
         <x:v>6024</x:v>
       </x:c>
       <x:c r="AE20" s="3" t="n">
         <x:v>6271</x:v>
       </x:c>
       <x:c r="AF20" s="3" t="n">
         <x:v>6507</x:v>
       </x:c>
       <x:c r="AG20" s="3" t="n">
-        <x:v>6756</x:v>
+        <x:v>6754</x:v>
       </x:c>
       <x:c r="AH20" s="3" t="n">
-        <x:v>7016</x:v>
+        <x:v>7003</x:v>
       </x:c>
       <x:c r="AI20" s="3" t="n">
-        <x:v>7365</x:v>
+        <x:v>7336</x:v>
       </x:c>
       <x:c r="AJ20" s="3" t="n">
-        <x:v>8197</x:v>
+        <x:v>8139</x:v>
       </x:c>
       <x:c r="AK20" s="3" t="n">
-        <x:v>8830</x:v>
+        <x:v>8745</x:v>
       </x:c>
       <x:c r="AL20" s="3" t="n">
-        <x:v>9775</x:v>
+        <x:v>9642</x:v>
       </x:c>
       <x:c r="AM20" s="3" t="n">
-        <x:v>10169</x:v>
+        <x:v>9971</x:v>
       </x:c>
       <x:c r="AN20" s="3" t="n">
-        <x:v>10086</x:v>
+        <x:v>9837</x:v>
       </x:c>
       <x:c r="AO20" s="3" t="n">
-        <x:v>9299</x:v>
+        <x:v>9164</x:v>
       </x:c>
       <x:c r="AP20" s="3" t="n">
-        <x:v>9859</x:v>
+        <x:v>9696</x:v>
       </x:c>
       <x:c r="AQ20" s="3" t="n">
-        <x:v>10190</x:v>
+        <x:v>10028</x:v>
       </x:c>
       <x:c r="AR20" s="3" t="n">
-        <x:v>9866</x:v>
+        <x:v>9699</x:v>
       </x:c>
       <x:c r="AS20" s="3" t="n">
-        <x:v>10592</x:v>
+        <x:v>10419</x:v>
       </x:c>
       <x:c r="AT20" s="3" t="n">
-        <x:v>10559</x:v>
+        <x:v>10385</x:v>
       </x:c>
       <x:c r="AU20" s="3" t="n">
-        <x:v>10743</x:v>
+        <x:v>10574</x:v>
       </x:c>
       <x:c r="AV20" s="3" t="n">
-        <x:v>11146</x:v>
+        <x:v>10967</x:v>
       </x:c>
       <x:c r="AW20" s="3" t="n">
-        <x:v>11416</x:v>
+        <x:v>11240</x:v>
       </x:c>
       <x:c r="AX20" s="3" t="n">
-        <x:v>11914</x:v>
+        <x:v>11728</x:v>
       </x:c>
       <x:c r="AY20" s="3" t="n">
-        <x:v>12470</x:v>
+        <x:v>12260</x:v>
       </x:c>
       <x:c r="AZ20" s="3" t="n">
-        <x:v>12576</x:v>
+        <x:v>12376</x:v>
       </x:c>
       <x:c r="BA20" s="3" t="n">
-        <x:v>13254</x:v>
+        <x:v>13086</x:v>
       </x:c>
       <x:c r="BB20" s="3" t="n">
-        <x:v>14301</x:v>
+        <x:v>14237</x:v>
       </x:c>
       <x:c r="BC20" s="3" t="n">
-        <x:v>15215</x:v>
+        <x:v>15146</x:v>
       </x:c>
       <x:c r="BD20" s="3" t="n">
-        <x:v>16079</x:v>
+        <x:v>16022</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:56">
       <x:c r="A21" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>346</x:v>
       </x:c>
       <x:c r="D21" s="3" t="n">
         <x:v>366</x:v>
       </x:c>
       <x:c r="E21" s="3" t="n">
         <x:v>406</x:v>
       </x:c>
       <x:c r="F21" s="3" t="n">
         <x:v>456</x:v>
       </x:c>
       <x:c r="G21" s="3" t="n">
         <x:v>660</x:v>
       </x:c>
       <x:c r="H21" s="3" t="n">
@@ -3793,120 +3800,120 @@
       <x:c r="Y21" s="3" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="Z21" s="3" t="n">
         <x:v>2152</x:v>
       </x:c>
       <x:c r="AA21" s="3" t="n">
         <x:v>2290</x:v>
       </x:c>
       <x:c r="AB21" s="3" t="n">
         <x:v>2231</x:v>
       </x:c>
       <x:c r="AC21" s="3" t="n">
         <x:v>2217</x:v>
       </x:c>
       <x:c r="AD21" s="3" t="n">
         <x:v>2202</x:v>
       </x:c>
       <x:c r="AE21" s="3" t="n">
         <x:v>2245</x:v>
       </x:c>
       <x:c r="AF21" s="3" t="n">
         <x:v>2421</x:v>
       </x:c>
       <x:c r="AG21" s="3" t="n">
-        <x:v>2562</x:v>
+        <x:v>2563</x:v>
       </x:c>
       <x:c r="AH21" s="3" t="n">
-        <x:v>2602</x:v>
+        <x:v>2603</x:v>
       </x:c>
       <x:c r="AI21" s="3" t="n">
-        <x:v>2676</x:v>
+        <x:v>2677</x:v>
       </x:c>
       <x:c r="AJ21" s="3" t="n">
-        <x:v>3405</x:v>
+        <x:v>3409</x:v>
       </x:c>
       <x:c r="AK21" s="3" t="n">
-        <x:v>3790</x:v>
+        <x:v>3795</x:v>
       </x:c>
       <x:c r="AL21" s="3" t="n">
-        <x:v>4124</x:v>
+        <x:v>4131</x:v>
       </x:c>
       <x:c r="AM21" s="3" t="n">
-        <x:v>4216</x:v>
+        <x:v>4227</x:v>
       </x:c>
       <x:c r="AN21" s="3" t="n">
-        <x:v>4023</x:v>
+        <x:v>4036</x:v>
       </x:c>
       <x:c r="AO21" s="3" t="n">
-        <x:v>3796</x:v>
+        <x:v>3806</x:v>
       </x:c>
       <x:c r="AP21" s="3" t="n">
-        <x:v>4394</x:v>
+        <x:v>4407</x:v>
       </x:c>
       <x:c r="AQ21" s="3" t="n">
-        <x:v>4447</x:v>
+        <x:v>4459</x:v>
       </x:c>
       <x:c r="AR21" s="3" t="n">
-        <x:v>4082</x:v>
+        <x:v>4091</x:v>
       </x:c>
       <x:c r="AS21" s="3" t="n">
-        <x:v>4180</x:v>
+        <x:v>4190</x:v>
       </x:c>
       <x:c r="AT21" s="3" t="n">
-        <x:v>4410</x:v>
+        <x:v>4422</x:v>
       </x:c>
       <x:c r="AU21" s="3" t="n">
-        <x:v>4768</x:v>
+        <x:v>4780</x:v>
       </x:c>
       <x:c r="AV21" s="3" t="n">
-        <x:v>5070</x:v>
+        <x:v>5083</x:v>
       </x:c>
       <x:c r="AW21" s="3" t="n">
-        <x:v>5233</x:v>
+        <x:v>5248</x:v>
       </x:c>
       <x:c r="AX21" s="3" t="n">
-        <x:v>5535</x:v>
+        <x:v>5551</x:v>
       </x:c>
       <x:c r="AY21" s="3" t="n">
-        <x:v>5686</x:v>
+        <x:v>5702</x:v>
       </x:c>
       <x:c r="AZ21" s="3" t="n">
-        <x:v>5657</x:v>
+        <x:v>5675</x:v>
       </x:c>
       <x:c r="BA21" s="3" t="n">
-        <x:v>6172</x:v>
+        <x:v>6192</x:v>
       </x:c>
       <x:c r="BB21" s="3" t="n">
-        <x:v>6716</x:v>
+        <x:v>6728</x:v>
       </x:c>
       <x:c r="BC21" s="3" t="n">
-        <x:v>7217</x:v>
+        <x:v>7198</x:v>
       </x:c>
       <x:c r="BD21" s="3" t="n">
-        <x:v>7397</x:v>
+        <x:v>7389</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:56">
       <x:c r="A22" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
         <x:v>723</x:v>
       </x:c>
       <x:c r="C22" s="3" t="n">
         <x:v>836</x:v>
       </x:c>
       <x:c r="D22" s="3" t="n">
         <x:v>956</x:v>
       </x:c>
       <x:c r="E22" s="3" t="n">
         <x:v>1123</x:v>
       </x:c>
       <x:c r="F22" s="3" t="n">
         <x:v>1294</x:v>
       </x:c>
       <x:c r="G22" s="3" t="n">
         <x:v>1447</x:v>
       </x:c>
       <x:c r="H22" s="3" t="n">
@@ -3963,120 +3970,120 @@
       <x:c r="Y22" s="3" t="n">
         <x:v>3436</x:v>
       </x:c>
       <x:c r="Z22" s="3" t="n">
         <x:v>3669</x:v>
       </x:c>
       <x:c r="AA22" s="3" t="n">
         <x:v>3973</x:v>
       </x:c>
       <x:c r="AB22" s="3" t="n">
         <x:v>4449</x:v>
       </x:c>
       <x:c r="AC22" s="3" t="n">
         <x:v>4862</x:v>
       </x:c>
       <x:c r="AD22" s="3" t="n">
         <x:v>5255</x:v>
       </x:c>
       <x:c r="AE22" s="3" t="n">
         <x:v>5290</x:v>
       </x:c>
       <x:c r="AF22" s="3" t="n">
         <x:v>5332</x:v>
       </x:c>
       <x:c r="AG22" s="3" t="n">
-        <x:v>5327</x:v>
+        <x:v>5325</x:v>
       </x:c>
       <x:c r="AH22" s="3" t="n">
-        <x:v>5426</x:v>
+        <x:v>5420</x:v>
       </x:c>
       <x:c r="AI22" s="3" t="n">
-        <x:v>5511</x:v>
+        <x:v>5503</x:v>
       </x:c>
       <x:c r="AJ22" s="3" t="n">
-        <x:v>5621</x:v>
+        <x:v>5611</x:v>
       </x:c>
       <x:c r="AK22" s="3" t="n">
-        <x:v>6084</x:v>
+        <x:v>6069</x:v>
       </x:c>
       <x:c r="AL22" s="3" t="n">
-        <x:v>6656</x:v>
+        <x:v>6645</x:v>
       </x:c>
       <x:c r="AM22" s="3" t="n">
-        <x:v>7508</x:v>
+        <x:v>7488</x:v>
       </x:c>
       <x:c r="AN22" s="3" t="n">
-        <x:v>8028</x:v>
+        <x:v>8001</x:v>
       </x:c>
       <x:c r="AO22" s="3" t="n">
-        <x:v>7397</x:v>
+        <x:v>7379</x:v>
       </x:c>
       <x:c r="AP22" s="3" t="n">
-        <x:v>7249</x:v>
+        <x:v>7220</x:v>
       </x:c>
       <x:c r="AQ22" s="3" t="n">
-        <x:v>7680</x:v>
+        <x:v>7652</x:v>
       </x:c>
       <x:c r="AR22" s="3" t="n">
-        <x:v>8073</x:v>
+        <x:v>8046</x:v>
       </x:c>
       <x:c r="AS22" s="3" t="n">
-        <x:v>8242</x:v>
+        <x:v>8217</x:v>
       </x:c>
       <x:c r="AT22" s="3" t="n">
-        <x:v>8485</x:v>
+        <x:v>8461</x:v>
       </x:c>
       <x:c r="AU22" s="3" t="n">
-        <x:v>8658</x:v>
+        <x:v>8633</x:v>
       </x:c>
       <x:c r="AV22" s="3" t="n">
-        <x:v>8974</x:v>
+        <x:v>8948</x:v>
       </x:c>
       <x:c r="AW22" s="3" t="n">
-        <x:v>9447</x:v>
+        <x:v>9424</x:v>
       </x:c>
       <x:c r="AX22" s="3" t="n">
-        <x:v>9923</x:v>
+        <x:v>9901</x:v>
       </x:c>
       <x:c r="AY22" s="3" t="n">
-        <x:v>10112</x:v>
+        <x:v>10084</x:v>
       </x:c>
       <x:c r="AZ22" s="3" t="n">
-        <x:v>9976</x:v>
+        <x:v>9946</x:v>
       </x:c>
       <x:c r="BA22" s="3" t="n">
-        <x:v>10454</x:v>
+        <x:v>10426</x:v>
       </x:c>
       <x:c r="BB22" s="3" t="n">
-        <x:v>11131</x:v>
+        <x:v>11038</x:v>
       </x:c>
       <x:c r="BC22" s="3" t="n">
-        <x:v>11597</x:v>
+        <x:v>11407</x:v>
       </x:c>
       <x:c r="BD22" s="3" t="n">
-        <x:v>12060</x:v>
+        <x:v>11996</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:56">
       <x:c r="A23" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>960</x:v>
       </x:c>
       <x:c r="D23" s="3" t="n">
         <x:v>1067</x:v>
       </x:c>
       <x:c r="E23" s="3" t="n">
         <x:v>1194</x:v>
       </x:c>
       <x:c r="F23" s="3" t="n">
         <x:v>1423</x:v>
       </x:c>
       <x:c r="G23" s="3" t="n">
         <x:v>1684</x:v>
       </x:c>
       <x:c r="H23" s="3" t="n">
@@ -4133,120 +4140,120 @@
       <x:c r="Y23" s="3" t="n">
         <x:v>4448</x:v>
       </x:c>
       <x:c r="Z23" s="3" t="n">
         <x:v>4634</x:v>
       </x:c>
       <x:c r="AA23" s="3" t="n">
         <x:v>4862</x:v>
       </x:c>
       <x:c r="AB23" s="3" t="n">
         <x:v>5034</x:v>
       </x:c>
       <x:c r="AC23" s="3" t="n">
         <x:v>5191</x:v>
       </x:c>
       <x:c r="AD23" s="3" t="n">
         <x:v>5485</x:v>
       </x:c>
       <x:c r="AE23" s="3" t="n">
         <x:v>5287</x:v>
       </x:c>
       <x:c r="AF23" s="3" t="n">
         <x:v>5511</x:v>
       </x:c>
       <x:c r="AG23" s="3" t="n">
-        <x:v>5480</x:v>
+        <x:v>5477</x:v>
       </x:c>
       <x:c r="AH23" s="3" t="n">
-        <x:v>5309</x:v>
+        <x:v>5302</x:v>
       </x:c>
       <x:c r="AI23" s="3" t="n">
-        <x:v>5744</x:v>
+        <x:v>5730</x:v>
       </x:c>
       <x:c r="AJ23" s="3" t="n">
-        <x:v>6152</x:v>
+        <x:v>6134</x:v>
       </x:c>
       <x:c r="AK23" s="3" t="n">
-        <x:v>5920</x:v>
+        <x:v>5890</x:v>
       </x:c>
       <x:c r="AL23" s="3" t="n">
-        <x:v>6734</x:v>
+        <x:v>6701</x:v>
       </x:c>
       <x:c r="AM23" s="3" t="n">
-        <x:v>6592</x:v>
+        <x:v>6550</x:v>
       </x:c>
       <x:c r="AN23" s="3" t="n">
-        <x:v>7263</x:v>
+        <x:v>7197</x:v>
       </x:c>
       <x:c r="AO23" s="3" t="n">
-        <x:v>6752</x:v>
+        <x:v>6694</x:v>
       </x:c>
       <x:c r="AP23" s="3" t="n">
-        <x:v>6168</x:v>
+        <x:v>6111</x:v>
       </x:c>
       <x:c r="AQ23" s="3" t="n">
-        <x:v>6396</x:v>
+        <x:v>6340</x:v>
       </x:c>
       <x:c r="AR23" s="3" t="n">
-        <x:v>6350</x:v>
+        <x:v>6296</x:v>
       </x:c>
       <x:c r="AS23" s="3" t="n">
-        <x:v>6232</x:v>
+        <x:v>6178</x:v>
       </x:c>
       <x:c r="AT23" s="3" t="n">
-        <x:v>6524</x:v>
+        <x:v>6468</x:v>
       </x:c>
       <x:c r="AU23" s="3" t="n">
-        <x:v>6954</x:v>
+        <x:v>6897</x:v>
       </x:c>
       <x:c r="AV23" s="3" t="n">
-        <x:v>7526</x:v>
+        <x:v>7466</x:v>
       </x:c>
       <x:c r="AW23" s="3" t="n">
-        <x:v>7843</x:v>
+        <x:v>7771</x:v>
       </x:c>
       <x:c r="AX23" s="3" t="n">
-        <x:v>8256</x:v>
+        <x:v>8191</x:v>
       </x:c>
       <x:c r="AY23" s="3" t="n">
-        <x:v>8640</x:v>
+        <x:v>8578</x:v>
       </x:c>
       <x:c r="AZ23" s="3" t="n">
-        <x:v>8513</x:v>
+        <x:v>8453</x:v>
       </x:c>
       <x:c r="BA23" s="3" t="n">
-        <x:v>8782</x:v>
+        <x:v>8714</x:v>
       </x:c>
       <x:c r="BB23" s="3" t="n">
-        <x:v>9483</x:v>
+        <x:v>9475</x:v>
       </x:c>
       <x:c r="BC23" s="3" t="n">
-        <x:v>10121</x:v>
+        <x:v>10005</x:v>
       </x:c>
       <x:c r="BD23" s="3" t="n">
-        <x:v>10928</x:v>
+        <x:v>10838</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:56">
       <x:c r="A24" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
         <x:v>2555</x:v>
       </x:c>
       <x:c r="C24" s="3" t="n">
         <x:v>2953</x:v>
       </x:c>
       <x:c r="D24" s="3" t="n">
         <x:v>3233</x:v>
       </x:c>
       <x:c r="E24" s="3" t="n">
         <x:v>3645</x:v>
       </x:c>
       <x:c r="F24" s="3" t="n">
         <x:v>4399</x:v>
       </x:c>
       <x:c r="G24" s="3" t="n">
         <x:v>5332</x:v>
       </x:c>
       <x:c r="H24" s="3" t="n">
@@ -4303,120 +4310,120 @@
       <x:c r="Y24" s="3" t="n">
         <x:v>13553</x:v>
       </x:c>
       <x:c r="Z24" s="3" t="n">
         <x:v>14622</x:v>
       </x:c>
       <x:c r="AA24" s="3" t="n">
         <x:v>15816</x:v>
       </x:c>
       <x:c r="AB24" s="3" t="n">
         <x:v>17099</x:v>
       </x:c>
       <x:c r="AC24" s="3" t="n">
         <x:v>19088</x:v>
       </x:c>
       <x:c r="AD24" s="3" t="n">
         <x:v>20946</x:v>
       </x:c>
       <x:c r="AE24" s="3" t="n">
         <x:v>21909</x:v>
       </x:c>
       <x:c r="AF24" s="3" t="n">
         <x:v>22037</x:v>
       </x:c>
       <x:c r="AG24" s="3" t="n">
-        <x:v>22918</x:v>
+        <x:v>22898</x:v>
       </x:c>
       <x:c r="AH24" s="3" t="n">
-        <x:v>23233</x:v>
+        <x:v>23174</x:v>
       </x:c>
       <x:c r="AI24" s="3" t="n">
-        <x:v>21911</x:v>
+        <x:v>21826</x:v>
       </x:c>
       <x:c r="AJ24" s="3" t="n">
-        <x:v>21977</x:v>
+        <x:v>21847</x:v>
       </x:c>
       <x:c r="AK24" s="3" t="n">
-        <x:v>24566</x:v>
+        <x:v>24372</x:v>
       </x:c>
       <x:c r="AL24" s="3" t="n">
-        <x:v>27997</x:v>
+        <x:v>27725</x:v>
       </x:c>
       <x:c r="AM24" s="3" t="n">
-        <x:v>31719</x:v>
+        <x:v>31367</x:v>
       </x:c>
       <x:c r="AN24" s="3" t="n">
-        <x:v>34629</x:v>
+        <x:v>34156</x:v>
       </x:c>
       <x:c r="AO24" s="3" t="n">
-        <x:v>35696</x:v>
+        <x:v>35108</x:v>
       </x:c>
       <x:c r="AP24" s="3" t="n">
-        <x:v>34276</x:v>
+        <x:v>33727</x:v>
       </x:c>
       <x:c r="AQ24" s="3" t="n">
-        <x:v>36031</x:v>
+        <x:v>35467</x:v>
       </x:c>
       <x:c r="AR24" s="3" t="n">
-        <x:v>39762</x:v>
+        <x:v>39142</x:v>
       </x:c>
       <x:c r="AS24" s="3" t="n">
-        <x:v>42584</x:v>
+        <x:v>41921</x:v>
       </x:c>
       <x:c r="AT24" s="3" t="n">
-        <x:v>45445</x:v>
+        <x:v>44744</x:v>
       </x:c>
       <x:c r="AU24" s="3" t="n">
-        <x:v>45187</x:v>
+        <x:v>44470</x:v>
       </x:c>
       <x:c r="AV24" s="3" t="n">
-        <x:v>41882</x:v>
+        <x:v>41236</x:v>
       </x:c>
       <x:c r="AW24" s="3" t="n">
-        <x:v>39883</x:v>
+        <x:v>39313</x:v>
       </x:c>
       <x:c r="AX24" s="3" t="n">
-        <x:v>41026</x:v>
+        <x:v>40458</x:v>
       </x:c>
       <x:c r="AY24" s="3" t="n">
-        <x:v>44538</x:v>
+        <x:v>43932</x:v>
       </x:c>
       <x:c r="AZ24" s="3" t="n">
-        <x:v>44218</x:v>
+        <x:v>43601</x:v>
       </x:c>
       <x:c r="BA24" s="3" t="n">
-        <x:v>45985</x:v>
+        <x:v>45347</x:v>
       </x:c>
       <x:c r="BB24" s="3" t="n">
-        <x:v>49957</x:v>
+        <x:v>48972</x:v>
       </x:c>
       <x:c r="BC24" s="3" t="n">
-        <x:v>55118</x:v>
+        <x:v>53792</x:v>
       </x:c>
       <x:c r="BD24" s="3" t="n">
-        <x:v>58521</x:v>
+        <x:v>58355</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:56">
       <x:c r="A25" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
         <x:v>1121</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>1291</x:v>
       </x:c>
       <x:c r="D25" s="3" t="n">
         <x:v>1491</x:v>
       </x:c>
       <x:c r="E25" s="3" t="n">
         <x:v>1816</x:v>
       </x:c>
       <x:c r="F25" s="3" t="n">
         <x:v>2256</x:v>
       </x:c>
       <x:c r="G25" s="3" t="n">
         <x:v>2847</x:v>
       </x:c>
       <x:c r="H25" s="3" t="n">
@@ -4473,120 +4480,120 @@
       <x:c r="Y25" s="3" t="n">
         <x:v>8643</x:v>
       </x:c>
       <x:c r="Z25" s="3" t="n">
         <x:v>8693</x:v>
       </x:c>
       <x:c r="AA25" s="3" t="n">
         <x:v>9601</x:v>
       </x:c>
       <x:c r="AB25" s="3" t="n">
         <x:v>9751</x:v>
       </x:c>
       <x:c r="AC25" s="3" t="n">
         <x:v>11073</x:v>
       </x:c>
       <x:c r="AD25" s="3" t="n">
         <x:v>12754</x:v>
       </x:c>
       <x:c r="AE25" s="3" t="n">
         <x:v>13687</x:v>
       </x:c>
       <x:c r="AF25" s="3" t="n">
         <x:v>13099</x:v>
       </x:c>
       <x:c r="AG25" s="3" t="n">
-        <x:v>13384</x:v>
+        <x:v>13383</x:v>
       </x:c>
       <x:c r="AH25" s="3" t="n">
-        <x:v>14887</x:v>
+        <x:v>14876</x:v>
       </x:c>
       <x:c r="AI25" s="3" t="n">
-        <x:v>14211</x:v>
+        <x:v>14198</x:v>
       </x:c>
       <x:c r="AJ25" s="3" t="n">
-        <x:v>14664</x:v>
+        <x:v>14640</x:v>
       </x:c>
       <x:c r="AK25" s="3" t="n">
-        <x:v>15880</x:v>
+        <x:v>15848</x:v>
       </x:c>
       <x:c r="AL25" s="3" t="n">
-        <x:v>19188</x:v>
+        <x:v>19120</x:v>
       </x:c>
       <x:c r="AM25" s="3" t="n">
-        <x:v>18837</x:v>
+        <x:v>18768</x:v>
       </x:c>
       <x:c r="AN25" s="3" t="n">
-        <x:v>20371</x:v>
+        <x:v>20283</x:v>
       </x:c>
       <x:c r="AO25" s="3" t="n">
-        <x:v>18129</x:v>
+        <x:v>17992</x:v>
       </x:c>
       <x:c r="AP25" s="3" t="n">
-        <x:v>17050</x:v>
+        <x:v>16925</x:v>
       </x:c>
       <x:c r="AQ25" s="3" t="n">
-        <x:v>17722</x:v>
+        <x:v>17602</x:v>
       </x:c>
       <x:c r="AR25" s="3" t="n">
-        <x:v>19608</x:v>
+        <x:v>19484</x:v>
       </x:c>
       <x:c r="AS25" s="3" t="n">
-        <x:v>21026</x:v>
+        <x:v>20893</x:v>
       </x:c>
       <x:c r="AT25" s="3" t="n">
-        <x:v>22112</x:v>
+        <x:v>21977</x:v>
       </x:c>
       <x:c r="AU25" s="3" t="n">
-        <x:v>19031</x:v>
+        <x:v>18914</x:v>
       </x:c>
       <x:c r="AV25" s="3" t="n">
-        <x:v>16656</x:v>
+        <x:v>16543</x:v>
       </x:c>
       <x:c r="AW25" s="3" t="n">
-        <x:v>15178</x:v>
+        <x:v>15090</x:v>
       </x:c>
       <x:c r="AX25" s="3" t="n">
-        <x:v>15822</x:v>
+        <x:v>15755</x:v>
       </x:c>
       <x:c r="AY25" s="3" t="n">
-        <x:v>16735</x:v>
+        <x:v>16660</x:v>
       </x:c>
       <x:c r="AZ25" s="3" t="n">
-        <x:v>15772</x:v>
+        <x:v>15695</x:v>
       </x:c>
       <x:c r="BA25" s="3" t="n">
-        <x:v>15346</x:v>
+        <x:v>15277</x:v>
       </x:c>
       <x:c r="BB25" s="3" t="n">
-        <x:v>15751</x:v>
+        <x:v>15665</x:v>
       </x:c>
       <x:c r="BC25" s="3" t="n">
-        <x:v>17612</x:v>
+        <x:v>17096</x:v>
       </x:c>
       <x:c r="BD25" s="3" t="n">
-        <x:v>19377</x:v>
+        <x:v>19048</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:56">
       <x:c r="A26" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
         <x:v>528</x:v>
       </x:c>
       <x:c r="C26" s="3" t="n">
         <x:v>618</x:v>
       </x:c>
       <x:c r="D26" s="3" t="n">
         <x:v>715</x:v>
       </x:c>
       <x:c r="E26" s="3" t="n">
         <x:v>801</x:v>
       </x:c>
       <x:c r="F26" s="3" t="n">
         <x:v>888</x:v>
       </x:c>
       <x:c r="G26" s="3" t="n">
         <x:v>993</x:v>
       </x:c>
       <x:c r="H26" s="3" t="n">
@@ -4643,120 +4650,120 @@
       <x:c r="Y26" s="3" t="n">
         <x:v>2558</x:v>
       </x:c>
       <x:c r="Z26" s="3" t="n">
         <x:v>2793</x:v>
       </x:c>
       <x:c r="AA26" s="3" t="n">
         <x:v>2975</x:v>
       </x:c>
       <x:c r="AB26" s="3" t="n">
         <x:v>3306</x:v>
       </x:c>
       <x:c r="AC26" s="3" t="n">
         <x:v>3944</x:v>
       </x:c>
       <x:c r="AD26" s="3" t="n">
         <x:v>4406</x:v>
       </x:c>
       <x:c r="AE26" s="3" t="n">
         <x:v>4323</x:v>
       </x:c>
       <x:c r="AF26" s="3" t="n">
         <x:v>4479</x:v>
       </x:c>
       <x:c r="AG26" s="3" t="n">
-        <x:v>4395</x:v>
+        <x:v>4391</x:v>
       </x:c>
       <x:c r="AH26" s="3" t="n">
-        <x:v>4415</x:v>
+        <x:v>4406</x:v>
       </x:c>
       <x:c r="AI26" s="3" t="n">
-        <x:v>4179</x:v>
+        <x:v>4164</x:v>
       </x:c>
       <x:c r="AJ26" s="3" t="n">
-        <x:v>4134</x:v>
+        <x:v>4111</x:v>
       </x:c>
       <x:c r="AK26" s="3" t="n">
-        <x:v>4446</x:v>
+        <x:v>4411</x:v>
       </x:c>
       <x:c r="AL26" s="3" t="n">
-        <x:v>4770</x:v>
+        <x:v>4722</x:v>
       </x:c>
       <x:c r="AM26" s="3" t="n">
-        <x:v>5069</x:v>
+        <x:v>5008</x:v>
       </x:c>
       <x:c r="AN26" s="3" t="n">
-        <x:v>4806</x:v>
+        <x:v>4742</x:v>
       </x:c>
       <x:c r="AO26" s="3" t="n">
-        <x:v>4417</x:v>
+        <x:v>4355</x:v>
       </x:c>
       <x:c r="AP26" s="3" t="n">
-        <x:v>4227</x:v>
+        <x:v>4168</x:v>
       </x:c>
       <x:c r="AQ26" s="3" t="n">
-        <x:v>4102</x:v>
+        <x:v>4045</x:v>
       </x:c>
       <x:c r="AR26" s="3" t="n">
-        <x:v>4251</x:v>
+        <x:v>4193</x:v>
       </x:c>
       <x:c r="AS26" s="3" t="n">
-        <x:v>4168</x:v>
+        <x:v>4108</x:v>
       </x:c>
       <x:c r="AT26" s="3" t="n">
-        <x:v>4134</x:v>
+        <x:v>4076</x:v>
       </x:c>
       <x:c r="AU26" s="3" t="n">
-        <x:v>4180</x:v>
+        <x:v>4120</x:v>
       </x:c>
       <x:c r="AV26" s="3" t="n">
-        <x:v>4258</x:v>
+        <x:v>4197</x:v>
       </x:c>
       <x:c r="AW26" s="3" t="n">
-        <x:v>4470</x:v>
+        <x:v>4406</x:v>
       </x:c>
       <x:c r="AX26" s="3" t="n">
-        <x:v>4569</x:v>
+        <x:v>4507</x:v>
       </x:c>
       <x:c r="AY26" s="3" t="n">
-        <x:v>4754</x:v>
+        <x:v>4688</x:v>
       </x:c>
       <x:c r="AZ26" s="3" t="n">
-        <x:v>4649</x:v>
+        <x:v>4588</x:v>
       </x:c>
       <x:c r="BA26" s="3" t="n">
-        <x:v>5185</x:v>
+        <x:v>5125</x:v>
       </x:c>
       <x:c r="BB26" s="3" t="n">
-        <x:v>5622</x:v>
+        <x:v>5576</x:v>
       </x:c>
       <x:c r="BC26" s="3" t="n">
-        <x:v>5822</x:v>
+        <x:v>5712</x:v>
       </x:c>
       <x:c r="BD26" s="3" t="n">
-        <x:v>5888</x:v>
+        <x:v>5840</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:56">
       <x:c r="A27" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
         <x:v>484</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>552</x:v>
       </x:c>
       <x:c r="D27" s="3" t="n">
         <x:v>610</x:v>
       </x:c>
       <x:c r="E27" s="3" t="n">
         <x:v>680</x:v>
       </x:c>
       <x:c r="F27" s="3" t="n">
         <x:v>809</x:v>
       </x:c>
       <x:c r="G27" s="3" t="n">
         <x:v>983</x:v>
       </x:c>
       <x:c r="H27" s="3" t="n">
@@ -4813,120 +4820,120 @@
       <x:c r="Y27" s="3" t="n">
         <x:v>2892</x:v>
       </x:c>
       <x:c r="Z27" s="3" t="n">
         <x:v>3032</x:v>
       </x:c>
       <x:c r="AA27" s="3" t="n">
         <x:v>3175</x:v>
       </x:c>
       <x:c r="AB27" s="3" t="n">
         <x:v>3325</x:v>
       </x:c>
       <x:c r="AC27" s="3" t="n">
         <x:v>3697</x:v>
       </x:c>
       <x:c r="AD27" s="3" t="n">
         <x:v>3493</x:v>
       </x:c>
       <x:c r="AE27" s="3" t="n">
         <x:v>3629</x:v>
       </x:c>
       <x:c r="AF27" s="3" t="n">
         <x:v>3703</x:v>
       </x:c>
       <x:c r="AG27" s="3" t="n">
-        <x:v>3994</x:v>
+        <x:v>3986</x:v>
       </x:c>
       <x:c r="AH27" s="3" t="n">
-        <x:v>4261</x:v>
+        <x:v>4238</x:v>
       </x:c>
       <x:c r="AI27" s="3" t="n">
-        <x:v>4275</x:v>
+        <x:v>4237</x:v>
       </x:c>
       <x:c r="AJ27" s="3" t="n">
-        <x:v>4842</x:v>
+        <x:v>4775</x:v>
       </x:c>
       <x:c r="AK27" s="3" t="n">
-        <x:v>5637</x:v>
+        <x:v>5532</x:v>
       </x:c>
       <x:c r="AL27" s="3" t="n">
-        <x:v>8285</x:v>
+        <x:v>8113</x:v>
       </x:c>
       <x:c r="AM27" s="3" t="n">
-        <x:v>9980</x:v>
+        <x:v>9713</x:v>
       </x:c>
       <x:c r="AN27" s="3" t="n">
-        <x:v>11198</x:v>
+        <x:v>10967</x:v>
       </x:c>
       <x:c r="AO27" s="3" t="n">
-        <x:v>9898</x:v>
+        <x:v>9606</x:v>
       </x:c>
       <x:c r="AP27" s="3" t="n">
-        <x:v>10414</x:v>
+        <x:v>10137</x:v>
       </x:c>
       <x:c r="AQ27" s="3" t="n">
-        <x:v>11055</x:v>
+        <x:v>10774</x:v>
       </x:c>
       <x:c r="AR27" s="3" t="n">
-        <x:v>12195</x:v>
+        <x:v>11891</x:v>
       </x:c>
       <x:c r="AS27" s="3" t="n">
-        <x:v>13705</x:v>
+        <x:v>13374</x:v>
       </x:c>
       <x:c r="AT27" s="3" t="n">
-        <x:v>14460</x:v>
+        <x:v>14102</x:v>
       </x:c>
       <x:c r="AU27" s="3" t="n">
-        <x:v>14585</x:v>
+        <x:v>14241</x:v>
       </x:c>
       <x:c r="AV27" s="3" t="n">
-        <x:v>13908</x:v>
+        <x:v>13582</x:v>
       </x:c>
       <x:c r="AW27" s="3" t="n">
-        <x:v>13925</x:v>
+        <x:v>13609</x:v>
       </x:c>
       <x:c r="AX27" s="3" t="n">
-        <x:v>14545</x:v>
+        <x:v>14235</x:v>
       </x:c>
       <x:c r="AY27" s="3" t="n">
-        <x:v>16556</x:v>
+        <x:v>16222</x:v>
       </x:c>
       <x:c r="AZ27" s="3" t="n">
-        <x:v>15392</x:v>
+        <x:v>15065</x:v>
       </x:c>
       <x:c r="BA27" s="3" t="n">
-        <x:v>15817</x:v>
+        <x:v>15466</x:v>
       </x:c>
       <x:c r="BB27" s="3" t="n">
-        <x:v>16972</x:v>
+        <x:v>16865</x:v>
       </x:c>
       <x:c r="BC27" s="3" t="n">
-        <x:v>19057</x:v>
+        <x:v>18795</x:v>
       </x:c>
       <x:c r="BD27" s="3" t="n">
-        <x:v>20964</x:v>
+        <x:v>20536</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:56">
       <x:c r="A28" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C28" s="3" t="n">
         <x:v>603</x:v>
       </x:c>
       <x:c r="D28" s="3" t="n">
         <x:v>681</x:v>
       </x:c>
       <x:c r="E28" s="3" t="n">
         <x:v>783</x:v>
       </x:c>
       <x:c r="F28" s="3" t="n">
         <x:v>895</x:v>
       </x:c>
       <x:c r="G28" s="3" t="n">
         <x:v>1086</x:v>
       </x:c>
       <x:c r="H28" s="3" t="n">
@@ -4983,120 +4990,120 @@
       <x:c r="Y28" s="3" t="n">
         <x:v>5217</x:v>
       </x:c>
       <x:c r="Z28" s="3" t="n">
         <x:v>5401</x:v>
       </x:c>
       <x:c r="AA28" s="3" t="n">
         <x:v>5562</x:v>
       </x:c>
       <x:c r="AB28" s="3" t="n">
         <x:v>5734</x:v>
       </x:c>
       <x:c r="AC28" s="3" t="n">
         <x:v>5932</x:v>
       </x:c>
       <x:c r="AD28" s="3" t="n">
         <x:v>6128</x:v>
       </x:c>
       <x:c r="AE28" s="3" t="n">
         <x:v>5987</x:v>
       </x:c>
       <x:c r="AF28" s="3" t="n">
         <x:v>6159</x:v>
       </x:c>
       <x:c r="AG28" s="3" t="n">
-        <x:v>6452</x:v>
+        <x:v>6449</x:v>
       </x:c>
       <x:c r="AH28" s="3" t="n">
-        <x:v>6493</x:v>
+        <x:v>6486</x:v>
       </x:c>
       <x:c r="AI28" s="3" t="n">
-        <x:v>6939</x:v>
+        <x:v>6926</x:v>
       </x:c>
       <x:c r="AJ28" s="3" t="n">
-        <x:v>7287</x:v>
+        <x:v>7267</x:v>
       </x:c>
       <x:c r="AK28" s="3" t="n">
-        <x:v>7889</x:v>
+        <x:v>7862</x:v>
       </x:c>
       <x:c r="AL28" s="3" t="n">
-        <x:v>8589</x:v>
+        <x:v>8556</x:v>
       </x:c>
       <x:c r="AM28" s="3" t="n">
-        <x:v>9663</x:v>
+        <x:v>9630</x:v>
       </x:c>
       <x:c r="AN28" s="3" t="n">
-        <x:v>10883</x:v>
+        <x:v>10841</x:v>
       </x:c>
       <x:c r="AO28" s="3" t="n">
-        <x:v>10567</x:v>
+        <x:v>10525</x:v>
       </x:c>
       <x:c r="AP28" s="3" t="n">
-        <x:v>10282</x:v>
+        <x:v>10238</x:v>
       </x:c>
       <x:c r="AQ28" s="3" t="n">
-        <x:v>11074</x:v>
+        <x:v>11023</x:v>
       </x:c>
       <x:c r="AR28" s="3" t="n">
-        <x:v>11958</x:v>
+        <x:v>11905</x:v>
       </x:c>
       <x:c r="AS28" s="3" t="n">
-        <x:v>12544</x:v>
+        <x:v>12490</x:v>
       </x:c>
       <x:c r="AT28" s="3" t="n">
-        <x:v>13375</x:v>
+        <x:v>13318</x:v>
       </x:c>
       <x:c r="AU28" s="3" t="n">
-        <x:v>14135</x:v>
+        <x:v>14075</x:v>
       </x:c>
       <x:c r="AV28" s="3" t="n">
-        <x:v>14744</x:v>
+        <x:v>14676</x:v>
       </x:c>
       <x:c r="AW28" s="3" t="n">
-        <x:v>15228</x:v>
+        <x:v>15155</x:v>
       </x:c>
       <x:c r="AX28" s="3" t="n">
-        <x:v>15738</x:v>
+        <x:v>15665</x:v>
       </x:c>
       <x:c r="AY28" s="3" t="n">
-        <x:v>16583</x:v>
+        <x:v>16506</x:v>
       </x:c>
       <x:c r="AZ28" s="3" t="n">
-        <x:v>16900</x:v>
+        <x:v>16818</x:v>
       </x:c>
       <x:c r="BA28" s="3" t="n">
-        <x:v>18504</x:v>
+        <x:v>18421</x:v>
       </x:c>
       <x:c r="BB28" s="3" t="n">
-        <x:v>20155</x:v>
+        <x:v>19994</x:v>
       </x:c>
       <x:c r="BC28" s="3" t="n">
-        <x:v>23665</x:v>
+        <x:v>23522</x:v>
       </x:c>
       <x:c r="BD28" s="3" t="n">
-        <x:v>24351</x:v>
+        <x:v>24267</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:56">
       <x:c r="A29" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>185</x:v>
       </x:c>
       <x:c r="D29" s="3" t="n">
         <x:v>183</x:v>
       </x:c>
       <x:c r="E29" s="3" t="n">
         <x:v>200</x:v>
       </x:c>
       <x:c r="F29" s="3" t="n">
         <x:v>240</x:v>
       </x:c>
       <x:c r="G29" s="3" t="n">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H29" s="3" t="n">
@@ -5153,120 +5160,120 @@
       <x:c r="Y29" s="3" t="n">
         <x:v>1473</x:v>
       </x:c>
       <x:c r="Z29" s="3" t="n">
         <x:v>1589</x:v>
       </x:c>
       <x:c r="AA29" s="3" t="n">
         <x:v>1620</x:v>
       </x:c>
       <x:c r="AB29" s="3" t="n">
         <x:v>1660</x:v>
       </x:c>
       <x:c r="AC29" s="3" t="n">
         <x:v>1867</x:v>
       </x:c>
       <x:c r="AD29" s="3" t="n">
         <x:v>2155</x:v>
       </x:c>
       <x:c r="AE29" s="3" t="n">
         <x:v>2343</x:v>
       </x:c>
       <x:c r="AF29" s="3" t="n">
         <x:v>2699</x:v>
       </x:c>
       <x:c r="AG29" s="3" t="n">
-        <x:v>2763</x:v>
+        <x:v>2762</x:v>
       </x:c>
       <x:c r="AH29" s="3" t="n">
-        <x:v>2961</x:v>
+        <x:v>2958</x:v>
       </x:c>
       <x:c r="AI29" s="3" t="n">
-        <x:v>3195</x:v>
+        <x:v>3189</x:v>
       </x:c>
       <x:c r="AJ29" s="3" t="n">
-        <x:v>4042</x:v>
+        <x:v>4030</x:v>
       </x:c>
       <x:c r="AK29" s="3" t="n">
-        <x:v>4503</x:v>
+        <x:v>4487</x:v>
       </x:c>
       <x:c r="AL29" s="3" t="n">
-        <x:v>4918</x:v>
+        <x:v>4891</x:v>
       </x:c>
       <x:c r="AM29" s="3" t="n">
-        <x:v>5796</x:v>
+        <x:v>5753</x:v>
       </x:c>
       <x:c r="AN29" s="3" t="n">
-        <x:v>6642</x:v>
+        <x:v>6574</x:v>
       </x:c>
       <x:c r="AO29" s="3" t="n">
-        <x:v>6365</x:v>
+        <x:v>6293</x:v>
       </x:c>
       <x:c r="AP29" s="3" t="n">
-        <x:v>6795</x:v>
+        <x:v>6724</x:v>
       </x:c>
       <x:c r="AQ29" s="3" t="n">
-        <x:v>7258</x:v>
+        <x:v>7201</x:v>
       </x:c>
       <x:c r="AR29" s="3" t="n">
-        <x:v>7640</x:v>
+        <x:v>7589</x:v>
       </x:c>
       <x:c r="AS29" s="3" t="n">
-        <x:v>8214</x:v>
+        <x:v>8163</x:v>
       </x:c>
       <x:c r="AT29" s="3" t="n">
-        <x:v>8792</x:v>
+        <x:v>8682</x:v>
       </x:c>
       <x:c r="AU29" s="3" t="n">
-        <x:v>9315</x:v>
+        <x:v>9196</x:v>
       </x:c>
       <x:c r="AV29" s="3" t="n">
-        <x:v>9970</x:v>
+        <x:v>9850</x:v>
       </x:c>
       <x:c r="AW29" s="3" t="n">
-        <x:v>10518</x:v>
+        <x:v>10406</x:v>
       </x:c>
       <x:c r="AX29" s="3" t="n">
-        <x:v>11223</x:v>
+        <x:v>11087</x:v>
       </x:c>
       <x:c r="AY29" s="3" t="n">
-        <x:v>11953</x:v>
+        <x:v>11779</x:v>
       </x:c>
       <x:c r="AZ29" s="3" t="n">
-        <x:v>12617</x:v>
+        <x:v>12489</x:v>
       </x:c>
       <x:c r="BA29" s="3" t="n">
-        <x:v>13354</x:v>
+        <x:v>13158</x:v>
       </x:c>
       <x:c r="BB29" s="3" t="n">
-        <x:v>14641</x:v>
+        <x:v>14413</x:v>
       </x:c>
       <x:c r="BC29" s="3" t="n">
-        <x:v>15876</x:v>
+        <x:v>15611</x:v>
       </x:c>
       <x:c r="BD29" s="3" t="n">
-        <x:v>17172</x:v>
+        <x:v>17012</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:56">
       <x:c r="A30" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
         <x:v>3460</x:v>
       </x:c>
       <x:c r="C30" s="3" t="n">
         <x:v>4001</x:v>
       </x:c>
       <x:c r="D30" s="3" t="n">
         <x:v>4255</x:v>
       </x:c>
       <x:c r="E30" s="3" t="n">
         <x:v>4465</x:v>
       </x:c>
       <x:c r="F30" s="3" t="n">
         <x:v>5347</x:v>
       </x:c>
       <x:c r="G30" s="3" t="n">
         <x:v>6424</x:v>
       </x:c>
       <x:c r="H30" s="3" t="n">
@@ -5323,120 +5330,120 @@
       <x:c r="Y30" s="3" t="n">
         <x:v>17997</x:v>
       </x:c>
       <x:c r="Z30" s="3" t="n">
         <x:v>19151</x:v>
       </x:c>
       <x:c r="AA30" s="3" t="n">
         <x:v>21475</x:v>
       </x:c>
       <x:c r="AB30" s="3" t="n">
         <x:v>24297</x:v>
       </x:c>
       <x:c r="AC30" s="3" t="n">
         <x:v>28966</x:v>
       </x:c>
       <x:c r="AD30" s="3" t="n">
         <x:v>33634</x:v>
       </x:c>
       <x:c r="AE30" s="3" t="n">
         <x:v>37393</x:v>
       </x:c>
       <x:c r="AF30" s="3" t="n">
         <x:v>38270</x:v>
       </x:c>
       <x:c r="AG30" s="3" t="n">
-        <x:v>41286</x:v>
+        <x:v>41273</x:v>
       </x:c>
       <x:c r="AH30" s="3" t="n">
-        <x:v>43943</x:v>
+        <x:v>43888</x:v>
       </x:c>
       <x:c r="AI30" s="3" t="n">
-        <x:v>47512</x:v>
+        <x:v>47418</x:v>
       </x:c>
       <x:c r="AJ30" s="3" t="n">
-        <x:v>49806</x:v>
+        <x:v>49623</x:v>
       </x:c>
       <x:c r="AK30" s="3" t="n">
-        <x:v>54301</x:v>
+        <x:v>54034</x:v>
       </x:c>
       <x:c r="AL30" s="3" t="n">
-        <x:v>61510</x:v>
+        <x:v>61126</x:v>
       </x:c>
       <x:c r="AM30" s="3" t="n">
-        <x:v>71487</x:v>
+        <x:v>71058</x:v>
       </x:c>
       <x:c r="AN30" s="3" t="n">
-        <x:v>80065</x:v>
+        <x:v>79528</x:v>
       </x:c>
       <x:c r="AO30" s="3" t="n">
-        <x:v>79037</x:v>
+        <x:v>78497</x:v>
       </x:c>
       <x:c r="AP30" s="3" t="n">
-        <x:v>79914</x:v>
+        <x:v>79428</x:v>
       </x:c>
       <x:c r="AQ30" s="3" t="n">
-        <x:v>86728</x:v>
+        <x:v>86197</x:v>
       </x:c>
       <x:c r="AR30" s="3" t="n">
-        <x:v>95794</x:v>
+        <x:v>95293</x:v>
       </x:c>
       <x:c r="AS30" s="3" t="n">
-        <x:v>102840</x:v>
+        <x:v>102271</x:v>
       </x:c>
       <x:c r="AT30" s="3" t="n">
-        <x:v>108431</x:v>
+        <x:v>107740</x:v>
       </x:c>
       <x:c r="AU30" s="3" t="n">
-        <x:v>114291</x:v>
+        <x:v>113562</x:v>
       </x:c>
       <x:c r="AV30" s="3" t="n">
-        <x:v>120681</x:v>
+        <x:v>119939</x:v>
       </x:c>
       <x:c r="AW30" s="3" t="n">
-        <x:v>129868</x:v>
+        <x:v>129174</x:v>
       </x:c>
       <x:c r="AX30" s="3" t="n">
-        <x:v>139069</x:v>
+        <x:v>138408</x:v>
       </x:c>
       <x:c r="AY30" s="3" t="n">
-        <x:v>148789</x:v>
+        <x:v>148110</x:v>
       </x:c>
       <x:c r="AZ30" s="3" t="n">
-        <x:v>151596</x:v>
+        <x:v>150894</x:v>
       </x:c>
       <x:c r="BA30" s="3" t="n">
-        <x:v>159771</x:v>
+        <x:v>159020</x:v>
       </x:c>
       <x:c r="BB30" s="3" t="n">
-        <x:v>174428</x:v>
+        <x:v>173686</x:v>
       </x:c>
       <x:c r="BC30" s="3" t="n">
-        <x:v>187387</x:v>
+        <x:v>184263</x:v>
       </x:c>
       <x:c r="BD30" s="3" t="n">
-        <x:v>191514</x:v>
+        <x:v>190479</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:56">
       <x:c r="A31" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
         <x:v>5523</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>6433</x:v>
       </x:c>
       <x:c r="D31" s="3" t="n">
         <x:v>7303</x:v>
       </x:c>
       <x:c r="E31" s="3" t="n">
         <x:v>8370</x:v>
       </x:c>
       <x:c r="F31" s="3" t="n">
         <x:v>9583</x:v>
       </x:c>
       <x:c r="G31" s="3" t="n">
         <x:v>11310</x:v>
       </x:c>
       <x:c r="H31" s="3" t="n">
@@ -5493,120 +5500,120 @@
       <x:c r="Y31" s="3" t="n">
         <x:v>52381</x:v>
       </x:c>
       <x:c r="Z31" s="3" t="n">
         <x:v>55307</x:v>
       </x:c>
       <x:c r="AA31" s="3" t="n">
         <x:v>59643</x:v>
       </x:c>
       <x:c r="AB31" s="3" t="n">
         <x:v>64477</x:v>
       </x:c>
       <x:c r="AC31" s="3" t="n">
         <x:v>69514</x:v>
       </x:c>
       <x:c r="AD31" s="3" t="n">
         <x:v>76066</x:v>
       </x:c>
       <x:c r="AE31" s="3" t="n">
         <x:v>79240</x:v>
       </x:c>
       <x:c r="AF31" s="3" t="n">
         <x:v>84842</x:v>
       </x:c>
       <x:c r="AG31" s="3" t="n">
-        <x:v>87997</x:v>
+        <x:v>88025</x:v>
       </x:c>
       <x:c r="AH31" s="3" t="n">
-        <x:v>90988</x:v>
+        <x:v>91080</x:v>
       </x:c>
       <x:c r="AI31" s="3" t="n">
-        <x:v>93439</x:v>
+        <x:v>93594</x:v>
       </x:c>
       <x:c r="AJ31" s="3" t="n">
-        <x:v>98882</x:v>
+        <x:v>99144</x:v>
       </x:c>
       <x:c r="AK31" s="3" t="n">
-        <x:v>103516</x:v>
+        <x:v>103911</x:v>
       </x:c>
       <x:c r="AL31" s="3" t="n">
-        <x:v>109259</x:v>
+        <x:v>109808</x:v>
       </x:c>
       <x:c r="AM31" s="3" t="n">
-        <x:v>119016</x:v>
+        <x:v>119760</x:v>
       </x:c>
       <x:c r="AN31" s="3" t="n">
-        <x:v>129920</x:v>
+        <x:v>130867</x:v>
       </x:c>
       <x:c r="AO31" s="3" t="n">
-        <x:v>130909</x:v>
+        <x:v>131930</x:v>
       </x:c>
       <x:c r="AP31" s="3" t="n">
-        <x:v>133623</x:v>
+        <x:v>134693</x:v>
       </x:c>
       <x:c r="AQ31" s="3" t="n">
-        <x:v>137400</x:v>
+        <x:v>138449</x:v>
       </x:c>
       <x:c r="AR31" s="3" t="n">
-        <x:v>144526</x:v>
+        <x:v>145665</x:v>
       </x:c>
       <x:c r="AS31" s="3" t="n">
-        <x:v>150627</x:v>
+        <x:v>151831</x:v>
       </x:c>
       <x:c r="AT31" s="3" t="n">
-        <x:v>154201</x:v>
+        <x:v>155393</x:v>
       </x:c>
       <x:c r="AU31" s="3" t="n">
-        <x:v>159640</x:v>
+        <x:v>160873</x:v>
       </x:c>
       <x:c r="AV31" s="3" t="n">
-        <x:v>163601</x:v>
+        <x:v>164878</x:v>
       </x:c>
       <x:c r="AW31" s="3" t="n">
-        <x:v>169312</x:v>
+        <x:v>170700</x:v>
       </x:c>
       <x:c r="AX31" s="3" t="n">
-        <x:v>174216</x:v>
+        <x:v>175681</x:v>
       </x:c>
       <x:c r="AY31" s="3" t="n">
-        <x:v>179868</x:v>
+        <x:v>181372</x:v>
       </x:c>
       <x:c r="AZ31" s="3" t="n">
-        <x:v>179729</x:v>
+        <x:v>181257</x:v>
       </x:c>
       <x:c r="BA31" s="3" t="n">
-        <x:v>193016</x:v>
+        <x:v>194956</x:v>
       </x:c>
       <x:c r="BB31" s="3" t="n">
-        <x:v>204500</x:v>
+        <x:v>207023</x:v>
       </x:c>
       <x:c r="BC31" s="3" t="n">
-        <x:v>215350</x:v>
+        <x:v>217676</x:v>
       </x:c>
       <x:c r="BD31" s="3" t="n">
-        <x:v>224952</x:v>
+        <x:v>227403</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:56">
       <x:c r="A32" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C32" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D32" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E32" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F32" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G32" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H32" s="3" t="n">
@@ -5723,60 +5730,60 @@
       <x:c r="AS32" s="3" t="n">
         <x:v>383</x:v>
       </x:c>
       <x:c r="AT32" s="3" t="n">
         <x:v>400</x:v>
       </x:c>
       <x:c r="AU32" s="3" t="n">
         <x:v>398</x:v>
       </x:c>
       <x:c r="AV32" s="3" t="n">
         <x:v>396</x:v>
       </x:c>
       <x:c r="AW32" s="3" t="n">
         <x:v>391</x:v>
       </x:c>
       <x:c r="AX32" s="3" t="n">
         <x:v>448</x:v>
       </x:c>
       <x:c r="AY32" s="3" t="n">
         <x:v>468</x:v>
       </x:c>
       <x:c r="AZ32" s="3" t="n">
         <x:v>455</x:v>
       </x:c>
       <x:c r="BA32" s="3" t="n">
-        <x:v>444</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="BB32" s="3" t="n">
-        <x:v>506</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="BC32" s="3" t="n">
-        <x:v>578</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="BD32" s="3" t="n">
-        <x:v>672</x:v>
+        <x:v>674</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:56">
       <x:c r="A33" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
         <x:v>2907</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>3579</x:v>
       </x:c>
       <x:c r="D33" s="3" t="n">
         <x:v>3730</x:v>
       </x:c>
       <x:c r="E33" s="3" t="n">
         <x:v>4044</x:v>
       </x:c>
       <x:c r="F33" s="3" t="n">
         <x:v>4073</x:v>
       </x:c>
       <x:c r="G33" s="3" t="n">
         <x:v>4248</x:v>
       </x:c>
       <x:c r="H33" s="3" t="n">
@@ -5833,120 +5840,120 @@
       <x:c r="Y33" s="3" t="n">
         <x:v>7475</x:v>
       </x:c>
       <x:c r="Z33" s="3" t="n">
         <x:v>7518</x:v>
       </x:c>
       <x:c r="AA33" s="3" t="n">
         <x:v>7622</x:v>
       </x:c>
       <x:c r="AB33" s="3" t="n">
         <x:v>7733</x:v>
       </x:c>
       <x:c r="AC33" s="3" t="n">
         <x:v>8378</x:v>
       </x:c>
       <x:c r="AD33" s="3" t="n">
         <x:v>9536</x:v>
       </x:c>
       <x:c r="AE33" s="3" t="n">
         <x:v>10482</x:v>
       </x:c>
       <x:c r="AF33" s="3" t="n">
         <x:v>11834</x:v>
       </x:c>
       <x:c r="AG33" s="3" t="n">
-        <x:v>11867</x:v>
+        <x:v>11591</x:v>
       </x:c>
       <x:c r="AH33" s="3" t="n">
-        <x:v>11567</x:v>
+        <x:v>10768</x:v>
       </x:c>
       <x:c r="AI33" s="3" t="n">
-        <x:v>11318</x:v>
+        <x:v>10036</x:v>
       </x:c>
       <x:c r="AJ33" s="3" t="n">
-        <x:v>10400</x:v>
+        <x:v>8538</x:v>
       </x:c>
       <x:c r="AK33" s="3" t="n">
-        <x:v>10238</x:v>
+        <x:v>7776</x:v>
       </x:c>
       <x:c r="AL33" s="3" t="n">
-        <x:v>10235</x:v>
+        <x:v>7159</x:v>
       </x:c>
       <x:c r="AM33" s="3" t="n">
-        <x:v>11202</x:v>
+        <x:v>7137</x:v>
       </x:c>
       <x:c r="AN33" s="3" t="n">
-        <x:v>10433</x:v>
+        <x:v>6032</x:v>
       </x:c>
       <x:c r="AO33" s="3" t="n">
-        <x:v>9456</x:v>
+        <x:v>5416</x:v>
       </x:c>
       <x:c r="AP33" s="3" t="n">
-        <x:v>11783</x:v>
+        <x:v>8683</x:v>
       </x:c>
       <x:c r="AQ33" s="3" t="n">
-        <x:v>12259</x:v>
+        <x:v>9035</x:v>
       </x:c>
       <x:c r="AR33" s="3" t="n">
-        <x:v>13890</x:v>
+        <x:v>10237</x:v>
       </x:c>
       <x:c r="AS33" s="3" t="n">
-        <x:v>14445</x:v>
+        <x:v>10650</x:v>
       </x:c>
       <x:c r="AT33" s="3" t="n">
-        <x:v>10965</x:v>
+        <x:v>6232</x:v>
       </x:c>
       <x:c r="AU33" s="3" t="n">
-        <x:v>11353</x:v>
+        <x:v>6449</x:v>
       </x:c>
       <x:c r="AV33" s="3" t="n">
-        <x:v>11067</x:v>
+        <x:v>6280</x:v>
       </x:c>
       <x:c r="AW33" s="3" t="n">
-        <x:v>10967</x:v>
+        <x:v>6249</x:v>
       </x:c>
       <x:c r="AX33" s="3" t="n">
-        <x:v>11106</x:v>
+        <x:v>6356</x:v>
       </x:c>
       <x:c r="AY33" s="3" t="n">
-        <x:v>11558</x:v>
+        <x:v>6631</x:v>
       </x:c>
       <x:c r="AZ33" s="3" t="n">
-        <x:v>10782</x:v>
+        <x:v>6009</x:v>
       </x:c>
       <x:c r="BA33" s="3" t="n">
-        <x:v>10690</x:v>
+        <x:v>5885</x:v>
       </x:c>
       <x:c r="BB33" s="3" t="n">
-        <x:v>11479</x:v>
+        <x:v>5666</x:v>
       </x:c>
       <x:c r="BC33" s="3" t="n">
-        <x:v>11322</x:v>
+        <x:v>5852</x:v>
       </x:c>
       <x:c r="BD33" s="3" t="n">
-        <x:v>9908</x:v>
+        <x:v>6092</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:56">
       <x:c r="A34" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
         <x:v>2440</x:v>
       </x:c>
       <x:c r="C34" s="3" t="n">
         <x:v>2782</x:v>
       </x:c>
       <x:c r="D34" s="3" t="n">
         <x:v>3152</x:v>
       </x:c>
       <x:c r="E34" s="3" t="n">
         <x:v>3540</x:v>
       </x:c>
       <x:c r="F34" s="3" t="n">
         <x:v>4179</x:v>
       </x:c>
       <x:c r="G34" s="3" t="n">
         <x:v>4976</x:v>
       </x:c>
       <x:c r="H34" s="3" t="n">
@@ -6003,120 +6010,120 @@
       <x:c r="Y34" s="3" t="n">
         <x:v>19959</x:v>
       </x:c>
       <x:c r="Z34" s="3" t="n">
         <x:v>21308</x:v>
       </x:c>
       <x:c r="AA34" s="3" t="n">
         <x:v>22118</x:v>
       </x:c>
       <x:c r="AB34" s="3" t="n">
         <x:v>23877</x:v>
       </x:c>
       <x:c r="AC34" s="3" t="n">
         <x:v>25649</x:v>
       </x:c>
       <x:c r="AD34" s="3" t="n">
         <x:v>28976</x:v>
       </x:c>
       <x:c r="AE34" s="3" t="n">
         <x:v>31110</x:v>
       </x:c>
       <x:c r="AF34" s="3" t="n">
         <x:v>31401</x:v>
       </x:c>
       <x:c r="AG34" s="3" t="n">
-        <x:v>32223</x:v>
+        <x:v>32180</x:v>
       </x:c>
       <x:c r="AH34" s="3" t="n">
-        <x:v>34403</x:v>
+        <x:v>34264</x:v>
       </x:c>
       <x:c r="AI34" s="3" t="n">
-        <x:v>35047</x:v>
+        <x:v>34819</x:v>
       </x:c>
       <x:c r="AJ34" s="3" t="n">
-        <x:v>37833</x:v>
+        <x:v>37477</x:v>
       </x:c>
       <x:c r="AK34" s="3" t="n">
-        <x:v>39889</x:v>
+        <x:v>39364</x:v>
       </x:c>
       <x:c r="AL34" s="3" t="n">
-        <x:v>43179</x:v>
+        <x:v>42465</x:v>
       </x:c>
       <x:c r="AM34" s="3" t="n">
-        <x:v>46879</x:v>
+        <x:v>45895</x:v>
       </x:c>
       <x:c r="AN34" s="3" t="n">
-        <x:v>51728</x:v>
+        <x:v>50548</x:v>
       </x:c>
       <x:c r="AO34" s="3" t="n">
-        <x:v>52900</x:v>
+        <x:v>51881</x:v>
       </x:c>
       <x:c r="AP34" s="3" t="n">
-        <x:v>54515</x:v>
+        <x:v>53470</x:v>
       </x:c>
       <x:c r="AQ34" s="3" t="n">
-        <x:v>57401</x:v>
+        <x:v>56320</x:v>
       </x:c>
       <x:c r="AR34" s="3" t="n">
-        <x:v>59327</x:v>
+        <x:v>58135</x:v>
       </x:c>
       <x:c r="AS34" s="3" t="n">
-        <x:v>62505</x:v>
+        <x:v>61240</x:v>
       </x:c>
       <x:c r="AT34" s="3" t="n">
-        <x:v>64715</x:v>
+        <x:v>63428</x:v>
       </x:c>
       <x:c r="AU34" s="3" t="n">
-        <x:v>67064</x:v>
+        <x:v>65770</x:v>
       </x:c>
       <x:c r="AV34" s="3" t="n">
-        <x:v>67679</x:v>
+        <x:v>66275</x:v>
       </x:c>
       <x:c r="AW34" s="3" t="n">
-        <x:v>67025</x:v>
+        <x:v>65810</x:v>
       </x:c>
       <x:c r="AX34" s="3" t="n">
-        <x:v>71033</x:v>
+        <x:v>69523</x:v>
       </x:c>
       <x:c r="AY34" s="3" t="n">
-        <x:v>74968</x:v>
+        <x:v>73372</x:v>
       </x:c>
       <x:c r="AZ34" s="3" t="n">
-        <x:v>71644</x:v>
+        <x:v>69944</x:v>
       </x:c>
       <x:c r="BA34" s="3" t="n">
-        <x:v>74556</x:v>
+        <x:v>72651</x:v>
       </x:c>
       <x:c r="BB34" s="3" t="n">
-        <x:v>83802</x:v>
+        <x:v>80430</x:v>
       </x:c>
       <x:c r="BC34" s="3" t="n">
-        <x:v>92176</x:v>
+        <x:v>87880</x:v>
       </x:c>
       <x:c r="BD34" s="3" t="n">
-        <x:v>99016</x:v>
+        <x:v>94245</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:56">
       <x:c r="A35" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>570</x:v>
       </x:c>
       <x:c r="D35" s="3" t="n">
         <x:v>679</x:v>
       </x:c>
       <x:c r="E35" s="3" t="n">
         <x:v>779</x:v>
       </x:c>
       <x:c r="F35" s="3" t="n">
         <x:v>897</x:v>
       </x:c>
       <x:c r="G35" s="3" t="n">
         <x:v>1076</x:v>
       </x:c>
       <x:c r="H35" s="3" t="n">
@@ -6173,120 +6180,120 @@
       <x:c r="Y35" s="3" t="n">
         <x:v>6139</x:v>
       </x:c>
       <x:c r="Z35" s="3" t="n">
         <x:v>6465</x:v>
       </x:c>
       <x:c r="AA35" s="3" t="n">
         <x:v>6779</x:v>
       </x:c>
       <x:c r="AB35" s="3" t="n">
         <x:v>6770</x:v>
       </x:c>
       <x:c r="AC35" s="3" t="n">
         <x:v>7013</x:v>
       </x:c>
       <x:c r="AD35" s="3" t="n">
         <x:v>7461</x:v>
       </x:c>
       <x:c r="AE35" s="3" t="n">
         <x:v>7822</x:v>
       </x:c>
       <x:c r="AF35" s="3" t="n">
         <x:v>7925</x:v>
       </x:c>
       <x:c r="AG35" s="3" t="n">
-        <x:v>7851</x:v>
+        <x:v>7846</x:v>
       </x:c>
       <x:c r="AH35" s="3" t="n">
-        <x:v>7409</x:v>
+        <x:v>7396</x:v>
       </x:c>
       <x:c r="AI35" s="3" t="n">
-        <x:v>7054</x:v>
+        <x:v>7031</x:v>
       </x:c>
       <x:c r="AJ35" s="3" t="n">
-        <x:v>6882</x:v>
+        <x:v>6849</x:v>
       </x:c>
       <x:c r="AK35" s="3" t="n">
-        <x:v>7124</x:v>
+        <x:v>7071</x:v>
       </x:c>
       <x:c r="AL35" s="3" t="n">
-        <x:v>7224</x:v>
+        <x:v>7154</x:v>
       </x:c>
       <x:c r="AM35" s="3" t="n">
-        <x:v>7776</x:v>
+        <x:v>7682</x:v>
       </x:c>
       <x:c r="AN35" s="3" t="n">
-        <x:v>8093</x:v>
+        <x:v>7982</x:v>
       </x:c>
       <x:c r="AO35" s="3" t="n">
-        <x:v>7726</x:v>
+        <x:v>7619</x:v>
       </x:c>
       <x:c r="AP35" s="3" t="n">
-        <x:v>7370</x:v>
+        <x:v>7259</x:v>
       </x:c>
       <x:c r="AQ35" s="3" t="n">
-        <x:v>7592</x:v>
+        <x:v>7485</x:v>
       </x:c>
       <x:c r="AR35" s="3" t="n">
-        <x:v>7999</x:v>
+        <x:v>7887</x:v>
       </x:c>
       <x:c r="AS35" s="3" t="n">
-        <x:v>8104</x:v>
+        <x:v>7989</x:v>
       </x:c>
       <x:c r="AT35" s="3" t="n">
-        <x:v>8318</x:v>
+        <x:v>8207</x:v>
       </x:c>
       <x:c r="AU35" s="3" t="n">
-        <x:v>8410</x:v>
+        <x:v>8294</x:v>
       </x:c>
       <x:c r="AV35" s="3" t="n">
-        <x:v>8421</x:v>
+        <x:v>8309</x:v>
       </x:c>
       <x:c r="AW35" s="3" t="n">
-        <x:v>8272</x:v>
+        <x:v>8162</x:v>
       </x:c>
       <x:c r="AX35" s="3" t="n">
-        <x:v>8393</x:v>
+        <x:v>8285</x:v>
       </x:c>
       <x:c r="AY35" s="3" t="n">
-        <x:v>8255</x:v>
+        <x:v>8146</x:v>
       </x:c>
       <x:c r="AZ35" s="3" t="n">
-        <x:v>8428</x:v>
+        <x:v>8324</x:v>
       </x:c>
       <x:c r="BA35" s="3" t="n">
-        <x:v>8605</x:v>
+        <x:v>8498</x:v>
       </x:c>
       <x:c r="BB35" s="3" t="n">
-        <x:v>9055</x:v>
+        <x:v>8856</x:v>
       </x:c>
       <x:c r="BC35" s="3" t="n">
-        <x:v>9451</x:v>
+        <x:v>9286</x:v>
       </x:c>
       <x:c r="BD35" s="3" t="n">
-        <x:v>9251</x:v>
+        <x:v>9185</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:56">
       <x:c r="A36" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
         <x:v>704</x:v>
       </x:c>
       <x:c r="C36" s="3" t="n">
         <x:v>793</x:v>
       </x:c>
       <x:c r="D36" s="3" t="n">
         <x:v>883</x:v>
       </x:c>
       <x:c r="E36" s="3" t="n">
         <x:v>981</x:v>
       </x:c>
       <x:c r="F36" s="3" t="n">
         <x:v>1088</x:v>
       </x:c>
       <x:c r="G36" s="3" t="n">
         <x:v>1387</x:v>
       </x:c>
       <x:c r="H36" s="3" t="n">
@@ -6343,120 +6350,120 @@
       <x:c r="Y36" s="3" t="n">
         <x:v>9608</x:v>
       </x:c>
       <x:c r="Z36" s="3" t="n">
         <x:v>10259</x:v>
       </x:c>
       <x:c r="AA36" s="3" t="n">
         <x:v>10902</x:v>
       </x:c>
       <x:c r="AB36" s="3" t="n">
         <x:v>11789</x:v>
       </x:c>
       <x:c r="AC36" s="3" t="n">
         <x:v>12776</x:v>
       </x:c>
       <x:c r="AD36" s="3" t="n">
         <x:v>13817</x:v>
       </x:c>
       <x:c r="AE36" s="3" t="n">
         <x:v>14669</x:v>
       </x:c>
       <x:c r="AF36" s="3" t="n">
         <x:v>15140</x:v>
       </x:c>
       <x:c r="AG36" s="3" t="n">
-        <x:v>15278</x:v>
+        <x:v>15271</x:v>
       </x:c>
       <x:c r="AH36" s="3" t="n">
-        <x:v>15839</x:v>
+        <x:v>15817</x:v>
       </x:c>
       <x:c r="AI36" s="3" t="n">
-        <x:v>15920</x:v>
+        <x:v>15882</x:v>
       </x:c>
       <x:c r="AJ36" s="3" t="n">
-        <x:v>15924</x:v>
+        <x:v>15864</x:v>
       </x:c>
       <x:c r="AK36" s="3" t="n">
-        <x:v>16342</x:v>
+        <x:v>16255</x:v>
       </x:c>
       <x:c r="AL36" s="3" t="n">
-        <x:v>17313</x:v>
+        <x:v>17196</x:v>
       </x:c>
       <x:c r="AM36" s="3" t="n">
-        <x:v>19016</x:v>
+        <x:v>18855</x:v>
       </x:c>
       <x:c r="AN36" s="3" t="n">
-        <x:v>20309</x:v>
+        <x:v>20112</x:v>
       </x:c>
       <x:c r="AO36" s="3" t="n">
-        <x:v>20458</x:v>
+        <x:v>20255</x:v>
       </x:c>
       <x:c r="AP36" s="3" t="n">
-        <x:v>21434</x:v>
+        <x:v>21222</x:v>
       </x:c>
       <x:c r="AQ36" s="3" t="n">
-        <x:v>22789</x:v>
+        <x:v>22563</x:v>
       </x:c>
       <x:c r="AR36" s="3" t="n">
-        <x:v>23796</x:v>
+        <x:v>23556</x:v>
       </x:c>
       <x:c r="AS36" s="3" t="n">
-        <x:v>25428</x:v>
+        <x:v>25169</x:v>
       </x:c>
       <x:c r="AT36" s="3" t="n">
-        <x:v>27076</x:v>
+        <x:v>26800</x:v>
       </x:c>
       <x:c r="AU36" s="3" t="n">
-        <x:v>28609</x:v>
+        <x:v>28320</x:v>
       </x:c>
       <x:c r="AV36" s="3" t="n">
-        <x:v>29856</x:v>
+        <x:v>29553</x:v>
       </x:c>
       <x:c r="AW36" s="3" t="n">
-        <x:v>31395</x:v>
+        <x:v>31060</x:v>
       </x:c>
       <x:c r="AX36" s="3" t="n">
-        <x:v>33477</x:v>
+        <x:v>33117</x:v>
       </x:c>
       <x:c r="AY36" s="3" t="n">
-        <x:v>36026</x:v>
+        <x:v>35637</x:v>
       </x:c>
       <x:c r="AZ36" s="3" t="n">
-        <x:v>28999</x:v>
+        <x:v>28742</x:v>
       </x:c>
       <x:c r="BA36" s="3" t="n">
-        <x:v>30889</x:v>
+        <x:v>30632</x:v>
       </x:c>
       <x:c r="BB36" s="3" t="n">
-        <x:v>41099</x:v>
+        <x:v>40696</x:v>
       </x:c>
       <x:c r="BC36" s="3" t="n">
-        <x:v>45042</x:v>
+        <x:v>44495</x:v>
       </x:c>
       <x:c r="BD36" s="3" t="n">
-        <x:v>48081</x:v>
+        <x:v>47646</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:56">
       <x:c r="A37" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
         <x:v>1282</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>1500</x:v>
       </x:c>
       <x:c r="D37" s="3" t="n">
         <x:v>1740</x:v>
       </x:c>
       <x:c r="E37" s="3" t="n">
         <x:v>1962</x:v>
       </x:c>
       <x:c r="F37" s="3" t="n">
         <x:v>2267</x:v>
       </x:c>
       <x:c r="G37" s="3" t="n">
         <x:v>2695</x:v>
       </x:c>
       <x:c r="H37" s="3" t="n">
@@ -6513,120 +6520,120 @@
       <x:c r="Y37" s="3" t="n">
         <x:v>15701</x:v>
       </x:c>
       <x:c r="Z37" s="3" t="n">
         <x:v>17069</x:v>
       </x:c>
       <x:c r="AA37" s="3" t="n">
         <x:v>18344</x:v>
       </x:c>
       <x:c r="AB37" s="3" t="n">
         <x:v>20267</x:v>
       </x:c>
       <x:c r="AC37" s="3" t="n">
         <x:v>22869</x:v>
       </x:c>
       <x:c r="AD37" s="3" t="n">
         <x:v>26613</x:v>
       </x:c>
       <x:c r="AE37" s="3" t="n">
         <x:v>28709</x:v>
       </x:c>
       <x:c r="AF37" s="3" t="n">
         <x:v>34183</x:v>
       </x:c>
       <x:c r="AG37" s="3" t="n">
-        <x:v>38025</x:v>
+        <x:v>38013</x:v>
       </x:c>
       <x:c r="AH37" s="3" t="n">
-        <x:v>38395</x:v>
+        <x:v>38360</x:v>
       </x:c>
       <x:c r="AI37" s="3" t="n">
-        <x:v>36537</x:v>
+        <x:v>36480</x:v>
       </x:c>
       <x:c r="AJ37" s="3" t="n">
-        <x:v>37774</x:v>
+        <x:v>37687</x:v>
       </x:c>
       <x:c r="AK37" s="3" t="n">
-        <x:v>40177</x:v>
+        <x:v>40053</x:v>
       </x:c>
       <x:c r="AL37" s="3" t="n">
-        <x:v>43248</x:v>
+        <x:v>43101</x:v>
       </x:c>
       <x:c r="AM37" s="3" t="n">
-        <x:v>48279</x:v>
+        <x:v>48078</x:v>
       </x:c>
       <x:c r="AN37" s="3" t="n">
-        <x:v>52857</x:v>
+        <x:v>52573</x:v>
       </x:c>
       <x:c r="AO37" s="3" t="n">
-        <x:v>54002</x:v>
+        <x:v>53743</x:v>
       </x:c>
       <x:c r="AP37" s="3" t="n">
-        <x:v>55083</x:v>
+        <x:v>54813</x:v>
       </x:c>
       <x:c r="AQ37" s="3" t="n">
-        <x:v>58860</x:v>
+        <x:v>58616</x:v>
       </x:c>
       <x:c r="AR37" s="3" t="n">
-        <x:v>62595</x:v>
+        <x:v>62358</x:v>
       </x:c>
       <x:c r="AS37" s="3" t="n">
-        <x:v>65315</x:v>
+        <x:v>65101</x:v>
       </x:c>
       <x:c r="AT37" s="3" t="n">
-        <x:v>68809</x:v>
+        <x:v>68593</x:v>
       </x:c>
       <x:c r="AU37" s="3" t="n">
-        <x:v>71921</x:v>
+        <x:v>71734</x:v>
       </x:c>
       <x:c r="AV37" s="3" t="n">
-        <x:v>73112</x:v>
+        <x:v>72944</x:v>
       </x:c>
       <x:c r="AW37" s="3" t="n">
-        <x:v>76362</x:v>
+        <x:v>76205</x:v>
       </x:c>
       <x:c r="AX37" s="3" t="n">
-        <x:v>80668</x:v>
+        <x:v>80574</x:v>
       </x:c>
       <x:c r="AY37" s="3" t="n">
-        <x:v>87014</x:v>
+        <x:v>86919</x:v>
       </x:c>
       <x:c r="AZ37" s="3" t="n">
-        <x:v>88134</x:v>
+        <x:v>88021</x:v>
       </x:c>
       <x:c r="BA37" s="3" t="n">
-        <x:v>97421</x:v>
+        <x:v>97392</x:v>
       </x:c>
       <x:c r="BB37" s="3" t="n">
-        <x:v>108827</x:v>
+        <x:v>109036</x:v>
       </x:c>
       <x:c r="BC37" s="3" t="n">
-        <x:v>120696</x:v>
+        <x:v>119667</x:v>
       </x:c>
       <x:c r="BD37" s="3" t="n">
-        <x:v>127295</x:v>
+        <x:v>126549</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:56">
       <x:c r="A38" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
         <x:v>1392</x:v>
       </x:c>
       <x:c r="C38" s="3" t="n">
         <x:v>1648</x:v>
       </x:c>
       <x:c r="D38" s="3" t="n">
         <x:v>1910</x:v>
       </x:c>
       <x:c r="E38" s="3" t="n">
         <x:v>2214</x:v>
       </x:c>
       <x:c r="F38" s="3" t="n">
         <x:v>2530</x:v>
       </x:c>
       <x:c r="G38" s="3" t="n">
         <x:v>3046</x:v>
       </x:c>
       <x:c r="H38" s="3" t="n">
@@ -6683,120 +6690,120 @@
       <x:c r="Y38" s="3" t="n">
         <x:v>15778</x:v>
       </x:c>
       <x:c r="Z38" s="3" t="n">
         <x:v>15564</x:v>
       </x:c>
       <x:c r="AA38" s="3" t="n">
         <x:v>16360</x:v>
       </x:c>
       <x:c r="AB38" s="3" t="n">
         <x:v>16814</x:v>
       </x:c>
       <x:c r="AC38" s="3" t="n">
         <x:v>17040</x:v>
       </x:c>
       <x:c r="AD38" s="3" t="n">
         <x:v>17411</x:v>
       </x:c>
       <x:c r="AE38" s="3" t="n">
         <x:v>19011</x:v>
       </x:c>
       <x:c r="AF38" s="3" t="n">
         <x:v>20799</x:v>
       </x:c>
       <x:c r="AG38" s="3" t="n">
-        <x:v>22321</x:v>
+        <x:v>22301</x:v>
       </x:c>
       <x:c r="AH38" s="3" t="n">
-        <x:v>23438</x:v>
+        <x:v>23379</x:v>
       </x:c>
       <x:c r="AI38" s="3" t="n">
-        <x:v>24137</x:v>
+        <x:v>24036</x:v>
       </x:c>
       <x:c r="AJ38" s="3" t="n">
-        <x:v>25915</x:v>
+        <x:v>25748</x:v>
       </x:c>
       <x:c r="AK38" s="3" t="n">
-        <x:v>27569</x:v>
+        <x:v>27314</x:v>
       </x:c>
       <x:c r="AL38" s="3" t="n">
-        <x:v>29824</x:v>
+        <x:v>29479</x:v>
       </x:c>
       <x:c r="AM38" s="3" t="n">
-        <x:v>33636</x:v>
+        <x:v>33194</x:v>
       </x:c>
       <x:c r="AN38" s="3" t="n">
-        <x:v>37334</x:v>
+        <x:v>36759</x:v>
       </x:c>
       <x:c r="AO38" s="3" t="n">
-        <x:v>39148</x:v>
+        <x:v>38536</x:v>
       </x:c>
       <x:c r="AP38" s="3" t="n">
-        <x:v>39546</x:v>
+        <x:v>38915</x:v>
       </x:c>
       <x:c r="AQ38" s="3" t="n">
-        <x:v>40388</x:v>
+        <x:v>39729</x:v>
       </x:c>
       <x:c r="AR38" s="3" t="n">
-        <x:v>42195</x:v>
+        <x:v>41507</x:v>
       </x:c>
       <x:c r="AS38" s="3" t="n">
-        <x:v>43382</x:v>
+        <x:v>42658</x:v>
       </x:c>
       <x:c r="AT38" s="3" t="n">
-        <x:v>45347</x:v>
+        <x:v>44598</x:v>
       </x:c>
       <x:c r="AU38" s="3" t="n">
-        <x:v>46320</x:v>
+        <x:v>45560</x:v>
       </x:c>
       <x:c r="AV38" s="3" t="n">
-        <x:v>47454</x:v>
+        <x:v>46688</x:v>
       </x:c>
       <x:c r="AW38" s="3" t="n">
-        <x:v>47497</x:v>
+        <x:v>46726</x:v>
       </x:c>
       <x:c r="AX38" s="3" t="n">
-        <x:v>49142</x:v>
+        <x:v>48363</x:v>
       </x:c>
       <x:c r="AY38" s="3" t="n">
-        <x:v>50580</x:v>
+        <x:v>49850</x:v>
       </x:c>
       <x:c r="AZ38" s="3" t="n">
-        <x:v>52688</x:v>
+        <x:v>51865</x:v>
       </x:c>
       <x:c r="BA38" s="3" t="n">
-        <x:v>56309</x:v>
+        <x:v>55795</x:v>
       </x:c>
       <x:c r="BB38" s="3" t="n">
-        <x:v>60258</x:v>
+        <x:v>59648</x:v>
       </x:c>
       <x:c r="BC38" s="3" t="n">
-        <x:v>66073</x:v>
+        <x:v>64363</x:v>
       </x:c>
       <x:c r="BD38" s="3" t="n">
-        <x:v>70135</x:v>
+        <x:v>69266</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:56">
       <x:c r="A39" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D39" s="3" t="n">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E39" s="3" t="n">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F39" s="3" t="n">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G39" s="3" t="n">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H39" s="3" t="n">
@@ -6853,188 +6860,188 @@
       <x:c r="Y39" s="3" t="n">
         <x:v>1701</x:v>
       </x:c>
       <x:c r="Z39" s="3" t="n">
         <x:v>1876</x:v>
       </x:c>
       <x:c r="AA39" s="3" t="n">
         <x:v>2087</x:v>
       </x:c>
       <x:c r="AB39" s="3" t="n">
         <x:v>2413</x:v>
       </x:c>
       <x:c r="AC39" s="3" t="n">
         <x:v>2959</x:v>
       </x:c>
       <x:c r="AD39" s="3" t="n">
         <x:v>3507</x:v>
       </x:c>
       <x:c r="AE39" s="3" t="n">
         <x:v>4422</x:v>
       </x:c>
       <x:c r="AF39" s="3" t="n">
         <x:v>5239</x:v>
       </x:c>
       <x:c r="AG39" s="3" t="n">
-        <x:v>5717</x:v>
+        <x:v>5714</x:v>
       </x:c>
       <x:c r="AH39" s="3" t="n">
-        <x:v>6042</x:v>
+        <x:v>6027</x:v>
       </x:c>
       <x:c r="AI39" s="3" t="n">
-        <x:v>6229</x:v>
+        <x:v>6203</x:v>
       </x:c>
       <x:c r="AJ39" s="3" t="n">
-        <x:v>6774</x:v>
+        <x:v>6727</x:v>
       </x:c>
       <x:c r="AK39" s="3" t="n">
-        <x:v>7447</x:v>
+        <x:v>7375</x:v>
       </x:c>
       <x:c r="AL39" s="3" t="n">
-        <x:v>8417</x:v>
+        <x:v>8310</x:v>
       </x:c>
       <x:c r="AM39" s="3" t="n">
-        <x:v>10201</x:v>
+        <x:v>10050</x:v>
       </x:c>
       <x:c r="AN39" s="3" t="n">
-        <x:v>11675</x:v>
+        <x:v>11493</x:v>
       </x:c>
       <x:c r="AO39" s="3" t="n">
-        <x:v>11624</x:v>
+        <x:v>11445</x:v>
       </x:c>
       <x:c r="AP39" s="3" t="n">
-        <x:v>12008</x:v>
+        <x:v>11814</x:v>
       </x:c>
       <x:c r="AQ39" s="3" t="n">
-        <x:v>13113</x:v>
+        <x:v>12903</x:v>
       </x:c>
       <x:c r="AR39" s="3" t="n">
-        <x:v>14716</x:v>
+        <x:v>14490</x:v>
       </x:c>
       <x:c r="AS39" s="3" t="n">
-        <x:v>15167</x:v>
+        <x:v>14928</x:v>
       </x:c>
       <x:c r="AT39" s="3" t="n">
-        <x:v>15872</x:v>
+        <x:v>15630</x:v>
       </x:c>
       <x:c r="AU39" s="3" t="n">
-        <x:v>16882</x:v>
+        <x:v>16620</x:v>
       </x:c>
       <x:c r="AV39" s="3" t="n">
-        <x:v>17610</x:v>
+        <x:v>17335</x:v>
       </x:c>
       <x:c r="AW39" s="3" t="n">
-        <x:v>18515</x:v>
+        <x:v>18250</x:v>
       </x:c>
       <x:c r="AX39" s="3" t="n">
-        <x:v>19446</x:v>
+        <x:v>19151</x:v>
       </x:c>
       <x:c r="AY39" s="3" t="n">
-        <x:v>19856</x:v>
+        <x:v>19556</x:v>
       </x:c>
       <x:c r="AZ39" s="3" t="n">
-        <x:v>21183</x:v>
+        <x:v>20862</x:v>
       </x:c>
       <x:c r="BA39" s="3" t="n">
-        <x:v>23115</x:v>
+        <x:v>22780</x:v>
       </x:c>
       <x:c r="BB39" s="3" t="n">
-        <x:v>25102</x:v>
+        <x:v>24712</x:v>
       </x:c>
       <x:c r="BC39" s="3" t="n">
-        <x:v>26155</x:v>
+        <x:v>25686</x:v>
       </x:c>
       <x:c r="BD39" s="3" t="n">
-        <x:v>27481</x:v>
+        <x:v>27084</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:56">
       <x:c r="A40" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C40" s="3" t="n">
-        <x:v>22</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D40" s="3" t="n">
-        <x:v>26</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E40" s="3" t="n">
-        <x:v>30</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F40" s="3" t="n">
-        <x:v>36</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G40" s="3" t="n">
-        <x:v>42</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H40" s="3" t="n">
-        <x:v>50</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I40" s="3" t="n">
-        <x:v>54</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J40" s="3" t="n">
-        <x:v>61</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K40" s="3" t="n">
-        <x:v>65</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="L40" s="3" t="n">
-        <x:v>72</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="M40" s="3" t="n">
-        <x:v>83</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="N40" s="3" t="n">
-        <x:v>96</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="O40" s="3" t="n">
-        <x:v>109</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="P40" s="3" t="n">
-        <x:v>119</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="Q40" s="3" t="n">
-        <x:v>132</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="R40" s="3" t="n">
-        <x:v>147</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="S40" s="3" t="n">
-        <x:v>166</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="T40" s="3" t="n">
-        <x:v>179</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="U40" s="3" t="n">
-        <x:v>193</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="V40" s="3" t="n">
-        <x:v>207</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="W40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="X40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="Y40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="Z40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="AA40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="AB40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="AC40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="AD40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
@@ -7193,120 +7200,120 @@
       <x:c r="Y41" s="3" t="n">
         <x:v>16608</x:v>
       </x:c>
       <x:c r="Z41" s="3" t="n">
         <x:v>17402</x:v>
       </x:c>
       <x:c r="AA41" s="3" t="n">
         <x:v>18887</x:v>
       </x:c>
       <x:c r="AB41" s="3" t="n">
         <x:v>20531</x:v>
       </x:c>
       <x:c r="AC41" s="3" t="n">
         <x:v>23780</x:v>
       </x:c>
       <x:c r="AD41" s="3" t="n">
         <x:v>27043</x:v>
       </x:c>
       <x:c r="AE41" s="3" t="n">
         <x:v>29587</x:v>
       </x:c>
       <x:c r="AF41" s="3" t="n">
         <x:v>31469</x:v>
       </x:c>
       <x:c r="AG41" s="3" t="n">
-        <x:v>33452</x:v>
+        <x:v>33398</x:v>
       </x:c>
       <x:c r="AH41" s="3" t="n">
-        <x:v>35436</x:v>
+        <x:v>35273</x:v>
       </x:c>
       <x:c r="AI41" s="3" t="n">
-        <x:v>35677</x:v>
+        <x:v>35403</x:v>
       </x:c>
       <x:c r="AJ41" s="3" t="n">
-        <x:v>37840</x:v>
+        <x:v>37377</x:v>
       </x:c>
       <x:c r="AK41" s="3" t="n">
-        <x:v>41017</x:v>
+        <x:v>40318</x:v>
       </x:c>
       <x:c r="AL41" s="3" t="n">
-        <x:v>48332</x:v>
+        <x:v>47254</x:v>
       </x:c>
       <x:c r="AM41" s="3" t="n">
-        <x:v>56448</x:v>
+        <x:v>54947</x:v>
       </x:c>
       <x:c r="AN41" s="3" t="n">
-        <x:v>63206</x:v>
+        <x:v>61729</x:v>
       </x:c>
       <x:c r="AO41" s="3" t="n">
-        <x:v>65693</x:v>
+        <x:v>64218</x:v>
       </x:c>
       <x:c r="AP41" s="3" t="n">
-        <x:v>67894</x:v>
+        <x:v>66334</x:v>
       </x:c>
       <x:c r="AQ41" s="3" t="n">
-        <x:v>71784</x:v>
+        <x:v>70126</x:v>
       </x:c>
       <x:c r="AR41" s="3" t="n">
-        <x:v>78412</x:v>
+        <x:v>76622</x:v>
       </x:c>
       <x:c r="AS41" s="3" t="n">
-        <x:v>84629</x:v>
+        <x:v>82672</x:v>
       </x:c>
       <x:c r="AT41" s="3" t="n">
-        <x:v>88735</x:v>
+        <x:v>86666</x:v>
       </x:c>
       <x:c r="AU41" s="3" t="n">
-        <x:v>91663</x:v>
+        <x:v>89537</x:v>
       </x:c>
       <x:c r="AV41" s="3" t="n">
-        <x:v>90765</x:v>
+        <x:v>88677</x:v>
       </x:c>
       <x:c r="AW41" s="3" t="n">
-        <x:v>93110</x:v>
+        <x:v>91043</x:v>
       </x:c>
       <x:c r="AX41" s="3" t="n">
-        <x:v>100299</x:v>
+        <x:v>98010</x:v>
       </x:c>
       <x:c r="AY41" s="3" t="n">
-        <x:v>108067</x:v>
+        <x:v>105600</x:v>
       </x:c>
       <x:c r="AZ41" s="3" t="n">
-        <x:v>108960</x:v>
+        <x:v>106503</x:v>
       </x:c>
       <x:c r="BA41" s="3" t="n">
-        <x:v>117993</x:v>
+        <x:v>115379</x:v>
       </x:c>
       <x:c r="BB41" s="3" t="n">
-        <x:v>131242</x:v>
+        <x:v>128515</x:v>
       </x:c>
       <x:c r="BC41" s="3" t="n">
-        <x:v>144745</x:v>
+        <x:v>141681</x:v>
       </x:c>
       <x:c r="BD41" s="3" t="n">
-        <x:v>154092</x:v>
+        <x:v>151574</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:56">
       <x:c r="A42" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C42" s="3" t="n">
         <x:v>407</x:v>
       </x:c>
       <x:c r="D42" s="3" t="n">
         <x:v>496</x:v>
       </x:c>
       <x:c r="E42" s="3" t="n">
         <x:v>590</x:v>
       </x:c>
       <x:c r="F42" s="3" t="n">
         <x:v>698</x:v>
       </x:c>
       <x:c r="G42" s="3" t="n">
         <x:v>828</x:v>
       </x:c>
       <x:c r="H42" s="3" t="n">
@@ -7363,120 +7370,120 @@
       <x:c r="Y42" s="3" t="n">
         <x:v>5967</x:v>
       </x:c>
       <x:c r="Z42" s="3" t="n">
         <x:v>6892</x:v>
       </x:c>
       <x:c r="AA42" s="3" t="n">
         <x:v>7975</x:v>
       </x:c>
       <x:c r="AB42" s="3" t="n">
         <x:v>9519</x:v>
       </x:c>
       <x:c r="AC42" s="3" t="n">
         <x:v>11582</x:v>
       </x:c>
       <x:c r="AD42" s="3" t="n">
         <x:v>13788</x:v>
       </x:c>
       <x:c r="AE42" s="3" t="n">
         <x:v>17089</x:v>
       </x:c>
       <x:c r="AF42" s="3" t="n">
         <x:v>19480</x:v>
       </x:c>
       <x:c r="AG42" s="3" t="n">
-        <x:v>20374</x:v>
+        <x:v>20308</x:v>
       </x:c>
       <x:c r="AH42" s="3" t="n">
-        <x:v>21007</x:v>
+        <x:v>20792</x:v>
       </x:c>
       <x:c r="AI42" s="3" t="n">
-        <x:v>21865</x:v>
+        <x:v>21483</x:v>
       </x:c>
       <x:c r="AJ42" s="3" t="n">
-        <x:v>23377</x:v>
+        <x:v>22713</x:v>
       </x:c>
       <x:c r="AK42" s="3" t="n">
-        <x:v>26710</x:v>
+        <x:v>25654</x:v>
       </x:c>
       <x:c r="AL42" s="3" t="n">
-        <x:v>33600</x:v>
+        <x:v>31863</x:v>
       </x:c>
       <x:c r="AM42" s="3" t="n">
-        <x:v>38999</x:v>
+        <x:v>36529</x:v>
       </x:c>
       <x:c r="AN42" s="3" t="n">
-        <x:v>44100</x:v>
+        <x:v>40672</x:v>
       </x:c>
       <x:c r="AO42" s="3" t="n">
-        <x:v>41937</x:v>
+        <x:v>38888</x:v>
       </x:c>
       <x:c r="AP42" s="3" t="n">
-        <x:v>42668</x:v>
+        <x:v>39657</x:v>
       </x:c>
       <x:c r="AQ42" s="3" t="n">
-        <x:v>49508</x:v>
+        <x:v>45959</x:v>
       </x:c>
       <x:c r="AR42" s="3" t="n">
-        <x:v>53191</x:v>
+        <x:v>49292</x:v>
       </x:c>
       <x:c r="AS42" s="3" t="n">
-        <x:v>55755</x:v>
+        <x:v>51631</x:v>
       </x:c>
       <x:c r="AT42" s="3" t="n">
-        <x:v>57663</x:v>
+        <x:v>53405</x:v>
       </x:c>
       <x:c r="AU42" s="3" t="n">
-        <x:v>56929</x:v>
+        <x:v>52820</x:v>
       </x:c>
       <x:c r="AV42" s="3" t="n">
-        <x:v>57070</x:v>
+        <x:v>53012</x:v>
       </x:c>
       <x:c r="AW42" s="3" t="n">
-        <x:v>60860</x:v>
+        <x:v>56473</x:v>
       </x:c>
       <x:c r="AX42" s="3" t="n">
-        <x:v>66702</x:v>
+        <x:v>61817</x:v>
       </x:c>
       <x:c r="AY42" s="3" t="n">
-        <x:v>72358</x:v>
+        <x:v>67009</x:v>
       </x:c>
       <x:c r="AZ42" s="3" t="n">
-        <x:v>66629</x:v>
+        <x:v>61781</x:v>
       </x:c>
       <x:c r="BA42" s="3" t="n">
-        <x:v>70988</x:v>
+        <x:v>66000</x:v>
       </x:c>
       <x:c r="BB42" s="3" t="n">
-        <x:v>80446</x:v>
+        <x:v>78876</x:v>
       </x:c>
       <x:c r="BC42" s="3" t="n">
-        <x:v>83955</x:v>
+        <x:v>80706</x:v>
       </x:c>
       <x:c r="BD42" s="3" t="n">
-        <x:v>88738</x:v>
+        <x:v>83498</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:56">
       <x:c r="A43" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
         <x:v>4316</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>5049</x:v>
       </x:c>
       <x:c r="D43" s="3" t="n">
         <x:v>5773</x:v>
       </x:c>
       <x:c r="E43" s="3" t="n">
         <x:v>6593</x:v>
       </x:c>
       <x:c r="F43" s="3" t="n">
         <x:v>7429</x:v>
       </x:c>
       <x:c r="G43" s="3" t="n">
         <x:v>8930</x:v>
       </x:c>
       <x:c r="H43" s="3" t="n">
@@ -7572,421 +7579,421 @@
       <x:c r="AL43" s="3" t="n">
         <x:v>72386</x:v>
       </x:c>
       <x:c r="AM43" s="3" t="n">
         <x:v>77917</x:v>
       </x:c>
       <x:c r="AN43" s="3" t="n">
         <x:v>84888</x:v>
       </x:c>
       <x:c r="AO43" s="3" t="n">
         <x:v>91483</x:v>
       </x:c>
       <x:c r="AP43" s="3" t="n">
         <x:v>97002</x:v>
       </x:c>
       <x:c r="AQ43" s="3" t="n">
         <x:v>102522</x:v>
       </x:c>
       <x:c r="AR43" s="3" t="n">
         <x:v>108622</x:v>
       </x:c>
       <x:c r="AS43" s="3" t="n">
         <x:v>113435</x:v>
       </x:c>
       <x:c r="AT43" s="3" t="n">
-        <x:v>120923</x:v>
+        <x:v>120286</x:v>
       </x:c>
       <x:c r="AU43" s="3" t="n">
-        <x:v>126277</x:v>
+        <x:v>125739</x:v>
       </x:c>
       <x:c r="AV43" s="3" t="n">
-        <x:v>130887</x:v>
+        <x:v>130405</x:v>
       </x:c>
       <x:c r="AW43" s="3" t="n">
-        <x:v>136504</x:v>
+        <x:v>136107</x:v>
       </x:c>
       <x:c r="AX43" s="3" t="n">
-        <x:v>143029</x:v>
+        <x:v>142440</x:v>
       </x:c>
       <x:c r="AY43" s="3" t="n">
-        <x:v>148944</x:v>
+        <x:v>148108</x:v>
       </x:c>
       <x:c r="AZ43" s="3" t="n">
-        <x:v>153929</x:v>
+        <x:v>153637</x:v>
       </x:c>
       <x:c r="BA43" s="3" t="n">
-        <x:v>161561</x:v>
+        <x:v>161802</x:v>
       </x:c>
       <x:c r="BB43" s="3" t="n">
-        <x:v>170420</x:v>
+        <x:v>171035</x:v>
       </x:c>
       <x:c r="BC43" s="3" t="n">
-        <x:v>184582</x:v>
+        <x:v>185250</x:v>
       </x:c>
       <x:c r="BD43" s="3" t="n">
-        <x:v>195949</x:v>
+        <x:v>196403</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:56">
       <x:c r="A44" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>3308</x:v>
+        <x:v>3307</x:v>
       </x:c>
       <x:c r="C44" s="3" t="n">
-        <x:v>3955</x:v>
+        <x:v>3953</x:v>
       </x:c>
       <x:c r="D44" s="3" t="n">
-        <x:v>4368</x:v>
+        <x:v>4366</x:v>
       </x:c>
       <x:c r="E44" s="3" t="n">
-        <x:v>4930</x:v>
+        <x:v>4928</x:v>
       </x:c>
       <x:c r="F44" s="3" t="n">
-        <x:v>5562</x:v>
+        <x:v>5558</x:v>
       </x:c>
       <x:c r="G44" s="3" t="n">
-        <x:v>6573</x:v>
+        <x:v>6570</x:v>
       </x:c>
       <x:c r="H44" s="3" t="n">
-        <x:v>7738</x:v>
+        <x:v>7735</x:v>
       </x:c>
       <x:c r="I44" s="3" t="n">
-        <x:v>8703</x:v>
+        <x:v>8700</x:v>
       </x:c>
       <x:c r="J44" s="3" t="n">
-        <x:v>9739</x:v>
+        <x:v>9735</x:v>
       </x:c>
       <x:c r="K44" s="3" t="n">
-        <x:v>10372</x:v>
+        <x:v>10368</x:v>
       </x:c>
       <x:c r="L44" s="3" t="n">
-        <x:v>11590</x:v>
+        <x:v>11584</x:v>
       </x:c>
       <x:c r="M44" s="3" t="n">
-        <x:v>13132</x:v>
+        <x:v>13126</x:v>
       </x:c>
       <x:c r="N44" s="3" t="n">
-        <x:v>14993</x:v>
+        <x:v>14986</x:v>
       </x:c>
       <x:c r="O44" s="3" t="n">
-        <x:v>16376</x:v>
+        <x:v>16368</x:v>
       </x:c>
       <x:c r="P44" s="3" t="n">
-        <x:v>17794</x:v>
+        <x:v>17784</x:v>
       </x:c>
       <x:c r="Q44" s="3" t="n">
-        <x:v>19579</x:v>
+        <x:v>19571</x:v>
       </x:c>
       <x:c r="R44" s="3" t="n">
-        <x:v>21715</x:v>
+        <x:v>21702</x:v>
       </x:c>
       <x:c r="S44" s="3" t="n">
-        <x:v>24413</x:v>
+        <x:v>24403</x:v>
       </x:c>
       <x:c r="T44" s="3" t="n">
-        <x:v>26213</x:v>
+        <x:v>26202</x:v>
       </x:c>
       <x:c r="U44" s="3" t="n">
-        <x:v>28132</x:v>
+        <x:v>28121</x:v>
       </x:c>
       <x:c r="V44" s="3" t="n">
-        <x:v>29830</x:v>
+        <x:v>29818</x:v>
       </x:c>
       <x:c r="W44" s="3" t="n">
-        <x:v>31366</x:v>
+        <x:v>31353</x:v>
       </x:c>
       <x:c r="X44" s="3" t="n">
-        <x:v>33206</x:v>
+        <x:v>33194</x:v>
       </x:c>
       <x:c r="Y44" s="3" t="n">
-        <x:v>33972</x:v>
+        <x:v>33958</x:v>
       </x:c>
       <x:c r="Z44" s="3" t="n">
-        <x:v>35422</x:v>
+        <x:v>35408</x:v>
       </x:c>
       <x:c r="AA44" s="3" t="n">
-        <x:v>36906</x:v>
+        <x:v>36892</x:v>
       </x:c>
       <x:c r="AB44" s="3" t="n">
-        <x:v>39285</x:v>
+        <x:v>39269</x:v>
       </x:c>
       <x:c r="AC44" s="3" t="n">
-        <x:v>41407</x:v>
+        <x:v>41389</x:v>
       </x:c>
       <x:c r="AD44" s="3" t="n">
-        <x:v>45643</x:v>
+        <x:v>45620</x:v>
       </x:c>
       <x:c r="AE44" s="3" t="n">
-        <x:v>48384</x:v>
+        <x:v>48364</x:v>
       </x:c>
       <x:c r="AF44" s="3" t="n">
-        <x:v>51493</x:v>
+        <x:v>51470</x:v>
       </x:c>
       <x:c r="AG44" s="3" t="n">
-        <x:v>56489</x:v>
+        <x:v>56462</x:v>
       </x:c>
       <x:c r="AH44" s="3" t="n">
-        <x:v>59310</x:v>
+        <x:v>59281</x:v>
       </x:c>
       <x:c r="AI44" s="3" t="n">
-        <x:v>64020</x:v>
+        <x:v>63988</x:v>
       </x:c>
       <x:c r="AJ44" s="3" t="n">
-        <x:v>65956</x:v>
+        <x:v>65926</x:v>
       </x:c>
       <x:c r="AK44" s="3" t="n">
-        <x:v>68881</x:v>
+        <x:v>68852</x:v>
       </x:c>
       <x:c r="AL44" s="3" t="n">
-        <x:v>72243</x:v>
+        <x:v>72210</x:v>
       </x:c>
       <x:c r="AM44" s="3" t="n">
-        <x:v>75766</x:v>
+        <x:v>75727</x:v>
       </x:c>
       <x:c r="AN44" s="3" t="n">
-        <x:v>81721</x:v>
+        <x:v>81679</x:v>
       </x:c>
       <x:c r="AO44" s="3" t="n">
-        <x:v>88104</x:v>
+        <x:v>88059</x:v>
       </x:c>
       <x:c r="AP44" s="3" t="n">
-        <x:v>92450</x:v>
+        <x:v>92404</x:v>
       </x:c>
       <x:c r="AQ44" s="3" t="n">
-        <x:v>96763</x:v>
+        <x:v>96713</x:v>
       </x:c>
       <x:c r="AR44" s="3" t="n">
-        <x:v>101448</x:v>
+        <x:v>101393</x:v>
       </x:c>
       <x:c r="AS44" s="3" t="n">
-        <x:v>107321</x:v>
+        <x:v>107264</x:v>
       </x:c>
       <x:c r="AT44" s="3" t="n">
-        <x:v>111105</x:v>
+        <x:v>111015</x:v>
       </x:c>
       <x:c r="AU44" s="3" t="n">
-        <x:v>116463</x:v>
+        <x:v>116346</x:v>
       </x:c>
       <x:c r="AV44" s="3" t="n">
-        <x:v>122167</x:v>
+        <x:v>122049</x:v>
       </x:c>
       <x:c r="AW44" s="3" t="n">
-        <x:v>127096</x:v>
+        <x:v>126962</x:v>
       </x:c>
       <x:c r="AX44" s="3" t="n">
-        <x:v>132199</x:v>
+        <x:v>132030</x:v>
       </x:c>
       <x:c r="AY44" s="3" t="n">
-        <x:v>138889</x:v>
+        <x:v>138745</x:v>
       </x:c>
       <x:c r="AZ44" s="3" t="n">
-        <x:v>139788</x:v>
+        <x:v>139632</x:v>
       </x:c>
       <x:c r="BA44" s="3" t="n">
-        <x:v>145791</x:v>
+        <x:v>145506</x:v>
       </x:c>
       <x:c r="BB44" s="3" t="n">
-        <x:v>153431</x:v>
+        <x:v>152944</x:v>
       </x:c>
       <x:c r="BC44" s="3" t="n">
-        <x:v>164621</x:v>
+        <x:v>163093</x:v>
       </x:c>
       <x:c r="BD44" s="3" t="n">
-        <x:v>174319</x:v>
+        <x:v>172782</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:56">
       <x:c r="A45" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>2743</x:v>
+        <x:v>2720</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>3356</x:v>
+        <x:v>3329</x:v>
       </x:c>
       <x:c r="D45" s="3" t="n">
-        <x:v>4098</x:v>
+        <x:v>4068</x:v>
       </x:c>
       <x:c r="E45" s="3" t="n">
-        <x:v>4841</x:v>
+        <x:v>4810</x:v>
       </x:c>
       <x:c r="F45" s="3" t="n">
-        <x:v>5718</x:v>
+        <x:v>5681</x:v>
       </x:c>
       <x:c r="G45" s="3" t="n">
-        <x:v>7182</x:v>
+        <x:v>7139</x:v>
       </x:c>
       <x:c r="H45" s="3" t="n">
-        <x:v>8936</x:v>
+        <x:v>8887</x:v>
       </x:c>
       <x:c r="I45" s="3" t="n">
-        <x:v>10571</x:v>
+        <x:v>10513</x:v>
       </x:c>
       <x:c r="J45" s="3" t="n">
-        <x:v>11931</x:v>
+        <x:v>11866</x:v>
       </x:c>
       <x:c r="K45" s="3" t="n">
-        <x:v>13221</x:v>
+        <x:v>13152</x:v>
       </x:c>
       <x:c r="L45" s="3" t="n">
-        <x:v>15423</x:v>
+        <x:v>15346</x:v>
       </x:c>
       <x:c r="M45" s="3" t="n">
-        <x:v>18025</x:v>
+        <x:v>17940</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>20581</x:v>
+        <x:v>20490</x:v>
       </x:c>
       <x:c r="O45" s="3" t="n">
-        <x:v>22809</x:v>
+        <x:v>22711</x:v>
       </x:c>
       <x:c r="P45" s="3" t="n">
-        <x:v>24982</x:v>
+        <x:v>24879</x:v>
       </x:c>
       <x:c r="Q45" s="3" t="n">
-        <x:v>27420</x:v>
+        <x:v>27313</x:v>
       </x:c>
       <x:c r="R45" s="3" t="n">
-        <x:v>30862</x:v>
+        <x:v>30735</x:v>
       </x:c>
       <x:c r="S45" s="3" t="n">
-        <x:v>35794</x:v>
+        <x:v>35655</x:v>
       </x:c>
       <x:c r="T45" s="3" t="n">
-        <x:v>38462</x:v>
+        <x:v>38299</x:v>
       </x:c>
       <x:c r="U45" s="3" t="n">
-        <x:v>40578</x:v>
+        <x:v>40407</x:v>
       </x:c>
       <x:c r="V45" s="3" t="n">
-        <x:v>43706</x:v>
+        <x:v>43526</x:v>
       </x:c>
       <x:c r="W45" s="3" t="n">
-        <x:v>47917</x:v>
+        <x:v>47762</x:v>
       </x:c>
       <x:c r="X45" s="3" t="n">
-        <x:v>51473</x:v>
+        <x:v>51305</x:v>
       </x:c>
       <x:c r="Y45" s="3" t="n">
-        <x:v>53978</x:v>
+        <x:v>53809</x:v>
       </x:c>
       <x:c r="Z45" s="3" t="n">
-        <x:v>56682</x:v>
+        <x:v>56515</x:v>
       </x:c>
       <x:c r="AA45" s="3" t="n">
-        <x:v>60830</x:v>
+        <x:v>60650</x:v>
       </x:c>
       <x:c r="AB45" s="3" t="n">
-        <x:v>66266</x:v>
+        <x:v>66072</x:v>
       </x:c>
       <x:c r="AC45" s="3" t="n">
-        <x:v>71101</x:v>
+        <x:v>70890</x:v>
       </x:c>
       <x:c r="AD45" s="3" t="n">
-        <x:v>77677</x:v>
+        <x:v>77451</x:v>
       </x:c>
       <x:c r="AE45" s="3" t="n">
-        <x:v>83973</x:v>
+        <x:v>83735</x:v>
       </x:c>
       <x:c r="AF45" s="3" t="n">
-        <x:v>89621</x:v>
+        <x:v>89370</x:v>
       </x:c>
       <x:c r="AG45" s="3" t="n">
-        <x:v>98622</x:v>
+        <x:v>98363</x:v>
       </x:c>
       <x:c r="AH45" s="3" t="n">
-        <x:v>108091</x:v>
+        <x:v>107828</x:v>
       </x:c>
       <x:c r="AI45" s="3" t="n">
-        <x:v>115248</x:v>
+        <x:v>114989</x:v>
       </x:c>
       <x:c r="AJ45" s="3" t="n">
-        <x:v>124060</x:v>
+        <x:v>123749</x:v>
       </x:c>
       <x:c r="AK45" s="3" t="n">
-        <x:v>132576</x:v>
+        <x:v>132271</x:v>
       </x:c>
       <x:c r="AL45" s="3" t="n">
-        <x:v>143195</x:v>
+        <x:v>142938</x:v>
       </x:c>
       <x:c r="AM45" s="3" t="n">
-        <x:v>158441</x:v>
+        <x:v>158210</x:v>
       </x:c>
       <x:c r="AN45" s="3" t="n">
-        <x:v>174942</x:v>
+        <x:v>174749</x:v>
       </x:c>
       <x:c r="AO45" s="3" t="n">
-        <x:v>187277</x:v>
+        <x:v>187058</x:v>
       </x:c>
       <x:c r="AP45" s="3" t="n">
-        <x:v>197325</x:v>
+        <x:v>197123</x:v>
       </x:c>
       <x:c r="AQ45" s="3" t="n">
-        <x:v>212529</x:v>
+        <x:v>212322</x:v>
       </x:c>
       <x:c r="AR45" s="3" t="n">
-        <x:v>226494</x:v>
+        <x:v>226294</x:v>
       </x:c>
       <x:c r="AS45" s="3" t="n">
-        <x:v>241226</x:v>
+        <x:v>240997</x:v>
       </x:c>
       <x:c r="AT45" s="3" t="n">
-        <x:v>254666</x:v>
+        <x:v>252603</x:v>
       </x:c>
       <x:c r="AU45" s="3" t="n">
-        <x:v>267706</x:v>
+        <x:v>264462</x:v>
       </x:c>
       <x:c r="AV45" s="3" t="n">
-        <x:v>277695</x:v>
+        <x:v>274811</x:v>
       </x:c>
       <x:c r="AW45" s="3" t="n">
-        <x:v>290702</x:v>
+        <x:v>288079</x:v>
       </x:c>
       <x:c r="AX45" s="3" t="n">
-        <x:v>305051</x:v>
+        <x:v>301339</x:v>
       </x:c>
       <x:c r="AY45" s="3" t="n">
-        <x:v>321709</x:v>
+        <x:v>317044</x:v>
       </x:c>
       <x:c r="AZ45" s="3" t="n">
-        <x:v>328151</x:v>
+        <x:v>325594</x:v>
       </x:c>
       <x:c r="BA45" s="3" t="n">
-        <x:v>349354</x:v>
+        <x:v>345114</x:v>
       </x:c>
       <x:c r="BB45" s="3" t="n">
-        <x:v>371408</x:v>
+        <x:v>367784</x:v>
       </x:c>
       <x:c r="BC45" s="3" t="n">
-        <x:v>393388</x:v>
+        <x:v>390737</x:v>
       </x:c>
       <x:c r="BD45" s="3" t="n">
-        <x:v>420687</x:v>
+        <x:v>418330</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:56">
       <x:c r="A46" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
         <x:v>923</x:v>
       </x:c>
       <x:c r="C46" s="3" t="n">
         <x:v>1100</x:v>
       </x:c>
       <x:c r="D46" s="3" t="n">
         <x:v>1289</x:v>
       </x:c>
       <x:c r="E46" s="3" t="n">
         <x:v>1468</x:v>
       </x:c>
       <x:c r="F46" s="3" t="n">
         <x:v>1688</x:v>
       </x:c>
       <x:c r="G46" s="3" t="n">
         <x:v>2066</x:v>
       </x:c>
       <x:c r="H46" s="3" t="n">
@@ -8043,120 +8050,120 @@
       <x:c r="Y46" s="3" t="n">
         <x:v>11608</x:v>
       </x:c>
       <x:c r="Z46" s="3" t="n">
         <x:v>12156</x:v>
       </x:c>
       <x:c r="AA46" s="3" t="n">
         <x:v>12687</x:v>
       </x:c>
       <x:c r="AB46" s="3" t="n">
         <x:v>13469</x:v>
       </x:c>
       <x:c r="AC46" s="3" t="n">
         <x:v>14030</x:v>
       </x:c>
       <x:c r="AD46" s="3" t="n">
         <x:v>15115</x:v>
       </x:c>
       <x:c r="AE46" s="3" t="n">
         <x:v>16321</x:v>
       </x:c>
       <x:c r="AF46" s="3" t="n">
         <x:v>17477</x:v>
       </x:c>
       <x:c r="AG46" s="3" t="n">
-        <x:v>17704</x:v>
+        <x:v>17710</x:v>
       </x:c>
       <x:c r="AH46" s="3" t="n">
-        <x:v>18845</x:v>
+        <x:v>18865</x:v>
       </x:c>
       <x:c r="AI46" s="3" t="n">
-        <x:v>19034</x:v>
+        <x:v>19070</x:v>
       </x:c>
       <x:c r="AJ46" s="3" t="n">
-        <x:v>19570</x:v>
+        <x:v>19631</x:v>
       </x:c>
       <x:c r="AK46" s="3" t="n">
-        <x:v>20822</x:v>
+        <x:v>20921</x:v>
       </x:c>
       <x:c r="AL46" s="3" t="n">
-        <x:v>21810</x:v>
+        <x:v>21938</x:v>
       </x:c>
       <x:c r="AM46" s="3" t="n">
-        <x:v>25259</x:v>
+        <x:v>25448</x:v>
       </x:c>
       <x:c r="AN46" s="3" t="n">
-        <x:v>27785</x:v>
+        <x:v>28049</x:v>
       </x:c>
       <x:c r="AO46" s="3" t="n">
-        <x:v>29792</x:v>
+        <x:v>30085</x:v>
       </x:c>
       <x:c r="AP46" s="3" t="n">
-        <x:v>30825</x:v>
+        <x:v>31170</x:v>
       </x:c>
       <x:c r="AQ46" s="3" t="n">
-        <x:v>32599</x:v>
+        <x:v>33015</x:v>
       </x:c>
       <x:c r="AR46" s="3" t="n">
-        <x:v>34030</x:v>
+        <x:v>34478</x:v>
       </x:c>
       <x:c r="AS46" s="3" t="n">
-        <x:v>35220</x:v>
+        <x:v>35755</x:v>
       </x:c>
       <x:c r="AT46" s="3" t="n">
-        <x:v>36676</x:v>
+        <x:v>37102</x:v>
       </x:c>
       <x:c r="AU46" s="3" t="n">
-        <x:v>37598</x:v>
+        <x:v>38076</x:v>
       </x:c>
       <x:c r="AV46" s="3" t="n">
-        <x:v>37468</x:v>
+        <x:v>37961</x:v>
       </x:c>
       <x:c r="AW46" s="3" t="n">
-        <x:v>39132</x:v>
+        <x:v>39642</x:v>
       </x:c>
       <x:c r="AX46" s="3" t="n">
-        <x:v>40918</x:v>
+        <x:v>41364</x:v>
       </x:c>
       <x:c r="AY46" s="3" t="n">
-        <x:v>43002</x:v>
+        <x:v>43565</x:v>
       </x:c>
       <x:c r="AZ46" s="3" t="n">
-        <x:v>41590</x:v>
+        <x:v>42154</x:v>
       </x:c>
       <x:c r="BA46" s="3" t="n">
-        <x:v>45271</x:v>
+        <x:v>46032</x:v>
       </x:c>
       <x:c r="BB46" s="3" t="n">
-        <x:v>50502</x:v>
+        <x:v>51340</x:v>
       </x:c>
       <x:c r="BC46" s="3" t="n">
-        <x:v>55317</x:v>
+        <x:v>55413</x:v>
       </x:c>
       <x:c r="BD46" s="3" t="n">
-        <x:v>58467</x:v>
+        <x:v>58581</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:56">
       <x:c r="A47" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
         <x:v>9243</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>11018</x:v>
       </x:c>
       <x:c r="D47" s="3" t="n">
         <x:v>12721</x:v>
       </x:c>
       <x:c r="E47" s="3" t="n">
         <x:v>14669</x:v>
       </x:c>
       <x:c r="F47" s="3" t="n">
         <x:v>16805</x:v>
       </x:c>
       <x:c r="G47" s="3" t="n">
         <x:v>20503</x:v>
       </x:c>
       <x:c r="H47" s="3" t="n">
@@ -8252,81 +8259,81 @@
       <x:c r="AL47" s="3" t="n">
         <x:v>260847</x:v>
       </x:c>
       <x:c r="AM47" s="3" t="n">
         <x:v>281908</x:v>
       </x:c>
       <x:c r="AN47" s="3" t="n">
         <x:v>307908</x:v>
       </x:c>
       <x:c r="AO47" s="3" t="n">
         <x:v>329704</x:v>
       </x:c>
       <x:c r="AP47" s="3" t="n">
         <x:v>348262</x:v>
       </x:c>
       <x:c r="AQ47" s="3" t="n">
         <x:v>369752</x:v>
       </x:c>
       <x:c r="AR47" s="3" t="n">
         <x:v>392075</x:v>
       </x:c>
       <x:c r="AS47" s="3" t="n">
         <x:v>415094</x:v>
       </x:c>
       <x:c r="AT47" s="3" t="n">
-        <x:v>437440</x:v>
+        <x:v>434777</x:v>
       </x:c>
       <x:c r="AU47" s="3" t="n">
-        <x:v>457530</x:v>
+        <x:v>453845</x:v>
       </x:c>
       <x:c r="AV47" s="3" t="n">
-        <x:v>474420</x:v>
+        <x:v>471222</x:v>
       </x:c>
       <x:c r="AW47" s="3" t="n">
-        <x:v>496024</x:v>
+        <x:v>493173</x:v>
       </x:c>
       <x:c r="AX47" s="3" t="n">
-        <x:v>519761</x:v>
+        <x:v>515576</x:v>
       </x:c>
       <x:c r="AY47" s="3" t="n">
-        <x:v>545214</x:v>
+        <x:v>539852</x:v>
       </x:c>
       <x:c r="AZ47" s="3" t="n">
-        <x:v>556718</x:v>
+        <x:v>553994</x:v>
       </x:c>
       <x:c r="BA47" s="3" t="n">
-        <x:v>585748</x:v>
+        <x:v>581652</x:v>
       </x:c>
       <x:c r="BB47" s="3" t="n">
-        <x:v>619631</x:v>
+        <x:v>616257</x:v>
       </x:c>
       <x:c r="BC47" s="3" t="n">
-        <x:v>661291</x:v>
+        <x:v>657607</x:v>
       </x:c>
       <x:c r="BD47" s="3" t="n">
-        <x:v>705789</x:v>
+        <x:v>702201</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:56">
       <x:c r="A48" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
         <x:v>3945</x:v>
       </x:c>
       <x:c r="C48" s="3" t="n">
         <x:v>4649</x:v>
       </x:c>
       <x:c r="D48" s="3" t="n">
         <x:v>5234</x:v>
       </x:c>
       <x:c r="E48" s="3" t="n">
         <x:v>5882</x:v>
       </x:c>
       <x:c r="F48" s="3" t="n">
         <x:v>6574</x:v>
       </x:c>
       <x:c r="G48" s="3" t="n">
         <x:v>7875</x:v>
       </x:c>
       <x:c r="H48" s="3" t="n">
@@ -8443,60 +8450,60 @@
       <x:c r="AS48" s="3" t="n">
         <x:v>177234</x:v>
       </x:c>
       <x:c r="AT48" s="3" t="n">
         <x:v>188340</x:v>
       </x:c>
       <x:c r="AU48" s="3" t="n">
         <x:v>199091</x:v>
       </x:c>
       <x:c r="AV48" s="3" t="n">
         <x:v>204326</x:v>
       </x:c>
       <x:c r="AW48" s="3" t="n">
         <x:v>213342</x:v>
       </x:c>
       <x:c r="AX48" s="3" t="n">
         <x:v>223076</x:v>
       </x:c>
       <x:c r="AY48" s="3" t="n">
         <x:v>232835</x:v>
       </x:c>
       <x:c r="AZ48" s="3" t="n">
         <x:v>240844</x:v>
       </x:c>
       <x:c r="BA48" s="3" t="n">
-        <x:v>255301</x:v>
+        <x:v>255289</x:v>
       </x:c>
       <x:c r="BB48" s="3" t="n">
-        <x:v>270792</x:v>
+        <x:v>270793</x:v>
       </x:c>
       <x:c r="BC48" s="3" t="n">
-        <x:v>290128</x:v>
+        <x:v>290132</x:v>
       </x:c>
       <x:c r="BD48" s="3" t="n">
-        <x:v>307628</x:v>
+        <x:v>307343</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:56">
       <x:c r="A49" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
         <x:v>2517</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>3111</x:v>
       </x:c>
       <x:c r="D49" s="3" t="n">
         <x:v>3534</x:v>
       </x:c>
       <x:c r="E49" s="3" t="n">
         <x:v>4008</x:v>
       </x:c>
       <x:c r="F49" s="3" t="n">
         <x:v>4593</x:v>
       </x:c>
       <x:c r="G49" s="3" t="n">
         <x:v>5525</x:v>
       </x:c>
       <x:c r="H49" s="3" t="n">
@@ -8613,60 +8620,60 @@
       <x:c r="AS49" s="3" t="n">
         <x:v>161475</x:v>
       </x:c>
       <x:c r="AT49" s="3" t="n">
         <x:v>171202</x:v>
       </x:c>
       <x:c r="AU49" s="3" t="n">
         <x:v>181900</x:v>
       </x:c>
       <x:c r="AV49" s="3" t="n">
         <x:v>186757</x:v>
       </x:c>
       <x:c r="AW49" s="3" t="n">
         <x:v>195455</x:v>
       </x:c>
       <x:c r="AX49" s="3" t="n">
         <x:v>204082</x:v>
       </x:c>
       <x:c r="AY49" s="3" t="n">
         <x:v>213329</x:v>
       </x:c>
       <x:c r="AZ49" s="3" t="n">
         <x:v>220636</x:v>
       </x:c>
       <x:c r="BA49" s="3" t="n">
-        <x:v>232858</x:v>
+        <x:v>232849</x:v>
       </x:c>
       <x:c r="BB49" s="3" t="n">
-        <x:v>246709</x:v>
+        <x:v>246711</x:v>
       </x:c>
       <x:c r="BC49" s="3" t="n">
-        <x:v>264380</x:v>
+        <x:v>263390</x:v>
       </x:c>
       <x:c r="BD49" s="3" t="n">
-        <x:v>279372</x:v>
+        <x:v>278083</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:56">
       <x:c r="A50" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
         <x:v>1428</x:v>
       </x:c>
       <x:c r="C50" s="3" t="n">
         <x:v>1538</x:v>
       </x:c>
       <x:c r="D50" s="3" t="n">
         <x:v>1700</x:v>
       </x:c>
       <x:c r="E50" s="3" t="n">
         <x:v>1874</x:v>
       </x:c>
       <x:c r="F50" s="3" t="n">
         <x:v>1981</x:v>
       </x:c>
       <x:c r="G50" s="3" t="n">
         <x:v>2350</x:v>
       </x:c>
       <x:c r="H50" s="3" t="n">
@@ -8783,60 +8790,60 @@
       <x:c r="AS50" s="3" t="n">
         <x:v>15759</x:v>
       </x:c>
       <x:c r="AT50" s="3" t="n">
         <x:v>17138</x:v>
       </x:c>
       <x:c r="AU50" s="3" t="n">
         <x:v>17191</x:v>
       </x:c>
       <x:c r="AV50" s="3" t="n">
         <x:v>17569</x:v>
       </x:c>
       <x:c r="AW50" s="3" t="n">
         <x:v>17887</x:v>
       </x:c>
       <x:c r="AX50" s="3" t="n">
         <x:v>18994</x:v>
       </x:c>
       <x:c r="AY50" s="3" t="n">
         <x:v>19506</x:v>
       </x:c>
       <x:c r="AZ50" s="3" t="n">
         <x:v>20208</x:v>
       </x:c>
       <x:c r="BA50" s="3" t="n">
-        <x:v>22443</x:v>
+        <x:v>22440</x:v>
       </x:c>
       <x:c r="BB50" s="3" t="n">
-        <x:v>24083</x:v>
+        <x:v>24082</x:v>
       </x:c>
       <x:c r="BC50" s="3" t="n">
-        <x:v>25748</x:v>
+        <x:v>26742</x:v>
       </x:c>
       <x:c r="BD50" s="3" t="n">
-        <x:v>28257</x:v>
+        <x:v>29259</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:56">
       <x:c r="A51" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
         <x:v>5298</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>6369</x:v>
       </x:c>
       <x:c r="D51" s="3" t="n">
         <x:v>7487</x:v>
       </x:c>
       <x:c r="E51" s="3" t="n">
         <x:v>8787</x:v>
       </x:c>
       <x:c r="F51" s="3" t="n">
         <x:v>10231</x:v>
       </x:c>
       <x:c r="G51" s="3" t="n">
         <x:v>12628</x:v>
       </x:c>
       <x:c r="H51" s="3" t="n">
@@ -8932,891 +8939,891 @@
       <x:c r="AL51" s="3" t="n">
         <x:v>144774</x:v>
       </x:c>
       <x:c r="AM51" s="3" t="n">
         <x:v>157527</x:v>
       </x:c>
       <x:c r="AN51" s="3" t="n">
         <x:v>173890</x:v>
       </x:c>
       <x:c r="AO51" s="3" t="n">
         <x:v>187571</x:v>
       </x:c>
       <x:c r="AP51" s="3" t="n">
         <x:v>197215</x:v>
       </x:c>
       <x:c r="AQ51" s="3" t="n">
         <x:v>210776</x:v>
       </x:c>
       <x:c r="AR51" s="3" t="n">
         <x:v>224014</x:v>
       </x:c>
       <x:c r="AS51" s="3" t="n">
         <x:v>237860</x:v>
       </x:c>
       <x:c r="AT51" s="3" t="n">
-        <x:v>249100</x:v>
+        <x:v>246437</x:v>
       </x:c>
       <x:c r="AU51" s="3" t="n">
-        <x:v>258439</x:v>
+        <x:v>254754</x:v>
       </x:c>
       <x:c r="AV51" s="3" t="n">
-        <x:v>270094</x:v>
+        <x:v>266896</x:v>
       </x:c>
       <x:c r="AW51" s="3" t="n">
-        <x:v>282682</x:v>
+        <x:v>279831</x:v>
       </x:c>
       <x:c r="AX51" s="3" t="n">
-        <x:v>296685</x:v>
+        <x:v>292500</x:v>
       </x:c>
       <x:c r="AY51" s="3" t="n">
-        <x:v>312379</x:v>
+        <x:v>307017</x:v>
       </x:c>
       <x:c r="AZ51" s="3" t="n">
-        <x:v>315874</x:v>
+        <x:v>313150</x:v>
       </x:c>
       <x:c r="BA51" s="3" t="n">
-        <x:v>330447</x:v>
+        <x:v>326363</x:v>
       </x:c>
       <x:c r="BB51" s="3" t="n">
-        <x:v>348839</x:v>
+        <x:v>345464</x:v>
       </x:c>
       <x:c r="BC51" s="3" t="n">
-        <x:v>371163</x:v>
+        <x:v>367475</x:v>
       </x:c>
       <x:c r="BD51" s="3" t="n">
-        <x:v>398161</x:v>
+        <x:v>394859</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:56">
       <x:c r="A52" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>40768</x:v>
+        <x:v>40724</x:v>
       </x:c>
       <x:c r="C52" s="3" t="n">
-        <x:v>47345</x:v>
+        <x:v>47294</x:v>
       </x:c>
       <x:c r="D52" s="3" t="n">
-        <x:v>53481</x:v>
+        <x:v>53423</x:v>
       </x:c>
       <x:c r="E52" s="3" t="n">
-        <x:v>60463</x:v>
+        <x:v>60400</x:v>
       </x:c>
       <x:c r="F52" s="3" t="n">
-        <x:v>70150</x:v>
+        <x:v>70073</x:v>
       </x:c>
       <x:c r="G52" s="3" t="n">
-        <x:v>83980</x:v>
+        <x:v>83892</x:v>
       </x:c>
       <x:c r="H52" s="3" t="n">
-        <x:v>98170</x:v>
+        <x:v>98068</x:v>
       </x:c>
       <x:c r="I52" s="3" t="n">
-        <x:v>111277</x:v>
+        <x:v>111162</x:v>
       </x:c>
       <x:c r="J52" s="3" t="n">
-        <x:v>122816</x:v>
+        <x:v>122686</x:v>
       </x:c>
       <x:c r="K52" s="3" t="n">
-        <x:v>128359</x:v>
+        <x:v>128221</x:v>
       </x:c>
       <x:c r="L52" s="3" t="n">
-        <x:v>144297</x:v>
+        <x:v>144142</x:v>
       </x:c>
       <x:c r="M52" s="3" t="n">
-        <x:v>162652</x:v>
+        <x:v>162478</x:v>
       </x:c>
       <x:c r="N52" s="3" t="n">
-        <x:v>181709</x:v>
+        <x:v>181515</x:v>
       </x:c>
       <x:c r="O52" s="3" t="n">
-        <x:v>196794</x:v>
+        <x:v>196579</x:v>
       </x:c>
       <x:c r="P52" s="3" t="n">
-        <x:v>214808</x:v>
+        <x:v>214576</x:v>
       </x:c>
       <x:c r="Q52" s="3" t="n">
-        <x:v>238763</x:v>
+        <x:v>238516</x:v>
       </x:c>
       <x:c r="R52" s="3" t="n">
-        <x:v>270914</x:v>
+        <x:v>270627</x:v>
       </x:c>
       <x:c r="S52" s="3" t="n">
-        <x:v>306864</x:v>
+        <x:v>306549</x:v>
       </x:c>
       <x:c r="T52" s="3" t="n">
-        <x:v>326733</x:v>
+        <x:v>326380</x:v>
       </x:c>
       <x:c r="U52" s="3" t="n">
-        <x:v>329992</x:v>
+        <x:v>329617</x:v>
       </x:c>
       <x:c r="V52" s="3" t="n">
-        <x:v>342411</x:v>
+        <x:v>342012</x:v>
       </x:c>
       <x:c r="W52" s="3" t="n">
-        <x:v>357139</x:v>
+        <x:v>356971</x:v>
       </x:c>
       <x:c r="X52" s="3" t="n">
-        <x:v>370856</x:v>
+        <x:v>370676</x:v>
       </x:c>
       <x:c r="Y52" s="3" t="n">
-        <x:v>379378</x:v>
+        <x:v>379195</x:v>
       </x:c>
       <x:c r="Z52" s="3" t="n">
-        <x:v>399159</x:v>
+        <x:v>398978</x:v>
       </x:c>
       <x:c r="AA52" s="3" t="n">
-        <x:v>424619</x:v>
+        <x:v>424425</x:v>
       </x:c>
       <x:c r="AB52" s="3" t="n">
-        <x:v>456226</x:v>
+        <x:v>456016</x:v>
       </x:c>
       <x:c r="AC52" s="3" t="n">
-        <x:v>495301</x:v>
+        <x:v>495072</x:v>
       </x:c>
       <x:c r="AD52" s="3" t="n">
-        <x:v>545264</x:v>
+        <x:v>545015</x:v>
       </x:c>
       <x:c r="AE52" s="3" t="n">
-        <x:v>581567</x:v>
+        <x:v>581309</x:v>
       </x:c>
       <x:c r="AF52" s="3" t="n">
-        <x:v>614498</x:v>
+        <x:v>614224</x:v>
       </x:c>
       <x:c r="AG52" s="3" t="n">
-        <x:v>652472</x:v>
+        <x:v>651935</x:v>
       </x:c>
       <x:c r="AH52" s="3" t="n">
-        <x:v>684789</x:v>
+        <x:v>683692</x:v>
       </x:c>
       <x:c r="AI52" s="3" t="n">
-        <x:v>703977</x:v>
+        <x:v>702324</x:v>
       </x:c>
       <x:c r="AJ52" s="3" t="n">
-        <x:v>740747</x:v>
+        <x:v>738138</x:v>
       </x:c>
       <x:c r="AK52" s="3" t="n">
-        <x:v>787921</x:v>
+        <x:v>784179</x:v>
       </x:c>
       <x:c r="AL52" s="3" t="n">
-        <x:v>863292</x:v>
+        <x:v>857858</x:v>
       </x:c>
       <x:c r="AM52" s="3" t="n">
-        <x:v>956706</x:v>
+        <x:v>949393</x:v>
       </x:c>
       <x:c r="AN52" s="3" t="n">
-        <x:v>1049310</x:v>
+        <x:v>1040417</x:v>
       </x:c>
       <x:c r="AO52" s="3" t="n">
-        <x:v>1078294</x:v>
+        <x:v>1069903</x:v>
       </x:c>
       <x:c r="AP52" s="3" t="n">
-        <x:v>1109356</x:v>
+        <x:v>1100981</x:v>
       </x:c>
       <x:c r="AQ52" s="3" t="n">
-        <x:v>1178419</x:v>
+        <x:v>1169321</x:v>
       </x:c>
       <x:c r="AR52" s="3" t="n">
-        <x:v>1256177</x:v>
+        <x:v>1246459</x:v>
       </x:c>
       <x:c r="AS52" s="3" t="n">
-        <x:v>1327855</x:v>
+        <x:v>1317561</x:v>
       </x:c>
       <x:c r="AT52" s="3" t="n">
-        <x:v>1389579</x:v>
+        <x:v>1376085</x:v>
       </x:c>
       <x:c r="AU52" s="3" t="n">
-        <x:v>1434906</x:v>
+        <x:v>1420439</x:v>
       </x:c>
       <x:c r="AV52" s="3" t="n">
-        <x:v>1461106</x:v>
+        <x:v>1447182</x:v>
       </x:c>
       <x:c r="AW52" s="3" t="n">
-        <x:v>1511714</x:v>
+        <x:v>1498291</x:v>
       </x:c>
       <x:c r="AX52" s="3" t="n">
-        <x:v>1588761</x:v>
+        <x:v>1573062</x:v>
       </x:c>
       <x:c r="AY52" s="3" t="n">
-        <x:v>1679915</x:v>
+        <x:v>1662307</x:v>
       </x:c>
       <x:c r="AZ52" s="3" t="n">
-        <x:v>1684612</x:v>
+        <x:v>1670142</x:v>
       </x:c>
       <x:c r="BA52" s="3" t="n">
-        <x:v>1790334</x:v>
+        <x:v>1775085</x:v>
       </x:c>
       <x:c r="BB52" s="3" t="n">
-        <x:v>1939468</x:v>
+        <x:v>1924152</x:v>
       </x:c>
       <x:c r="BC52" s="3" t="n">
-        <x:v>2088997</x:v>
+        <x:v>2063686</x:v>
       </x:c>
       <x:c r="BD52" s="3" t="n">
-        <x:v>2209516</x:v>
+        <x:v>2188873</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:56">
       <x:c r="A53" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="B53" s="3" t="n">
-[...162 lines deleted...]
-        <x:v>1438383</x:v>
+      <x:c r="B53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="G53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="H53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="I53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="J53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="K53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="L53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="M53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="N53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="O53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="P53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="Q53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="R53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="S53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="T53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="U53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="V53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="W53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="X53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="Y53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="Z53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AA53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AB53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AC53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AD53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AE53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AF53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AG53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AH53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AI53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AJ53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AK53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AL53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AM53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AN53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AO53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AP53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AQ53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AR53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AS53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AT53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AU53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AV53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AW53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AX53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AY53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AZ53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BA53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BB53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BC53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BD53" s="4" t="s">
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:56">
       <x:c r="A54" s="2" t="s">
-        <x:v>106</x:v>
-[...164 lines deleted...]
-        <x:v>1505368</x:v>
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="E54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="G54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="H54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="I54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="J54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="K54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="L54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="M54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="N54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="O54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="P54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="Q54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="R54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="S54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="T54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="U54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="V54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="W54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="X54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="Y54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="Z54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AA54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AB54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AC54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AD54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AE54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AF54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AG54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AH54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AI54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AJ54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AK54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AL54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AM54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AN54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AO54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AP54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AQ54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AR54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AS54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AT54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AU54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AV54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AW54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AX54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AY54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AZ54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BA54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BB54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BC54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BD54" s="4" t="s">
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:56">
       <x:c r="A55" s="2" t="s">
-        <x:v>107</x:v>
-[...164 lines deleted...]
-        <x:v>771133</x:v>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="G55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="H55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="I55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="J55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="K55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="L55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="M55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="N55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="O55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="P55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="Q55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="R55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="S55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="T55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="U55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="V55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="W55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="X55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="Y55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="Z55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AA55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AB55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AC55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AD55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AE55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AF55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AG55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AH55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AI55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AJ55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AK55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AL55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AM55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AN55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AO55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AP55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AQ55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AR55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AS55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AT55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AU55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AV55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AW55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AX55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AY55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AZ55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BA55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BB55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BC55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BD55" s="4" t="s">
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:56">
       <x:c r="A57" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:56">
       <x:c r="A58" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:56">
       <x:c r="A60" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:56">
       <x:c r="A61" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:56">
       <x:c r="A62" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:56">
       <x:c r="A64" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:56">
       <x:c r="A65" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:56">
       <x:c r="A67" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:56">
       <x:c r="A68" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:56">
       <x:c r="A69" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:56">
       <x:c r="A70" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:56">
       <x:c r="A71" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:56">
       <x:c r="A76" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:56">
       <x:c r="A77" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:56">
       <x:c r="A78" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:56">
       <x:c r="A79" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:56">
       <x:c r="A80" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:56">
       <x:c r="A81" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:56">
       <x:c r="A83" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:56">
       <x:c r="A84" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:56">
       <x:c r="A85" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:56">
       <x:c r="A91" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:56">
       <x:c r="A93" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:56">
       <x:c r="A94" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:56">
       <x:c r="A96" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:56">
       <x:c r="A97" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>LKostnader</vt:lpstr>
       <vt:lpstr>LKostnader!Print_Area</vt:lpstr>
       <vt:lpstr>LKostnader!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>