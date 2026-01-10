--- v1 (2025-12-18)
+++ v2 (2026-01-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R011ab13c9ae142c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c7157a4095c04b52858cd98c1a1d6139.psmdcp" Id="R6e0c7364692d4fed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb144dd609563407c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/caff698d68a74e0a92c684884633436f.psmdcp" Id="R07a2aafa1fec4c75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="LKostnader" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="131" uniqueCount="131">
   <x:si>
     <x:t>09174: Wages and salaries, employment and productivity by industry, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Compensation of employees (NOK million)</x:t>
   </x:si>
   <x:si>