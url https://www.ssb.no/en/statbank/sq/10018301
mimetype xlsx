--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8ac35ed3ccc45ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/746321492bee479abc18b8cbe927b1b7.psmdcp" Id="R58c8ba5911944608" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1f1fd68c7984f81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4e7d7cf262424c619a361bca8c57e811.psmdcp" Id="R2a854222b46748df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prob" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="138" uniqueCount="138">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="136" uniqueCount="136">
   <x:si>
     <x:t>09170: Production account and income generation, by industry, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Output at basic values. Current prices (NOK million)</x:t>
   </x:si>
   <x:si>
     <x:t>1970</x:t>
   </x:si>
   <x:si>
     <x:t>1971</x:t>
   </x:si>
   <x:si>
     <x:t>1972</x:t>
   </x:si>
   <x:si>
     <x:t>1973</x:t>
   </x:si>
   <x:si>
     <x:t>1974</x:t>
   </x:si>
   <x:si>
     <x:t>1975</x:t>
   </x:si>
   <x:si>
@@ -338,59 +338,51 @@
     <x:t>¬¬¬ Civilian central government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Defence</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Local government</x:t>
   </x:si>
   <x:si>
     <x:t>Mainland Norway</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Production for market Mainland Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Market producers</x:t>
   </x:si>
   <x:si>
     <x:t>Non-market producers</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">The components in constant prices do not add up to the totals due to separate chaining of the different levels.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Figures from 2022 onwards are preliminary.</x:t>
-[...7 lines deleted...]
-    <x:t>Figures at A64 level for the year 2021 were changed on 21 May 2024.</x:t>
+    <x:t>Figures from 2023 onwards are preliminary.</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
     <x:t>Output at basic values. Current prices (NOK million):</x:t>
   </x:si>
   <x:si>
     <x:t>20250515 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Johan Nitter-Hauge, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 83</x:t>
   </x:si>
@@ -816,51 +808,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:BD107"/>
+  <x:dimension ref="A1:BD105"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="56" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:56">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:56">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:56">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
@@ -9682,208 +9674,198 @@
         <x:v>1257297</x:v>
       </x:c>
       <x:c r="BA55" s="3" t="n">
         <x:v>1334178</x:v>
       </x:c>
       <x:c r="BB55" s="3" t="n">
         <x:v>1446637</x:v>
       </x:c>
       <x:c r="BC55" s="3" t="n">
         <x:v>1552104</x:v>
       </x:c>
       <x:c r="BD55" s="3" t="n">
         <x:v>1642161</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:56">
       <x:c r="A57" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:56">
       <x:c r="A58" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:56">
-[...3 lines deleted...]
-    </x:row>
     <x:row r="60" spans="1:56">
       <x:c r="A60" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:56">
+      <x:c r="A61" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:56">
       <x:c r="A62" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
-    <x:row r="63" spans="1:56">
-[...3 lines deleted...]
-    </x:row>
     <x:row r="64" spans="1:56">
       <x:c r="A64" s="0" t="s">
+        <x:v>113</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:56">
+      <x:c r="A65" s="0" t="s">
         <x:v>114</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:56">
       <x:c r="A67" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>115</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:56">
+      <x:c r="A68" s="0" t="s">
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:56">
       <x:c r="A69" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:56">
       <x:c r="A70" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:56">
       <x:c r="A71" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
-    <x:row r="72" spans="1:56">
-[...3 lines deleted...]
-    </x:row>
     <x:row r="73" spans="1:56">
       <x:c r="A73" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:56">
+      <x:c r="A74" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:56">
       <x:c r="A75" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
-    <x:row r="76" spans="1:56">
-[...3 lines deleted...]
-    </x:row>
     <x:row r="77" spans="1:56">
       <x:c r="A77" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:56">
+      <x:c r="A78" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:56">
       <x:c r="A79" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
-    <x:row r="80" spans="1:56">
-      <x:c r="A80" s="0" t="s">
+    <x:row r="84" spans="1:56">
+      <x:c r="A84" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
-    <x:row r="81" spans="1:56">
-[...1 lines deleted...]
-        <x:v>126</x:v>
+    <x:row r="85" spans="1:56">
+      <x:c r="A85" s="0" t="s">
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:56">
       <x:c r="A86" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:56">
       <x:c r="A87" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:56">
       <x:c r="A88" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:56">
       <x:c r="A89" s="0" t="s">
-        <x:v>129</x:v>
-[...4 lines deleted...]
-        <x:v>113</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:56">
       <x:c r="A91" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>129</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:56">
+      <x:c r="A92" s="0" t="s">
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:56">
       <x:c r="A93" s="0" t="s">
+        <x:v>130</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:56">
+      <x:c r="A99" s="0" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...8 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:56">
       <x:c r="A101" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:56">
+      <x:c r="A102" s="0" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:56">
       <x:c r="A104" s="0" t="s">
+        <x:v>134</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:56">
+      <x:c r="A105" s="0" t="s">
         <x:v>135</x:v>
-      </x:c>
-[...8 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Prob</vt:lpstr>
       <vt:lpstr>Prob!Print_Area</vt:lpstr>
       <vt:lpstr>Prob!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>