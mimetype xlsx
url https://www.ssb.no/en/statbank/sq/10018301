--- v1 (2025-11-26)
+++ v2 (2026-01-10)
@@ -1,58 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Default Extension="els" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1f1fd68c7984f81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4e7d7cf262424c619a361bca8c57e811.psmdcp" Id="R2a854222b46748df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd629123e0366499b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8601cccc013c42079c7d0ad7db2aee00.psmdcp" Id="R43b0ec5c1b7a4aaa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prob" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="136" uniqueCount="136">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="139">
   <x:si>
     <x:t>09170: Production account and income generation, by industry, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Output at basic values. Current prices (NOK million)</x:t>
   </x:si>
   <x:si>
     <x:t>1970</x:t>
   </x:si>
   <x:si>
     <x:t>1971</x:t>
   </x:si>
   <x:si>
     <x:t>1972</x:t>
   </x:si>
   <x:si>
     <x:t>1973</x:t>
   </x:si>
   <x:si>
     <x:t>1974</x:t>
   </x:si>
   <x:si>
     <x:t>1975</x:t>
   </x:si>
   <x:si>
@@ -178,53 +179,50 @@
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
-    <x:t>2024</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Total industry</x:t>
   </x:si>
   <x:si>
     <x:t>Agriculture and forestry</x:t>
   </x:si>
   <x:si>
     <x:t>Fishing and aquaculture</x:t>
   </x:si>
   <x:si>
     <x:t>Mining and quarrying</x:t>
   </x:si>
   <x:si>
     <x:t>Oil and gas extraction including services</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Oil and gas extraction</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Service activities incidental to oil and gas</x:t>
   </x:si>
   <x:si>
     <x:t>Manufacturing</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Food products, beverages and tobacco</x:t>
@@ -326,72 +324,84 @@
     <x:t>Health and social work</x:t>
   </x:si>
   <x:si>
     <x:t>Arts, entertainment and other service activities</x:t>
   </x:si>
   <x:si>
     <x:t>¬ General government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Central government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Civilian central government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Defence</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Local government</x:t>
   </x:si>
   <x:si>
     <x:t>Mainland Norway</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Production for market Mainland Norway</x:t>
+  </x:si>
+  <x:si>
+    <x:t>.</x:t>
   </x:si>
   <x:si>
     <x:t>Market producers</x:t>
   </x:si>
   <x:si>
     <x:t>Non-market producers</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">The components in constant prices do not add up to the totals due to separate chaining of the different levels.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Figures from 2023 onwards are preliminary.</x:t>
+    <x:t>Figures after 2023 (the base year) are preliminary.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Figures for 2024 were removed at the revision 26 November 2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10 December 2025: Errors have been identified in the calculations of the operation surplus for the manufacturing industry. These will be corrected in the next table update.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>. = Category not applicable. Figures do not exist at this time, because the category was not in use when the figures were collected.</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
     <x:t>Output at basic values. Current prices (NOK million):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250515 08:00</x:t>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Johan Nitter-Hauge, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 83</x:t>
   </x:si>
   <x:si>
     <x:t>jni@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Steinar Todsen, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 95 91 00 74</x:t>
   </x:si>
@@ -493,65 +503,69 @@
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="4">
+  <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId6" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -808,70 +822,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:BD105"/>
+  <x:dimension ref="A1:BC108"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="56" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="1" max="55" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:56">
+    <x:row r="1" spans="1:55">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:56">
+    <x:row r="3" spans="1:55">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="4" spans="1:56">
+    <x:row r="4" spans="1:55">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="I4" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J4" s="2" t="s">
@@ -990,227 +1004,221 @@
       </x:c>
       <x:c r="AV4" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="AW4" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="AX4" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="AY4" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="AZ4" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="BA4" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="BB4" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="BC4" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="BD4" s="2" t="s">
+    </x:row>
+    <x:row r="5" spans="1:55">
+      <x:c r="A5" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="B5" s="3" t="n">
+        <x:v>153946</x:v>
+      </x:c>
+      <x:c r="C5" s="3" t="n">
+        <x:v>172338</x:v>
+      </x:c>
+      <x:c r="D5" s="3" t="n">
+        <x:v>188466</x:v>
+      </x:c>
+      <x:c r="E5" s="3" t="n">
+        <x:v>214059</x:v>
+      </x:c>
+      <x:c r="F5" s="3" t="n">
+        <x:v>259860</x:v>
+      </x:c>
+      <x:c r="G5" s="3" t="n">
+        <x:v>295835</x:v>
+      </x:c>
+      <x:c r="H5" s="3" t="n">
+        <x:v>336847</x:v>
+      </x:c>
+      <x:c r="I5" s="3" t="n">
+        <x:v>378877</x:v>
+      </x:c>
+      <x:c r="J5" s="3" t="n">
+        <x:v>413000</x:v>
+      </x:c>
+      <x:c r="K5" s="3" t="n">
+        <x:v>461911</x:v>
+      </x:c>
+      <x:c r="L5" s="3" t="n">
+        <x:v>544463</x:v>
+      </x:c>
+      <x:c r="M5" s="3" t="n">
+        <x:v>622170</x:v>
+      </x:c>
+      <x:c r="N5" s="3" t="n">
+        <x:v>685350</x:v>
+      </x:c>
+      <x:c r="O5" s="3" t="n">
+        <x:v>753885</x:v>
+      </x:c>
+      <x:c r="P5" s="3" t="n">
+        <x:v>841749</x:v>
+      </x:c>
+      <x:c r="Q5" s="3" t="n">
+        <x:v>936307</x:v>
+      </x:c>
+      <x:c r="R5" s="3" t="n">
+        <x:v>977093</x:v>
+      </x:c>
+      <x:c r="S5" s="3" t="n">
+        <x:v>1084593</x:v>
+      </x:c>
+      <x:c r="T5" s="3" t="n">
+        <x:v>1135569</x:v>
+      </x:c>
+      <x:c r="U5" s="3" t="n">
+        <x:v>1196609</x:v>
+      </x:c>
+      <x:c r="V5" s="3" t="n">
+        <x:v>1264171</x:v>
+      </x:c>
+      <x:c r="W5" s="3" t="n">
+        <x:v>1316609</x:v>
+      </x:c>
+      <x:c r="X5" s="3" t="n">
+        <x:v>1343977</x:v>
+      </x:c>
+      <x:c r="Y5" s="3" t="n">
+        <x:v>1403966</x:v>
+      </x:c>
+      <x:c r="Z5" s="3" t="n">
+        <x:v>1482192</x:v>
+      </x:c>
+      <x:c r="AA5" s="3" t="n">
+        <x:v>1580878</x:v>
+      </x:c>
+      <x:c r="AB5" s="3" t="n">
+        <x:v>1723566</x:v>
+      </x:c>
+      <x:c r="AC5" s="3" t="n">
+        <x:v>1882515</x:v>
+      </x:c>
+      <x:c r="AD5" s="3" t="n">
+        <x:v>1973316</x:v>
+      </x:c>
+      <x:c r="AE5" s="3" t="n">
+        <x:v>2124016</x:v>
+      </x:c>
+      <x:c r="AF5" s="3" t="n">
+        <x:v>2429141</x:v>
+      </x:c>
+      <x:c r="AG5" s="3" t="n">
+        <x:v>2552333</x:v>
+      </x:c>
+      <x:c r="AH5" s="3" t="n">
+        <x:v>2566043</x:v>
+      </x:c>
+      <x:c r="AI5" s="3" t="n">
+        <x:v>2651074</x:v>
+      </x:c>
+      <x:c r="AJ5" s="3" t="n">
+        <x:v>2894481</x:v>
+      </x:c>
+      <x:c r="AK5" s="3" t="n">
+        <x:v>3216244</x:v>
+      </x:c>
+      <x:c r="AL5" s="3" t="n">
+        <x:v>3618164</x:v>
+      </x:c>
+      <x:c r="AM5" s="3" t="n">
+        <x:v>3942964</x:v>
+      </x:c>
+      <x:c r="AN5" s="3" t="n">
+        <x:v>4403916</x:v>
+      </x:c>
+      <x:c r="AO5" s="3" t="n">
+        <x:v>4112837</x:v>
+      </x:c>
+      <x:c r="AP5" s="3" t="n">
+        <x:v>4306039</x:v>
+      </x:c>
+      <x:c r="AQ5" s="3" t="n">
+        <x:v>4653988</x:v>
+      </x:c>
+      <x:c r="AR5" s="3" t="n">
+        <x:v>4938804</x:v>
+      </x:c>
+      <x:c r="AS5" s="3" t="n">
+        <x:v>5151958</x:v>
+      </x:c>
+      <x:c r="AT5" s="3" t="n">
+        <x:v>5344923</x:v>
+      </x:c>
+      <x:c r="AU5" s="3" t="n">
+        <x:v>5347063</x:v>
+      </x:c>
+      <x:c r="AV5" s="3" t="n">
+        <x:v>5311135</x:v>
+      </x:c>
+      <x:c r="AW5" s="3" t="n">
+        <x:v>5612413</x:v>
+      </x:c>
+      <x:c r="AX5" s="3" t="n">
+        <x:v>6058444</x:v>
+      </x:c>
+      <x:c r="AY5" s="3" t="n">
+        <x:v>6231026</x:v>
+      </x:c>
+      <x:c r="AZ5" s="3" t="n">
+        <x:v>6048018</x:v>
+      </x:c>
+      <x:c r="BA5" s="3" t="n">
+        <x:v>7209413</x:v>
+      </x:c>
+      <x:c r="BB5" s="3" t="n">
+        <x:v>9105043</x:v>
+      </x:c>
+      <x:c r="BC5" s="3" t="n">
+        <x:v>8648148</x:v>
+      </x:c>
     </x:row>
-    <x:row r="5" spans="1:56">
-      <x:c r="A5" s="2" t="s">
+    <x:row r="6" spans="1:55">
+      <x:c r="A6" s="2" t="s">
         <x:v>57</x:v>
-      </x:c>
-[...168 lines deleted...]
-        <x:v>58</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>6069</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>6643</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
         <x:v>6881</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
         <x:v>7328</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
         <x:v>8562</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
         <x:v>9969</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
         <x:v>11490</x:v>
       </x:c>
       <x:c r="I6" s="3" t="n">
         <x:v>13198</x:v>
       </x:c>
@@ -1262,125 +1270,122 @@
       <x:c r="Y6" s="3" t="n">
         <x:v>31779</x:v>
       </x:c>
       <x:c r="Z6" s="3" t="n">
         <x:v>30459</x:v>
       </x:c>
       <x:c r="AA6" s="3" t="n">
         <x:v>31612</x:v>
       </x:c>
       <x:c r="AB6" s="3" t="n">
         <x:v>31247</x:v>
       </x:c>
       <x:c r="AC6" s="3" t="n">
         <x:v>31164</x:v>
       </x:c>
       <x:c r="AD6" s="3" t="n">
         <x:v>31062</x:v>
       </x:c>
       <x:c r="AE6" s="3" t="n">
         <x:v>30108</x:v>
       </x:c>
       <x:c r="AF6" s="3" t="n">
         <x:v>29566</x:v>
       </x:c>
       <x:c r="AG6" s="3" t="n">
-        <x:v>29850</x:v>
+        <x:v>29814</x:v>
       </x:c>
       <x:c r="AH6" s="3" t="n">
-        <x:v>30289</x:v>
+        <x:v>30217</x:v>
       </x:c>
       <x:c r="AI6" s="3" t="n">
-        <x:v>30096</x:v>
+        <x:v>30001</x:v>
       </x:c>
       <x:c r="AJ6" s="3" t="n">
-        <x:v>30950</x:v>
+        <x:v>30820</x:v>
       </x:c>
       <x:c r="AK6" s="3" t="n">
-        <x:v>31407</x:v>
+        <x:v>31232</x:v>
       </x:c>
       <x:c r="AL6" s="3" t="n">
-        <x:v>33031</x:v>
+        <x:v>32811</x:v>
       </x:c>
       <x:c r="AM6" s="3" t="n">
-        <x:v>34841</x:v>
+        <x:v>34526</x:v>
       </x:c>
       <x:c r="AN6" s="3" t="n">
-        <x:v>36777</x:v>
+        <x:v>36432</x:v>
       </x:c>
       <x:c r="AO6" s="3" t="n">
-        <x:v>36369</x:v>
+        <x:v>36040</x:v>
       </x:c>
       <x:c r="AP6" s="3" t="n">
-        <x:v>38856</x:v>
+        <x:v>38427</x:v>
       </x:c>
       <x:c r="AQ6" s="3" t="n">
-        <x:v>38461</x:v>
+        <x:v>38005</x:v>
       </x:c>
       <x:c r="AR6" s="3" t="n">
-        <x:v>39911</x:v>
+        <x:v>39451</x:v>
       </x:c>
       <x:c r="AS6" s="3" t="n">
-        <x:v>39887</x:v>
+        <x:v>39435</x:v>
       </x:c>
       <x:c r="AT6" s="3" t="n">
-        <x:v>42653</x:v>
+        <x:v>42094</x:v>
       </x:c>
       <x:c r="AU6" s="3" t="n">
-        <x:v>45290</x:v>
+        <x:v>44677</x:v>
       </x:c>
       <x:c r="AV6" s="3" t="n">
-        <x:v>46617</x:v>
+        <x:v>45984</x:v>
       </x:c>
       <x:c r="AW6" s="3" t="n">
-        <x:v>47202</x:v>
+        <x:v>46473</x:v>
       </x:c>
       <x:c r="AX6" s="3" t="n">
-        <x:v>47768</x:v>
+        <x:v>46832</x:v>
       </x:c>
       <x:c r="AY6" s="3" t="n">
-        <x:v>49862</x:v>
+        <x:v>48800</x:v>
       </x:c>
       <x:c r="AZ6" s="3" t="n">
-        <x:v>51007</x:v>
+        <x:v>50040</x:v>
       </x:c>
       <x:c r="BA6" s="3" t="n">
-        <x:v>55250</x:v>
+        <x:v>54259</x:v>
       </x:c>
       <x:c r="BB6" s="3" t="n">
-        <x:v>61813</x:v>
+        <x:v>60313</x:v>
       </x:c>
       <x:c r="BC6" s="3" t="n">
-        <x:v>61076</x:v>
-[...2 lines deleted...]
-        <x:v>69766</x:v>
+        <x:v>60403</x:v>
       </x:c>
     </x:row>
-    <x:row r="7" spans="1:56">
+    <x:row r="7" spans="1:55">
       <x:c r="A7" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>1581</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>1752</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
         <x:v>1788</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
         <x:v>2151</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
         <x:v>2482</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
         <x:v>2188</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
         <x:v>3089</x:v>
       </x:c>
       <x:c r="I7" s="3" t="n">
         <x:v>3428</x:v>
       </x:c>
@@ -1435,122 +1440,119 @@
       <x:c r="Z7" s="3" t="n">
         <x:v>15678</x:v>
       </x:c>
       <x:c r="AA7" s="3" t="n">
         <x:v>16945</x:v>
       </x:c>
       <x:c r="AB7" s="3" t="n">
         <x:v>16962</x:v>
       </x:c>
       <x:c r="AC7" s="3" t="n">
         <x:v>18675</x:v>
       </x:c>
       <x:c r="AD7" s="3" t="n">
         <x:v>21283</x:v>
       </x:c>
       <x:c r="AE7" s="3" t="n">
         <x:v>22137</x:v>
       </x:c>
       <x:c r="AF7" s="3" t="n">
         <x:v>25213</x:v>
       </x:c>
       <x:c r="AG7" s="3" t="n">
         <x:v>22377</x:v>
       </x:c>
       <x:c r="AH7" s="3" t="n">
-        <x:v>22466</x:v>
+        <x:v>22468</x:v>
       </x:c>
       <x:c r="AI7" s="3" t="n">
-        <x:v>19712</x:v>
+        <x:v>19714</x:v>
       </x:c>
       <x:c r="AJ7" s="3" t="n">
-        <x:v>23280</x:v>
+        <x:v>23283</x:v>
       </x:c>
       <x:c r="AK7" s="3" t="n">
-        <x:v>27603</x:v>
+        <x:v>27609</x:v>
       </x:c>
       <x:c r="AL7" s="3" t="n">
-        <x:v>33132</x:v>
+        <x:v>33140</x:v>
       </x:c>
       <x:c r="AM7" s="3" t="n">
-        <x:v>32902</x:v>
+        <x:v>32912</x:v>
       </x:c>
       <x:c r="AN7" s="3" t="n">
-        <x:v>33752</x:v>
+        <x:v>33763</x:v>
       </x:c>
       <x:c r="AO7" s="3" t="n">
-        <x:v>38945</x:v>
+        <x:v>38959</x:v>
       </x:c>
       <x:c r="AP7" s="3" t="n">
-        <x:v>48308</x:v>
+        <x:v>48328</x:v>
       </x:c>
       <x:c r="AQ7" s="3" t="n">
-        <x:v>50739</x:v>
+        <x:v>50762</x:v>
       </x:c>
       <x:c r="AR7" s="3" t="n">
-        <x:v>50124</x:v>
+        <x:v>50149</x:v>
       </x:c>
       <x:c r="AS7" s="3" t="n">
-        <x:v>58784</x:v>
+        <x:v>58816</x:v>
       </x:c>
       <x:c r="AT7" s="3" t="n">
-        <x:v>65263</x:v>
+        <x:v>65302</x:v>
       </x:c>
       <x:c r="AU7" s="3" t="n">
-        <x:v>71892</x:v>
+        <x:v>71938</x:v>
       </x:c>
       <x:c r="AV7" s="3" t="n">
-        <x:v>92663</x:v>
+        <x:v>92726</x:v>
       </x:c>
       <x:c r="AW7" s="3" t="n">
-        <x:v>97420</x:v>
+        <x:v>97491</x:v>
       </x:c>
       <x:c r="AX7" s="3" t="n">
-        <x:v>103033</x:v>
+        <x:v>103113</x:v>
       </x:c>
       <x:c r="AY7" s="3" t="n">
-        <x:v>109614</x:v>
+        <x:v>109704</x:v>
       </x:c>
       <x:c r="AZ7" s="3" t="n">
-        <x:v>112479</x:v>
+        <x:v>112575</x:v>
       </x:c>
       <x:c r="BA7" s="3" t="n">
-        <x:v>121061</x:v>
+        <x:v>121171</x:v>
       </x:c>
       <x:c r="BB7" s="3" t="n">
         <x:v>160188</x:v>
       </x:c>
       <x:c r="BC7" s="3" t="n">
-        <x:v>182218</x:v>
-[...2 lines deleted...]
-        <x:v>177758</x:v>
+        <x:v>173921</x:v>
       </x:c>
     </x:row>
-    <x:row r="8" spans="1:56">
+    <x:row r="8" spans="1:55">
       <x:c r="A8" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>1007</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>1089</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
         <x:v>1165</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
         <x:v>1313</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
         <x:v>1589</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
         <x:v>1869</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
         <x:v>1959</x:v>
       </x:c>
       <x:c r="I8" s="3" t="n">
         <x:v>1988</x:v>
       </x:c>
@@ -1602,125 +1604,122 @@
       <x:c r="Y8" s="3" t="n">
         <x:v>3984</x:v>
       </x:c>
       <x:c r="Z8" s="3" t="n">
         <x:v>4384</x:v>
       </x:c>
       <x:c r="AA8" s="3" t="n">
         <x:v>4558</x:v>
       </x:c>
       <x:c r="AB8" s="3" t="n">
         <x:v>5232</x:v>
       </x:c>
       <x:c r="AC8" s="3" t="n">
         <x:v>5563</x:v>
       </x:c>
       <x:c r="AD8" s="3" t="n">
         <x:v>5982</x:v>
       </x:c>
       <x:c r="AE8" s="3" t="n">
         <x:v>6166</x:v>
       </x:c>
       <x:c r="AF8" s="3" t="n">
         <x:v>6377</x:v>
       </x:c>
       <x:c r="AG8" s="3" t="n">
-        <x:v>7357</x:v>
+        <x:v>7381</x:v>
       </x:c>
       <x:c r="AH8" s="3" t="n">
-        <x:v>7407</x:v>
+        <x:v>7457</x:v>
       </x:c>
       <x:c r="AI8" s="3" t="n">
-        <x:v>7609</x:v>
+        <x:v>7691</x:v>
       </x:c>
       <x:c r="AJ8" s="3" t="n">
-        <x:v>8654</x:v>
+        <x:v>8784</x:v>
       </x:c>
       <x:c r="AK8" s="3" t="n">
-        <x:v>9301</x:v>
+        <x:v>9466</x:v>
       </x:c>
       <x:c r="AL8" s="3" t="n">
-        <x:v>10238</x:v>
+        <x:v>10463</x:v>
       </x:c>
       <x:c r="AM8" s="3" t="n">
-        <x:v>11862</x:v>
+        <x:v>12185</x:v>
       </x:c>
       <x:c r="AN8" s="3" t="n">
-        <x:v>13995</x:v>
+        <x:v>14476</x:v>
       </x:c>
       <x:c r="AO8" s="3" t="n">
-        <x:v>11495</x:v>
+        <x:v>11901</x:v>
       </x:c>
       <x:c r="AP8" s="3" t="n">
-        <x:v>12394</x:v>
+        <x:v>12817</x:v>
       </x:c>
       <x:c r="AQ8" s="3" t="n">
-        <x:v>14459</x:v>
+        <x:v>14956</x:v>
       </x:c>
       <x:c r="AR8" s="3" t="n">
-        <x:v>14631</x:v>
+        <x:v>15137</x:v>
       </x:c>
       <x:c r="AS8" s="3" t="n">
-        <x:v>15423</x:v>
+        <x:v>16033</x:v>
       </x:c>
       <x:c r="AT8" s="3" t="n">
-        <x:v>15361</x:v>
+        <x:v>16010</x:v>
       </x:c>
       <x:c r="AU8" s="3" t="n">
-        <x:v>14830</x:v>
+        <x:v>15485</x:v>
       </x:c>
       <x:c r="AV8" s="3" t="n">
-        <x:v>13767</x:v>
+        <x:v>14436</x:v>
       </x:c>
       <x:c r="AW8" s="3" t="n">
-        <x:v>14524</x:v>
+        <x:v>15225</x:v>
       </x:c>
       <x:c r="AX8" s="3" t="n">
-        <x:v>15123</x:v>
+        <x:v>15909</x:v>
       </x:c>
       <x:c r="AY8" s="3" t="n">
-        <x:v>16307</x:v>
+        <x:v>17188</x:v>
       </x:c>
       <x:c r="AZ8" s="3" t="n">
-        <x:v>16031</x:v>
+        <x:v>16893</x:v>
       </x:c>
       <x:c r="BA8" s="3" t="n">
-        <x:v>16923</x:v>
+        <x:v>17858</x:v>
       </x:c>
       <x:c r="BB8" s="3" t="n">
-        <x:v>18511</x:v>
+        <x:v>18579</x:v>
       </x:c>
       <x:c r="BC8" s="3" t="n">
-        <x:v>18359</x:v>
-[...2 lines deleted...]
-        <x:v>17991</x:v>
+        <x:v>20286</x:v>
       </x:c>
     </x:row>
-    <x:row r="9" spans="1:56">
+    <x:row r="9" spans="1:55">
       <x:c r="A9" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
         <x:v>397</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
         <x:v>1670</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
         <x:v>5304</x:v>
       </x:c>
       <x:c r="H9" s="3" t="n">
         <x:v>7824</x:v>
       </x:c>
       <x:c r="I9" s="3" t="n">
         <x:v>9723</x:v>
       </x:c>
@@ -1772,125 +1771,122 @@
       <x:c r="Y9" s="3" t="n">
         <x:v>120177</x:v>
       </x:c>
       <x:c r="Z9" s="3" t="n">
         <x:v>122646</x:v>
       </x:c>
       <x:c r="AA9" s="3" t="n">
         <x:v>129159</x:v>
       </x:c>
       <x:c r="AB9" s="3" t="n">
         <x:v>179639</x:v>
       </x:c>
       <x:c r="AC9" s="3" t="n">
         <x:v>195147</x:v>
       </x:c>
       <x:c r="AD9" s="3" t="n">
         <x:v>148268</x:v>
       </x:c>
       <x:c r="AE9" s="3" t="n">
         <x:v>194559</x:v>
       </x:c>
       <x:c r="AF9" s="3" t="n">
         <x:v>361819</x:v>
       </x:c>
       <x:c r="AG9" s="3" t="n">
-        <x:v>354777</x:v>
+        <x:v>354897</x:v>
       </x:c>
       <x:c r="AH9" s="3" t="n">
-        <x:v>314868</x:v>
+        <x:v>315087</x:v>
       </x:c>
       <x:c r="AI9" s="3" t="n">
-        <x:v>331540</x:v>
+        <x:v>331884</x:v>
       </x:c>
       <x:c r="AJ9" s="3" t="n">
-        <x:v>396339</x:v>
+        <x:v>396877</x:v>
       </x:c>
       <x:c r="AK9" s="3" t="n">
-        <x:v>505563</x:v>
+        <x:v>506418</x:v>
       </x:c>
       <x:c r="AL9" s="3" t="n">
-        <x:v>601700</x:v>
+        <x:v>602928</x:v>
       </x:c>
       <x:c r="AM9" s="3" t="n">
-        <x:v>592839</x:v>
+        <x:v>594322</x:v>
       </x:c>
       <x:c r="AN9" s="3" t="n">
-        <x:v>758830</x:v>
+        <x:v>760990</x:v>
       </x:c>
       <x:c r="AO9" s="3" t="n">
-        <x:v>588478</x:v>
+        <x:v>590588</x:v>
       </x:c>
       <x:c r="AP9" s="3" t="n">
-        <x:v>643092</x:v>
+        <x:v>645619</x:v>
       </x:c>
       <x:c r="AQ9" s="3" t="n">
-        <x:v>766072</x:v>
+        <x:v>769277</x:v>
       </x:c>
       <x:c r="AR9" s="3" t="n">
-        <x:v>820975</x:v>
+        <x:v>824752</x:v>
       </x:c>
       <x:c r="AS9" s="3" t="n">
-        <x:v>821958</x:v>
+        <x:v>826224</x:v>
       </x:c>
       <x:c r="AT9" s="3" t="n">
-        <x:v>788783</x:v>
+        <x:v>793276</x:v>
       </x:c>
       <x:c r="AU9" s="3" t="n">
-        <x:v>660465</x:v>
+        <x:v>664698</x:v>
       </x:c>
       <x:c r="AV9" s="3" t="n">
-        <x:v>541352</x:v>
+        <x:v>545043</x:v>
       </x:c>
       <x:c r="AW9" s="3" t="n">
-        <x:v>618145</x:v>
+        <x:v>622250</x:v>
       </x:c>
       <x:c r="AX9" s="3" t="n">
-        <x:v>759340</x:v>
+        <x:v>764543</x:v>
       </x:c>
       <x:c r="AY9" s="3" t="n">
-        <x:v>660267</x:v>
+        <x:v>665439</x:v>
       </x:c>
       <x:c r="AZ9" s="3" t="n">
-        <x:v>540480</x:v>
+        <x:v>545372</x:v>
       </x:c>
       <x:c r="BA9" s="3" t="n">
-        <x:v>1164649</x:v>
+        <x:v>1173676</x:v>
       </x:c>
       <x:c r="BB9" s="3" t="n">
-        <x:v>2232362</x:v>
+        <x:v>2244614</x:v>
       </x:c>
       <x:c r="BC9" s="3" t="n">
-        <x:v>1457342</x:v>
-[...2 lines deleted...]
-        <x:v>1405952</x:v>
+        <x:v>1478005</x:v>
       </x:c>
     </x:row>
-    <x:row r="10" spans="1:56">
+    <x:row r="10" spans="1:55">
       <x:c r="A10" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
         <x:v>266</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
         <x:v>354</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
         <x:v>853</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="H10" s="3" t="n">
         <x:v>6941</x:v>
       </x:c>
       <x:c r="I10" s="3" t="n">
         <x:v>8299</x:v>
       </x:c>
@@ -1942,125 +1938,122 @@
       <x:c r="Y10" s="3" t="n">
         <x:v>114452</x:v>
       </x:c>
       <x:c r="Z10" s="3" t="n">
         <x:v>116526</x:v>
       </x:c>
       <x:c r="AA10" s="3" t="n">
         <x:v>122990</x:v>
       </x:c>
       <x:c r="AB10" s="3" t="n">
         <x:v>171282</x:v>
       </x:c>
       <x:c r="AC10" s="3" t="n">
         <x:v>182601</x:v>
       </x:c>
       <x:c r="AD10" s="3" t="n">
         <x:v>132905</x:v>
       </x:c>
       <x:c r="AE10" s="3" t="n">
         <x:v>180120</x:v>
       </x:c>
       <x:c r="AF10" s="3" t="n">
         <x:v>346304</x:v>
       </x:c>
       <x:c r="AG10" s="3" t="n">
-        <x:v>332791</x:v>
+        <x:v>332891</x:v>
       </x:c>
       <x:c r="AH10" s="3" t="n">
-        <x:v>290090</x:v>
+        <x:v>290264</x:v>
       </x:c>
       <x:c r="AI10" s="3" t="n">
-        <x:v>305961</x:v>
+        <x:v>306236</x:v>
       </x:c>
       <x:c r="AJ10" s="3" t="n">
-        <x:v>369607</x:v>
+        <x:v>370049</x:v>
       </x:c>
       <x:c r="AK10" s="3" t="n">
-        <x:v>472955</x:v>
+        <x:v>473663</x:v>
       </x:c>
       <x:c r="AL10" s="3" t="n">
-        <x:v>560852</x:v>
+        <x:v>561859</x:v>
       </x:c>
       <x:c r="AM10" s="3" t="n">
-        <x:v>535701</x:v>
+        <x:v>536823</x:v>
       </x:c>
       <x:c r="AN10" s="3" t="n">
-        <x:v>687655</x:v>
+        <x:v>689301</x:v>
       </x:c>
       <x:c r="AO10" s="3" t="n">
-        <x:v>491696</x:v>
+        <x:v>493020</x:v>
       </x:c>
       <x:c r="AP10" s="3" t="n">
-        <x:v>543107</x:v>
+        <x:v>544732</x:v>
       </x:c>
       <x:c r="AQ10" s="3" t="n">
-        <x:v>662959</x:v>
+        <x:v>665141</x:v>
       </x:c>
       <x:c r="AR10" s="3" t="n">
-        <x:v>706342</x:v>
+        <x:v>708878</x:v>
       </x:c>
       <x:c r="AS10" s="3" t="n">
-        <x:v>685560</x:v>
+        <x:v>688227</x:v>
       </x:c>
       <x:c r="AT10" s="3" t="n">
-        <x:v>647901</x:v>
+        <x:v>650615</x:v>
       </x:c>
       <x:c r="AU10" s="3" t="n">
-        <x:v>520168</x:v>
+        <x:v>522503</x:v>
       </x:c>
       <x:c r="AV10" s="3" t="n">
-        <x:v>427365</x:v>
+        <x:v>429411</x:v>
       </x:c>
       <x:c r="AW10" s="3" t="n">
-        <x:v>524431</x:v>
+        <x:v>527099</x:v>
       </x:c>
       <x:c r="AX10" s="3" t="n">
-        <x:v>656819</x:v>
+        <x:v>660357</x:v>
       </x:c>
       <x:c r="AY10" s="3" t="n">
-        <x:v>536431</x:v>
+        <x:v>539481</x:v>
       </x:c>
       <x:c r="AZ10" s="3" t="n">
-        <x:v>402933</x:v>
+        <x:v>405344</x:v>
       </x:c>
       <x:c r="BA10" s="3" t="n">
-        <x:v>1029649</x:v>
+        <x:v>1036119</x:v>
       </x:c>
       <x:c r="BB10" s="3" t="n">
-        <x:v>2075231</x:v>
+        <x:v>2084301</x:v>
       </x:c>
       <x:c r="BC10" s="3" t="n">
-        <x:v>1269876</x:v>
-[...2 lines deleted...]
-        <x:v>1195826</x:v>
+        <x:v>1289626</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:56">
+    <x:row r="11" spans="1:55">
       <x:c r="A11" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
         <x:v>817</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
         <x:v>1126</x:v>
       </x:c>
       <x:c r="H11" s="3" t="n">
         <x:v>883</x:v>
       </x:c>
       <x:c r="I11" s="3" t="n">
         <x:v>1424</x:v>
       </x:c>
@@ -2112,125 +2105,122 @@
       <x:c r="Y11" s="3" t="n">
         <x:v>5725</x:v>
       </x:c>
       <x:c r="Z11" s="3" t="n">
         <x:v>6120</x:v>
       </x:c>
       <x:c r="AA11" s="3" t="n">
         <x:v>6169</x:v>
       </x:c>
       <x:c r="AB11" s="3" t="n">
         <x:v>8357</x:v>
       </x:c>
       <x:c r="AC11" s="3" t="n">
         <x:v>12546</x:v>
       </x:c>
       <x:c r="AD11" s="3" t="n">
         <x:v>15363</x:v>
       </x:c>
       <x:c r="AE11" s="3" t="n">
         <x:v>14439</x:v>
       </x:c>
       <x:c r="AF11" s="3" t="n">
         <x:v>15515</x:v>
       </x:c>
       <x:c r="AG11" s="3" t="n">
-        <x:v>21986</x:v>
+        <x:v>22006</x:v>
       </x:c>
       <x:c r="AH11" s="3" t="n">
-        <x:v>24778</x:v>
+        <x:v>24823</x:v>
       </x:c>
       <x:c r="AI11" s="3" t="n">
-        <x:v>25579</x:v>
+        <x:v>25648</x:v>
       </x:c>
       <x:c r="AJ11" s="3" t="n">
-        <x:v>26732</x:v>
+        <x:v>26828</x:v>
       </x:c>
       <x:c r="AK11" s="3" t="n">
-        <x:v>32608</x:v>
+        <x:v>32755</x:v>
       </x:c>
       <x:c r="AL11" s="3" t="n">
-        <x:v>40848</x:v>
+        <x:v>41069</x:v>
       </x:c>
       <x:c r="AM11" s="3" t="n">
-        <x:v>57138</x:v>
+        <x:v>57499</x:v>
       </x:c>
       <x:c r="AN11" s="3" t="n">
-        <x:v>71175</x:v>
+        <x:v>71689</x:v>
       </x:c>
       <x:c r="AO11" s="3" t="n">
-        <x:v>96782</x:v>
+        <x:v>97568</x:v>
       </x:c>
       <x:c r="AP11" s="3" t="n">
-        <x:v>99985</x:v>
+        <x:v>100887</x:v>
       </x:c>
       <x:c r="AQ11" s="3" t="n">
-        <x:v>103113</x:v>
+        <x:v>104136</x:v>
       </x:c>
       <x:c r="AR11" s="3" t="n">
-        <x:v>114633</x:v>
+        <x:v>115874</x:v>
       </x:c>
       <x:c r="AS11" s="3" t="n">
-        <x:v>136398</x:v>
+        <x:v>137997</x:v>
       </x:c>
       <x:c r="AT11" s="3" t="n">
-        <x:v>140882</x:v>
+        <x:v>142661</x:v>
       </x:c>
       <x:c r="AU11" s="3" t="n">
-        <x:v>140297</x:v>
+        <x:v>142195</x:v>
       </x:c>
       <x:c r="AV11" s="3" t="n">
-        <x:v>113987</x:v>
+        <x:v>115632</x:v>
       </x:c>
       <x:c r="AW11" s="3" t="n">
-        <x:v>93714</x:v>
+        <x:v>95151</x:v>
       </x:c>
       <x:c r="AX11" s="3" t="n">
-        <x:v>102521</x:v>
+        <x:v>104186</x:v>
       </x:c>
       <x:c r="AY11" s="3" t="n">
-        <x:v>123836</x:v>
+        <x:v>125958</x:v>
       </x:c>
       <x:c r="AZ11" s="3" t="n">
-        <x:v>137547</x:v>
+        <x:v>140028</x:v>
       </x:c>
       <x:c r="BA11" s="3" t="n">
-        <x:v>135000</x:v>
+        <x:v>137557</x:v>
       </x:c>
       <x:c r="BB11" s="3" t="n">
-        <x:v>157131</x:v>
+        <x:v>160313</x:v>
       </x:c>
       <x:c r="BC11" s="3" t="n">
-        <x:v>187465</x:v>
-[...2 lines deleted...]
-        <x:v>210126</x:v>
+        <x:v>188379</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:56">
+    <x:row r="12" spans="1:55">
       <x:c r="A12" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>49152</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>53529</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
         <x:v>57541</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
         <x:v>66144</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
         <x:v>84497</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
         <x:v>94309</x:v>
       </x:c>
       <x:c r="H12" s="3" t="n">
         <x:v>104055</x:v>
       </x:c>
       <x:c r="I12" s="3" t="n">
         <x:v>114552</x:v>
       </x:c>
@@ -2282,125 +2272,122 @@
       <x:c r="Y12" s="3" t="n">
         <x:v>294096</x:v>
       </x:c>
       <x:c r="Z12" s="3" t="n">
         <x:v>319146</x:v>
       </x:c>
       <x:c r="AA12" s="3" t="n">
         <x:v>346008</x:v>
       </x:c>
       <x:c r="AB12" s="3" t="n">
         <x:v>363555</x:v>
       </x:c>
       <x:c r="AC12" s="3" t="n">
         <x:v>398372</x:v>
       </x:c>
       <x:c r="AD12" s="3" t="n">
         <x:v>430362</x:v>
       </x:c>
       <x:c r="AE12" s="3" t="n">
         <x:v>436190</x:v>
       </x:c>
       <x:c r="AF12" s="3" t="n">
         <x:v>455031</x:v>
       </x:c>
       <x:c r="AG12" s="3" t="n">
-        <x:v>470488</x:v>
+        <x:v>471283</x:v>
       </x:c>
       <x:c r="AH12" s="3" t="n">
-        <x:v>458934</x:v>
+        <x:v>460468</x:v>
       </x:c>
       <x:c r="AI12" s="3" t="n">
-        <x:v>453992</x:v>
+        <x:v>456368</x:v>
       </x:c>
       <x:c r="AJ12" s="3" t="n">
-        <x:v>491171</x:v>
+        <x:v>494704</x:v>
       </x:c>
       <x:c r="AK12" s="3" t="n">
-        <x:v>542549</x:v>
+        <x:v>547577</x:v>
       </x:c>
       <x:c r="AL12" s="3" t="n">
-        <x:v>634657</x:v>
+        <x:v>641234</x:v>
       </x:c>
       <x:c r="AM12" s="3" t="n">
-        <x:v>712154</x:v>
+        <x:v>720646</x:v>
       </x:c>
       <x:c r="AN12" s="3" t="n">
-        <x:v>752913</x:v>
+        <x:v>763105</x:v>
       </x:c>
       <x:c r="AO12" s="3" t="n">
-        <x:v>666127</x:v>
+        <x:v>675695</x:v>
       </x:c>
       <x:c r="AP12" s="3" t="n">
-        <x:v>672810</x:v>
+        <x:v>684293</x:v>
       </x:c>
       <x:c r="AQ12" s="3" t="n">
-        <x:v>719816</x:v>
+        <x:v>734101</x:v>
       </x:c>
       <x:c r="AR12" s="3" t="n">
-        <x:v>738404</x:v>
+        <x:v>753867</x:v>
       </x:c>
       <x:c r="AS12" s="3" t="n">
-        <x:v>765941</x:v>
+        <x:v>782125</x:v>
       </x:c>
       <x:c r="AT12" s="3" t="n">
-        <x:v>798231</x:v>
+        <x:v>815281</x:v>
       </x:c>
       <x:c r="AU12" s="3" t="n">
-        <x:v>787086</x:v>
+        <x:v>804899</x:v>
       </x:c>
       <x:c r="AV12" s="3" t="n">
-        <x:v>728392</x:v>
+        <x:v>746117</x:v>
       </x:c>
       <x:c r="AW12" s="3" t="n">
-        <x:v>765727</x:v>
+        <x:v>785946</x:v>
       </x:c>
       <x:c r="AX12" s="3" t="n">
-        <x:v>826286</x:v>
+        <x:v>849389</x:v>
       </x:c>
       <x:c r="AY12" s="3" t="n">
-        <x:v>855459</x:v>
+        <x:v>880110</x:v>
       </x:c>
       <x:c r="AZ12" s="3" t="n">
-        <x:v>838103</x:v>
+        <x:v>862870</x:v>
       </x:c>
       <x:c r="BA12" s="3" t="n">
-        <x:v>935030</x:v>
+        <x:v>964629</x:v>
       </x:c>
       <x:c r="BB12" s="3" t="n">
-        <x:v>1096820</x:v>
+        <x:v>1121355</x:v>
       </x:c>
       <x:c r="BC12" s="3" t="n">
-        <x:v>1157304</x:v>
-[...2 lines deleted...]
-        <x:v>1200068</x:v>
+        <x:v>1157061</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:56">
+    <x:row r="13" spans="1:55">
       <x:c r="A13" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>11557</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>12994</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
         <x:v>14080</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
         <x:v>15430</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
         <x:v>18187</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
         <x:v>19729</x:v>
       </x:c>
       <x:c r="H13" s="3" t="n">
         <x:v>22962</x:v>
       </x:c>
       <x:c r="I13" s="3" t="n">
         <x:v>25973</x:v>
       </x:c>
@@ -2452,125 +2439,122 @@
       <x:c r="Y13" s="3" t="n">
         <x:v>79894</x:v>
       </x:c>
       <x:c r="Z13" s="3" t="n">
         <x:v>83494</x:v>
       </x:c>
       <x:c r="AA13" s="3" t="n">
         <x:v>86284</x:v>
       </x:c>
       <x:c r="AB13" s="3" t="n">
         <x:v>89021</x:v>
       </x:c>
       <x:c r="AC13" s="3" t="n">
         <x:v>92716</x:v>
       </x:c>
       <x:c r="AD13" s="3" t="n">
         <x:v>98973</x:v>
       </x:c>
       <x:c r="AE13" s="3" t="n">
         <x:v>104709</x:v>
       </x:c>
       <x:c r="AF13" s="3" t="n">
         <x:v>107078</x:v>
       </x:c>
       <x:c r="AG13" s="3" t="n">
-        <x:v>115081</x:v>
+        <x:v>115328</x:v>
       </x:c>
       <x:c r="AH13" s="3" t="n">
-        <x:v>119234</x:v>
+        <x:v>119748</x:v>
       </x:c>
       <x:c r="AI13" s="3" t="n">
-        <x:v>118225</x:v>
+        <x:v>119008</x:v>
       </x:c>
       <x:c r="AJ13" s="3" t="n">
-        <x:v>124825</x:v>
+        <x:v>125927</x:v>
       </x:c>
       <x:c r="AK13" s="3" t="n">
-        <x:v>128556</x:v>
+        <x:v>129997</x:v>
       </x:c>
       <x:c r="AL13" s="3" t="n">
-        <x:v>133564</x:v>
+        <x:v>135170</x:v>
       </x:c>
       <x:c r="AM13" s="3" t="n">
-        <x:v>145673</x:v>
+        <x:v>147668</x:v>
       </x:c>
       <x:c r="AN13" s="3" t="n">
-        <x:v>148283</x:v>
+        <x:v>150618</x:v>
       </x:c>
       <x:c r="AO13" s="3" t="n">
-        <x:v>146733</x:v>
+        <x:v>149217</x:v>
       </x:c>
       <x:c r="AP13" s="3" t="n">
-        <x:v>148543</x:v>
+        <x:v>151114</x:v>
       </x:c>
       <x:c r="AQ13" s="3" t="n">
-        <x:v>156259</x:v>
+        <x:v>159301</x:v>
       </x:c>
       <x:c r="AR13" s="3" t="n">
-        <x:v>161365</x:v>
+        <x:v>164824</x:v>
       </x:c>
       <x:c r="AS13" s="3" t="n">
-        <x:v>166729</x:v>
+        <x:v>170548</x:v>
       </x:c>
       <x:c r="AT13" s="3" t="n">
-        <x:v>184076</x:v>
+        <x:v>188489</x:v>
       </x:c>
       <x:c r="AU13" s="3" t="n">
-        <x:v>200502</x:v>
+        <x:v>205516</x:v>
       </x:c>
       <x:c r="AV13" s="3" t="n">
-        <x:v>221358</x:v>
+        <x:v>227043</x:v>
       </x:c>
       <x:c r="AW13" s="3" t="n">
-        <x:v>224565</x:v>
+        <x:v>230412</x:v>
       </x:c>
       <x:c r="AX13" s="3" t="n">
-        <x:v>239916</x:v>
+        <x:v>246231</x:v>
       </x:c>
       <x:c r="AY13" s="3" t="n">
-        <x:v>251369</x:v>
+        <x:v>258211</x:v>
       </x:c>
       <x:c r="AZ13" s="3" t="n">
-        <x:v>264204</x:v>
+        <x:v>271970</x:v>
       </x:c>
       <x:c r="BA13" s="3" t="n">
-        <x:v>282578</x:v>
+        <x:v>291308</x:v>
       </x:c>
       <x:c r="BB13" s="3" t="n">
-        <x:v>323941</x:v>
+        <x:v>333201</x:v>
       </x:c>
       <x:c r="BC13" s="3" t="n">
-        <x:v>357347</x:v>
-[...2 lines deleted...]
-        <x:v>375650</x:v>
+        <x:v>360484</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:56">
+    <x:row r="14" spans="1:55">
       <x:c r="A14" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>9333</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>10246</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
         <x:v>11324</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
         <x:v>12362</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
         <x:v>14388</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
         <x:v>16129</x:v>
       </x:c>
       <x:c r="H14" s="3" t="n">
         <x:v>18301</x:v>
       </x:c>
       <x:c r="I14" s="3" t="n">
         <x:v>20730</x:v>
       </x:c>
@@ -2622,125 +2606,122 @@
       <x:c r="Y14" s="3" t="n">
         <x:v>66328</x:v>
       </x:c>
       <x:c r="Z14" s="3" t="n">
         <x:v>68124</x:v>
       </x:c>
       <x:c r="AA14" s="3" t="n">
         <x:v>69586</x:v>
       </x:c>
       <x:c r="AB14" s="3" t="n">
         <x:v>71212</x:v>
       </x:c>
       <x:c r="AC14" s="3" t="n">
         <x:v>73367</x:v>
       </x:c>
       <x:c r="AD14" s="3" t="n">
         <x:v>75722</x:v>
       </x:c>
       <x:c r="AE14" s="3" t="n">
         <x:v>81069</x:v>
       </x:c>
       <x:c r="AF14" s="3" t="n">
         <x:v>82829</x:v>
       </x:c>
       <x:c r="AG14" s="3" t="n">
-        <x:v>89163</x:v>
+        <x:v>89402</x:v>
       </x:c>
       <x:c r="AH14" s="3" t="n">
-        <x:v>94647</x:v>
+        <x:v>95145</x:v>
       </x:c>
       <x:c r="AI14" s="3" t="n">
-        <x:v>97400</x:v>
+        <x:v>98163</x:v>
       </x:c>
       <x:c r="AJ14" s="3" t="n">
-        <x:v>101668</x:v>
+        <x:v>102740</x:v>
       </x:c>
       <x:c r="AK14" s="3" t="n">
-        <x:v>103525</x:v>
+        <x:v>104925</x:v>
       </x:c>
       <x:c r="AL14" s="3" t="n">
-        <x:v>103338</x:v>
+        <x:v>104885</x:v>
       </x:c>
       <x:c r="AM14" s="3" t="n">
-        <x:v>111607</x:v>
+        <x:v>113524</x:v>
       </x:c>
       <x:c r="AN14" s="3" t="n">
-        <x:v>114505</x:v>
+        <x:v>116752</x:v>
       </x:c>
       <x:c r="AO14" s="3" t="n">
-        <x:v>111421</x:v>
+        <x:v>113802</x:v>
       </x:c>
       <x:c r="AP14" s="3" t="n">
-        <x:v>112613</x:v>
+        <x:v>115067</x:v>
       </x:c>
       <x:c r="AQ14" s="3" t="n">
-        <x:v>118026</x:v>
+        <x:v>120931</x:v>
       </x:c>
       <x:c r="AR14" s="3" t="n">
-        <x:v>123844</x:v>
+        <x:v>127157</x:v>
       </x:c>
       <x:c r="AS14" s="3" t="n">
-        <x:v>126761</x:v>
+        <x:v>130411</x:v>
       </x:c>
       <x:c r="AT14" s="3" t="n">
-        <x:v>135573</x:v>
+        <x:v>139765</x:v>
       </x:c>
       <x:c r="AU14" s="3" t="n">
-        <x:v>144529</x:v>
+        <x:v>149270</x:v>
       </x:c>
       <x:c r="AV14" s="3" t="n">
-        <x:v>151045</x:v>
+        <x:v>156364</x:v>
       </x:c>
       <x:c r="AW14" s="3" t="n">
-        <x:v>150817</x:v>
+        <x:v>156256</x:v>
       </x:c>
       <x:c r="AX14" s="3" t="n">
-        <x:v>158566</x:v>
+        <x:v>164405</x:v>
       </x:c>
       <x:c r="AY14" s="3" t="n">
-        <x:v>163238</x:v>
+        <x:v>169536</x:v>
       </x:c>
       <x:c r="AZ14" s="3" t="n">
-        <x:v>176088</x:v>
+        <x:v>183281</x:v>
       </x:c>
       <x:c r="BA14" s="3" t="n">
-        <x:v>189074</x:v>
+        <x:v>197166</x:v>
       </x:c>
       <x:c r="BB14" s="3" t="n">
-        <x:v>208278</x:v>
+        <x:v>217850</x:v>
       </x:c>
       <x:c r="BC14" s="3" t="n">
-        <x:v>230719</x:v>
-[...2 lines deleted...]
-        <x:v>240522</x:v>
+        <x:v>226547</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:56">
+    <x:row r="15" spans="1:55">
       <x:c r="A15" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>2224</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>2748</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
         <x:v>2756</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
         <x:v>3068</x:v>
       </x:c>
       <x:c r="F15" s="3" t="n">
         <x:v>3799</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
         <x:v>3600</x:v>
       </x:c>
       <x:c r="H15" s="3" t="n">
         <x:v>4661</x:v>
       </x:c>
       <x:c r="I15" s="3" t="n">
         <x:v>5243</x:v>
       </x:c>
@@ -2792,125 +2773,122 @@
       <x:c r="Y15" s="3" t="n">
         <x:v>13566</x:v>
       </x:c>
       <x:c r="Z15" s="3" t="n">
         <x:v>15370</x:v>
       </x:c>
       <x:c r="AA15" s="3" t="n">
         <x:v>16698</x:v>
       </x:c>
       <x:c r="AB15" s="3" t="n">
         <x:v>17809</x:v>
       </x:c>
       <x:c r="AC15" s="3" t="n">
         <x:v>19349</x:v>
       </x:c>
       <x:c r="AD15" s="3" t="n">
         <x:v>23251</x:v>
       </x:c>
       <x:c r="AE15" s="3" t="n">
         <x:v>23640</x:v>
       </x:c>
       <x:c r="AF15" s="3" t="n">
         <x:v>24249</x:v>
       </x:c>
       <x:c r="AG15" s="3" t="n">
-        <x:v>25918</x:v>
+        <x:v>25926</x:v>
       </x:c>
       <x:c r="AH15" s="3" t="n">
-        <x:v>24587</x:v>
+        <x:v>24603</x:v>
       </x:c>
       <x:c r="AI15" s="3" t="n">
-        <x:v>20825</x:v>
+        <x:v>20845</x:v>
       </x:c>
       <x:c r="AJ15" s="3" t="n">
-        <x:v>23157</x:v>
+        <x:v>23187</x:v>
       </x:c>
       <x:c r="AK15" s="3" t="n">
-        <x:v>25031</x:v>
+        <x:v>25072</x:v>
       </x:c>
       <x:c r="AL15" s="3" t="n">
-        <x:v>30226</x:v>
+        <x:v>30285</x:v>
       </x:c>
       <x:c r="AM15" s="3" t="n">
-        <x:v>34066</x:v>
+        <x:v>34144</x:v>
       </x:c>
       <x:c r="AN15" s="3" t="n">
-        <x:v>33778</x:v>
+        <x:v>33866</x:v>
       </x:c>
       <x:c r="AO15" s="3" t="n">
-        <x:v>35312</x:v>
+        <x:v>35415</x:v>
       </x:c>
       <x:c r="AP15" s="3" t="n">
-        <x:v>35930</x:v>
+        <x:v>36047</x:v>
       </x:c>
       <x:c r="AQ15" s="3" t="n">
-        <x:v>38233</x:v>
+        <x:v>38370</x:v>
       </x:c>
       <x:c r="AR15" s="3" t="n">
-        <x:v>37521</x:v>
+        <x:v>37667</x:v>
       </x:c>
       <x:c r="AS15" s="3" t="n">
-        <x:v>39968</x:v>
+        <x:v>40137</x:v>
       </x:c>
       <x:c r="AT15" s="3" t="n">
-        <x:v>48503</x:v>
+        <x:v>48724</x:v>
       </x:c>
       <x:c r="AU15" s="3" t="n">
-        <x:v>55973</x:v>
+        <x:v>56246</x:v>
       </x:c>
       <x:c r="AV15" s="3" t="n">
-        <x:v>70313</x:v>
+        <x:v>70679</x:v>
       </x:c>
       <x:c r="AW15" s="3" t="n">
-        <x:v>73748</x:v>
+        <x:v>74156</x:v>
       </x:c>
       <x:c r="AX15" s="3" t="n">
-        <x:v>81350</x:v>
+        <x:v>81826</x:v>
       </x:c>
       <x:c r="AY15" s="3" t="n">
-        <x:v>88131</x:v>
+        <x:v>88675</x:v>
       </x:c>
       <x:c r="AZ15" s="3" t="n">
-        <x:v>88116</x:v>
+        <x:v>88689</x:v>
       </x:c>
       <x:c r="BA15" s="3" t="n">
-        <x:v>93504</x:v>
+        <x:v>94142</x:v>
       </x:c>
       <x:c r="BB15" s="3" t="n">
-        <x:v>115663</x:v>
+        <x:v>115351</x:v>
       </x:c>
       <x:c r="BC15" s="3" t="n">
-        <x:v>126629</x:v>
-[...2 lines deleted...]
-        <x:v>135129</x:v>
+        <x:v>133937</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:56">
+    <x:row r="16" spans="1:55">
       <x:c r="A16" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>2584</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
         <x:v>2664</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
         <x:v>2798</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
         <x:v>2885</x:v>
       </x:c>
       <x:c r="F16" s="3" t="n">
         <x:v>3220</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
         <x:v>3195</x:v>
       </x:c>
       <x:c r="H16" s="3" t="n">
         <x:v>3568</x:v>
       </x:c>
       <x:c r="I16" s="3" t="n">
         <x:v>3900</x:v>
       </x:c>
@@ -2962,125 +2940,122 @@
       <x:c r="Y16" s="3" t="n">
         <x:v>5548</x:v>
       </x:c>
       <x:c r="Z16" s="3" t="n">
         <x:v>5948</x:v>
       </x:c>
       <x:c r="AA16" s="3" t="n">
         <x:v>5637</x:v>
       </x:c>
       <x:c r="AB16" s="3" t="n">
         <x:v>6062</x:v>
       </x:c>
       <x:c r="AC16" s="3" t="n">
         <x:v>6250</x:v>
       </x:c>
       <x:c r="AD16" s="3" t="n">
         <x:v>6304</x:v>
       </x:c>
       <x:c r="AE16" s="3" t="n">
         <x:v>5697</x:v>
       </x:c>
       <x:c r="AF16" s="3" t="n">
         <x:v>5964</x:v>
       </x:c>
       <x:c r="AG16" s="3" t="n">
-        <x:v>6084</x:v>
+        <x:v>6085</x:v>
       </x:c>
       <x:c r="AH16" s="3" t="n">
-        <x:v>5732</x:v>
+        <x:v>5735</x:v>
       </x:c>
       <x:c r="AI16" s="3" t="n">
-        <x:v>5641</x:v>
+        <x:v>5645</x:v>
       </x:c>
       <x:c r="AJ16" s="3" t="n">
-        <x:v>5477</x:v>
+        <x:v>5482</x:v>
       </x:c>
       <x:c r="AK16" s="3" t="n">
-        <x:v>6062</x:v>
+        <x:v>6070</x:v>
       </x:c>
       <x:c r="AL16" s="3" t="n">
-        <x:v>6865</x:v>
+        <x:v>6876</x:v>
       </x:c>
       <x:c r="AM16" s="3" t="n">
-        <x:v>7305</x:v>
+        <x:v>7319</x:v>
       </x:c>
       <x:c r="AN16" s="3" t="n">
-        <x:v>7491</x:v>
+        <x:v>7508</x:v>
       </x:c>
       <x:c r="AO16" s="3" t="n">
-        <x:v>6183</x:v>
+        <x:v>6200</x:v>
       </x:c>
       <x:c r="AP16" s="3" t="n">
-        <x:v>6473</x:v>
+        <x:v>6494</x:v>
       </x:c>
       <x:c r="AQ16" s="3" t="n">
-        <x:v>7105</x:v>
+        <x:v>7129</x:v>
       </x:c>
       <x:c r="AR16" s="3" t="n">
-        <x:v>6670</x:v>
+        <x:v>6692</x:v>
       </x:c>
       <x:c r="AS16" s="3" t="n">
-        <x:v>6362</x:v>
+        <x:v>6383</x:v>
       </x:c>
       <x:c r="AT16" s="3" t="n">
-        <x:v>6754</x:v>
+        <x:v>6775</x:v>
       </x:c>
       <x:c r="AU16" s="3" t="n">
-        <x:v>6983</x:v>
+        <x:v>7008</x:v>
       </x:c>
       <x:c r="AV16" s="3" t="n">
-        <x:v>7798</x:v>
+        <x:v>7833</x:v>
       </x:c>
       <x:c r="AW16" s="3" t="n">
-        <x:v>8492</x:v>
+        <x:v>8532</x:v>
       </x:c>
       <x:c r="AX16" s="3" t="n">
-        <x:v>8282</x:v>
+        <x:v>8322</x:v>
       </x:c>
       <x:c r="AY16" s="3" t="n">
-        <x:v>8274</x:v>
+        <x:v>8318</x:v>
       </x:c>
       <x:c r="AZ16" s="3" t="n">
-        <x:v>10161</x:v>
+        <x:v>10205</x:v>
       </x:c>
       <x:c r="BA16" s="3" t="n">
-        <x:v>10784</x:v>
+        <x:v>10834</x:v>
       </x:c>
       <x:c r="BB16" s="3" t="n">
-        <x:v>10817</x:v>
+        <x:v>10883</x:v>
       </x:c>
       <x:c r="BC16" s="3" t="n">
-        <x:v>12038</x:v>
-[...2 lines deleted...]
-        <x:v>12699</x:v>
+        <x:v>10692</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:56">
+    <x:row r="17" spans="1:55">
       <x:c r="A17" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
         <x:v>2986</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>3349</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
         <x:v>3961</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
         <x:v>4858</x:v>
       </x:c>
       <x:c r="F17" s="3" t="n">
         <x:v>6094</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
         <x:v>6832</x:v>
       </x:c>
       <x:c r="H17" s="3" t="n">
         <x:v>7629</x:v>
       </x:c>
       <x:c r="I17" s="3" t="n">
         <x:v>8453</x:v>
       </x:c>
@@ -3132,125 +3107,122 @@
       <x:c r="Y17" s="3" t="n">
         <x:v>11595</x:v>
       </x:c>
       <x:c r="Z17" s="3" t="n">
         <x:v>14380</x:v>
       </x:c>
       <x:c r="AA17" s="3" t="n">
         <x:v>15126</x:v>
       </x:c>
       <x:c r="AB17" s="3" t="n">
         <x:v>14946</x:v>
       </x:c>
       <x:c r="AC17" s="3" t="n">
         <x:v>16997</x:v>
       </x:c>
       <x:c r="AD17" s="3" t="n">
         <x:v>17700</x:v>
       </x:c>
       <x:c r="AE17" s="3" t="n">
         <x:v>17002</x:v>
       </x:c>
       <x:c r="AF17" s="3" t="n">
         <x:v>18376</x:v>
       </x:c>
       <x:c r="AG17" s="3" t="n">
-        <x:v>19322</x:v>
+        <x:v>19436</x:v>
       </x:c>
       <x:c r="AH17" s="3" t="n">
-        <x:v>18298</x:v>
+        <x:v>18514</x:v>
       </x:c>
       <x:c r="AI17" s="3" t="n">
-        <x:v>18550</x:v>
+        <x:v>18879</x:v>
       </x:c>
       <x:c r="AJ17" s="3" t="n">
-        <x:v>21298</x:v>
+        <x:v>21801</x:v>
       </x:c>
       <x:c r="AK17" s="3" t="n">
-        <x:v>22429</x:v>
+        <x:v>23091</x:v>
       </x:c>
       <x:c r="AL17" s="3" t="n">
-        <x:v>24588</x:v>
+        <x:v>25459</x:v>
       </x:c>
       <x:c r="AM17" s="3" t="n">
-        <x:v>28962</x:v>
+        <x:v>30159</x:v>
       </x:c>
       <x:c r="AN17" s="3" t="n">
-        <x:v>26094</x:v>
+        <x:v>27327</x:v>
       </x:c>
       <x:c r="AO17" s="3" t="n">
-        <x:v>21635</x:v>
+        <x:v>22785</x:v>
       </x:c>
       <x:c r="AP17" s="3" t="n">
-        <x:v>23608</x:v>
+        <x:v>25002</x:v>
       </x:c>
       <x:c r="AQ17" s="3" t="n">
-        <x:v>25587</x:v>
+        <x:v>27249</x:v>
       </x:c>
       <x:c r="AR17" s="3" t="n">
-        <x:v>25329</x:v>
+        <x:v>27124</x:v>
       </x:c>
       <x:c r="AS17" s="3" t="n">
-        <x:v>24177</x:v>
+        <x:v>26033</x:v>
       </x:c>
       <x:c r="AT17" s="3" t="n">
-        <x:v>25094</x:v>
+        <x:v>27169</x:v>
       </x:c>
       <x:c r="AU17" s="3" t="n">
-        <x:v>26866</x:v>
+        <x:v>29246</x:v>
       </x:c>
       <x:c r="AV17" s="3" t="n">
-        <x:v>28540</x:v>
+        <x:v>31237</x:v>
       </x:c>
       <x:c r="AW17" s="3" t="n">
-        <x:v>29312</x:v>
+        <x:v>32255</x:v>
       </x:c>
       <x:c r="AX17" s="3" t="n">
-        <x:v>31103</x:v>
+        <x:v>34410</x:v>
       </x:c>
       <x:c r="AY17" s="3" t="n">
-        <x:v>31406</x:v>
+        <x:v>34930</x:v>
       </x:c>
       <x:c r="AZ17" s="3" t="n">
-        <x:v>33296</x:v>
+        <x:v>37229</x:v>
       </x:c>
       <x:c r="BA17" s="3" t="n">
-        <x:v>42310</x:v>
+        <x:v>47558</x:v>
       </x:c>
       <x:c r="BB17" s="3" t="n">
-        <x:v>43088</x:v>
+        <x:v>48529</x:v>
       </x:c>
       <x:c r="BC17" s="3" t="n">
-        <x:v>38735</x:v>
-[...2 lines deleted...]
-        <x:v>37913</x:v>
+        <x:v>38861</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:56">
+    <x:row r="18" spans="1:55">
       <x:c r="A18" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
         <x:v>4235</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
         <x:v>4193</x:v>
       </x:c>
       <x:c r="D18" s="3" t="n">
         <x:v>4237</x:v>
       </x:c>
       <x:c r="E18" s="3" t="n">
         <x:v>4728</x:v>
       </x:c>
       <x:c r="F18" s="3" t="n">
         <x:v>6846</x:v>
       </x:c>
       <x:c r="G18" s="3" t="n">
         <x:v>6703</x:v>
       </x:c>
       <x:c r="H18" s="3" t="n">
         <x:v>6675</x:v>
       </x:c>
       <x:c r="I18" s="3" t="n">
         <x:v>6457</x:v>
       </x:c>
@@ -3302,125 +3274,122 @@
       <x:c r="Y18" s="3" t="n">
         <x:v>15922</x:v>
       </x:c>
       <x:c r="Z18" s="3" t="n">
         <x:v>17886</x:v>
       </x:c>
       <x:c r="AA18" s="3" t="n">
         <x:v>23445</x:v>
       </x:c>
       <x:c r="AB18" s="3" t="n">
         <x:v>19500</x:v>
       </x:c>
       <x:c r="AC18" s="3" t="n">
         <x:v>18446</x:v>
       </x:c>
       <x:c r="AD18" s="3" t="n">
         <x:v>19943</x:v>
       </x:c>
       <x:c r="AE18" s="3" t="n">
         <x:v>19981</x:v>
       </x:c>
       <x:c r="AF18" s="3" t="n">
         <x:v>20586</x:v>
       </x:c>
       <x:c r="AG18" s="3" t="n">
-        <x:v>20871</x:v>
+        <x:v>20877</x:v>
       </x:c>
       <x:c r="AH18" s="3" t="n">
-        <x:v>17272</x:v>
+        <x:v>17282</x:v>
       </x:c>
       <x:c r="AI18" s="3" t="n">
-        <x:v>17290</x:v>
+        <x:v>17305</x:v>
       </x:c>
       <x:c r="AJ18" s="3" t="n">
-        <x:v>20138</x:v>
+        <x:v>20161</x:v>
       </x:c>
       <x:c r="AK18" s="3" t="n">
-        <x:v>19305</x:v>
+        <x:v>19333</x:v>
       </x:c>
       <x:c r="AL18" s="3" t="n">
-        <x:v>19256</x:v>
+        <x:v>19290</x:v>
       </x:c>
       <x:c r="AM18" s="3" t="n">
-        <x:v>20278</x:v>
+        <x:v>20319</x:v>
       </x:c>
       <x:c r="AN18" s="3" t="n">
-        <x:v>20238</x:v>
+        <x:v>20285</x:v>
       </x:c>
       <x:c r="AO18" s="3" t="n">
-        <x:v>14540</x:v>
+        <x:v>14578</x:v>
       </x:c>
       <x:c r="AP18" s="3" t="n">
-        <x:v>16755</x:v>
+        <x:v>16804</x:v>
       </x:c>
       <x:c r="AQ18" s="3" t="n">
-        <x:v>16579</x:v>
+        <x:v>16632</x:v>
       </x:c>
       <x:c r="AR18" s="3" t="n">
-        <x:v>11422</x:v>
+        <x:v>11462</x:v>
       </x:c>
       <x:c r="AS18" s="3" t="n">
-        <x:v>10072</x:v>
+        <x:v>10110</x:v>
       </x:c>
       <x:c r="AT18" s="3" t="n">
-        <x:v>9584</x:v>
+        <x:v>9623</x:v>
       </x:c>
       <x:c r="AU18" s="3" t="n">
-        <x:v>13539</x:v>
+        <x:v>13598</x:v>
       </x:c>
       <x:c r="AV18" s="3" t="n">
-        <x:v>14311</x:v>
+        <x:v>14378</x:v>
       </x:c>
       <x:c r="AW18" s="3" t="n">
-        <x:v>14590</x:v>
+        <x:v>14662</x:v>
       </x:c>
       <x:c r="AX18" s="3" t="n">
-        <x:v>15913</x:v>
+        <x:v>15996</x:v>
       </x:c>
       <x:c r="AY18" s="3" t="n">
-        <x:v>16858</x:v>
+        <x:v>16951</x:v>
       </x:c>
       <x:c r="AZ18" s="3" t="n">
-        <x:v>16320</x:v>
+        <x:v>16415</x:v>
       </x:c>
       <x:c r="BA18" s="3" t="n">
-        <x:v>15955</x:v>
+        <x:v>16052</x:v>
       </x:c>
       <x:c r="BB18" s="3" t="n">
-        <x:v>22057</x:v>
+        <x:v>22171</x:v>
       </x:c>
       <x:c r="BC18" s="3" t="n">
-        <x:v>21174</x:v>
-[...2 lines deleted...]
-        <x:v>20908</x:v>
+        <x:v>22475</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:56">
+    <x:row r="19" spans="1:55">
       <x:c r="A19" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
         <x:v>921</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>1030</x:v>
       </x:c>
       <x:c r="D19" s="3" t="n">
         <x:v>1132</x:v>
       </x:c>
       <x:c r="E19" s="3" t="n">
         <x:v>1229</x:v>
       </x:c>
       <x:c r="F19" s="3" t="n">
         <x:v>1424</x:v>
       </x:c>
       <x:c r="G19" s="3" t="n">
         <x:v>1697</x:v>
       </x:c>
       <x:c r="H19" s="3" t="n">
         <x:v>1828</x:v>
       </x:c>
       <x:c r="I19" s="3" t="n">
         <x:v>2234</x:v>
       </x:c>
@@ -3472,125 +3441,122 @@
       <x:c r="Y19" s="3" t="n">
         <x:v>8249</x:v>
       </x:c>
       <x:c r="Z19" s="3" t="n">
         <x:v>8699</x:v>
       </x:c>
       <x:c r="AA19" s="3" t="n">
         <x:v>9366</x:v>
       </x:c>
       <x:c r="AB19" s="3" t="n">
         <x:v>10003</x:v>
       </x:c>
       <x:c r="AC19" s="3" t="n">
         <x:v>10518</x:v>
       </x:c>
       <x:c r="AD19" s="3" t="n">
         <x:v>11804</x:v>
       </x:c>
       <x:c r="AE19" s="3" t="n">
         <x:v>11860</x:v>
       </x:c>
       <x:c r="AF19" s="3" t="n">
         <x:v>12436</x:v>
       </x:c>
       <x:c r="AG19" s="3" t="n">
-        <x:v>11907</x:v>
+        <x:v>11936</x:v>
       </x:c>
       <x:c r="AH19" s="3" t="n">
-        <x:v>11231</x:v>
+        <x:v>11286</x:v>
       </x:c>
       <x:c r="AI19" s="3" t="n">
-        <x:v>10834</x:v>
+        <x:v>10913</x:v>
       </x:c>
       <x:c r="AJ19" s="3" t="n">
-        <x:v>11231</x:v>
+        <x:v>11340</x:v>
       </x:c>
       <x:c r="AK19" s="3" t="n">
-        <x:v>11254</x:v>
+        <x:v>11391</x:v>
       </x:c>
       <x:c r="AL19" s="3" t="n">
-        <x:v>11513</x:v>
+        <x:v>11681</x:v>
       </x:c>
       <x:c r="AM19" s="3" t="n">
-        <x:v>11769</x:v>
+        <x:v>11969</x:v>
       </x:c>
       <x:c r="AN19" s="3" t="n">
-        <x:v>12173</x:v>
+        <x:v>12410</x:v>
       </x:c>
       <x:c r="AO19" s="3" t="n">
-        <x:v>10897</x:v>
+        <x:v>11135</x:v>
       </x:c>
       <x:c r="AP19" s="3" t="n">
-        <x:v>10881</x:v>
+        <x:v>11146</x:v>
       </x:c>
       <x:c r="AQ19" s="3" t="n">
-        <x:v>10670</x:v>
+        <x:v>10955</x:v>
       </x:c>
       <x:c r="AR19" s="3" t="n">
-        <x:v>10432</x:v>
+        <x:v>10736</x:v>
       </x:c>
       <x:c r="AS19" s="3" t="n">
-        <x:v>9783</x:v>
+        <x:v>10092</x:v>
       </x:c>
       <x:c r="AT19" s="3" t="n">
-        <x:v>9333</x:v>
+        <x:v>9651</x:v>
       </x:c>
       <x:c r="AU19" s="3" t="n">
-        <x:v>9314</x:v>
+        <x:v>9654</x:v>
       </x:c>
       <x:c r="AV19" s="3" t="n">
-        <x:v>8626</x:v>
+        <x:v>8962</x:v>
       </x:c>
       <x:c r="AW19" s="3" t="n">
-        <x:v>8608</x:v>
+        <x:v>8964</x:v>
       </x:c>
       <x:c r="AX19" s="3" t="n">
-        <x:v>8663</x:v>
+        <x:v>9042</x:v>
       </x:c>
       <x:c r="AY19" s="3" t="n">
-        <x:v>7840</x:v>
+        <x:v>8202</x:v>
       </x:c>
       <x:c r="AZ19" s="3" t="n">
-        <x:v>7101</x:v>
+        <x:v>7446</x:v>
       </x:c>
       <x:c r="BA19" s="3" t="n">
-        <x:v>7657</x:v>
+        <x:v>8048</x:v>
       </x:c>
       <x:c r="BB19" s="3" t="n">
-        <x:v>8419</x:v>
+        <x:v>8818</x:v>
       </x:c>
       <x:c r="BC19" s="3" t="n">
-        <x:v>10418</x:v>
-[...2 lines deleted...]
-        <x:v>10729</x:v>
+        <x:v>8574</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:56">
+    <x:row r="20" spans="1:55">
       <x:c r="A20" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
         <x:v>4508</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
         <x:v>4872</x:v>
       </x:c>
       <x:c r="D20" s="3" t="n">
         <x:v>4906</x:v>
       </x:c>
       <x:c r="E20" s="3" t="n">
         <x:v>6175</x:v>
       </x:c>
       <x:c r="F20" s="3" t="n">
         <x:v>9150</x:v>
       </x:c>
       <x:c r="G20" s="3" t="n">
         <x:v>10505</x:v>
       </x:c>
       <x:c r="H20" s="3" t="n">
         <x:v>12020</x:v>
       </x:c>
       <x:c r="I20" s="3" t="n">
         <x:v>13168</x:v>
       </x:c>
@@ -3642,125 +3608,122 @@
       <x:c r="Y20" s="3" t="n">
         <x:v>42898</x:v>
       </x:c>
       <x:c r="Z20" s="3" t="n">
         <x:v>44678</x:v>
       </x:c>
       <x:c r="AA20" s="3" t="n">
         <x:v>44651</x:v>
       </x:c>
       <x:c r="AB20" s="3" t="n">
         <x:v>50722</x:v>
       </x:c>
       <x:c r="AC20" s="3" t="n">
         <x:v>53677</x:v>
       </x:c>
       <x:c r="AD20" s="3" t="n">
         <x:v>51019</x:v>
       </x:c>
       <x:c r="AE20" s="3" t="n">
         <x:v>56606</x:v>
       </x:c>
       <x:c r="AF20" s="3" t="n">
         <x:v>73110</x:v>
       </x:c>
       <x:c r="AG20" s="3" t="n">
-        <x:v>66297</x:v>
+        <x:v>66516</x:v>
       </x:c>
       <x:c r="AH20" s="3" t="n">
-        <x:v>60257</x:v>
+        <x:v>60642</x:v>
       </x:c>
       <x:c r="AI20" s="3" t="n">
-        <x:v>65611</x:v>
+        <x:v>66260</x:v>
       </x:c>
       <x:c r="AJ20" s="3" t="n">
-        <x:v>75112</x:v>
+        <x:v>76141</x:v>
       </x:c>
       <x:c r="AK20" s="3" t="n">
-        <x:v>93740</x:v>
+        <x:v>95447</x:v>
       </x:c>
       <x:c r="AL20" s="3" t="n">
-        <x:v>110372</x:v>
+        <x:v>112775</x:v>
       </x:c>
       <x:c r="AM20" s="3" t="n">
-        <x:v>119844</x:v>
+        <x:v>122944</x:v>
       </x:c>
       <x:c r="AN20" s="3" t="n">
-        <x:v>131859</x:v>
+        <x:v>135902</x:v>
       </x:c>
       <x:c r="AO20" s="3" t="n">
-        <x:v>106459</x:v>
+        <x:v>110026</x:v>
       </x:c>
       <x:c r="AP20" s="3" t="n">
-        <x:v>129315</x:v>
+        <x:v>134245</x:v>
       </x:c>
       <x:c r="AQ20" s="3" t="n">
-        <x:v>151806</x:v>
+        <x:v>158315</x:v>
       </x:c>
       <x:c r="AR20" s="3" t="n">
-        <x:v>147482</x:v>
+        <x:v>154392</x:v>
       </x:c>
       <x:c r="AS20" s="3" t="n">
-        <x:v>146561</x:v>
+        <x:v>153436</x:v>
       </x:c>
       <x:c r="AT20" s="3" t="n">
-        <x:v>139663</x:v>
+        <x:v>146253</x:v>
       </x:c>
       <x:c r="AU20" s="3" t="n">
-        <x:v>133779</x:v>
+        <x:v>139994</x:v>
       </x:c>
       <x:c r="AV20" s="3" t="n">
-        <x:v>105648</x:v>
+        <x:v>110449</x:v>
       </x:c>
       <x:c r="AW20" s="3" t="n">
-        <x:v>128391</x:v>
+        <x:v>134661</x:v>
       </x:c>
       <x:c r="AX20" s="3" t="n">
-        <x:v>151730</x:v>
+        <x:v>159460</x:v>
       </x:c>
       <x:c r="AY20" s="3" t="n">
-        <x:v>139683</x:v>
+        <x:v>147767</x:v>
       </x:c>
       <x:c r="AZ20" s="3" t="n">
-        <x:v>113017</x:v>
+        <x:v>119766</x:v>
       </x:c>
       <x:c r="BA20" s="3" t="n">
-        <x:v>144384</x:v>
+        <x:v>152293</x:v>
       </x:c>
       <x:c r="BB20" s="3" t="n">
-        <x:v>187487</x:v>
+        <x:v>191122</x:v>
       </x:c>
       <x:c r="BC20" s="3" t="n">
-        <x:v>187762</x:v>
-[...2 lines deleted...]
-        <x:v>171972</x:v>
+        <x:v>187657</x:v>
       </x:c>
     </x:row>
-    <x:row r="21" spans="1:56">
+    <x:row r="21" spans="1:55">
       <x:c r="A21" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
         <x:v>1729</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>1881</x:v>
       </x:c>
       <x:c r="D21" s="3" t="n">
         <x:v>1748</x:v>
       </x:c>
       <x:c r="E21" s="3" t="n">
         <x:v>2142</x:v>
       </x:c>
       <x:c r="F21" s="3" t="n">
         <x:v>2995</x:v>
       </x:c>
       <x:c r="G21" s="3" t="n">
         <x:v>3344</x:v>
       </x:c>
       <x:c r="H21" s="3" t="n">
         <x:v>3375</x:v>
       </x:c>
       <x:c r="I21" s="3" t="n">
         <x:v>3582</x:v>
       </x:c>
@@ -3812,125 +3775,122 @@
       <x:c r="Y21" s="3" t="n">
         <x:v>12981</x:v>
       </x:c>
       <x:c r="Z21" s="3" t="n">
         <x:v>14315</x:v>
       </x:c>
       <x:c r="AA21" s="3" t="n">
         <x:v>15329</x:v>
       </x:c>
       <x:c r="AB21" s="3" t="n">
         <x:v>15690</x:v>
       </x:c>
       <x:c r="AC21" s="3" t="n">
         <x:v>17394</x:v>
       </x:c>
       <x:c r="AD21" s="3" t="n">
         <x:v>17529</x:v>
       </x:c>
       <x:c r="AE21" s="3" t="n">
         <x:v>17104</x:v>
       </x:c>
       <x:c r="AF21" s="3" t="n">
         <x:v>18056</x:v>
       </x:c>
       <x:c r="AG21" s="3" t="n">
-        <x:v>18436</x:v>
+        <x:v>18516</x:v>
       </x:c>
       <x:c r="AH21" s="3" t="n">
-        <x:v>17025</x:v>
+        <x:v>17173</x:v>
       </x:c>
       <x:c r="AI21" s="3" t="n">
-        <x:v>18786</x:v>
+        <x:v>19030</x:v>
       </x:c>
       <x:c r="AJ21" s="3" t="n">
-        <x:v>21120</x:v>
+        <x:v>21486</x:v>
       </x:c>
       <x:c r="AK21" s="3" t="n">
-        <x:v>23290</x:v>
+        <x:v>23795</x:v>
       </x:c>
       <x:c r="AL21" s="3" t="n">
-        <x:v>25578</x:v>
+        <x:v>26244</x:v>
       </x:c>
       <x:c r="AM21" s="3" t="n">
-        <x:v>30402</x:v>
+        <x:v>31325</x:v>
       </x:c>
       <x:c r="AN21" s="3" t="n">
-        <x:v>38819</x:v>
+        <x:v>40166</x:v>
       </x:c>
       <x:c r="AO21" s="3" t="n">
-        <x:v>30461</x:v>
+        <x:v>31650</x:v>
       </x:c>
       <x:c r="AP21" s="3" t="n">
-        <x:v>36418</x:v>
+        <x:v>37998</x:v>
       </x:c>
       <x:c r="AQ21" s="3" t="n">
-        <x:v>39154</x:v>
+        <x:v>41022</x:v>
       </x:c>
       <x:c r="AR21" s="3" t="n">
-        <x:v>31271</x:v>
+        <x:v>32899</x:v>
       </x:c>
       <x:c r="AS21" s="3" t="n">
-        <x:v>29380</x:v>
+        <x:v>31037</x:v>
       </x:c>
       <x:c r="AT21" s="3" t="n">
-        <x:v>32842</x:v>
+        <x:v>34837</x:v>
       </x:c>
       <x:c r="AU21" s="3" t="n">
-        <x:v>35490</x:v>
+        <x:v>37799</x:v>
       </x:c>
       <x:c r="AV21" s="3" t="n">
-        <x:v>31141</x:v>
+        <x:v>33302</x:v>
       </x:c>
       <x:c r="AW21" s="3" t="n">
-        <x:v>32585</x:v>
+        <x:v>34988</x:v>
       </x:c>
       <x:c r="AX21" s="3" t="n">
-        <x:v>34324</x:v>
+        <x:v>37004</x:v>
       </x:c>
       <x:c r="AY21" s="3" t="n">
-        <x:v>31631</x:v>
+        <x:v>34238</x:v>
       </x:c>
       <x:c r="AZ21" s="3" t="n">
-        <x:v>33852</x:v>
+        <x:v>36789</x:v>
       </x:c>
       <x:c r="BA21" s="3" t="n">
-        <x:v>42528</x:v>
+        <x:v>46402</x:v>
       </x:c>
       <x:c r="BB21" s="3" t="n">
-        <x:v>64369</x:v>
+        <x:v>67838</x:v>
       </x:c>
       <x:c r="BC21" s="3" t="n">
-        <x:v>59667</x:v>
-[...2 lines deleted...]
-        <x:v>56862</x:v>
+        <x:v>56863</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:56">
+    <x:row r="22" spans="1:55">
       <x:c r="A22" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
         <x:v>2736</x:v>
       </x:c>
       <x:c r="C22" s="3" t="n">
         <x:v>3125</x:v>
       </x:c>
       <x:c r="D22" s="3" t="n">
         <x:v>3489</x:v>
       </x:c>
       <x:c r="E22" s="3" t="n">
         <x:v>3736</x:v>
       </x:c>
       <x:c r="F22" s="3" t="n">
         <x:v>4840</x:v>
       </x:c>
       <x:c r="G22" s="3" t="n">
         <x:v>5093</x:v>
       </x:c>
       <x:c r="H22" s="3" t="n">
         <x:v>5730</x:v>
       </x:c>
       <x:c r="I22" s="3" t="n">
         <x:v>6315</x:v>
       </x:c>
@@ -3982,125 +3942,122 @@
       <x:c r="Y22" s="3" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="Z22" s="3" t="n">
         <x:v>14722</x:v>
       </x:c>
       <x:c r="AA22" s="3" t="n">
         <x:v>16052</x:v>
       </x:c>
       <x:c r="AB22" s="3" t="n">
         <x:v>18798</x:v>
       </x:c>
       <x:c r="AC22" s="3" t="n">
         <x:v>20623</x:v>
       </x:c>
       <x:c r="AD22" s="3" t="n">
         <x:v>21586</x:v>
       </x:c>
       <x:c r="AE22" s="3" t="n">
         <x:v>21466</x:v>
       </x:c>
       <x:c r="AF22" s="3" t="n">
         <x:v>21904</x:v>
       </x:c>
       <x:c r="AG22" s="3" t="n">
-        <x:v>21974</x:v>
+        <x:v>22022</x:v>
       </x:c>
       <x:c r="AH22" s="3" t="n">
-        <x:v>22295</x:v>
+        <x:v>22396</x:v>
       </x:c>
       <x:c r="AI22" s="3" t="n">
-        <x:v>22685</x:v>
+        <x:v>22841</x:v>
       </x:c>
       <x:c r="AJ22" s="3" t="n">
-        <x:v>24830</x:v>
+        <x:v>25062</x:v>
       </x:c>
       <x:c r="AK22" s="3" t="n">
-        <x:v>27568</x:v>
+        <x:v>27899</x:v>
       </x:c>
       <x:c r="AL22" s="3" t="n">
-        <x:v>30775</x:v>
+        <x:v>31226</x:v>
       </x:c>
       <x:c r="AM22" s="3" t="n">
-        <x:v>35723</x:v>
+        <x:v>36335</x:v>
       </x:c>
       <x:c r="AN22" s="3" t="n">
-        <x:v>38904</x:v>
+        <x:v>39682</x:v>
       </x:c>
       <x:c r="AO22" s="3" t="n">
-        <x:v>33921</x:v>
+        <x:v>34690</x:v>
       </x:c>
       <x:c r="AP22" s="3" t="n">
-        <x:v>33440</x:v>
+        <x:v>34290</x:v>
       </x:c>
       <x:c r="AQ22" s="3" t="n">
-        <x:v>37374</x:v>
+        <x:v>38437</x:v>
       </x:c>
       <x:c r="AR22" s="3" t="n">
-        <x:v>38229</x:v>
+        <x:v>39413</x:v>
       </x:c>
       <x:c r="AS22" s="3" t="n">
-        <x:v>39632</x:v>
+        <x:v>40980</x:v>
       </x:c>
       <x:c r="AT22" s="3" t="n">
-        <x:v>40662</x:v>
+        <x:v>42168</x:v>
       </x:c>
       <x:c r="AU22" s="3" t="n">
-        <x:v>41792</x:v>
+        <x:v>43418</x:v>
       </x:c>
       <x:c r="AV22" s="3" t="n">
-        <x:v>45014</x:v>
+        <x:v>46912</x:v>
       </x:c>
       <x:c r="AW22" s="3" t="n">
-        <x:v>47116</x:v>
+        <x:v>49257</x:v>
       </x:c>
       <x:c r="AX22" s="3" t="n">
-        <x:v>49444</x:v>
+        <x:v>51875</x:v>
       </x:c>
       <x:c r="AY22" s="3" t="n">
-        <x:v>51007</x:v>
+        <x:v>53645</x:v>
       </x:c>
       <x:c r="AZ22" s="3" t="n">
-        <x:v>47402</x:v>
+        <x:v>49899</x:v>
       </x:c>
       <x:c r="BA22" s="3" t="n">
-        <x:v>55041</x:v>
+        <x:v>58122</x:v>
       </x:c>
       <x:c r="BB22" s="3" t="n">
-        <x:v>63058</x:v>
+        <x:v>63730</x:v>
       </x:c>
       <x:c r="BC22" s="3" t="n">
-        <x:v>61434</x:v>
-[...2 lines deleted...]
-        <x:v>57938</x:v>
+        <x:v>63640</x:v>
       </x:c>
     </x:row>
-    <x:row r="23" spans="1:56">
+    <x:row r="23" spans="1:55">
       <x:c r="A23" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
         <x:v>4449</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>4589</x:v>
       </x:c>
       <x:c r="D23" s="3" t="n">
         <x:v>4549</x:v>
       </x:c>
       <x:c r="E23" s="3" t="n">
         <x:v>5276</x:v>
       </x:c>
       <x:c r="F23" s="3" t="n">
         <x:v>7227</x:v>
       </x:c>
       <x:c r="G23" s="3" t="n">
         <x:v>7312</x:v>
       </x:c>
       <x:c r="H23" s="3" t="n">
         <x:v>7624</x:v>
       </x:c>
       <x:c r="I23" s="3" t="n">
         <x:v>7855</x:v>
       </x:c>
@@ -4152,125 +4109,122 @@
       <x:c r="Y23" s="3" t="n">
         <x:v>22263</x:v>
       </x:c>
       <x:c r="Z23" s="3" t="n">
         <x:v>26472</x:v>
       </x:c>
       <x:c r="AA23" s="3" t="n">
         <x:v>31564</x:v>
       </x:c>
       <x:c r="AB23" s="3" t="n">
         <x:v>30308</x:v>
       </x:c>
       <x:c r="AC23" s="3" t="n">
         <x:v>32042</x:v>
       </x:c>
       <x:c r="AD23" s="3" t="n">
         <x:v>35460</x:v>
       </x:c>
       <x:c r="AE23" s="3" t="n">
         <x:v>34192</x:v>
       </x:c>
       <x:c r="AF23" s="3" t="n">
         <x:v>41126</x:v>
       </x:c>
       <x:c r="AG23" s="3" t="n">
-        <x:v>40666</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="AH23" s="3" t="n">
-        <x:v>34903</x:v>
+        <x:v>34979</x:v>
       </x:c>
       <x:c r="AI23" s="3" t="n">
-        <x:v>35928</x:v>
+        <x:v>36041</x:v>
       </x:c>
       <x:c r="AJ23" s="3" t="n">
-        <x:v>44096</x:v>
+        <x:v>44274</x:v>
       </x:c>
       <x:c r="AK23" s="3" t="n">
-        <x:v>43457</x:v>
+        <x:v>43694</x:v>
       </x:c>
       <x:c r="AL23" s="3" t="n">
-        <x:v>53804</x:v>
+        <x:v>54165</x:v>
       </x:c>
       <x:c r="AM23" s="3" t="n">
-        <x:v>57608</x:v>
+        <x:v>58076</x:v>
       </x:c>
       <x:c r="AN23" s="3" t="n">
-        <x:v>59207</x:v>
+        <x:v>59726</x:v>
       </x:c>
       <x:c r="AO23" s="3" t="n">
-        <x:v>40249</x:v>
+        <x:v>40656</x:v>
       </x:c>
       <x:c r="AP23" s="3" t="n">
-        <x:v>47023</x:v>
+        <x:v>47493</x:v>
       </x:c>
       <x:c r="AQ23" s="3" t="n">
-        <x:v>50486</x:v>
+        <x:v>51035</x:v>
       </x:c>
       <x:c r="AR23" s="3" t="n">
-        <x:v>44831</x:v>
+        <x:v>45345</x:v>
       </x:c>
       <x:c r="AS23" s="3" t="n">
-        <x:v>41743</x:v>
+        <x:v>42269</x:v>
       </x:c>
       <x:c r="AT23" s="3" t="n">
-        <x:v>46512</x:v>
+        <x:v>47110</x:v>
       </x:c>
       <x:c r="AU23" s="3" t="n">
-        <x:v>49794</x:v>
+        <x:v>50432</x:v>
       </x:c>
       <x:c r="AV23" s="3" t="n">
-        <x:v>43039</x:v>
+        <x:v>43617</x:v>
       </x:c>
       <x:c r="AW23" s="3" t="n">
-        <x:v>56654</x:v>
+        <x:v>57425</x:v>
       </x:c>
       <x:c r="AX23" s="3" t="n">
-        <x:v>60773</x:v>
+        <x:v>61671</x:v>
       </x:c>
       <x:c r="AY23" s="3" t="n">
-        <x:v>57880</x:v>
+        <x:v>58775</x:v>
       </x:c>
       <x:c r="AZ23" s="3" t="n">
-        <x:v>57509</x:v>
+        <x:v>58450</x:v>
       </x:c>
       <x:c r="BA23" s="3" t="n">
-        <x:v>77616</x:v>
+        <x:v>78959</x:v>
       </x:c>
       <x:c r="BB23" s="3" t="n">
-        <x:v>103571</x:v>
+        <x:v>104939</x:v>
       </x:c>
       <x:c r="BC23" s="3" t="n">
-        <x:v>88382</x:v>
-[...2 lines deleted...]
-        <x:v>89711</x:v>
+        <x:v>94438</x:v>
       </x:c>
     </x:row>
-    <x:row r="24" spans="1:56">
+    <x:row r="24" spans="1:55">
       <x:c r="A24" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
         <x:v>8207</x:v>
       </x:c>
       <x:c r="C24" s="3" t="n">
         <x:v>8964</x:v>
       </x:c>
       <x:c r="D24" s="3" t="n">
         <x:v>9784</x:v>
       </x:c>
       <x:c r="E24" s="3" t="n">
         <x:v>11222</x:v>
       </x:c>
       <x:c r="F24" s="3" t="n">
         <x:v>14398</x:v>
       </x:c>
       <x:c r="G24" s="3" t="n">
         <x:v>16202</x:v>
       </x:c>
       <x:c r="H24" s="3" t="n">
         <x:v>17362</x:v>
       </x:c>
       <x:c r="I24" s="3" t="n">
         <x:v>18818</x:v>
       </x:c>
@@ -4322,125 +4276,122 @@
       <x:c r="Y24" s="3" t="n">
         <x:v>46027</x:v>
       </x:c>
       <x:c r="Z24" s="3" t="n">
         <x:v>52066</x:v>
       </x:c>
       <x:c r="AA24" s="3" t="n">
         <x:v>59069</x:v>
       </x:c>
       <x:c r="AB24" s="3" t="n">
         <x:v>63280</x:v>
       </x:c>
       <x:c r="AC24" s="3" t="n">
         <x:v>69087</x:v>
       </x:c>
       <x:c r="AD24" s="3" t="n">
         <x:v>77563</x:v>
       </x:c>
       <x:c r="AE24" s="3" t="n">
         <x:v>78869</x:v>
       </x:c>
       <x:c r="AF24" s="3" t="n">
         <x:v>79625</x:v>
       </x:c>
       <x:c r="AG24" s="3" t="n">
-        <x:v>86979</x:v>
+        <x:v>86997</x:v>
       </x:c>
       <x:c r="AH24" s="3" t="n">
-        <x:v>84325</x:v>
+        <x:v>84357</x:v>
       </x:c>
       <x:c r="AI24" s="3" t="n">
-        <x:v>80476</x:v>
+        <x:v>80523</x:v>
       </x:c>
       <x:c r="AJ24" s="3" t="n">
-        <x:v>82104</x:v>
+        <x:v>82171</x:v>
       </x:c>
       <x:c r="AK24" s="3" t="n">
-        <x:v>93486</x:v>
+        <x:v>93575</x:v>
       </x:c>
       <x:c r="AL24" s="3" t="n">
-        <x:v>115332</x:v>
+        <x:v>115448</x:v>
       </x:c>
       <x:c r="AM24" s="3" t="n">
-        <x:v>143776</x:v>
+        <x:v>143925</x:v>
       </x:c>
       <x:c r="AN24" s="3" t="n">
-        <x:v>167101</x:v>
+        <x:v>167275</x:v>
       </x:c>
       <x:c r="AO24" s="3" t="n">
-        <x:v>164533</x:v>
+        <x:v>164686</x:v>
       </x:c>
       <x:c r="AP24" s="3" t="n">
-        <x:v>150453</x:v>
+        <x:v>150643</x:v>
       </x:c>
       <x:c r="AQ24" s="3" t="n">
-        <x:v>148757</x:v>
+        <x:v>148981</x:v>
       </x:c>
       <x:c r="AR24" s="3" t="n">
-        <x:v>166255</x:v>
+        <x:v>166493</x:v>
       </x:c>
       <x:c r="AS24" s="3" t="n">
-        <x:v>180195</x:v>
+        <x:v>180442</x:v>
       </x:c>
       <x:c r="AT24" s="3" t="n">
-        <x:v>194307</x:v>
+        <x:v>194563</x:v>
       </x:c>
       <x:c r="AU24" s="3" t="n">
-        <x:v>176556</x:v>
+        <x:v>176851</x:v>
       </x:c>
       <x:c r="AV24" s="3" t="n">
-        <x:v>139917</x:v>
+        <x:v>140291</x:v>
       </x:c>
       <x:c r="AW24" s="3" t="n">
-        <x:v>134904</x:v>
+        <x:v>135342</x:v>
       </x:c>
       <x:c r="AX24" s="3" t="n">
-        <x:v>140881</x:v>
+        <x:v>141308</x:v>
       </x:c>
       <x:c r="AY24" s="3" t="n">
-        <x:v>161298</x:v>
+        <x:v>161802</x:v>
       </x:c>
       <x:c r="AZ24" s="3" t="n">
-        <x:v>153571</x:v>
+        <x:v>154148</x:v>
       </x:c>
       <x:c r="BA24" s="3" t="n">
-        <x:v>164148</x:v>
+        <x:v>164832</x:v>
       </x:c>
       <x:c r="BB24" s="3" t="n">
-        <x:v>186138</x:v>
+        <x:v>187625</x:v>
       </x:c>
       <x:c r="BC24" s="3" t="n">
-        <x:v>208230</x:v>
-[...2 lines deleted...]
-        <x:v>225379</x:v>
+        <x:v>206323</x:v>
       </x:c>
     </x:row>
-    <x:row r="25" spans="1:56">
+    <x:row r="25" spans="1:55">
       <x:c r="A25" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
         <x:v>3746</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>4182</x:v>
       </x:c>
       <x:c r="D25" s="3" t="n">
         <x:v>4761</x:v>
       </x:c>
       <x:c r="E25" s="3" t="n">
         <x:v>6275</x:v>
       </x:c>
       <x:c r="F25" s="3" t="n">
         <x:v>8012</x:v>
       </x:c>
       <x:c r="G25" s="3" t="n">
         <x:v>11184</x:v>
       </x:c>
       <x:c r="H25" s="3" t="n">
         <x:v>11784</x:v>
       </x:c>
       <x:c r="I25" s="3" t="n">
         <x:v>13179</x:v>
       </x:c>
@@ -4492,125 +4443,122 @@
       <x:c r="Y25" s="3" t="n">
         <x:v>27288</x:v>
       </x:c>
       <x:c r="Z25" s="3" t="n">
         <x:v>28016</x:v>
       </x:c>
       <x:c r="AA25" s="3" t="n">
         <x:v>29350</x:v>
       </x:c>
       <x:c r="AB25" s="3" t="n">
         <x:v>32297</x:v>
       </x:c>
       <x:c r="AC25" s="3" t="n">
         <x:v>45165</x:v>
       </x:c>
       <x:c r="AD25" s="3" t="n">
         <x:v>56222</x:v>
       </x:c>
       <x:c r="AE25" s="3" t="n">
         <x:v>52886</x:v>
       </x:c>
       <x:c r="AF25" s="3" t="n">
         <x:v>41451</x:v>
       </x:c>
       <x:c r="AG25" s="3" t="n">
-        <x:v>46248</x:v>
+        <x:v>46270</x:v>
       </x:c>
       <x:c r="AH25" s="3" t="n">
-        <x:v>48558</x:v>
+        <x:v>48604</x:v>
       </x:c>
       <x:c r="AI25" s="3" t="n">
-        <x:v>45589</x:v>
+        <x:v>45651</x:v>
       </x:c>
       <x:c r="AJ25" s="3" t="n">
-        <x:v>46219</x:v>
+        <x:v>46303</x:v>
       </x:c>
       <x:c r="AK25" s="3" t="n">
-        <x:v>57839</x:v>
+        <x:v>57969</x:v>
       </x:c>
       <x:c r="AL25" s="3" t="n">
-        <x:v>82107</x:v>
+        <x:v>82321</x:v>
       </x:c>
       <x:c r="AM25" s="3" t="n">
-        <x:v>87735</x:v>
+        <x:v>88007</x:v>
       </x:c>
       <x:c r="AN25" s="3" t="n">
-        <x:v>90115</x:v>
+        <x:v>90436</x:v>
       </x:c>
       <x:c r="AO25" s="3" t="n">
-        <x:v>73199</x:v>
+        <x:v>73492</x:v>
       </x:c>
       <x:c r="AP25" s="3" t="n">
-        <x:v>60435</x:v>
+        <x:v>60710</x:v>
       </x:c>
       <x:c r="AQ25" s="3" t="n">
-        <x:v>65734</x:v>
+        <x:v>66059</x:v>
       </x:c>
       <x:c r="AR25" s="3" t="n">
-        <x:v>74727</x:v>
+        <x:v>75124</x:v>
       </x:c>
       <x:c r="AS25" s="3" t="n">
-        <x:v>82394</x:v>
+        <x:v>82866</x:v>
       </x:c>
       <x:c r="AT25" s="3" t="n">
-        <x:v>84051</x:v>
+        <x:v>84566</x:v>
       </x:c>
       <x:c r="AU25" s="3" t="n">
-        <x:v>70547</x:v>
+        <x:v>71001</x:v>
       </x:c>
       <x:c r="AV25" s="3" t="n">
-        <x:v>58970</x:v>
+        <x:v>59390</x:v>
       </x:c>
       <x:c r="AW25" s="3" t="n">
-        <x:v>56590</x:v>
+        <x:v>57027</x:v>
       </x:c>
       <x:c r="AX25" s="3" t="n">
-        <x:v>60257</x:v>
+        <x:v>60750</x:v>
       </x:c>
       <x:c r="AY25" s="3" t="n">
-        <x:v>64413</x:v>
+        <x:v>64965</x:v>
       </x:c>
       <x:c r="AZ25" s="3" t="n">
-        <x:v>65262</x:v>
+        <x:v>65853</x:v>
       </x:c>
       <x:c r="BA25" s="3" t="n">
-        <x:v>65688</x:v>
+        <x:v>66331</x:v>
       </x:c>
       <x:c r="BB25" s="3" t="n">
-        <x:v>69004</x:v>
+        <x:v>69514</x:v>
       </x:c>
       <x:c r="BC25" s="3" t="n">
-        <x:v>84714</x:v>
-[...2 lines deleted...]
-        <x:v>98772</x:v>
+        <x:v>79548</x:v>
       </x:c>
     </x:row>
-    <x:row r="26" spans="1:56">
+    <x:row r="26" spans="1:55">
       <x:c r="A26" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
         <x:v>1908</x:v>
       </x:c>
       <x:c r="C26" s="3" t="n">
         <x:v>2106</x:v>
       </x:c>
       <x:c r="D26" s="3" t="n">
         <x:v>2320</x:v>
       </x:c>
       <x:c r="E26" s="3" t="n">
         <x:v>2614</x:v>
       </x:c>
       <x:c r="F26" s="3" t="n">
         <x:v>2969</x:v>
       </x:c>
       <x:c r="G26" s="3" t="n">
         <x:v>3151</x:v>
       </x:c>
       <x:c r="H26" s="3" t="n">
         <x:v>3583</x:v>
       </x:c>
       <x:c r="I26" s="3" t="n">
         <x:v>4046</x:v>
       </x:c>
@@ -4662,125 +4610,122 @@
       <x:c r="Y26" s="3" t="n">
         <x:v>8946</x:v>
       </x:c>
       <x:c r="Z26" s="3" t="n">
         <x:v>9984</x:v>
       </x:c>
       <x:c r="AA26" s="3" t="n">
         <x:v>10804</x:v>
       </x:c>
       <x:c r="AB26" s="3" t="n">
         <x:v>12119</x:v>
       </x:c>
       <x:c r="AC26" s="3" t="n">
         <x:v>14003</x:v>
       </x:c>
       <x:c r="AD26" s="3" t="n">
         <x:v>15588</x:v>
       </x:c>
       <x:c r="AE26" s="3" t="n">
         <x:v>15154</x:v>
       </x:c>
       <x:c r="AF26" s="3" t="n">
         <x:v>15529</x:v>
       </x:c>
       <x:c r="AG26" s="3" t="n">
-        <x:v>15573</x:v>
+        <x:v>15614</x:v>
       </x:c>
       <x:c r="AH26" s="3" t="n">
-        <x:v>15186</x:v>
+        <x:v>15263</x:v>
       </x:c>
       <x:c r="AI26" s="3" t="n">
-        <x:v>15395</x:v>
+        <x:v>15508</x:v>
       </x:c>
       <x:c r="AJ26" s="3" t="n">
-        <x:v>16366</x:v>
+        <x:v>16531</x:v>
       </x:c>
       <x:c r="AK26" s="3" t="n">
-        <x:v>16985</x:v>
+        <x:v>17194</x:v>
       </x:c>
       <x:c r="AL26" s="3" t="n">
-        <x:v>18366</x:v>
+        <x:v>18635</x:v>
       </x:c>
       <x:c r="AM26" s="3" t="n">
-        <x:v>19545</x:v>
+        <x:v>19884</x:v>
       </x:c>
       <x:c r="AN26" s="3" t="n">
-        <x:v>16431</x:v>
+        <x:v>16797</x:v>
       </x:c>
       <x:c r="AO26" s="3" t="n">
-        <x:v>13769</x:v>
+        <x:v>14095</x:v>
       </x:c>
       <x:c r="AP26" s="3" t="n">
-        <x:v>13092</x:v>
+        <x:v>13422</x:v>
       </x:c>
       <x:c r="AQ26" s="3" t="n">
-        <x:v>13740</x:v>
+        <x:v>14117</x:v>
       </x:c>
       <x:c r="AR26" s="3" t="n">
-        <x:v>13607</x:v>
+        <x:v>14017</x:v>
       </x:c>
       <x:c r="AS26" s="3" t="n">
-        <x:v>13595</x:v>
+        <x:v>14028</x:v>
       </x:c>
       <x:c r="AT26" s="3" t="n">
-        <x:v>13842</x:v>
+        <x:v>14308</x:v>
       </x:c>
       <x:c r="AU26" s="3" t="n">
-        <x:v>13514</x:v>
+        <x:v>13999</x:v>
       </x:c>
       <x:c r="AV26" s="3" t="n">
-        <x:v>14419</x:v>
+        <x:v>14968</x:v>
       </x:c>
       <x:c r="AW26" s="3" t="n">
-        <x:v>14641</x:v>
+        <x:v>15235</x:v>
       </x:c>
       <x:c r="AX26" s="3" t="n">
-        <x:v>14929</x:v>
+        <x:v>15576</x:v>
       </x:c>
       <x:c r="AY26" s="3" t="n">
-        <x:v>15838</x:v>
+        <x:v>16540</x:v>
       </x:c>
       <x:c r="AZ26" s="3" t="n">
-        <x:v>16482</x:v>
+        <x:v>17259</x:v>
       </x:c>
       <x:c r="BA26" s="3" t="n">
-        <x:v>19459</x:v>
+        <x:v>20425</x:v>
       </x:c>
       <x:c r="BB26" s="3" t="n">
-        <x:v>21436</x:v>
+        <x:v>22479</x:v>
       </x:c>
       <x:c r="BC26" s="3" t="n">
-        <x:v>21710</x:v>
-[...2 lines deleted...]
-        <x:v>23354</x:v>
+        <x:v>20113</x:v>
       </x:c>
     </x:row>
-    <x:row r="27" spans="1:56">
+    <x:row r="27" spans="1:55">
       <x:c r="A27" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
         <x:v>1315</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>1461</x:v>
       </x:c>
       <x:c r="D27" s="3" t="n">
         <x:v>1524</x:v>
       </x:c>
       <x:c r="E27" s="3" t="n">
         <x:v>1716</x:v>
       </x:c>
       <x:c r="F27" s="3" t="n">
         <x:v>2130</x:v>
       </x:c>
       <x:c r="G27" s="3" t="n">
         <x:v>2706</x:v>
       </x:c>
       <x:c r="H27" s="3" t="n">
         <x:v>3290</x:v>
       </x:c>
       <x:c r="I27" s="3" t="n">
         <x:v>4154</x:v>
       </x:c>
@@ -4832,125 +4777,122 @@
       <x:c r="Y27" s="3" t="n">
         <x:v>12394</x:v>
       </x:c>
       <x:c r="Z27" s="3" t="n">
         <x:v>12801</x:v>
       </x:c>
       <x:c r="AA27" s="3" t="n">
         <x:v>14660</x:v>
       </x:c>
       <x:c r="AB27" s="3" t="n">
         <x:v>16499</x:v>
       </x:c>
       <x:c r="AC27" s="3" t="n">
         <x:v>18848</x:v>
       </x:c>
       <x:c r="AD27" s="3" t="n">
         <x:v>18200</x:v>
       </x:c>
       <x:c r="AE27" s="3" t="n">
         <x:v>17768</x:v>
       </x:c>
       <x:c r="AF27" s="3" t="n">
         <x:v>17846</x:v>
       </x:c>
       <x:c r="AG27" s="3" t="n">
-        <x:v>19486</x:v>
+        <x:v>19495</x:v>
       </x:c>
       <x:c r="AH27" s="3" t="n">
-        <x:v>21643</x:v>
+        <x:v>21662</x:v>
       </x:c>
       <x:c r="AI27" s="3" t="n">
-        <x:v>17768</x:v>
+        <x:v>17794</x:v>
       </x:c>
       <x:c r="AJ27" s="3" t="n">
-        <x:v>19475</x:v>
+        <x:v>19511</x:v>
       </x:c>
       <x:c r="AK27" s="3" t="n">
-        <x:v>21868</x:v>
+        <x:v>21917</x:v>
       </x:c>
       <x:c r="AL27" s="3" t="n">
-        <x:v>28115</x:v>
+        <x:v>28188</x:v>
       </x:c>
       <x:c r="AM27" s="3" t="n">
-        <x:v>33936</x:v>
+        <x:v>34041</x:v>
       </x:c>
       <x:c r="AN27" s="3" t="n">
-        <x:v>35017</x:v>
+        <x:v>35139</x:v>
       </x:c>
       <x:c r="AO27" s="3" t="n">
-        <x:v>34009</x:v>
+        <x:v>34135</x:v>
       </x:c>
       <x:c r="AP27" s="3" t="n">
-        <x:v>32792</x:v>
+        <x:v>32930</x:v>
       </x:c>
       <x:c r="AQ27" s="3" t="n">
-        <x:v>35719</x:v>
+        <x:v>35891</x:v>
       </x:c>
       <x:c r="AR27" s="3" t="n">
-        <x:v>38055</x:v>
+        <x:v>38245</x:v>
       </x:c>
       <x:c r="AS27" s="3" t="n">
-        <x:v>44698</x:v>
+        <x:v>44938</x:v>
       </x:c>
       <x:c r="AT27" s="3" t="n">
-        <x:v>44353</x:v>
+        <x:v>44606</x:v>
       </x:c>
       <x:c r="AU27" s="3" t="n">
-        <x:v>43900</x:v>
+        <x:v>44182</x:v>
       </x:c>
       <x:c r="AV27" s="3" t="n">
-        <x:v>40752</x:v>
+        <x:v>41037</x:v>
       </x:c>
       <x:c r="AW27" s="3" t="n">
-        <x:v>41864</x:v>
+        <x:v>42174</x:v>
       </x:c>
       <x:c r="AX27" s="3" t="n">
-        <x:v>44395</x:v>
+        <x:v>44748</x:v>
       </x:c>
       <x:c r="AY27" s="3" t="n">
-        <x:v>49593</x:v>
+        <x:v>50004</x:v>
       </x:c>
       <x:c r="AZ27" s="3" t="n">
-        <x:v>53778</x:v>
+        <x:v>54230</x:v>
       </x:c>
       <x:c r="BA27" s="3" t="n">
-        <x:v>49410</x:v>
+        <x:v>49867</x:v>
       </x:c>
       <x:c r="BB27" s="3" t="n">
-        <x:v>57804</x:v>
+        <x:v>58344</x:v>
       </x:c>
       <x:c r="BC27" s="3" t="n">
-        <x:v>65358</x:v>
-[...2 lines deleted...]
-        <x:v>75044</x:v>
+        <x:v>64256</x:v>
       </x:c>
     </x:row>
-    <x:row r="28" spans="1:56">
+    <x:row r="28" spans="1:55">
       <x:c r="A28" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
         <x:v>2677</x:v>
       </x:c>
       <x:c r="C28" s="3" t="n">
         <x:v>2826</x:v>
       </x:c>
       <x:c r="D28" s="3" t="n">
         <x:v>3158</x:v>
       </x:c>
       <x:c r="E28" s="3" t="n">
         <x:v>3604</x:v>
       </x:c>
       <x:c r="F28" s="3" t="n">
         <x:v>4362</x:v>
       </x:c>
       <x:c r="G28" s="3" t="n">
         <x:v>4914</x:v>
       </x:c>
       <x:c r="H28" s="3" t="n">
         <x:v>5704</x:v>
       </x:c>
       <x:c r="I28" s="3" t="n">
         <x:v>6625</x:v>
       </x:c>
@@ -5020,107 +4962,104 @@
       <x:c r="AE28" s="3" t="n">
         <x:v>33374</x:v>
       </x:c>
       <x:c r="AF28" s="3" t="n">
         <x:v>34660</x:v>
       </x:c>
       <x:c r="AG28" s="3" t="n">
         <x:v>39221</x:v>
       </x:c>
       <x:c r="AH28" s="3" t="n">
         <x:v>43207</x:v>
       </x:c>
       <x:c r="AI28" s="3" t="n">
         <x:v>48048</x:v>
       </x:c>
       <x:c r="AJ28" s="3" t="n">
         <x:v>47080</x:v>
       </x:c>
       <x:c r="AK28" s="3" t="n">
         <x:v>55166</x:v>
       </x:c>
       <x:c r="AL28" s="3" t="n">
         <x:v>61686</x:v>
       </x:c>
       <x:c r="AM28" s="3" t="n">
-        <x:v>56159</x:v>
+        <x:v>56162</x:v>
       </x:c>
       <x:c r="AN28" s="3" t="n">
-        <x:v>73032</x:v>
+        <x:v>73037</x:v>
       </x:c>
       <x:c r="AO28" s="3" t="n">
-        <x:v>67608</x:v>
+        <x:v>67614</x:v>
       </x:c>
       <x:c r="AP28" s="3" t="n">
-        <x:v>77041</x:v>
+        <x:v>77052</x:v>
       </x:c>
       <x:c r="AQ28" s="3" t="n">
-        <x:v>72334</x:v>
+        <x:v>72346</x:v>
       </x:c>
       <x:c r="AR28" s="3" t="n">
-        <x:v>69893</x:v>
+        <x:v>69908</x:v>
       </x:c>
       <x:c r="AS28" s="3" t="n">
-        <x:v>72089</x:v>
+        <x:v>72108</x:v>
       </x:c>
       <x:c r="AT28" s="3" t="n">
-        <x:v>71465</x:v>
+        <x:v>71487</x:v>
       </x:c>
       <x:c r="AU28" s="3" t="n">
-        <x:v>68118</x:v>
+        <x:v>68131</x:v>
       </x:c>
       <x:c r="AV28" s="3" t="n">
-        <x:v>77517</x:v>
+        <x:v>77537</x:v>
       </x:c>
       <x:c r="AW28" s="3" t="n">
-        <x:v>81700</x:v>
+        <x:v>81718</x:v>
       </x:c>
       <x:c r="AX28" s="3" t="n">
-        <x:v>101487</x:v>
+        <x:v>101511</x:v>
       </x:c>
       <x:c r="AY28" s="3" t="n">
-        <x:v>97687</x:v>
+        <x:v>97713</x:v>
       </x:c>
       <x:c r="AZ28" s="3" t="n">
-        <x:v>71698</x:v>
+        <x:v>71722</x:v>
       </x:c>
       <x:c r="BA28" s="3" t="n">
-        <x:v>145610</x:v>
+        <x:v>145654</x:v>
       </x:c>
       <x:c r="BB28" s="3" t="n">
-        <x:v>230292</x:v>
+        <x:v>235798</x:v>
       </x:c>
       <x:c r="BC28" s="3" t="n">
-        <x:v>167302</x:v>
-[...2 lines deleted...]
-        <x:v>147765</x:v>
+        <x:v>179068</x:v>
       </x:c>
     </x:row>
-    <x:row r="29" spans="1:56">
+    <x:row r="29" spans="1:55">
       <x:c r="A29" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>492</x:v>
       </x:c>
       <x:c r="D29" s="3" t="n">
         <x:v>546</x:v>
       </x:c>
       <x:c r="E29" s="3" t="n">
         <x:v>655</x:v>
       </x:c>
       <x:c r="F29" s="3" t="n">
         <x:v>746</x:v>
       </x:c>
       <x:c r="G29" s="3" t="n">
         <x:v>944</x:v>
       </x:c>
       <x:c r="H29" s="3" t="n">
         <x:v>1207</x:v>
       </x:c>
       <x:c r="I29" s="3" t="n">
         <x:v>1491</x:v>
       </x:c>
@@ -5172,125 +5111,122 @@
       <x:c r="Y29" s="3" t="n">
         <x:v>8583</x:v>
       </x:c>
       <x:c r="Z29" s="3" t="n">
         <x:v>9164</x:v>
       </x:c>
       <x:c r="AA29" s="3" t="n">
         <x:v>9659</x:v>
       </x:c>
       <x:c r="AB29" s="3" t="n">
         <x:v>10697</x:v>
       </x:c>
       <x:c r="AC29" s="3" t="n">
         <x:v>12358</x:v>
       </x:c>
       <x:c r="AD29" s="3" t="n">
         <x:v>13854</x:v>
       </x:c>
       <x:c r="AE29" s="3" t="n">
         <x:v>15501</x:v>
       </x:c>
       <x:c r="AF29" s="3" t="n">
         <x:v>17651</x:v>
       </x:c>
       <x:c r="AG29" s="3" t="n">
-        <x:v>19205</x:v>
+        <x:v>19216</x:v>
       </x:c>
       <x:c r="AH29" s="3" t="n">
-        <x:v>20251</x:v>
+        <x:v>20276</x:v>
       </x:c>
       <x:c r="AI29" s="3" t="n">
-        <x:v>21508</x:v>
+        <x:v>21550</x:v>
       </x:c>
       <x:c r="AJ29" s="3" t="n">
-        <x:v>23899</x:v>
+        <x:v>23968</x:v>
       </x:c>
       <x:c r="AK29" s="3" t="n">
-        <x:v>25559</x:v>
+        <x:v>25656</x:v>
       </x:c>
       <x:c r="AL29" s="3" t="n">
-        <x:v>27388</x:v>
+        <x:v>27520</x:v>
       </x:c>
       <x:c r="AM29" s="3" t="n">
-        <x:v>29515</x:v>
+        <x:v>29688</x:v>
       </x:c>
       <x:c r="AN29" s="3" t="n">
-        <x:v>34771</x:v>
+        <x:v>35014</x:v>
       </x:c>
       <x:c r="AO29" s="3" t="n">
-        <x:v>34093</x:v>
+        <x:v>34341</x:v>
       </x:c>
       <x:c r="AP29" s="3" t="n">
-        <x:v>37137</x:v>
+        <x:v>37438</x:v>
       </x:c>
       <x:c r="AQ29" s="3" t="n">
-        <x:v>39651</x:v>
+        <x:v>40008</x:v>
       </x:c>
       <x:c r="AR29" s="3" t="n">
-        <x:v>40627</x:v>
+        <x:v>41019</x:v>
       </x:c>
       <x:c r="AS29" s="3" t="n">
-        <x:v>41840</x:v>
+        <x:v>42265</x:v>
       </x:c>
       <x:c r="AT29" s="3" t="n">
-        <x:v>43897</x:v>
+        <x:v>44308</x:v>
       </x:c>
       <x:c r="AU29" s="3" t="n">
-        <x:v>46797</x:v>
+        <x:v>47269</x:v>
       </x:c>
       <x:c r="AV29" s="3" t="n">
-        <x:v>49749</x:v>
+        <x:v>50287</x:v>
       </x:c>
       <x:c r="AW29" s="3" t="n">
-        <x:v>53492</x:v>
+        <x:v>54138</x:v>
       </x:c>
       <x:c r="AX29" s="3" t="n">
-        <x:v>57268</x:v>
+        <x:v>57988</x:v>
       </x:c>
       <x:c r="AY29" s="3" t="n">
-        <x:v>60442</x:v>
+        <x:v>61225</x:v>
       </x:c>
       <x:c r="AZ29" s="3" t="n">
-        <x:v>64480</x:v>
+        <x:v>65433</x:v>
       </x:c>
       <x:c r="BA29" s="3" t="n">
-        <x:v>72545</x:v>
+        <x:v>73660</x:v>
       </x:c>
       <x:c r="BB29" s="3" t="n">
-        <x:v>81702</x:v>
+        <x:v>82702</x:v>
       </x:c>
       <x:c r="BC29" s="3" t="n">
-        <x:v>87065</x:v>
-[...2 lines deleted...]
-        <x:v>93283</x:v>
+        <x:v>85592</x:v>
       </x:c>
     </x:row>
-    <x:row r="30" spans="1:56">
+    <x:row r="30" spans="1:55">
       <x:c r="A30" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
         <x:v>12279</x:v>
       </x:c>
       <x:c r="C30" s="3" t="n">
         <x:v>14175</x:v>
       </x:c>
       <x:c r="D30" s="3" t="n">
         <x:v>15524</x:v>
       </x:c>
       <x:c r="E30" s="3" t="n">
         <x:v>16812</x:v>
       </x:c>
       <x:c r="F30" s="3" t="n">
         <x:v>20653</x:v>
       </x:c>
       <x:c r="G30" s="3" t="n">
         <x:v>24166</x:v>
       </x:c>
       <x:c r="H30" s="3" t="n">
         <x:v>27141</x:v>
       </x:c>
       <x:c r="I30" s="3" t="n">
         <x:v>30838</x:v>
       </x:c>
@@ -5342,125 +5278,122 @@
       <x:c r="Y30" s="3" t="n">
         <x:v>78707</x:v>
       </x:c>
       <x:c r="Z30" s="3" t="n">
         <x:v>87700</x:v>
       </x:c>
       <x:c r="AA30" s="3" t="n">
         <x:v>98918</x:v>
       </x:c>
       <x:c r="AB30" s="3" t="n">
         <x:v>108182</x:v>
       </x:c>
       <x:c r="AC30" s="3" t="n">
         <x:v>121370</x:v>
       </x:c>
       <x:c r="AD30" s="3" t="n">
         <x:v>133211</x:v>
       </x:c>
       <x:c r="AE30" s="3" t="n">
         <x:v>140980</x:v>
       </x:c>
       <x:c r="AF30" s="3" t="n">
         <x:v>146692</x:v>
       </x:c>
       <x:c r="AG30" s="3" t="n">
-        <x:v>159088</x:v>
+        <x:v>158825</x:v>
       </x:c>
       <x:c r="AH30" s="3" t="n">
-        <x:v>168589</x:v>
+        <x:v>167915</x:v>
       </x:c>
       <x:c r="AI30" s="3" t="n">
-        <x:v>180596</x:v>
+        <x:v>179370</x:v>
       </x:c>
       <x:c r="AJ30" s="3" t="n">
-        <x:v>203576</x:v>
+        <x:v>201454</x:v>
       </x:c>
       <x:c r="AK30" s="3" t="n">
-        <x:v>233268</x:v>
+        <x:v>229879</x:v>
       </x:c>
       <x:c r="AL30" s="3" t="n">
-        <x:v>274036</x:v>
+        <x:v>268580</x:v>
       </x:c>
       <x:c r="AM30" s="3" t="n">
-        <x:v>331235</x:v>
+        <x:v>323671</x:v>
       </x:c>
       <x:c r="AN30" s="3" t="n">
-        <x:v>359750</x:v>
+        <x:v>352641</x:v>
       </x:c>
       <x:c r="AO30" s="3" t="n">
-        <x:v>323880</x:v>
+        <x:v>317489</x:v>
       </x:c>
       <x:c r="AP30" s="3" t="n">
-        <x:v>327969</x:v>
+        <x:v>319626</x:v>
       </x:c>
       <x:c r="AQ30" s="3" t="n">
-        <x:v>373876</x:v>
+        <x:v>360984</x:v>
       </x:c>
       <x:c r="AR30" s="3" t="n">
-        <x:v>426140</x:v>
+        <x:v>408378</x:v>
       </x:c>
       <x:c r="AS30" s="3" t="n">
-        <x:v>445764</x:v>
+        <x:v>426468</x:v>
       </x:c>
       <x:c r="AT30" s="3" t="n">
-        <x:v>471986</x:v>
+        <x:v>450408</x:v>
       </x:c>
       <x:c r="AU30" s="3" t="n">
-        <x:v>498012</x:v>
+        <x:v>471274</x:v>
       </x:c>
       <x:c r="AV30" s="3" t="n">
-        <x:v>535218</x:v>
+        <x:v>502106</x:v>
       </x:c>
       <x:c r="AW30" s="3" t="n">
-        <x:v>570854</x:v>
+        <x:v>533792</x:v>
       </x:c>
       <x:c r="AX30" s="3" t="n">
-        <x:v>612331</x:v>
+        <x:v>571008</x:v>
       </x:c>
       <x:c r="AY30" s="3" t="n">
-        <x:v>639783</x:v>
+        <x:v>597545</x:v>
       </x:c>
       <x:c r="AZ30" s="3" t="n">
-        <x:v>634470</x:v>
+        <x:v>592793</x:v>
       </x:c>
       <x:c r="BA30" s="3" t="n">
-        <x:v>685006</x:v>
+        <x:v>635284</x:v>
       </x:c>
       <x:c r="BB30" s="3" t="n">
-        <x:v>759459</x:v>
+        <x:v>704675</x:v>
       </x:c>
       <x:c r="BC30" s="3" t="n">
-        <x:v>778358</x:v>
-[...2 lines deleted...]
-        <x:v>773754</x:v>
+        <x:v>714098</x:v>
       </x:c>
     </x:row>
-    <x:row r="31" spans="1:56">
+    <x:row r="31" spans="1:55">
       <x:c r="A31" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
         <x:v>19206</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>21246</x:v>
       </x:c>
       <x:c r="D31" s="3" t="n">
         <x:v>23421</x:v>
       </x:c>
       <x:c r="E31" s="3" t="n">
         <x:v>26091</x:v>
       </x:c>
       <x:c r="F31" s="3" t="n">
         <x:v>31357</x:v>
       </x:c>
       <x:c r="G31" s="3" t="n">
         <x:v>35524</x:v>
       </x:c>
       <x:c r="H31" s="3" t="n">
         <x:v>40055</x:v>
       </x:c>
       <x:c r="I31" s="3" t="n">
         <x:v>45391</x:v>
       </x:c>
@@ -5512,125 +5445,122 @@
       <x:c r="Y31" s="3" t="n">
         <x:v>141802</x:v>
       </x:c>
       <x:c r="Z31" s="3" t="n">
         <x:v>150302</x:v>
       </x:c>
       <x:c r="AA31" s="3" t="n">
         <x:v>159047</x:v>
       </x:c>
       <x:c r="AB31" s="3" t="n">
         <x:v>170863</x:v>
       </x:c>
       <x:c r="AC31" s="3" t="n">
         <x:v>180471</x:v>
       </x:c>
       <x:c r="AD31" s="3" t="n">
         <x:v>194291</x:v>
       </x:c>
       <x:c r="AE31" s="3" t="n">
         <x:v>202005</x:v>
       </x:c>
       <x:c r="AF31" s="3" t="n">
         <x:v>212719</x:v>
       </x:c>
       <x:c r="AG31" s="3" t="n">
-        <x:v>220457</x:v>
+        <x:v>220065</x:v>
       </x:c>
       <x:c r="AH31" s="3" t="n">
-        <x:v>227892</x:v>
+        <x:v>227155</x:v>
       </x:c>
       <x:c r="AI31" s="3" t="n">
-        <x:v>236082</x:v>
+        <x:v>234903</x:v>
       </x:c>
       <x:c r="AJ31" s="3" t="n">
-        <x:v>256705</x:v>
+        <x:v>254914</x:v>
       </x:c>
       <x:c r="AK31" s="3" t="n">
-        <x:v>274401</x:v>
+        <x:v>272105</x:v>
       </x:c>
       <x:c r="AL31" s="3" t="n">
-        <x:v>301319</x:v>
+        <x:v>298133</x:v>
       </x:c>
       <x:c r="AM31" s="3" t="n">
-        <x:v>335270</x:v>
+        <x:v>331208</x:v>
       </x:c>
       <x:c r="AN31" s="3" t="n">
-        <x:v>375647</x:v>
+        <x:v>370265</x:v>
       </x:c>
       <x:c r="AO31" s="3" t="n">
-        <x:v>334084</x:v>
+        <x:v>329088</x:v>
       </x:c>
       <x:c r="AP31" s="3" t="n">
-        <x:v>342407</x:v>
+        <x:v>336958</x:v>
       </x:c>
       <x:c r="AQ31" s="3" t="n">
-        <x:v>362310</x:v>
+        <x:v>355889</x:v>
       </x:c>
       <x:c r="AR31" s="3" t="n">
-        <x:v>376111</x:v>
+        <x:v>368733</x:v>
       </x:c>
       <x:c r="AS31" s="3" t="n">
-        <x:v>378897</x:v>
+        <x:v>371016</x:v>
       </x:c>
       <x:c r="AT31" s="3" t="n">
-        <x:v>395979</x:v>
+        <x:v>387095</x:v>
       </x:c>
       <x:c r="AU31" s="3" t="n">
-        <x:v>403439</x:v>
+        <x:v>394179</x:v>
       </x:c>
       <x:c r="AV31" s="3" t="n">
-        <x:v>420286</x:v>
+        <x:v>410232</x:v>
       </x:c>
       <x:c r="AW31" s="3" t="n">
-        <x:v>431481</x:v>
+        <x:v>420547</x:v>
       </x:c>
       <x:c r="AX31" s="3" t="n">
-        <x:v>450479</x:v>
+        <x:v>438243</x:v>
       </x:c>
       <x:c r="AY31" s="3" t="n">
-        <x:v>469266</x:v>
+        <x:v>455412</x:v>
       </x:c>
       <x:c r="AZ31" s="3" t="n">
-        <x:v>477293</x:v>
+        <x:v>462608</x:v>
       </x:c>
       <x:c r="BA31" s="3" t="n">
-        <x:v>541380</x:v>
+        <x:v>523757</x:v>
       </x:c>
       <x:c r="BB31" s="3" t="n">
-        <x:v>574094</x:v>
+        <x:v>560404</x:v>
       </x:c>
       <x:c r="BC31" s="3" t="n">
-        <x:v>601544</x:v>
-[...2 lines deleted...]
-        <x:v>626303</x:v>
+        <x:v>583855</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:56">
+    <x:row r="32" spans="1:55">
       <x:c r="A32" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C32" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D32" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E32" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F32" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G32" s="3" t="n">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H32" s="3" t="n">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I32" s="3" t="n">
         <x:v>489</x:v>
       </x:c>
@@ -5748,59 +5678,56 @@
       <x:c r="AU32" s="3" t="n">
         <x:v>18794</x:v>
       </x:c>
       <x:c r="AV32" s="3" t="n">
         <x:v>19769</x:v>
       </x:c>
       <x:c r="AW32" s="3" t="n">
         <x:v>19729</x:v>
       </x:c>
       <x:c r="AX32" s="3" t="n">
         <x:v>20010</x:v>
       </x:c>
       <x:c r="AY32" s="3" t="n">
         <x:v>20930</x:v>
       </x:c>
       <x:c r="AZ32" s="3" t="n">
         <x:v>20813</x:v>
       </x:c>
       <x:c r="BA32" s="3" t="n">
         <x:v>18363</x:v>
       </x:c>
       <x:c r="BB32" s="3" t="n">
         <x:v>18857</x:v>
       </x:c>
       <x:c r="BC32" s="3" t="n">
-        <x:v>15922</x:v>
-[...2 lines deleted...]
-        <x:v>17341</x:v>
+        <x:v>15535</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:56">
+    <x:row r="33" spans="1:55">
       <x:c r="A33" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
         <x:v>13039</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>14703</x:v>
       </x:c>
       <x:c r="D33" s="3" t="n">
         <x:v>14954</x:v>
       </x:c>
       <x:c r="E33" s="3" t="n">
         <x:v>17608</x:v>
       </x:c>
       <x:c r="F33" s="3" t="n">
         <x:v>20357</x:v>
       </x:c>
       <x:c r="G33" s="3" t="n">
         <x:v>18289</x:v>
       </x:c>
       <x:c r="H33" s="3" t="n">
         <x:v>19196</x:v>
       </x:c>
       <x:c r="I33" s="3" t="n">
         <x:v>19247</x:v>
       </x:c>
@@ -5852,125 +5779,122 @@
       <x:c r="Y33" s="3" t="n">
         <x:v>55340</x:v>
       </x:c>
       <x:c r="Z33" s="3" t="n">
         <x:v>53496</x:v>
       </x:c>
       <x:c r="AA33" s="3" t="n">
         <x:v>54662</x:v>
       </x:c>
       <x:c r="AB33" s="3" t="n">
         <x:v>57101</x:v>
       </x:c>
       <x:c r="AC33" s="3" t="n">
         <x:v>65546</x:v>
       </x:c>
       <x:c r="AD33" s="3" t="n">
         <x:v>64783</x:v>
       </x:c>
       <x:c r="AE33" s="3" t="n">
         <x:v>66926</x:v>
       </x:c>
       <x:c r="AF33" s="3" t="n">
         <x:v>87585</x:v>
       </x:c>
       <x:c r="AG33" s="3" t="n">
-        <x:v>103589</x:v>
+        <x:v>103703</x:v>
       </x:c>
       <x:c r="AH33" s="3" t="n">
-        <x:v>92053</x:v>
+        <x:v>92255</x:v>
       </x:c>
       <x:c r="AI33" s="3" t="n">
-        <x:v>92386</x:v>
+        <x:v>92685</x:v>
       </x:c>
       <x:c r="AJ33" s="3" t="n">
-        <x:v>89448</x:v>
+        <x:v>89838</x:v>
       </x:c>
       <x:c r="AK33" s="3" t="n">
-        <x:v>96083</x:v>
+        <x:v>96629</x:v>
       </x:c>
       <x:c r="AL33" s="3" t="n">
-        <x:v>91776</x:v>
+        <x:v>92398</x:v>
       </x:c>
       <x:c r="AM33" s="3" t="n">
-        <x:v>96397</x:v>
+        <x:v>97163</x:v>
       </x:c>
       <x:c r="AN33" s="3" t="n">
-        <x:v>100212</x:v>
+        <x:v>101108</x:v>
       </x:c>
       <x:c r="AO33" s="3" t="n">
-        <x:v>79511</x:v>
+        <x:v>80355</x:v>
       </x:c>
       <x:c r="AP33" s="3" t="n">
-        <x:v>84180</x:v>
+        <x:v>85130</x:v>
       </x:c>
       <x:c r="AQ33" s="3" t="n">
-        <x:v>85892</x:v>
+        <x:v>86958</x:v>
       </x:c>
       <x:c r="AR33" s="3" t="n">
-        <x:v>94615</x:v>
+        <x:v>95915</x:v>
       </x:c>
       <x:c r="AS33" s="3" t="n">
-        <x:v>98535</x:v>
+        <x:v>99966</x:v>
       </x:c>
       <x:c r="AT33" s="3" t="n">
-        <x:v>107408</x:v>
+        <x:v>109080</x:v>
       </x:c>
       <x:c r="AU33" s="3" t="n">
-        <x:v>118731</x:v>
+        <x:v>120692</x:v>
       </x:c>
       <x:c r="AV33" s="3" t="n">
-        <x:v>113262</x:v>
+        <x:v>115315</x:v>
       </x:c>
       <x:c r="AW33" s="3" t="n">
-        <x:v>111187</x:v>
+        <x:v>113358</x:v>
       </x:c>
       <x:c r="AX33" s="3" t="n">
-        <x:v>122224</x:v>
+        <x:v>124653</x:v>
       </x:c>
       <x:c r="AY33" s="3" t="n">
-        <x:v>130615</x:v>
+        <x:v>133336</x:v>
       </x:c>
       <x:c r="AZ33" s="3" t="n">
-        <x:v>109071</x:v>
+        <x:v>111251</x:v>
       </x:c>
       <x:c r="BA33" s="3" t="n">
-        <x:v>124650</x:v>
+        <x:v>127251</x:v>
       </x:c>
       <x:c r="BB33" s="3" t="n">
-        <x:v>186102</x:v>
+        <x:v>190838</x:v>
       </x:c>
       <x:c r="BC33" s="3" t="n">
-        <x:v>170462</x:v>
-[...2 lines deleted...]
-        <x:v>171754</x:v>
+        <x:v>188287</x:v>
       </x:c>
     </x:row>
-    <x:row r="34" spans="1:56">
+    <x:row r="34" spans="1:55">
       <x:c r="A34" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
         <x:v>7070</x:v>
       </x:c>
       <x:c r="C34" s="3" t="n">
         <x:v>7786</x:v>
       </x:c>
       <x:c r="D34" s="3" t="n">
         <x:v>8538</x:v>
       </x:c>
       <x:c r="E34" s="3" t="n">
         <x:v>9421</x:v>
       </x:c>
       <x:c r="F34" s="3" t="n">
         <x:v>10970</x:v>
       </x:c>
       <x:c r="G34" s="3" t="n">
         <x:v>12599</x:v>
       </x:c>
       <x:c r="H34" s="3" t="n">
         <x:v>14809</x:v>
       </x:c>
       <x:c r="I34" s="3" t="n">
         <x:v>16964</x:v>
       </x:c>
@@ -6022,125 +5946,122 @@
       <x:c r="Y34" s="3" t="n">
         <x:v>69360</x:v>
       </x:c>
       <x:c r="Z34" s="3" t="n">
         <x:v>73647</x:v>
       </x:c>
       <x:c r="AA34" s="3" t="n">
         <x:v>78712</x:v>
       </x:c>
       <x:c r="AB34" s="3" t="n">
         <x:v>84685</x:v>
       </x:c>
       <x:c r="AC34" s="3" t="n">
         <x:v>90592</x:v>
       </x:c>
       <x:c r="AD34" s="3" t="n">
         <x:v>100559</x:v>
       </x:c>
       <x:c r="AE34" s="3" t="n">
         <x:v>106886</x:v>
       </x:c>
       <x:c r="AF34" s="3" t="n">
         <x:v>112986</x:v>
       </x:c>
       <x:c r="AG34" s="3" t="n">
-        <x:v>118098</x:v>
+        <x:v>118259</x:v>
       </x:c>
       <x:c r="AH34" s="3" t="n">
-        <x:v>120658</x:v>
+        <x:v>120974</x:v>
       </x:c>
       <x:c r="AI34" s="3" t="n">
-        <x:v>121768</x:v>
+        <x:v>122236</x:v>
       </x:c>
       <x:c r="AJ34" s="3" t="n">
-        <x:v>137297</x:v>
+        <x:v>138144</x:v>
       </x:c>
       <x:c r="AK34" s="3" t="n">
-        <x:v>148521</x:v>
+        <x:v>149696</x:v>
       </x:c>
       <x:c r="AL34" s="3" t="n">
-        <x:v>167941</x:v>
+        <x:v>169584</x:v>
       </x:c>
       <x:c r="AM34" s="3" t="n">
-        <x:v>183816</x:v>
+        <x:v>185892</x:v>
       </x:c>
       <x:c r="AN34" s="3" t="n">
-        <x:v>199224</x:v>
+        <x:v>201772</x:v>
       </x:c>
       <x:c r="AO34" s="3" t="n">
-        <x:v>183460</x:v>
+        <x:v>186284</x:v>
       </x:c>
       <x:c r="AP34" s="3" t="n">
-        <x:v>191892</x:v>
+        <x:v>195125</x:v>
       </x:c>
       <x:c r="AQ34" s="3" t="n">
-        <x:v>206034</x:v>
+        <x:v>209881</x:v>
       </x:c>
       <x:c r="AR34" s="3" t="n">
-        <x:v>215942</x:v>
+        <x:v>220492</x:v>
       </x:c>
       <x:c r="AS34" s="3" t="n">
-        <x:v>231861</x:v>
+        <x:v>237276</x:v>
       </x:c>
       <x:c r="AT34" s="3" t="n">
-        <x:v>251826</x:v>
+        <x:v>258314</x:v>
       </x:c>
       <x:c r="AU34" s="3" t="n">
-        <x:v>254484</x:v>
+        <x:v>261335</x:v>
       </x:c>
       <x:c r="AV34" s="3" t="n">
-        <x:v>240510</x:v>
+        <x:v>246862</x:v>
       </x:c>
       <x:c r="AW34" s="3" t="n">
-        <x:v>251753</x:v>
+        <x:v>258736</x:v>
       </x:c>
       <x:c r="AX34" s="3" t="n">
-        <x:v>261467</x:v>
+        <x:v>268719</x:v>
       </x:c>
       <x:c r="AY34" s="3" t="n">
-        <x:v>271182</x:v>
+        <x:v>278952</x:v>
       </x:c>
       <x:c r="AZ34" s="3" t="n">
-        <x:v>218949</x:v>
+        <x:v>225088</x:v>
       </x:c>
       <x:c r="BA34" s="3" t="n">
-        <x:v>235800</x:v>
+        <x:v>242747</x:v>
       </x:c>
       <x:c r="BB34" s="3" t="n">
-        <x:v>296209</x:v>
+        <x:v>308606</x:v>
       </x:c>
       <x:c r="BC34" s="3" t="n">
-        <x:v>333353</x:v>
-[...2 lines deleted...]
-        <x:v>353720</x:v>
+        <x:v>327549</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:56">
+    <x:row r="35" spans="1:55">
       <x:c r="A35" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>549</x:v>
       </x:c>
       <x:c r="D35" s="3" t="n">
         <x:v>639</x:v>
       </x:c>
       <x:c r="E35" s="3" t="n">
         <x:v>758</x:v>
       </x:c>
       <x:c r="F35" s="3" t="n">
         <x:v>872</x:v>
       </x:c>
       <x:c r="G35" s="3" t="n">
         <x:v>1049</x:v>
       </x:c>
       <x:c r="H35" s="3" t="n">
         <x:v>1168</x:v>
       </x:c>
       <x:c r="I35" s="3" t="n">
         <x:v>1296</x:v>
       </x:c>
@@ -6210,107 +6131,104 @@
       <x:c r="AE35" s="3" t="n">
         <x:v>13110</x:v>
       </x:c>
       <x:c r="AF35" s="3" t="n">
         <x:v>13184</x:v>
       </x:c>
       <x:c r="AG35" s="3" t="n">
         <x:v>13742</x:v>
       </x:c>
       <x:c r="AH35" s="3" t="n">
         <x:v>13428</x:v>
       </x:c>
       <x:c r="AI35" s="3" t="n">
         <x:v>13728</x:v>
       </x:c>
       <x:c r="AJ35" s="3" t="n">
         <x:v>14416</x:v>
       </x:c>
       <x:c r="AK35" s="3" t="n">
         <x:v>15588</x:v>
       </x:c>
       <x:c r="AL35" s="3" t="n">
         <x:v>14620</x:v>
       </x:c>
       <x:c r="AM35" s="3" t="n">
-        <x:v>15319</x:v>
+        <x:v>15320</x:v>
       </x:c>
       <x:c r="AN35" s="3" t="n">
-        <x:v>15864</x:v>
+        <x:v>15865</x:v>
       </x:c>
       <x:c r="AO35" s="3" t="n">
-        <x:v>16453</x:v>
+        <x:v>16454</x:v>
       </x:c>
       <x:c r="AP35" s="3" t="n">
-        <x:v>16406</x:v>
+        <x:v>16407</x:v>
       </x:c>
       <x:c r="AQ35" s="3" t="n">
-        <x:v>16399</x:v>
+        <x:v>16400</x:v>
       </x:c>
       <x:c r="AR35" s="3" t="n">
-        <x:v>15783</x:v>
+        <x:v>15784</x:v>
       </x:c>
       <x:c r="AS35" s="3" t="n">
-        <x:v>16419</x:v>
+        <x:v>16420</x:v>
       </x:c>
       <x:c r="AT35" s="3" t="n">
-        <x:v>16591</x:v>
+        <x:v>16592</x:v>
       </x:c>
       <x:c r="AU35" s="3" t="n">
-        <x:v>17726</x:v>
+        <x:v>17727</x:v>
       </x:c>
       <x:c r="AV35" s="3" t="n">
-        <x:v>17571</x:v>
+        <x:v>17572</x:v>
       </x:c>
       <x:c r="AW35" s="3" t="n">
-        <x:v>17583</x:v>
+        <x:v>17584</x:v>
       </x:c>
       <x:c r="AX35" s="3" t="n">
-        <x:v>18196</x:v>
+        <x:v>18198</x:v>
       </x:c>
       <x:c r="AY35" s="3" t="n">
-        <x:v>19362</x:v>
+        <x:v>19364</x:v>
       </x:c>
       <x:c r="AZ35" s="3" t="n">
-        <x:v>19706</x:v>
+        <x:v>19708</x:v>
       </x:c>
       <x:c r="BA35" s="3" t="n">
-        <x:v>20043</x:v>
+        <x:v>20045</x:v>
       </x:c>
       <x:c r="BB35" s="3" t="n">
-        <x:v>20403</x:v>
+        <x:v>20405</x:v>
       </x:c>
       <x:c r="BC35" s="3" t="n">
-        <x:v>21030</x:v>
-[...2 lines deleted...]
-        <x:v>20917</x:v>
+        <x:v>21261</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:56">
+    <x:row r="36" spans="1:55">
       <x:c r="A36" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
         <x:v>2069</x:v>
       </x:c>
       <x:c r="C36" s="3" t="n">
         <x:v>2273</x:v>
       </x:c>
       <x:c r="D36" s="3" t="n">
         <x:v>2594</x:v>
       </x:c>
       <x:c r="E36" s="3" t="n">
         <x:v>2862</x:v>
       </x:c>
       <x:c r="F36" s="3" t="n">
         <x:v>3243</x:v>
       </x:c>
       <x:c r="G36" s="3" t="n">
         <x:v>3937</x:v>
       </x:c>
       <x:c r="H36" s="3" t="n">
         <x:v>4468</x:v>
       </x:c>
       <x:c r="I36" s="3" t="n">
         <x:v>5239</x:v>
       </x:c>
@@ -6362,125 +6280,122 @@
       <x:c r="Y36" s="3" t="n">
         <x:v>25246</x:v>
       </x:c>
       <x:c r="Z36" s="3" t="n">
         <x:v>27131</x:v>
       </x:c>
       <x:c r="AA36" s="3" t="n">
         <x:v>29028</x:v>
       </x:c>
       <x:c r="AB36" s="3" t="n">
         <x:v>31600</x:v>
       </x:c>
       <x:c r="AC36" s="3" t="n">
         <x:v>34489</x:v>
       </x:c>
       <x:c r="AD36" s="3" t="n">
         <x:v>37562</x:v>
       </x:c>
       <x:c r="AE36" s="3" t="n">
         <x:v>40163</x:v>
       </x:c>
       <x:c r="AF36" s="3" t="n">
         <x:v>41148</x:v>
       </x:c>
       <x:c r="AG36" s="3" t="n">
-        <x:v>41783</x:v>
+        <x:v>41812</x:v>
       </x:c>
       <x:c r="AH36" s="3" t="n">
-        <x:v>43581</x:v>
+        <x:v>43641</x:v>
       </x:c>
       <x:c r="AI36" s="3" t="n">
-        <x:v>43914</x:v>
+        <x:v>44005</x:v>
       </x:c>
       <x:c r="AJ36" s="3" t="n">
-        <x:v>44917</x:v>
+        <x:v>45042</x:v>
       </x:c>
       <x:c r="AK36" s="3" t="n">
-        <x:v>46656</x:v>
+        <x:v>46819</x:v>
       </x:c>
       <x:c r="AL36" s="3" t="n">
-        <x:v>51229</x:v>
+        <x:v>51443</x:v>
       </x:c>
       <x:c r="AM36" s="3" t="n">
-        <x:v>56007</x:v>
+        <x:v>56282</x:v>
       </x:c>
       <x:c r="AN36" s="3" t="n">
-        <x:v>60065</x:v>
+        <x:v>60401</x:v>
       </x:c>
       <x:c r="AO36" s="3" t="n">
-        <x:v>60533</x:v>
+        <x:v>60906</x:v>
       </x:c>
       <x:c r="AP36" s="3" t="n">
-        <x:v>62994</x:v>
+        <x:v>63425</x:v>
       </x:c>
       <x:c r="AQ36" s="3" t="n">
-        <x:v>67393</x:v>
+        <x:v>67901</x:v>
       </x:c>
       <x:c r="AR36" s="3" t="n">
-        <x:v>71357</x:v>
+        <x:v>71944</x:v>
       </x:c>
       <x:c r="AS36" s="3" t="n">
-        <x:v>75113</x:v>
+        <x:v>75776</x:v>
       </x:c>
       <x:c r="AT36" s="3" t="n">
-        <x:v>78496</x:v>
+        <x:v>79243</x:v>
       </x:c>
       <x:c r="AU36" s="3" t="n">
-        <x:v>83484</x:v>
+        <x:v>84331</x:v>
       </x:c>
       <x:c r="AV36" s="3" t="n">
-        <x:v>87603</x:v>
+        <x:v>88544</x:v>
       </x:c>
       <x:c r="AW36" s="3" t="n">
-        <x:v>92234</x:v>
+        <x:v>93288</x:v>
       </x:c>
       <x:c r="AX36" s="3" t="n">
-        <x:v>94937</x:v>
+        <x:v>96087</x:v>
       </x:c>
       <x:c r="AY36" s="3" t="n">
-        <x:v>101114</x:v>
+        <x:v>102408</x:v>
       </x:c>
       <x:c r="AZ36" s="3" t="n">
-        <x:v>74631</x:v>
+        <x:v>75576</x:v>
       </x:c>
       <x:c r="BA36" s="3" t="n">
-        <x:v>87231</x:v>
+        <x:v>88435</x:v>
       </x:c>
       <x:c r="BB36" s="3" t="n">
-        <x:v>123056</x:v>
+        <x:v>124783</x:v>
       </x:c>
       <x:c r="BC36" s="3" t="n">
-        <x:v>136171</x:v>
-[...2 lines deleted...]
-        <x:v>143810</x:v>
+        <x:v>137141</x:v>
       </x:c>
     </x:row>
-    <x:row r="37" spans="1:56">
+    <x:row r="37" spans="1:55">
       <x:c r="A37" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
         <x:v>3692</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>4238</x:v>
       </x:c>
       <x:c r="D37" s="3" t="n">
         <x:v>4879</x:v>
       </x:c>
       <x:c r="E37" s="3" t="n">
         <x:v>5641</x:v>
       </x:c>
       <x:c r="F37" s="3" t="n">
         <x:v>6452</x:v>
       </x:c>
       <x:c r="G37" s="3" t="n">
         <x:v>7408</x:v>
       </x:c>
       <x:c r="H37" s="3" t="n">
         <x:v>8579</x:v>
       </x:c>
       <x:c r="I37" s="3" t="n">
         <x:v>9941</x:v>
       </x:c>
@@ -6532,125 +6447,122 @@
       <x:c r="Y37" s="3" t="n">
         <x:v>53035</x:v>
       </x:c>
       <x:c r="Z37" s="3" t="n">
         <x:v>59645</x:v>
       </x:c>
       <x:c r="AA37" s="3" t="n">
         <x:v>66283</x:v>
       </x:c>
       <x:c r="AB37" s="3" t="n">
         <x:v>75816</x:v>
       </x:c>
       <x:c r="AC37" s="3" t="n">
         <x:v>92270</x:v>
       </x:c>
       <x:c r="AD37" s="3" t="n">
         <x:v>105316</x:v>
       </x:c>
       <x:c r="AE37" s="3" t="n">
         <x:v>111995</x:v>
       </x:c>
       <x:c r="AF37" s="3" t="n">
         <x:v>124461</x:v>
       </x:c>
       <x:c r="AG37" s="3" t="n">
-        <x:v>128601</x:v>
+        <x:v>128837</x:v>
       </x:c>
       <x:c r="AH37" s="3" t="n">
-        <x:v>130523</x:v>
+        <x:v>131005</x:v>
       </x:c>
       <x:c r="AI37" s="3" t="n">
-        <x:v>131988</x:v>
+        <x:v>132731</x:v>
       </x:c>
       <x:c r="AJ37" s="3" t="n">
-        <x:v>140557</x:v>
+        <x:v>141608</x:v>
       </x:c>
       <x:c r="AK37" s="3" t="n">
-        <x:v>146236</x:v>
+        <x:v>147585</x:v>
       </x:c>
       <x:c r="AL37" s="3" t="n">
-        <x:v>159363</x:v>
+        <x:v>161115</x:v>
       </x:c>
       <x:c r="AM37" s="3" t="n">
-        <x:v>171320</x:v>
+        <x:v>173505</x:v>
       </x:c>
       <x:c r="AN37" s="3" t="n">
-        <x:v>182870</x:v>
+        <x:v>185468</x:v>
       </x:c>
       <x:c r="AO37" s="3" t="n">
-        <x:v>182226</x:v>
+        <x:v>185121</x:v>
       </x:c>
       <x:c r="AP37" s="3" t="n">
-        <x:v>192235</x:v>
+        <x:v>195562</x:v>
       </x:c>
       <x:c r="AQ37" s="3" t="n">
-        <x:v>198133</x:v>
+        <x:v>201782</x:v>
       </x:c>
       <x:c r="AR37" s="3" t="n">
-        <x:v>203289</x:v>
+        <x:v>207326</x:v>
       </x:c>
       <x:c r="AS37" s="3" t="n">
-        <x:v>211268</x:v>
+        <x:v>215768</x:v>
       </x:c>
       <x:c r="AT37" s="3" t="n">
-        <x:v>222781</x:v>
+        <x:v>227838</x:v>
       </x:c>
       <x:c r="AU37" s="3" t="n">
-        <x:v>230639</x:v>
+        <x:v>236152</x:v>
       </x:c>
       <x:c r="AV37" s="3" t="n">
-        <x:v>232628</x:v>
+        <x:v>238401</x:v>
       </x:c>
       <x:c r="AW37" s="3" t="n">
-        <x:v>245045</x:v>
+        <x:v>251390</x:v>
       </x:c>
       <x:c r="AX37" s="3" t="n">
-        <x:v>261595</x:v>
+        <x:v>268619</x:v>
       </x:c>
       <x:c r="AY37" s="3" t="n">
-        <x:v>282431</x:v>
+        <x:v>290182</x:v>
       </x:c>
       <x:c r="AZ37" s="3" t="n">
-        <x:v>290625</x:v>
+        <x:v>299019</x:v>
       </x:c>
       <x:c r="BA37" s="3" t="n">
-        <x:v>318908</x:v>
+        <x:v>328303</x:v>
       </x:c>
       <x:c r="BB37" s="3" t="n">
-        <x:v>351074</x:v>
+        <x:v>361312</x:v>
       </x:c>
       <x:c r="BC37" s="3" t="n">
-        <x:v>377665</x:v>
-[...2 lines deleted...]
-        <x:v>390565</x:v>
+        <x:v>404198</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:56">
+    <x:row r="38" spans="1:55">
       <x:c r="A38" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
         <x:v>3153</x:v>
       </x:c>
       <x:c r="C38" s="3" t="n">
         <x:v>3722</x:v>
       </x:c>
       <x:c r="D38" s="3" t="n">
         <x:v>4213</x:v>
       </x:c>
       <x:c r="E38" s="3" t="n">
         <x:v>5147</x:v>
       </x:c>
       <x:c r="F38" s="3" t="n">
         <x:v>6358</x:v>
       </x:c>
       <x:c r="G38" s="3" t="n">
         <x:v>7139</x:v>
       </x:c>
       <x:c r="H38" s="3" t="n">
         <x:v>8139</x:v>
       </x:c>
       <x:c r="I38" s="3" t="n">
         <x:v>9176</x:v>
       </x:c>
@@ -6702,125 +6614,122 @@
       <x:c r="Y38" s="3" t="n">
         <x:v>52399</x:v>
       </x:c>
       <x:c r="Z38" s="3" t="n">
         <x:v>52725</x:v>
       </x:c>
       <x:c r="AA38" s="3" t="n">
         <x:v>53761</x:v>
       </x:c>
       <x:c r="AB38" s="3" t="n">
         <x:v>53574</x:v>
       </x:c>
       <x:c r="AC38" s="3" t="n">
         <x:v>57317</x:v>
       </x:c>
       <x:c r="AD38" s="3" t="n">
         <x:v>61265</x:v>
       </x:c>
       <x:c r="AE38" s="3" t="n">
         <x:v>61441</x:v>
       </x:c>
       <x:c r="AF38" s="3" t="n">
         <x:v>68282</x:v>
       </x:c>
       <x:c r="AG38" s="3" t="n">
-        <x:v>70970</x:v>
+        <x:v>71174</x:v>
       </x:c>
       <x:c r="AH38" s="3" t="n">
-        <x:v>74136</x:v>
+        <x:v>74537</x:v>
       </x:c>
       <x:c r="AI38" s="3" t="n">
-        <x:v>88598</x:v>
+        <x:v>89500</x:v>
       </x:c>
       <x:c r="AJ38" s="3" t="n">
-        <x:v>101680</x:v>
+        <x:v>103081</x:v>
       </x:c>
       <x:c r="AK38" s="3" t="n">
-        <x:v>111320</x:v>
+        <x:v>113348</x:v>
       </x:c>
       <x:c r="AL38" s="3" t="n">
-        <x:v>119076</x:v>
+        <x:v>121282</x:v>
       </x:c>
       <x:c r="AM38" s="3" t="n">
-        <x:v>140306</x:v>
+        <x:v>143162</x:v>
       </x:c>
       <x:c r="AN38" s="3" t="n">
-        <x:v>137784</x:v>
+        <x:v>140863</x:v>
       </x:c>
       <x:c r="AO38" s="3" t="n">
-        <x:v>153549</x:v>
+        <x:v>157950</x:v>
       </x:c>
       <x:c r="AP38" s="3" t="n">
-        <x:v>156285</x:v>
+        <x:v>161240</x:v>
       </x:c>
       <x:c r="AQ38" s="3" t="n">
-        <x:v>153503</x:v>
+        <x:v>158841</x:v>
       </x:c>
       <x:c r="AR38" s="3" t="n">
-        <x:v>176683</x:v>
+        <x:v>183991</x:v>
       </x:c>
       <x:c r="AS38" s="3" t="n">
-        <x:v>199156</x:v>
+        <x:v>207600</x:v>
       </x:c>
       <x:c r="AT38" s="3" t="n">
-        <x:v>209476</x:v>
+        <x:v>218694</x:v>
       </x:c>
       <x:c r="AU38" s="3" t="n">
-        <x:v>210828</x:v>
+        <x:v>220251</x:v>
       </x:c>
       <x:c r="AV38" s="3" t="n">
-        <x:v>219869</x:v>
+        <x:v>230274</x:v>
       </x:c>
       <x:c r="AW38" s="3" t="n">
-        <x:v>228981</x:v>
+        <x:v>240864</x:v>
       </x:c>
       <x:c r="AX38" s="3" t="n">
-        <x:v>226851</x:v>
+        <x:v>238460</x:v>
       </x:c>
       <x:c r="AY38" s="3" t="n">
-        <x:v>234426</x:v>
+        <x:v>246976</x:v>
       </x:c>
       <x:c r="AZ38" s="3" t="n">
-        <x:v>259498</x:v>
+        <x:v>276176</x:v>
       </x:c>
       <x:c r="BA38" s="3" t="n">
-        <x:v>268688</x:v>
+        <x:v>285274</x:v>
       </x:c>
       <x:c r="BB38" s="3" t="n">
-        <x:v>254902</x:v>
+        <x:v>272722</x:v>
       </x:c>
       <x:c r="BC38" s="3" t="n">
-        <x:v>287327</x:v>
-[...2 lines deleted...]
-        <x:v>303233</x:v>
+        <x:v>292971</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:56">
+    <x:row r="39" spans="1:55">
       <x:c r="A39" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
         <x:v>954</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>1117</x:v>
       </x:c>
       <x:c r="D39" s="3" t="n">
         <x:v>1263</x:v>
       </x:c>
       <x:c r="E39" s="3" t="n">
         <x:v>1452</x:v>
       </x:c>
       <x:c r="F39" s="3" t="n">
         <x:v>1740</x:v>
       </x:c>
       <x:c r="G39" s="3" t="n">
         <x:v>2121</x:v>
       </x:c>
       <x:c r="H39" s="3" t="n">
         <x:v>2525</x:v>
       </x:c>
       <x:c r="I39" s="3" t="n">
         <x:v>3072</x:v>
       </x:c>
@@ -6872,125 +6781,122 @@
       <x:c r="Y39" s="3" t="n">
         <x:v>11800</x:v>
       </x:c>
       <x:c r="Z39" s="3" t="n">
         <x:v>12988</x:v>
       </x:c>
       <x:c r="AA39" s="3" t="n">
         <x:v>15085</x:v>
       </x:c>
       <x:c r="AB39" s="3" t="n">
         <x:v>18506</x:v>
       </x:c>
       <x:c r="AC39" s="3" t="n">
         <x:v>24821</x:v>
       </x:c>
       <x:c r="AD39" s="3" t="n">
         <x:v>31798</x:v>
       </x:c>
       <x:c r="AE39" s="3" t="n">
         <x:v>45586</x:v>
       </x:c>
       <x:c r="AF39" s="3" t="n">
         <x:v>51311</x:v>
       </x:c>
       <x:c r="AG39" s="3" t="n">
-        <x:v>58091</x:v>
+        <x:v>58154</x:v>
       </x:c>
       <x:c r="AH39" s="3" t="n">
-        <x:v>64794</x:v>
+        <x:v>64935</x:v>
       </x:c>
       <x:c r="AI39" s="3" t="n">
-        <x:v>70429</x:v>
+        <x:v>70659</x:v>
       </x:c>
       <x:c r="AJ39" s="3" t="n">
-        <x:v>76277</x:v>
+        <x:v>76609</x:v>
       </x:c>
       <x:c r="AK39" s="3" t="n">
-        <x:v>79138</x:v>
+        <x:v>79568</x:v>
       </x:c>
       <x:c r="AL39" s="3" t="n">
-        <x:v>84822</x:v>
+        <x:v>85376</x:v>
       </x:c>
       <x:c r="AM39" s="3" t="n">
-        <x:v>90739</x:v>
+        <x:v>91430</x:v>
       </x:c>
       <x:c r="AN39" s="3" t="n">
-        <x:v>99477</x:v>
+        <x:v>100343</x:v>
       </x:c>
       <x:c r="AO39" s="3" t="n">
-        <x:v>105951</x:v>
+        <x:v>106988</x:v>
       </x:c>
       <x:c r="AP39" s="3" t="n">
-        <x:v>107085</x:v>
+        <x:v>108250</x:v>
       </x:c>
       <x:c r="AQ39" s="3" t="n">
-        <x:v>114686</x:v>
+        <x:v>116058</x:v>
       </x:c>
       <x:c r="AR39" s="3" t="n">
-        <x:v>123357</x:v>
+        <x:v>124967</x:v>
       </x:c>
       <x:c r="AS39" s="3" t="n">
-        <x:v>126041</x:v>
+        <x:v>127823</x:v>
       </x:c>
       <x:c r="AT39" s="3" t="n">
-        <x:v>129098</x:v>
+        <x:v>131064</x:v>
       </x:c>
       <x:c r="AU39" s="3" t="n">
-        <x:v>135273</x:v>
+        <x:v>137480</x:v>
       </x:c>
       <x:c r="AV39" s="3" t="n">
-        <x:v>146681</x:v>
+        <x:v>149234</x:v>
       </x:c>
       <x:c r="AW39" s="3" t="n">
-        <x:v>152561</x:v>
+        <x:v>155382</x:v>
       </x:c>
       <x:c r="AX39" s="3" t="n">
-        <x:v>160314</x:v>
+        <x:v>163452</x:v>
       </x:c>
       <x:c r="AY39" s="3" t="n">
-        <x:v>167405</x:v>
+        <x:v>170864</x:v>
       </x:c>
       <x:c r="AZ39" s="3" t="n">
-        <x:v>176413</x:v>
+        <x:v>180250</x:v>
       </x:c>
       <x:c r="BA39" s="3" t="n">
-        <x:v>188685</x:v>
+        <x:v>192995</x:v>
       </x:c>
       <x:c r="BB39" s="3" t="n">
-        <x:v>200666</x:v>
+        <x:v>207167</x:v>
       </x:c>
       <x:c r="BC39" s="3" t="n">
-        <x:v>212991</x:v>
-[...2 lines deleted...]
-        <x:v>219523</x:v>
+        <x:v>215805</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:56">
+    <x:row r="40" spans="1:55">
       <x:c r="A40" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
         <x:v>7614</x:v>
       </x:c>
       <x:c r="C40" s="3" t="n">
         <x:v>8425</x:v>
       </x:c>
       <x:c r="D40" s="3" t="n">
         <x:v>9319</x:v>
       </x:c>
       <x:c r="E40" s="3" t="n">
         <x:v>10468</x:v>
       </x:c>
       <x:c r="F40" s="3" t="n">
         <x:v>12014</x:v>
       </x:c>
       <x:c r="G40" s="3" t="n">
         <x:v>13658</x:v>
       </x:c>
       <x:c r="H40" s="3" t="n">
         <x:v>15391</x:v>
       </x:c>
       <x:c r="I40" s="3" t="n">
         <x:v>17578</x:v>
       </x:c>
@@ -7036,131 +6942,128 @@
       <x:c r="W40" s="3" t="n">
         <x:v>63664</x:v>
       </x:c>
       <x:c r="X40" s="3" t="n">
         <x:v>66353</x:v>
       </x:c>
       <x:c r="Y40" s="3" t="n">
         <x:v>68696</x:v>
       </x:c>
       <x:c r="Z40" s="3" t="n">
         <x:v>69254</x:v>
       </x:c>
       <x:c r="AA40" s="3" t="n">
         <x:v>71335</x:v>
       </x:c>
       <x:c r="AB40" s="3" t="n">
         <x:v>72934</x:v>
       </x:c>
       <x:c r="AC40" s="3" t="n">
         <x:v>75002</x:v>
       </x:c>
       <x:c r="AD40" s="3" t="n">
         <x:v>77099</x:v>
       </x:c>
       <x:c r="AE40" s="3" t="n">
-        <x:v>80392</x:v>
+        <x:v>81686</x:v>
       </x:c>
       <x:c r="AF40" s="3" t="n">
-        <x:v>86618</x:v>
+        <x:v>89421</x:v>
       </x:c>
       <x:c r="AG40" s="3" t="n">
-        <x:v>92038</x:v>
+        <x:v>96471</x:v>
       </x:c>
       <x:c r="AH40" s="3" t="n">
-        <x:v>97446</x:v>
+        <x:v>103704</x:v>
       </x:c>
       <x:c r="AI40" s="3" t="n">
-        <x:v>101582</x:v>
+        <x:v>109863</x:v>
       </x:c>
       <x:c r="AJ40" s="3" t="n">
-        <x:v>106625</x:v>
+        <x:v>117062</x:v>
       </x:c>
       <x:c r="AK40" s="3" t="n">
-        <x:v>112622</x:v>
+        <x:v>127330</x:v>
       </x:c>
       <x:c r="AL40" s="3" t="n">
-        <x:v>119138</x:v>
+        <x:v>138604</x:v>
       </x:c>
       <x:c r="AM40" s="3" t="n">
-        <x:v>124293</x:v>
+        <x:v>148724</x:v>
       </x:c>
       <x:c r="AN40" s="3" t="n">
-        <x:v>130349</x:v>
+        <x:v>160288</x:v>
       </x:c>
       <x:c r="AO40" s="3" t="n">
-        <x:v>134476</x:v>
+        <x:v>169732</x:v>
       </x:c>
       <x:c r="AP40" s="3" t="n">
-        <x:v>141863</x:v>
+        <x:v>183593</x:v>
       </x:c>
       <x:c r="AQ40" s="3" t="n">
-        <x:v>147603</x:v>
+        <x:v>195718</x:v>
       </x:c>
       <x:c r="AR40" s="3" t="n">
-        <x:v>154048</x:v>
+        <x:v>209103</x:v>
       </x:c>
       <x:c r="AS40" s="3" t="n">
-        <x:v>167635</x:v>
+        <x:v>232999</x:v>
       </x:c>
       <x:c r="AT40" s="3" t="n">
-        <x:v>177483</x:v>
+        <x:v>252588</x:v>
       </x:c>
       <x:c r="AU40" s="3" t="n">
-        <x:v>190729</x:v>
+        <x:v>277608</x:v>
       </x:c>
       <x:c r="AV40" s="3" t="n">
-        <x:v>197278</x:v>
+        <x:v>293614</x:v>
       </x:c>
       <x:c r="AW40" s="3" t="n">
-        <x:v>203402</x:v>
+        <x:v>309503</x:v>
       </x:c>
       <x:c r="AX40" s="3" t="n">
-        <x:v>211549</x:v>
+        <x:v>328488</x:v>
       </x:c>
       <x:c r="AY40" s="3" t="n">
-        <x:v>220653</x:v>
+        <x:v>349793</x:v>
       </x:c>
       <x:c r="AZ40" s="3" t="n">
-        <x:v>229035</x:v>
+        <x:v>370556</x:v>
       </x:c>
       <x:c r="BA40" s="3" t="n">
-        <x:v>236185</x:v>
+        <x:v>389780</x:v>
       </x:c>
       <x:c r="BB40" s="3" t="n">
-        <x:v>254094</x:v>
+        <x:v>419298</x:v>
       </x:c>
       <x:c r="BC40" s="3" t="n">
-        <x:v>268209</x:v>
-[...2 lines deleted...]
-        <x:v>283262</x:v>
+        <x:v>435091</x:v>
       </x:c>
     </x:row>
-    <x:row r="41" spans="1:56">
+    <x:row r="41" spans="1:55">
       <x:c r="A41" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
         <x:v>1923</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>2276</x:v>
       </x:c>
       <x:c r="D41" s="3" t="n">
         <x:v>2720</x:v>
       </x:c>
       <x:c r="E41" s="3" t="n">
         <x:v>3089</x:v>
       </x:c>
       <x:c r="F41" s="3" t="n">
         <x:v>3611</x:v>
       </x:c>
       <x:c r="G41" s="3" t="n">
         <x:v>4395</x:v>
       </x:c>
       <x:c r="H41" s="3" t="n">
         <x:v>5228</x:v>
       </x:c>
       <x:c r="I41" s="3" t="n">
         <x:v>6316</x:v>
       </x:c>
@@ -7212,125 +7115,122 @@
       <x:c r="Y41" s="3" t="n">
         <x:v>46579</x:v>
       </x:c>
       <x:c r="Z41" s="3" t="n">
         <x:v>51827</x:v>
       </x:c>
       <x:c r="AA41" s="3" t="n">
         <x:v>55796</x:v>
       </x:c>
       <x:c r="AB41" s="3" t="n">
         <x:v>61065</x:v>
       </x:c>
       <x:c r="AC41" s="3" t="n">
         <x:v>71044</x:v>
       </x:c>
       <x:c r="AD41" s="3" t="n">
         <x:v>77669</x:v>
       </x:c>
       <x:c r="AE41" s="3" t="n">
         <x:v>83824</x:v>
       </x:c>
       <x:c r="AF41" s="3" t="n">
         <x:v>89621</x:v>
       </x:c>
       <x:c r="AG41" s="3" t="n">
-        <x:v>97206</x:v>
+        <x:v>97235</x:v>
       </x:c>
       <x:c r="AH41" s="3" t="n">
-        <x:v>96498</x:v>
+        <x:v>96553</x:v>
       </x:c>
       <x:c r="AI41" s="3" t="n">
-        <x:v>96459</x:v>
+        <x:v>96540</x:v>
       </x:c>
       <x:c r="AJ41" s="3" t="n">
-        <x:v>106489</x:v>
+        <x:v>106608</x:v>
       </x:c>
       <x:c r="AK41" s="3" t="n">
-        <x:v>117327</x:v>
+        <x:v>117494</x:v>
       </x:c>
       <x:c r="AL41" s="3" t="n">
-        <x:v>138365</x:v>
+        <x:v>138616</x:v>
       </x:c>
       <x:c r="AM41" s="3" t="n">
-        <x:v>162448</x:v>
+        <x:v>162797</x:v>
       </x:c>
       <x:c r="AN41" s="3" t="n">
-        <x:v>190901</x:v>
+        <x:v>191376</x:v>
       </x:c>
       <x:c r="AO41" s="3" t="n">
-        <x:v>186206</x:v>
+        <x:v>186729</x:v>
       </x:c>
       <x:c r="AP41" s="3" t="n">
-        <x:v>190976</x:v>
+        <x:v>191572</x:v>
       </x:c>
       <x:c r="AQ41" s="3" t="n">
-        <x:v>200415</x:v>
+        <x:v>201102</x:v>
       </x:c>
       <x:c r="AR41" s="3" t="n">
-        <x:v>218316</x:v>
+        <x:v>219130</x:v>
       </x:c>
       <x:c r="AS41" s="3" t="n">
-        <x:v>232610</x:v>
+        <x:v>233550</x:v>
       </x:c>
       <x:c r="AT41" s="3" t="n">
-        <x:v>239807</x:v>
+        <x:v>240846</x:v>
       </x:c>
       <x:c r="AU41" s="3" t="n">
-        <x:v>233757</x:v>
+        <x:v>234834</x:v>
       </x:c>
       <x:c r="AV41" s="3" t="n">
-        <x:v>229835</x:v>
+        <x:v>230950</x:v>
       </x:c>
       <x:c r="AW41" s="3" t="n">
-        <x:v>242488</x:v>
+        <x:v>243725</x:v>
       </x:c>
       <x:c r="AX41" s="3" t="n">
-        <x:v>266732</x:v>
+        <x:v>268183</x:v>
       </x:c>
       <x:c r="AY41" s="3" t="n">
-        <x:v>295026</x:v>
+        <x:v>296727</x:v>
       </x:c>
       <x:c r="AZ41" s="3" t="n">
-        <x:v>288726</x:v>
+        <x:v>290423</x:v>
       </x:c>
       <x:c r="BA41" s="3" t="n">
-        <x:v>309247</x:v>
+        <x:v>311169</x:v>
       </x:c>
       <x:c r="BB41" s="3" t="n">
-        <x:v>349660</x:v>
+        <x:v>350028</x:v>
       </x:c>
       <x:c r="BC41" s="3" t="n">
-        <x:v>386601</x:v>
-[...2 lines deleted...]
-        <x:v>406697</x:v>
+        <x:v>385045</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:56">
+    <x:row r="42" spans="1:55">
       <x:c r="A42" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
         <x:v>907</x:v>
       </x:c>
       <x:c r="C42" s="3" t="n">
         <x:v>1118</x:v>
       </x:c>
       <x:c r="D42" s="3" t="n">
         <x:v>1337</x:v>
       </x:c>
       <x:c r="E42" s="3" t="n">
         <x:v>1570</x:v>
       </x:c>
       <x:c r="F42" s="3" t="n">
         <x:v>1835</x:v>
       </x:c>
       <x:c r="G42" s="3" t="n">
         <x:v>2280</x:v>
       </x:c>
       <x:c r="H42" s="3" t="n">
         <x:v>2769</x:v>
       </x:c>
       <x:c r="I42" s="3" t="n">
         <x:v>3521</x:v>
       </x:c>
@@ -7382,125 +7282,122 @@
       <x:c r="Y42" s="3" t="n">
         <x:v>17894</x:v>
       </x:c>
       <x:c r="Z42" s="3" t="n">
         <x:v>20521</x:v>
       </x:c>
       <x:c r="AA42" s="3" t="n">
         <x:v>23518</x:v>
       </x:c>
       <x:c r="AB42" s="3" t="n">
         <x:v>27730</x:v>
       </x:c>
       <x:c r="AC42" s="3" t="n">
         <x:v>32950</x:v>
       </x:c>
       <x:c r="AD42" s="3" t="n">
         <x:v>38882</x:v>
       </x:c>
       <x:c r="AE42" s="3" t="n">
         <x:v>50431</x:v>
       </x:c>
       <x:c r="AF42" s="3" t="n">
         <x:v>57250</x:v>
       </x:c>
       <x:c r="AG42" s="3" t="n">
-        <x:v>61357</x:v>
+        <x:v>61562</x:v>
       </x:c>
       <x:c r="AH42" s="3" t="n">
-        <x:v>61524</x:v>
+        <x:v>61938</x:v>
       </x:c>
       <x:c r="AI42" s="3" t="n">
-        <x:v>61626</x:v>
+        <x:v>62250</x:v>
       </x:c>
       <x:c r="AJ42" s="3" t="n">
-        <x:v>63513</x:v>
+        <x:v>64366</x:v>
       </x:c>
       <x:c r="AK42" s="3" t="n">
-        <x:v>72603</x:v>
+        <x:v>73878</x:v>
       </x:c>
       <x:c r="AL42" s="3" t="n">
-        <x:v>84208</x:v>
+        <x:v>86028</x:v>
       </x:c>
       <x:c r="AM42" s="3" t="n">
-        <x:v>98129</x:v>
+        <x:v>100630</x:v>
       </x:c>
       <x:c r="AN42" s="3" t="n">
-        <x:v>109956</x:v>
+        <x:v>113194</x:v>
       </x:c>
       <x:c r="AO42" s="3" t="n">
-        <x:v>109182</x:v>
+        <x:v>112712</x:v>
       </x:c>
       <x:c r="AP42" s="3" t="n">
-        <x:v>116863</x:v>
+        <x:v>121047</x:v>
       </x:c>
       <x:c r="AQ42" s="3" t="n">
-        <x:v>132834</x:v>
+        <x:v>138118</x:v>
       </x:c>
       <x:c r="AR42" s="3" t="n">
-        <x:v>143620</x:v>
+        <x:v>149927</x:v>
       </x:c>
       <x:c r="AS42" s="3" t="n">
-        <x:v>148437</x:v>
+        <x:v>155493</x:v>
       </x:c>
       <x:c r="AT42" s="3" t="n">
-        <x:v>153937</x:v>
+        <x:v>161839</x:v>
       </x:c>
       <x:c r="AU42" s="3" t="n">
-        <x:v>151950</x:v>
+        <x:v>160163</x:v>
       </x:c>
       <x:c r="AV42" s="3" t="n">
-        <x:v>154314</x:v>
+        <x:v>163115</x:v>
       </x:c>
       <x:c r="AW42" s="3" t="n">
-        <x:v>158900</x:v>
+        <x:v>168537</x:v>
       </x:c>
       <x:c r="AX42" s="3" t="n">
-        <x:v>170586</x:v>
+        <x:v>181645</x:v>
       </x:c>
       <x:c r="AY42" s="3" t="n">
-        <x:v>180499</x:v>
+        <x:v>193122</x:v>
       </x:c>
       <x:c r="AZ42" s="3" t="n">
-        <x:v>160045</x:v>
+        <x:v>172466</x:v>
       </x:c>
       <x:c r="BA42" s="3" t="n">
-        <x:v>161832</x:v>
+        <x:v>175072</x:v>
       </x:c>
       <x:c r="BB42" s="3" t="n">
-        <x:v>198968</x:v>
+        <x:v>214620</x:v>
       </x:c>
       <x:c r="BC42" s="3" t="n">
-        <x:v>209364</x:v>
-[...2 lines deleted...]
-        <x:v>220206</x:v>
+        <x:v>230342</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:56">
+    <x:row r="43" spans="1:55">
       <x:c r="A43" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
         <x:v>8556</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>9776</x:v>
       </x:c>
       <x:c r="D43" s="3" t="n">
         <x:v>11003</x:v>
       </x:c>
       <x:c r="E43" s="3" t="n">
         <x:v>12414</x:v>
       </x:c>
       <x:c r="F43" s="3" t="n">
         <x:v>14345</x:v>
       </x:c>
       <x:c r="G43" s="3" t="n">
         <x:v>17006</x:v>
       </x:c>
       <x:c r="H43" s="3" t="n">
         <x:v>19874</x:v>
       </x:c>
       <x:c r="I43" s="3" t="n">
         <x:v>22230</x:v>
       </x:c>
@@ -7570,617 +7467,605 @@
       <x:c r="AE43" s="3" t="n">
         <x:v>122549</x:v>
       </x:c>
       <x:c r="AF43" s="3" t="n">
         <x:v>128732</x:v>
       </x:c>
       <x:c r="AG43" s="3" t="n">
         <x:v>137904</x:v>
       </x:c>
       <x:c r="AH43" s="3" t="n">
         <x:v>144787</x:v>
       </x:c>
       <x:c r="AI43" s="3" t="n">
         <x:v>142484</x:v>
       </x:c>
       <x:c r="AJ43" s="3" t="n">
         <x:v>147603</x:v>
       </x:c>
       <x:c r="AK43" s="3" t="n">
         <x:v>152451</x:v>
       </x:c>
       <x:c r="AL43" s="3" t="n">
         <x:v>162359</x:v>
       </x:c>
       <x:c r="AM43" s="3" t="n">
-        <x:v>178663</x:v>
+        <x:v>178284</x:v>
       </x:c>
       <x:c r="AN43" s="3" t="n">
-        <x:v>196218</x:v>
+        <x:v>195887</x:v>
       </x:c>
       <x:c r="AO43" s="3" t="n">
-        <x:v>216111</x:v>
+        <x:v>214761</x:v>
       </x:c>
       <x:c r="AP43" s="3" t="n">
-        <x:v>229071</x:v>
+        <x:v>227383</x:v>
       </x:c>
       <x:c r="AQ43" s="3" t="n">
-        <x:v>240888</x:v>
+        <x:v>238978</x:v>
       </x:c>
       <x:c r="AR43" s="3" t="n">
-        <x:v>256807</x:v>
+        <x:v>254029</x:v>
       </x:c>
       <x:c r="AS43" s="3" t="n">
-        <x:v>269590</x:v>
+        <x:v>267211</x:v>
       </x:c>
       <x:c r="AT43" s="3" t="n">
-        <x:v>286974</x:v>
+        <x:v>284602</x:v>
       </x:c>
       <x:c r="AU43" s="3" t="n">
-        <x:v>305894</x:v>
+        <x:v>303736</x:v>
       </x:c>
       <x:c r="AV43" s="3" t="n">
-        <x:v>318406</x:v>
+        <x:v>314946</x:v>
       </x:c>
       <x:c r="AW43" s="3" t="n">
-        <x:v>336641</x:v>
+        <x:v>332327</x:v>
       </x:c>
       <x:c r="AX43" s="3" t="n">
-        <x:v>352495</x:v>
+        <x:v>348342</x:v>
       </x:c>
       <x:c r="AY43" s="3" t="n">
-        <x:v>372219</x:v>
+        <x:v>368245</x:v>
       </x:c>
       <x:c r="AZ43" s="3" t="n">
-        <x:v>394448</x:v>
+        <x:v>389175</x:v>
       </x:c>
       <x:c r="BA43" s="3" t="n">
-        <x:v>415580</x:v>
+        <x:v>411580</x:v>
       </x:c>
       <x:c r="BB43" s="3" t="n">
-        <x:v>449772</x:v>
+        <x:v>446968</x:v>
       </x:c>
       <x:c r="BC43" s="3" t="n">
-        <x:v>492207</x:v>
-[...2 lines deleted...]
-        <x:v>522669</x:v>
+        <x:v>484933</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:56">
+    <x:row r="44" spans="1:55">
       <x:c r="A44" s="2" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="B44" s="3" t="n">
+        <x:v>4806</x:v>
+      </x:c>
+      <x:c r="C44" s="3" t="n">
+        <x:v>5759</x:v>
+      </x:c>
+      <x:c r="D44" s="3" t="n">
+        <x:v>6356</x:v>
+      </x:c>
+      <x:c r="E44" s="3" t="n">
+        <x:v>7203</x:v>
+      </x:c>
+      <x:c r="F44" s="3" t="n">
+        <x:v>8210</x:v>
+      </x:c>
+      <x:c r="G44" s="3" t="n">
+        <x:v>9670</x:v>
+      </x:c>
+      <x:c r="H44" s="3" t="n">
+        <x:v>11355</x:v>
+      </x:c>
+      <x:c r="I44" s="3" t="n">
+        <x:v>12855</x:v>
+      </x:c>
+      <x:c r="J44" s="3" t="n">
+        <x:v>14521</x:v>
+      </x:c>
+      <x:c r="K44" s="3" t="n">
+        <x:v>15658</x:v>
+      </x:c>
+      <x:c r="L44" s="3" t="n">
+        <x:v>17535</x:v>
+      </x:c>
+      <x:c r="M44" s="3" t="n">
+        <x:v>19924</x:v>
+      </x:c>
+      <x:c r="N44" s="3" t="n">
+        <x:v>22785</x:v>
+      </x:c>
+      <x:c r="O44" s="3" t="n">
+        <x:v>24887</x:v>
+      </x:c>
+      <x:c r="P44" s="3" t="n">
+        <x:v>26969</x:v>
+      </x:c>
+      <x:c r="Q44" s="3" t="n">
+        <x:v>29702</x:v>
+      </x:c>
+      <x:c r="R44" s="3" t="n">
+        <x:v>32400</x:v>
+      </x:c>
+      <x:c r="S44" s="3" t="n">
+        <x:v>36226</x:v>
+      </x:c>
+      <x:c r="T44" s="3" t="n">
+        <x:v>39096</x:v>
+      </x:c>
+      <x:c r="U44" s="3" t="n">
+        <x:v>41846</x:v>
+      </x:c>
+      <x:c r="V44" s="3" t="n">
+        <x:v>44410</x:v>
+      </x:c>
+      <x:c r="W44" s="3" t="n">
+        <x:v>46710</x:v>
+      </x:c>
+      <x:c r="X44" s="3" t="n">
+        <x:v>49451</x:v>
+      </x:c>
+      <x:c r="Y44" s="3" t="n">
+        <x:v>51675</x:v>
+      </x:c>
+      <x:c r="Z44" s="3" t="n">
+        <x:v>53961</x:v>
+      </x:c>
+      <x:c r="AA44" s="3" t="n">
+        <x:v>56373</x:v>
+      </x:c>
+      <x:c r="AB44" s="3" t="n">
+        <x:v>60110</x:v>
+      </x:c>
+      <x:c r="AC44" s="3" t="n">
+        <x:v>63780</x:v>
+      </x:c>
+      <x:c r="AD44" s="3" t="n">
+        <x:v>69579</x:v>
+      </x:c>
+      <x:c r="AE44" s="3" t="n">
+        <x:v>74454</x:v>
+      </x:c>
+      <x:c r="AF44" s="3" t="n">
+        <x:v>79250</x:v>
+      </x:c>
+      <x:c r="AG44" s="3" t="n">
+        <x:v>87913</x:v>
+      </x:c>
+      <x:c r="AH44" s="3" t="n">
+        <x:v>92911</x:v>
+      </x:c>
+      <x:c r="AI44" s="3" t="n">
+        <x:v>100119</x:v>
+      </x:c>
+      <x:c r="AJ44" s="3" t="n">
+        <x:v>103778</x:v>
+      </x:c>
+      <x:c r="AK44" s="3" t="n">
+        <x:v>108259</x:v>
+      </x:c>
+      <x:c r="AL44" s="3" t="n">
+        <x:v>114451</x:v>
+      </x:c>
+      <x:c r="AM44" s="3" t="n">
+        <x:v>120035</x:v>
+      </x:c>
+      <x:c r="AN44" s="3" t="n">
+        <x:v>129325</x:v>
+      </x:c>
+      <x:c r="AO44" s="3" t="n">
+        <x:v>139510</x:v>
+      </x:c>
+      <x:c r="AP44" s="3" t="n">
+        <x:v>145920</x:v>
+      </x:c>
+      <x:c r="AQ44" s="3" t="n">
+        <x:v>152430</x:v>
+      </x:c>
+      <x:c r="AR44" s="3" t="n">
+        <x:v>159945</x:v>
+      </x:c>
+      <x:c r="AS44" s="3" t="n">
+        <x:v>167950</x:v>
+      </x:c>
+      <x:c r="AT44" s="3" t="n">
+        <x:v>174433</x:v>
+      </x:c>
+      <x:c r="AU44" s="3" t="n">
+        <x:v>182712</x:v>
+      </x:c>
+      <x:c r="AV44" s="3" t="n">
+        <x:v>191031</x:v>
+      </x:c>
+      <x:c r="AW44" s="3" t="n">
+        <x:v>199136</x:v>
+      </x:c>
+      <x:c r="AX44" s="3" t="n">
+        <x:v>208455</x:v>
+      </x:c>
+      <x:c r="AY44" s="3" t="n">
+        <x:v>219152</x:v>
+      </x:c>
+      <x:c r="AZ44" s="3" t="n">
+        <x:v>219399</x:v>
+      </x:c>
+      <x:c r="BA44" s="3" t="n">
+        <x:v>232619</x:v>
+      </x:c>
+      <x:c r="BB44" s="3" t="n">
+        <x:v>249596</x:v>
+      </x:c>
+      <x:c r="BC44" s="3" t="n">
+        <x:v>267245</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:55">
+      <x:c r="A45" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="B44" s="3" t="n">
-[...162 lines deleted...]
-        <x:v>267328</x:v>
+      <x:c r="B45" s="3" t="n">
+        <x:v>4897</x:v>
+      </x:c>
+      <x:c r="C45" s="3" t="n">
+        <x:v>5932</x:v>
+      </x:c>
+      <x:c r="D45" s="3" t="n">
+        <x:v>7052</x:v>
+      </x:c>
+      <x:c r="E45" s="3" t="n">
+        <x:v>8237</x:v>
+      </x:c>
+      <x:c r="F45" s="3" t="n">
+        <x:v>9635</x:v>
+      </x:c>
+      <x:c r="G45" s="3" t="n">
+        <x:v>11878</x:v>
+      </x:c>
+      <x:c r="H45" s="3" t="n">
+        <x:v>14447</x:v>
+      </x:c>
+      <x:c r="I45" s="3" t="n">
+        <x:v>16910</x:v>
+      </x:c>
+      <x:c r="J45" s="3" t="n">
+        <x:v>19181</x:v>
+      </x:c>
+      <x:c r="K45" s="3" t="n">
+        <x:v>21195</x:v>
+      </x:c>
+      <x:c r="L45" s="3" t="n">
+        <x:v>24340</x:v>
+      </x:c>
+      <x:c r="M45" s="3" t="n">
+        <x:v>28116</x:v>
+      </x:c>
+      <x:c r="N45" s="3" t="n">
+        <x:v>32106</x:v>
+      </x:c>
+      <x:c r="O45" s="3" t="n">
+        <x:v>35481</x:v>
+      </x:c>
+      <x:c r="P45" s="3" t="n">
+        <x:v>38593</x:v>
+      </x:c>
+      <x:c r="Q45" s="3" t="n">
+        <x:v>42260</x:v>
+      </x:c>
+      <x:c r="R45" s="3" t="n">
+        <x:v>47714</x:v>
+      </x:c>
+      <x:c r="S45" s="3" t="n">
+        <x:v>55084</x:v>
+      </x:c>
+      <x:c r="T45" s="3" t="n">
+        <x:v>59411</x:v>
+      </x:c>
+      <x:c r="U45" s="3" t="n">
+        <x:v>62857</x:v>
+      </x:c>
+      <x:c r="V45" s="3" t="n">
+        <x:v>67639</x:v>
+      </x:c>
+      <x:c r="W45" s="3" t="n">
+        <x:v>72547</x:v>
+      </x:c>
+      <x:c r="X45" s="3" t="n">
+        <x:v>77860</x:v>
+      </x:c>
+      <x:c r="Y45" s="3" t="n">
+        <x:v>81420</x:v>
+      </x:c>
+      <x:c r="Z45" s="3" t="n">
+        <x:v>84950</x:v>
+      </x:c>
+      <x:c r="AA45" s="3" t="n">
+        <x:v>91158</x:v>
+      </x:c>
+      <x:c r="AB45" s="3" t="n">
+        <x:v>98637</x:v>
+      </x:c>
+      <x:c r="AC45" s="3" t="n">
+        <x:v>105464</x:v>
+      </x:c>
+      <x:c r="AD45" s="3" t="n">
+        <x:v>114686</x:v>
+      </x:c>
+      <x:c r="AE45" s="3" t="n">
+        <x:v>124176</x:v>
+      </x:c>
+      <x:c r="AF45" s="3" t="n">
+        <x:v>133568</x:v>
+      </x:c>
+      <x:c r="AG45" s="3" t="n">
+        <x:v>147782</x:v>
+      </x:c>
+      <x:c r="AH45" s="3" t="n">
+        <x:v>162761</x:v>
+      </x:c>
+      <x:c r="AI45" s="3" t="n">
+        <x:v>173163</x:v>
+      </x:c>
+      <x:c r="AJ45" s="3" t="n">
+        <x:v>188452</x:v>
+      </x:c>
+      <x:c r="AK45" s="3" t="n">
+        <x:v>200508</x:v>
+      </x:c>
+      <x:c r="AL45" s="3" t="n">
+        <x:v>217702</x:v>
+      </x:c>
+      <x:c r="AM45" s="3" t="n">
+        <x:v>239530</x:v>
+      </x:c>
+      <x:c r="AN45" s="3" t="n">
+        <x:v>264854</x:v>
+      </x:c>
+      <x:c r="AO45" s="3" t="n">
+        <x:v>285188</x:v>
+      </x:c>
+      <x:c r="AP45" s="3" t="n">
+        <x:v>299925</x:v>
+      </x:c>
+      <x:c r="AQ45" s="3" t="n">
+        <x:v>321940</x:v>
+      </x:c>
+      <x:c r="AR45" s="3" t="n">
+        <x:v>340045</x:v>
+      </x:c>
+      <x:c r="AS45" s="3" t="n">
+        <x:v>361057</x:v>
+      </x:c>
+      <x:c r="AT45" s="3" t="n">
+        <x:v>381246</x:v>
+      </x:c>
+      <x:c r="AU45" s="3" t="n">
+        <x:v>401433</x:v>
+      </x:c>
+      <x:c r="AV45" s="3" t="n">
+        <x:v>419251</x:v>
+      </x:c>
+      <x:c r="AW45" s="3" t="n">
+        <x:v>439667</x:v>
+      </x:c>
+      <x:c r="AX45" s="3" t="n">
+        <x:v>460307</x:v>
+      </x:c>
+      <x:c r="AY45" s="3" t="n">
+        <x:v>485498</x:v>
+      </x:c>
+      <x:c r="AZ45" s="3" t="n">
+        <x:v>499681</x:v>
+      </x:c>
+      <x:c r="BA45" s="3" t="n">
+        <x:v>542144</x:v>
+      </x:c>
+      <x:c r="BB45" s="3" t="n">
+        <x:v>578096</x:v>
+      </x:c>
+      <x:c r="BC45" s="3" t="n">
+        <x:v>623303</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:56">
-      <x:c r="A45" s="2" t="s">
+    <x:row r="46" spans="1:55">
+      <x:c r="A46" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="B45" s="3" t="n">
-[...162 lines deleted...]
-        <x:v>599401</x:v>
+      <x:c r="B46" s="3" t="n">
+        <x:v>2366</x:v>
+      </x:c>
+      <x:c r="C46" s="3" t="n">
+        <x:v>2851</x:v>
+      </x:c>
+      <x:c r="D46" s="3" t="n">
+        <x:v>3307</x:v>
+      </x:c>
+      <x:c r="E46" s="3" t="n">
+        <x:v>3694</x:v>
+      </x:c>
+      <x:c r="F46" s="3" t="n">
+        <x:v>4300</x:v>
+      </x:c>
+      <x:c r="G46" s="3" t="n">
+        <x:v>5165</x:v>
+      </x:c>
+      <x:c r="H46" s="3" t="n">
+        <x:v>5999</x:v>
+      </x:c>
+      <x:c r="I46" s="3" t="n">
+        <x:v>6809</x:v>
+      </x:c>
+      <x:c r="J46" s="3" t="n">
+        <x:v>7627</x:v>
+      </x:c>
+      <x:c r="K46" s="3" t="n">
+        <x:v>8279</x:v>
+      </x:c>
+      <x:c r="L46" s="3" t="n">
+        <x:v>9224</x:v>
+      </x:c>
+      <x:c r="M46" s="3" t="n">
+        <x:v>10589</x:v>
+      </x:c>
+      <x:c r="N46" s="3" t="n">
+        <x:v>12221</x:v>
+      </x:c>
+      <x:c r="O46" s="3" t="n">
+        <x:v>13786</x:v>
+      </x:c>
+      <x:c r="P46" s="3" t="n">
+        <x:v>15148</x:v>
+      </x:c>
+      <x:c r="Q46" s="3" t="n">
+        <x:v>16917</x:v>
+      </x:c>
+      <x:c r="R46" s="3" t="n">
+        <x:v>18839</x:v>
+      </x:c>
+      <x:c r="S46" s="3" t="n">
+        <x:v>21122</x:v>
+      </x:c>
+      <x:c r="T46" s="3" t="n">
+        <x:v>23021</x:v>
+      </x:c>
+      <x:c r="U46" s="3" t="n">
+        <x:v>23748</x:v>
+      </x:c>
+      <x:c r="V46" s="3" t="n">
+        <x:v>25148</x:v>
+      </x:c>
+      <x:c r="W46" s="3" t="n">
+        <x:v>26740</x:v>
+      </x:c>
+      <x:c r="X46" s="3" t="n">
+        <x:v>28286</x:v>
+      </x:c>
+      <x:c r="Y46" s="3" t="n">
+        <x:v>29647</x:v>
+      </x:c>
+      <x:c r="Z46" s="3" t="n">
+        <x:v>31321</x:v>
+      </x:c>
+      <x:c r="AA46" s="3" t="n">
+        <x:v>33205</x:v>
+      </x:c>
+      <x:c r="AB46" s="3" t="n">
+        <x:v>35332</x:v>
+      </x:c>
+      <x:c r="AC46" s="3" t="n">
+        <x:v>37498</x:v>
+      </x:c>
+      <x:c r="AD46" s="3" t="n">
+        <x:v>39965</x:v>
+      </x:c>
+      <x:c r="AE46" s="3" t="n">
+        <x:v>43197</x:v>
+      </x:c>
+      <x:c r="AF46" s="3" t="n">
+        <x:v>46164</x:v>
+      </x:c>
+      <x:c r="AG46" s="3" t="n">
+        <x:v>47701</x:v>
+      </x:c>
+      <x:c r="AH46" s="3" t="n">
+        <x:v>52183</x:v>
+      </x:c>
+      <x:c r="AI46" s="3" t="n">
+        <x:v>54748</x:v>
+      </x:c>
+      <x:c r="AJ46" s="3" t="n">
+        <x:v>58212</x:v>
+      </x:c>
+      <x:c r="AK46" s="3" t="n">
+        <x:v>62524</x:v>
+      </x:c>
+      <x:c r="AL46" s="3" t="n">
+        <x:v>67048</x:v>
+      </x:c>
+      <x:c r="AM46" s="3" t="n">
+        <x:v>75869</x:v>
+      </x:c>
+      <x:c r="AN46" s="3" t="n">
+        <x:v>82247</x:v>
+      </x:c>
+      <x:c r="AO46" s="3" t="n">
+        <x:v>87936</x:v>
+      </x:c>
+      <x:c r="AP46" s="3" t="n">
+        <x:v>90090</x:v>
+      </x:c>
+      <x:c r="AQ46" s="3" t="n">
+        <x:v>93609</x:v>
+      </x:c>
+      <x:c r="AR46" s="3" t="n">
+        <x:v>96661</x:v>
+      </x:c>
+      <x:c r="AS46" s="3" t="n">
+        <x:v>99411</x:v>
+      </x:c>
+      <x:c r="AT46" s="3" t="n">
+        <x:v>104075</x:v>
+      </x:c>
+      <x:c r="AU46" s="3" t="n">
+        <x:v>107265</x:v>
+      </x:c>
+      <x:c r="AV46" s="3" t="n">
+        <x:v>107789</x:v>
+      </x:c>
+      <x:c r="AW46" s="3" t="n">
+        <x:v>111607</x:v>
+      </x:c>
+      <x:c r="AX46" s="3" t="n">
+        <x:v>116290</x:v>
+      </x:c>
+      <x:c r="AY46" s="3" t="n">
+        <x:v>122341</x:v>
+      </x:c>
+      <x:c r="AZ46" s="3" t="n">
+        <x:v>118131</x:v>
+      </x:c>
+      <x:c r="BA46" s="3" t="n">
+        <x:v>133688</x:v>
+      </x:c>
+      <x:c r="BB46" s="3" t="n">
+        <x:v>153119</x:v>
+      </x:c>
+      <x:c r="BC46" s="3" t="n">
+        <x:v>167153</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:56">
-      <x:c r="A46" s="2" t="s">
+    <x:row r="47" spans="1:55">
+      <x:c r="A47" s="2" t="s">
         <x:v>98</x:v>
-      </x:c>
-[...168 lines deleted...]
-        <x:v>99</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
         <x:v>15843</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>18561</x:v>
       </x:c>
       <x:c r="D47" s="3" t="n">
         <x:v>21142</x:v>
       </x:c>
       <x:c r="E47" s="3" t="n">
         <x:v>24262</x:v>
       </x:c>
       <x:c r="F47" s="3" t="n">
         <x:v>28165</x:v>
       </x:c>
       <x:c r="G47" s="3" t="n">
         <x:v>33989</x:v>
       </x:c>
       <x:c r="H47" s="3" t="n">
         <x:v>40508</x:v>
       </x:c>
       <x:c r="I47" s="3" t="n">
         <x:v>46439</x:v>
       </x:c>
@@ -8250,107 +8135,104 @@
       <x:c r="AE47" s="3" t="n">
         <x:v>298746</x:v>
       </x:c>
       <x:c r="AF47" s="3" t="n">
         <x:v>317803</x:v>
       </x:c>
       <x:c r="AG47" s="3" t="n">
         <x:v>347202</x:v>
       </x:c>
       <x:c r="AH47" s="3" t="n">
         <x:v>370354</x:v>
       </x:c>
       <x:c r="AI47" s="3" t="n">
         <x:v>381982</x:v>
       </x:c>
       <x:c r="AJ47" s="3" t="n">
         <x:v>398242</x:v>
       </x:c>
       <x:c r="AK47" s="3" t="n">
         <x:v>415381</x:v>
       </x:c>
       <x:c r="AL47" s="3" t="n">
         <x:v>441577</x:v>
       </x:c>
       <x:c r="AM47" s="3" t="n">
-        <x:v>477456</x:v>
+        <x:v>476438</x:v>
       </x:c>
       <x:c r="AN47" s="3" t="n">
-        <x:v>522241</x:v>
+        <x:v>521124</x:v>
       </x:c>
       <x:c r="AO47" s="3" t="n">
-        <x:v>566224</x:v>
+        <x:v>563282</x:v>
       </x:c>
       <x:c r="AP47" s="3" t="n">
-        <x:v>597378</x:v>
+        <x:v>594084</x:v>
       </x:c>
       <x:c r="AQ47" s="3" t="n">
-        <x:v>631722</x:v>
+        <x:v>627968</x:v>
       </x:c>
       <x:c r="AR47" s="3" t="n">
-        <x:v>665537</x:v>
+        <x:v>663466</x:v>
       </x:c>
       <x:c r="AS47" s="3" t="n">
-        <x:v>702563</x:v>
+        <x:v>700678</x:v>
       </x:c>
       <x:c r="AT47" s="3" t="n">
-        <x:v>743063</x:v>
+        <x:v>739506</x:v>
       </x:c>
       <x:c r="AU47" s="3" t="n">
-        <x:v>783745</x:v>
+        <x:v>779587</x:v>
       </x:c>
       <x:c r="AV47" s="3" t="n">
-        <x:v>815884</x:v>
+        <x:v>810551</x:v>
       </x:c>
       <x:c r="AW47" s="3" t="n">
-        <x:v>857895</x:v>
+        <x:v>852068</x:v>
       </x:c>
       <x:c r="AX47" s="3" t="n">
-        <x:v>899083</x:v>
+        <x:v>892312</x:v>
       </x:c>
       <x:c r="AY47" s="3" t="n">
-        <x:v>947010</x:v>
+        <x:v>939542</x:v>
       </x:c>
       <x:c r="AZ47" s="3" t="n">
-        <x:v>981352</x:v>
+        <x:v>974737</x:v>
       </x:c>
       <x:c r="BA47" s="3" t="n">
-        <x:v>1046289</x:v>
+        <x:v>1039332</x:v>
       </x:c>
       <x:c r="BB47" s="3" t="n">
-        <x:v>1123723</x:v>
+        <x:v>1118323</x:v>
       </x:c>
       <x:c r="BC47" s="3" t="n">
-        <x:v>1208887</x:v>
-[...2 lines deleted...]
-        <x:v>1281166</x:v>
+        <x:v>1199496</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:56">
+    <x:row r="48" spans="1:55">
       <x:c r="A48" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
         <x:v>6947</x:v>
       </x:c>
       <x:c r="C48" s="3" t="n">
         <x:v>8024</x:v>
       </x:c>
       <x:c r="D48" s="3" t="n">
         <x:v>8958</x:v>
       </x:c>
       <x:c r="E48" s="3" t="n">
         <x:v>10068</x:v>
       </x:c>
       <x:c r="F48" s="3" t="n">
         <x:v>11716</x:v>
       </x:c>
       <x:c r="G48" s="3" t="n">
         <x:v>13887</x:v>
       </x:c>
       <x:c r="H48" s="3" t="n">
         <x:v>16269</x:v>
       </x:c>
       <x:c r="I48" s="3" t="n">
         <x:v>18137</x:v>
       </x:c>
@@ -8420,107 +8302,104 @@
       <x:c r="AE48" s="3" t="n">
         <x:v>112041</x:v>
       </x:c>
       <x:c r="AF48" s="3" t="n">
         <x:v>119031</x:v>
       </x:c>
       <x:c r="AG48" s="3" t="n">
         <x:v>128872</x:v>
       </x:c>
       <x:c r="AH48" s="3" t="n">
         <x:v>182400</x:v>
       </x:c>
       <x:c r="AI48" s="3" t="n">
         <x:v>182365</x:v>
       </x:c>
       <x:c r="AJ48" s="3" t="n">
         <x:v>193441</x:v>
       </x:c>
       <x:c r="AK48" s="3" t="n">
         <x:v>202281</x:v>
       </x:c>
       <x:c r="AL48" s="3" t="n">
         <x:v>216542</x:v>
       </x:c>
       <x:c r="AM48" s="3" t="n">
-        <x:v>232993</x:v>
+        <x:v>231975</x:v>
       </x:c>
       <x:c r="AN48" s="3" t="n">
-        <x:v>251160</x:v>
+        <x:v>250043</x:v>
       </x:c>
       <x:c r="AO48" s="3" t="n">
-        <x:v>272450</x:v>
+        <x:v>269508</x:v>
       </x:c>
       <x:c r="AP48" s="3" t="n">
-        <x:v>282717</x:v>
+        <x:v>279423</x:v>
       </x:c>
       <x:c r="AQ48" s="3" t="n">
-        <x:v>297421</x:v>
+        <x:v>293667</x:v>
       </x:c>
       <x:c r="AR48" s="3" t="n">
-        <x:v>311254</x:v>
+        <x:v>309183</x:v>
       </x:c>
       <x:c r="AS48" s="3" t="n">
-        <x:v>327533</x:v>
+        <x:v>325648</x:v>
       </x:c>
       <x:c r="AT48" s="3" t="n">
-        <x:v>348885</x:v>
+        <x:v>347977</x:v>
       </x:c>
       <x:c r="AU48" s="3" t="n">
-        <x:v>370649</x:v>
+        <x:v>370162</x:v>
       </x:c>
       <x:c r="AV48" s="3" t="n">
-        <x:v>385976</x:v>
+        <x:v>383787</x:v>
       </x:c>
       <x:c r="AW48" s="3" t="n">
-        <x:v>405095</x:v>
+        <x:v>402065</x:v>
       </x:c>
       <x:c r="AX48" s="3" t="n">
-        <x:v>424194</x:v>
+        <x:v>421610</x:v>
       </x:c>
       <x:c r="AY48" s="3" t="n">
-        <x:v>447238</x:v>
+        <x:v>445140</x:v>
       </x:c>
       <x:c r="AZ48" s="3" t="n">
-        <x:v>471493</x:v>
+        <x:v>467609</x:v>
       </x:c>
       <x:c r="BA48" s="3" t="n">
-        <x:v>501267</x:v>
+        <x:v>497654</x:v>
       </x:c>
       <x:c r="BB48" s="3" t="n">
-        <x:v>543175</x:v>
+        <x:v>540886</x:v>
       </x:c>
       <x:c r="BC48" s="3" t="n">
-        <x:v>587461</x:v>
-[...2 lines deleted...]
-        <x:v>625584</x:v>
+        <x:v>582400</x:v>
       </x:c>
     </x:row>
-    <x:row r="49" spans="1:56">
+    <x:row r="49" spans="1:55">
       <x:c r="A49" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
         <x:v>4324</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>5216</x:v>
       </x:c>
       <x:c r="D49" s="3" t="n">
         <x:v>5926</x:v>
       </x:c>
       <x:c r="E49" s="3" t="n">
         <x:v>6758</x:v>
       </x:c>
       <x:c r="F49" s="3" t="n">
         <x:v>7935</x:v>
       </x:c>
       <x:c r="G49" s="3" t="n">
         <x:v>9457</x:v>
       </x:c>
       <x:c r="H49" s="3" t="n">
         <x:v>11215</x:v>
       </x:c>
       <x:c r="I49" s="3" t="n">
         <x:v>12625</x:v>
       </x:c>
@@ -8590,107 +8469,104 @@
       <x:c r="AE49" s="3" t="n">
         <x:v>86016</x:v>
       </x:c>
       <x:c r="AF49" s="3" t="n">
         <x:v>91481</x:v>
       </x:c>
       <x:c r="AG49" s="3" t="n">
         <x:v>100638</x:v>
       </x:c>
       <x:c r="AH49" s="3" t="n">
         <x:v>153189</x:v>
       </x:c>
       <x:c r="AI49" s="3" t="n">
         <x:v>153237</x:v>
       </x:c>
       <x:c r="AJ49" s="3" t="n">
         <x:v>163016</x:v>
       </x:c>
       <x:c r="AK49" s="3" t="n">
         <x:v>171709</x:v>
       </x:c>
       <x:c r="AL49" s="3" t="n">
         <x:v>184936</x:v>
       </x:c>
       <x:c r="AM49" s="3" t="n">
-        <x:v>199993</x:v>
+        <x:v>199180</x:v>
       </x:c>
       <x:c r="AN49" s="3" t="n">
-        <x:v>216794</x:v>
+        <x:v>215910</x:v>
       </x:c>
       <x:c r="AO49" s="3" t="n">
-        <x:v>235492</x:v>
+        <x:v>233029</x:v>
       </x:c>
       <x:c r="AP49" s="3" t="n">
-        <x:v>245099</x:v>
+        <x:v>242241</x:v>
       </x:c>
       <x:c r="AQ49" s="3" t="n">
-        <x:v>259324</x:v>
+        <x:v>256401</x:v>
       </x:c>
       <x:c r="AR49" s="3" t="n">
-        <x:v>272185</x:v>
+        <x:v>270114</x:v>
       </x:c>
       <x:c r="AS49" s="3" t="n">
-        <x:v>287515</x:v>
+        <x:v>285630</x:v>
       </x:c>
       <x:c r="AT49" s="3" t="n">
-        <x:v>307255</x:v>
+        <x:v>306347</x:v>
       </x:c>
       <x:c r="AU49" s="3" t="n">
-        <x:v>327617</x:v>
+        <x:v>327130</x:v>
       </x:c>
       <x:c r="AV49" s="3" t="n">
-        <x:v>341864</x:v>
+        <x:v>339675</x:v>
       </x:c>
       <x:c r="AW49" s="3" t="n">
-        <x:v>359892</x:v>
+        <x:v>356862</x:v>
       </x:c>
       <x:c r="AX49" s="3" t="n">
-        <x:v>376449</x:v>
+        <x:v>373865</x:v>
       </x:c>
       <x:c r="AY49" s="3" t="n">
-        <x:v>396335</x:v>
+        <x:v>394237</x:v>
       </x:c>
       <x:c r="AZ49" s="3" t="n">
-        <x:v>417472</x:v>
+        <x:v>413588</x:v>
       </x:c>
       <x:c r="BA49" s="3" t="n">
-        <x:v>442708</x:v>
+        <x:v>439095</x:v>
       </x:c>
       <x:c r="BB49" s="3" t="n">
-        <x:v>477855</x:v>
+        <x:v>475604</x:v>
       </x:c>
       <x:c r="BC49" s="3" t="n">
-        <x:v>514297</x:v>
-[...2 lines deleted...]
-        <x:v>544013</x:v>
+        <x:v>509202</x:v>
       </x:c>
     </x:row>
-    <x:row r="50" spans="1:56">
+    <x:row r="50" spans="1:55">
       <x:c r="A50" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
         <x:v>2623</x:v>
       </x:c>
       <x:c r="C50" s="3" t="n">
         <x:v>2808</x:v>
       </x:c>
       <x:c r="D50" s="3" t="n">
         <x:v>3032</x:v>
       </x:c>
       <x:c r="E50" s="3" t="n">
         <x:v>3310</x:v>
       </x:c>
       <x:c r="F50" s="3" t="n">
         <x:v>3781</x:v>
       </x:c>
       <x:c r="G50" s="3" t="n">
         <x:v>4430</x:v>
       </x:c>
       <x:c r="H50" s="3" t="n">
         <x:v>5054</x:v>
       </x:c>
       <x:c r="I50" s="3" t="n">
         <x:v>5512</x:v>
       </x:c>
@@ -8760,107 +8636,104 @@
       <x:c r="AE50" s="3" t="n">
         <x:v>26025</x:v>
       </x:c>
       <x:c r="AF50" s="3" t="n">
         <x:v>27550</x:v>
       </x:c>
       <x:c r="AG50" s="3" t="n">
         <x:v>28234</x:v>
       </x:c>
       <x:c r="AH50" s="3" t="n">
         <x:v>29211</x:v>
       </x:c>
       <x:c r="AI50" s="3" t="n">
         <x:v>29128</x:v>
       </x:c>
       <x:c r="AJ50" s="3" t="n">
         <x:v>30425</x:v>
       </x:c>
       <x:c r="AK50" s="3" t="n">
         <x:v>30572</x:v>
       </x:c>
       <x:c r="AL50" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="AM50" s="3" t="n">
-        <x:v>33000</x:v>
+        <x:v>32795</x:v>
       </x:c>
       <x:c r="AN50" s="3" t="n">
-        <x:v>34366</x:v>
+        <x:v>34133</x:v>
       </x:c>
       <x:c r="AO50" s="3" t="n">
-        <x:v>36958</x:v>
+        <x:v>36479</x:v>
       </x:c>
       <x:c r="AP50" s="3" t="n">
-        <x:v>37618</x:v>
+        <x:v>37182</x:v>
       </x:c>
       <x:c r="AQ50" s="3" t="n">
-        <x:v>38097</x:v>
+        <x:v>37266</x:v>
       </x:c>
       <x:c r="AR50" s="3" t="n">
         <x:v>39069</x:v>
       </x:c>
       <x:c r="AS50" s="3" t="n">
         <x:v>40018</x:v>
       </x:c>
       <x:c r="AT50" s="3" t="n">
         <x:v>41630</x:v>
       </x:c>
       <x:c r="AU50" s="3" t="n">
         <x:v>43032</x:v>
       </x:c>
       <x:c r="AV50" s="3" t="n">
         <x:v>44112</x:v>
       </x:c>
       <x:c r="AW50" s="3" t="n">
         <x:v>45203</x:v>
       </x:c>
       <x:c r="AX50" s="3" t="n">
         <x:v>47745</x:v>
       </x:c>
       <x:c r="AY50" s="3" t="n">
         <x:v>50903</x:v>
       </x:c>
       <x:c r="AZ50" s="3" t="n">
         <x:v>54021</x:v>
       </x:c>
       <x:c r="BA50" s="3" t="n">
         <x:v>58559</x:v>
       </x:c>
       <x:c r="BB50" s="3" t="n">
-        <x:v>65320</x:v>
+        <x:v>65282</x:v>
       </x:c>
       <x:c r="BC50" s="3" t="n">
-        <x:v>73164</x:v>
-[...2 lines deleted...]
-        <x:v>81572</x:v>
+        <x:v>73198</x:v>
       </x:c>
     </x:row>
-    <x:row r="51" spans="1:56">
+    <x:row r="51" spans="1:55">
       <x:c r="A51" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
         <x:v>8896</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>10537</x:v>
       </x:c>
       <x:c r="D51" s="3" t="n">
         <x:v>12184</x:v>
       </x:c>
       <x:c r="E51" s="3" t="n">
         <x:v>14194</x:v>
       </x:c>
       <x:c r="F51" s="3" t="n">
         <x:v>16449</x:v>
       </x:c>
       <x:c r="G51" s="3" t="n">
         <x:v>20102</x:v>
       </x:c>
       <x:c r="H51" s="3" t="n">
         <x:v>24239</x:v>
       </x:c>
       <x:c r="I51" s="3" t="n">
         <x:v>28302</x:v>
       </x:c>
@@ -8951,921 +8824,921 @@
       <x:c r="AL51" s="3" t="n">
         <x:v>225035</x:v>
       </x:c>
       <x:c r="AM51" s="3" t="n">
         <x:v>244463</x:v>
       </x:c>
       <x:c r="AN51" s="3" t="n">
         <x:v>271081</x:v>
       </x:c>
       <x:c r="AO51" s="3" t="n">
         <x:v>293774</x:v>
       </x:c>
       <x:c r="AP51" s="3" t="n">
         <x:v>314661</x:v>
       </x:c>
       <x:c r="AQ51" s="3" t="n">
         <x:v>334301</x:v>
       </x:c>
       <x:c r="AR51" s="3" t="n">
         <x:v>354283</x:v>
       </x:c>
       <x:c r="AS51" s="3" t="n">
         <x:v>375030</x:v>
       </x:c>
       <x:c r="AT51" s="3" t="n">
-        <x:v>394178</x:v>
+        <x:v>391529</x:v>
       </x:c>
       <x:c r="AU51" s="3" t="n">
-        <x:v>413096</x:v>
+        <x:v>409425</x:v>
       </x:c>
       <x:c r="AV51" s="3" t="n">
-        <x:v>429908</x:v>
+        <x:v>426764</x:v>
       </x:c>
       <x:c r="AW51" s="3" t="n">
-        <x:v>452800</x:v>
+        <x:v>450003</x:v>
       </x:c>
       <x:c r="AX51" s="3" t="n">
-        <x:v>474889</x:v>
+        <x:v>470702</x:v>
       </x:c>
       <x:c r="AY51" s="3" t="n">
-        <x:v>499772</x:v>
+        <x:v>494402</x:v>
       </x:c>
       <x:c r="AZ51" s="3" t="n">
-        <x:v>509859</x:v>
+        <x:v>507128</x:v>
       </x:c>
       <x:c r="BA51" s="3" t="n">
-        <x:v>545022</x:v>
+        <x:v>541678</x:v>
       </x:c>
       <x:c r="BB51" s="3" t="n">
-        <x:v>580548</x:v>
+        <x:v>577437</x:v>
       </x:c>
       <x:c r="BC51" s="3" t="n">
-        <x:v>621426</x:v>
-[...2 lines deleted...]
-        <x:v>655582</x:v>
+        <x:v>617096</x:v>
       </x:c>
     </x:row>
-    <x:row r="52" spans="1:56">
+    <x:row r="52" spans="1:55">
       <x:c r="A52" s="2" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="B52" s="3" t="n">
+        <x:v>140907</x:v>
+      </x:c>
+      <x:c r="C52" s="3" t="n">
+        <x:v>157574</x:v>
+      </x:c>
+      <x:c r="D52" s="3" t="n">
+        <x:v>173246</x:v>
+      </x:c>
+      <x:c r="E52" s="3" t="n">
+        <x:v>196097</x:v>
+      </x:c>
+      <x:c r="F52" s="3" t="n">
+        <x:v>238650</x:v>
+      </x:c>
+      <x:c r="G52" s="3" t="n">
+        <x:v>273314</x:v>
+      </x:c>
+      <x:c r="H52" s="3" t="n">
+        <x:v>310334</x:v>
+      </x:c>
+      <x:c r="I52" s="3" t="n">
+        <x:v>350842</x:v>
+      </x:c>
+      <x:c r="J52" s="3" t="n">
+        <x:v>377697</x:v>
+      </x:c>
+      <x:c r="K52" s="3" t="n">
+        <x:v>412607</x:v>
+      </x:c>
+      <x:c r="L52" s="3" t="n">
+        <x:v>468414</x:v>
+      </x:c>
+      <x:c r="M52" s="3" t="n">
+        <x:v>531100</x:v>
+      </x:c>
+      <x:c r="N52" s="3" t="n">
+        <x:v>587336</x:v>
+      </x:c>
+      <x:c r="O52" s="3" t="n">
+        <x:v>642696</x:v>
+      </x:c>
+      <x:c r="P52" s="3" t="n">
+        <x:v>708592</x:v>
+      </x:c>
+      <x:c r="Q52" s="3" t="n">
+        <x:v>791667</x:v>
+      </x:c>
+      <x:c r="R52" s="3" t="n">
+        <x:v>872412</x:v>
+      </x:c>
+      <x:c r="S52" s="3" t="n">
+        <x:v>984425</x:v>
+      </x:c>
+      <x:c r="T52" s="3" t="n">
+        <x:v>1036932</x:v>
+      </x:c>
+      <x:c r="U52" s="3" t="n">
+        <x:v>1059041</x:v>
+      </x:c>
+      <x:c r="V52" s="3" t="n">
+        <x:v>1102573</x:v>
+      </x:c>
+      <x:c r="W52" s="3" t="n">
+        <x:v>1141309</x:v>
+      </x:c>
+      <x:c r="X52" s="3" t="n">
+        <x:v>1174898</x:v>
+      </x:c>
+      <x:c r="Y52" s="3" t="n">
+        <x:v>1221871</x:v>
+      </x:c>
+      <x:c r="Z52" s="3" t="n">
+        <x:v>1298487</x:v>
+      </x:c>
+      <x:c r="AA52" s="3" t="n">
+        <x:v>1389926</x:v>
+      </x:c>
+      <x:c r="AB52" s="3" t="n">
+        <x:v>1481194</x:v>
+      </x:c>
+      <x:c r="AC52" s="3" t="n">
+        <x:v>1620181</x:v>
+      </x:c>
+      <x:c r="AD52" s="3" t="n">
+        <x:v>1760483</x:v>
+      </x:c>
+      <x:c r="AE52" s="3" t="n">
+        <x:v>1860398</x:v>
+      </x:c>
+      <x:c r="AF52" s="3" t="n">
+        <x:v>1978802</x:v>
+      </x:c>
+      <x:c r="AG52" s="3" t="n">
+        <x:v>2098734</x:v>
+      </x:c>
+      <x:c r="AH52" s="3" t="n">
+        <x:v>2167343</x:v>
+      </x:c>
+      <x:c r="AI52" s="3" t="n">
+        <x:v>2235319</x:v>
+      </x:c>
+      <x:c r="AJ52" s="3" t="n">
+        <x:v>2416816</x:v>
+      </x:c>
+      <x:c r="AK52" s="3" t="n">
+        <x:v>2626493</x:v>
+      </x:c>
+      <x:c r="AL52" s="3" t="n">
+        <x:v>2942864</x:v>
+      </x:c>
+      <x:c r="AM52" s="3" t="n">
+        <x:v>3289957</x:v>
+      </x:c>
+      <x:c r="AN52" s="3" t="n">
+        <x:v>3592305</x:v>
+      </x:c>
+      <x:c r="AO52" s="3" t="n">
+        <x:v>3518966</x:v>
+      </x:c>
+      <x:c r="AP52" s="3" t="n">
+        <x:v>3655365</x:v>
+      </x:c>
+      <x:c r="AQ52" s="3" t="n">
+        <x:v>3883945</x:v>
+      </x:c>
+      <x:c r="AR52" s="3" t="n">
+        <x:v>4115860</x:v>
+      </x:c>
+      <x:c r="AS52" s="3" t="n">
+        <x:v>4344597</x:v>
+      </x:c>
+      <x:c r="AT52" s="3" t="n">
+        <x:v>4566020</x:v>
+      </x:c>
+      <x:c r="AU52" s="3" t="n">
+        <x:v>4685074</x:v>
+      </x:c>
+      <x:c r="AV52" s="3" t="n">
+        <x:v>4746640</x:v>
+      </x:c>
+      <x:c r="AW52" s="3" t="n">
+        <x:v>4952227</x:v>
+      </x:c>
+      <x:c r="AX52" s="3" t="n">
+        <x:v>5253424</x:v>
+      </x:c>
+      <x:c r="AY52" s="3" t="n">
+        <x:v>5537279</x:v>
+      </x:c>
+      <x:c r="AZ52" s="3" t="n">
+        <x:v>5510610</x:v>
+      </x:c>
+      <x:c r="BA52" s="3" t="n">
+        <x:v>6027680</x:v>
+      </x:c>
+      <x:c r="BB52" s="3" t="n">
+        <x:v>6811047</x:v>
+      </x:c>
+      <x:c r="BC52" s="3" t="n">
+        <x:v>7154700</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:55">
+      <x:c r="A53" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="B52" s="3" t="n">
-[...162 lines deleted...]
-        <x:v>7223347</x:v>
+      <x:c r="B53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="G53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="I53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="J53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="K53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="L53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="M53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="N53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="O53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="P53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Q53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="R53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="S53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="T53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="U53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="V53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="W53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="X53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Y53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Z53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AA53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AB53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AC53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AD53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AE53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AF53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AG53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AH53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AI53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AJ53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AK53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AL53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AM53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AN53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AO53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AP53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AQ53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AR53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AS53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AT53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AU53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AV53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AW53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AX53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AY53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AZ53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BA53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BB53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BC53" s="4" t="s">
+        <x:v>105</x:v>
       </x:c>
     </x:row>
-    <x:row r="53" spans="1:56">
-[...169 lines deleted...]
-    <x:row r="54" spans="1:56">
+    <x:row r="54" spans="1:55">
       <x:c r="A54" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="B54" s="3" t="n">
-[...162 lines deleted...]
-        <x:v>6966107</x:v>
+      <x:c r="B54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="G54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="I54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="J54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="K54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="L54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="M54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="N54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="O54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="P54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Q54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="R54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="S54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="T54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="U54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="V54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="W54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="X54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Y54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Z54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AA54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AB54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AC54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AD54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AE54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AF54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AG54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AH54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AI54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AJ54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AK54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AL54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AM54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AN54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AO54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AP54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AQ54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AR54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AS54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AT54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AU54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AV54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AW54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AX54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AY54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AZ54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BA54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BB54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BC54" s="4" t="s">
+        <x:v>105</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:56">
+    <x:row r="55" spans="1:55">
       <x:c r="A55" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="B55" s="3" t="n">
-[...162 lines deleted...]
-        <x:v>1642161</x:v>
+      <x:c r="B55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="G55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="I55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="J55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="K55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="L55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="M55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="N55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="O55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="P55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Q55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="R55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="S55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="T55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="U55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="V55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="W55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="X55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Y55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Z55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AA55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AB55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AC55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AD55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AE55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AF55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AG55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AH55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AI55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AJ55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AK55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AL55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AM55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AN55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AO55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AP55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AQ55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AR55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AS55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AT55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AU55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AV55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AW55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AX55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AY55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AZ55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BA55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BB55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BC55" s="4" t="s">
+        <x:v>105</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:56">
+    <x:row r="57" spans="1:55">
       <x:c r="A57" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:56">
+    <x:row r="58" spans="1:55">
       <x:c r="A58" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
-    <x:row r="60" spans="1:56">
+    <x:row r="59" spans="1:55">
+      <x:c r="A59" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:55">
       <x:c r="A60" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
-    <x:row r="61" spans="1:56">
+    <x:row r="61" spans="1:55">
       <x:c r="A61" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:56">
-[...1 lines deleted...]
-        <x:v>112</x:v>
+    <x:row r="63" spans="1:55">
+      <x:c r="A63" s="0" t="s">
+        <x:v>113</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:56">
+    <x:row r="64" spans="1:55">
       <x:c r="A64" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
-    <x:row r="65" spans="1:56">
+    <x:row r="65" spans="1:55">
       <x:c r="A65" s="0" t="s">
+        <x:v>115</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:55">
+      <x:c r="A67" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:55">
+      <x:c r="A68" s="0" t="s">
+        <x:v>117</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:55">
+      <x:c r="A70" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:55">
+      <x:c r="A71" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
-    <x:row r="67" spans="1:56">
-[...1 lines deleted...]
-        <x:v>115</x:v>
+    <x:row r="72" spans="1:55">
+      <x:c r="A72" s="0" t="s">
+        <x:v>119</x:v>
       </x:c>
     </x:row>
-    <x:row r="68" spans="1:56">
-[...1 lines deleted...]
-        <x:v>111</x:v>
+    <x:row r="73" spans="1:55">
+      <x:c r="A73" s="0" t="s">
+        <x:v>120</x:v>
       </x:c>
     </x:row>
-    <x:row r="69" spans="1:56">
-[...1 lines deleted...]
-        <x:v>116</x:v>
+    <x:row r="74" spans="1:55">
+      <x:c r="A74" s="0" t="s">
+        <x:v>121</x:v>
       </x:c>
     </x:row>
-    <x:row r="70" spans="1:56">
-[...1 lines deleted...]
-        <x:v>117</x:v>
+    <x:row r="76" spans="1:55">
+      <x:c r="A76" s="0" t="s">
+        <x:v>122</x:v>
       </x:c>
     </x:row>
-    <x:row r="71" spans="1:56">
-[...1 lines deleted...]
-        <x:v>118</x:v>
+    <x:row r="77" spans="1:55">
+      <x:c r="A77" s="0" t="s">
+        <x:v>123</x:v>
       </x:c>
     </x:row>
-    <x:row r="73" spans="1:56">
-[...1 lines deleted...]
-        <x:v>119</x:v>
+    <x:row r="78" spans="1:55">
+      <x:c r="A78" s="0" t="s">
+        <x:v>124</x:v>
       </x:c>
     </x:row>
-    <x:row r="74" spans="1:56">
-[...1 lines deleted...]
-        <x:v>120</x:v>
+    <x:row r="80" spans="1:55">
+      <x:c r="A80" s="0" t="s">
+        <x:v>125</x:v>
       </x:c>
     </x:row>
-    <x:row r="75" spans="1:56">
-[...1 lines deleted...]
-        <x:v>121</x:v>
+    <x:row r="81" spans="1:55">
+      <x:c r="A81" s="0" t="s">
+        <x:v>126</x:v>
       </x:c>
     </x:row>
-    <x:row r="77" spans="1:56">
-[...1 lines deleted...]
-        <x:v>122</x:v>
+    <x:row r="82" spans="1:55">
+      <x:c r="A82" s="0" t="s">
+        <x:v>127</x:v>
       </x:c>
     </x:row>
-    <x:row r="78" spans="1:56">
-[...1 lines deleted...]
-        <x:v>123</x:v>
+    <x:row r="87" spans="1:55">
+      <x:c r="A87" s="0" t="s">
+        <x:v>128</x:v>
       </x:c>
     </x:row>
-    <x:row r="79" spans="1:56">
-[...1 lines deleted...]
-        <x:v>124</x:v>
+    <x:row r="88" spans="1:55">
+      <x:c r="A88" s="0" t="s">
+        <x:v>114</x:v>
       </x:c>
     </x:row>
-    <x:row r="84" spans="1:56">
-[...1 lines deleted...]
-        <x:v>125</x:v>
+    <x:row r="89" spans="1:55">
+      <x:c r="A89" s="0" t="s">
+        <x:v>129</x:v>
       </x:c>
     </x:row>
-    <x:row r="85" spans="1:56">
-[...1 lines deleted...]
-        <x:v>111</x:v>
+    <x:row r="90" spans="1:55">
+      <x:c r="A90" s="0" t="s">
+        <x:v>130</x:v>
       </x:c>
     </x:row>
-    <x:row r="86" spans="1:56">
-[...1 lines deleted...]
-        <x:v>126</x:v>
+    <x:row r="91" spans="1:55">
+      <x:c r="A91" s="0" t="s">
+        <x:v>114</x:v>
       </x:c>
     </x:row>
-    <x:row r="87" spans="1:56">
-[...1 lines deleted...]
-        <x:v>127</x:v>
+    <x:row r="92" spans="1:55">
+      <x:c r="A92" s="0" t="s">
+        <x:v>131</x:v>
       </x:c>
     </x:row>
-    <x:row r="88" spans="1:56">
-[...1 lines deleted...]
-        <x:v>111</x:v>
+    <x:row r="94" spans="1:55">
+      <x:c r="A94" s="0" t="s">
+        <x:v>132</x:v>
       </x:c>
     </x:row>
-    <x:row r="89" spans="1:56">
-[...1 lines deleted...]
-        <x:v>128</x:v>
+    <x:row r="95" spans="1:55">
+      <x:c r="A95" s="0" t="s">
+        <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="91" spans="1:56">
-[...1 lines deleted...]
-        <x:v>129</x:v>
+    <x:row r="96" spans="1:55">
+      <x:c r="A96" s="0" t="s">
+        <x:v>133</x:v>
       </x:c>
     </x:row>
-    <x:row r="92" spans="1:56">
-[...1 lines deleted...]
-        <x:v>1</x:v>
+    <x:row r="102" spans="1:55">
+      <x:c r="A102" s="0" t="s">
+        <x:v>134</x:v>
       </x:c>
     </x:row>
-    <x:row r="93" spans="1:56">
-[...1 lines deleted...]
-        <x:v>130</x:v>
+    <x:row r="104" spans="1:55">
+      <x:c r="A104" s="0" t="s">
+        <x:v>135</x:v>
       </x:c>
     </x:row>
-    <x:row r="99" spans="1:56">
-[...1 lines deleted...]
-        <x:v>131</x:v>
+    <x:row r="105" spans="1:55">
+      <x:c r="A105" s="0" t="s">
+        <x:v>136</x:v>
       </x:c>
     </x:row>
-    <x:row r="101" spans="1:56">
-[...1 lines deleted...]
-        <x:v>132</x:v>
+    <x:row r="107" spans="1:55">
+      <x:c r="A107" s="0" t="s">
+        <x:v>137</x:v>
       </x:c>
     </x:row>
-    <x:row r="102" spans="1:56">
-[...11 lines deleted...]
-        <x:v>135</x:v>
+    <x:row r="108" spans="1:55">
+      <x:c r="A108" s="0" t="s">
+        <x:v>138</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Prob</vt:lpstr>
       <vt:lpstr>Prob!Print_Area</vt:lpstr>
       <vt:lpstr>Prob!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>