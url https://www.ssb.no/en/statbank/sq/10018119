--- v0 (2025-10-19)
+++ v1 (2025-11-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98648657c59d4ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2a98814ae45b434ebdbbd9f0a2bb2294.psmdcp" Id="R42cd5ec54a324369" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fa37f87a6624d2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ccec92c0fe69475eb86bc998455044a6.psmdcp" Id="R84241e6369524494" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="PriserSesJust" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="275" uniqueCount="275">
   <x:si>
     <x:t>09190: Final expenditure and gross domestic product, by macroeconomic indicator, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices, seasonally adjusted (NOK million)</x:t>
   </x:si>
   <x:si>