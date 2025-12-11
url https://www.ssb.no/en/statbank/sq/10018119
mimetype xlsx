--- v1 (2025-11-14)
+++ v2 (2025-12-11)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fa37f87a6624d2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ccec92c0fe69475eb86bc998455044a6.psmdcp" Id="R84241e6369524494" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76eebd559c8241ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b1cb35f20d964efab868408259e56719.psmdcp" Id="Rcaf94b49d3f1424c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="PriserSesJust" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="275" uniqueCount="275">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="276">
   <x:si>
     <x:t>09190: Final expenditure and gross domestic product, by macroeconomic indicator, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices, seasonally adjusted (NOK million)</x:t>
   </x:si>
   <x:si>
     <x:t>1978K1</x:t>
   </x:si>
   <x:si>
     <x:t>1978K2</x:t>
   </x:si>
   <x:si>
     <x:t>1978K3</x:t>
   </x:si>
   <x:si>
     <x:t>1978K4</x:t>
   </x:si>
   <x:si>
     <x:t>1979K1</x:t>
   </x:si>
   <x:si>
     <x:t>1979K2</x:t>
   </x:si>
   <x:si>
@@ -586,50 +586,53 @@
   <x:si>
     <x:t>2023K3</x:t>
   </x:si>
   <x:si>
     <x:t>2023K4</x:t>
   </x:si>
   <x:si>
     <x:t>2024K1</x:t>
   </x:si>
   <x:si>
     <x:t>2024K2</x:t>
   </x:si>
   <x:si>
     <x:t>2024K3</x:t>
   </x:si>
   <x:si>
     <x:t>2024K4</x:t>
   </x:si>
   <x:si>
     <x:t>2025K1</x:t>
   </x:si>
   <x:si>
     <x:t>2025K2</x:t>
   </x:si>
   <x:si>
+    <x:t>2025K3</x:t>
+  </x:si>
+  <x:si>
     <x:t>Final consumption expenditure of households and NPISHs</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Household final consumption expenditure</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Goods</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Services</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Direct purchases abroad by resident households</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Direct purchases by non-residents</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Final consumption expenditure of NPISHs</x:t>
   </x:si>
   <x:si>
     <x:t>Final consumption expenditure of general governmen</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Final consumption expenditure of central government</x:t>
@@ -739,66 +742,66 @@
   <x:si>
     <x:t>Petroleum activities and ocean transport</x:t>
   </x:si>
   <x:si>
     <x:t>Gross domestic product Mainland Norway, basic values</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Mainland Norway excluding general government (GDP)</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Manufacturing and mining  (GDP)</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Production of other goods  (GDP)</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Service activities  (GDP)</x:t>
   </x:si>
   <x:si>
     <x:t>¬ General government  (GDP)</x:t>
   </x:si>
   <x:si>
     <x:t>Taxes and subsidies products</x:t>
   </x:si>
   <x:si>
-    <x:t>Unadjusted figures from the base year (final annual accounts) are preliminary.</x:t>
+    <x:t>Figures after 2023 (the base year) are preliminary.</x:t>
   </x:si>
   <x:si>
     <x:t>In the time series in volume, the figures from the base year and onwards are fixed price figures while data prior to the base year are chained volume figures. This implies that additivity in volume is lost prior to the base year.</x:t>
   </x:si>
   <x:si>
-    <x:t>Errors in seasonally adjusted figures were corrected on November 29, 2024 at 11:35 a.m.</x:t>
+    <x:t>Errors in seasonally adjusted figures for the series 'Changes in stocks and statistical discrepancies', 'Gross capital formation', 'Final domestic use of goods and services' and 'Total use of goods and services' for the period 2016 to 2023 have been corrected on 27 November 2025.</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices, seasonally adjusted (NOK million):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250821 08:00</x:t>
+    <x:t>20251127 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Achraf Bougroug, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 15</x:t>
   </x:si>
   <x:si>
     <x:t>acb@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Julian Paulsen Blytt, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 23 26</x:t>
   </x:si>
@@ -1224,70 +1227,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:GI112"/>
+  <x:dimension ref="A1:GJ112"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="191" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="1" max="192" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:191">
+    <x:row r="1" spans="1:192">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:191">
+    <x:row r="3" spans="1:192">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="4" spans="1:191">
+    <x:row r="4" spans="1:192">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="I4" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J4" s="2" t="s">
@@ -1814,629 +1817,635 @@
       </x:c>
       <x:c r="GB4" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="GC4" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="GD4" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="GE4" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="GF4" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="GG4" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="GH4" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="GI4" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
+      <x:c r="GJ4" s="2" t="s">
+        <x:v>192</x:v>
+      </x:c>
     </x:row>
-    <x:row r="5" spans="1:191">
+    <x:row r="5" spans="1:192">
       <x:c r="A5" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>29407</x:v>
+        <x:v>29365</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>30411</x:v>
+        <x:v>30369</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>30982</x:v>
+        <x:v>30940</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>31075</x:v>
+        <x:v>31032</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>31959</x:v>
+        <x:v>31889</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>33322</x:v>
+        <x:v>33252</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
-        <x:v>33814</x:v>
+        <x:v>33745</x:v>
       </x:c>
       <x:c r="I5" s="3" t="n">
-        <x:v>34713</x:v>
+        <x:v>34643</x:v>
       </x:c>
       <x:c r="J5" s="3" t="n">
-        <x:v>35658</x:v>
+        <x:v>35573</x:v>
       </x:c>
       <x:c r="K5" s="3" t="n">
-        <x:v>36442</x:v>
+        <x:v>36358</x:v>
       </x:c>
       <x:c r="L5" s="3" t="n">
-        <x:v>37969</x:v>
+        <x:v>37885</x:v>
       </x:c>
       <x:c r="M5" s="3" t="n">
-        <x:v>39511</x:v>
+        <x:v>39426</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>40191</x:v>
+        <x:v>40089</x:v>
       </x:c>
       <x:c r="O5" s="3" t="n">
-        <x:v>41561</x:v>
+        <x:v>41460</x:v>
       </x:c>
       <x:c r="P5" s="3" t="n">
-        <x:v>42833</x:v>
+        <x:v>42731</x:v>
       </x:c>
       <x:c r="Q5" s="3" t="n">
-        <x:v>44930</x:v>
+        <x:v>44829</x:v>
       </x:c>
       <x:c r="R5" s="3" t="n">
-        <x:v>45378</x:v>
+        <x:v>45270</x:v>
       </x:c>
       <x:c r="S5" s="3" t="n">
-        <x:v>47355</x:v>
+        <x:v>47247</x:v>
       </x:c>
       <x:c r="T5" s="3" t="n">
-        <x:v>48659</x:v>
+        <x:v>48550</x:v>
       </x:c>
       <x:c r="U5" s="3" t="n">
-        <x:v>49381</x:v>
+        <x:v>49273</x:v>
       </x:c>
       <x:c r="V5" s="3" t="n">
-        <x:v>51253</x:v>
+        <x:v>51137</x:v>
       </x:c>
       <x:c r="W5" s="3" t="n">
-        <x:v>51795</x:v>
+        <x:v>51680</x:v>
       </x:c>
       <x:c r="X5" s="3" t="n">
-        <x:v>53664</x:v>
+        <x:v>53549</x:v>
       </x:c>
       <x:c r="Y5" s="3" t="n">
-        <x:v>54095</x:v>
+        <x:v>53979</x:v>
       </x:c>
       <x:c r="Z5" s="3" t="n">
-        <x:v>55699</x:v>
+        <x:v>55582</x:v>
       </x:c>
       <x:c r="AA5" s="3" t="n">
-        <x:v>56808</x:v>
+        <x:v>56690</x:v>
       </x:c>
       <x:c r="AB5" s="3" t="n">
-        <x:v>58253</x:v>
+        <x:v>58135</x:v>
       </x:c>
       <x:c r="AC5" s="3" t="n">
-        <x:v>59913</x:v>
+        <x:v>59795</x:v>
       </x:c>
       <x:c r="AD5" s="3" t="n">
-        <x:v>63321</x:v>
+        <x:v>63182</x:v>
       </x:c>
       <x:c r="AE5" s="3" t="n">
-        <x:v>65092</x:v>
+        <x:v>64953</x:v>
       </x:c>
       <x:c r="AF5" s="3" t="n">
-        <x:v>67829</x:v>
+        <x:v>67690</x:v>
       </x:c>
       <x:c r="AG5" s="3" t="n">
-        <x:v>70249</x:v>
+        <x:v>70109</x:v>
       </x:c>
       <x:c r="AH5" s="3" t="n">
-        <x:v>71774</x:v>
+        <x:v>71621</x:v>
       </x:c>
       <x:c r="AI5" s="3" t="n">
-        <x:v>75116</x:v>
+        <x:v>74963</x:v>
       </x:c>
       <x:c r="AJ5" s="3" t="n">
-        <x:v>75023</x:v>
+        <x:v>74870</x:v>
       </x:c>
       <x:c r="AK5" s="3" t="n">
-        <x:v>77618</x:v>
+        <x:v>77466</x:v>
       </x:c>
       <x:c r="AL5" s="3" t="n">
-        <x:v>78677</x:v>
+        <x:v>78474</x:v>
       </x:c>
       <x:c r="AM5" s="3" t="n">
-        <x:v>79930</x:v>
+        <x:v>79727</x:v>
       </x:c>
       <x:c r="AN5" s="3" t="n">
-        <x:v>80596</x:v>
+        <x:v>80393</x:v>
       </x:c>
       <x:c r="AO5" s="3" t="n">
-        <x:v>82942</x:v>
+        <x:v>82739</x:v>
       </x:c>
       <x:c r="AP5" s="3" t="n">
-        <x:v>83595</x:v>
+        <x:v>83413</x:v>
       </x:c>
       <x:c r="AQ5" s="3" t="n">
-        <x:v>83783</x:v>
+        <x:v>83602</x:v>
       </x:c>
       <x:c r="AR5" s="3" t="n">
-        <x:v>83252</x:v>
+        <x:v>83071</x:v>
       </x:c>
       <x:c r="AS5" s="3" t="n">
-        <x:v>83217</x:v>
+        <x:v>83035</x:v>
       </x:c>
       <x:c r="AT5" s="3" t="n">
-        <x:v>84878</x:v>
+        <x:v>84638</x:v>
       </x:c>
       <x:c r="AU5" s="3" t="n">
-        <x:v>87427</x:v>
+        <x:v>87187</x:v>
       </x:c>
       <x:c r="AV5" s="3" t="n">
-        <x:v>87113</x:v>
+        <x:v>86874</x:v>
       </x:c>
       <x:c r="AW5" s="3" t="n">
-        <x:v>88590</x:v>
+        <x:v>88351</x:v>
       </x:c>
       <x:c r="AX5" s="3" t="n">
-        <x:v>89170</x:v>
+        <x:v>89029</x:v>
       </x:c>
       <x:c r="AY5" s="3" t="n">
-        <x:v>91478</x:v>
+        <x:v>91338</x:v>
       </x:c>
       <x:c r="AZ5" s="3" t="n">
-        <x:v>92780</x:v>
+        <x:v>92639</x:v>
       </x:c>
       <x:c r="BA5" s="3" t="n">
-        <x:v>93113</x:v>
+        <x:v>92973</x:v>
       </x:c>
       <x:c r="BB5" s="3" t="n">
-        <x:v>96035</x:v>
+        <x:v>95797</x:v>
       </x:c>
       <x:c r="BC5" s="3" t="n">
-        <x:v>96046</x:v>
+        <x:v>95808</x:v>
       </x:c>
       <x:c r="BD5" s="3" t="n">
-        <x:v>97693</x:v>
+        <x:v>97455</x:v>
       </x:c>
       <x:c r="BE5" s="3" t="n">
-        <x:v>98092</x:v>
+        <x:v>97854</x:v>
       </x:c>
       <x:c r="BF5" s="3" t="n">
-        <x:v>101273</x:v>
+        <x:v>101084</x:v>
       </x:c>
       <x:c r="BG5" s="3" t="n">
-        <x:v>100624</x:v>
+        <x:v>100435</x:v>
       </x:c>
       <x:c r="BH5" s="3" t="n">
-        <x:v>100622</x:v>
+        <x:v>100433</x:v>
       </x:c>
       <x:c r="BI5" s="3" t="n">
-        <x:v>103469</x:v>
+        <x:v>103280</x:v>
       </x:c>
       <x:c r="BJ5" s="3" t="n">
-        <x:v>103291</x:v>
+        <x:v>103170</x:v>
       </x:c>
       <x:c r="BK5" s="3" t="n">
-        <x:v>104767</x:v>
+        <x:v>104645</x:v>
       </x:c>
       <x:c r="BL5" s="3" t="n">
-        <x:v>107352</x:v>
+        <x:v>107231</x:v>
       </x:c>
       <x:c r="BM5" s="3" t="n">
-        <x:v>110017</x:v>
+        <x:v>109895</x:v>
       </x:c>
       <x:c r="BN5" s="3" t="n">
-        <x:v>109336</x:v>
+        <x:v>109200</x:v>
       </x:c>
       <x:c r="BO5" s="3" t="n">
-        <x:v>109801</x:v>
+        <x:v>109665</x:v>
       </x:c>
       <x:c r="BP5" s="3" t="n">
-        <x:v>112166</x:v>
+        <x:v>112030</x:v>
       </x:c>
       <x:c r="BQ5" s="3" t="n">
-        <x:v>112856</x:v>
+        <x:v>112720</x:v>
       </x:c>
       <x:c r="BR5" s="3" t="n">
-        <x:v>114740</x:v>
+        <x:v>114701</x:v>
       </x:c>
       <x:c r="BS5" s="3" t="n">
-        <x:v>117135</x:v>
+        <x:v>117096</x:v>
       </x:c>
       <x:c r="BT5" s="3" t="n">
-        <x:v>118852</x:v>
+        <x:v>118813</x:v>
       </x:c>
       <x:c r="BU5" s="3" t="n">
-        <x:v>120185</x:v>
+        <x:v>120146</x:v>
       </x:c>
       <x:c r="BV5" s="3" t="n">
-        <x:v>124364</x:v>
+        <x:v>124451</x:v>
       </x:c>
       <x:c r="BW5" s="3" t="n">
-        <x:v>124748</x:v>
+        <x:v>124835</x:v>
       </x:c>
       <x:c r="BX5" s="3" t="n">
-        <x:v>127808</x:v>
+        <x:v>127895</x:v>
       </x:c>
       <x:c r="BY5" s="3" t="n">
-        <x:v>130070</x:v>
+        <x:v>130157</x:v>
       </x:c>
       <x:c r="BZ5" s="3" t="n">
-        <x:v>130290</x:v>
+        <x:v>130434</x:v>
       </x:c>
       <x:c r="CA5" s="3" t="n">
-        <x:v>133467</x:v>
+        <x:v>133611</x:v>
       </x:c>
       <x:c r="CB5" s="3" t="n">
-        <x:v>134285</x:v>
+        <x:v>134429</x:v>
       </x:c>
       <x:c r="CC5" s="3" t="n">
-        <x:v>137299</x:v>
+        <x:v>137443</x:v>
       </x:c>
       <x:c r="CD5" s="3" t="n">
-        <x:v>136931</x:v>
+        <x:v>137123</x:v>
       </x:c>
       <x:c r="CE5" s="3" t="n">
-        <x:v>141477</x:v>
+        <x:v>141669</x:v>
       </x:c>
       <x:c r="CF5" s="3" t="n">
-        <x:v>142788</x:v>
+        <x:v>142980</x:v>
       </x:c>
       <x:c r="CG5" s="3" t="n">
-        <x:v>143244</x:v>
+        <x:v>143436</x:v>
       </x:c>
       <x:c r="CH5" s="3" t="n">
-        <x:v>146453</x:v>
+        <x:v>146958</x:v>
       </x:c>
       <x:c r="CI5" s="3" t="n">
-        <x:v>145731</x:v>
+        <x:v>146236</x:v>
       </x:c>
       <x:c r="CJ5" s="3" t="n">
-        <x:v>150307</x:v>
+        <x:v>150811</x:v>
       </x:c>
       <x:c r="CK5" s="3" t="n">
-        <x:v>154551</x:v>
+        <x:v>155056</x:v>
       </x:c>
       <x:c r="CL5" s="3" t="n">
-        <x:v>158014</x:v>
+        <x:v>158887</x:v>
       </x:c>
       <x:c r="CM5" s="3" t="n">
-        <x:v>159917</x:v>
+        <x:v>160791</x:v>
       </x:c>
       <x:c r="CN5" s="3" t="n">
-        <x:v>160964</x:v>
+        <x:v>161837</x:v>
       </x:c>
       <x:c r="CO5" s="3" t="n">
-        <x:v>161055</x:v>
+        <x:v>161929</x:v>
       </x:c>
       <x:c r="CP5" s="3" t="n">
-        <x:v>164931</x:v>
+        <x:v>166383</x:v>
       </x:c>
       <x:c r="CQ5" s="3" t="n">
-        <x:v>167565</x:v>
+        <x:v>169018</x:v>
       </x:c>
       <x:c r="CR5" s="3" t="n">
-        <x:v>166868</x:v>
+        <x:v>168321</x:v>
       </x:c>
       <x:c r="CS5" s="3" t="n">
-        <x:v>168146</x:v>
+        <x:v>169599</x:v>
       </x:c>
       <x:c r="CT5" s="3" t="n">
-        <x:v>171460</x:v>
+        <x:v>173917</x:v>
       </x:c>
       <x:c r="CU5" s="3" t="n">
-        <x:v>172363</x:v>
+        <x:v>174819</x:v>
       </x:c>
       <x:c r="CV5" s="3" t="n">
-        <x:v>174629</x:v>
+        <x:v>177085</x:v>
       </x:c>
       <x:c r="CW5" s="3" t="n">
-        <x:v>179513</x:v>
+        <x:v>181970</x:v>
       </x:c>
       <x:c r="CX5" s="3" t="n">
-        <x:v>182802</x:v>
+        <x:v>185820</x:v>
       </x:c>
       <x:c r="CY5" s="3" t="n">
-        <x:v>181926</x:v>
+        <x:v>184944</x:v>
       </x:c>
       <x:c r="CZ5" s="3" t="n">
-        <x:v>185737</x:v>
+        <x:v>188756</x:v>
       </x:c>
       <x:c r="DA5" s="3" t="n">
-        <x:v>190227</x:v>
+        <x:v>193245</x:v>
       </x:c>
       <x:c r="DB5" s="3" t="n">
-        <x:v>194924</x:v>
+        <x:v>199353</x:v>
       </x:c>
       <x:c r="DC5" s="3" t="n">
-        <x:v>196282</x:v>
+        <x:v>200711</x:v>
       </x:c>
       <x:c r="DD5" s="3" t="n">
-        <x:v>198313</x:v>
+        <x:v>202742</x:v>
       </x:c>
       <x:c r="DE5" s="3" t="n">
-        <x:v>200800</x:v>
+        <x:v>205229</x:v>
       </x:c>
       <x:c r="DF5" s="3" t="n">
-        <x:v>202183</x:v>
+        <x:v>208839</x:v>
       </x:c>
       <x:c r="DG5" s="3" t="n">
-        <x:v>208468</x:v>
+        <x:v>215124</x:v>
       </x:c>
       <x:c r="DH5" s="3" t="n">
-        <x:v>213005</x:v>
+        <x:v>219661</x:v>
       </x:c>
       <x:c r="DI5" s="3" t="n">
-        <x:v>210899</x:v>
+        <x:v>217555</x:v>
       </x:c>
       <x:c r="DJ5" s="3" t="n">
-        <x:v>217030</x:v>
+        <x:v>226283</x:v>
       </x:c>
       <x:c r="DK5" s="3" t="n">
-        <x:v>221958</x:v>
+        <x:v>231211</x:v>
       </x:c>
       <x:c r="DL5" s="3" t="n">
-        <x:v>224657</x:v>
+        <x:v>233910</x:v>
       </x:c>
       <x:c r="DM5" s="3" t="n">
-        <x:v>228267</x:v>
+        <x:v>237520</x:v>
       </x:c>
       <x:c r="DN5" s="3" t="n">
-        <x:v>233013</x:v>
+        <x:v>243753</x:v>
       </x:c>
       <x:c r="DO5" s="3" t="n">
-        <x:v>235402</x:v>
+        <x:v>246142</x:v>
       </x:c>
       <x:c r="DP5" s="3" t="n">
-        <x:v>238610</x:v>
+        <x:v>249351</x:v>
       </x:c>
       <x:c r="DQ5" s="3" t="n">
-        <x:v>244189</x:v>
+        <x:v>254929</x:v>
       </x:c>
       <x:c r="DR5" s="3" t="n">
-        <x:v>249325</x:v>
+        <x:v>259593</x:v>
       </x:c>
       <x:c r="DS5" s="3" t="n">
-        <x:v>250373</x:v>
+        <x:v>260641</x:v>
       </x:c>
       <x:c r="DT5" s="3" t="n">
-        <x:v>250271</x:v>
+        <x:v>260539</x:v>
       </x:c>
       <x:c r="DU5" s="3" t="n">
-        <x:v>250783</x:v>
+        <x:v>261051</x:v>
       </x:c>
       <x:c r="DV5" s="3" t="n">
-        <x:v>249227</x:v>
+        <x:v>261655</x:v>
       </x:c>
       <x:c r="DW5" s="3" t="n">
-        <x:v>254999</x:v>
+        <x:v>267427</x:v>
       </x:c>
       <x:c r="DX5" s="3" t="n">
-        <x:v>258875</x:v>
+        <x:v>271303</x:v>
       </x:c>
       <x:c r="DY5" s="3" t="n">
-        <x:v>262784</x:v>
+        <x:v>275212</x:v>
       </x:c>
       <x:c r="DZ5" s="3" t="n">
-        <x:v>271121</x:v>
+        <x:v>285345</x:v>
       </x:c>
       <x:c r="EA5" s="3" t="n">
-        <x:v>266706</x:v>
+        <x:v>280929</x:v>
       </x:c>
       <x:c r="EB5" s="3" t="n">
-        <x:v>271578</x:v>
+        <x:v>285802</x:v>
       </x:c>
       <x:c r="EC5" s="3" t="n">
-        <x:v>277644</x:v>
+        <x:v>291867</x:v>
       </x:c>
       <x:c r="ED5" s="3" t="n">
-        <x:v>276740</x:v>
+        <x:v>292873</x:v>
       </x:c>
       <x:c r="EE5" s="3" t="n">
-        <x:v>281625</x:v>
+        <x:v>297758</x:v>
       </x:c>
       <x:c r="EF5" s="3" t="n">
-        <x:v>281457</x:v>
+        <x:v>297589</x:v>
       </x:c>
       <x:c r="EG5" s="3" t="n">
-        <x:v>285267</x:v>
+        <x:v>301399</x:v>
       </x:c>
       <x:c r="EH5" s="3" t="n">
-        <x:v>289325</x:v>
+        <x:v>307067</x:v>
       </x:c>
       <x:c r="EI5" s="3" t="n">
-        <x:v>291535</x:v>
+        <x:v>309276</x:v>
       </x:c>
       <x:c r="EJ5" s="3" t="n">
-        <x:v>296173</x:v>
+        <x:v>313914</x:v>
       </x:c>
       <x:c r="EK5" s="3" t="n">
-        <x:v>299571</x:v>
+        <x:v>317313</x:v>
       </x:c>
       <x:c r="EL5" s="3" t="n">
-        <x:v>304348</x:v>
+        <x:v>325139</x:v>
       </x:c>
       <x:c r="EM5" s="3" t="n">
-        <x:v>306844</x:v>
+        <x:v>327635</x:v>
       </x:c>
       <x:c r="EN5" s="3" t="n">
-        <x:v>310395</x:v>
+        <x:v>331186</x:v>
       </x:c>
       <x:c r="EO5" s="3" t="n">
-        <x:v>312801</x:v>
+        <x:v>333591</x:v>
       </x:c>
       <x:c r="EP5" s="3" t="n">
-        <x:v>317467</x:v>
+        <x:v>340508</x:v>
       </x:c>
       <x:c r="EQ5" s="3" t="n">
-        <x:v>320865</x:v>
+        <x:v>343906</x:v>
       </x:c>
       <x:c r="ER5" s="3" t="n">
-        <x:v>322722</x:v>
+        <x:v>345763</x:v>
       </x:c>
       <x:c r="ES5" s="3" t="n">
-        <x:v>327347</x:v>
+        <x:v>350388</x:v>
       </x:c>
       <x:c r="ET5" s="3" t="n">
-        <x:v>333853</x:v>
+        <x:v>359684</x:v>
       </x:c>
       <x:c r="EU5" s="3" t="n">
-        <x:v>335198</x:v>
+        <x:v>361030</x:v>
       </x:c>
       <x:c r="EV5" s="3" t="n">
-        <x:v>339703</x:v>
+        <x:v>365534</x:v>
       </x:c>
       <x:c r="EW5" s="3" t="n">
-        <x:v>345515</x:v>
+        <x:v>371346</x:v>
       </x:c>
       <x:c r="EX5" s="3" t="n">
-        <x:v>348860</x:v>
+        <x:v>377582</x:v>
       </x:c>
       <x:c r="EY5" s="3" t="n">
-        <x:v>350326</x:v>
+        <x:v>377058</x:v>
       </x:c>
       <x:c r="EZ5" s="3" t="n">
-        <x:v>353089</x:v>
+        <x:v>381000</x:v>
       </x:c>
       <x:c r="FA5" s="3" t="n">
-        <x:v>358502</x:v>
+        <x:v>385074</x:v>
       </x:c>
       <x:c r="FB5" s="3" t="n">
-        <x:v>363275</x:v>
+        <x:v>393136</x:v>
       </x:c>
       <x:c r="FC5" s="3" t="n">
-        <x:v>367923</x:v>
+        <x:v>395977</x:v>
       </x:c>
       <x:c r="FD5" s="3" t="n">
-        <x:v>369642</x:v>
+        <x:v>401637</x:v>
       </x:c>
       <x:c r="FE5" s="3" t="n">
-        <x:v>375807</x:v>
+        <x:v>406791</x:v>
       </x:c>
       <x:c r="FF5" s="3" t="n">
-        <x:v>376079</x:v>
+        <x:v>409543</x:v>
       </x:c>
       <x:c r="FG5" s="3" t="n">
-        <x:v>382919</x:v>
+        <x:v>415398</x:v>
       </x:c>
       <x:c r="FH5" s="3" t="n">
-        <x:v>385745</x:v>
+        <x:v>421172</x:v>
       </x:c>
       <x:c r="FI5" s="3" t="n">
-        <x:v>390543</x:v>
+        <x:v>422447</x:v>
       </x:c>
       <x:c r="FJ5" s="3" t="n">
-        <x:v>393368</x:v>
+        <x:v>429179</x:v>
       </x:c>
       <x:c r="FK5" s="3" t="n">
-        <x:v>394082</x:v>
+        <x:v>429678</x:v>
       </x:c>
       <x:c r="FL5" s="3" t="n">
-        <x:v>399678</x:v>
+        <x:v>436516</x:v>
       </x:c>
       <x:c r="FM5" s="3" t="n">
-        <x:v>401527</x:v>
+        <x:v>433155</x:v>
       </x:c>
       <x:c r="FN5" s="3" t="n">
-        <x:v>390889</x:v>
+        <x:v>431321</x:v>
       </x:c>
       <x:c r="FO5" s="3" t="n">
-        <x:v>348106</x:v>
+        <x:v>387975</x:v>
       </x:c>
       <x:c r="FP5" s="3" t="n">
-        <x:v>382463</x:v>
+        <x:v>423371</x:v>
       </x:c>
       <x:c r="FQ5" s="3" t="n">
-        <x:v>385145</x:v>
+        <x:v>419914</x:v>
       </x:c>
       <x:c r="FR5" s="3" t="n">
-        <x:v>377633</x:v>
+        <x:v>425504</x:v>
       </x:c>
       <x:c r="FS5" s="3" t="n">
-        <x:v>388765</x:v>
+        <x:v>429629</x:v>
       </x:c>
       <x:c r="FT5" s="3" t="n">
-        <x:v>423015</x:v>
+        <x:v>465081</x:v>
       </x:c>
       <x:c r="FU5" s="3" t="n">
-        <x:v>435485</x:v>
+        <x:v>476481</x:v>
       </x:c>
       <x:c r="FV5" s="3" t="n">
-        <x:v>430453</x:v>
+        <x:v>477663</x:v>
       </x:c>
       <x:c r="FW5" s="3" t="n">
-        <x:v>456490</x:v>
+        <x:v>499186</x:v>
       </x:c>
       <x:c r="FX5" s="3" t="n">
-        <x:v>468895</x:v>
+        <x:v>509934</x:v>
       </x:c>
       <x:c r="FY5" s="3" t="n">
-        <x:v>502447</x:v>
+        <x:v>529395</x:v>
       </x:c>
       <x:c r="FZ5" s="3" t="n">
-        <x:v>476133</x:v>
+        <x:v>517722</x:v>
       </x:c>
       <x:c r="GA5" s="3" t="n">
-        <x:v>489973</x:v>
+        <x:v>525889</x:v>
       </x:c>
       <x:c r="GB5" s="3" t="n">
-        <x:v>493270</x:v>
+        <x:v>525723</x:v>
       </x:c>
       <x:c r="GC5" s="3" t="n">
-        <x:v>500798</x:v>
+        <x:v>535080</x:v>
       </x:c>
       <x:c r="GD5" s="3" t="n">
-        <x:v>499030</x:v>
+        <x:v>538794</x:v>
       </x:c>
       <x:c r="GE5" s="3" t="n">
-        <x:v>515354</x:v>
+        <x:v>554456</x:v>
       </x:c>
       <x:c r="GF5" s="3" t="n">
-        <x:v>515484</x:v>
+        <x:v>557645</x:v>
       </x:c>
       <x:c r="GG5" s="3" t="n">
-        <x:v>519350</x:v>
+        <x:v>559684</x:v>
       </x:c>
       <x:c r="GH5" s="3" t="n">
-        <x:v>532721</x:v>
+        <x:v>572881</x:v>
       </x:c>
       <x:c r="GI5" s="3" t="n">
-        <x:v>535731</x:v>
+        <x:v>579749</x:v>
+      </x:c>
+      <x:c r="GJ5" s="3" t="n">
+        <x:v>592043</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:191">
+    <x:row r="6" spans="1:192">
       <x:c r="A6" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>27880</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>28841</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
         <x:v>29362</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
         <x:v>29406</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
         <x:v>30278</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
         <x:v>31586</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
         <x:v>32028</x:v>
       </x:c>
       <x:c r="I6" s="3" t="n">
         <x:v>32874</x:v>
       </x:c>
@@ -2647,1521 +2656,1530 @@
       <x:c r="BZ6" s="3" t="n">
         <x:v>124749</x:v>
       </x:c>
       <x:c r="CA6" s="3" t="n">
         <x:v>127966</x:v>
       </x:c>
       <x:c r="CB6" s="3" t="n">
         <x:v>128640</x:v>
       </x:c>
       <x:c r="CC6" s="3" t="n">
         <x:v>131743</x:v>
       </x:c>
       <x:c r="CD6" s="3" t="n">
         <x:v>131235</x:v>
       </x:c>
       <x:c r="CE6" s="3" t="n">
         <x:v>135734</x:v>
       </x:c>
       <x:c r="CF6" s="3" t="n">
         <x:v>136979</x:v>
       </x:c>
       <x:c r="CG6" s="3" t="n">
         <x:v>137244</x:v>
       </x:c>
       <x:c r="CH6" s="3" t="n">
-        <x:v>140421</x:v>
+        <x:v>140744</x:v>
       </x:c>
       <x:c r="CI6" s="3" t="n">
-        <x:v>139530</x:v>
+        <x:v>139854</x:v>
       </x:c>
       <x:c r="CJ6" s="3" t="n">
-        <x:v>144037</x:v>
+        <x:v>144361</x:v>
       </x:c>
       <x:c r="CK6" s="3" t="n">
-        <x:v>148231</x:v>
+        <x:v>148554</x:v>
       </x:c>
       <x:c r="CL6" s="3" t="n">
-        <x:v>151672</x:v>
+        <x:v>152373</x:v>
       </x:c>
       <x:c r="CM6" s="3" t="n">
-        <x:v>153365</x:v>
+        <x:v>154065</x:v>
       </x:c>
       <x:c r="CN6" s="3" t="n">
-        <x:v>154251</x:v>
+        <x:v>154951</x:v>
       </x:c>
       <x:c r="CO6" s="3" t="n">
-        <x:v>154551</x:v>
+        <x:v>155252</x:v>
       </x:c>
       <x:c r="CP6" s="3" t="n">
-        <x:v>158235</x:v>
+        <x:v>159345</x:v>
       </x:c>
       <x:c r="CQ6" s="3" t="n">
-        <x:v>161027</x:v>
+        <x:v>162137</x:v>
       </x:c>
       <x:c r="CR6" s="3" t="n">
-        <x:v>160251</x:v>
+        <x:v>161361</x:v>
       </x:c>
       <x:c r="CS6" s="3" t="n">
-        <x:v>161257</x:v>
+        <x:v>162367</x:v>
       </x:c>
       <x:c r="CT6" s="3" t="n">
-        <x:v>164485</x:v>
+        <x:v>166541</x:v>
       </x:c>
       <x:c r="CU6" s="3" t="n">
-        <x:v>165394</x:v>
+        <x:v>167450</x:v>
       </x:c>
       <x:c r="CV6" s="3" t="n">
-        <x:v>167536</x:v>
+        <x:v>169592</x:v>
       </x:c>
       <x:c r="CW6" s="3" t="n">
-        <x:v>172248</x:v>
+        <x:v>174304</x:v>
       </x:c>
       <x:c r="CX6" s="3" t="n">
-        <x:v>175237</x:v>
+        <x:v>178152</x:v>
       </x:c>
       <x:c r="CY6" s="3" t="n">
-        <x:v>174289</x:v>
+        <x:v>177204</x:v>
       </x:c>
       <x:c r="CZ6" s="3" t="n">
-        <x:v>177970</x:v>
+        <x:v>180885</x:v>
       </x:c>
       <x:c r="DA6" s="3" t="n">
-        <x:v>182295</x:v>
+        <x:v>185210</x:v>
       </x:c>
       <x:c r="DB6" s="3" t="n">
-        <x:v>186779</x:v>
+        <x:v>190728</x:v>
       </x:c>
       <x:c r="DC6" s="3" t="n">
-        <x:v>188160</x:v>
+        <x:v>192109</x:v>
       </x:c>
       <x:c r="DD6" s="3" t="n">
-        <x:v>190020</x:v>
+        <x:v>193969</x:v>
       </x:c>
       <x:c r="DE6" s="3" t="n">
-        <x:v>192343</x:v>
+        <x:v>196292</x:v>
       </x:c>
       <x:c r="DF6" s="3" t="n">
-        <x:v>193200</x:v>
+        <x:v>199546</x:v>
       </x:c>
       <x:c r="DG6" s="3" t="n">
-        <x:v>199572</x:v>
+        <x:v>205918</x:v>
       </x:c>
       <x:c r="DH6" s="3" t="n">
-        <x:v>203824</x:v>
+        <x:v>210170</x:v>
       </x:c>
       <x:c r="DI6" s="3" t="n">
-        <x:v>201553</x:v>
+        <x:v>207899</x:v>
       </x:c>
       <x:c r="DJ6" s="3" t="n">
-        <x:v>207710</x:v>
+        <x:v>216796</x:v>
       </x:c>
       <x:c r="DK6" s="3" t="n">
-        <x:v>212202</x:v>
+        <x:v>221288</x:v>
       </x:c>
       <x:c r="DL6" s="3" t="n">
-        <x:v>214845</x:v>
+        <x:v>223931</x:v>
       </x:c>
       <x:c r="DM6" s="3" t="n">
-        <x:v>218511</x:v>
+        <x:v>227597</x:v>
       </x:c>
       <x:c r="DN6" s="3" t="n">
-        <x:v>223179</x:v>
+        <x:v>233819</x:v>
       </x:c>
       <x:c r="DO6" s="3" t="n">
-        <x:v>225161</x:v>
+        <x:v>235802</x:v>
       </x:c>
       <x:c r="DP6" s="3" t="n">
-        <x:v>228224</x:v>
+        <x:v>238865</x:v>
       </x:c>
       <x:c r="DQ6" s="3" t="n">
-        <x:v>233931</x:v>
+        <x:v>244572</x:v>
       </x:c>
       <x:c r="DR6" s="3" t="n">
-        <x:v>238636</x:v>
+        <x:v>248878</x:v>
       </x:c>
       <x:c r="DS6" s="3" t="n">
-        <x:v>239187</x:v>
+        <x:v>249429</x:v>
       </x:c>
       <x:c r="DT6" s="3" t="n">
-        <x:v>239133</x:v>
+        <x:v>249375</x:v>
       </x:c>
       <x:c r="DU6" s="3" t="n">
-        <x:v>239264</x:v>
+        <x:v>249506</x:v>
       </x:c>
       <x:c r="DV6" s="3" t="n">
-        <x:v>237504</x:v>
+        <x:v>249888</x:v>
       </x:c>
       <x:c r="DW6" s="3" t="n">
-        <x:v>243331</x:v>
+        <x:v>255715</x:v>
       </x:c>
       <x:c r="DX6" s="3" t="n">
-        <x:v>246852</x:v>
+        <x:v>259236</x:v>
       </x:c>
       <x:c r="DY6" s="3" t="n">
-        <x:v>250302</x:v>
+        <x:v>262686</x:v>
       </x:c>
       <x:c r="DZ6" s="3" t="n">
-        <x:v>259254</x:v>
+        <x:v>273426</x:v>
       </x:c>
       <x:c r="EA6" s="3" t="n">
-        <x:v>254614</x:v>
+        <x:v>268786</x:v>
       </x:c>
       <x:c r="EB6" s="3" t="n">
-        <x:v>259284</x:v>
+        <x:v>273456</x:v>
       </x:c>
       <x:c r="EC6" s="3" t="n">
-        <x:v>265092</x:v>
+        <x:v>279264</x:v>
       </x:c>
       <x:c r="ED6" s="3" t="n">
-        <x:v>263848</x:v>
+        <x:v>279862</x:v>
       </x:c>
       <x:c r="EE6" s="3" t="n">
-        <x:v>268619</x:v>
+        <x:v>284633</x:v>
       </x:c>
       <x:c r="EF6" s="3" t="n">
-        <x:v>268167</x:v>
+        <x:v>284180</x:v>
       </x:c>
       <x:c r="EG6" s="3" t="n">
-        <x:v>271797</x:v>
+        <x:v>287811</x:v>
       </x:c>
       <x:c r="EH6" s="3" t="n">
-        <x:v>275590</x:v>
+        <x:v>293278</x:v>
       </x:c>
       <x:c r="EI6" s="3" t="n">
-        <x:v>277882</x:v>
+        <x:v>295570</x:v>
       </x:c>
       <x:c r="EJ6" s="3" t="n">
-        <x:v>282285</x:v>
+        <x:v>299974</x:v>
       </x:c>
       <x:c r="EK6" s="3" t="n">
-        <x:v>285521</x:v>
+        <x:v>303209</x:v>
       </x:c>
       <x:c r="EL6" s="3" t="n">
-        <x:v>289972</x:v>
+        <x:v>310830</x:v>
       </x:c>
       <x:c r="EM6" s="3" t="n">
-        <x:v>292161</x:v>
+        <x:v>313019</x:v>
       </x:c>
       <x:c r="EN6" s="3" t="n">
-        <x:v>295443</x:v>
+        <x:v>316301</x:v>
       </x:c>
       <x:c r="EO6" s="3" t="n">
-        <x:v>297883</x:v>
+        <x:v>318741</x:v>
       </x:c>
       <x:c r="EP6" s="3" t="n">
-        <x:v>301600</x:v>
+        <x:v>325022</x:v>
       </x:c>
       <x:c r="EQ6" s="3" t="n">
-        <x:v>305010</x:v>
+        <x:v>328433</x:v>
       </x:c>
       <x:c r="ER6" s="3" t="n">
-        <x:v>306056</x:v>
+        <x:v>329479</x:v>
       </x:c>
       <x:c r="ES6" s="3" t="n">
-        <x:v>310911</x:v>
+        <x:v>334333</x:v>
       </x:c>
       <x:c r="ET6" s="3" t="n">
-        <x:v>315897</x:v>
+        <x:v>342532</x:v>
       </x:c>
       <x:c r="EU6" s="3" t="n">
-        <x:v>317524</x:v>
+        <x:v>344160</x:v>
       </x:c>
       <x:c r="EV6" s="3" t="n">
-        <x:v>321293</x:v>
+        <x:v>347928</x:v>
       </x:c>
       <x:c r="EW6" s="3" t="n">
-        <x:v>327002</x:v>
+        <x:v>353638</x:v>
       </x:c>
       <x:c r="EX6" s="3" t="n">
-        <x:v>330337</x:v>
+        <x:v>360303</x:v>
       </x:c>
       <x:c r="EY6" s="3" t="n">
-        <x:v>331823</x:v>
+        <x:v>360069</x:v>
       </x:c>
       <x:c r="EZ6" s="3" t="n">
-        <x:v>334368</x:v>
+        <x:v>363049</x:v>
       </x:c>
       <x:c r="FA6" s="3" t="n">
-        <x:v>339638</x:v>
+        <x:v>367679</x:v>
       </x:c>
       <x:c r="FB6" s="3" t="n">
-        <x:v>343859</x:v>
+        <x:v>375598</x:v>
       </x:c>
       <x:c r="FC6" s="3" t="n">
-        <x:v>348122</x:v>
+        <x:v>377912</x:v>
       </x:c>
       <x:c r="FD6" s="3" t="n">
-        <x:v>349715</x:v>
+        <x:v>382740</x:v>
       </x:c>
       <x:c r="FE6" s="3" t="n">
-        <x:v>355978</x:v>
+        <x:v>388776</x:v>
       </x:c>
       <x:c r="FF6" s="3" t="n">
-        <x:v>356089</x:v>
+        <x:v>390759</x:v>
       </x:c>
       <x:c r="FG6" s="3" t="n">
-        <x:v>362951</x:v>
+        <x:v>396809</x:v>
       </x:c>
       <x:c r="FH6" s="3" t="n">
-        <x:v>365629</x:v>
+        <x:v>401573</x:v>
       </x:c>
       <x:c r="FI6" s="3" t="n">
-        <x:v>369996</x:v>
+        <x:v>403226</x:v>
       </x:c>
       <x:c r="FJ6" s="3" t="n">
-        <x:v>372510</x:v>
+        <x:v>409960</x:v>
       </x:c>
       <x:c r="FK6" s="3" t="n">
-        <x:v>372766</x:v>
+        <x:v>409863</x:v>
       </x:c>
       <x:c r="FL6" s="3" t="n">
-        <x:v>377948</x:v>
+        <x:v>415616</x:v>
       </x:c>
       <x:c r="FM6" s="3" t="n">
-        <x:v>379485</x:v>
+        <x:v>412842</x:v>
       </x:c>
       <x:c r="FN6" s="3" t="n">
-        <x:v>368663</x:v>
+        <x:v>409821</x:v>
       </x:c>
       <x:c r="FO6" s="3" t="n">
-        <x:v>328595</x:v>
+        <x:v>369325</x:v>
       </x:c>
       <x:c r="FP6" s="3" t="n">
-        <x:v>360808</x:v>
+        <x:v>401704</x:v>
       </x:c>
       <x:c r="FQ6" s="3" t="n">
-        <x:v>363763</x:v>
+        <x:v>399382</x:v>
       </x:c>
       <x:c r="FR6" s="3" t="n">
-        <x:v>357194</x:v>
+        <x:v>405504</x:v>
       </x:c>
       <x:c r="FS6" s="3" t="n">
-        <x:v>367727</x:v>
+        <x:v>408348</x:v>
       </x:c>
       <x:c r="FT6" s="3" t="n">
-        <x:v>398964</x:v>
+        <x:v>439419</x:v>
       </x:c>
       <x:c r="FU6" s="3" t="n">
-        <x:v>410118</x:v>
+        <x:v>450253</x:v>
       </x:c>
       <x:c r="FV6" s="3" t="n">
-        <x:v>404711</x:v>
+        <x:v>453249</x:v>
       </x:c>
       <x:c r="FW6" s="3" t="n">
-        <x:v>429340</x:v>
+        <x:v>473241</x:v>
       </x:c>
       <x:c r="FX6" s="3" t="n">
-        <x:v>441133</x:v>
+        <x:v>482592</x:v>
       </x:c>
       <x:c r="FY6" s="3" t="n">
-        <x:v>474334</x:v>
+        <x:v>502775</x:v>
       </x:c>
       <x:c r="FZ6" s="3" t="n">
-        <x:v>447551</x:v>
+        <x:v>488344</x:v>
       </x:c>
       <x:c r="GA6" s="3" t="n">
-        <x:v>461046</x:v>
+        <x:v>495975</x:v>
       </x:c>
       <x:c r="GB6" s="3" t="n">
-        <x:v>463512</x:v>
+        <x:v>495735</x:v>
       </x:c>
       <x:c r="GC6" s="3" t="n">
-        <x:v>470413</x:v>
+        <x:v>502959</x:v>
       </x:c>
       <x:c r="GD6" s="3" t="n">
-        <x:v>468648</x:v>
+        <x:v>507900</x:v>
       </x:c>
       <x:c r="GE6" s="3" t="n">
-        <x:v>484669</x:v>
+        <x:v>522412</x:v>
       </x:c>
       <x:c r="GF6" s="3" t="n">
-        <x:v>484400</x:v>
+        <x:v>524094</x:v>
       </x:c>
       <x:c r="GG6" s="3" t="n">
-        <x:v>488363</x:v>
+        <x:v>527120</x:v>
       </x:c>
       <x:c r="GH6" s="3" t="n">
-        <x:v>501035</x:v>
+        <x:v>540039</x:v>
       </x:c>
       <x:c r="GI6" s="3" t="n">
-        <x:v>503705</x:v>
+        <x:v>545761</x:v>
+      </x:c>
+      <x:c r="GJ6" s="3" t="n">
+        <x:v>557057</x:v>
       </x:c>
     </x:row>
-    <x:row r="7" spans="1:191">
+    <x:row r="7" spans="1:192">
       <x:c r="A7" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>17487</x:v>
+        <x:v>17496</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>18118</x:v>
+        <x:v>18127</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>18305</x:v>
+        <x:v>18314</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>18119</x:v>
+        <x:v>18128</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>18769</x:v>
+        <x:v>18779</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>19719</x:v>
+        <x:v>19729</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
-        <x:v>20008</x:v>
+        <x:v>20018</x:v>
       </x:c>
       <x:c r="I7" s="3" t="n">
-        <x:v>20681</x:v>
+        <x:v>20691</x:v>
       </x:c>
       <x:c r="J7" s="3" t="n">
-        <x:v>21394</x:v>
+        <x:v>21406</x:v>
       </x:c>
       <x:c r="K7" s="3" t="n">
-        <x:v>21678</x:v>
+        <x:v>21690</x:v>
       </x:c>
       <x:c r="L7" s="3" t="n">
-        <x:v>22596</x:v>
+        <x:v>22609</x:v>
       </x:c>
       <x:c r="M7" s="3" t="n">
-        <x:v>23679</x:v>
+        <x:v>23691</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
-        <x:v>23890</x:v>
+        <x:v>23903</x:v>
       </x:c>
       <x:c r="O7" s="3" t="n">
-        <x:v>24504</x:v>
+        <x:v>24517</x:v>
       </x:c>
       <x:c r="P7" s="3" t="n">
-        <x:v>25325</x:v>
+        <x:v>25338</x:v>
       </x:c>
       <x:c r="Q7" s="3" t="n">
-        <x:v>26666</x:v>
+        <x:v>26679</x:v>
       </x:c>
       <x:c r="R7" s="3" t="n">
-        <x:v>26489</x:v>
+        <x:v>26503</x:v>
       </x:c>
       <x:c r="S7" s="3" t="n">
-        <x:v>27296</x:v>
+        <x:v>27311</x:v>
       </x:c>
       <x:c r="T7" s="3" t="n">
-        <x:v>27958</x:v>
+        <x:v>27972</x:v>
       </x:c>
       <x:c r="U7" s="3" t="n">
-        <x:v>27991</x:v>
+        <x:v>28005</x:v>
       </x:c>
       <x:c r="V7" s="3" t="n">
-        <x:v>29066</x:v>
+        <x:v>29082</x:v>
       </x:c>
       <x:c r="W7" s="3" t="n">
-        <x:v>29043</x:v>
+        <x:v>29059</x:v>
       </x:c>
       <x:c r="X7" s="3" t="n">
-        <x:v>30050</x:v>
+        <x:v>30066</x:v>
       </x:c>
       <x:c r="Y7" s="3" t="n">
-        <x:v>30412</x:v>
+        <x:v>30428</x:v>
       </x:c>
       <x:c r="Z7" s="3" t="n">
-        <x:v>31361</x:v>
+        <x:v>31381</x:v>
       </x:c>
       <x:c r="AA7" s="3" t="n">
-        <x:v>31908</x:v>
+        <x:v>31928</x:v>
       </x:c>
       <x:c r="AB7" s="3" t="n">
-        <x:v>32595</x:v>
+        <x:v>32615</x:v>
       </x:c>
       <x:c r="AC7" s="3" t="n">
-        <x:v>33703</x:v>
+        <x:v>33723</x:v>
       </x:c>
       <x:c r="AD7" s="3" t="n">
-        <x:v>36175</x:v>
+        <x:v>36199</x:v>
       </x:c>
       <x:c r="AE7" s="3" t="n">
-        <x:v>37455</x:v>
+        <x:v>37478</x:v>
       </x:c>
       <x:c r="AF7" s="3" t="n">
-        <x:v>39268</x:v>
+        <x:v>39292</x:v>
       </x:c>
       <x:c r="AG7" s="3" t="n">
-        <x:v>41263</x:v>
+        <x:v>41286</x:v>
       </x:c>
       <x:c r="AH7" s="3" t="n">
-        <x:v>41336</x:v>
+        <x:v>41364</x:v>
       </x:c>
       <x:c r="AI7" s="3" t="n">
-        <x:v>43707</x:v>
+        <x:v>43735</x:v>
       </x:c>
       <x:c r="AJ7" s="3" t="n">
-        <x:v>42723</x:v>
+        <x:v>42751</x:v>
       </x:c>
       <x:c r="AK7" s="3" t="n">
-        <x:v>44504</x:v>
+        <x:v>44532</x:v>
       </x:c>
       <x:c r="AL7" s="3" t="n">
-        <x:v>44269</x:v>
+        <x:v>44300</x:v>
       </x:c>
       <x:c r="AM7" s="3" t="n">
-        <x:v>44766</x:v>
+        <x:v>44796</x:v>
       </x:c>
       <x:c r="AN7" s="3" t="n">
-        <x:v>44841</x:v>
+        <x:v>44871</x:v>
       </x:c>
       <x:c r="AO7" s="3" t="n">
-        <x:v>45639</x:v>
+        <x:v>45669</x:v>
       </x:c>
       <x:c r="AP7" s="3" t="n">
-        <x:v>45829</x:v>
+        <x:v>45862</x:v>
       </x:c>
       <x:c r="AQ7" s="3" t="n">
-        <x:v>45016</x:v>
+        <x:v>45049</x:v>
       </x:c>
       <x:c r="AR7" s="3" t="n">
-        <x:v>44552</x:v>
+        <x:v>44585</x:v>
       </x:c>
       <x:c r="AS7" s="3" t="n">
-        <x:v>44111</x:v>
+        <x:v>44144</x:v>
       </x:c>
       <x:c r="AT7" s="3" t="n">
-        <x:v>44700</x:v>
+        <x:v>44733</x:v>
       </x:c>
       <x:c r="AU7" s="3" t="n">
-        <x:v>45852</x:v>
+        <x:v>45885</x:v>
       </x:c>
       <x:c r="AV7" s="3" t="n">
-        <x:v>45801</x:v>
+        <x:v>45835</x:v>
       </x:c>
       <x:c r="AW7" s="3" t="n">
-        <x:v>45872</x:v>
+        <x:v>45906</x:v>
       </x:c>
       <x:c r="AX7" s="3" t="n">
-        <x:v>46685</x:v>
+        <x:v>46720</x:v>
       </x:c>
       <x:c r="AY7" s="3" t="n">
-        <x:v>48135</x:v>
+        <x:v>48170</x:v>
       </x:c>
       <x:c r="AZ7" s="3" t="n">
-        <x:v>48956</x:v>
+        <x:v>48991</x:v>
       </x:c>
       <x:c r="BA7" s="3" t="n">
-        <x:v>48499</x:v>
+        <x:v>48533</x:v>
       </x:c>
       <x:c r="BB7" s="3" t="n">
-        <x:v>51468</x:v>
+        <x:v>51511</x:v>
       </x:c>
       <x:c r="BC7" s="3" t="n">
-        <x:v>51043</x:v>
+        <x:v>51086</x:v>
       </x:c>
       <x:c r="BD7" s="3" t="n">
-        <x:v>52003</x:v>
+        <x:v>52046</x:v>
       </x:c>
       <x:c r="BE7" s="3" t="n">
-        <x:v>51865</x:v>
+        <x:v>51908</x:v>
       </x:c>
       <x:c r="BF7" s="3" t="n">
-        <x:v>52501</x:v>
+        <x:v>52550</x:v>
       </x:c>
       <x:c r="BG7" s="3" t="n">
-        <x:v>53509</x:v>
+        <x:v>53557</x:v>
       </x:c>
       <x:c r="BH7" s="3" t="n">
-        <x:v>53154</x:v>
+        <x:v>53203</x:v>
       </x:c>
       <x:c r="BI7" s="3" t="n">
-        <x:v>55057</x:v>
+        <x:v>55106</x:v>
       </x:c>
       <x:c r="BJ7" s="3" t="n">
-        <x:v>53904</x:v>
+        <x:v>53954</x:v>
       </x:c>
       <x:c r="BK7" s="3" t="n">
-        <x:v>55366</x:v>
+        <x:v>55416</x:v>
       </x:c>
       <x:c r="BL7" s="3" t="n">
-        <x:v>57381</x:v>
+        <x:v>57431</x:v>
       </x:c>
       <x:c r="BM7" s="3" t="n">
-        <x:v>57764</x:v>
+        <x:v>57814</x:v>
       </x:c>
       <x:c r="BN7" s="3" t="n">
-        <x:v>58594</x:v>
+        <x:v>58646</x:v>
       </x:c>
       <x:c r="BO7" s="3" t="n">
-        <x:v>58033</x:v>
+        <x:v>58085</x:v>
       </x:c>
       <x:c r="BP7" s="3" t="n">
-        <x:v>59130</x:v>
+        <x:v>59182</x:v>
       </x:c>
       <x:c r="BQ7" s="3" t="n">
-        <x:v>59501</x:v>
+        <x:v>59553</x:v>
       </x:c>
       <x:c r="BR7" s="3" t="n">
-        <x:v>60718</x:v>
+        <x:v>60779</x:v>
       </x:c>
       <x:c r="BS7" s="3" t="n">
-        <x:v>62049</x:v>
+        <x:v>62110</x:v>
       </x:c>
       <x:c r="BT7" s="3" t="n">
-        <x:v>63237</x:v>
+        <x:v>63298</x:v>
       </x:c>
       <x:c r="BU7" s="3" t="n">
-        <x:v>63539</x:v>
+        <x:v>63600</x:v>
       </x:c>
       <x:c r="BV7" s="3" t="n">
-        <x:v>66877</x:v>
+        <x:v>66945</x:v>
       </x:c>
       <x:c r="BW7" s="3" t="n">
-        <x:v>66497</x:v>
+        <x:v>66566</x:v>
       </x:c>
       <x:c r="BX7" s="3" t="n">
-        <x:v>68416</x:v>
+        <x:v>68485</x:v>
       </x:c>
       <x:c r="BY7" s="3" t="n">
-        <x:v>70054</x:v>
+        <x:v>70123</x:v>
       </x:c>
       <x:c r="BZ7" s="3" t="n">
-        <x:v>69667</x:v>
+        <x:v>69745</x:v>
       </x:c>
       <x:c r="CA7" s="3" t="n">
-        <x:v>71908</x:v>
+        <x:v>71986</x:v>
       </x:c>
       <x:c r="CB7" s="3" t="n">
-        <x:v>71800</x:v>
+        <x:v>71878</x:v>
       </x:c>
       <x:c r="CC7" s="3" t="n">
-        <x:v>74127</x:v>
+        <x:v>74205</x:v>
       </x:c>
       <x:c r="CD7" s="3" t="n">
-        <x:v>72726</x:v>
+        <x:v>72809</x:v>
       </x:c>
       <x:c r="CE7" s="3" t="n">
-        <x:v>76161</x:v>
+        <x:v>76244</x:v>
       </x:c>
       <x:c r="CF7" s="3" t="n">
-        <x:v>76762</x:v>
+        <x:v>76846</x:v>
       </x:c>
       <x:c r="CG7" s="3" t="n">
-        <x:v>75158</x:v>
+        <x:v>75241</x:v>
       </x:c>
       <x:c r="CH7" s="3" t="n">
-        <x:v>77238</x:v>
+        <x:v>77324</x:v>
       </x:c>
       <x:c r="CI7" s="3" t="n">
-        <x:v>75543</x:v>
+        <x:v>75629</x:v>
       </x:c>
       <x:c r="CJ7" s="3" t="n">
-        <x:v>79731</x:v>
+        <x:v>79817</x:v>
       </x:c>
       <x:c r="CK7" s="3" t="n">
-        <x:v>81661</x:v>
+        <x:v>81747</x:v>
       </x:c>
       <x:c r="CL7" s="3" t="n">
-        <x:v>83045</x:v>
+        <x:v>83131</x:v>
       </x:c>
       <x:c r="CM7" s="3" t="n">
-        <x:v>83705</x:v>
+        <x:v>83791</x:v>
       </x:c>
       <x:c r="CN7" s="3" t="n">
-        <x:v>83875</x:v>
+        <x:v>83961</x:v>
       </x:c>
       <x:c r="CO7" s="3" t="n">
-        <x:v>83607</x:v>
+        <x:v>83693</x:v>
       </x:c>
       <x:c r="CP7" s="3" t="n">
-        <x:v>85966</x:v>
+        <x:v>86060</x:v>
       </x:c>
       <x:c r="CQ7" s="3" t="n">
-        <x:v>87439</x:v>
+        <x:v>87534</x:v>
       </x:c>
       <x:c r="CR7" s="3" t="n">
-        <x:v>86179</x:v>
+        <x:v>86273</x:v>
       </x:c>
       <x:c r="CS7" s="3" t="n">
-        <x:v>86827</x:v>
+        <x:v>86922</x:v>
       </x:c>
       <x:c r="CT7" s="3" t="n">
-        <x:v>88694</x:v>
+        <x:v>88881</x:v>
       </x:c>
       <x:c r="CU7" s="3" t="n">
-        <x:v>88686</x:v>
+        <x:v>88873</x:v>
       </x:c>
       <x:c r="CV7" s="3" t="n">
-        <x:v>89263</x:v>
+        <x:v>89450</x:v>
       </x:c>
       <x:c r="CW7" s="3" t="n">
-        <x:v>93070</x:v>
+        <x:v>93257</x:v>
       </x:c>
       <x:c r="CX7" s="3" t="n">
-        <x:v>93824</x:v>
+        <x:v>94060</x:v>
       </x:c>
       <x:c r="CY7" s="3" t="n">
-        <x:v>93021</x:v>
+        <x:v>93257</x:v>
       </x:c>
       <x:c r="CZ7" s="3" t="n">
-        <x:v>94295</x:v>
+        <x:v>94531</x:v>
       </x:c>
       <x:c r="DA7" s="3" t="n">
-        <x:v>96225</x:v>
+        <x:v>96461</x:v>
       </x:c>
       <x:c r="DB7" s="3" t="n">
-        <x:v>98799</x:v>
+        <x:v>99099</x:v>
       </x:c>
       <x:c r="DC7" s="3" t="n">
-        <x:v>98307</x:v>
+        <x:v>98607</x:v>
       </x:c>
       <x:c r="DD7" s="3" t="n">
-        <x:v>98476</x:v>
+        <x:v>98776</x:v>
       </x:c>
       <x:c r="DE7" s="3" t="n">
-        <x:v>100792</x:v>
+        <x:v>101092</x:v>
       </x:c>
       <x:c r="DF7" s="3" t="n">
-        <x:v>100655</x:v>
+        <x:v>101784</x:v>
       </x:c>
       <x:c r="DG7" s="3" t="n">
-        <x:v>103410</x:v>
+        <x:v>104539</x:v>
       </x:c>
       <x:c r="DH7" s="3" t="n">
-        <x:v>105543</x:v>
+        <x:v>106672</x:v>
       </x:c>
       <x:c r="DI7" s="3" t="n">
-        <x:v>104361</x:v>
+        <x:v>105490</x:v>
       </x:c>
       <x:c r="DJ7" s="3" t="n">
-        <x:v>106938</x:v>
+        <x:v>108939</x:v>
       </x:c>
       <x:c r="DK7" s="3" t="n">
-        <x:v>110031</x:v>
+        <x:v>112032</x:v>
       </x:c>
       <x:c r="DL7" s="3" t="n">
-        <x:v>111621</x:v>
+        <x:v>113622</x:v>
       </x:c>
       <x:c r="DM7" s="3" t="n">
-        <x:v>112588</x:v>
+        <x:v>114589</x:v>
       </x:c>
       <x:c r="DN7" s="3" t="n">
-        <x:v>116086</x:v>
+        <x:v>117819</x:v>
       </x:c>
       <x:c r="DO7" s="3" t="n">
-        <x:v>115906</x:v>
+        <x:v>117639</x:v>
       </x:c>
       <x:c r="DP7" s="3" t="n">
-        <x:v>117414</x:v>
+        <x:v>119147</x:v>
       </x:c>
       <x:c r="DQ7" s="3" t="n">
-        <x:v>120687</x:v>
+        <x:v>122421</x:v>
       </x:c>
       <x:c r="DR7" s="3" t="n">
-        <x:v>123237</x:v>
+        <x:v>122994</x:v>
       </x:c>
       <x:c r="DS7" s="3" t="n">
-        <x:v>123214</x:v>
+        <x:v>122972</x:v>
       </x:c>
       <x:c r="DT7" s="3" t="n">
-        <x:v>122467</x:v>
+        <x:v>122224</x:v>
       </x:c>
       <x:c r="DU7" s="3" t="n">
-        <x:v>119433</x:v>
+        <x:v>119191</x:v>
       </x:c>
       <x:c r="DV7" s="3" t="n">
-        <x:v>117884</x:v>
+        <x:v>117827</x:v>
       </x:c>
       <x:c r="DW7" s="3" t="n">
-        <x:v>122097</x:v>
+        <x:v>122041</x:v>
       </x:c>
       <x:c r="DX7" s="3" t="n">
-        <x:v>125136</x:v>
+        <x:v>125080</x:v>
       </x:c>
       <x:c r="DY7" s="3" t="n">
-        <x:v>127057</x:v>
+        <x:v>127000</x:v>
       </x:c>
       <x:c r="DZ7" s="3" t="n">
-        <x:v>133659</x:v>
+        <x:v>133181</x:v>
       </x:c>
       <x:c r="EA7" s="3" t="n">
-        <x:v>128539</x:v>
+        <x:v>128062</x:v>
       </x:c>
       <x:c r="EB7" s="3" t="n">
-        <x:v>130355</x:v>
+        <x:v>129878</x:v>
       </x:c>
       <x:c r="EC7" s="3" t="n">
-        <x:v>134600</x:v>
+        <x:v>134122</x:v>
       </x:c>
       <x:c r="ED7" s="3" t="n">
-        <x:v>132224</x:v>
+        <x:v>131520</x:v>
       </x:c>
       <x:c r="EE7" s="3" t="n">
-        <x:v>134462</x:v>
+        <x:v>133759</x:v>
       </x:c>
       <x:c r="EF7" s="3" t="n">
-        <x:v>134174</x:v>
+        <x:v>133470</x:v>
       </x:c>
       <x:c r="EG7" s="3" t="n">
-        <x:v>135170</x:v>
+        <x:v>134467</x:v>
       </x:c>
       <x:c r="EH7" s="3" t="n">
-        <x:v>136210</x:v>
+        <x:v>135345</x:v>
       </x:c>
       <x:c r="EI7" s="3" t="n">
-        <x:v>136502</x:v>
+        <x:v>135636</x:v>
       </x:c>
       <x:c r="EJ7" s="3" t="n">
-        <x:v>136608</x:v>
+        <x:v>135743</x:v>
       </x:c>
       <x:c r="EK7" s="3" t="n">
-        <x:v>138226</x:v>
+        <x:v>137360</x:v>
       </x:c>
       <x:c r="EL7" s="3" t="n">
-        <x:v>139779</x:v>
+        <x:v>139264</x:v>
       </x:c>
       <x:c r="EM7" s="3" t="n">
-        <x:v>139692</x:v>
+        <x:v>139176</x:v>
       </x:c>
       <x:c r="EN7" s="3" t="n">
-        <x:v>140393</x:v>
+        <x:v>139877</x:v>
       </x:c>
       <x:c r="EO7" s="3" t="n">
-        <x:v>140174</x:v>
+        <x:v>139658</x:v>
       </x:c>
       <x:c r="EP7" s="3" t="n">
-        <x:v>141338</x:v>
+        <x:v>140610</x:v>
       </x:c>
       <x:c r="EQ7" s="3" t="n">
-        <x:v>142773</x:v>
+        <x:v>142044</x:v>
       </x:c>
       <x:c r="ER7" s="3" t="n">
-        <x:v>144040</x:v>
+        <x:v>143312</x:v>
       </x:c>
       <x:c r="ES7" s="3" t="n">
-        <x:v>145444</x:v>
+        <x:v>144715</x:v>
       </x:c>
       <x:c r="ET7" s="3" t="n">
-        <x:v>146270</x:v>
+        <x:v>145455</x:v>
       </x:c>
       <x:c r="EU7" s="3" t="n">
-        <x:v>147230</x:v>
+        <x:v>146415</x:v>
       </x:c>
       <x:c r="EV7" s="3" t="n">
-        <x:v>148011</x:v>
+        <x:v>147196</x:v>
       </x:c>
       <x:c r="EW7" s="3" t="n">
-        <x:v>149441</x:v>
+        <x:v>148626</x:v>
       </x:c>
       <x:c r="EX7" s="3" t="n">
-        <x:v>152466</x:v>
+        <x:v>152876</x:v>
       </x:c>
       <x:c r="EY7" s="3" t="n">
-        <x:v>152707</x:v>
+        <x:v>150623</x:v>
       </x:c>
       <x:c r="EZ7" s="3" t="n">
-        <x:v>154289</x:v>
+        <x:v>152653</x:v>
       </x:c>
       <x:c r="FA7" s="3" t="n">
-        <x:v>156983</x:v>
+        <x:v>154268</x:v>
       </x:c>
       <x:c r="FB7" s="3" t="n">
-        <x:v>157670</x:v>
+        <x:v>157256</x:v>
       </x:c>
       <x:c r="FC7" s="3" t="n">
-        <x:v>159308</x:v>
+        <x:v>156355</x:v>
       </x:c>
       <x:c r="FD7" s="3" t="n">
-        <x:v>159707</x:v>
+        <x:v>158909</x:v>
       </x:c>
       <x:c r="FE7" s="3" t="n">
-        <x:v>163541</x:v>
+        <x:v>161352</x:v>
       </x:c>
       <x:c r="FF7" s="3" t="n">
-        <x:v>164545</x:v>
+        <x:v>163734</x:v>
       </x:c>
       <x:c r="FG7" s="3" t="n">
-        <x:v>168575</x:v>
+        <x:v>166348</x:v>
       </x:c>
       <x:c r="FH7" s="3" t="n">
-        <x:v>169397</x:v>
+        <x:v>168638</x:v>
       </x:c>
       <x:c r="FI7" s="3" t="n">
-        <x:v>171163</x:v>
+        <x:v>166362</x:v>
       </x:c>
       <x:c r="FJ7" s="3" t="n">
-        <x:v>171754</x:v>
+        <x:v>169392</x:v>
       </x:c>
       <x:c r="FK7" s="3" t="n">
-        <x:v>171871</x:v>
+        <x:v>168112</x:v>
       </x:c>
       <x:c r="FL7" s="3" t="n">
-        <x:v>172283</x:v>
+        <x:v>168574</x:v>
       </x:c>
       <x:c r="FM7" s="3" t="n">
-        <x:v>171549</x:v>
+        <x:v>165165</x:v>
       </x:c>
       <x:c r="FN7" s="3" t="n">
-        <x:v>167743</x:v>
+        <x:v>168293</x:v>
       </x:c>
       <x:c r="FO7" s="3" t="n">
-        <x:v>177357</x:v>
+        <x:v>174302</x:v>
       </x:c>
       <x:c r="FP7" s="3" t="n">
-        <x:v>192199</x:v>
+        <x:v>188096</x:v>
       </x:c>
       <x:c r="FQ7" s="3" t="n">
-        <x:v>196789</x:v>
+        <x:v>187774</x:v>
       </x:c>
       <x:c r="FR7" s="3" t="n">
-        <x:v>195622</x:v>
+        <x:v>197335</x:v>
       </x:c>
       <x:c r="FS7" s="3" t="n">
-        <x:v>201124</x:v>
+        <x:v>195537</x:v>
       </x:c>
       <x:c r="FT7" s="3" t="n">
-        <x:v>208716</x:v>
+        <x:v>204546</x:v>
       </x:c>
       <x:c r="FU7" s="3" t="n">
-        <x:v>209947</x:v>
+        <x:v>200475</x:v>
       </x:c>
       <x:c r="FV7" s="3" t="n">
-        <x:v>198680</x:v>
+        <x:v>197775</x:v>
       </x:c>
       <x:c r="FW7" s="3" t="n">
-        <x:v>203194</x:v>
+        <x:v>198307</x:v>
       </x:c>
       <x:c r="FX7" s="3" t="n">
-        <x:v>208312</x:v>
+        <x:v>202304</x:v>
       </x:c>
       <x:c r="FY7" s="3" t="n">
-        <x:v>234529</x:v>
+        <x:v>214614</x:v>
       </x:c>
       <x:c r="FZ7" s="3" t="n">
-        <x:v>204233</x:v>
+        <x:v>197870</x:v>
       </x:c>
       <x:c r="GA7" s="3" t="n">
-        <x:v>210572</x:v>
+        <x:v>201376</x:v>
       </x:c>
       <x:c r="GB7" s="3" t="n">
-        <x:v>207665</x:v>
+        <x:v>199878</x:v>
       </x:c>
       <x:c r="GC7" s="3" t="n">
-        <x:v>212550</x:v>
+        <x:v>202963</x:v>
       </x:c>
       <x:c r="GD7" s="3" t="n">
-        <x:v>207888</x:v>
+        <x:v>203039</x:v>
       </x:c>
       <x:c r="GE7" s="3" t="n">
-        <x:v>218153</x:v>
+        <x:v>210936</x:v>
       </x:c>
       <x:c r="GF7" s="3" t="n">
-        <x:v>214029</x:v>
+        <x:v>206542</x:v>
       </x:c>
       <x:c r="GG7" s="3" t="n">
-        <x:v>219794</x:v>
+        <x:v>210505</x:v>
       </x:c>
       <x:c r="GH7" s="3" t="n">
-        <x:v>226822</x:v>
+        <x:v>217172</x:v>
       </x:c>
       <x:c r="GI7" s="3" t="n">
-        <x:v>231805</x:v>
+        <x:v>222074</x:v>
+      </x:c>
+      <x:c r="GJ7" s="3" t="n">
+        <x:v>228106</x:v>
       </x:c>
     </x:row>
-    <x:row r="8" spans="1:191">
+    <x:row r="8" spans="1:192">
       <x:c r="A8" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>10192</x:v>
+        <x:v>10183</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>10432</x:v>
+        <x:v>10423</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>10754</x:v>
+        <x:v>10745</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>11063</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>11341</x:v>
+        <x:v>11331</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>11431</x:v>
+        <x:v>11421</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
-        <x:v>11649</x:v>
+        <x:v>11639</x:v>
       </x:c>
       <x:c r="I8" s="3" t="n">
-        <x:v>12015</x:v>
+        <x:v>12005</x:v>
       </x:c>
       <x:c r="J8" s="3" t="n">
-        <x:v>12159</x:v>
+        <x:v>12147</x:v>
       </x:c>
       <x:c r="K8" s="3" t="n">
-        <x:v>12596</x:v>
+        <x:v>12584</x:v>
       </x:c>
       <x:c r="L8" s="3" t="n">
-        <x:v>13084</x:v>
+        <x:v>13072</x:v>
       </x:c>
       <x:c r="M8" s="3" t="n">
-        <x:v>13551</x:v>
+        <x:v>13539</x:v>
       </x:c>
       <x:c r="N8" s="3" t="n">
-        <x:v>14109</x:v>
+        <x:v>14096</x:v>
       </x:c>
       <x:c r="O8" s="3" t="n">
-        <x:v>14561</x:v>
+        <x:v>14548</x:v>
       </x:c>
       <x:c r="P8" s="3" t="n">
-        <x:v>15059</x:v>
+        <x:v>15046</x:v>
       </x:c>
       <x:c r="Q8" s="3" t="n">
-        <x:v>15613</x:v>
+        <x:v>15600</x:v>
       </x:c>
       <x:c r="R8" s="3" t="n">
-        <x:v>16088</x:v>
+        <x:v>16074</x:v>
       </x:c>
       <x:c r="S8" s="3" t="n">
-        <x:v>17092</x:v>
+        <x:v>17078</x:v>
       </x:c>
       <x:c r="T8" s="3" t="n">
-        <x:v>17580</x:v>
+        <x:v>17566</x:v>
       </x:c>
       <x:c r="U8" s="3" t="n">
-        <x:v>18137</x:v>
+        <x:v>18122</x:v>
       </x:c>
       <x:c r="V8" s="3" t="n">
-        <x:v>18823</x:v>
+        <x:v>18807</x:v>
       </x:c>
       <x:c r="W8" s="3" t="n">
-        <x:v>19278</x:v>
+        <x:v>19262</x:v>
       </x:c>
       <x:c r="X8" s="3" t="n">
-        <x:v>19844</x:v>
+        <x:v>19828</x:v>
       </x:c>
       <x:c r="Y8" s="3" t="n">
-        <x:v>20486</x:v>
+        <x:v>20470</x:v>
       </x:c>
       <x:c r="Z8" s="3" t="n">
-        <x:v>20684</x:v>
+        <x:v>20664</x:v>
       </x:c>
       <x:c r="AA8" s="3" t="n">
-        <x:v>21083</x:v>
+        <x:v>21063</x:v>
       </x:c>
       <x:c r="AB8" s="3" t="n">
-        <x:v>21678</x:v>
+        <x:v>21658</x:v>
       </x:c>
       <x:c r="AC8" s="3" t="n">
-        <x:v>22398</x:v>
+        <x:v>22378</x:v>
       </x:c>
       <x:c r="AD8" s="3" t="n">
-        <x:v>23113</x:v>
+        <x:v>23090</x:v>
       </x:c>
       <x:c r="AE8" s="3" t="n">
-        <x:v>23555</x:v>
+        <x:v>23532</x:v>
       </x:c>
       <x:c r="AF8" s="3" t="n">
-        <x:v>24245</x:v>
+        <x:v>24222</x:v>
       </x:c>
       <x:c r="AG8" s="3" t="n">
-        <x:v>24590</x:v>
+        <x:v>24567</x:v>
       </x:c>
       <x:c r="AH8" s="3" t="n">
-        <x:v>25864</x:v>
+        <x:v>25836</x:v>
       </x:c>
       <x:c r="AI8" s="3" t="n">
-        <x:v>26585</x:v>
+        <x:v>26557</x:v>
       </x:c>
       <x:c r="AJ8" s="3" t="n">
-        <x:v>27424</x:v>
+        <x:v>27396</x:v>
       </x:c>
       <x:c r="AK8" s="3" t="n">
-        <x:v>28087</x:v>
+        <x:v>28059</x:v>
       </x:c>
       <x:c r="AL8" s="3" t="n">
-        <x:v>29121</x:v>
+        <x:v>29091</x:v>
       </x:c>
       <x:c r="AM8" s="3" t="n">
-        <x:v>29625</x:v>
+        <x:v>29595</x:v>
       </x:c>
       <x:c r="AN8" s="3" t="n">
-        <x:v>30077</x:v>
+        <x:v>30046</x:v>
       </x:c>
       <x:c r="AO8" s="3" t="n">
-        <x:v>31516</x:v>
+        <x:v>31486</x:v>
       </x:c>
       <x:c r="AP8" s="3" t="n">
-        <x:v>32058</x:v>
+        <x:v>32025</x:v>
       </x:c>
       <x:c r="AQ8" s="3" t="n">
-        <x:v>33089</x:v>
+        <x:v>33057</x:v>
       </x:c>
       <x:c r="AR8" s="3" t="n">
-        <x:v>33179</x:v>
+        <x:v>33147</x:v>
       </x:c>
       <x:c r="AS8" s="3" t="n">
-        <x:v>33766</x:v>
+        <x:v>33733</x:v>
       </x:c>
       <x:c r="AT8" s="3" t="n">
-        <x:v>34356</x:v>
+        <x:v>34322</x:v>
       </x:c>
       <x:c r="AU8" s="3" t="n">
-        <x:v>35681</x:v>
+        <x:v>35648</x:v>
       </x:c>
       <x:c r="AV8" s="3" t="n">
-        <x:v>35260</x:v>
+        <x:v>35227</x:v>
       </x:c>
       <x:c r="AW8" s="3" t="n">
-        <x:v>36769</x:v>
+        <x:v>36735</x:v>
       </x:c>
       <x:c r="AX8" s="3" t="n">
-        <x:v>36914</x:v>
+        <x:v>36880</x:v>
       </x:c>
       <x:c r="AY8" s="3" t="n">
-        <x:v>37470</x:v>
+        <x:v>37435</x:v>
       </x:c>
       <x:c r="AZ8" s="3" t="n">
-        <x:v>37661</x:v>
+        <x:v>37626</x:v>
       </x:c>
       <x:c r="BA8" s="3" t="n">
-        <x:v>38872</x:v>
+        <x:v>38838</x:v>
       </x:c>
       <x:c r="BB8" s="3" t="n">
-        <x:v>39024</x:v>
+        <x:v>38981</x:v>
       </x:c>
       <x:c r="BC8" s="3" t="n">
-        <x:v>39842</x:v>
+        <x:v>39799</x:v>
       </x:c>
       <x:c r="BD8" s="3" t="n">
-        <x:v>40091</x:v>
+        <x:v>40048</x:v>
       </x:c>
       <x:c r="BE8" s="3" t="n">
-        <x:v>40534</x:v>
+        <x:v>40491</x:v>
       </x:c>
       <x:c r="BF8" s="3" t="n">
-        <x:v>42681</x:v>
+        <x:v>42633</x:v>
       </x:c>
       <x:c r="BG8" s="3" t="n">
-        <x:v>41298</x:v>
+        <x:v>41250</x:v>
       </x:c>
       <x:c r="BH8" s="3" t="n">
-        <x:v>41926</x:v>
+        <x:v>41877</x:v>
       </x:c>
       <x:c r="BI8" s="3" t="n">
-        <x:v>42497</x:v>
+        <x:v>42448</x:v>
       </x:c>
       <x:c r="BJ8" s="3" t="n">
-        <x:v>43249</x:v>
+        <x:v>43198</x:v>
       </x:c>
       <x:c r="BK8" s="3" t="n">
-        <x:v>43664</x:v>
+        <x:v>43614</x:v>
       </x:c>
       <x:c r="BL8" s="3" t="n">
-        <x:v>44580</x:v>
+        <x:v>44529</x:v>
       </x:c>
       <x:c r="BM8" s="3" t="n">
-        <x:v>46517</x:v>
+        <x:v>46467</x:v>
       </x:c>
       <x:c r="BN8" s="3" t="n">
-        <x:v>45366</x:v>
+        <x:v>45314</x:v>
       </x:c>
       <x:c r="BO8" s="3" t="n">
-        <x:v>46173</x:v>
+        <x:v>46121</x:v>
       </x:c>
       <x:c r="BP8" s="3" t="n">
-        <x:v>46728</x:v>
+        <x:v>46675</x:v>
       </x:c>
       <x:c r="BQ8" s="3" t="n">
-        <x:v>47225</x:v>
+        <x:v>47173</x:v>
       </x:c>
       <x:c r="BR8" s="3" t="n">
-        <x:v>48103</x:v>
+        <x:v>48042</x:v>
       </x:c>
       <x:c r="BS8" s="3" t="n">
-        <x:v>48886</x:v>
+        <x:v>48825</x:v>
       </x:c>
       <x:c r="BT8" s="3" t="n">
-        <x:v>49500</x:v>
+        <x:v>49439</x:v>
       </x:c>
       <x:c r="BU8" s="3" t="n">
-        <x:v>50567</x:v>
+        <x:v>50505</x:v>
       </x:c>
       <x:c r="BV8" s="3" t="n">
-        <x:v>51391</x:v>
+        <x:v>51322</x:v>
       </x:c>
       <x:c r="BW8" s="3" t="n">
-        <x:v>51910</x:v>
+        <x:v>51841</x:v>
       </x:c>
       <x:c r="BX8" s="3" t="n">
-        <x:v>52630</x:v>
+        <x:v>52561</x:v>
       </x:c>
       <x:c r="BY8" s="3" t="n">
-        <x:v>53085</x:v>
+        <x:v>53016</x:v>
       </x:c>
       <x:c r="BZ8" s="3" t="n">
-        <x:v>53950</x:v>
+        <x:v>53872</x:v>
       </x:c>
       <x:c r="CA8" s="3" t="n">
-        <x:v>54574</x:v>
+        <x:v>54496</x:v>
       </x:c>
       <x:c r="CB8" s="3" t="n">
-        <x:v>55287</x:v>
+        <x:v>55209</x:v>
       </x:c>
       <x:c r="CC8" s="3" t="n">
-        <x:v>56088</x:v>
+        <x:v>56010</x:v>
       </x:c>
       <x:c r="CD8" s="3" t="n">
-        <x:v>56715</x:v>
+        <x:v>56632</x:v>
       </x:c>
       <x:c r="CE8" s="3" t="n">
-        <x:v>57691</x:v>
+        <x:v>57607</x:v>
       </x:c>
       <x:c r="CF8" s="3" t="n">
-        <x:v>58700</x:v>
+        <x:v>58616</x:v>
       </x:c>
       <x:c r="CG8" s="3" t="n">
-        <x:v>59645</x:v>
+        <x:v>59561</x:v>
       </x:c>
       <x:c r="CH8" s="3" t="n">
-        <x:v>60933</x:v>
+        <x:v>61170</x:v>
       </x:c>
       <x:c r="CI8" s="3" t="n">
-        <x:v>62162</x:v>
+        <x:v>62399</x:v>
       </x:c>
       <x:c r="CJ8" s="3" t="n">
-        <x:v>63180</x:v>
+        <x:v>63417</x:v>
       </x:c>
       <x:c r="CK8" s="3" t="n">
-        <x:v>64345</x:v>
+        <x:v>64582</x:v>
       </x:c>
       <x:c r="CL8" s="3" t="n">
-        <x:v>66217</x:v>
+        <x:v>66832</x:v>
       </x:c>
       <x:c r="CM8" s="3" t="n">
-        <x:v>67086</x:v>
+        <x:v>67701</x:v>
       </x:c>
       <x:c r="CN8" s="3" t="n">
-        <x:v>68270</x:v>
+        <x:v>68885</x:v>
       </x:c>
       <x:c r="CO8" s="3" t="n">
-        <x:v>69251</x:v>
+        <x:v>69866</x:v>
       </x:c>
       <x:c r="CP8" s="3" t="n">
-        <x:v>70242</x:v>
+        <x:v>71257</x:v>
       </x:c>
       <x:c r="CQ8" s="3" t="n">
-        <x:v>71309</x:v>
+        <x:v>72325</x:v>
       </x:c>
       <x:c r="CR8" s="3" t="n">
-        <x:v>71574</x:v>
+        <x:v>72589</x:v>
       </x:c>
       <x:c r="CS8" s="3" t="n">
-        <x:v>72593</x:v>
+        <x:v>73609</x:v>
       </x:c>
       <x:c r="CT8" s="3" t="n">
-        <x:v>73742</x:v>
+        <x:v>75609</x:v>
       </x:c>
       <x:c r="CU8" s="3" t="n">
-        <x:v>74504</x:v>
+        <x:v>76372</x:v>
       </x:c>
       <x:c r="CV8" s="3" t="n">
-        <x:v>75458</x:v>
+        <x:v>77326</x:v>
       </x:c>
       <x:c r="CW8" s="3" t="n">
-        <x:v>76637</x:v>
+        <x:v>78504</x:v>
       </x:c>
       <x:c r="CX8" s="3" t="n">
-        <x:v>78400</x:v>
+        <x:v>81075</x:v>
       </x:c>
       <x:c r="CY8" s="3" t="n">
-        <x:v>78175</x:v>
+        <x:v>80851</x:v>
       </x:c>
       <x:c r="CZ8" s="3" t="n">
-        <x:v>79971</x:v>
+        <x:v>82647</x:v>
       </x:c>
       <x:c r="DA8" s="3" t="n">
-        <x:v>81865</x:v>
+        <x:v>84540</x:v>
       </x:c>
       <x:c r="DB8" s="3" t="n">
-        <x:v>83631</x:v>
+        <x:v>87273</x:v>
       </x:c>
       <x:c r="DC8" s="3" t="n">
-        <x:v>84790</x:v>
+        <x:v>88433</x:v>
       </x:c>
       <x:c r="DD8" s="3" t="n">
-        <x:v>85716</x:v>
+        <x:v>89359</x:v>
       </x:c>
       <x:c r="DE8" s="3" t="n">
-        <x:v>86654</x:v>
+        <x:v>90297</x:v>
       </x:c>
       <x:c r="DF8" s="3" t="n">
-        <x:v>88024</x:v>
+        <x:v>93231</x:v>
       </x:c>
       <x:c r="DG8" s="3" t="n">
-        <x:v>89703</x:v>
+        <x:v>94910</x:v>
       </x:c>
       <x:c r="DH8" s="3" t="n">
-        <x:v>90874</x:v>
+        <x:v>96081</x:v>
       </x:c>
       <x:c r="DI8" s="3" t="n">
-        <x:v>91842</x:v>
+        <x:v>97049</x:v>
       </x:c>
       <x:c r="DJ8" s="3" t="n">
-        <x:v>93262</x:v>
+        <x:v>100333</x:v>
       </x:c>
       <x:c r="DK8" s="3" t="n">
-        <x:v>95277</x:v>
+        <x:v>102349</x:v>
       </x:c>
       <x:c r="DL8" s="3" t="n">
-        <x:v>96602</x:v>
+        <x:v>103673</x:v>
       </x:c>
       <x:c r="DM8" s="3" t="n">
-        <x:v>98970</x:v>
+        <x:v>106042</x:v>
       </x:c>
       <x:c r="DN8" s="3" t="n">
-        <x:v>100347</x:v>
+        <x:v>109237</x:v>
       </x:c>
       <x:c r="DO8" s="3" t="n">
-        <x:v>102249</x:v>
+        <x:v>111139</x:v>
       </x:c>
       <x:c r="DP8" s="3" t="n">
-        <x:v>104266</x:v>
+        <x:v>113156</x:v>
       </x:c>
       <x:c r="DQ8" s="3" t="n">
-        <x:v>105734</x:v>
+        <x:v>114625</x:v>
       </x:c>
       <x:c r="DR8" s="3" t="n">
-        <x:v>107102</x:v>
+        <x:v>117565</x:v>
       </x:c>
       <x:c r="DS8" s="3" t="n">
-        <x:v>108411</x:v>
+        <x:v>118875</x:v>
       </x:c>
       <x:c r="DT8" s="3" t="n">
-        <x:v>109227</x:v>
+        <x:v>119690</x:v>
       </x:c>
       <x:c r="DU8" s="3" t="n">
-        <x:v>111915</x:v>
+        <x:v>122378</x:v>
       </x:c>
       <x:c r="DV8" s="3" t="n">
-        <x:v>111838</x:v>
+        <x:v>124254</x:v>
       </x:c>
       <x:c r="DW8" s="3" t="n">
-        <x:v>113149</x:v>
+        <x:v>125566</x:v>
       </x:c>
       <x:c r="DX8" s="3" t="n">
-        <x:v>113899</x:v>
+        <x:v>126316</x:v>
       </x:c>
       <x:c r="DY8" s="3" t="n">
-        <x:v>115725</x:v>
+        <x:v>128142</x:v>
       </x:c>
       <x:c r="DZ8" s="3" t="n">
-        <x:v>117201</x:v>
+        <x:v>131821</x:v>
       </x:c>
       <x:c r="EA8" s="3" t="n">
-        <x:v>118206</x:v>
+        <x:v>132827</x:v>
       </x:c>
       <x:c r="EB8" s="3" t="n">
-        <x:v>120111</x:v>
+        <x:v>134732</x:v>
       </x:c>
       <x:c r="EC8" s="3" t="n">
-        <x:v>121376</x:v>
+        <x:v>135996</x:v>
       </x:c>
       <x:c r="ED8" s="3" t="n">
-        <x:v>122129</x:v>
+        <x:v>138810</x:v>
       </x:c>
       <x:c r="EE8" s="3" t="n">
-        <x:v>124139</x:v>
+        <x:v>140820</x:v>
       </x:c>
       <x:c r="EF8" s="3" t="n">
-        <x:v>124272</x:v>
+        <x:v>140953</x:v>
       </x:c>
       <x:c r="EG8" s="3" t="n">
-        <x:v>126086</x:v>
+        <x:v>142768</x:v>
       </x:c>
       <x:c r="EH8" s="3" t="n">
-        <x:v>128371</x:v>
+        <x:v>146882</x:v>
       </x:c>
       <x:c r="EI8" s="3" t="n">
-        <x:v>130243</x:v>
+        <x:v>148753</x:v>
       </x:c>
       <x:c r="EJ8" s="3" t="n">
-        <x:v>134182</x:v>
+        <x:v>152692</x:v>
       </x:c>
       <x:c r="EK8" s="3" t="n">
-        <x:v>135977</x:v>
+        <x:v>154487</x:v>
       </x:c>
       <x:c r="EL8" s="3" t="n">
-        <x:v>137977</x:v>
+        <x:v>159296</x:v>
       </x:c>
       <x:c r="EM8" s="3" t="n">
-        <x:v>139625</x:v>
+        <x:v>160944</x:v>
       </x:c>
       <x:c r="EN8" s="3" t="n">
-        <x:v>140370</x:v>
+        <x:v>161689</x:v>
       </x:c>
       <x:c r="EO8" s="3" t="n">
-        <x:v>142244</x:v>
+        <x:v>163562</x:v>
       </x:c>
       <x:c r="EP8" s="3" t="n">
-        <x:v>145111</x:v>
+        <x:v>169197</x:v>
       </x:c>
       <x:c r="EQ8" s="3" t="n">
-        <x:v>146445</x:v>
+        <x:v>170530</x:v>
       </x:c>
       <x:c r="ER8" s="3" t="n">
-        <x:v>146745</x:v>
+        <x:v>170830</x:v>
       </x:c>
       <x:c r="ES8" s="3" t="n">
-        <x:v>149871</x:v>
+        <x:v>173957</x:v>
       </x:c>
       <x:c r="ET8" s="3" t="n">
-        <x:v>153485</x:v>
+        <x:v>180859</x:v>
       </x:c>
       <x:c r="EU8" s="3" t="n">
-        <x:v>154637</x:v>
+        <x:v>182010</x:v>
       </x:c>
       <x:c r="EV8" s="3" t="n">
-        <x:v>156315</x:v>
+        <x:v>183689</x:v>
       </x:c>
       <x:c r="EW8" s="3" t="n">
-        <x:v>159619</x:v>
+        <x:v>186993</x:v>
       </x:c>
       <x:c r="EX8" s="3" t="n">
-        <x:v>161151</x:v>
+        <x:v>190938</x:v>
       </x:c>
       <x:c r="EY8" s="3" t="n">
-        <x:v>162231</x:v>
+        <x:v>192168</x:v>
       </x:c>
       <x:c r="EZ8" s="3" t="n">
-        <x:v>163707</x:v>
+        <x:v>194004</x:v>
       </x:c>
       <x:c r="FA8" s="3" t="n">
-        <x:v>166025</x:v>
+        <x:v>196810</x:v>
       </x:c>
       <x:c r="FB8" s="3" t="n">
-        <x:v>168751</x:v>
+        <x:v>200607</x:v>
       </x:c>
       <x:c r="FC8" s="3" t="n">
-        <x:v>170754</x:v>
+        <x:v>203481</x:v>
       </x:c>
       <x:c r="FD8" s="3" t="n">
-        <x:v>172234</x:v>
+        <x:v>206106</x:v>
       </x:c>
       <x:c r="FE8" s="3" t="n">
-        <x:v>174044</x:v>
+        <x:v>208695</x:v>
       </x:c>
       <x:c r="FF8" s="3" t="n">
-        <x:v>173869</x:v>
+        <x:v>209172</x:v>
       </x:c>
       <x:c r="FG8" s="3" t="n">
-        <x:v>176218</x:v>
+        <x:v>212267</x:v>
       </x:c>
       <x:c r="FH8" s="3" t="n">
-        <x:v>177827</x:v>
+        <x:v>214585</x:v>
       </x:c>
       <x:c r="FI8" s="3" t="n">
-        <x:v>179459</x:v>
+        <x:v>217197</x:v>
       </x:c>
       <x:c r="FJ8" s="3" t="n">
-        <x:v>181694</x:v>
+        <x:v>221372</x:v>
       </x:c>
       <x:c r="FK8" s="3" t="n">
-        <x:v>183649</x:v>
+        <x:v>224169</x:v>
       </x:c>
       <x:c r="FL8" s="3" t="n">
-        <x:v>187085</x:v>
+        <x:v>228055</x:v>
       </x:c>
       <x:c r="FM8" s="3" t="n">
-        <x:v>189664</x:v>
+        <x:v>230196</x:v>
       </x:c>
       <x:c r="FN8" s="3" t="n">
-        <x:v>183286</x:v>
+        <x:v>223974</x:v>
       </x:c>
       <x:c r="FO8" s="3" t="n">
-        <x:v>151949</x:v>
+        <x:v>195719</x:v>
       </x:c>
       <x:c r="FP8" s="3" t="n">
-        <x:v>166828</x:v>
+        <x:v>211803</x:v>
       </x:c>
       <x:c r="FQ8" s="3" t="n">
-        <x:v>168701</x:v>
+        <x:v>213371</x:v>
       </x:c>
       <x:c r="FR8" s="3" t="n">
-        <x:v>162870</x:v>
+        <x:v>209448</x:v>
       </x:c>
       <x:c r="FS8" s="3" t="n">
-        <x:v>167393</x:v>
+        <x:v>213588</x:v>
       </x:c>
       <x:c r="FT8" s="3" t="n">
-        <x:v>185334</x:v>
+        <x:v>229967</x:v>
       </x:c>
       <x:c r="FU8" s="3" t="n">
-        <x:v>191104</x:v>
+        <x:v>240771</x:v>
       </x:c>
       <x:c r="FV8" s="3" t="n">
-        <x:v>196129</x:v>
+        <x:v>245290</x:v>
       </x:c>
       <x:c r="FW8" s="3" t="n">
-        <x:v>209634</x:v>
+        <x:v>257950</x:v>
       </x:c>
       <x:c r="FX8" s="3" t="n">
-        <x:v>213718</x:v>
+        <x:v>261325</x:v>
       </x:c>
       <x:c r="FY8" s="3" t="n">
-        <x:v>218981</x:v>
+        <x:v>267629</x:v>
       </x:c>
       <x:c r="FZ8" s="3" t="n">
-        <x:v>221649</x:v>
+        <x:v>271146</x:v>
       </x:c>
       <x:c r="GA8" s="3" t="n">
-        <x:v>226771</x:v>
+        <x:v>273094</x:v>
       </x:c>
       <x:c r="GB8" s="3" t="n">
-        <x:v>232102</x:v>
+        <x:v>275473</x:v>
       </x:c>
       <x:c r="GC8" s="3" t="n">
-        <x:v>234875</x:v>
+        <x:v>279791</x:v>
       </x:c>
       <x:c r="GD8" s="3" t="n">
-        <x:v>237888</x:v>
+        <x:v>284468</x:v>
       </x:c>
       <x:c r="GE8" s="3" t="n">
-        <x:v>242194</x:v>
+        <x:v>289064</x:v>
       </x:c>
       <x:c r="GF8" s="3" t="n">
-        <x:v>247017</x:v>
+        <x:v>294255</x:v>
       </x:c>
       <x:c r="GG8" s="3" t="n">
-        <x:v>249657</x:v>
+        <x:v>296938</x:v>
       </x:c>
       <x:c r="GH8" s="3" t="n">
-        <x:v>252985</x:v>
+        <x:v>300538</x:v>
       </x:c>
       <x:c r="GI8" s="3" t="n">
-        <x:v>254592</x:v>
+        <x:v>304030</x:v>
+      </x:c>
+      <x:c r="GJ8" s="3" t="n">
+        <x:v>308139</x:v>
       </x:c>
     </x:row>
-    <x:row r="9" spans="1:191">
+    <x:row r="9" spans="1:192">
       <x:c r="A9" s="2" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>1031</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>1009</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
         <x:v>1046</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
         <x:v>1044</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
         <x:v>1032</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
         <x:v>1283</x:v>
       </x:c>
       <x:c r="H9" s="3" t="n">
         <x:v>1086</x:v>
       </x:c>
       <x:c r="I9" s="3" t="n">
         <x:v>1139</x:v>
       </x:c>
@@ -4408,335 +4426,338 @@
       <x:c r="CL9" s="3" t="n">
         <x:v>6823</x:v>
       </x:c>
       <x:c r="CM9" s="3" t="n">
         <x:v>7141</x:v>
       </x:c>
       <x:c r="CN9" s="3" t="n">
         <x:v>6709</x:v>
       </x:c>
       <x:c r="CO9" s="3" t="n">
         <x:v>7150</x:v>
       </x:c>
       <x:c r="CP9" s="3" t="n">
         <x:v>6885</x:v>
       </x:c>
       <x:c r="CQ9" s="3" t="n">
         <x:v>6888</x:v>
       </x:c>
       <x:c r="CR9" s="3" t="n">
         <x:v>6869</x:v>
       </x:c>
       <x:c r="CS9" s="3" t="n">
         <x:v>6616</x:v>
       </x:c>
       <x:c r="CT9" s="3" t="n">
-        <x:v>6720</x:v>
+        <x:v>6722</x:v>
       </x:c>
       <x:c r="CU9" s="3" t="n">
-        <x:v>6811</x:v>
+        <x:v>6812</x:v>
       </x:c>
       <x:c r="CV9" s="3" t="n">
-        <x:v>7140</x:v>
+        <x:v>7141</x:v>
       </x:c>
       <x:c r="CW9" s="3" t="n">
-        <x:v>7211</x:v>
+        <x:v>7212</x:v>
       </x:c>
       <x:c r="CX9" s="3" t="n">
-        <x:v>7583</x:v>
+        <x:v>7586</x:v>
       </x:c>
       <x:c r="CY9" s="3" t="n">
-        <x:v>7701</x:v>
+        <x:v>7705</x:v>
       </x:c>
       <x:c r="CZ9" s="3" t="n">
-        <x:v>8475</x:v>
+        <x:v>8479</x:v>
       </x:c>
       <x:c r="DA9" s="3" t="n">
-        <x:v>9030</x:v>
+        <x:v>9034</x:v>
       </x:c>
       <x:c r="DB9" s="3" t="n">
-        <x:v>9620</x:v>
+        <x:v>9627</x:v>
       </x:c>
       <x:c r="DC9" s="3" t="n">
-        <x:v>10388</x:v>
+        <x:v>10394</x:v>
       </x:c>
       <x:c r="DD9" s="3" t="n">
-        <x:v>11104</x:v>
+        <x:v>11110</x:v>
       </x:c>
       <x:c r="DE9" s="3" t="n">
-        <x:v>10164</x:v>
+        <x:v>10170</x:v>
       </x:c>
       <x:c r="DF9" s="3" t="n">
-        <x:v>10125</x:v>
+        <x:v>10135</x:v>
       </x:c>
       <x:c r="DG9" s="3" t="n">
-        <x:v>12045</x:v>
+        <x:v>12055</x:v>
       </x:c>
       <x:c r="DH9" s="3" t="n">
-        <x:v>13030</x:v>
+        <x:v>13039</x:v>
       </x:c>
       <x:c r="DI9" s="3" t="n">
-        <x:v>11055</x:v>
+        <x:v>11064</x:v>
       </x:c>
       <x:c r="DJ9" s="3" t="n">
-        <x:v>13234</x:v>
+        <x:v>13247</x:v>
       </x:c>
       <x:c r="DK9" s="3" t="n">
-        <x:v>12861</x:v>
+        <x:v>12875</x:v>
       </x:c>
       <x:c r="DL9" s="3" t="n">
-        <x:v>12823</x:v>
+        <x:v>12837</x:v>
       </x:c>
       <x:c r="DM9" s="3" t="n">
-        <x:v>13267</x:v>
+        <x:v>13280</x:v>
       </x:c>
       <x:c r="DN9" s="3" t="n">
-        <x:v>13150</x:v>
+        <x:v>13167</x:v>
       </x:c>
       <x:c r="DO9" s="3" t="n">
-        <x:v>13458</x:v>
+        <x:v>13475</x:v>
       </x:c>
       <x:c r="DP9" s="3" t="n">
-        <x:v>13254</x:v>
+        <x:v>13271</x:v>
       </x:c>
       <x:c r="DQ9" s="3" t="n">
+        <x:v>14213</x:v>
+      </x:c>
+      <x:c r="DR9" s="3" t="n">
+        <x:v>15101</x:v>
+      </x:c>
+      <x:c r="DS9" s="3" t="n">
+        <x:v>14392</x:v>
+      </x:c>
+      <x:c r="DT9" s="3" t="n">
+        <x:v>14079</x:v>
+      </x:c>
+      <x:c r="DU9" s="3" t="n">
+        <x:v>14635</x:v>
+      </x:c>
+      <x:c r="DV9" s="3" t="n">
+        <x:v>14393</x:v>
+      </x:c>
+      <x:c r="DW9" s="3" t="n">
+        <x:v>14375</x:v>
+      </x:c>
+      <x:c r="DX9" s="3" t="n">
         <x:v>14196</x:v>
       </x:c>
-      <x:c r="DR9" s="3" t="n">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="DY9" s="3" t="n">
-        <x:v>14435</x:v>
+        <x:v>14459</x:v>
       </x:c>
       <x:c r="DZ9" s="3" t="n">
-        <x:v>15381</x:v>
+        <x:v>15410</x:v>
       </x:c>
       <x:c r="EA9" s="3" t="n">
-        <x:v>15028</x:v>
+        <x:v>15057</x:v>
       </x:c>
       <x:c r="EB9" s="3" t="n">
-        <x:v>15856</x:v>
+        <x:v>15886</x:v>
       </x:c>
       <x:c r="EC9" s="3" t="n">
-        <x:v>16380</x:v>
+        <x:v>16409</x:v>
       </x:c>
       <x:c r="ED9" s="3" t="n">
-        <x:v>16740</x:v>
+        <x:v>16776</x:v>
       </x:c>
       <x:c r="EE9" s="3" t="n">
-        <x:v>17523</x:v>
+        <x:v>17559</x:v>
       </x:c>
       <x:c r="EF9" s="3" t="n">
-        <x:v>17235</x:v>
+        <x:v>17271</x:v>
       </x:c>
       <x:c r="EG9" s="3" t="n">
-        <x:v>18024</x:v>
+        <x:v>18060</x:v>
       </x:c>
       <x:c r="EH9" s="3" t="n">
-        <x:v>18929</x:v>
+        <x:v>18973</x:v>
       </x:c>
       <x:c r="EI9" s="3" t="n">
-        <x:v>19170</x:v>
+        <x:v>19213</x:v>
       </x:c>
       <x:c r="EJ9" s="3" t="n">
-        <x:v>19310</x:v>
+        <x:v>19353</x:v>
       </x:c>
       <x:c r="EK9" s="3" t="n">
-        <x:v>19209</x:v>
+        <x:v>19253</x:v>
       </x:c>
       <x:c r="EL9" s="3" t="n">
-        <x:v>20408</x:v>
+        <x:v>20463</x:v>
       </x:c>
       <x:c r="EM9" s="3" t="n">
-        <x:v>21146</x:v>
+        <x:v>21201</x:v>
       </x:c>
       <x:c r="EN9" s="3" t="n">
-        <x:v>22822</x:v>
+        <x:v>22877</x:v>
       </x:c>
       <x:c r="EO9" s="3" t="n">
-        <x:v>23977</x:v>
+        <x:v>24032</x:v>
       </x:c>
       <x:c r="EP9" s="3" t="n">
-        <x:v>23865</x:v>
+        <x:v>23930</x:v>
       </x:c>
       <x:c r="EQ9" s="3" t="n">
-        <x:v>24243</x:v>
+        <x:v>24308</x:v>
       </x:c>
       <x:c r="ER9" s="3" t="n">
-        <x:v>23930</x:v>
+        <x:v>23995</x:v>
       </x:c>
       <x:c r="ES9" s="3" t="n">
-        <x:v>24905</x:v>
+        <x:v>24970</x:v>
       </x:c>
       <x:c r="ET9" s="3" t="n">
-        <x:v>25466</x:v>
+        <x:v>25543</x:v>
       </x:c>
       <x:c r="EU9" s="3" t="n">
-        <x:v>25399</x:v>
+        <x:v>25476</x:v>
       </x:c>
       <x:c r="EV9" s="3" t="n">
-        <x:v>27005</x:v>
+        <x:v>27082</x:v>
       </x:c>
       <x:c r="EW9" s="3" t="n">
-        <x:v>28135</x:v>
+        <x:v>28212</x:v>
       </x:c>
       <x:c r="EX9" s="3" t="n">
-        <x:v>27551</x:v>
+        <x:v>27320</x:v>
       </x:c>
       <x:c r="EY9" s="3" t="n">
-        <x:v>27759</x:v>
+        <x:v>28152</x:v>
       </x:c>
       <x:c r="EZ9" s="3" t="n">
-        <x:v>27348</x:v>
+        <x:v>27367</x:v>
       </x:c>
       <x:c r="FA9" s="3" t="n">
-        <x:v>27399</x:v>
+        <x:v>27371</x:v>
       </x:c>
       <x:c r="FB9" s="3" t="n">
-        <x:v>28152</x:v>
+        <x:v>28449</x:v>
       </x:c>
       <x:c r="FC9" s="3" t="n">
-        <x:v>29342</x:v>
+        <x:v>29359</x:v>
       </x:c>
       <x:c r="FD9" s="3" t="n">
-        <x:v>29635</x:v>
+        <x:v>29586</x:v>
       </x:c>
       <x:c r="FE9" s="3" t="n">
-        <x:v>30053</x:v>
+        <x:v>30388</x:v>
       </x:c>
       <x:c r="FF9" s="3" t="n">
-        <x:v>29736</x:v>
+        <x:v>29914</x:v>
       </x:c>
       <x:c r="FG9" s="3" t="n">
-        <x:v>30161</x:v>
+        <x:v>30196</x:v>
       </x:c>
       <x:c r="FH9" s="3" t="n">
-        <x:v>30518</x:v>
+        <x:v>30464</x:v>
       </x:c>
       <x:c r="FI9" s="3" t="n">
-        <x:v>31390</x:v>
+        <x:v>31684</x:v>
       </x:c>
       <x:c r="FJ9" s="3" t="n">
-        <x:v>31761</x:v>
+        <x:v>31896</x:v>
       </x:c>
       <x:c r="FK9" s="3" t="n">
-        <x:v>30086</x:v>
+        <x:v>30422</x:v>
       </x:c>
       <x:c r="FL9" s="3" t="n">
-        <x:v>31527</x:v>
+        <x:v>31935</x:v>
       </x:c>
       <x:c r="FM9" s="3" t="n">
-        <x:v>31970</x:v>
+        <x:v>31179</x:v>
       </x:c>
       <x:c r="FN9" s="3" t="n">
-        <x:v>30271</x:v>
+        <x:v>30191</x:v>
       </x:c>
       <x:c r="FO9" s="3" t="n">
-        <x:v>843</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="FP9" s="3" t="n">
-        <x:v>4752</x:v>
+        <x:v>4776</x:v>
       </x:c>
       <x:c r="FQ9" s="3" t="n">
-        <x:v>2701</x:v>
+        <x:v>2666</x:v>
       </x:c>
       <x:c r="FR9" s="3" t="n">
-        <x:v>1866</x:v>
+        <x:v>1885</x:v>
       </x:c>
       <x:c r="FS9" s="3" t="n">
-        <x:v>1681</x:v>
+        <x:v>1693</x:v>
       </x:c>
       <x:c r="FT9" s="3" t="n">
-        <x:v>9675</x:v>
+        <x:v>9667</x:v>
       </x:c>
       <x:c r="FU9" s="3" t="n">
-        <x:v>17976</x:v>
+        <x:v>17917</x:v>
       </x:c>
       <x:c r="FV9" s="3" t="n">
-        <x:v>19919</x:v>
+        <x:v>20202</x:v>
       </x:c>
       <x:c r="FW9" s="3" t="n">
-        <x:v>30678</x:v>
+        <x:v>31149</x:v>
       </x:c>
       <x:c r="FX9" s="3" t="n">
-        <x:v>33744</x:v>
+        <x:v>33605</x:v>
       </x:c>
       <x:c r="FY9" s="3" t="n">
-        <x:v>35102</x:v>
+        <x:v>34811</x:v>
       </x:c>
       <x:c r="FZ9" s="3" t="n">
-        <x:v>37588</x:v>
+        <x:v>34899</x:v>
       </x:c>
       <x:c r="GA9" s="3" t="n">
-        <x:v>41074</x:v>
+        <x:v>38378</x:v>
       </x:c>
       <x:c r="GB9" s="3" t="n">
-        <x:v>42028</x:v>
+        <x:v>38207</x:v>
       </x:c>
       <x:c r="GC9" s="3" t="n">
-        <x:v>42395</x:v>
+        <x:v>38927</x:v>
       </x:c>
       <x:c r="GD9" s="3" t="n">
-        <x:v>42760</x:v>
+        <x:v>39841</x:v>
       </x:c>
       <x:c r="GE9" s="3" t="n">
-        <x:v>44027</x:v>
+        <x:v>41522</x:v>
       </x:c>
       <x:c r="GF9" s="3" t="n">
-        <x:v>44121</x:v>
+        <x:v>43532</x:v>
       </x:c>
       <x:c r="GG9" s="3" t="n">
-        <x:v>44622</x:v>
+        <x:v>44408</x:v>
       </x:c>
       <x:c r="GH9" s="3" t="n">
-        <x:v>45443</x:v>
+        <x:v>45999</x:v>
       </x:c>
       <x:c r="GI9" s="3" t="n">
-        <x:v>42211</x:v>
+        <x:v>43780</x:v>
+      </x:c>
+      <x:c r="GJ9" s="3" t="n">
+        <x:v>45765</x:v>
       </x:c>
     </x:row>
-    <x:row r="10" spans="1:191">
+    <x:row r="10" spans="1:192">
       <x:c r="A10" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>-831</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>-718</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
         <x:v>-743</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
         <x:v>-820</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
         <x:v>-865</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
         <x:v>-848</x:v>
       </x:c>
       <x:c r="H10" s="3" t="n">
         <x:v>-715</x:v>
       </x:c>
       <x:c r="I10" s="3" t="n">
         <x:v>-961</x:v>
       </x:c>
@@ -5235,658 +5256,664 @@
       <x:c r="FR10" s="3" t="n">
         <x:v>-3164</x:v>
       </x:c>
       <x:c r="FS10" s="3" t="n">
         <x:v>-2471</x:v>
       </x:c>
       <x:c r="FT10" s="3" t="n">
         <x:v>-4762</x:v>
       </x:c>
       <x:c r="FU10" s="3" t="n">
         <x:v>-8910</x:v>
       </x:c>
       <x:c r="FV10" s="3" t="n">
         <x:v>-10017</x:v>
       </x:c>
       <x:c r="FW10" s="3" t="n">
         <x:v>-14165</x:v>
       </x:c>
       <x:c r="FX10" s="3" t="n">
         <x:v>-14641</x:v>
       </x:c>
       <x:c r="FY10" s="3" t="n">
         <x:v>-14279</x:v>
       </x:c>
       <x:c r="FZ10" s="3" t="n">
-        <x:v>-15920</x:v>
+        <x:v>-15572</x:v>
       </x:c>
       <x:c r="GA10" s="3" t="n">
-        <x:v>-17371</x:v>
+        <x:v>-16873</x:v>
       </x:c>
       <x:c r="GB10" s="3" t="n">
-        <x:v>-18283</x:v>
+        <x:v>-17823</x:v>
       </x:c>
       <x:c r="GC10" s="3" t="n">
-        <x:v>-19407</x:v>
+        <x:v>-18722</x:v>
       </x:c>
       <x:c r="GD10" s="3" t="n">
-        <x:v>-19888</x:v>
+        <x:v>-19449</x:v>
       </x:c>
       <x:c r="GE10" s="3" t="n">
-        <x:v>-19705</x:v>
+        <x:v>-19111</x:v>
       </x:c>
       <x:c r="GF10" s="3" t="n">
-        <x:v>-20767</x:v>
+        <x:v>-20235</x:v>
       </x:c>
       <x:c r="GG10" s="3" t="n">
-        <x:v>-25709</x:v>
+        <x:v>-24731</x:v>
       </x:c>
       <x:c r="GH10" s="3" t="n">
-        <x:v>-24215</x:v>
+        <x:v>-23670</x:v>
       </x:c>
       <x:c r="GI10" s="3" t="n">
-        <x:v>-24904</x:v>
+        <x:v>-24124</x:v>
+      </x:c>
+      <x:c r="GJ10" s="3" t="n">
+        <x:v>-24953</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:191">
+    <x:row r="11" spans="1:192">
       <x:c r="A11" s="2" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>1527</x:v>
+        <x:v>1485</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>1570</x:v>
+        <x:v>1528</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>1620</x:v>
+        <x:v>1578</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>1669</x:v>
+        <x:v>1627</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
-        <x:v>1681</x:v>
+        <x:v>1611</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>1736</x:v>
+        <x:v>1667</x:v>
       </x:c>
       <x:c r="H11" s="3" t="n">
-        <x:v>1786</x:v>
+        <x:v>1717</x:v>
       </x:c>
       <x:c r="I11" s="3" t="n">
-        <x:v>1838</x:v>
+        <x:v>1769</x:v>
       </x:c>
       <x:c r="J11" s="3" t="n">
-        <x:v>1908</x:v>
+        <x:v>1823</x:v>
       </x:c>
       <x:c r="K11" s="3" t="n">
-        <x:v>1947</x:v>
+        <x:v>1862</x:v>
       </x:c>
       <x:c r="L11" s="3" t="n">
-        <x:v>2002</x:v>
+        <x:v>1918</x:v>
       </x:c>
       <x:c r="M11" s="3" t="n">
-        <x:v>2057</x:v>
+        <x:v>1972</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
-        <x:v>2154</x:v>
+        <x:v>2053</x:v>
       </x:c>
       <x:c r="O11" s="3" t="n">
-        <x:v>2221</x:v>
+        <x:v>2120</x:v>
       </x:c>
       <x:c r="P11" s="3" t="n">
-        <x:v>2282</x:v>
+        <x:v>2181</x:v>
       </x:c>
       <x:c r="Q11" s="3" t="n">
-        <x:v>2340</x:v>
+        <x:v>2238</x:v>
       </x:c>
       <x:c r="R11" s="3" t="n">
-        <x:v>2472</x:v>
+        <x:v>2363</x:v>
       </x:c>
       <x:c r="S11" s="3" t="n">
-        <x:v>2543</x:v>
+        <x:v>2435</x:v>
       </x:c>
       <x:c r="T11" s="3" t="n">
-        <x:v>2611</x:v>
+        <x:v>2502</x:v>
       </x:c>
       <x:c r="U11" s="3" t="n">
+        <x:v>2563</x:v>
+      </x:c>
+      <x:c r="V11" s="3" t="n">
+        <x:v>2595</x:v>
+      </x:c>
+      <x:c r="W11" s="3" t="n">
         <x:v>2671</x:v>
       </x:c>
-      <x:c r="V11" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="X11" s="3" t="n">
-        <x:v>2856</x:v>
+        <x:v>2741</x:v>
       </x:c>
       <x:c r="Y11" s="3" t="n">
-        <x:v>2919</x:v>
+        <x:v>2804</x:v>
       </x:c>
       <x:c r="Z11" s="3" t="n">
+        <x:v>2834</x:v>
+      </x:c>
+      <x:c r="AA11" s="3" t="n">
+        <x:v>2881</x:v>
+      </x:c>
+      <x:c r="AB11" s="3" t="n">
         <x:v>2952</x:v>
       </x:c>
-      <x:c r="AA11" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="AC11" s="3" t="n">
-        <x:v>3135</x:v>
+        <x:v>3017</x:v>
       </x:c>
       <x:c r="AD11" s="3" t="n">
-        <x:v>3159</x:v>
+        <x:v>3020</x:v>
       </x:c>
       <x:c r="AE11" s="3" t="n">
-        <x:v>3243</x:v>
+        <x:v>3104</x:v>
       </x:c>
       <x:c r="AF11" s="3" t="n">
-        <x:v>3315</x:v>
+        <x:v>3176</x:v>
       </x:c>
       <x:c r="AG11" s="3" t="n">
-        <x:v>3381</x:v>
+        <x:v>3242</x:v>
       </x:c>
       <x:c r="AH11" s="3" t="n">
-        <x:v>3575</x:v>
+        <x:v>3422</x:v>
       </x:c>
       <x:c r="AI11" s="3" t="n">
-        <x:v>3647</x:v>
+        <x:v>3494</x:v>
       </x:c>
       <x:c r="AJ11" s="3" t="n">
-        <x:v>3732</x:v>
+        <x:v>3579</x:v>
       </x:c>
       <x:c r="AK11" s="3" t="n">
-        <x:v>3801</x:v>
+        <x:v>3648</x:v>
       </x:c>
       <x:c r="AL11" s="3" t="n">
-        <x:v>3967</x:v>
+        <x:v>3764</x:v>
       </x:c>
       <x:c r="AM11" s="3" t="n">
-        <x:v>4068</x:v>
+        <x:v>3865</x:v>
       </x:c>
       <x:c r="AN11" s="3" t="n">
-        <x:v>4141</x:v>
+        <x:v>3938</x:v>
       </x:c>
       <x:c r="AO11" s="3" t="n">
-        <x:v>4209</x:v>
+        <x:v>4006</x:v>
       </x:c>
       <x:c r="AP11" s="3" t="n">
-        <x:v>4294</x:v>
+        <x:v>4113</x:v>
       </x:c>
       <x:c r="AQ11" s="3" t="n">
-        <x:v>4354</x:v>
+        <x:v>4173</x:v>
       </x:c>
       <x:c r="AR11" s="3" t="n">
-        <x:v>4416</x:v>
+        <x:v>4235</x:v>
       </x:c>
       <x:c r="AS11" s="3" t="n">
-        <x:v>4481</x:v>
+        <x:v>4300</x:v>
       </x:c>
       <x:c r="AT11" s="3" t="n">
-        <x:v>4537</x:v>
+        <x:v>4298</x:v>
       </x:c>
       <x:c r="AU11" s="3" t="n">
-        <x:v>4621</x:v>
+        <x:v>4382</x:v>
       </x:c>
       <x:c r="AV11" s="3" t="n">
-        <x:v>4677</x:v>
+        <x:v>4438</x:v>
       </x:c>
       <x:c r="AW11" s="3" t="n">
-        <x:v>4739</x:v>
+        <x:v>4500</x:v>
       </x:c>
       <x:c r="AX11" s="3" t="n">
-        <x:v>4792</x:v>
+        <x:v>4651</x:v>
       </x:c>
       <x:c r="AY11" s="3" t="n">
-        <x:v>4904</x:v>
+        <x:v>4764</x:v>
       </x:c>
       <x:c r="AZ11" s="3" t="n">
-        <x:v>4923</x:v>
+        <x:v>4782</x:v>
       </x:c>
       <x:c r="BA11" s="3" t="n">
-        <x:v>4995</x:v>
+        <x:v>4855</x:v>
       </x:c>
       <x:c r="BB11" s="3" t="n">
-        <x:v>5003</x:v>
+        <x:v>4765</x:v>
       </x:c>
       <x:c r="BC11" s="3" t="n">
-        <x:v>4800</x:v>
+        <x:v>4562</x:v>
       </x:c>
       <x:c r="BD11" s="3" t="n">
-        <x:v>5025</x:v>
+        <x:v>4787</x:v>
       </x:c>
       <x:c r="BE11" s="3" t="n">
-        <x:v>5042</x:v>
+        <x:v>4804</x:v>
       </x:c>
       <x:c r="BF11" s="3" t="n">
-        <x:v>5064</x:v>
+        <x:v>4875</x:v>
       </x:c>
       <x:c r="BG11" s="3" t="n">
-        <x:v>5124</x:v>
+        <x:v>4935</x:v>
       </x:c>
       <x:c r="BH11" s="3" t="n">
-        <x:v>5176</x:v>
+        <x:v>4987</x:v>
       </x:c>
       <x:c r="BI11" s="3" t="n">
-        <x:v>5228</x:v>
+        <x:v>5039</x:v>
       </x:c>
       <x:c r="BJ11" s="3" t="n">
-        <x:v>5188</x:v>
+        <x:v>5067</x:v>
       </x:c>
       <x:c r="BK11" s="3" t="n">
-        <x:v>5190</x:v>
+        <x:v>5069</x:v>
       </x:c>
       <x:c r="BL11" s="3" t="n">
-        <x:v>5243</x:v>
+        <x:v>5122</x:v>
       </x:c>
       <x:c r="BM11" s="3" t="n">
-        <x:v>5216</x:v>
+        <x:v>5095</x:v>
       </x:c>
       <x:c r="BN11" s="3" t="n">
-        <x:v>5322</x:v>
+        <x:v>5186</x:v>
       </x:c>
       <x:c r="BO11" s="3" t="n">
-        <x:v>5381</x:v>
+        <x:v>5245</x:v>
       </x:c>
       <x:c r="BP11" s="3" t="n">
-        <x:v>5400</x:v>
+        <x:v>5264</x:v>
       </x:c>
       <x:c r="BQ11" s="3" t="n">
-        <x:v>5333</x:v>
+        <x:v>5198</x:v>
       </x:c>
       <x:c r="BR11" s="3" t="n">
-        <x:v>5389</x:v>
+        <x:v>5350</x:v>
       </x:c>
       <x:c r="BS11" s="3" t="n">
-        <x:v>5451</x:v>
+        <x:v>5412</x:v>
       </x:c>
       <x:c r="BT11" s="3" t="n">
-        <x:v>5288</x:v>
+        <x:v>5249</x:v>
       </x:c>
       <x:c r="BU11" s="3" t="n">
-        <x:v>5203</x:v>
+        <x:v>5164</x:v>
       </x:c>
       <x:c r="BV11" s="3" t="n">
-        <x:v>5202</x:v>
+        <x:v>5289</x:v>
       </x:c>
       <x:c r="BW11" s="3" t="n">
-        <x:v>5353</x:v>
+        <x:v>5440</x:v>
       </x:c>
       <x:c r="BX11" s="3" t="n">
-        <x:v>5504</x:v>
+        <x:v>5591</x:v>
       </x:c>
       <x:c r="BY11" s="3" t="n">
-        <x:v>5730</x:v>
+        <x:v>5817</x:v>
       </x:c>
       <x:c r="BZ11" s="3" t="n">
-        <x:v>5542</x:v>
+        <x:v>5685</x:v>
       </x:c>
       <x:c r="CA11" s="3" t="n">
-        <x:v>5501</x:v>
+        <x:v>5645</x:v>
       </x:c>
       <x:c r="CB11" s="3" t="n">
-        <x:v>5645</x:v>
+        <x:v>5789</x:v>
       </x:c>
       <x:c r="CC11" s="3" t="n">
-        <x:v>5556</x:v>
+        <x:v>5700</x:v>
       </x:c>
       <x:c r="CD11" s="3" t="n">
-        <x:v>5695</x:v>
+        <x:v>5888</x:v>
       </x:c>
       <x:c r="CE11" s="3" t="n">
-        <x:v>5742</x:v>
+        <x:v>5935</x:v>
       </x:c>
       <x:c r="CF11" s="3" t="n">
-        <x:v>5808</x:v>
+        <x:v>6001</x:v>
       </x:c>
       <x:c r="CG11" s="3" t="n">
-        <x:v>6000</x:v>
+        <x:v>6193</x:v>
       </x:c>
       <x:c r="CH11" s="3" t="n">
-        <x:v>6032</x:v>
+        <x:v>6213</x:v>
       </x:c>
       <x:c r="CI11" s="3" t="n">
-        <x:v>6201</x:v>
+        <x:v>6382</x:v>
       </x:c>
       <x:c r="CJ11" s="3" t="n">
-        <x:v>6270</x:v>
+        <x:v>6451</x:v>
       </x:c>
       <x:c r="CK11" s="3" t="n">
-        <x:v>6320</x:v>
+        <x:v>6502</x:v>
       </x:c>
       <x:c r="CL11" s="3" t="n">
-        <x:v>6341</x:v>
+        <x:v>6514</x:v>
       </x:c>
       <x:c r="CM11" s="3" t="n">
-        <x:v>6553</x:v>
+        <x:v>6726</x:v>
       </x:c>
       <x:c r="CN11" s="3" t="n">
-        <x:v>6713</x:v>
+        <x:v>6886</x:v>
       </x:c>
       <x:c r="CO11" s="3" t="n">
-        <x:v>6504</x:v>
+        <x:v>6677</x:v>
       </x:c>
       <x:c r="CP11" s="3" t="n">
-        <x:v>6696</x:v>
+        <x:v>7039</x:v>
       </x:c>
       <x:c r="CQ11" s="3" t="n">
-        <x:v>6539</x:v>
+        <x:v>6882</x:v>
       </x:c>
       <x:c r="CR11" s="3" t="n">
-        <x:v>6616</x:v>
+        <x:v>6959</x:v>
       </x:c>
       <x:c r="CS11" s="3" t="n">
-        <x:v>6890</x:v>
+        <x:v>7232</x:v>
       </x:c>
       <x:c r="CT11" s="3" t="n">
-        <x:v>6975</x:v>
+        <x:v>7376</x:v>
       </x:c>
       <x:c r="CU11" s="3" t="n">
-        <x:v>6969</x:v>
+        <x:v>7369</x:v>
       </x:c>
       <x:c r="CV11" s="3" t="n">
-        <x:v>7092</x:v>
+        <x:v>7493</x:v>
       </x:c>
       <x:c r="CW11" s="3" t="n">
-        <x:v>7265</x:v>
+        <x:v>7666</x:v>
       </x:c>
       <x:c r="CX11" s="3" t="n">
-        <x:v>7565</x:v>
+        <x:v>7668</x:v>
       </x:c>
       <x:c r="CY11" s="3" t="n">
-        <x:v>7637</x:v>
+        <x:v>7741</x:v>
       </x:c>
       <x:c r="CZ11" s="3" t="n">
-        <x:v>7767</x:v>
+        <x:v>7871</x:v>
       </x:c>
       <x:c r="DA11" s="3" t="n">
-        <x:v>7932</x:v>
+        <x:v>8035</x:v>
       </x:c>
       <x:c r="DB11" s="3" t="n">
-        <x:v>8145</x:v>
+        <x:v>8625</x:v>
       </x:c>
       <x:c r="DC11" s="3" t="n">
-        <x:v>8122</x:v>
+        <x:v>8601</x:v>
       </x:c>
       <x:c r="DD11" s="3" t="n">
-        <x:v>8293</x:v>
+        <x:v>8772</x:v>
       </x:c>
       <x:c r="DE11" s="3" t="n">
-        <x:v>8457</x:v>
+        <x:v>8937</x:v>
       </x:c>
       <x:c r="DF11" s="3" t="n">
-        <x:v>8983</x:v>
+        <x:v>9293</x:v>
       </x:c>
       <x:c r="DG11" s="3" t="n">
-        <x:v>8896</x:v>
+        <x:v>9206</x:v>
       </x:c>
       <x:c r="DH11" s="3" t="n">
-        <x:v>9180</x:v>
+        <x:v>9491</x:v>
       </x:c>
       <x:c r="DI11" s="3" t="n">
-        <x:v>9345</x:v>
+        <x:v>9656</x:v>
       </x:c>
       <x:c r="DJ11" s="3" t="n">
-        <x:v>9320</x:v>
+        <x:v>9487</x:v>
       </x:c>
       <x:c r="DK11" s="3" t="n">
-        <x:v>9756</x:v>
+        <x:v>9923</x:v>
       </x:c>
       <x:c r="DL11" s="3" t="n">
-        <x:v>9812</x:v>
+        <x:v>9979</x:v>
       </x:c>
       <x:c r="DM11" s="3" t="n">
-        <x:v>9756</x:v>
+        <x:v>9923</x:v>
       </x:c>
       <x:c r="DN11" s="3" t="n">
-        <x:v>9834</x:v>
+        <x:v>9934</x:v>
       </x:c>
       <x:c r="DO11" s="3" t="n">
-        <x:v>10241</x:v>
+        <x:v>10340</x:v>
       </x:c>
       <x:c r="DP11" s="3" t="n">
-        <x:v>10386</x:v>
+        <x:v>10486</x:v>
       </x:c>
       <x:c r="DQ11" s="3" t="n">
-        <x:v>10258</x:v>
+        <x:v>10357</x:v>
       </x:c>
       <x:c r="DR11" s="3" t="n">
-        <x:v>10688</x:v>
+        <x:v>10715</x:v>
       </x:c>
       <x:c r="DS11" s="3" t="n">
-        <x:v>11186</x:v>
+        <x:v>11212</x:v>
       </x:c>
       <x:c r="DT11" s="3" t="n">
-        <x:v>11138</x:v>
+        <x:v>11164</x:v>
       </x:c>
       <x:c r="DU11" s="3" t="n">
-        <x:v>11519</x:v>
+        <x:v>11545</x:v>
       </x:c>
       <x:c r="DV11" s="3" t="n">
-        <x:v>11722</x:v>
+        <x:v>11766</x:v>
       </x:c>
       <x:c r="DW11" s="3" t="n">
-        <x:v>11668</x:v>
+        <x:v>11712</x:v>
       </x:c>
       <x:c r="DX11" s="3" t="n">
-        <x:v>12023</x:v>
+        <x:v>12067</x:v>
       </x:c>
       <x:c r="DY11" s="3" t="n">
-        <x:v>12482</x:v>
+        <x:v>12526</x:v>
       </x:c>
       <x:c r="DZ11" s="3" t="n">
-        <x:v>11868</x:v>
+        <x:v>11919</x:v>
       </x:c>
       <x:c r="EA11" s="3" t="n">
-        <x:v>12092</x:v>
+        <x:v>12143</x:v>
       </x:c>
       <x:c r="EB11" s="3" t="n">
-        <x:v>12294</x:v>
+        <x:v>12345</x:v>
       </x:c>
       <x:c r="EC11" s="3" t="n">
-        <x:v>12552</x:v>
+        <x:v>12603</x:v>
       </x:c>
       <x:c r="ED11" s="3" t="n">
-        <x:v>12892</x:v>
+        <x:v>13011</x:v>
       </x:c>
       <x:c r="EE11" s="3" t="n">
-        <x:v>13006</x:v>
+        <x:v>13124</x:v>
       </x:c>
       <x:c r="EF11" s="3" t="n">
-        <x:v>13290</x:v>
+        <x:v>13409</x:v>
       </x:c>
       <x:c r="EG11" s="3" t="n">
-        <x:v>13470</x:v>
+        <x:v>13589</x:v>
       </x:c>
       <x:c r="EH11" s="3" t="n">
-        <x:v>13736</x:v>
+        <x:v>13788</x:v>
       </x:c>
       <x:c r="EI11" s="3" t="n">
-        <x:v>13654</x:v>
+        <x:v>13706</x:v>
       </x:c>
       <x:c r="EJ11" s="3" t="n">
-        <x:v>13888</x:v>
+        <x:v>13940</x:v>
       </x:c>
       <x:c r="EK11" s="3" t="n">
-        <x:v>14051</x:v>
+        <x:v>14103</x:v>
       </x:c>
       <x:c r="EL11" s="3" t="n">
-        <x:v>14376</x:v>
+        <x:v>14309</x:v>
       </x:c>
       <x:c r="EM11" s="3" t="n">
-        <x:v>14683</x:v>
+        <x:v>14616</x:v>
       </x:c>
       <x:c r="EN11" s="3" t="n">
-        <x:v>14952</x:v>
+        <x:v>14885</x:v>
       </x:c>
       <x:c r="EO11" s="3" t="n">
-        <x:v>14918</x:v>
+        <x:v>14851</x:v>
       </x:c>
       <x:c r="EP11" s="3" t="n">
-        <x:v>15867</x:v>
+        <x:v>15486</x:v>
       </x:c>
       <x:c r="EQ11" s="3" t="n">
-        <x:v>15855</x:v>
+        <x:v>15474</x:v>
       </x:c>
       <x:c r="ER11" s="3" t="n">
-        <x:v>16666</x:v>
+        <x:v>16285</x:v>
       </x:c>
       <x:c r="ES11" s="3" t="n">
-        <x:v>16437</x:v>
+        <x:v>16055</x:v>
       </x:c>
       <x:c r="ET11" s="3" t="n">
-        <x:v>17956</x:v>
+        <x:v>17152</x:v>
       </x:c>
       <x:c r="EU11" s="3" t="n">
-        <x:v>17674</x:v>
+        <x:v>16870</x:v>
       </x:c>
       <x:c r="EV11" s="3" t="n">
-        <x:v>18410</x:v>
+        <x:v>17606</x:v>
       </x:c>
       <x:c r="EW11" s="3" t="n">
-        <x:v>18512</x:v>
+        <x:v>17708</x:v>
       </x:c>
       <x:c r="EX11" s="3" t="n">
-        <x:v>18523</x:v>
+        <x:v>17279</x:v>
       </x:c>
       <x:c r="EY11" s="3" t="n">
-        <x:v>18503</x:v>
+        <x:v>16990</x:v>
       </x:c>
       <x:c r="EZ11" s="3" t="n">
-        <x:v>18720</x:v>
+        <x:v>17951</x:v>
       </x:c>
       <x:c r="FA11" s="3" t="n">
-        <x:v>18865</x:v>
+        <x:v>17395</x:v>
       </x:c>
       <x:c r="FB11" s="3" t="n">
-        <x:v>19415</x:v>
+        <x:v>17539</x:v>
       </x:c>
       <x:c r="FC11" s="3" t="n">
-        <x:v>19801</x:v>
+        <x:v>18065</x:v>
       </x:c>
       <x:c r="FD11" s="3" t="n">
-        <x:v>19927</x:v>
+        <x:v>18897</x:v>
       </x:c>
       <x:c r="FE11" s="3" t="n">
-        <x:v>19828</x:v>
+        <x:v>18015</x:v>
       </x:c>
       <x:c r="FF11" s="3" t="n">
-        <x:v>19990</x:v>
+        <x:v>18785</x:v>
       </x:c>
       <x:c r="FG11" s="3" t="n">
-        <x:v>19968</x:v>
+        <x:v>18590</x:v>
       </x:c>
       <x:c r="FH11" s="3" t="n">
-        <x:v>20116</x:v>
+        <x:v>19598</x:v>
       </x:c>
       <x:c r="FI11" s="3" t="n">
-        <x:v>20547</x:v>
+        <x:v>19220</x:v>
       </x:c>
       <x:c r="FJ11" s="3" t="n">
-        <x:v>20858</x:v>
+        <x:v>19220</x:v>
       </x:c>
       <x:c r="FK11" s="3" t="n">
-        <x:v>21316</x:v>
+        <x:v>19815</x:v>
       </x:c>
       <x:c r="FL11" s="3" t="n">
-        <x:v>21731</x:v>
+        <x:v>20900</x:v>
       </x:c>
       <x:c r="FM11" s="3" t="n">
-        <x:v>22042</x:v>
+        <x:v>20313</x:v>
       </x:c>
       <x:c r="FN11" s="3" t="n">
-        <x:v>22226</x:v>
+        <x:v>21500</x:v>
       </x:c>
       <x:c r="FO11" s="3" t="n">
-        <x:v>19511</x:v>
+        <x:v>18650</x:v>
       </x:c>
       <x:c r="FP11" s="3" t="n">
-        <x:v>21655</x:v>
+        <x:v>21667</x:v>
       </x:c>
       <x:c r="FQ11" s="3" t="n">
-        <x:v>21382</x:v>
+        <x:v>20532</x:v>
       </x:c>
       <x:c r="FR11" s="3" t="n">
-        <x:v>20439</x:v>
+        <x:v>20000</x:v>
       </x:c>
       <x:c r="FS11" s="3" t="n">
-        <x:v>21039</x:v>
+        <x:v>21281</x:v>
       </x:c>
       <x:c r="FT11" s="3" t="n">
-        <x:v>24051</x:v>
+        <x:v>25662</x:v>
       </x:c>
       <x:c r="FU11" s="3" t="n">
-        <x:v>25367</x:v>
+        <x:v>26227</x:v>
       </x:c>
       <x:c r="FV11" s="3" t="n">
-        <x:v>25742</x:v>
+        <x:v>24413</x:v>
       </x:c>
       <x:c r="FW11" s="3" t="n">
-        <x:v>27149</x:v>
+        <x:v>25945</x:v>
       </x:c>
       <x:c r="FX11" s="3" t="n">
-        <x:v>27762</x:v>
+        <x:v>27342</x:v>
       </x:c>
       <x:c r="FY11" s="3" t="n">
-        <x:v>28113</x:v>
+        <x:v>26619</x:v>
       </x:c>
       <x:c r="FZ11" s="3" t="n">
-        <x:v>28583</x:v>
+        <x:v>29378</x:v>
       </x:c>
       <x:c r="GA11" s="3" t="n">
-        <x:v>28927</x:v>
+        <x:v>29913</x:v>
       </x:c>
       <x:c r="GB11" s="3" t="n">
-        <x:v>29758</x:v>
+        <x:v>29988</x:v>
       </x:c>
       <x:c r="GC11" s="3" t="n">
-        <x:v>30385</x:v>
+        <x:v>32120</x:v>
       </x:c>
       <x:c r="GD11" s="3" t="n">
-        <x:v>30382</x:v>
+        <x:v>30895</x:v>
       </x:c>
       <x:c r="GE11" s="3" t="n">
-        <x:v>30685</x:v>
+        <x:v>32044</x:v>
       </x:c>
       <x:c r="GF11" s="3" t="n">
-        <x:v>31085</x:v>
+        <x:v>33551</x:v>
       </x:c>
       <x:c r="GG11" s="3" t="n">
-        <x:v>30987</x:v>
+        <x:v>32564</x:v>
       </x:c>
       <x:c r="GH11" s="3" t="n">
-        <x:v>31686</x:v>
+        <x:v>32842</x:v>
       </x:c>
       <x:c r="GI11" s="3" t="n">
-        <x:v>32026</x:v>
+        <x:v>33988</x:v>
+      </x:c>
+      <x:c r="GJ11" s="3" t="n">
+        <x:v>34986</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:191">
+    <x:row r="12" spans="1:192">
       <x:c r="A12" s="2" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>11568</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>11795</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
         <x:v>12194</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
         <x:v>12558</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
         <x:v>12407</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
         <x:v>12871</x:v>
       </x:c>
       <x:c r="H12" s="3" t="n">
         <x:v>13193</x:v>
       </x:c>
       <x:c r="I12" s="3" t="n">
         <x:v>13563</x:v>
       </x:c>
@@ -6049,419 +6076,422 @@
       <x:c r="BJ12" s="3" t="n">
         <x:v>46217</x:v>
       </x:c>
       <x:c r="BK12" s="3" t="n">
         <x:v>46556</x:v>
       </x:c>
       <x:c r="BL12" s="3" t="n">
         <x:v>46510</x:v>
       </x:c>
       <x:c r="BM12" s="3" t="n">
         <x:v>48679</x:v>
       </x:c>
       <x:c r="BN12" s="3" t="n">
         <x:v>46329</x:v>
       </x:c>
       <x:c r="BO12" s="3" t="n">
         <x:v>48445</x:v>
       </x:c>
       <x:c r="BP12" s="3" t="n">
         <x:v>49119</x:v>
       </x:c>
       <x:c r="BQ12" s="3" t="n">
         <x:v>50136</x:v>
       </x:c>
       <x:c r="BR12" s="3" t="n">
-        <x:v>50088</x:v>
+        <x:v>50534</x:v>
       </x:c>
       <x:c r="BS12" s="3" t="n">
-        <x:v>49683</x:v>
+        <x:v>50129</x:v>
       </x:c>
       <x:c r="BT12" s="3" t="n">
-        <x:v>50677</x:v>
+        <x:v>51124</x:v>
       </x:c>
       <x:c r="BU12" s="3" t="n">
-        <x:v>51451</x:v>
+        <x:v>51897</x:v>
       </x:c>
       <x:c r="BV12" s="3" t="n">
-        <x:v>52568</x:v>
+        <x:v>53044</x:v>
       </x:c>
       <x:c r="BW12" s="3" t="n">
-        <x:v>52873</x:v>
+        <x:v>53348</x:v>
       </x:c>
       <x:c r="BX12" s="3" t="n">
-        <x:v>54246</x:v>
+        <x:v>54721</x:v>
       </x:c>
       <x:c r="BY12" s="3" t="n">
-        <x:v>55097</x:v>
+        <x:v>55572</x:v>
       </x:c>
       <x:c r="BZ12" s="3" t="n">
-        <x:v>53876</x:v>
+        <x:v>54381</x:v>
       </x:c>
       <x:c r="CA12" s="3" t="n">
-        <x:v>58327</x:v>
+        <x:v>58832</x:v>
       </x:c>
       <x:c r="CB12" s="3" t="n">
-        <x:v>57200</x:v>
+        <x:v>57705</x:v>
       </x:c>
       <x:c r="CC12" s="3" t="n">
-        <x:v>58613</x:v>
+        <x:v>59118</x:v>
       </x:c>
       <x:c r="CD12" s="3" t="n">
-        <x:v>59504</x:v>
+        <x:v>60065</x:v>
       </x:c>
       <x:c r="CE12" s="3" t="n">
-        <x:v>61204</x:v>
+        <x:v>61766</x:v>
       </x:c>
       <x:c r="CF12" s="3" t="n">
-        <x:v>63315</x:v>
+        <x:v>63877</x:v>
       </x:c>
       <x:c r="CG12" s="3" t="n">
-        <x:v>64505</x:v>
+        <x:v>65066</x:v>
       </x:c>
       <x:c r="CH12" s="3" t="n">
-        <x:v>65139</x:v>
+        <x:v>65761</x:v>
       </x:c>
       <x:c r="CI12" s="3" t="n">
-        <x:v>66524</x:v>
+        <x:v>67145</x:v>
       </x:c>
       <x:c r="CJ12" s="3" t="n">
-        <x:v>66454</x:v>
+        <x:v>67075</x:v>
       </x:c>
       <x:c r="CK12" s="3" t="n">
-        <x:v>67992</x:v>
+        <x:v>68614</x:v>
       </x:c>
       <x:c r="CL12" s="3" t="n">
-        <x:v>70297</x:v>
+        <x:v>70982</x:v>
       </x:c>
       <x:c r="CM12" s="3" t="n">
-        <x:v>70324</x:v>
+        <x:v>71010</x:v>
       </x:c>
       <x:c r="CN12" s="3" t="n">
-        <x:v>71544</x:v>
+        <x:v>72230</x:v>
       </x:c>
       <x:c r="CO12" s="3" t="n">
-        <x:v>72511</x:v>
+        <x:v>73196</x:v>
       </x:c>
       <x:c r="CP12" s="3" t="n">
-        <x:v>77457</x:v>
+        <x:v>78160</x:v>
       </x:c>
       <x:c r="CQ12" s="3" t="n">
-        <x:v>77375</x:v>
+        <x:v>78078</x:v>
       </x:c>
       <x:c r="CR12" s="3" t="n">
-        <x:v>78003</x:v>
+        <x:v>78706</x:v>
       </x:c>
       <x:c r="CS12" s="3" t="n">
-        <x:v>81007</x:v>
+        <x:v>81710</x:v>
       </x:c>
       <x:c r="CT12" s="3" t="n">
-        <x:v>80326</x:v>
+        <x:v>81180</x:v>
       </x:c>
       <x:c r="CU12" s="3" t="n">
-        <x:v>85417</x:v>
+        <x:v>86271</x:v>
       </x:c>
       <x:c r="CV12" s="3" t="n">
-        <x:v>86301</x:v>
+        <x:v>87156</x:v>
       </x:c>
       <x:c r="CW12" s="3" t="n">
-        <x:v>86222</x:v>
+        <x:v>87077</x:v>
       </x:c>
       <x:c r="CX12" s="3" t="n">
-        <x:v>89393</x:v>
+        <x:v>90395</x:v>
       </x:c>
       <x:c r="CY12" s="3" t="n">
-        <x:v>88376</x:v>
+        <x:v>89378</x:v>
       </x:c>
       <x:c r="CZ12" s="3" t="n">
-        <x:v>89660</x:v>
+        <x:v>90662</x:v>
       </x:c>
       <x:c r="DA12" s="3" t="n">
-        <x:v>88920</x:v>
+        <x:v>89922</x:v>
       </x:c>
       <x:c r="DB12" s="3" t="n">
-        <x:v>90650</x:v>
+        <x:v>91631</x:v>
       </x:c>
       <x:c r="DC12" s="3" t="n">
-        <x:v>91592</x:v>
+        <x:v>92573</x:v>
       </x:c>
       <x:c r="DD12" s="3" t="n">
-        <x:v>92866</x:v>
+        <x:v>93848</x:v>
       </x:c>
       <x:c r="DE12" s="3" t="n">
-        <x:v>95818</x:v>
+        <x:v>96800</x:v>
       </x:c>
       <x:c r="DF12" s="3" t="n">
-        <x:v>93253</x:v>
+        <x:v>94304</x:v>
       </x:c>
       <x:c r="DG12" s="3" t="n">
-        <x:v>99137</x:v>
+        <x:v>100189</x:v>
       </x:c>
       <x:c r="DH12" s="3" t="n">
-        <x:v>95683</x:v>
+        <x:v>96734</x:v>
       </x:c>
       <x:c r="DI12" s="3" t="n">
-        <x:v>98822</x:v>
+        <x:v>99874</x:v>
       </x:c>
       <x:c r="DJ12" s="3" t="n">
-        <x:v>102452</x:v>
+        <x:v>103537</x:v>
       </x:c>
       <x:c r="DK12" s="3" t="n">
-        <x:v>101841</x:v>
+        <x:v>102927</x:v>
       </x:c>
       <x:c r="DL12" s="3" t="n">
-        <x:v>102841</x:v>
+        <x:v>103927</x:v>
       </x:c>
       <x:c r="DM12" s="3" t="n">
-        <x:v>105972</x:v>
+        <x:v>107058</x:v>
       </x:c>
       <x:c r="DN12" s="3" t="n">
-        <x:v>108702</x:v>
+        <x:v>110055</x:v>
       </x:c>
       <x:c r="DO12" s="3" t="n">
-        <x:v>108611</x:v>
+        <x:v>109965</x:v>
       </x:c>
       <x:c r="DP12" s="3" t="n">
-        <x:v>109629</x:v>
+        <x:v>110983</x:v>
       </x:c>
       <x:c r="DQ12" s="3" t="n">
-        <x:v>113215</x:v>
+        <x:v>114568</x:v>
       </x:c>
       <x:c r="DR12" s="3" t="n">
-        <x:v>115647</x:v>
+        <x:v>117086</x:v>
       </x:c>
       <x:c r="DS12" s="3" t="n">
-        <x:v>119941</x:v>
+        <x:v>121380</x:v>
       </x:c>
       <x:c r="DT12" s="3" t="n">
-        <x:v>122435</x:v>
+        <x:v>123874</x:v>
       </x:c>
       <x:c r="DU12" s="3" t="n">
-        <x:v>124462</x:v>
+        <x:v>125901</x:v>
       </x:c>
       <x:c r="DV12" s="3" t="n">
-        <x:v>127303</x:v>
+        <x:v>128348</x:v>
       </x:c>
       <x:c r="DW12" s="3" t="n">
-        <x:v>131511</x:v>
+        <x:v>132555</x:v>
       </x:c>
       <x:c r="DX12" s="3" t="n">
-        <x:v>132792</x:v>
+        <x:v>133836</x:v>
       </x:c>
       <x:c r="DY12" s="3" t="n">
-        <x:v>132908</x:v>
+        <x:v>133952</x:v>
       </x:c>
       <x:c r="DZ12" s="3" t="n">
-        <x:v>136645</x:v>
+        <x:v>137745</x:v>
       </x:c>
       <x:c r="EA12" s="3" t="n">
-        <x:v>137185</x:v>
+        <x:v>138285</x:v>
       </x:c>
       <x:c r="EB12" s="3" t="n">
-        <x:v>138982</x:v>
+        <x:v>140082</x:v>
       </x:c>
       <x:c r="EC12" s="3" t="n">
-        <x:v>140215</x:v>
+        <x:v>141315</x:v>
       </x:c>
       <x:c r="ED12" s="3" t="n">
-        <x:v>142136</x:v>
+        <x:v>143073</x:v>
       </x:c>
       <x:c r="EE12" s="3" t="n">
-        <x:v>144640</x:v>
+        <x:v>145577</x:v>
       </x:c>
       <x:c r="EF12" s="3" t="n">
-        <x:v>147718</x:v>
+        <x:v>148655</x:v>
       </x:c>
       <x:c r="EG12" s="3" t="n">
-        <x:v>149702</x:v>
+        <x:v>150639</x:v>
       </x:c>
       <x:c r="EH12" s="3" t="n">
-        <x:v>150413</x:v>
+        <x:v>151894</x:v>
       </x:c>
       <x:c r="EI12" s="3" t="n">
-        <x:v>152576</x:v>
+        <x:v>154057</x:v>
       </x:c>
       <x:c r="EJ12" s="3" t="n">
-        <x:v>154853</x:v>
+        <x:v>156334</x:v>
       </x:c>
       <x:c r="EK12" s="3" t="n">
-        <x:v>156962</x:v>
+        <x:v>158443</x:v>
       </x:c>
       <x:c r="EL12" s="3" t="n">
-        <x:v>160304</x:v>
+        <x:v>162070</x:v>
       </x:c>
       <x:c r="EM12" s="3" t="n">
-        <x:v>158838</x:v>
+        <x:v>160605</x:v>
       </x:c>
       <x:c r="EN12" s="3" t="n">
-        <x:v>163235</x:v>
+        <x:v>165001</x:v>
       </x:c>
       <x:c r="EO12" s="3" t="n">
-        <x:v>165946</x:v>
+        <x:v>167713</x:v>
       </x:c>
       <x:c r="EP12" s="3" t="n">
-        <x:v>168642</x:v>
+        <x:v>170082</x:v>
       </x:c>
       <x:c r="EQ12" s="3" t="n">
-        <x:v>168294</x:v>
+        <x:v>169735</x:v>
       </x:c>
       <x:c r="ER12" s="3" t="n">
-        <x:v>173248</x:v>
+        <x:v>174688</x:v>
       </x:c>
       <x:c r="ES12" s="3" t="n">
-        <x:v>176641</x:v>
+        <x:v>178081</x:v>
       </x:c>
       <x:c r="ET12" s="3" t="n">
-        <x:v>178342</x:v>
+        <x:v>180046</x:v>
       </x:c>
       <x:c r="EU12" s="3" t="n">
-        <x:v>182931</x:v>
+        <x:v>184634</x:v>
       </x:c>
       <x:c r="EV12" s="3" t="n">
-        <x:v>181448</x:v>
+        <x:v>183151</x:v>
       </x:c>
       <x:c r="EW12" s="3" t="n">
-        <x:v>180285</x:v>
+        <x:v>181988</x:v>
       </x:c>
       <x:c r="EX12" s="3" t="n">
-        <x:v>185037</x:v>
+        <x:v>186495</x:v>
       </x:c>
       <x:c r="EY12" s="3" t="n">
-        <x:v>187918</x:v>
+        <x:v>189390</x:v>
       </x:c>
       <x:c r="EZ12" s="3" t="n">
-        <x:v>189787</x:v>
+        <x:v>191385</x:v>
       </x:c>
       <x:c r="FA12" s="3" t="n">
-        <x:v>191871</x:v>
+        <x:v>193618</x:v>
       </x:c>
       <x:c r="FB12" s="3" t="n">
-        <x:v>194028</x:v>
+        <x:v>195436</x:v>
       </x:c>
       <x:c r="FC12" s="3" t="n">
-        <x:v>196957</x:v>
+        <x:v>198623</x:v>
       </x:c>
       <x:c r="FD12" s="3" t="n">
-        <x:v>199521</x:v>
+        <x:v>201181</x:v>
       </x:c>
       <x:c r="FE12" s="3" t="n">
-        <x:v>200568</x:v>
+        <x:v>202319</x:v>
       </x:c>
       <x:c r="FF12" s="3" t="n">
-        <x:v>203358</x:v>
+        <x:v>205012</x:v>
       </x:c>
       <x:c r="FG12" s="3" t="n">
-        <x:v>205509</x:v>
+        <x:v>207018</x:v>
       </x:c>
       <x:c r="FH12" s="3" t="n">
-        <x:v>206955</x:v>
+        <x:v>208484</x:v>
       </x:c>
       <x:c r="FI12" s="3" t="n">
-        <x:v>210789</x:v>
+        <x:v>212139</x:v>
       </x:c>
       <x:c r="FJ12" s="3" t="n">
-        <x:v>212532</x:v>
+        <x:v>214028</x:v>
       </x:c>
       <x:c r="FK12" s="3" t="n">
-        <x:v>214337</x:v>
+        <x:v>215746</x:v>
       </x:c>
       <x:c r="FL12" s="3" t="n">
-        <x:v>218894</x:v>
+        <x:v>220263</x:v>
       </x:c>
       <x:c r="FM12" s="3" t="n">
-        <x:v>221244</x:v>
+        <x:v>222828</x:v>
       </x:c>
       <x:c r="FN12" s="3" t="n">
-        <x:v>224179</x:v>
+        <x:v>225904</x:v>
       </x:c>
       <x:c r="FO12" s="3" t="n">
-        <x:v>223536</x:v>
+        <x:v>225357</x:v>
       </x:c>
       <x:c r="FP12" s="3" t="n">
-        <x:v>227577</x:v>
+        <x:v>229399</x:v>
       </x:c>
       <x:c r="FQ12" s="3" t="n">
-        <x:v>229574</x:v>
+        <x:v>231758</x:v>
       </x:c>
       <x:c r="FR12" s="3" t="n">
-        <x:v>236482</x:v>
+        <x:v>238471</x:v>
       </x:c>
       <x:c r="FS12" s="3" t="n">
-        <x:v>241086</x:v>
+        <x:v>243158</x:v>
       </x:c>
       <x:c r="FT12" s="3" t="n">
-        <x:v>243727</x:v>
+        <x:v>245656</x:v>
       </x:c>
       <x:c r="FU12" s="3" t="n">
-        <x:v>248980</x:v>
+        <x:v>251352</x:v>
       </x:c>
       <x:c r="FV12" s="3" t="n">
-        <x:v>253560</x:v>
+        <x:v>256399</x:v>
       </x:c>
       <x:c r="FW12" s="3" t="n">
-        <x:v>257184</x:v>
+        <x:v>260151</x:v>
       </x:c>
       <x:c r="FX12" s="3" t="n">
-        <x:v>260138</x:v>
+        <x:v>262958</x:v>
       </x:c>
       <x:c r="FY12" s="3" t="n">
-        <x:v>263588</x:v>
+        <x:v>266211</x:v>
       </x:c>
       <x:c r="FZ12" s="3" t="n">
-        <x:v>269359</x:v>
+        <x:v>271707</x:v>
       </x:c>
       <x:c r="GA12" s="3" t="n">
-        <x:v>275137</x:v>
+        <x:v>277044</x:v>
       </x:c>
       <x:c r="GB12" s="3" t="n">
-        <x:v>281539</x:v>
+        <x:v>283341</x:v>
       </x:c>
       <x:c r="GC12" s="3" t="n">
-        <x:v>290062</x:v>
+        <x:v>291621</x:v>
       </x:c>
       <x:c r="GD12" s="3" t="n">
-        <x:v>290932</x:v>
+        <x:v>291855</x:v>
       </x:c>
       <x:c r="GE12" s="3" t="n">
-        <x:v>293950</x:v>
+        <x:v>295032</x:v>
       </x:c>
       <x:c r="GF12" s="3" t="n">
-        <x:v>298696</x:v>
+        <x:v>299517</x:v>
       </x:c>
       <x:c r="GG12" s="3" t="n">
-        <x:v>300249</x:v>
+        <x:v>301349</x:v>
       </x:c>
       <x:c r="GH12" s="3" t="n">
-        <x:v>306395</x:v>
+        <x:v>306961</x:v>
       </x:c>
       <x:c r="GI12" s="3" t="n">
-        <x:v>310414</x:v>
+        <x:v>310462</x:v>
+      </x:c>
+      <x:c r="GJ12" s="3" t="n">
+        <x:v>313567</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:191">
+    <x:row r="13" spans="1:192">
       <x:c r="A13" s="2" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>4931</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>5000</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
         <x:v>5154</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
         <x:v>5278</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
         <x:v>5212</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
         <x:v>5381</x:v>
       </x:c>
       <x:c r="H13" s="3" t="n">
         <x:v>5500</x:v>
       </x:c>
       <x:c r="I13" s="3" t="n">
         <x:v>5618</x:v>
       </x:c>
@@ -6624,419 +6654,422 @@
       <x:c r="BJ13" s="3" t="n">
         <x:v>18971</x:v>
       </x:c>
       <x:c r="BK13" s="3" t="n">
         <x:v>19311</x:v>
       </x:c>
       <x:c r="BL13" s="3" t="n">
         <x:v>19658</x:v>
       </x:c>
       <x:c r="BM13" s="3" t="n">
         <x:v>20085</x:v>
       </x:c>
       <x:c r="BN13" s="3" t="n">
         <x:v>19230</x:v>
       </x:c>
       <x:c r="BO13" s="3" t="n">
         <x:v>19787</x:v>
       </x:c>
       <x:c r="BP13" s="3" t="n">
         <x:v>20031</x:v>
       </x:c>
       <x:c r="BQ13" s="3" t="n">
         <x:v>20416</x:v>
       </x:c>
       <x:c r="BR13" s="3" t="n">
-        <x:v>19766</x:v>
+        <x:v>20049</x:v>
       </x:c>
       <x:c r="BS13" s="3" t="n">
-        <x:v>19785</x:v>
+        <x:v>20068</x:v>
       </x:c>
       <x:c r="BT13" s="3" t="n">
-        <x:v>20163</x:v>
+        <x:v>20446</x:v>
       </x:c>
       <x:c r="BU13" s="3" t="n">
-        <x:v>20542</x:v>
+        <x:v>20825</x:v>
       </x:c>
       <x:c r="BV13" s="3" t="n">
-        <x:v>20970</x:v>
+        <x:v>21287</x:v>
       </x:c>
       <x:c r="BW13" s="3" t="n">
-        <x:v>21135</x:v>
+        <x:v>21452</x:v>
       </x:c>
       <x:c r="BX13" s="3" t="n">
-        <x:v>21687</x:v>
+        <x:v>22004</x:v>
       </x:c>
       <x:c r="BY13" s="3" t="n">
-        <x:v>21912</x:v>
+        <x:v>22229</x:v>
       </x:c>
       <x:c r="BZ13" s="3" t="n">
-        <x:v>21550</x:v>
+        <x:v>21879</x:v>
       </x:c>
       <x:c r="CA13" s="3" t="n">
-        <x:v>22942</x:v>
+        <x:v>23271</x:v>
       </x:c>
       <x:c r="CB13" s="3" t="n">
-        <x:v>22778</x:v>
+        <x:v>23106</x:v>
       </x:c>
       <x:c r="CC13" s="3" t="n">
-        <x:v>23346</x:v>
+        <x:v>23674</x:v>
       </x:c>
       <x:c r="CD13" s="3" t="n">
-        <x:v>23496</x:v>
+        <x:v>23848</x:v>
       </x:c>
       <x:c r="CE13" s="3" t="n">
-        <x:v>23990</x:v>
+        <x:v>24341</x:v>
       </x:c>
       <x:c r="CF13" s="3" t="n">
-        <x:v>24571</x:v>
+        <x:v>24922</x:v>
       </x:c>
       <x:c r="CG13" s="3" t="n">
-        <x:v>25067</x:v>
+        <x:v>25418</x:v>
       </x:c>
       <x:c r="CH13" s="3" t="n">
-        <x:v>25732</x:v>
+        <x:v>26119</x:v>
       </x:c>
       <x:c r="CI13" s="3" t="n">
-        <x:v>25918</x:v>
+        <x:v>26306</x:v>
       </x:c>
       <x:c r="CJ13" s="3" t="n">
-        <x:v>25953</x:v>
+        <x:v>26340</x:v>
       </x:c>
       <x:c r="CK13" s="3" t="n">
-        <x:v>26365</x:v>
+        <x:v>26752</x:v>
       </x:c>
       <x:c r="CL13" s="3" t="n">
-        <x:v>27526</x:v>
+        <x:v>27952</x:v>
       </x:c>
       <x:c r="CM13" s="3" t="n">
-        <x:v>27795</x:v>
+        <x:v>28222</x:v>
       </x:c>
       <x:c r="CN13" s="3" t="n">
-        <x:v>27920</x:v>
+        <x:v>28346</x:v>
       </x:c>
       <x:c r="CO13" s="3" t="n">
-        <x:v>28508</x:v>
+        <x:v>28934</x:v>
       </x:c>
       <x:c r="CP13" s="3" t="n">
-        <x:v>29627</x:v>
+        <x:v>30088</x:v>
       </x:c>
       <x:c r="CQ13" s="3" t="n">
-        <x:v>29902</x:v>
+        <x:v>30363</x:v>
       </x:c>
       <x:c r="CR13" s="3" t="n">
-        <x:v>29899</x:v>
+        <x:v>30360</x:v>
       </x:c>
       <x:c r="CS13" s="3" t="n">
-        <x:v>30317</x:v>
+        <x:v>30778</x:v>
       </x:c>
       <x:c r="CT13" s="3" t="n">
-        <x:v>42288</x:v>
+        <x:v>42787</x:v>
       </x:c>
       <x:c r="CU13" s="3" t="n">
-        <x:v>44304</x:v>
+        <x:v>44803</x:v>
       </x:c>
       <x:c r="CV13" s="3" t="n">
-        <x:v>44862</x:v>
+        <x:v>45361</x:v>
       </x:c>
       <x:c r="CW13" s="3" t="n">
-        <x:v>44495</x:v>
+        <x:v>44994</x:v>
       </x:c>
       <x:c r="CX13" s="3" t="n">
-        <x:v>45766</x:v>
+        <x:v>46386</x:v>
       </x:c>
       <x:c r="CY13" s="3" t="n">
-        <x:v>45580</x:v>
+        <x:v>46200</x:v>
       </x:c>
       <x:c r="CZ13" s="3" t="n">
-        <x:v>45881</x:v>
+        <x:v>46500</x:v>
       </x:c>
       <x:c r="DA13" s="3" t="n">
-        <x:v>45650</x:v>
+        <x:v>46269</x:v>
       </x:c>
       <x:c r="DB13" s="3" t="n">
-        <x:v>46747</x:v>
+        <x:v>47626</x:v>
       </x:c>
       <x:c r="DC13" s="3" t="n">
-        <x:v>47472</x:v>
+        <x:v>48351</x:v>
       </x:c>
       <x:c r="DD13" s="3" t="n">
-        <x:v>48478</x:v>
+        <x:v>49357</x:v>
       </x:c>
       <x:c r="DE13" s="3" t="n">
-        <x:v>49384</x:v>
+        <x:v>50263</x:v>
       </x:c>
       <x:c r="DF13" s="3" t="n">
-        <x:v>48044</x:v>
+        <x:v>48984</x:v>
       </x:c>
       <x:c r="DG13" s="3" t="n">
-        <x:v>50728</x:v>
+        <x:v>51668</x:v>
       </x:c>
       <x:c r="DH13" s="3" t="n">
-        <x:v>50240</x:v>
+        <x:v>51180</x:v>
       </x:c>
       <x:c r="DI13" s="3" t="n">
-        <x:v>50846</x:v>
+        <x:v>51786</x:v>
       </x:c>
       <x:c r="DJ13" s="3" t="n">
-        <x:v>52522</x:v>
+        <x:v>53508</x:v>
       </x:c>
       <x:c r="DK13" s="3" t="n">
-        <x:v>52479</x:v>
+        <x:v>53466</x:v>
       </x:c>
       <x:c r="DL13" s="3" t="n">
-        <x:v>53320</x:v>
+        <x:v>54307</x:v>
       </x:c>
       <x:c r="DM13" s="3" t="n">
-        <x:v>54374</x:v>
+        <x:v>55360</x:v>
       </x:c>
       <x:c r="DN13" s="3" t="n">
-        <x:v>55978</x:v>
+        <x:v>56824</x:v>
       </x:c>
       <x:c r="DO13" s="3" t="n">
-        <x:v>55702</x:v>
+        <x:v>56548</x:v>
       </x:c>
       <x:c r="DP13" s="3" t="n">
-        <x:v>56498</x:v>
+        <x:v>57344</x:v>
       </x:c>
       <x:c r="DQ13" s="3" t="n">
-        <x:v>57162</x:v>
+        <x:v>58008</x:v>
       </x:c>
       <x:c r="DR13" s="3" t="n">
-        <x:v>57900</x:v>
+        <x:v>58795</x:v>
       </x:c>
       <x:c r="DS13" s="3" t="n">
-        <x:v>60395</x:v>
+        <x:v>61290</x:v>
       </x:c>
       <x:c r="DT13" s="3" t="n">
-        <x:v>61621</x:v>
+        <x:v>62516</x:v>
       </x:c>
       <x:c r="DU13" s="3" t="n">
-        <x:v>63422</x:v>
+        <x:v>64317</x:v>
       </x:c>
       <x:c r="DV13" s="3" t="n">
-        <x:v>64280</x:v>
+        <x:v>64736</x:v>
       </x:c>
       <x:c r="DW13" s="3" t="n">
-        <x:v>66391</x:v>
+        <x:v>66846</x:v>
       </x:c>
       <x:c r="DX13" s="3" t="n">
-        <x:v>66467</x:v>
+        <x:v>66922</x:v>
       </x:c>
       <x:c r="DY13" s="3" t="n">
-        <x:v>67048</x:v>
+        <x:v>67504</x:v>
       </x:c>
       <x:c r="DZ13" s="3" t="n">
-        <x:v>68119</x:v>
+        <x:v>68589</x:v>
       </x:c>
       <x:c r="EA13" s="3" t="n">
-        <x:v>68740</x:v>
+        <x:v>69210</x:v>
       </x:c>
       <x:c r="EB13" s="3" t="n">
-        <x:v>69554</x:v>
+        <x:v>70024</x:v>
       </x:c>
       <x:c r="EC13" s="3" t="n">
-        <x:v>69661</x:v>
+        <x:v>70131</x:v>
       </x:c>
       <x:c r="ED13" s="3" t="n">
-        <x:v>70664</x:v>
+        <x:v>70964</x:v>
       </x:c>
       <x:c r="EE13" s="3" t="n">
-        <x:v>71699</x:v>
+        <x:v>72000</x:v>
       </x:c>
       <x:c r="EF13" s="3" t="n">
-        <x:v>73317</x:v>
+        <x:v>73618</x:v>
       </x:c>
       <x:c r="EG13" s="3" t="n">
-        <x:v>74102</x:v>
+        <x:v>74403</x:v>
       </x:c>
       <x:c r="EH13" s="3" t="n">
-        <x:v>73595</x:v>
+        <x:v>74382</x:v>
       </x:c>
       <x:c r="EI13" s="3" t="n">
-        <x:v>75070</x:v>
+        <x:v>75856</x:v>
       </x:c>
       <x:c r="EJ13" s="3" t="n">
-        <x:v>76382</x:v>
+        <x:v>77169</x:v>
       </x:c>
       <x:c r="EK13" s="3" t="n">
-        <x:v>77468</x:v>
+        <x:v>78254</x:v>
       </x:c>
       <x:c r="EL13" s="3" t="n">
-        <x:v>78547</x:v>
+        <x:v>79569</x:v>
       </x:c>
       <x:c r="EM13" s="3" t="n">
-        <x:v>77714</x:v>
+        <x:v>78736</x:v>
       </x:c>
       <x:c r="EN13" s="3" t="n">
-        <x:v>79924</x:v>
+        <x:v>80946</x:v>
       </x:c>
       <x:c r="EO13" s="3" t="n">
-        <x:v>80768</x:v>
+        <x:v>81790</x:v>
       </x:c>
       <x:c r="EP13" s="3" t="n">
-        <x:v>82368</x:v>
+        <x:v>83672</x:v>
       </x:c>
       <x:c r="EQ13" s="3" t="n">
-        <x:v>82627</x:v>
+        <x:v>83931</x:v>
       </x:c>
       <x:c r="ER13" s="3" t="n">
-        <x:v>85504</x:v>
+        <x:v>86808</x:v>
       </x:c>
       <x:c r="ES13" s="3" t="n">
-        <x:v>86917</x:v>
+        <x:v>88221</x:v>
       </x:c>
       <x:c r="ET13" s="3" t="n">
-        <x:v>88035</x:v>
+        <x:v>89809</x:v>
       </x:c>
       <x:c r="EU13" s="3" t="n">
-        <x:v>89555</x:v>
+        <x:v>91329</x:v>
       </x:c>
       <x:c r="EV13" s="3" t="n">
-        <x:v>89301</x:v>
+        <x:v>91075</x:v>
       </x:c>
       <x:c r="EW13" s="3" t="n">
-        <x:v>91134</x:v>
+        <x:v>92908</x:v>
       </x:c>
       <x:c r="EX13" s="3" t="n">
-        <x:v>92008</x:v>
+        <x:v>93358</x:v>
       </x:c>
       <x:c r="EY13" s="3" t="n">
-        <x:v>92839</x:v>
+        <x:v>94187</x:v>
       </x:c>
       <x:c r="EZ13" s="3" t="n">
-        <x:v>93586</x:v>
+        <x:v>95018</x:v>
       </x:c>
       <x:c r="FA13" s="3" t="n">
-        <x:v>95154</x:v>
+        <x:v>96674</x:v>
       </x:c>
       <x:c r="FB13" s="3" t="n">
-        <x:v>95377</x:v>
+        <x:v>96483</x:v>
       </x:c>
       <x:c r="FC13" s="3" t="n">
-        <x:v>97252</x:v>
+        <x:v>98583</x:v>
       </x:c>
       <x:c r="FD13" s="3" t="n">
-        <x:v>98463</x:v>
+        <x:v>99798</x:v>
       </x:c>
       <x:c r="FE13" s="3" t="n">
-        <x:v>98334</x:v>
+        <x:v>99836</x:v>
       </x:c>
       <x:c r="FF13" s="3" t="n">
-        <x:v>99111</x:v>
+        <x:v>100637</x:v>
       </x:c>
       <x:c r="FG13" s="3" t="n">
-        <x:v>100285</x:v>
+        <x:v>101809</x:v>
       </x:c>
       <x:c r="FH13" s="3" t="n">
-        <x:v>101476</x:v>
+        <x:v>103156</x:v>
       </x:c>
       <x:c r="FI13" s="3" t="n">
-        <x:v>103320</x:v>
+        <x:v>104963</x:v>
       </x:c>
       <x:c r="FJ13" s="3" t="n">
-        <x:v>103875</x:v>
+        <x:v>105792</x:v>
       </x:c>
       <x:c r="FK13" s="3" t="n">
-        <x:v>104756</x:v>
+        <x:v>106627</x:v>
       </x:c>
       <x:c r="FL13" s="3" t="n">
-        <x:v>106519</x:v>
+        <x:v>108270</x:v>
       </x:c>
       <x:c r="FM13" s="3" t="n">
-        <x:v>108183</x:v>
+        <x:v>109944</x:v>
       </x:c>
       <x:c r="FN13" s="3" t="n">
-        <x:v>110710</x:v>
+        <x:v>112327</x:v>
       </x:c>
       <x:c r="FO13" s="3" t="n">
-        <x:v>111002</x:v>
+        <x:v>112507</x:v>
       </x:c>
       <x:c r="FP13" s="3" t="n">
-        <x:v>113696</x:v>
+        <x:v>115103</x:v>
       </x:c>
       <x:c r="FQ13" s="3" t="n">
-        <x:v>114362</x:v>
+        <x:v>116158</x:v>
       </x:c>
       <x:c r="FR13" s="3" t="n">
-        <x:v>116911</x:v>
+        <x:v>118625</x:v>
       </x:c>
       <x:c r="FS13" s="3" t="n">
-        <x:v>119301</x:v>
+        <x:v>121137</x:v>
       </x:c>
       <x:c r="FT13" s="3" t="n">
-        <x:v>120844</x:v>
+        <x:v>122445</x:v>
       </x:c>
       <x:c r="FU13" s="3" t="n">
-        <x:v>124232</x:v>
+        <x:v>126055</x:v>
       </x:c>
       <x:c r="FV13" s="3" t="n">
-        <x:v>126012</x:v>
+        <x:v>127987</x:v>
       </x:c>
       <x:c r="FW13" s="3" t="n">
-        <x:v>128606</x:v>
+        <x:v>130543</x:v>
       </x:c>
       <x:c r="FX13" s="3" t="n">
-        <x:v>131156</x:v>
+        <x:v>132909</x:v>
       </x:c>
       <x:c r="FY13" s="3" t="n">
-        <x:v>133993</x:v>
+        <x:v>135692</x:v>
       </x:c>
       <x:c r="FZ13" s="3" t="n">
-        <x:v>136491</x:v>
+        <x:v>138087</x:v>
       </x:c>
       <x:c r="GA13" s="3" t="n">
-        <x:v>138545</x:v>
+        <x:v>140166</x:v>
       </x:c>
       <x:c r="GB13" s="3" t="n">
-        <x:v>141632</x:v>
+        <x:v>143122</x:v>
       </x:c>
       <x:c r="GC13" s="3" t="n">
-        <x:v>147269</x:v>
+        <x:v>148573</x:v>
       </x:c>
       <x:c r="GD13" s="3" t="n">
-        <x:v>147598</x:v>
+        <x:v>148981</x:v>
       </x:c>
       <x:c r="GE13" s="3" t="n">
-        <x:v>150096</x:v>
+        <x:v>151542</x:v>
       </x:c>
       <x:c r="GF13" s="3" t="n">
-        <x:v>152110</x:v>
+        <x:v>153660</x:v>
       </x:c>
       <x:c r="GG13" s="3" t="n">
-        <x:v>152620</x:v>
+        <x:v>154616</x:v>
       </x:c>
       <x:c r="GH13" s="3" t="n">
-        <x:v>156618</x:v>
+        <x:v>157987</x:v>
       </x:c>
       <x:c r="GI13" s="3" t="n">
-        <x:v>160205</x:v>
+        <x:v>161494</x:v>
+      </x:c>
+      <x:c r="GJ13" s="3" t="n">
+        <x:v>162976</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:191">
+    <x:row r="14" spans="1:192">
       <x:c r="A14" s="2" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>3344</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>3370</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
         <x:v>3486</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
         <x:v>3566</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
         <x:v>3506</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
         <x:v>3629</x:v>
       </x:c>
       <x:c r="H14" s="3" t="n">
         <x:v>3706</x:v>
       </x:c>
       <x:c r="I14" s="3" t="n">
         <x:v>3778</x:v>
       </x:c>
@@ -7199,419 +7232,422 @@
       <x:c r="BJ14" s="3" t="n">
         <x:v>13858</x:v>
       </x:c>
       <x:c r="BK14" s="3" t="n">
         <x:v>14136</x:v>
       </x:c>
       <x:c r="BL14" s="3" t="n">
         <x:v>14362</x:v>
       </x:c>
       <x:c r="BM14" s="3" t="n">
         <x:v>14688</x:v>
       </x:c>
       <x:c r="BN14" s="3" t="n">
         <x:v>14172</x:v>
       </x:c>
       <x:c r="BO14" s="3" t="n">
         <x:v>14548</x:v>
       </x:c>
       <x:c r="BP14" s="3" t="n">
         <x:v>14725</x:v>
       </x:c>
       <x:c r="BQ14" s="3" t="n">
         <x:v>14995</x:v>
       </x:c>
       <x:c r="BR14" s="3" t="n">
-        <x:v>14672</x:v>
+        <x:v>14955</x:v>
       </x:c>
       <x:c r="BS14" s="3" t="n">
-        <x:v>14708</x:v>
+        <x:v>14991</x:v>
       </x:c>
       <x:c r="BT14" s="3" t="n">
-        <x:v>14975</x:v>
+        <x:v>15258</x:v>
       </x:c>
       <x:c r="BU14" s="3" t="n">
-        <x:v>15247</x:v>
+        <x:v>15530</x:v>
       </x:c>
       <x:c r="BV14" s="3" t="n">
-        <x:v>15570</x:v>
+        <x:v>15886</x:v>
       </x:c>
       <x:c r="BW14" s="3" t="n">
-        <x:v>15723</x:v>
+        <x:v>16040</x:v>
       </x:c>
       <x:c r="BX14" s="3" t="n">
-        <x:v>16131</x:v>
+        <x:v>16448</x:v>
       </x:c>
       <x:c r="BY14" s="3" t="n">
-        <x:v>16293</x:v>
+        <x:v>16609</x:v>
       </x:c>
       <x:c r="BZ14" s="3" t="n">
-        <x:v>16069</x:v>
+        <x:v>16397</x:v>
       </x:c>
       <x:c r="CA14" s="3" t="n">
-        <x:v>17058</x:v>
+        <x:v>17386</x:v>
       </x:c>
       <x:c r="CB14" s="3" t="n">
-        <x:v>16936</x:v>
+        <x:v>17264</x:v>
       </x:c>
       <x:c r="CC14" s="3" t="n">
-        <x:v>17446</x:v>
+        <x:v>17774</x:v>
       </x:c>
       <x:c r="CD14" s="3" t="n">
-        <x:v>17499</x:v>
+        <x:v>17850</x:v>
       </x:c>
       <x:c r="CE14" s="3" t="n">
-        <x:v>17903</x:v>
+        <x:v>18254</x:v>
       </x:c>
       <x:c r="CF14" s="3" t="n">
-        <x:v>18301</x:v>
+        <x:v>18652</x:v>
       </x:c>
       <x:c r="CG14" s="3" t="n">
-        <x:v>18676</x:v>
+        <x:v>19027</x:v>
       </x:c>
       <x:c r="CH14" s="3" t="n">
-        <x:v>19303</x:v>
+        <x:v>19690</x:v>
       </x:c>
       <x:c r="CI14" s="3" t="n">
-        <x:v>19294</x:v>
+        <x:v>19681</x:v>
       </x:c>
       <x:c r="CJ14" s="3" t="n">
-        <x:v>19339</x:v>
+        <x:v>19726</x:v>
       </x:c>
       <x:c r="CK14" s="3" t="n">
-        <x:v>19650</x:v>
+        <x:v>20037</x:v>
       </x:c>
       <x:c r="CL14" s="3" t="n">
-        <x:v>20556</x:v>
+        <x:v>20982</x:v>
       </x:c>
       <x:c r="CM14" s="3" t="n">
-        <x:v>20838</x:v>
+        <x:v>21264</x:v>
       </x:c>
       <x:c r="CN14" s="3" t="n">
-        <x:v>20919</x:v>
+        <x:v>21345</x:v>
       </x:c>
       <x:c r="CO14" s="3" t="n">
-        <x:v>21383</x:v>
+        <x:v>21809</x:v>
       </x:c>
       <x:c r="CP14" s="3" t="n">
-        <x:v>22400</x:v>
+        <x:v>22862</x:v>
       </x:c>
       <x:c r="CQ14" s="3" t="n">
-        <x:v>22708</x:v>
+        <x:v>23169</x:v>
       </x:c>
       <x:c r="CR14" s="3" t="n">
-        <x:v>22716</x:v>
+        <x:v>23178</x:v>
       </x:c>
       <x:c r="CS14" s="3" t="n">
-        <x:v>23066</x:v>
+        <x:v>23527</x:v>
       </x:c>
       <x:c r="CT14" s="3" t="n">
-        <x:v>34919</x:v>
+        <x:v>35418</x:v>
       </x:c>
       <x:c r="CU14" s="3" t="n">
-        <x:v>36860</x:v>
+        <x:v>37359</x:v>
       </x:c>
       <x:c r="CV14" s="3" t="n">
-        <x:v>37583</x:v>
+        <x:v>38082</x:v>
       </x:c>
       <x:c r="CW14" s="3" t="n">
-        <x:v>36977</x:v>
+        <x:v>37477</x:v>
       </x:c>
       <x:c r="CX14" s="3" t="n">
-        <x:v>38158</x:v>
+        <x:v>38778</x:v>
       </x:c>
       <x:c r="CY14" s="3" t="n">
-        <x:v>38198</x:v>
+        <x:v>38818</x:v>
       </x:c>
       <x:c r="CZ14" s="3" t="n">
-        <x:v>38638</x:v>
+        <x:v>39257</x:v>
       </x:c>
       <x:c r="DA14" s="3" t="n">
-        <x:v>38191</x:v>
+        <x:v>38811</x:v>
       </x:c>
       <x:c r="DB14" s="3" t="n">
-        <x:v>39203</x:v>
+        <x:v>40082</x:v>
       </x:c>
       <x:c r="DC14" s="3" t="n">
-        <x:v>39878</x:v>
+        <x:v>40757</x:v>
       </x:c>
       <x:c r="DD14" s="3" t="n">
-        <x:v>40778</x:v>
+        <x:v>41657</x:v>
       </x:c>
       <x:c r="DE14" s="3" t="n">
-        <x:v>41544</x:v>
+        <x:v>42423</x:v>
       </x:c>
       <x:c r="DF14" s="3" t="n">
-        <x:v>40077</x:v>
+        <x:v>41017</x:v>
       </x:c>
       <x:c r="DG14" s="3" t="n">
-        <x:v>42655</x:v>
+        <x:v>43595</x:v>
       </x:c>
       <x:c r="DH14" s="3" t="n">
-        <x:v>42556</x:v>
+        <x:v>43496</x:v>
       </x:c>
       <x:c r="DI14" s="3" t="n">
-        <x:v>43263</x:v>
+        <x:v>44203</x:v>
       </x:c>
       <x:c r="DJ14" s="3" t="n">
-        <x:v>44637</x:v>
+        <x:v>45624</x:v>
       </x:c>
       <x:c r="DK14" s="3" t="n">
-        <x:v>44603</x:v>
+        <x:v>45590</x:v>
       </x:c>
       <x:c r="DL14" s="3" t="n">
-        <x:v>45247</x:v>
+        <x:v>46234</x:v>
       </x:c>
       <x:c r="DM14" s="3" t="n">
-        <x:v>46092</x:v>
+        <x:v>47079</x:v>
       </x:c>
       <x:c r="DN14" s="3" t="n">
-        <x:v>47730</x:v>
+        <x:v>48627</x:v>
       </x:c>
       <x:c r="DO14" s="3" t="n">
-        <x:v>47445</x:v>
+        <x:v>48343</x:v>
       </x:c>
       <x:c r="DP14" s="3" t="n">
-        <x:v>48183</x:v>
+        <x:v>49081</x:v>
       </x:c>
       <x:c r="DQ14" s="3" t="n">
-        <x:v>48729</x:v>
+        <x:v>49627</x:v>
       </x:c>
       <x:c r="DR14" s="3" t="n">
-        <x:v>49667</x:v>
+        <x:v>50620</x:v>
       </x:c>
       <x:c r="DS14" s="3" t="n">
-        <x:v>51818</x:v>
+        <x:v>52772</x:v>
       </x:c>
       <x:c r="DT14" s="3" t="n">
-        <x:v>52765</x:v>
+        <x:v>53719</x:v>
       </x:c>
       <x:c r="DU14" s="3" t="n">
-        <x:v>54335</x:v>
+        <x:v>55289</x:v>
       </x:c>
       <x:c r="DV14" s="3" t="n">
-        <x:v>55095</x:v>
+        <x:v>55670</x:v>
       </x:c>
       <x:c r="DW14" s="3" t="n">
-        <x:v>56929</x:v>
+        <x:v>57504</x:v>
       </x:c>
       <x:c r="DX14" s="3" t="n">
-        <x:v>57168</x:v>
+        <x:v>57743</x:v>
       </x:c>
       <x:c r="DY14" s="3" t="n">
-        <x:v>58147</x:v>
+        <x:v>58722</x:v>
       </x:c>
       <x:c r="DZ14" s="3" t="n">
-        <x:v>58530</x:v>
+        <x:v>59109</x:v>
       </x:c>
       <x:c r="EA14" s="3" t="n">
-        <x:v>59151</x:v>
+        <x:v>59730</x:v>
       </x:c>
       <x:c r="EB14" s="3" t="n">
-        <x:v>60117</x:v>
+        <x:v>60696</x:v>
       </x:c>
       <x:c r="EC14" s="3" t="n">
-        <x:v>60384</x:v>
+        <x:v>60963</x:v>
       </x:c>
       <x:c r="ED14" s="3" t="n">
-        <x:v>61327</x:v>
+        <x:v>61835</x:v>
       </x:c>
       <x:c r="EE14" s="3" t="n">
-        <x:v>62234</x:v>
+        <x:v>62742</x:v>
       </x:c>
       <x:c r="EF14" s="3" t="n">
-        <x:v>63678</x:v>
+        <x:v>64187</x:v>
       </x:c>
       <x:c r="EG14" s="3" t="n">
-        <x:v>64273</x:v>
+        <x:v>64782</x:v>
       </x:c>
       <x:c r="EH14" s="3" t="n">
-        <x:v>63885</x:v>
+        <x:v>64671</x:v>
       </x:c>
       <x:c r="EI14" s="3" t="n">
-        <x:v>65305</x:v>
+        <x:v>66092</x:v>
       </x:c>
       <x:c r="EJ14" s="3" t="n">
-        <x:v>66459</x:v>
+        <x:v>67245</x:v>
       </x:c>
       <x:c r="EK14" s="3" t="n">
-        <x:v>67443</x:v>
+        <x:v>68229</x:v>
       </x:c>
       <x:c r="EL14" s="3" t="n">
-        <x:v>68372</x:v>
+        <x:v>69393</x:v>
       </x:c>
       <x:c r="EM14" s="3" t="n">
-        <x:v>67679</x:v>
+        <x:v>68701</x:v>
       </x:c>
       <x:c r="EN14" s="3" t="n">
-        <x:v>69636</x:v>
+        <x:v>70658</x:v>
       </x:c>
       <x:c r="EO14" s="3" t="n">
-        <x:v>70686</x:v>
+        <x:v>71707</x:v>
       </x:c>
       <x:c r="EP14" s="3" t="n">
-        <x:v>71824</x:v>
+        <x:v>73128</x:v>
       </x:c>
       <x:c r="EQ14" s="3" t="n">
-        <x:v>72345</x:v>
+        <x:v>73649</x:v>
       </x:c>
       <x:c r="ER14" s="3" t="n">
-        <x:v>74810</x:v>
+        <x:v>76114</x:v>
       </x:c>
       <x:c r="ES14" s="3" t="n">
-        <x:v>76331</x:v>
+        <x:v>77635</x:v>
       </x:c>
       <x:c r="ET14" s="3" t="n">
-        <x:v>77353</x:v>
+        <x:v>79127</x:v>
       </x:c>
       <x:c r="EU14" s="3" t="n">
-        <x:v>78515</x:v>
+        <x:v>80289</x:v>
       </x:c>
       <x:c r="EV14" s="3" t="n">
-        <x:v>78496</x:v>
+        <x:v>80270</x:v>
       </x:c>
       <x:c r="EW14" s="3" t="n">
-        <x:v>80048</x:v>
+        <x:v>81822</x:v>
       </x:c>
       <x:c r="EX14" s="3" t="n">
-        <x:v>80973</x:v>
+        <x:v>82323</x:v>
       </x:c>
       <x:c r="EY14" s="3" t="n">
-        <x:v>81760</x:v>
+        <x:v>83108</x:v>
       </x:c>
       <x:c r="EZ14" s="3" t="n">
-        <x:v>82432</x:v>
+        <x:v>83864</x:v>
       </x:c>
       <x:c r="FA14" s="3" t="n">
-        <x:v>84024</x:v>
+        <x:v>85545</x:v>
       </x:c>
       <x:c r="FB14" s="3" t="n">
-        <x:v>84097</x:v>
+        <x:v>85203</x:v>
       </x:c>
       <x:c r="FC14" s="3" t="n">
-        <x:v>85791</x:v>
+        <x:v>87121</x:v>
       </x:c>
       <x:c r="FD14" s="3" t="n">
-        <x:v>86921</x:v>
+        <x:v>88256</x:v>
       </x:c>
       <x:c r="FE14" s="3" t="n">
-        <x:v>86847</x:v>
+        <x:v>88349</x:v>
       </x:c>
       <x:c r="FF14" s="3" t="n">
-        <x:v>87431</x:v>
+        <x:v>88958</x:v>
       </x:c>
       <x:c r="FG14" s="3" t="n">
-        <x:v>88524</x:v>
+        <x:v>90049</x:v>
       </x:c>
       <x:c r="FH14" s="3" t="n">
-        <x:v>89550</x:v>
+        <x:v>91230</x:v>
       </x:c>
       <x:c r="FI14" s="3" t="n">
-        <x:v>90647</x:v>
+        <x:v>92290</x:v>
       </x:c>
       <x:c r="FJ14" s="3" t="n">
-        <x:v>91535</x:v>
+        <x:v>93452</x:v>
       </x:c>
       <x:c r="FK14" s="3" t="n">
-        <x:v>92275</x:v>
+        <x:v>94146</x:v>
       </x:c>
       <x:c r="FL14" s="3" t="n">
-        <x:v>93728</x:v>
+        <x:v>95479</x:v>
       </x:c>
       <x:c r="FM14" s="3" t="n">
-        <x:v>95396</x:v>
+        <x:v>97157</x:v>
       </x:c>
       <x:c r="FN14" s="3" t="n">
-        <x:v>97513</x:v>
+        <x:v>99131</x:v>
       </x:c>
       <x:c r="FO14" s="3" t="n">
-        <x:v>97516</x:v>
+        <x:v>99022</x:v>
       </x:c>
       <x:c r="FP14" s="3" t="n">
-        <x:v>100345</x:v>
+        <x:v>101752</x:v>
       </x:c>
       <x:c r="FQ14" s="3" t="n">
-        <x:v>100979</x:v>
+        <x:v>102773</x:v>
       </x:c>
       <x:c r="FR14" s="3" t="n">
-        <x:v>103052</x:v>
+        <x:v>104763</x:v>
       </x:c>
       <x:c r="FS14" s="3" t="n">
-        <x:v>105552</x:v>
+        <x:v>107385</x:v>
       </x:c>
       <x:c r="FT14" s="3" t="n">
-        <x:v>106634</x:v>
+        <x:v>108235</x:v>
       </x:c>
       <x:c r="FU14" s="3" t="n">
-        <x:v>109610</x:v>
+        <x:v>111439</x:v>
       </x:c>
       <x:c r="FV14" s="3" t="n">
-        <x:v>111031</x:v>
+        <x:v>113019</x:v>
       </x:c>
       <x:c r="FW14" s="3" t="n">
-        <x:v>112991</x:v>
+        <x:v>114946</x:v>
       </x:c>
       <x:c r="FX14" s="3" t="n">
-        <x:v>115214</x:v>
+        <x:v>116982</x:v>
       </x:c>
       <x:c r="FY14" s="3" t="n">
-        <x:v>117584</x:v>
+        <x:v>119288</x:v>
       </x:c>
       <x:c r="FZ14" s="3" t="n">
-        <x:v>119535</x:v>
+        <x:v>121120</x:v>
       </x:c>
       <x:c r="GA14" s="3" t="n">
-        <x:v>121330</x:v>
+        <x:v>122914</x:v>
       </x:c>
       <x:c r="GB14" s="3" t="n">
-        <x:v>123678</x:v>
+        <x:v>125136</x:v>
       </x:c>
       <x:c r="GC14" s="3" t="n">
-        <x:v>128812</x:v>
+        <x:v>130080</x:v>
       </x:c>
       <x:c r="GD14" s="3" t="n">
-        <x:v>128428</x:v>
+        <x:v>129834</x:v>
       </x:c>
       <x:c r="GE14" s="3" t="n">
-        <x:v>130437</x:v>
+        <x:v>131923</x:v>
       </x:c>
       <x:c r="GF14" s="3" t="n">
-        <x:v>132067</x:v>
+        <x:v>133481</x:v>
       </x:c>
       <x:c r="GG14" s="3" t="n">
-        <x:v>132355</x:v>
+        <x:v>134081</x:v>
       </x:c>
       <x:c r="GH14" s="3" t="n">
-        <x:v>135235</x:v>
+        <x:v>136701</x:v>
       </x:c>
       <x:c r="GI14" s="3" t="n">
-        <x:v>137726</x:v>
+        <x:v>139368</x:v>
+      </x:c>
+      <x:c r="GJ14" s="3" t="n">
+        <x:v>140657</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:191">
+    <x:row r="15" spans="1:192">
       <x:c r="A15" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>1587</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>1630</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
         <x:v>1669</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
         <x:v>1712</x:v>
       </x:c>
       <x:c r="F15" s="3" t="n">
         <x:v>1705</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
         <x:v>1752</x:v>
       </x:c>
       <x:c r="H15" s="3" t="n">
         <x:v>1794</x:v>
       </x:c>
       <x:c r="I15" s="3" t="n">
         <x:v>1840</x:v>
       </x:c>
@@ -7918,108 +7954,108 @@
       <x:c r="DF15" s="3" t="n">
         <x:v>7968</x:v>
       </x:c>
       <x:c r="DG15" s="3" t="n">
         <x:v>8072</x:v>
       </x:c>
       <x:c r="DH15" s="3" t="n">
         <x:v>7684</x:v>
       </x:c>
       <x:c r="DI15" s="3" t="n">
         <x:v>7583</x:v>
       </x:c>
       <x:c r="DJ15" s="3" t="n">
         <x:v>7885</x:v>
       </x:c>
       <x:c r="DK15" s="3" t="n">
         <x:v>7876</x:v>
       </x:c>
       <x:c r="DL15" s="3" t="n">
         <x:v>8073</x:v>
       </x:c>
       <x:c r="DM15" s="3" t="n">
         <x:v>8282</x:v>
       </x:c>
       <x:c r="DN15" s="3" t="n">
-        <x:v>8248</x:v>
+        <x:v>8196</x:v>
       </x:c>
       <x:c r="DO15" s="3" t="n">
-        <x:v>8257</x:v>
+        <x:v>8205</x:v>
       </x:c>
       <x:c r="DP15" s="3" t="n">
-        <x:v>8315</x:v>
+        <x:v>8264</x:v>
       </x:c>
       <x:c r="DQ15" s="3" t="n">
-        <x:v>8433</x:v>
+        <x:v>8382</x:v>
       </x:c>
       <x:c r="DR15" s="3" t="n">
-        <x:v>8233</x:v>
+        <x:v>8175</x:v>
       </x:c>
       <x:c r="DS15" s="3" t="n">
-        <x:v>8577</x:v>
+        <x:v>8518</x:v>
       </x:c>
       <x:c r="DT15" s="3" t="n">
-        <x:v>8855</x:v>
+        <x:v>8797</x:v>
       </x:c>
       <x:c r="DU15" s="3" t="n">
-        <x:v>9087</x:v>
+        <x:v>9029</x:v>
       </x:c>
       <x:c r="DV15" s="3" t="n">
-        <x:v>9186</x:v>
+        <x:v>9066</x:v>
       </x:c>
       <x:c r="DW15" s="3" t="n">
-        <x:v>9462</x:v>
+        <x:v>9342</x:v>
       </x:c>
       <x:c r="DX15" s="3" t="n">
-        <x:v>9299</x:v>
+        <x:v>9179</x:v>
       </x:c>
       <x:c r="DY15" s="3" t="n">
-        <x:v>8902</x:v>
+        <x:v>8782</x:v>
       </x:c>
       <x:c r="DZ15" s="3" t="n">
-        <x:v>9590</x:v>
+        <x:v>9481</x:v>
       </x:c>
       <x:c r="EA15" s="3" t="n">
-        <x:v>9590</x:v>
+        <x:v>9481</x:v>
       </x:c>
       <x:c r="EB15" s="3" t="n">
-        <x:v>9438</x:v>
+        <x:v>9329</x:v>
       </x:c>
       <x:c r="EC15" s="3" t="n">
-        <x:v>9276</x:v>
+        <x:v>9167</x:v>
       </x:c>
       <x:c r="ED15" s="3" t="n">
-        <x:v>9337</x:v>
+        <x:v>9129</x:v>
       </x:c>
       <x:c r="EE15" s="3" t="n">
-        <x:v>9465</x:v>
+        <x:v>9258</x:v>
       </x:c>
       <x:c r="EF15" s="3" t="n">
-        <x:v>9639</x:v>
+        <x:v>9431</x:v>
       </x:c>
       <x:c r="EG15" s="3" t="n">
-        <x:v>9829</x:v>
+        <x:v>9621</x:v>
       </x:c>
       <x:c r="EH15" s="3" t="n">
         <x:v>9710</x:v>
       </x:c>
       <x:c r="EI15" s="3" t="n">
         <x:v>9764</x:v>
       </x:c>
       <x:c r="EJ15" s="3" t="n">
         <x:v>9924</x:v>
       </x:c>
       <x:c r="EK15" s="3" t="n">
         <x:v>10025</x:v>
       </x:c>
       <x:c r="EL15" s="3" t="n">
         <x:v>10176</x:v>
       </x:c>
       <x:c r="EM15" s="3" t="n">
         <x:v>10035</x:v>
       </x:c>
       <x:c r="EN15" s="3" t="n">
         <x:v>10288</x:v>
       </x:c>
       <x:c r="EO15" s="3" t="n">
         <x:v>10083</x:v>
       </x:c>
@@ -8065,128 +8101,131 @@
       <x:c r="FC15" s="3" t="n">
         <x:v>11461</x:v>
       </x:c>
       <x:c r="FD15" s="3" t="n">
         <x:v>11542</x:v>
       </x:c>
       <x:c r="FE15" s="3" t="n">
         <x:v>11486</x:v>
       </x:c>
       <x:c r="FF15" s="3" t="n">
         <x:v>11679</x:v>
       </x:c>
       <x:c r="FG15" s="3" t="n">
         <x:v>11760</x:v>
       </x:c>
       <x:c r="FH15" s="3" t="n">
         <x:v>11925</x:v>
       </x:c>
       <x:c r="FI15" s="3" t="n">
         <x:v>12673</x:v>
       </x:c>
       <x:c r="FJ15" s="3" t="n">
         <x:v>12340</x:v>
       </x:c>
       <x:c r="FK15" s="3" t="n">
-        <x:v>12481</x:v>
+        <x:v>12482</x:v>
       </x:c>
       <x:c r="FL15" s="3" t="n">
         <x:v>12791</x:v>
       </x:c>
       <x:c r="FM15" s="3" t="n">
         <x:v>12787</x:v>
       </x:c>
       <x:c r="FN15" s="3" t="n">
         <x:v>13196</x:v>
       </x:c>
       <x:c r="FO15" s="3" t="n">
         <x:v>13485</x:v>
       </x:c>
       <x:c r="FP15" s="3" t="n">
         <x:v>13351</x:v>
       </x:c>
       <x:c r="FQ15" s="3" t="n">
-        <x:v>13384</x:v>
+        <x:v>13385</x:v>
       </x:c>
       <x:c r="FR15" s="3" t="n">
-        <x:v>13859</x:v>
+        <x:v>13862</x:v>
       </x:c>
       <x:c r="FS15" s="3" t="n">
-        <x:v>13749</x:v>
+        <x:v>13752</x:v>
       </x:c>
       <x:c r="FT15" s="3" t="n">
         <x:v>14210</x:v>
       </x:c>
       <x:c r="FU15" s="3" t="n">
-        <x:v>14622</x:v>
+        <x:v>14616</x:v>
       </x:c>
       <x:c r="FV15" s="3" t="n">
-        <x:v>14982</x:v>
+        <x:v>14968</x:v>
       </x:c>
       <x:c r="FW15" s="3" t="n">
-        <x:v>15615</x:v>
+        <x:v>15597</x:v>
       </x:c>
       <x:c r="FX15" s="3" t="n">
-        <x:v>15942</x:v>
+        <x:v>15927</x:v>
       </x:c>
       <x:c r="FY15" s="3" t="n">
-        <x:v>16410</x:v>
+        <x:v>16404</x:v>
       </x:c>
       <x:c r="FZ15" s="3" t="n">
-        <x:v>16957</x:v>
+        <x:v>16966</x:v>
       </x:c>
       <x:c r="GA15" s="3" t="n">
-        <x:v>17215</x:v>
+        <x:v>17252</x:v>
       </x:c>
       <x:c r="GB15" s="3" t="n">
-        <x:v>17954</x:v>
+        <x:v>17986</x:v>
       </x:c>
       <x:c r="GC15" s="3" t="n">
-        <x:v>18456</x:v>
+        <x:v>18493</x:v>
       </x:c>
       <x:c r="GD15" s="3" t="n">
-        <x:v>19170</x:v>
+        <x:v>19147</x:v>
       </x:c>
       <x:c r="GE15" s="3" t="n">
-        <x:v>19659</x:v>
+        <x:v>19618</x:v>
       </x:c>
       <x:c r="GF15" s="3" t="n">
-        <x:v>20043</x:v>
+        <x:v>20180</x:v>
       </x:c>
       <x:c r="GG15" s="3" t="n">
-        <x:v>20266</x:v>
+        <x:v>20535</x:v>
       </x:c>
       <x:c r="GH15" s="3" t="n">
-        <x:v>21383</x:v>
+        <x:v>21286</x:v>
       </x:c>
       <x:c r="GI15" s="3" t="n">
-        <x:v>22479</x:v>
+        <x:v>22126</x:v>
+      </x:c>
+      <x:c r="GJ15" s="3" t="n">
+        <x:v>22318</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:191">
+    <x:row r="16" spans="1:192">
       <x:c r="A16" s="2" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>6637</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
         <x:v>6795</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
         <x:v>7039</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
         <x:v>7280</x:v>
       </x:c>
       <x:c r="F16" s="3" t="n">
         <x:v>7195</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
         <x:v>7489</x:v>
       </x:c>
       <x:c r="H16" s="3" t="n">
         <x:v>7693</x:v>
       </x:c>
       <x:c r="I16" s="3" t="n">
         <x:v>7945</x:v>
       </x:c>
@@ -8349,994 +8388,1000 @@
       <x:c r="BJ16" s="3" t="n">
         <x:v>27246</x:v>
       </x:c>
       <x:c r="BK16" s="3" t="n">
         <x:v>27245</x:v>
       </x:c>
       <x:c r="BL16" s="3" t="n">
         <x:v>26852</x:v>
       </x:c>
       <x:c r="BM16" s="3" t="n">
         <x:v>28594</x:v>
       </x:c>
       <x:c r="BN16" s="3" t="n">
         <x:v>27099</x:v>
       </x:c>
       <x:c r="BO16" s="3" t="n">
         <x:v>28658</x:v>
       </x:c>
       <x:c r="BP16" s="3" t="n">
         <x:v>29089</x:v>
       </x:c>
       <x:c r="BQ16" s="3" t="n">
         <x:v>29719</x:v>
       </x:c>
       <x:c r="BR16" s="3" t="n">
-        <x:v>30322</x:v>
+        <x:v>30485</x:v>
       </x:c>
       <x:c r="BS16" s="3" t="n">
-        <x:v>29898</x:v>
+        <x:v>30061</x:v>
       </x:c>
       <x:c r="BT16" s="3" t="n">
-        <x:v>30514</x:v>
+        <x:v>30677</x:v>
       </x:c>
       <x:c r="BU16" s="3" t="n">
-        <x:v>30909</x:v>
+        <x:v>31072</x:v>
       </x:c>
       <x:c r="BV16" s="3" t="n">
-        <x:v>31598</x:v>
+        <x:v>31757</x:v>
       </x:c>
       <x:c r="BW16" s="3" t="n">
-        <x:v>31738</x:v>
+        <x:v>31897</x:v>
       </x:c>
       <x:c r="BX16" s="3" t="n">
-        <x:v>32559</x:v>
+        <x:v>32718</x:v>
       </x:c>
       <x:c r="BY16" s="3" t="n">
-        <x:v>33185</x:v>
+        <x:v>33344</x:v>
       </x:c>
       <x:c r="BZ16" s="3" t="n">
-        <x:v>32326</x:v>
+        <x:v>32502</x:v>
       </x:c>
       <x:c r="CA16" s="3" t="n">
-        <x:v>35385</x:v>
+        <x:v>35562</x:v>
       </x:c>
       <x:c r="CB16" s="3" t="n">
-        <x:v>34422</x:v>
+        <x:v>34599</x:v>
       </x:c>
       <x:c r="CC16" s="3" t="n">
-        <x:v>35268</x:v>
+        <x:v>35444</x:v>
       </x:c>
       <x:c r="CD16" s="3" t="n">
-        <x:v>36007</x:v>
+        <x:v>36218</x:v>
       </x:c>
       <x:c r="CE16" s="3" t="n">
-        <x:v>37214</x:v>
+        <x:v>37424</x:v>
       </x:c>
       <x:c r="CF16" s="3" t="n">
-        <x:v>38744</x:v>
+        <x:v>38955</x:v>
       </x:c>
       <x:c r="CG16" s="3" t="n">
-        <x:v>39437</x:v>
+        <x:v>39648</x:v>
       </x:c>
       <x:c r="CH16" s="3" t="n">
-        <x:v>39407</x:v>
+        <x:v>39641</x:v>
       </x:c>
       <x:c r="CI16" s="3" t="n">
-        <x:v>40605</x:v>
+        <x:v>40839</x:v>
       </x:c>
       <x:c r="CJ16" s="3" t="n">
-        <x:v>40501</x:v>
+        <x:v>40735</x:v>
       </x:c>
       <x:c r="CK16" s="3" t="n">
-        <x:v>41628</x:v>
+        <x:v>41862</x:v>
       </x:c>
       <x:c r="CL16" s="3" t="n">
-        <x:v>42771</x:v>
+        <x:v>43030</x:v>
       </x:c>
       <x:c r="CM16" s="3" t="n">
-        <x:v>42529</x:v>
+        <x:v>42788</x:v>
       </x:c>
       <x:c r="CN16" s="3" t="n">
-        <x:v>43625</x:v>
+        <x:v>43884</x:v>
       </x:c>
       <x:c r="CO16" s="3" t="n">
-        <x:v>44003</x:v>
+        <x:v>44262</x:v>
       </x:c>
       <x:c r="CP16" s="3" t="n">
-        <x:v>47830</x:v>
+        <x:v>48072</x:v>
       </x:c>
       <x:c r="CQ16" s="3" t="n">
-        <x:v>47474</x:v>
+        <x:v>47715</x:v>
       </x:c>
       <x:c r="CR16" s="3" t="n">
-        <x:v>48103</x:v>
+        <x:v>48345</x:v>
       </x:c>
       <x:c r="CS16" s="3" t="n">
-        <x:v>50690</x:v>
+        <x:v>50932</x:v>
       </x:c>
       <x:c r="CT16" s="3" t="n">
-        <x:v>38038</x:v>
+        <x:v>38393</x:v>
       </x:c>
       <x:c r="CU16" s="3" t="n">
-        <x:v>41113</x:v>
+        <x:v>41468</x:v>
       </x:c>
       <x:c r="CV16" s="3" t="n">
-        <x:v>41439</x:v>
+        <x:v>41794</x:v>
       </x:c>
       <x:c r="CW16" s="3" t="n">
-        <x:v>41727</x:v>
+        <x:v>42082</x:v>
       </x:c>
       <x:c r="CX16" s="3" t="n">
-        <x:v>43627</x:v>
+        <x:v>44009</x:v>
       </x:c>
       <x:c r="CY16" s="3" t="n">
-        <x:v>42796</x:v>
+        <x:v>43178</x:v>
       </x:c>
       <x:c r="CZ16" s="3" t="n">
-        <x:v>43779</x:v>
+        <x:v>44161</x:v>
       </x:c>
       <x:c r="DA16" s="3" t="n">
-        <x:v>43271</x:v>
+        <x:v>43653</x:v>
       </x:c>
       <x:c r="DB16" s="3" t="n">
-        <x:v>43903</x:v>
+        <x:v>44005</x:v>
       </x:c>
       <x:c r="DC16" s="3" t="n">
-        <x:v>44120</x:v>
+        <x:v>44222</x:v>
       </x:c>
       <x:c r="DD16" s="3" t="n">
-        <x:v>44388</x:v>
+        <x:v>44490</x:v>
       </x:c>
       <x:c r="DE16" s="3" t="n">
-        <x:v>46435</x:v>
+        <x:v>46537</x:v>
       </x:c>
       <x:c r="DF16" s="3" t="n">
-        <x:v>45208</x:v>
+        <x:v>45319</x:v>
       </x:c>
       <x:c r="DG16" s="3" t="n">
-        <x:v>48409</x:v>
+        <x:v>48521</x:v>
       </x:c>
       <x:c r="DH16" s="3" t="n">
-        <x:v>45443</x:v>
+        <x:v>45554</x:v>
       </x:c>
       <x:c r="DI16" s="3" t="n">
-        <x:v>47976</x:v>
+        <x:v>48088</x:v>
       </x:c>
       <x:c r="DJ16" s="3" t="n">
-        <x:v>49930</x:v>
+        <x:v>50029</x:v>
       </x:c>
       <x:c r="DK16" s="3" t="n">
-        <x:v>49362</x:v>
+        <x:v>49461</x:v>
       </x:c>
       <x:c r="DL16" s="3" t="n">
-        <x:v>49521</x:v>
+        <x:v>49620</x:v>
       </x:c>
       <x:c r="DM16" s="3" t="n">
-        <x:v>51599</x:v>
+        <x:v>51697</x:v>
       </x:c>
       <x:c r="DN16" s="3" t="n">
-        <x:v>52724</x:v>
+        <x:v>53231</x:v>
       </x:c>
       <x:c r="DO16" s="3" t="n">
-        <x:v>52910</x:v>
+        <x:v>53417</x:v>
       </x:c>
       <x:c r="DP16" s="3" t="n">
-        <x:v>53131</x:v>
+        <x:v>53638</x:v>
       </x:c>
       <x:c r="DQ16" s="3" t="n">
-        <x:v>56052</x:v>
+        <x:v>56560</x:v>
       </x:c>
       <x:c r="DR16" s="3" t="n">
-        <x:v>57747</x:v>
+        <x:v>58291</x:v>
       </x:c>
       <x:c r="DS16" s="3" t="n">
-        <x:v>59546</x:v>
+        <x:v>60089</x:v>
       </x:c>
       <x:c r="DT16" s="3" t="n">
-        <x:v>60814</x:v>
+        <x:v>61358</x:v>
       </x:c>
       <x:c r="DU16" s="3" t="n">
-        <x:v>61040</x:v>
+        <x:v>61583</x:v>
       </x:c>
       <x:c r="DV16" s="3" t="n">
-        <x:v>63023</x:v>
+        <x:v>63611</x:v>
       </x:c>
       <x:c r="DW16" s="3" t="n">
-        <x:v>65120</x:v>
+        <x:v>65709</x:v>
       </x:c>
       <x:c r="DX16" s="3" t="n">
-        <x:v>66325</x:v>
+        <x:v>66914</x:v>
       </x:c>
       <x:c r="DY16" s="3" t="n">
-        <x:v>65859</x:v>
+        <x:v>66448</x:v>
       </x:c>
       <x:c r="DZ16" s="3" t="n">
-        <x:v>68526</x:v>
+        <x:v>69156</x:v>
       </x:c>
       <x:c r="EA16" s="3" t="n">
-        <x:v>68445</x:v>
+        <x:v>69075</x:v>
       </x:c>
       <x:c r="EB16" s="3" t="n">
-        <x:v>69428</x:v>
+        <x:v>70058</x:v>
       </x:c>
       <x:c r="EC16" s="3" t="n">
-        <x:v>70554</x:v>
+        <x:v>71184</x:v>
       </x:c>
       <x:c r="ED16" s="3" t="n">
-        <x:v>71472</x:v>
+        <x:v>72108</x:v>
       </x:c>
       <x:c r="EE16" s="3" t="n">
-        <x:v>72941</x:v>
+        <x:v>73578</x:v>
       </x:c>
       <x:c r="EF16" s="3" t="n">
-        <x:v>74400</x:v>
+        <x:v>75036</x:v>
       </x:c>
       <x:c r="EG16" s="3" t="n">
-        <x:v>75600</x:v>
+        <x:v>76237</x:v>
       </x:c>
       <x:c r="EH16" s="3" t="n">
-        <x:v>76817</x:v>
+        <x:v>77512</x:v>
       </x:c>
       <x:c r="EI16" s="3" t="n">
-        <x:v>77506</x:v>
+        <x:v>78201</x:v>
       </x:c>
       <x:c r="EJ16" s="3" t="n">
-        <x:v>78471</x:v>
+        <x:v>79165</x:v>
       </x:c>
       <x:c r="EK16" s="3" t="n">
-        <x:v>79495</x:v>
+        <x:v>80190</x:v>
       </x:c>
       <x:c r="EL16" s="3" t="n">
-        <x:v>81756</x:v>
+        <x:v>82501</x:v>
       </x:c>
       <x:c r="EM16" s="3" t="n">
-        <x:v>81124</x:v>
+        <x:v>81869</x:v>
       </x:c>
       <x:c r="EN16" s="3" t="n">
-        <x:v>83311</x:v>
+        <x:v>84056</x:v>
       </x:c>
       <x:c r="EO16" s="3" t="n">
-        <x:v>85178</x:v>
+        <x:v>85923</x:v>
       </x:c>
       <x:c r="EP16" s="3" t="n">
-        <x:v>86274</x:v>
+        <x:v>86410</x:v>
       </x:c>
       <x:c r="EQ16" s="3" t="n">
-        <x:v>85667</x:v>
+        <x:v>85804</x:v>
       </x:c>
       <x:c r="ER16" s="3" t="n">
-        <x:v>87744</x:v>
+        <x:v>87880</x:v>
       </x:c>
       <x:c r="ES16" s="3" t="n">
-        <x:v>89724</x:v>
+        <x:v>89860</x:v>
       </x:c>
       <x:c r="ET16" s="3" t="n">
-        <x:v>90307</x:v>
+        <x:v>90237</x:v>
       </x:c>
       <x:c r="EU16" s="3" t="n">
-        <x:v>93376</x:v>
+        <x:v>93305</x:v>
       </x:c>
       <x:c r="EV16" s="3" t="n">
-        <x:v>92147</x:v>
+        <x:v>92076</x:v>
       </x:c>
       <x:c r="EW16" s="3" t="n">
-        <x:v>89151</x:v>
+        <x:v>89081</x:v>
       </x:c>
       <x:c r="EX16" s="3" t="n">
-        <x:v>93029</x:v>
+        <x:v>93137</x:v>
       </x:c>
       <x:c r="EY16" s="3" t="n">
-        <x:v>95079</x:v>
+        <x:v>95203</x:v>
       </x:c>
       <x:c r="EZ16" s="3" t="n">
-        <x:v>96201</x:v>
+        <x:v>96368</x:v>
       </x:c>
       <x:c r="FA16" s="3" t="n">
-        <x:v>96717</x:v>
+        <x:v>96944</x:v>
       </x:c>
       <x:c r="FB16" s="3" t="n">
-        <x:v>98651</x:v>
+        <x:v>98954</x:v>
       </x:c>
       <x:c r="FC16" s="3" t="n">
-        <x:v>99705</x:v>
+        <x:v>100040</x:v>
       </x:c>
       <x:c r="FD16" s="3" t="n">
-        <x:v>101058</x:v>
+        <x:v>101383</x:v>
       </x:c>
       <x:c r="FE16" s="3" t="n">
-        <x:v>102235</x:v>
+        <x:v>102484</x:v>
       </x:c>
       <x:c r="FF16" s="3" t="n">
-        <x:v>104247</x:v>
+        <x:v>104375</x:v>
       </x:c>
       <x:c r="FG16" s="3" t="n">
-        <x:v>105225</x:v>
+        <x:v>105209</x:v>
       </x:c>
       <x:c r="FH16" s="3" t="n">
-        <x:v>105480</x:v>
+        <x:v>105328</x:v>
       </x:c>
       <x:c r="FI16" s="3" t="n">
-        <x:v>107470</x:v>
+        <x:v>107175</x:v>
       </x:c>
       <x:c r="FJ16" s="3" t="n">
-        <x:v>108657</x:v>
+        <x:v>108235</x:v>
       </x:c>
       <x:c r="FK16" s="3" t="n">
-        <x:v>109582</x:v>
+        <x:v>109119</x:v>
       </x:c>
       <x:c r="FL16" s="3" t="n">
-        <x:v>112375</x:v>
+        <x:v>111993</x:v>
       </x:c>
       <x:c r="FM16" s="3" t="n">
-        <x:v>113060</x:v>
+        <x:v>112884</x:v>
       </x:c>
       <x:c r="FN16" s="3" t="n">
-        <x:v>113469</x:v>
+        <x:v>113578</x:v>
       </x:c>
       <x:c r="FO16" s="3" t="n">
-        <x:v>112535</x:v>
+        <x:v>112851</x:v>
       </x:c>
       <x:c r="FP16" s="3" t="n">
-        <x:v>113881</x:v>
+        <x:v>114296</x:v>
       </x:c>
       <x:c r="FQ16" s="3" t="n">
-        <x:v>115212</x:v>
+        <x:v>115600</x:v>
       </x:c>
       <x:c r="FR16" s="3" t="n">
-        <x:v>119571</x:v>
+        <x:v>119846</x:v>
       </x:c>
       <x:c r="FS16" s="3" t="n">
-        <x:v>121785</x:v>
+        <x:v>122020</x:v>
       </x:c>
       <x:c r="FT16" s="3" t="n">
-        <x:v>122883</x:v>
+        <x:v>123211</x:v>
       </x:c>
       <x:c r="FU16" s="3" t="n">
-        <x:v>124748</x:v>
+        <x:v>125297</x:v>
       </x:c>
       <x:c r="FV16" s="3" t="n">
-        <x:v>127548</x:v>
+        <x:v>128412</x:v>
       </x:c>
       <x:c r="FW16" s="3" t="n">
-        <x:v>128578</x:v>
+        <x:v>129608</x:v>
       </x:c>
       <x:c r="FX16" s="3" t="n">
-        <x:v>128982</x:v>
+        <x:v>130049</x:v>
       </x:c>
       <x:c r="FY16" s="3" t="n">
-        <x:v>129595</x:v>
+        <x:v>130519</x:v>
       </x:c>
       <x:c r="FZ16" s="3" t="n">
-        <x:v>132867</x:v>
+        <x:v>133620</x:v>
       </x:c>
       <x:c r="GA16" s="3" t="n">
-        <x:v>136592</x:v>
+        <x:v>136878</x:v>
       </x:c>
       <x:c r="GB16" s="3" t="n">
-        <x:v>139907</x:v>
+        <x:v>140219</x:v>
       </x:c>
       <x:c r="GC16" s="3" t="n">
-        <x:v>142793</x:v>
+        <x:v>143048</x:v>
       </x:c>
       <x:c r="GD16" s="3" t="n">
-        <x:v>143333</x:v>
+        <x:v>142874</x:v>
       </x:c>
       <x:c r="GE16" s="3" t="n">
-        <x:v>143854</x:v>
+        <x:v>143490</x:v>
       </x:c>
       <x:c r="GF16" s="3" t="n">
-        <x:v>146586</x:v>
+        <x:v>145857</x:v>
       </x:c>
       <x:c r="GG16" s="3" t="n">
-        <x:v>147628</x:v>
+        <x:v>146733</x:v>
       </x:c>
       <x:c r="GH16" s="3" t="n">
-        <x:v>149777</x:v>
+        <x:v>148974</x:v>
       </x:c>
       <x:c r="GI16" s="3" t="n">
-        <x:v>150209</x:v>
+        <x:v>148968</x:v>
+      </x:c>
+      <x:c r="GJ16" s="3" t="n">
+        <x:v>150591</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:191">
+    <x:row r="17" spans="1:192">
       <x:c r="A17" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>19637</x:v>
+        <x:v>19665</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>20972</x:v>
+        <x:v>21000</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
-        <x:v>17395</x:v>
+        <x:v>17424</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
-        <x:v>19500</x:v>
+        <x:v>19528</x:v>
       </x:c>
       <x:c r="F17" s="3" t="n">
-        <x:v>18576</x:v>
+        <x:v>18606</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
-        <x:v>19964</x:v>
+        <x:v>19993</x:v>
       </x:c>
       <x:c r="H17" s="3" t="n">
-        <x:v>20437</x:v>
+        <x:v>20467</x:v>
       </x:c>
       <x:c r="I17" s="3" t="n">
-        <x:v>23052</x:v>
+        <x:v>23082</x:v>
       </x:c>
       <x:c r="J17" s="3" t="n">
-        <x:v>21809</x:v>
+        <x:v>21839</x:v>
       </x:c>
       <x:c r="K17" s="3" t="n">
-        <x:v>21249</x:v>
+        <x:v>21280</x:v>
       </x:c>
       <x:c r="L17" s="3" t="n">
-        <x:v>23425</x:v>
+        <x:v>23456</x:v>
       </x:c>
       <x:c r="M17" s="3" t="n">
-        <x:v>22305</x:v>
+        <x:v>22336</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>23588</x:v>
+        <x:v>23626</x:v>
       </x:c>
       <x:c r="O17" s="3" t="n">
-        <x:v>23268</x:v>
+        <x:v>23305</x:v>
       </x:c>
       <x:c r="P17" s="3" t="n">
-        <x:v>27685</x:v>
+        <x:v>27723</x:v>
       </x:c>
       <x:c r="Q17" s="3" t="n">
-        <x:v>28288</x:v>
+        <x:v>28326</x:v>
       </x:c>
       <x:c r="R17" s="3" t="n">
-        <x:v>27962</x:v>
+        <x:v>28018</x:v>
       </x:c>
       <x:c r="S17" s="3" t="n">
-        <x:v>29360</x:v>
+        <x:v>29416</x:v>
       </x:c>
       <x:c r="T17" s="3" t="n">
-        <x:v>27924</x:v>
+        <x:v>27980</x:v>
       </x:c>
       <x:c r="U17" s="3" t="n">
-        <x:v>29312</x:v>
+        <x:v>29368</x:v>
       </x:c>
       <x:c r="V17" s="3" t="n">
-        <x:v>32645</x:v>
+        <x:v>32694</x:v>
       </x:c>
       <x:c r="W17" s="3" t="n">
-        <x:v>32565</x:v>
+        <x:v>32614</x:v>
       </x:c>
       <x:c r="X17" s="3" t="n">
-        <x:v>31629</x:v>
+        <x:v>31678</x:v>
       </x:c>
       <x:c r="Y17" s="3" t="n">
-        <x:v>33098</x:v>
+        <x:v>33147</x:v>
       </x:c>
       <x:c r="Z17" s="3" t="n">
-        <x:v>31437</x:v>
+        <x:v>31489</x:v>
       </x:c>
       <x:c r="AA17" s="3" t="n">
-        <x:v>36479</x:v>
+        <x:v>36530</x:v>
       </x:c>
       <x:c r="AB17" s="3" t="n">
-        <x:v>35867</x:v>
+        <x:v>35919</x:v>
       </x:c>
       <x:c r="AC17" s="3" t="n">
-        <x:v>35597</x:v>
+        <x:v>35648</x:v>
       </x:c>
       <x:c r="AD17" s="3" t="n">
-        <x:v>33229</x:v>
+        <x:v>33283</x:v>
       </x:c>
       <x:c r="AE17" s="3" t="n">
-        <x:v>34090</x:v>
+        <x:v>34143</x:v>
       </x:c>
       <x:c r="AF17" s="3" t="n">
-        <x:v>41958</x:v>
+        <x:v>42012</x:v>
       </x:c>
       <x:c r="AG17" s="3" t="n">
-        <x:v>36844</x:v>
+        <x:v>36897</x:v>
       </x:c>
       <x:c r="AH17" s="3" t="n">
-        <x:v>41636</x:v>
+        <x:v>41718</x:v>
       </x:c>
       <x:c r="AI17" s="3" t="n">
-        <x:v>44555</x:v>
+        <x:v>44637</x:v>
       </x:c>
       <x:c r="AJ17" s="3" t="n">
-        <x:v>43732</x:v>
+        <x:v>43814</x:v>
       </x:c>
       <x:c r="AK17" s="3" t="n">
-        <x:v>37722</x:v>
+        <x:v>37804</x:v>
       </x:c>
       <x:c r="AL17" s="3" t="n">
-        <x:v>43303</x:v>
+        <x:v>43386</x:v>
       </x:c>
       <x:c r="AM17" s="3" t="n">
-        <x:v>43301</x:v>
+        <x:v>43384</x:v>
       </x:c>
       <x:c r="AN17" s="3" t="n">
-        <x:v>49247</x:v>
+        <x:v>49330</x:v>
       </x:c>
       <x:c r="AO17" s="3" t="n">
-        <x:v>49031</x:v>
+        <x:v>49114</x:v>
       </x:c>
       <x:c r="AP17" s="3" t="n">
-        <x:v>47810</x:v>
+        <x:v>47908</x:v>
       </x:c>
       <x:c r="AQ17" s="3" t="n">
-        <x:v>49646</x:v>
+        <x:v>49744</x:v>
       </x:c>
       <x:c r="AR17" s="3" t="n">
-        <x:v>48379</x:v>
+        <x:v>48477</x:v>
       </x:c>
       <x:c r="AS17" s="3" t="n">
-        <x:v>51237</x:v>
+        <x:v>51335</x:v>
       </x:c>
       <x:c r="AT17" s="3" t="n">
-        <x:v>46825</x:v>
+        <x:v>46926</x:v>
       </x:c>
       <x:c r="AU17" s="3" t="n">
-        <x:v>44431</x:v>
+        <x:v>44533</x:v>
       </x:c>
       <x:c r="AV17" s="3" t="n">
-        <x:v>44966</x:v>
+        <x:v>45067</x:v>
       </x:c>
       <x:c r="AW17" s="3" t="n">
-        <x:v>54056</x:v>
+        <x:v>54158</x:v>
       </x:c>
       <x:c r="AX17" s="3" t="n">
-        <x:v>48219</x:v>
+        <x:v>48319</x:v>
       </x:c>
       <x:c r="AY17" s="3" t="n">
-        <x:v>44338</x:v>
+        <x:v>44438</x:v>
       </x:c>
       <x:c r="AZ17" s="3" t="n">
-        <x:v>39535</x:v>
+        <x:v>39635</x:v>
       </x:c>
       <x:c r="BA17" s="3" t="n">
-        <x:v>39139</x:v>
+        <x:v>39239</x:v>
       </x:c>
       <x:c r="BB17" s="3" t="n">
-        <x:v>44389</x:v>
+        <x:v>44501</x:v>
       </x:c>
       <x:c r="BC17" s="3" t="n">
-        <x:v>39762</x:v>
+        <x:v>39875</x:v>
       </x:c>
       <x:c r="BD17" s="3" t="n">
-        <x:v>42074</x:v>
+        <x:v>42187</x:v>
       </x:c>
       <x:c r="BE17" s="3" t="n">
-        <x:v>45618</x:v>
+        <x:v>45730</x:v>
       </x:c>
       <x:c r="BF17" s="3" t="n">
-        <x:v>41460</x:v>
+        <x:v>41571</x:v>
       </x:c>
       <x:c r="BG17" s="3" t="n">
-        <x:v>43172</x:v>
+        <x:v>43283</x:v>
       </x:c>
       <x:c r="BH17" s="3" t="n">
-        <x:v>41449</x:v>
+        <x:v>41560</x:v>
       </x:c>
       <x:c r="BI17" s="3" t="n">
-        <x:v>43672</x:v>
+        <x:v>43783</x:v>
       </x:c>
       <x:c r="BJ17" s="3" t="n">
-        <x:v>44447</x:v>
+        <x:v>44709</x:v>
       </x:c>
       <x:c r="BK17" s="3" t="n">
-        <x:v>43114</x:v>
+        <x:v>43377</x:v>
       </x:c>
       <x:c r="BL17" s="3" t="n">
-        <x:v>47000</x:v>
+        <x:v>47262</x:v>
       </x:c>
       <x:c r="BM17" s="3" t="n">
-        <x:v>47648</x:v>
+        <x:v>47911</x:v>
       </x:c>
       <x:c r="BN17" s="3" t="n">
-        <x:v>49260</x:v>
+        <x:v>49385</x:v>
       </x:c>
       <x:c r="BO17" s="3" t="n">
-        <x:v>51266</x:v>
+        <x:v>51391</x:v>
       </x:c>
       <x:c r="BP17" s="3" t="n">
-        <x:v>48163</x:v>
+        <x:v>48289</x:v>
       </x:c>
       <x:c r="BQ17" s="3" t="n">
-        <x:v>45338</x:v>
+        <x:v>45463</x:v>
       </x:c>
       <x:c r="BR17" s="3" t="n">
-        <x:v>52865</x:v>
+        <x:v>53079</x:v>
       </x:c>
       <x:c r="BS17" s="3" t="n">
-        <x:v>50511</x:v>
+        <x:v>50725</x:v>
       </x:c>
       <x:c r="BT17" s="3" t="n">
-        <x:v>51119</x:v>
+        <x:v>51333</x:v>
       </x:c>
       <x:c r="BU17" s="3" t="n">
-        <x:v>51993</x:v>
+        <x:v>52207</x:v>
       </x:c>
       <x:c r="BV17" s="3" t="n">
-        <x:v>59330</x:v>
+        <x:v>59477</x:v>
       </x:c>
       <x:c r="BW17" s="3" t="n">
-        <x:v>56386</x:v>
+        <x:v>56533</x:v>
       </x:c>
       <x:c r="BX17" s="3" t="n">
-        <x:v>56313</x:v>
+        <x:v>56461</x:v>
       </x:c>
       <x:c r="BY17" s="3" t="n">
-        <x:v>58126</x:v>
+        <x:v>58273</x:v>
       </x:c>
       <x:c r="BZ17" s="3" t="n">
-        <x:v>64766</x:v>
+        <x:v>64939</x:v>
       </x:c>
       <x:c r="CA17" s="3" t="n">
-        <x:v>67622</x:v>
+        <x:v>67795</x:v>
       </x:c>
       <x:c r="CB17" s="3" t="n">
-        <x:v>69131</x:v>
+        <x:v>69304</x:v>
       </x:c>
       <x:c r="CC17" s="3" t="n">
-        <x:v>67278</x:v>
+        <x:v>67451</x:v>
       </x:c>
       <x:c r="CD17" s="3" t="n">
-        <x:v>77885</x:v>
+        <x:v>78059</x:v>
       </x:c>
       <x:c r="CE17" s="3" t="n">
-        <x:v>73884</x:v>
+        <x:v>74058</x:v>
       </x:c>
       <x:c r="CF17" s="3" t="n">
-        <x:v>78308</x:v>
+        <x:v>78482</x:v>
       </x:c>
       <x:c r="CG17" s="3" t="n">
-        <x:v>78343</x:v>
+        <x:v>78517</x:v>
       </x:c>
       <x:c r="CH17" s="3" t="n">
-        <x:v>75439</x:v>
+        <x:v>75662</x:v>
       </x:c>
       <x:c r="CI17" s="3" t="n">
-        <x:v>71688</x:v>
+        <x:v>71910</x:v>
       </x:c>
       <x:c r="CJ17" s="3" t="n">
-        <x:v>79028</x:v>
+        <x:v>79250</x:v>
       </x:c>
       <x:c r="CK17" s="3" t="n">
-        <x:v>70855</x:v>
+        <x:v>71077</x:v>
       </x:c>
       <x:c r="CL17" s="3" t="n">
-        <x:v>77732</x:v>
+        <x:v>77970</x:v>
       </x:c>
       <x:c r="CM17" s="3" t="n">
-        <x:v>76332</x:v>
+        <x:v>76570</x:v>
       </x:c>
       <x:c r="CN17" s="3" t="n">
-        <x:v>72464</x:v>
+        <x:v>72702</x:v>
       </x:c>
       <x:c r="CO17" s="3" t="n">
-        <x:v>72273</x:v>
+        <x:v>72511</x:v>
       </x:c>
       <x:c r="CP17" s="3" t="n">
-        <x:v>79833</x:v>
+        <x:v>80442</x:v>
       </x:c>
       <x:c r="CQ17" s="3" t="n">
-        <x:v>76710</x:v>
+        <x:v>77319</x:v>
       </x:c>
       <x:c r="CR17" s="3" t="n">
-        <x:v>75149</x:v>
+        <x:v>75759</x:v>
       </x:c>
       <x:c r="CS17" s="3" t="n">
-        <x:v>73801</x:v>
+        <x:v>74411</x:v>
       </x:c>
       <x:c r="CT17" s="3" t="n">
-        <x:v>76853</x:v>
+        <x:v>77886</x:v>
       </x:c>
       <x:c r="CU17" s="3" t="n">
-        <x:v>79034</x:v>
+        <x:v>80067</x:v>
       </x:c>
       <x:c r="CV17" s="3" t="n">
-        <x:v>74118</x:v>
+        <x:v>75151</x:v>
       </x:c>
       <x:c r="CW17" s="3" t="n">
-        <x:v>73269</x:v>
+        <x:v>74302</x:v>
       </x:c>
       <x:c r="CX17" s="3" t="n">
-        <x:v>82716</x:v>
+        <x:v>83688</x:v>
       </x:c>
       <x:c r="CY17" s="3" t="n">
-        <x:v>73271</x:v>
+        <x:v>74242</x:v>
       </x:c>
       <x:c r="CZ17" s="3" t="n">
-        <x:v>81665</x:v>
+        <x:v>82636</x:v>
       </x:c>
       <x:c r="DA17" s="3" t="n">
-        <x:v>68353</x:v>
+        <x:v>69325</x:v>
       </x:c>
       <x:c r="DB17" s="3" t="n">
-        <x:v>81781</x:v>
+        <x:v>84364</x:v>
       </x:c>
       <x:c r="DC17" s="3" t="n">
-        <x:v>83902</x:v>
+        <x:v>86485</x:v>
       </x:c>
       <x:c r="DD17" s="3" t="n">
-        <x:v>88638</x:v>
+        <x:v>91220</x:v>
       </x:c>
       <x:c r="DE17" s="3" t="n">
-        <x:v>95968</x:v>
+        <x:v>98551</x:v>
       </x:c>
       <x:c r="DF17" s="3" t="n">
-        <x:v>98114</x:v>
+        <x:v>99909</x:v>
       </x:c>
       <x:c r="DG17" s="3" t="n">
-        <x:v>99435</x:v>
+        <x:v>101230</x:v>
       </x:c>
       <x:c r="DH17" s="3" t="n">
-        <x:v>100031</x:v>
+        <x:v>101826</x:v>
       </x:c>
       <x:c r="DI17" s="3" t="n">
-        <x:v>107804</x:v>
+        <x:v>109599</x:v>
       </x:c>
       <x:c r="DJ17" s="3" t="n">
-        <x:v>109840</x:v>
+        <x:v>113467</x:v>
       </x:c>
       <x:c r="DK17" s="3" t="n">
-        <x:v>116881</x:v>
+        <x:v>120509</x:v>
       </x:c>
       <x:c r="DL17" s="3" t="n">
-        <x:v>116805</x:v>
+        <x:v>120433</x:v>
       </x:c>
       <x:c r="DM17" s="3" t="n">
-        <x:v>120780</x:v>
+        <x:v>124408</x:v>
       </x:c>
       <x:c r="DN17" s="3" t="n">
-        <x:v>130563</x:v>
+        <x:v>136541</x:v>
       </x:c>
       <x:c r="DO17" s="3" t="n">
-        <x:v>138487</x:v>
+        <x:v>144465</x:v>
       </x:c>
       <x:c r="DP17" s="3" t="n">
-        <x:v>141027</x:v>
+        <x:v>147004</x:v>
       </x:c>
       <x:c r="DQ17" s="3" t="n">
-        <x:v>144360</x:v>
+        <x:v>150337</x:v>
       </x:c>
       <x:c r="DR17" s="3" t="n">
-        <x:v>147994</x:v>
+        <x:v>157012</x:v>
       </x:c>
       <x:c r="DS17" s="3" t="n">
-        <x:v>146476</x:v>
+        <x:v>155494</x:v>
       </x:c>
       <x:c r="DT17" s="3" t="n">
-        <x:v>148065</x:v>
+        <x:v>157083</x:v>
       </x:c>
       <x:c r="DU17" s="3" t="n">
-        <x:v>147064</x:v>
+        <x:v>156082</x:v>
       </x:c>
       <x:c r="DV17" s="3" t="n">
-        <x:v>146115</x:v>
+        <x:v>153973</x:v>
       </x:c>
       <x:c r="DW17" s="3" t="n">
-        <x:v>141594</x:v>
+        <x:v>149452</x:v>
       </x:c>
       <x:c r="DX17" s="3" t="n">
-        <x:v>138209</x:v>
+        <x:v>146067</x:v>
       </x:c>
       <x:c r="DY17" s="3" t="n">
-        <x:v>138948</x:v>
+        <x:v>146805</x:v>
       </x:c>
       <x:c r="DZ17" s="3" t="n">
-        <x:v>129999</x:v>
+        <x:v>136865</x:v>
       </x:c>
       <x:c r="EA17" s="3" t="n">
-        <x:v>137762</x:v>
+        <x:v>144629</x:v>
       </x:c>
       <x:c r="EB17" s="3" t="n">
-        <x:v>132397</x:v>
+        <x:v>139264</x:v>
       </x:c>
       <x:c r="EC17" s="3" t="n">
-        <x:v>137530</x:v>
+        <x:v>144397</x:v>
       </x:c>
       <x:c r="ED17" s="3" t="n">
-        <x:v>147851</x:v>
+        <x:v>156916</x:v>
       </x:c>
       <x:c r="EE17" s="3" t="n">
-        <x:v>145268</x:v>
+        <x:v>154332</x:v>
       </x:c>
       <x:c r="EF17" s="3" t="n">
-        <x:v>151176</x:v>
+        <x:v>160241</x:v>
       </x:c>
       <x:c r="EG17" s="3" t="n">
-        <x:v>156521</x:v>
+        <x:v>165586</x:v>
       </x:c>
       <x:c r="EH17" s="3" t="n">
-        <x:v>157070</x:v>
+        <x:v>167172</x:v>
       </x:c>
       <x:c r="EI17" s="3" t="n">
-        <x:v>160322</x:v>
+        <x:v>170424</x:v>
       </x:c>
       <x:c r="EJ17" s="3" t="n">
-        <x:v>168735</x:v>
+        <x:v>178837</x:v>
       </x:c>
       <x:c r="EK17" s="3" t="n">
-        <x:v>179256</x:v>
+        <x:v>189358</x:v>
       </x:c>
       <x:c r="EL17" s="3" t="n">
-        <x:v>169644</x:v>
+        <x:v>180684</x:v>
       </x:c>
       <x:c r="EM17" s="3" t="n">
-        <x:v>181572</x:v>
+        <x:v>192612</x:v>
       </x:c>
       <x:c r="EN17" s="3" t="n">
-        <x:v>184936</x:v>
+        <x:v>195976</x:v>
       </x:c>
       <x:c r="EO17" s="3" t="n">
-        <x:v>187977</x:v>
+        <x:v>199017</x:v>
       </x:c>
       <x:c r="EP17" s="3" t="n">
-        <x:v>185033</x:v>
+        <x:v>198062</x:v>
       </x:c>
       <x:c r="EQ17" s="3" t="n">
-        <x:v>189609</x:v>
+        <x:v>202639</x:v>
       </x:c>
       <x:c r="ER17" s="3" t="n">
-        <x:v>188792</x:v>
+        <x:v>201822</x:v>
       </x:c>
       <x:c r="ES17" s="3" t="n">
-        <x:v>186183</x:v>
+        <x:v>199212</x:v>
       </x:c>
       <x:c r="ET17" s="3" t="n">
-        <x:v>185802</x:v>
+        <x:v>199389</x:v>
       </x:c>
       <x:c r="EU17" s="3" t="n">
-        <x:v>187740</x:v>
+        <x:v>201327</x:v>
       </x:c>
       <x:c r="EV17" s="3" t="n">
-        <x:v>181884</x:v>
+        <x:v>195470</x:v>
       </x:c>
       <x:c r="EW17" s="3" t="n">
-        <x:v>186100</x:v>
+        <x:v>199687</x:v>
       </x:c>
       <x:c r="EX17" s="3" t="n">
-        <x:v>186701</x:v>
+        <x:v>203832</x:v>
       </x:c>
       <x:c r="EY17" s="3" t="n">
-        <x:v>196714</x:v>
+        <x:v>213052</x:v>
       </x:c>
       <x:c r="EZ17" s="3" t="n">
-        <x:v>200836</x:v>
+        <x:v>217805</x:v>
       </x:c>
       <x:c r="FA17" s="3" t="n">
-        <x:v>196437</x:v>
+        <x:v>211693</x:v>
       </x:c>
       <x:c r="FB17" s="3" t="n">
-        <x:v>202720</x:v>
+        <x:v>220231</x:v>
       </x:c>
       <x:c r="FC17" s="3" t="n">
-        <x:v>202085</x:v>
+        <x:v>218852</x:v>
       </x:c>
       <x:c r="FD17" s="3" t="n">
-        <x:v>198992</x:v>
+        <x:v>217260</x:v>
       </x:c>
       <x:c r="FE17" s="3" t="n">
-        <x:v>205226</x:v>
+        <x:v>220733</x:v>
       </x:c>
       <x:c r="FF17" s="3" t="n">
-        <x:v>204468</x:v>
+        <x:v>223488</x:v>
       </x:c>
       <x:c r="FG17" s="3" t="n">
-        <x:v>212891</x:v>
+        <x:v>230783</x:v>
       </x:c>
       <x:c r="FH17" s="3" t="n">
-        <x:v>213068</x:v>
+        <x:v>231027</x:v>
       </x:c>
       <x:c r="FI17" s="3" t="n">
-        <x:v>219270</x:v>
+        <x:v>235687</x:v>
       </x:c>
       <x:c r="FJ17" s="3" t="n">
-        <x:v>225623</x:v>
+        <x:v>250388</x:v>
       </x:c>
       <x:c r="FK17" s="3" t="n">
-        <x:v>238862</x:v>
+        <x:v>262068</x:v>
       </x:c>
       <x:c r="FL17" s="3" t="n">
-        <x:v>243950</x:v>
+        <x:v>266709</x:v>
       </x:c>
       <x:c r="FM17" s="3" t="n">
-        <x:v>248719</x:v>
+        <x:v>270121</x:v>
       </x:c>
       <x:c r="FN17" s="3" t="n">
-        <x:v>237459</x:v>
+        <x:v>262321</x:v>
       </x:c>
       <x:c r="FO17" s="3" t="n">
-        <x:v>234477</x:v>
+        <x:v>257846</x:v>
       </x:c>
       <x:c r="FP17" s="3" t="n">
-        <x:v>234479</x:v>
+        <x:v>257537</x:v>
       </x:c>
       <x:c r="FQ17" s="3" t="n">
-        <x:v>243532</x:v>
+        <x:v>265874</x:v>
       </x:c>
       <x:c r="FR17" s="3" t="n">
-        <x:v>244938</x:v>
+        <x:v>273166</x:v>
       </x:c>
       <x:c r="FS17" s="3" t="n">
-        <x:v>243529</x:v>
+        <x:v>269876</x:v>
       </x:c>
       <x:c r="FT17" s="3" t="n">
-        <x:v>245697</x:v>
+        <x:v>271699</x:v>
       </x:c>
       <x:c r="FU17" s="3" t="n">
-        <x:v>257328</x:v>
+        <x:v>283299</x:v>
       </x:c>
       <x:c r="FV17" s="3" t="n">
-        <x:v>260426</x:v>
+        <x:v>289517</x:v>
       </x:c>
       <x:c r="FW17" s="3" t="n">
-        <x:v>260749</x:v>
+        <x:v>288233</x:v>
       </x:c>
       <x:c r="FX17" s="3" t="n">
-        <x:v>266303</x:v>
+        <x:v>292127</x:v>
       </x:c>
       <x:c r="FY17" s="3" t="n">
-        <x:v>265481</x:v>
+        <x:v>289632</x:v>
       </x:c>
       <x:c r="FZ17" s="3" t="n">
-        <x:v>275857</x:v>
+        <x:v>300720</x:v>
       </x:c>
       <x:c r="GA17" s="3" t="n">
-        <x:v>272046</x:v>
+        <x:v>295765</x:v>
       </x:c>
       <x:c r="GB17" s="3" t="n">
-        <x:v>270408</x:v>
+        <x:v>294661</x:v>
       </x:c>
       <x:c r="GC17" s="3" t="n">
-        <x:v>285903</x:v>
+        <x:v>306185</x:v>
       </x:c>
       <x:c r="GD17" s="3" t="n">
-        <x:v>271844</x:v>
+        <x:v>291127</x:v>
       </x:c>
       <x:c r="GE17" s="3" t="n">
-        <x:v>281945</x:v>
+        <x:v>306795</x:v>
       </x:c>
       <x:c r="GF17" s="3" t="n">
-        <x:v>288516</x:v>
+        <x:v>313328</x:v>
       </x:c>
       <x:c r="GG17" s="3" t="n">
-        <x:v>299977</x:v>
+        <x:v>323972</x:v>
       </x:c>
       <x:c r="GH17" s="3" t="n">
-        <x:v>285837</x:v>
+        <x:v>307803</x:v>
       </x:c>
       <x:c r="GI17" s="3" t="n">
-        <x:v>301782</x:v>
+        <x:v>322067</x:v>
+      </x:c>
+      <x:c r="GJ17" s="3" t="n">
+        <x:v>315957</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:191">
+    <x:row r="18" spans="1:192">
       <x:c r="A18" s="2" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
         <x:v>1872</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
         <x:v>1609</x:v>
       </x:c>
       <x:c r="D18" s="3" t="n">
         <x:v>1659</x:v>
       </x:c>
       <x:c r="E18" s="3" t="n">
         <x:v>1806</x:v>
       </x:c>
       <x:c r="F18" s="3" t="n">
         <x:v>2281</x:v>
       </x:c>
       <x:c r="G18" s="3" t="n">
         <x:v>2888</x:v>
       </x:c>
       <x:c r="H18" s="3" t="n">
         <x:v>2672</x:v>
       </x:c>
       <x:c r="I18" s="3" t="n">
         <x:v>3012</x:v>
       </x:c>
@@ -9571,347 +9616,350 @@
       <x:c r="CH18" s="3" t="n">
         <x:v>20632</x:v>
       </x:c>
       <x:c r="CI18" s="3" t="n">
         <x:v>19244</x:v>
       </x:c>
       <x:c r="CJ18" s="3" t="n">
         <x:v>17565</x:v>
       </x:c>
       <x:c r="CK18" s="3" t="n">
         <x:v>13924</x:v>
       </x:c>
       <x:c r="CL18" s="3" t="n">
         <x:v>14899</x:v>
       </x:c>
       <x:c r="CM18" s="3" t="n">
         <x:v>14500</x:v>
       </x:c>
       <x:c r="CN18" s="3" t="n">
         <x:v>13832</x:v>
       </x:c>
       <x:c r="CO18" s="3" t="n">
         <x:v>13858</x:v>
       </x:c>
       <x:c r="CP18" s="3" t="n">
-        <x:v>14129</x:v>
+        <x:v>14189</x:v>
       </x:c>
       <x:c r="CQ18" s="3" t="n">
-        <x:v>13806</x:v>
+        <x:v>13866</x:v>
       </x:c>
       <x:c r="CR18" s="3" t="n">
-        <x:v>14577</x:v>
+        <x:v>14636</x:v>
       </x:c>
       <x:c r="CS18" s="3" t="n">
-        <x:v>16429</x:v>
+        <x:v>16489</x:v>
       </x:c>
       <x:c r="CT18" s="3" t="n">
-        <x:v>14459</x:v>
+        <x:v>14574</x:v>
       </x:c>
       <x:c r="CU18" s="3" t="n">
-        <x:v>13290</x:v>
+        <x:v>13406</x:v>
       </x:c>
       <x:c r="CV18" s="3" t="n">
-        <x:v>13473</x:v>
+        <x:v>13588</x:v>
       </x:c>
       <x:c r="CW18" s="3" t="n">
-        <x:v>14509</x:v>
+        <x:v>14625</x:v>
       </x:c>
       <x:c r="CX18" s="3" t="n">
-        <x:v>16047</x:v>
+        <x:v>16243</x:v>
       </x:c>
       <x:c r="CY18" s="3" t="n">
-        <x:v>16690</x:v>
+        <x:v>16886</x:v>
       </x:c>
       <x:c r="CZ18" s="3" t="n">
-        <x:v>16872</x:v>
+        <x:v>17068</x:v>
       </x:c>
       <x:c r="DA18" s="3" t="n">
-        <x:v>15559</x:v>
+        <x:v>15755</x:v>
       </x:c>
       <x:c r="DB18" s="3" t="n">
-        <x:v>17351</x:v>
+        <x:v>17632</x:v>
       </x:c>
       <x:c r="DC18" s="3" t="n">
-        <x:v>17677</x:v>
+        <x:v>17958</x:v>
       </x:c>
       <x:c r="DD18" s="3" t="n">
-        <x:v>18326</x:v>
+        <x:v>18607</x:v>
       </x:c>
       <x:c r="DE18" s="3" t="n">
-        <x:v>19852</x:v>
+        <x:v>20133</x:v>
       </x:c>
       <x:c r="DF18" s="3" t="n">
-        <x:v>21118</x:v>
+        <x:v>21540</x:v>
       </x:c>
       <x:c r="DG18" s="3" t="n">
-        <x:v>22936</x:v>
+        <x:v>23359</x:v>
       </x:c>
       <x:c r="DH18" s="3" t="n">
-        <x:v>21795</x:v>
+        <x:v>22217</x:v>
       </x:c>
       <x:c r="DI18" s="3" t="n">
-        <x:v>25045</x:v>
+        <x:v>25468</x:v>
       </x:c>
       <x:c r="DJ18" s="3" t="n">
-        <x:v>22366</x:v>
+        <x:v>22945</x:v>
       </x:c>
       <x:c r="DK18" s="3" t="n">
-        <x:v>23807</x:v>
+        <x:v>24386</x:v>
       </x:c>
       <x:c r="DL18" s="3" t="n">
-        <x:v>25413</x:v>
+        <x:v>25992</x:v>
       </x:c>
       <x:c r="DM18" s="3" t="n">
-        <x:v>26030</x:v>
+        <x:v>26609</x:v>
       </x:c>
       <x:c r="DN18" s="3" t="n">
-        <x:v>25451</x:v>
+        <x:v>26260</x:v>
       </x:c>
       <x:c r="DO18" s="3" t="n">
-        <x:v>28710</x:v>
+        <x:v>29518</x:v>
       </x:c>
       <x:c r="DP18" s="3" t="n">
-        <x:v>29700</x:v>
+        <x:v>30508</x:v>
       </x:c>
       <x:c r="DQ18" s="3" t="n">
-        <x:v>30129</x:v>
+        <x:v>30938</x:v>
       </x:c>
       <x:c r="DR18" s="3" t="n">
-        <x:v>30072</x:v>
+        <x:v>31138</x:v>
       </x:c>
       <x:c r="DS18" s="3" t="n">
-        <x:v>31003</x:v>
+        <x:v>32069</x:v>
       </x:c>
       <x:c r="DT18" s="3" t="n">
-        <x:v>32907</x:v>
+        <x:v>33973</x:v>
       </x:c>
       <x:c r="DU18" s="3" t="n">
-        <x:v>34946</x:v>
+        <x:v>36012</x:v>
       </x:c>
       <x:c r="DV18" s="3" t="n">
-        <x:v>37476</x:v>
+        <x:v>38799</x:v>
       </x:c>
       <x:c r="DW18" s="3" t="n">
-        <x:v>35837</x:v>
+        <x:v>37160</x:v>
       </x:c>
       <x:c r="DX18" s="3" t="n">
-        <x:v>35153</x:v>
+        <x:v>36477</x:v>
       </x:c>
       <x:c r="DY18" s="3" t="n">
-        <x:v>32360</x:v>
+        <x:v>33684</x:v>
       </x:c>
       <x:c r="DZ18" s="3" t="n">
-        <x:v>32221</x:v>
+        <x:v>33595</x:v>
       </x:c>
       <x:c r="EA18" s="3" t="n">
-        <x:v>35034</x:v>
+        <x:v>36408</x:v>
       </x:c>
       <x:c r="EB18" s="3" t="n">
-        <x:v>31246</x:v>
+        <x:v>32620</x:v>
       </x:c>
       <x:c r="EC18" s="3" t="n">
-        <x:v>33906</x:v>
+        <x:v>35280</x:v>
       </x:c>
       <x:c r="ED18" s="3" t="n">
-        <x:v>36039</x:v>
+        <x:v>37801</x:v>
       </x:c>
       <x:c r="EE18" s="3" t="n">
-        <x:v>36228</x:v>
+        <x:v>37990</x:v>
       </x:c>
       <x:c r="EF18" s="3" t="n">
-        <x:v>40481</x:v>
+        <x:v>42243</x:v>
       </x:c>
       <x:c r="EG18" s="3" t="n">
-        <x:v>41296</x:v>
+        <x:v>43058</x:v>
       </x:c>
       <x:c r="EH18" s="3" t="n">
-        <x:v>42831</x:v>
+        <x:v>45098</x:v>
       </x:c>
       <x:c r="EI18" s="3" t="n">
-        <x:v>44698</x:v>
+        <x:v>46965</x:v>
       </x:c>
       <x:c r="EJ18" s="3" t="n">
-        <x:v>44157</x:v>
+        <x:v>46424</x:v>
       </x:c>
       <x:c r="EK18" s="3" t="n">
-        <x:v>48824</x:v>
+        <x:v>51091</x:v>
       </x:c>
       <x:c r="EL18" s="3" t="n">
-        <x:v>50263</x:v>
+        <x:v>53206</x:v>
       </x:c>
       <x:c r="EM18" s="3" t="n">
-        <x:v>54307</x:v>
+        <x:v>57249</x:v>
       </x:c>
       <x:c r="EN18" s="3" t="n">
-        <x:v>57926</x:v>
+        <x:v>60869</x:v>
       </x:c>
       <x:c r="EO18" s="3" t="n">
-        <x:v>57735</x:v>
+        <x:v>60677</x:v>
       </x:c>
       <x:c r="EP18" s="3" t="n">
-        <x:v>58326</x:v>
+        <x:v>61563</x:v>
       </x:c>
       <x:c r="EQ18" s="3" t="n">
-        <x:v>57673</x:v>
+        <x:v>60910</x:v>
       </x:c>
       <x:c r="ER18" s="3" t="n">
-        <x:v>56461</x:v>
+        <x:v>59698</x:v>
       </x:c>
       <x:c r="ES18" s="3" t="n">
-        <x:v>53154</x:v>
+        <x:v>56391</x:v>
       </x:c>
       <x:c r="ET18" s="3" t="n">
-        <x:v>54472</x:v>
+        <x:v>57547</x:v>
       </x:c>
       <x:c r="EU18" s="3" t="n">
-        <x:v>52817</x:v>
+        <x:v>55891</x:v>
       </x:c>
       <x:c r="EV18" s="3" t="n">
-        <x:v>46905</x:v>
+        <x:v>49979</x:v>
       </x:c>
       <x:c r="EW18" s="3" t="n">
-        <x:v>47464</x:v>
+        <x:v>50539</x:v>
       </x:c>
       <x:c r="EX18" s="3" t="n">
-        <x:v>42007</x:v>
+        <x:v>44872</x:v>
       </x:c>
       <x:c r="EY18" s="3" t="n">
-        <x:v>43562</x:v>
+        <x:v>46321</x:v>
       </x:c>
       <x:c r="EZ18" s="3" t="n">
-        <x:v>41025</x:v>
+        <x:v>43733</x:v>
       </x:c>
       <x:c r="FA18" s="3" t="n">
-        <x:v>38781</x:v>
+        <x:v>41404</x:v>
       </x:c>
       <x:c r="FB18" s="3" t="n">
-        <x:v>37938</x:v>
+        <x:v>40720</x:v>
       </x:c>
       <x:c r="FC18" s="3" t="n">
-        <x:v>39933</x:v>
+        <x:v>42587</x:v>
       </x:c>
       <x:c r="FD18" s="3" t="n">
-        <x:v>34527</x:v>
+        <x:v>37121</x:v>
       </x:c>
       <x:c r="FE18" s="3" t="n">
-        <x:v>37416</x:v>
+        <x:v>39926</x:v>
       </x:c>
       <x:c r="FF18" s="3" t="n">
-        <x:v>33401</x:v>
+        <x:v>36426</x:v>
       </x:c>
       <x:c r="FG18" s="3" t="n">
-        <x:v>38992</x:v>
+        <x:v>41912</x:v>
       </x:c>
       <x:c r="FH18" s="3" t="n">
-        <x:v>39141</x:v>
+        <x:v>41958</x:v>
       </x:c>
       <x:c r="FI18" s="3" t="n">
-        <x:v>41511</x:v>
+        <x:v>44258</x:v>
       </x:c>
       <x:c r="FJ18" s="3" t="n">
-        <x:v>39815</x:v>
+        <x:v>43538</x:v>
       </x:c>
       <x:c r="FK18" s="3" t="n">
-        <x:v>45482</x:v>
+        <x:v>49115</x:v>
       </x:c>
       <x:c r="FL18" s="3" t="n">
-        <x:v>45352</x:v>
+        <x:v>48855</x:v>
       </x:c>
       <x:c r="FM18" s="3" t="n">
-        <x:v>48125</x:v>
+        <x:v>51554</x:v>
       </x:c>
       <x:c r="FN18" s="3" t="n">
-        <x:v>46213</x:v>
+        <x:v>50115</x:v>
       </x:c>
       <x:c r="FO18" s="3" t="n">
-        <x:v>45107</x:v>
+        <x:v>48865</x:v>
       </x:c>
       <x:c r="FP18" s="3" t="n">
-        <x:v>42957</x:v>
+        <x:v>46676</x:v>
       </x:c>
       <x:c r="FQ18" s="3" t="n">
-        <x:v>46082</x:v>
+        <x:v>49771</x:v>
       </x:c>
       <x:c r="FR18" s="3" t="n">
-        <x:v>43714</x:v>
+        <x:v>47790</x:v>
       </x:c>
       <x:c r="FS18" s="3" t="n">
-        <x:v>44345</x:v>
+        <x:v>48250</x:v>
       </x:c>
       <x:c r="FT18" s="3" t="n">
-        <x:v>44898</x:v>
+        <x:v>48748</x:v>
       </x:c>
       <x:c r="FU18" s="3" t="n">
-        <x:v>46242</x:v>
+        <x:v>50033</x:v>
       </x:c>
       <x:c r="FV18" s="3" t="n">
-        <x:v>42898</x:v>
+        <x:v>47771</x:v>
       </x:c>
       <x:c r="FW18" s="3" t="n">
-        <x:v>44470</x:v>
+        <x:v>49220</x:v>
       </x:c>
       <x:c r="FX18" s="3" t="n">
-        <x:v>44393</x:v>
+        <x:v>49326</x:v>
       </x:c>
       <x:c r="FY18" s="3" t="n">
-        <x:v>46590</x:v>
+        <x:v>51271</x:v>
       </x:c>
       <x:c r="FZ18" s="3" t="n">
-        <x:v>47280</x:v>
+        <x:v>51456</x:v>
       </x:c>
       <x:c r="GA18" s="3" t="n">
-        <x:v>51480</x:v>
+        <x:v>55706</x:v>
       </x:c>
       <x:c r="GB18" s="3" t="n">
-        <x:v>56724</x:v>
+        <x:v>60612</x:v>
       </x:c>
       <x:c r="GC18" s="3" t="n">
-        <x:v>61457</x:v>
+        <x:v>65284</x:v>
       </x:c>
       <x:c r="GD18" s="3" t="n">
-        <x:v>57172</x:v>
+        <x:v>59216</x:v>
       </x:c>
       <x:c r="GE18" s="3" t="n">
-        <x:v>63666</x:v>
+        <x:v>65940</x:v>
       </x:c>
       <x:c r="GF18" s="3" t="n">
-        <x:v>63273</x:v>
+        <x:v>65099</x:v>
       </x:c>
       <x:c r="GG18" s="3" t="n">
-        <x:v>69240</x:v>
+        <x:v>69070</x:v>
       </x:c>
       <x:c r="GH18" s="3" t="n">
-        <x:v>62975</x:v>
+        <x:v>64839</x:v>
       </x:c>
       <x:c r="GI18" s="3" t="n">
-        <x:v>71708</x:v>
+        <x:v>73390</x:v>
+      </x:c>
+      <x:c r="GJ18" s="3" t="n">
+        <x:v>70918</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:191">
+    <x:row r="19" spans="1:192">
       <x:c r="A19" s="2" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>1822</x:v>
       </x:c>
       <x:c r="D19" s="3" t="n">
         <x:v>-600</x:v>
       </x:c>
       <x:c r="E19" s="3" t="n">
         <x:v>950</x:v>
       </x:c>
       <x:c r="F19" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="G19" s="3" t="n">
         <x:v>882</x:v>
       </x:c>
       <x:c r="H19" s="3" t="n">
         <x:v>1822</x:v>
       </x:c>
       <x:c r="I19" s="3" t="n">
         <x:v>657</x:v>
       </x:c>
@@ -10146,2072 +10194,2084 @@
       <x:c r="CH19" s="3" t="n">
         <x:v>2422</x:v>
       </x:c>
       <x:c r="CI19" s="3" t="n">
         <x:v>622</x:v>
       </x:c>
       <x:c r="CJ19" s="3" t="n">
         <x:v>6803</x:v>
       </x:c>
       <x:c r="CK19" s="3" t="n">
         <x:v>3328</x:v>
       </x:c>
       <x:c r="CL19" s="3" t="n">
         <x:v>5812</x:v>
       </x:c>
       <x:c r="CM19" s="3" t="n">
         <x:v>6272</x:v>
       </x:c>
       <x:c r="CN19" s="3" t="n">
         <x:v>4151</x:v>
       </x:c>
       <x:c r="CO19" s="3" t="n">
         <x:v>2847</x:v>
       </x:c>
       <x:c r="CP19" s="3" t="n">
-        <x:v>5194</x:v>
+        <x:v>5237</x:v>
       </x:c>
       <x:c r="CQ19" s="3" t="n">
-        <x:v>2254</x:v>
+        <x:v>2297</x:v>
       </x:c>
       <x:c r="CR19" s="3" t="n">
-        <x:v>1818</x:v>
+        <x:v>1861</x:v>
       </x:c>
       <x:c r="CS19" s="3" t="n">
-        <x:v>3134</x:v>
+        <x:v>3177</x:v>
       </x:c>
       <x:c r="CT19" s="3" t="n">
-        <x:v>737</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="CU19" s="3" t="n">
-        <x:v>1140</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="CV19" s="3" t="n">
-        <x:v>996</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="CW19" s="3" t="n">
-        <x:v>1902</x:v>
+        <x:v>1935</x:v>
       </x:c>
       <x:c r="CX19" s="3" t="n">
-        <x:v>7032</x:v>
+        <x:v>7132</x:v>
       </x:c>
       <x:c r="CY19" s="3" t="n">
-        <x:v>1294</x:v>
+        <x:v>1394</x:v>
       </x:c>
       <x:c r="CZ19" s="3" t="n">
-        <x:v>5471</x:v>
+        <x:v>5570</x:v>
       </x:c>
       <x:c r="DA19" s="3" t="n">
-        <x:v>-4358</x:v>
+        <x:v>-4258</x:v>
       </x:c>
       <x:c r="DB19" s="3" t="n">
-        <x:v>1248</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="DC19" s="3" t="n">
-        <x:v>740</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="DD19" s="3" t="n">
-        <x:v>1734</x:v>
+        <x:v>1846</x:v>
       </x:c>
       <x:c r="DE19" s="3" t="n">
-        <x:v>4764</x:v>
+        <x:v>4876</x:v>
       </x:c>
       <x:c r="DF19" s="3" t="n">
-        <x:v>1607</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="DG19" s="3" t="n">
-        <x:v>1741</x:v>
+        <x:v>1833</x:v>
       </x:c>
       <x:c r="DH19" s="3" t="n">
-        <x:v>234</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="DI19" s="3" t="n">
-        <x:v>2674</x:v>
+        <x:v>2767</x:v>
       </x:c>
       <x:c r="DJ19" s="3" t="n">
-        <x:v>3434</x:v>
+        <x:v>3637</x:v>
       </x:c>
       <x:c r="DK19" s="3" t="n">
-        <x:v>3295</x:v>
+        <x:v>3498</x:v>
       </x:c>
       <x:c r="DL19" s="3" t="n">
-        <x:v>3425</x:v>
+        <x:v>3628</x:v>
       </x:c>
       <x:c r="DM19" s="3" t="n">
-        <x:v>2280</x:v>
+        <x:v>2483</x:v>
       </x:c>
       <x:c r="DN19" s="3" t="n">
-        <x:v>2579</x:v>
+        <x:v>2799</x:v>
       </x:c>
       <x:c r="DO19" s="3" t="n">
-        <x:v>2403</x:v>
+        <x:v>2623</x:v>
       </x:c>
       <x:c r="DP19" s="3" t="n">
-        <x:v>3367</x:v>
+        <x:v>3587</x:v>
       </x:c>
       <x:c r="DQ19" s="3" t="n">
-        <x:v>2273</x:v>
+        <x:v>2493</x:v>
       </x:c>
       <x:c r="DR19" s="3" t="n">
-        <x:v>1954</x:v>
+        <x:v>2050</x:v>
       </x:c>
       <x:c r="DS19" s="3" t="n">
-        <x:v>1863</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="DT19" s="3" t="n">
-        <x:v>476</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="DU19" s="3" t="n">
-        <x:v>2520</x:v>
+        <x:v>2616</x:v>
       </x:c>
       <x:c r="DV19" s="3" t="n">
-        <x:v>1842</x:v>
+        <x:v>2119</x:v>
       </x:c>
       <x:c r="DW19" s="3" t="n">
-        <x:v>2636</x:v>
+        <x:v>2914</x:v>
       </x:c>
       <x:c r="DX19" s="3" t="n">
-        <x:v>2604</x:v>
+        <x:v>2882</x:v>
       </x:c>
       <x:c r="DY19" s="3" t="n">
-        <x:v>2888</x:v>
+        <x:v>3165</x:v>
       </x:c>
       <x:c r="DZ19" s="3" t="n">
-        <x:v>2114</x:v>
+        <x:v>2431</x:v>
       </x:c>
       <x:c r="EA19" s="3" t="n">
-        <x:v>3554</x:v>
+        <x:v>3871</x:v>
       </x:c>
       <x:c r="EB19" s="3" t="n">
-        <x:v>2609</x:v>
+        <x:v>2926</x:v>
       </x:c>
       <x:c r="EC19" s="3" t="n">
-        <x:v>2408</x:v>
+        <x:v>2724</x:v>
       </x:c>
       <x:c r="ED19" s="3" t="n">
-        <x:v>4131</x:v>
+        <x:v>4602</x:v>
       </x:c>
       <x:c r="EE19" s="3" t="n">
-        <x:v>3358</x:v>
+        <x:v>3829</x:v>
       </x:c>
       <x:c r="EF19" s="3" t="n">
-        <x:v>3492</x:v>
+        <x:v>3962</x:v>
       </x:c>
       <x:c r="EG19" s="3" t="n">
-        <x:v>4861</x:v>
+        <x:v>5331</x:v>
       </x:c>
       <x:c r="EH19" s="3" t="n">
-        <x:v>1843</x:v>
+        <x:v>2123</x:v>
       </x:c>
       <x:c r="EI19" s="3" t="n">
-        <x:v>1664</x:v>
+        <x:v>1944</x:v>
       </x:c>
       <x:c r="EJ19" s="3" t="n">
-        <x:v>1386</x:v>
+        <x:v>1666</x:v>
       </x:c>
       <x:c r="EK19" s="3" t="n">
-        <x:v>1984</x:v>
+        <x:v>2264</x:v>
       </x:c>
       <x:c r="EL19" s="3" t="n">
-        <x:v>220</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="EM19" s="3" t="n">
-        <x:v>510</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="EN19" s="3" t="n">
-        <x:v>326</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="EO19" s="3" t="n">
-        <x:v>-6</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="EP19" s="3" t="n">
-        <x:v>-836</x:v>
+        <x:v>-720</x:v>
       </x:c>
       <x:c r="EQ19" s="3" t="n">
-        <x:v>203</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="ER19" s="3" t="n">
-        <x:v>758</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="ES19" s="3" t="n">
-        <x:v>697</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="ET19" s="3" t="n">
-        <x:v>-293</x:v>
+        <x:v>-269</x:v>
       </x:c>
       <x:c r="EU19" s="3" t="n">
-        <x:v>-20</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="EV19" s="3" t="n">
-        <x:v>-333</x:v>
+        <x:v>-309</x:v>
       </x:c>
       <x:c r="EW19" s="3" t="n">
-        <x:v>-222</x:v>
+        <x:v>-199</x:v>
       </x:c>
       <x:c r="EX19" s="3" t="n">
-        <x:v>881</x:v>
+        <x:v>1476</x:v>
       </x:c>
       <x:c r="EY19" s="3" t="n">
-        <x:v>2683</x:v>
+        <x:v>3276</x:v>
       </x:c>
       <x:c r="EZ19" s="3" t="n">
-        <x:v>5176</x:v>
+        <x:v>5769</x:v>
       </x:c>
       <x:c r="FA19" s="3" t="n">
-        <x:v>3532</x:v>
+        <x:v>4127</x:v>
       </x:c>
       <x:c r="FB19" s="3" t="n">
-        <x:v>-604</x:v>
+        <x:v>-263</x:v>
       </x:c>
       <x:c r="FC19" s="3" t="n">
-        <x:v>-242</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="FD19" s="3" t="n">
-        <x:v>1593</x:v>
+        <x:v>1932</x:v>
       </x:c>
       <x:c r="FE19" s="3" t="n">
-        <x:v>197</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="FF19" s="3" t="n">
-        <x:v>4149</x:v>
+        <x:v>4608</x:v>
       </x:c>
       <x:c r="FG19" s="3" t="n">
-        <x:v>1873</x:v>
+        <x:v>2331</x:v>
       </x:c>
       <x:c r="FH19" s="3" t="n">
-        <x:v>256</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="FI19" s="3" t="n">
-        <x:v>2040</x:v>
+        <x:v>2499</x:v>
       </x:c>
       <x:c r="FJ19" s="3" t="n">
-        <x:v>3532</x:v>
+        <x:v>4467</x:v>
       </x:c>
       <x:c r="FK19" s="3" t="n">
-        <x:v>3799</x:v>
+        <x:v>4732</x:v>
       </x:c>
       <x:c r="FL19" s="3" t="n">
-        <x:v>6950</x:v>
+        <x:v>7883</x:v>
       </x:c>
       <x:c r="FM19" s="3" t="n">
-        <x:v>10773</x:v>
+        <x:v>11708</x:v>
       </x:c>
       <x:c r="FN19" s="3" t="n">
-        <x:v>5553</x:v>
+        <x:v>6428</x:v>
       </x:c>
       <x:c r="FO19" s="3" t="n">
-        <x:v>1913</x:v>
+        <x:v>2786</x:v>
       </x:c>
       <x:c r="FP19" s="3" t="n">
-        <x:v>4958</x:v>
+        <x:v>5831</x:v>
       </x:c>
       <x:c r="FQ19" s="3" t="n">
-        <x:v>4093</x:v>
+        <x:v>4967</x:v>
       </x:c>
       <x:c r="FR19" s="3" t="n">
-        <x:v>7430</x:v>
+        <x:v>8294</x:v>
       </x:c>
       <x:c r="FS19" s="3" t="n">
-        <x:v>494</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="FT19" s="3" t="n">
-        <x:v>281</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="FU19" s="3" t="n">
-        <x:v>5114</x:v>
+        <x:v>5977</x:v>
       </x:c>
       <x:c r="FV19" s="3" t="n">
-        <x:v>4892</x:v>
+        <x:v>6016</x:v>
       </x:c>
       <x:c r="FW19" s="3" t="n">
-        <x:v>3257</x:v>
+        <x:v>3939</x:v>
       </x:c>
       <x:c r="FX19" s="3" t="n">
-        <x:v>1944</x:v>
+        <x:v>2530</x:v>
       </x:c>
       <x:c r="FY19" s="3" t="n">
-        <x:v>4376</x:v>
+        <x:v>5646</x:v>
       </x:c>
       <x:c r="FZ19" s="3" t="n">
-        <x:v>510</x:v>
+        <x:v>5558</x:v>
       </x:c>
       <x:c r="GA19" s="3" t="n">
-        <x:v>447</x:v>
+        <x:v>5208</x:v>
       </x:c>
       <x:c r="GB19" s="3" t="n">
-        <x:v>1433</x:v>
+        <x:v>7588</x:v>
       </x:c>
       <x:c r="GC19" s="3" t="n">
-        <x:v>89</x:v>
+        <x:v>3044</x:v>
       </x:c>
       <x:c r="GD19" s="3" t="n">
-        <x:v>121</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="GE19" s="3" t="n">
-        <x:v>866</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="GF19" s="3" t="n">
-        <x:v>2647</x:v>
+        <x:v>2722</x:v>
       </x:c>
       <x:c r="GG19" s="3" t="n">
-        <x:v>5513</x:v>
+        <x:v>5649</x:v>
       </x:c>
       <x:c r="GH19" s="3" t="n">
-        <x:v>328</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="GI19" s="3" t="n">
-        <x:v>1640</x:v>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="GJ19" s="3" t="n">
+        <x:v>194</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:191">
+    <x:row r="20" spans="1:192">
       <x:c r="A20" s="2" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>17231</x:v>
+        <x:v>17259</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
-        <x:v>17540</x:v>
+        <x:v>17569</x:v>
       </x:c>
       <x:c r="D20" s="3" t="n">
-        <x:v>16336</x:v>
+        <x:v>16364</x:v>
       </x:c>
       <x:c r="E20" s="3" t="n">
-        <x:v>16744</x:v>
+        <x:v>16773</x:v>
       </x:c>
       <x:c r="F20" s="3" t="n">
-        <x:v>16288</x:v>
+        <x:v>16317</x:v>
       </x:c>
       <x:c r="G20" s="3" t="n">
-        <x:v>16195</x:v>
+        <x:v>16224</x:v>
       </x:c>
       <x:c r="H20" s="3" t="n">
-        <x:v>15944</x:v>
+        <x:v>15973</x:v>
       </x:c>
       <x:c r="I20" s="3" t="n">
-        <x:v>19384</x:v>
+        <x:v>19413</x:v>
       </x:c>
       <x:c r="J20" s="3" t="n">
-        <x:v>19200</x:v>
+        <x:v>19231</x:v>
       </x:c>
       <x:c r="K20" s="3" t="n">
-        <x:v>18410</x:v>
+        <x:v>18440</x:v>
       </x:c>
       <x:c r="L20" s="3" t="n">
-        <x:v>18979</x:v>
+        <x:v>19010</x:v>
       </x:c>
       <x:c r="M20" s="3" t="n">
-        <x:v>18986</x:v>
+        <x:v>19017</x:v>
       </x:c>
       <x:c r="N20" s="3" t="n">
-        <x:v>19721</x:v>
+        <x:v>19758</x:v>
       </x:c>
       <x:c r="O20" s="3" t="n">
-        <x:v>21460</x:v>
+        <x:v>21498</x:v>
       </x:c>
       <x:c r="P20" s="3" t="n">
-        <x:v>21662</x:v>
+        <x:v>21700</x:v>
       </x:c>
       <x:c r="Q20" s="3" t="n">
-        <x:v>21750</x:v>
+        <x:v>21788</x:v>
       </x:c>
       <x:c r="R20" s="3" t="n">
-        <x:v>21966</x:v>
+        <x:v>22022</x:v>
       </x:c>
       <x:c r="S20" s="3" t="n">
-        <x:v>23440</x:v>
+        <x:v>23496</x:v>
       </x:c>
       <x:c r="T20" s="3" t="n">
-        <x:v>22423</x:v>
+        <x:v>22479</x:v>
       </x:c>
       <x:c r="U20" s="3" t="n">
-        <x:v>22484</x:v>
+        <x:v>22540</x:v>
       </x:c>
       <x:c r="V20" s="3" t="n">
-        <x:v>23181</x:v>
+        <x:v>23230</x:v>
       </x:c>
       <x:c r="W20" s="3" t="n">
-        <x:v>23720</x:v>
+        <x:v>23769</x:v>
       </x:c>
       <x:c r="X20" s="3" t="n">
-        <x:v>24681</x:v>
+        <x:v>24730</x:v>
       </x:c>
       <x:c r="Y20" s="3" t="n">
-        <x:v>23656</x:v>
+        <x:v>23705</x:v>
       </x:c>
       <x:c r="Z20" s="3" t="n">
-        <x:v>24112</x:v>
+        <x:v>24164</x:v>
       </x:c>
       <x:c r="AA20" s="3" t="n">
-        <x:v>25225</x:v>
+        <x:v>25277</x:v>
       </x:c>
       <x:c r="AB20" s="3" t="n">
-        <x:v>26319</x:v>
+        <x:v>26370</x:v>
       </x:c>
       <x:c r="AC20" s="3" t="n">
-        <x:v>26254</x:v>
+        <x:v>26306</x:v>
       </x:c>
       <x:c r="AD20" s="3" t="n">
-        <x:v>24626</x:v>
+        <x:v>24679</x:v>
       </x:c>
       <x:c r="AE20" s="3" t="n">
-        <x:v>26757</x:v>
+        <x:v>26811</x:v>
       </x:c>
       <x:c r="AF20" s="3" t="n">
-        <x:v>33426</x:v>
+        <x:v>33480</x:v>
       </x:c>
       <x:c r="AG20" s="3" t="n">
-        <x:v>30329</x:v>
+        <x:v>30382</x:v>
       </x:c>
       <x:c r="AH20" s="3" t="n">
-        <x:v>33663</x:v>
+        <x:v>33745</x:v>
       </x:c>
       <x:c r="AI20" s="3" t="n">
-        <x:v>35716</x:v>
+        <x:v>35798</x:v>
       </x:c>
       <x:c r="AJ20" s="3" t="n">
-        <x:v>37242</x:v>
+        <x:v>37324</x:v>
       </x:c>
       <x:c r="AK20" s="3" t="n">
-        <x:v>33401</x:v>
+        <x:v>33483</x:v>
       </x:c>
       <x:c r="AL20" s="3" t="n">
-        <x:v>37816</x:v>
+        <x:v>37899</x:v>
       </x:c>
       <x:c r="AM20" s="3" t="n">
-        <x:v>36912</x:v>
+        <x:v>36995</x:v>
       </x:c>
       <x:c r="AN20" s="3" t="n">
-        <x:v>38443</x:v>
+        <x:v>38526</x:v>
       </x:c>
       <x:c r="AO20" s="3" t="n">
-        <x:v>39894</x:v>
+        <x:v>39977</x:v>
       </x:c>
       <x:c r="AP20" s="3" t="n">
-        <x:v>39557</x:v>
+        <x:v>39655</x:v>
       </x:c>
       <x:c r="AQ20" s="3" t="n">
-        <x:v>39270</x:v>
+        <x:v>39368</x:v>
       </x:c>
       <x:c r="AR20" s="3" t="n">
-        <x:v>38605</x:v>
+        <x:v>38703</x:v>
       </x:c>
       <x:c r="AS20" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>37375</x:v>
       </x:c>
       <x:c r="AT20" s="3" t="n">
-        <x:v>34192</x:v>
+        <x:v>34294</x:v>
       </x:c>
       <x:c r="AU20" s="3" t="n">
-        <x:v>34386</x:v>
+        <x:v>34487</x:v>
       </x:c>
       <x:c r="AV20" s="3" t="n">
-        <x:v>32852</x:v>
+        <x:v>32953</x:v>
       </x:c>
       <x:c r="AW20" s="3" t="n">
-        <x:v>33710</x:v>
+        <x:v>33811</x:v>
       </x:c>
       <x:c r="AX20" s="3" t="n">
-        <x:v>36039</x:v>
+        <x:v>36138</x:v>
       </x:c>
       <x:c r="AY20" s="3" t="n">
-        <x:v>31430</x:v>
+        <x:v>31530</x:v>
       </x:c>
       <x:c r="AZ20" s="3" t="n">
-        <x:v>31110</x:v>
+        <x:v>31209</x:v>
       </x:c>
       <x:c r="BA20" s="3" t="n">
-        <x:v>31000</x:v>
+        <x:v>31099</x:v>
       </x:c>
       <x:c r="BB20" s="3" t="n">
-        <x:v>30882</x:v>
+        <x:v>30995</x:v>
       </x:c>
       <x:c r="BC20" s="3" t="n">
-        <x:v>29856</x:v>
+        <x:v>29968</x:v>
       </x:c>
       <x:c r="BD20" s="3" t="n">
-        <x:v>31186</x:v>
+        <x:v>31298</x:v>
       </x:c>
       <x:c r="BE20" s="3" t="n">
-        <x:v>31220</x:v>
+        <x:v>31333</x:v>
       </x:c>
       <x:c r="BF20" s="3" t="n">
-        <x:v>29785</x:v>
+        <x:v>29896</x:v>
       </x:c>
       <x:c r="BG20" s="3" t="n">
-        <x:v>30728</x:v>
+        <x:v>30839</x:v>
       </x:c>
       <x:c r="BH20" s="3" t="n">
-        <x:v>28306</x:v>
+        <x:v>28417</x:v>
       </x:c>
       <x:c r="BI20" s="3" t="n">
-        <x:v>30155</x:v>
+        <x:v>30266</x:v>
       </x:c>
       <x:c r="BJ20" s="3" t="n">
-        <x:v>28286</x:v>
+        <x:v>28549</x:v>
       </x:c>
       <x:c r="BK20" s="3" t="n">
-        <x:v>29302</x:v>
+        <x:v>29565</x:v>
       </x:c>
       <x:c r="BL20" s="3" t="n">
-        <x:v>30537</x:v>
+        <x:v>30800</x:v>
       </x:c>
       <x:c r="BM20" s="3" t="n">
-        <x:v>29843</x:v>
+        <x:v>30105</x:v>
       </x:c>
       <x:c r="BN20" s="3" t="n">
-        <x:v>32458</x:v>
+        <x:v>32583</x:v>
       </x:c>
       <x:c r="BO20" s="3" t="n">
-        <x:v>32801</x:v>
+        <x:v>32926</x:v>
       </x:c>
       <x:c r="BP20" s="3" t="n">
-        <x:v>34236</x:v>
+        <x:v>34362</x:v>
       </x:c>
       <x:c r="BQ20" s="3" t="n">
-        <x:v>34321</x:v>
+        <x:v>34446</x:v>
       </x:c>
       <x:c r="BR20" s="3" t="n">
-        <x:v>39079</x:v>
+        <x:v>39294</x:v>
       </x:c>
       <x:c r="BS20" s="3" t="n">
-        <x:v>38671</x:v>
+        <x:v>38885</x:v>
       </x:c>
       <x:c r="BT20" s="3" t="n">
-        <x:v>38952</x:v>
+        <x:v>39166</x:v>
       </x:c>
       <x:c r="BU20" s="3" t="n">
-        <x:v>37281</x:v>
+        <x:v>37496</x:v>
       </x:c>
       <x:c r="BV20" s="3" t="n">
-        <x:v>45721</x:v>
+        <x:v>45868</x:v>
       </x:c>
       <x:c r="BW20" s="3" t="n">
-        <x:v>43941</x:v>
+        <x:v>44088</x:v>
       </x:c>
       <x:c r="BX20" s="3" t="n">
-        <x:v>42348</x:v>
+        <x:v>42495</x:v>
       </x:c>
       <x:c r="BY20" s="3" t="n">
-        <x:v>43905</x:v>
+        <x:v>44052</x:v>
       </x:c>
       <x:c r="BZ20" s="3" t="n">
-        <x:v>46660</x:v>
+        <x:v>46833</x:v>
       </x:c>
       <x:c r="CA20" s="3" t="n">
-        <x:v>48102</x:v>
+        <x:v>48275</x:v>
       </x:c>
       <x:c r="CB20" s="3" t="n">
-        <x:v>49822</x:v>
+        <x:v>49995</x:v>
       </x:c>
       <x:c r="CC20" s="3" t="n">
-        <x:v>47957</x:v>
+        <x:v>48130</x:v>
       </x:c>
       <x:c r="CD20" s="3" t="n">
-        <x:v>53611</x:v>
+        <x:v>53785</x:v>
       </x:c>
       <x:c r="CE20" s="3" t="n">
-        <x:v>52114</x:v>
+        <x:v>52288</x:v>
       </x:c>
       <x:c r="CF20" s="3" t="n">
-        <x:v>53461</x:v>
+        <x:v>53635</x:v>
       </x:c>
       <x:c r="CG20" s="3" t="n">
-        <x:v>53896</x:v>
+        <x:v>54070</x:v>
       </x:c>
       <x:c r="CH20" s="3" t="n">
-        <x:v>52386</x:v>
+        <x:v>52608</x:v>
       </x:c>
       <x:c r="CI20" s="3" t="n">
-        <x:v>51822</x:v>
+        <x:v>52044</x:v>
       </x:c>
       <x:c r="CJ20" s="3" t="n">
-        <x:v>54660</x:v>
+        <x:v>54882</x:v>
       </x:c>
       <x:c r="CK20" s="3" t="n">
-        <x:v>53603</x:v>
+        <x:v>53826</x:v>
       </x:c>
       <x:c r="CL20" s="3" t="n">
-        <x:v>57021</x:v>
+        <x:v>57259</x:v>
       </x:c>
       <x:c r="CM20" s="3" t="n">
-        <x:v>55560</x:v>
+        <x:v>55798</x:v>
       </x:c>
       <x:c r="CN20" s="3" t="n">
-        <x:v>54481</x:v>
+        <x:v>54719</x:v>
       </x:c>
       <x:c r="CO20" s="3" t="n">
-        <x:v>55567</x:v>
+        <x:v>55805</x:v>
       </x:c>
       <x:c r="CP20" s="3" t="n">
-        <x:v>60509</x:v>
+        <x:v>61017</x:v>
       </x:c>
       <x:c r="CQ20" s="3" t="n">
-        <x:v>60650</x:v>
+        <x:v>61157</x:v>
       </x:c>
       <x:c r="CR20" s="3" t="n">
-        <x:v>58754</x:v>
+        <x:v>59261</x:v>
       </x:c>
       <x:c r="CS20" s="3" t="n">
-        <x:v>54238</x:v>
+        <x:v>54745</x:v>
       </x:c>
       <x:c r="CT20" s="3" t="n">
-        <x:v>61657</x:v>
+        <x:v>62541</x:v>
       </x:c>
       <x:c r="CU20" s="3" t="n">
-        <x:v>64603</x:v>
+        <x:v>65488</x:v>
       </x:c>
       <x:c r="CV20" s="3" t="n">
-        <x:v>59649</x:v>
+        <x:v>60534</x:v>
       </x:c>
       <x:c r="CW20" s="3" t="n">
-        <x:v>56858</x:v>
+        <x:v>57742</x:v>
       </x:c>
       <x:c r="CX20" s="3" t="n">
-        <x:v>59637</x:v>
+        <x:v>60314</x:v>
       </x:c>
       <x:c r="CY20" s="3" t="n">
-        <x:v>55286</x:v>
+        <x:v>55963</x:v>
       </x:c>
       <x:c r="CZ20" s="3" t="n">
-        <x:v>59322</x:v>
+        <x:v>59998</x:v>
       </x:c>
       <x:c r="DA20" s="3" t="n">
-        <x:v>57151</x:v>
+        <x:v>57828</x:v>
       </x:c>
       <x:c r="DB20" s="3" t="n">
-        <x:v>63181</x:v>
+        <x:v>65372</x:v>
       </x:c>
       <x:c r="DC20" s="3" t="n">
-        <x:v>65485</x:v>
+        <x:v>67675</x:v>
       </x:c>
       <x:c r="DD20" s="3" t="n">
-        <x:v>68577</x:v>
+        <x:v>70768</x:v>
       </x:c>
       <x:c r="DE20" s="3" t="n">
-        <x:v>71352</x:v>
+        <x:v>73542</x:v>
       </x:c>
       <x:c r="DF20" s="3" t="n">
-        <x:v>75389</x:v>
+        <x:v>76669</x:v>
       </x:c>
       <x:c r="DG20" s="3" t="n">
-        <x:v>74758</x:v>
+        <x:v>76038</x:v>
       </x:c>
       <x:c r="DH20" s="3" t="n">
-        <x:v>78002</x:v>
+        <x:v>79282</x:v>
       </x:c>
       <x:c r="DI20" s="3" t="n">
-        <x:v>80084</x:v>
+        <x:v>81364</x:v>
       </x:c>
       <x:c r="DJ20" s="3" t="n">
-        <x:v>84040</x:v>
+        <x:v>86886</x:v>
       </x:c>
       <x:c r="DK20" s="3" t="n">
-        <x:v>89779</x:v>
+        <x:v>92625</x:v>
       </x:c>
       <x:c r="DL20" s="3" t="n">
-        <x:v>87968</x:v>
+        <x:v>90814</x:v>
       </x:c>
       <x:c r="DM20" s="3" t="n">
-        <x:v>92470</x:v>
+        <x:v>95315</x:v>
       </x:c>
       <x:c r="DN20" s="3" t="n">
-        <x:v>102533</x:v>
+        <x:v>107482</x:v>
       </x:c>
       <x:c r="DO20" s="3" t="n">
-        <x:v>107375</x:v>
+        <x:v>112324</x:v>
       </x:c>
       <x:c r="DP20" s="3" t="n">
-        <x:v>107961</x:v>
+        <x:v>112910</x:v>
       </x:c>
       <x:c r="DQ20" s="3" t="n">
-        <x:v>111958</x:v>
+        <x:v>116907</x:v>
       </x:c>
       <x:c r="DR20" s="3" t="n">
-        <x:v>115969</x:v>
+        <x:v>123825</x:v>
       </x:c>
       <x:c r="DS20" s="3" t="n">
-        <x:v>113610</x:v>
+        <x:v>121466</x:v>
       </x:c>
       <x:c r="DT20" s="3" t="n">
-        <x:v>114682</x:v>
+        <x:v>122538</x:v>
       </x:c>
       <x:c r="DU20" s="3" t="n">
-        <x:v>109597</x:v>
+        <x:v>117453</x:v>
       </x:c>
       <x:c r="DV20" s="3" t="n">
-        <x:v>106797</x:v>
+        <x:v>113054</x:v>
       </x:c>
       <x:c r="DW20" s="3" t="n">
-        <x:v>103122</x:v>
+        <x:v>109378</x:v>
       </x:c>
       <x:c r="DX20" s="3" t="n">
-        <x:v>100452</x:v>
+        <x:v>106709</x:v>
       </x:c>
       <x:c r="DY20" s="3" t="n">
-        <x:v>103700</x:v>
+        <x:v>109956</x:v>
       </x:c>
       <x:c r="DZ20" s="3" t="n">
-        <x:v>95663</x:v>
+        <x:v>100839</x:v>
       </x:c>
       <x:c r="EA20" s="3" t="n">
-        <x:v>99174</x:v>
+        <x:v>104351</x:v>
       </x:c>
       <x:c r="EB20" s="3" t="n">
-        <x:v>98542</x:v>
+        <x:v>103718</x:v>
       </x:c>
       <x:c r="EC20" s="3" t="n">
-        <x:v>101216</x:v>
+        <x:v>106393</x:v>
       </x:c>
       <x:c r="ED20" s="3" t="n">
-        <x:v>107682</x:v>
+        <x:v>114514</x:v>
       </x:c>
       <x:c r="EE20" s="3" t="n">
-        <x:v>105682</x:v>
+        <x:v>112514</x:v>
       </x:c>
       <x:c r="EF20" s="3" t="n">
-        <x:v>107204</x:v>
+        <x:v>114036</x:v>
       </x:c>
       <x:c r="EG20" s="3" t="n">
-        <x:v>110365</x:v>
+        <x:v>117197</x:v>
       </x:c>
       <x:c r="EH20" s="3" t="n">
-        <x:v>112396</x:v>
+        <x:v>119951</x:v>
       </x:c>
       <x:c r="EI20" s="3" t="n">
-        <x:v>113960</x:v>
+        <x:v>121515</x:v>
       </x:c>
       <x:c r="EJ20" s="3" t="n">
-        <x:v>123192</x:v>
+        <x:v>130747</x:v>
       </x:c>
       <x:c r="EK20" s="3" t="n">
-        <x:v>128448</x:v>
+        <x:v>136003</x:v>
       </x:c>
       <x:c r="EL20" s="3" t="n">
-        <x:v>119160</x:v>
+        <x:v>127174</x:v>
       </x:c>
       <x:c r="EM20" s="3" t="n">
-        <x:v>126755</x:v>
+        <x:v>134768</x:v>
       </x:c>
       <x:c r="EN20" s="3" t="n">
-        <x:v>126684</x:v>
+        <x:v>134697</x:v>
       </x:c>
       <x:c r="EO20" s="3" t="n">
-        <x:v>130249</x:v>
+        <x:v>138262</x:v>
       </x:c>
       <x:c r="EP20" s="3" t="n">
-        <x:v>127542</x:v>
+        <x:v>137220</x:v>
       </x:c>
       <x:c r="EQ20" s="3" t="n">
-        <x:v>131733</x:v>
+        <x:v>141411</x:v>
       </x:c>
       <x:c r="ER20" s="3" t="n">
-        <x:v>131573</x:v>
+        <x:v>141251</x:v>
       </x:c>
       <x:c r="ES20" s="3" t="n">
-        <x:v>132331</x:v>
+        <x:v>142009</x:v>
       </x:c>
       <x:c r="ET20" s="3" t="n">
-        <x:v>131623</x:v>
+        <x:v>142111</x:v>
       </x:c>
       <x:c r="EU20" s="3" t="n">
-        <x:v>134943</x:v>
+        <x:v>145432</x:v>
       </x:c>
       <x:c r="EV20" s="3" t="n">
-        <x:v>135312</x:v>
+        <x:v>145801</x:v>
       </x:c>
       <x:c r="EW20" s="3" t="n">
-        <x:v>138858</x:v>
+        <x:v>149347</x:v>
       </x:c>
       <x:c r="EX20" s="3" t="n">
-        <x:v>143813</x:v>
+        <x:v>157484</x:v>
       </x:c>
       <x:c r="EY20" s="3" t="n">
-        <x:v>150469</x:v>
+        <x:v>163456</x:v>
       </x:c>
       <x:c r="EZ20" s="3" t="n">
-        <x:v>154635</x:v>
+        <x:v>168303</x:v>
       </x:c>
       <x:c r="FA20" s="3" t="n">
-        <x:v>154123</x:v>
+        <x:v>166163</x:v>
       </x:c>
       <x:c r="FB20" s="3" t="n">
-        <x:v>165386</x:v>
+        <x:v>179775</x:v>
       </x:c>
       <x:c r="FC20" s="3" t="n">
-        <x:v>162395</x:v>
+        <x:v>176169</x:v>
       </x:c>
       <x:c r="FD20" s="3" t="n">
-        <x:v>162871</x:v>
+        <x:v>178207</x:v>
       </x:c>
       <x:c r="FE20" s="3" t="n">
-        <x:v>167613</x:v>
+        <x:v>180271</x:v>
       </x:c>
       <x:c r="FF20" s="3" t="n">
-        <x:v>166918</x:v>
+        <x:v>182453</x:v>
       </x:c>
       <x:c r="FG20" s="3" t="n">
-        <x:v>172026</x:v>
+        <x:v>186540</x:v>
       </x:c>
       <x:c r="FH20" s="3" t="n">
-        <x:v>173670</x:v>
+        <x:v>188354</x:v>
       </x:c>
       <x:c r="FI20" s="3" t="n">
-        <x:v>175719</x:v>
+        <x:v>188930</x:v>
       </x:c>
       <x:c r="FJ20" s="3" t="n">
-        <x:v>182276</x:v>
+        <x:v>202383</x:v>
       </x:c>
       <x:c r="FK20" s="3" t="n">
-        <x:v>189581</x:v>
+        <x:v>208221</x:v>
       </x:c>
       <x:c r="FL20" s="3" t="n">
-        <x:v>191648</x:v>
+        <x:v>209970</x:v>
       </x:c>
       <x:c r="FM20" s="3" t="n">
-        <x:v>189821</x:v>
+        <x:v>206859</x:v>
       </x:c>
       <x:c r="FN20" s="3" t="n">
-        <x:v>185693</x:v>
+        <x:v>205778</x:v>
       </x:c>
       <x:c r="FO20" s="3" t="n">
-        <x:v>187457</x:v>
+        <x:v>206195</x:v>
       </x:c>
       <x:c r="FP20" s="3" t="n">
-        <x:v>186565</x:v>
+        <x:v>205030</x:v>
       </x:c>
       <x:c r="FQ20" s="3" t="n">
-        <x:v>193357</x:v>
+        <x:v>211136</x:v>
       </x:c>
       <x:c r="FR20" s="3" t="n">
-        <x:v>193794</x:v>
+        <x:v>217082</x:v>
       </x:c>
       <x:c r="FS20" s="3" t="n">
-        <x:v>198690</x:v>
+        <x:v>220271</x:v>
       </x:c>
       <x:c r="FT20" s="3" t="n">
-        <x:v>200518</x:v>
+        <x:v>221808</x:v>
       </x:c>
       <x:c r="FU20" s="3" t="n">
-        <x:v>205973</x:v>
+        <x:v>227290</x:v>
       </x:c>
       <x:c r="FV20" s="3" t="n">
-        <x:v>212636</x:v>
+        <x:v>235729</x:v>
       </x:c>
       <x:c r="FW20" s="3" t="n">
-        <x:v>213023</x:v>
+        <x:v>235074</x:v>
       </x:c>
       <x:c r="FX20" s="3" t="n">
-        <x:v>219967</x:v>
+        <x:v>240270</x:v>
       </x:c>
       <x:c r="FY20" s="3" t="n">
-        <x:v>214515</x:v>
+        <x:v>232715</x:v>
       </x:c>
       <x:c r="FZ20" s="3" t="n">
-        <x:v>228067</x:v>
+        <x:v>243707</x:v>
       </x:c>
       <x:c r="GA20" s="3" t="n">
-        <x:v>220119</x:v>
+        <x:v>234851</x:v>
       </x:c>
       <x:c r="GB20" s="3" t="n">
-        <x:v>212250</x:v>
+        <x:v>226461</x:v>
       </x:c>
       <x:c r="GC20" s="3" t="n">
-        <x:v>224357</x:v>
+        <x:v>237857</x:v>
       </x:c>
       <x:c r="GD20" s="3" t="n">
-        <x:v>214550</x:v>
+        <x:v>231682</x:v>
       </x:c>
       <x:c r="GE20" s="3" t="n">
-        <x:v>217413</x:v>
+        <x:v>239948</x:v>
       </x:c>
       <x:c r="GF20" s="3" t="n">
-        <x:v>222596</x:v>
+        <x:v>245507</x:v>
       </x:c>
       <x:c r="GG20" s="3" t="n">
-        <x:v>225225</x:v>
+        <x:v>249252</x:v>
       </x:c>
       <x:c r="GH20" s="3" t="n">
-        <x:v>222534</x:v>
+        <x:v>242462</x:v>
       </x:c>
       <x:c r="GI20" s="3" t="n">
-        <x:v>228434</x:v>
+        <x:v>248429</x:v>
+      </x:c>
+      <x:c r="GJ20" s="3" t="n">
+        <x:v>244845</x:v>
       </x:c>
     </x:row>
-    <x:row r="21" spans="1:191">
+    <x:row r="21" spans="1:192">
       <x:c r="A21" s="2" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>13851</x:v>
+        <x:v>13880</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>14115</x:v>
+        <x:v>14143</x:v>
       </x:c>
       <x:c r="D21" s="3" t="n">
-        <x:v>12906</x:v>
+        <x:v>12934</x:v>
       </x:c>
       <x:c r="E21" s="3" t="n">
-        <x:v>13305</x:v>
+        <x:v>13333</x:v>
       </x:c>
       <x:c r="F21" s="3" t="n">
-        <x:v>12987</x:v>
+        <x:v>13016</x:v>
       </x:c>
       <x:c r="G21" s="3" t="n">
-        <x:v>12885</x:v>
+        <x:v>12914</x:v>
       </x:c>
       <x:c r="H21" s="3" t="n">
-        <x:v>12618</x:v>
+        <x:v>12648</x:v>
       </x:c>
       <x:c r="I21" s="3" t="n">
-        <x:v>16024</x:v>
+        <x:v>16053</x:v>
       </x:c>
       <x:c r="J21" s="3" t="n">
-        <x:v>15504</x:v>
+        <x:v>15535</x:v>
       </x:c>
       <x:c r="K21" s="3" t="n">
-        <x:v>14631</x:v>
+        <x:v>14662</x:v>
       </x:c>
       <x:c r="L21" s="3" t="n">
-        <x:v>15152</x:v>
+        <x:v>15183</x:v>
       </x:c>
       <x:c r="M21" s="3" t="n">
-        <x:v>15079</x:v>
+        <x:v>15110</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>15544</x:v>
+        <x:v>15582</x:v>
       </x:c>
       <x:c r="O21" s="3" t="n">
-        <x:v>17221</x:v>
+        <x:v>17259</x:v>
       </x:c>
       <x:c r="P21" s="3" t="n">
-        <x:v>17339</x:v>
+        <x:v>17376</x:v>
       </x:c>
       <x:c r="Q21" s="3" t="n">
-        <x:v>17365</x:v>
+        <x:v>17403</x:v>
       </x:c>
       <x:c r="R21" s="3" t="n">
-        <x:v>17709</x:v>
+        <x:v>17765</x:v>
       </x:c>
       <x:c r="S21" s="3" t="n">
-        <x:v>19099</x:v>
+        <x:v>19155</x:v>
       </x:c>
       <x:c r="T21" s="3" t="n">
-        <x:v>17970</x:v>
+        <x:v>18026</x:v>
       </x:c>
       <x:c r="U21" s="3" t="n">
-        <x:v>17988</x:v>
+        <x:v>18044</x:v>
       </x:c>
       <x:c r="V21" s="3" t="n">
-        <x:v>18417</x:v>
+        <x:v>18466</x:v>
       </x:c>
       <x:c r="W21" s="3" t="n">
-        <x:v>18874</x:v>
+        <x:v>18923</x:v>
       </x:c>
       <x:c r="X21" s="3" t="n">
-        <x:v>19785</x:v>
+        <x:v>19834</x:v>
       </x:c>
       <x:c r="Y21" s="3" t="n">
-        <x:v>18854</x:v>
+        <x:v>18903</x:v>
       </x:c>
       <x:c r="Z21" s="3" t="n">
-        <x:v>19201</x:v>
+        <x:v>19252</x:v>
       </x:c>
       <x:c r="AA21" s="3" t="n">
-        <x:v>20226</x:v>
+        <x:v>20278</x:v>
       </x:c>
       <x:c r="AB21" s="3" t="n">
-        <x:v>21194</x:v>
+        <x:v>21246</x:v>
       </x:c>
       <x:c r="AC21" s="3" t="n">
-        <x:v>21288</x:v>
+        <x:v>21339</x:v>
       </x:c>
       <x:c r="AD21" s="3" t="n">
-        <x:v>19334</x:v>
+        <x:v>19388</x:v>
       </x:c>
       <x:c r="AE21" s="3" t="n">
-        <x:v>21291</x:v>
+        <x:v>21344</x:v>
       </x:c>
       <x:c r="AF21" s="3" t="n">
-        <x:v>27877</x:v>
+        <x:v>27930</x:v>
       </x:c>
       <x:c r="AG21" s="3" t="n">
-        <x:v>25213</x:v>
+        <x:v>25266</x:v>
       </x:c>
       <x:c r="AH21" s="3" t="n">
-        <x:v>27874</x:v>
+        <x:v>27956</x:v>
       </x:c>
       <x:c r="AI21" s="3" t="n">
-        <x:v>29549</x:v>
+        <x:v>29631</x:v>
       </x:c>
       <x:c r="AJ21" s="3" t="n">
-        <x:v>30493</x:v>
+        <x:v>30575</x:v>
       </x:c>
       <x:c r="AK21" s="3" t="n">
-        <x:v>26903</x:v>
+        <x:v>26985</x:v>
       </x:c>
       <x:c r="AL21" s="3" t="n">
-        <x:v>30311</x:v>
+        <x:v>30395</x:v>
       </x:c>
       <x:c r="AM21" s="3" t="n">
-        <x:v>29316</x:v>
+        <x:v>29399</x:v>
       </x:c>
       <x:c r="AN21" s="3" t="n">
-        <x:v>30514</x:v>
+        <x:v>30597</x:v>
       </x:c>
       <x:c r="AO21" s="3" t="n">
-        <x:v>32244</x:v>
+        <x:v>32327</x:v>
       </x:c>
       <x:c r="AP21" s="3" t="n">
-        <x:v>30454</x:v>
+        <x:v>30552</x:v>
       </x:c>
       <x:c r="AQ21" s="3" t="n">
-        <x:v>30359</x:v>
+        <x:v>30457</x:v>
       </x:c>
       <x:c r="AR21" s="3" t="n">
-        <x:v>29270</x:v>
+        <x:v>29368</x:v>
       </x:c>
       <x:c r="AS21" s="3" t="n">
-        <x:v>28821</x:v>
+        <x:v>28919</x:v>
       </x:c>
       <x:c r="AT21" s="3" t="n">
-        <x:v>25833</x:v>
+        <x:v>25934</x:v>
       </x:c>
       <x:c r="AU21" s="3" t="n">
-        <x:v>25253</x:v>
+        <x:v>25354</x:v>
       </x:c>
       <x:c r="AV21" s="3" t="n">
-        <x:v>23712</x:v>
+        <x:v>23814</x:v>
       </x:c>
       <x:c r="AW21" s="3" t="n">
-        <x:v>24171</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="AX21" s="3" t="n">
-        <x:v>26660</x:v>
+        <x:v>26760</x:v>
       </x:c>
       <x:c r="AY21" s="3" t="n">
-        <x:v>22160</x:v>
+        <x:v>22260</x:v>
       </x:c>
       <x:c r="AZ21" s="3" t="n">
-        <x:v>22157</x:v>
+        <x:v>22257</x:v>
       </x:c>
       <x:c r="BA21" s="3" t="n">
-        <x:v>22011</x:v>
+        <x:v>22110</x:v>
       </x:c>
       <x:c r="BB21" s="3" t="n">
-        <x:v>20922</x:v>
+        <x:v>21035</x:v>
       </x:c>
       <x:c r="BC21" s="3" t="n">
-        <x:v>20605</x:v>
+        <x:v>20718</x:v>
       </x:c>
       <x:c r="BD21" s="3" t="n">
-        <x:v>20863</x:v>
+        <x:v>20975</x:v>
       </x:c>
       <x:c r="BE21" s="3" t="n">
-        <x:v>20778</x:v>
+        <x:v>20890</x:v>
       </x:c>
       <x:c r="BF21" s="3" t="n">
-        <x:v>19795</x:v>
+        <x:v>19906</x:v>
       </x:c>
       <x:c r="BG21" s="3" t="n">
-        <x:v>19199</x:v>
+        <x:v>19310</x:v>
       </x:c>
       <x:c r="BH21" s="3" t="n">
-        <x:v>18867</x:v>
+        <x:v>18978</x:v>
       </x:c>
       <x:c r="BI21" s="3" t="n">
-        <x:v>19776</x:v>
+        <x:v>19887</x:v>
       </x:c>
       <x:c r="BJ21" s="3" t="n">
-        <x:v>18828</x:v>
+        <x:v>19091</x:v>
       </x:c>
       <x:c r="BK21" s="3" t="n">
-        <x:v>19843</x:v>
+        <x:v>20105</x:v>
       </x:c>
       <x:c r="BL21" s="3" t="n">
-        <x:v>20953</x:v>
+        <x:v>21216</x:v>
       </x:c>
       <x:c r="BM21" s="3" t="n">
-        <x:v>20790</x:v>
+        <x:v>21053</x:v>
       </x:c>
       <x:c r="BN21" s="3" t="n">
-        <x:v>22591</x:v>
+        <x:v>22716</x:v>
       </x:c>
       <x:c r="BO21" s="3" t="n">
-        <x:v>23552</x:v>
+        <x:v>23677</x:v>
       </x:c>
       <x:c r="BP21" s="3" t="n">
-        <x:v>24611</x:v>
+        <x:v>24737</x:v>
       </x:c>
       <x:c r="BQ21" s="3" t="n">
-        <x:v>24463</x:v>
+        <x:v>24588</x:v>
       </x:c>
       <x:c r="BR21" s="3" t="n">
-        <x:v>28511</x:v>
+        <x:v>28725</x:v>
       </x:c>
       <x:c r="BS21" s="3" t="n">
-        <x:v>28594</x:v>
+        <x:v>28808</x:v>
       </x:c>
       <x:c r="BT21" s="3" t="n">
-        <x:v>28477</x:v>
+        <x:v>28691</x:v>
       </x:c>
       <x:c r="BU21" s="3" t="n">
-        <x:v>28446</x:v>
+        <x:v>28660</x:v>
       </x:c>
       <x:c r="BV21" s="3" t="n">
-        <x:v>34994</x:v>
+        <x:v>35142</x:v>
       </x:c>
       <x:c r="BW21" s="3" t="n">
-        <x:v>33685</x:v>
+        <x:v>33832</x:v>
       </x:c>
       <x:c r="BX21" s="3" t="n">
-        <x:v>31717</x:v>
+        <x:v>31864</x:v>
       </x:c>
       <x:c r="BY21" s="3" t="n">
-        <x:v>33545</x:v>
+        <x:v>33692</x:v>
       </x:c>
       <x:c r="BZ21" s="3" t="n">
-        <x:v>33295</x:v>
+        <x:v>33468</x:v>
       </x:c>
       <x:c r="CA21" s="3" t="n">
-        <x:v>35326</x:v>
+        <x:v>35499</x:v>
       </x:c>
       <x:c r="CB21" s="3" t="n">
-        <x:v>38085</x:v>
+        <x:v>38258</x:v>
       </x:c>
       <x:c r="CC21" s="3" t="n">
-        <x:v>36706</x:v>
+        <x:v>36879</x:v>
       </x:c>
       <x:c r="CD21" s="3" t="n">
-        <x:v>39937</x:v>
+        <x:v>40111</x:v>
       </x:c>
       <x:c r="CE21" s="3" t="n">
-        <x:v>39018</x:v>
+        <x:v>39192</x:v>
       </x:c>
       <x:c r="CF21" s="3" t="n">
-        <x:v>39991</x:v>
+        <x:v>40165</x:v>
       </x:c>
       <x:c r="CG21" s="3" t="n">
-        <x:v>40456</x:v>
+        <x:v>40630</x:v>
       </x:c>
       <x:c r="CH21" s="3" t="n">
-        <x:v>38630</x:v>
+        <x:v>38852</x:v>
       </x:c>
       <x:c r="CI21" s="3" t="n">
-        <x:v>38830</x:v>
+        <x:v>39052</x:v>
       </x:c>
       <x:c r="CJ21" s="3" t="n">
-        <x:v>40786</x:v>
+        <x:v>41009</x:v>
       </x:c>
       <x:c r="CK21" s="3" t="n">
-        <x:v>39522</x:v>
+        <x:v>39744</x:v>
       </x:c>
       <x:c r="CL21" s="3" t="n">
-        <x:v>44575</x:v>
+        <x:v>44813</x:v>
       </x:c>
       <x:c r="CM21" s="3" t="n">
-        <x:v>42174</x:v>
+        <x:v>42412</x:v>
       </x:c>
       <x:c r="CN21" s="3" t="n">
-        <x:v>41651</x:v>
+        <x:v>41889</x:v>
       </x:c>
       <x:c r="CO21" s="3" t="n">
-        <x:v>42797</x:v>
+        <x:v>43035</x:v>
       </x:c>
       <x:c r="CP21" s="3" t="n">
-        <x:v>46563</x:v>
+        <x:v>47070</x:v>
       </x:c>
       <x:c r="CQ21" s="3" t="n">
-        <x:v>47394</x:v>
+        <x:v>47901</x:v>
       </x:c>
       <x:c r="CR21" s="3" t="n">
-        <x:v>45687</x:v>
+        <x:v>46194</x:v>
       </x:c>
       <x:c r="CS21" s="3" t="n">
-        <x:v>41638</x:v>
+        <x:v>42146</x:v>
       </x:c>
       <x:c r="CT21" s="3" t="n">
-        <x:v>47040</x:v>
+        <x:v>47925</x:v>
       </x:c>
       <x:c r="CU21" s="3" t="n">
-        <x:v>49764</x:v>
+        <x:v>50649</x:v>
       </x:c>
       <x:c r="CV21" s="3" t="n">
-        <x:v>45097</x:v>
+        <x:v>45982</x:v>
       </x:c>
       <x:c r="CW21" s="3" t="n">
-        <x:v>43895</x:v>
+        <x:v>44780</x:v>
       </x:c>
       <x:c r="CX21" s="3" t="n">
-        <x:v>43337</x:v>
+        <x:v>44014</x:v>
       </x:c>
       <x:c r="CY21" s="3" t="n">
-        <x:v>39670</x:v>
+        <x:v>40347</x:v>
       </x:c>
       <x:c r="CZ21" s="3" t="n">
-        <x:v>42300</x:v>
+        <x:v>42976</x:v>
       </x:c>
       <x:c r="DA21" s="3" t="n">
-        <x:v>42529</x:v>
+        <x:v>43205</x:v>
       </x:c>
       <x:c r="DB21" s="3" t="n">
-        <x:v>46670</x:v>
+        <x:v>48861</x:v>
       </x:c>
       <x:c r="DC21" s="3" t="n">
-        <x:v>48657</x:v>
+        <x:v>50848</x:v>
       </x:c>
       <x:c r="DD21" s="3" t="n">
-        <x:v>50472</x:v>
+        <x:v>52662</x:v>
       </x:c>
       <x:c r="DE21" s="3" t="n">
-        <x:v>54306</x:v>
+        <x:v>56497</x:v>
       </x:c>
       <x:c r="DF21" s="3" t="n">
-        <x:v>59051</x:v>
+        <x:v>60331</x:v>
       </x:c>
       <x:c r="DG21" s="3" t="n">
-        <x:v>57029</x:v>
+        <x:v>58309</x:v>
       </x:c>
       <x:c r="DH21" s="3" t="n">
-        <x:v>60375</x:v>
+        <x:v>61655</x:v>
       </x:c>
       <x:c r="DI21" s="3" t="n">
-        <x:v>62382</x:v>
+        <x:v>63662</x:v>
       </x:c>
       <x:c r="DJ21" s="3" t="n">
-        <x:v>65975</x:v>
+        <x:v>68821</x:v>
       </x:c>
       <x:c r="DK21" s="3" t="n">
-        <x:v>67217</x:v>
+        <x:v>70063</x:v>
       </x:c>
       <x:c r="DL21" s="3" t="n">
-        <x:v>69290</x:v>
+        <x:v>72136</x:v>
       </x:c>
       <x:c r="DM21" s="3" t="n">
-        <x:v>73161</x:v>
+        <x:v>76007</x:v>
       </x:c>
       <x:c r="DN21" s="3" t="n">
-        <x:v>80982</x:v>
+        <x:v>85931</x:v>
       </x:c>
       <x:c r="DO21" s="3" t="n">
-        <x:v>84963</x:v>
+        <x:v>89912</x:v>
       </x:c>
       <x:c r="DP21" s="3" t="n">
-        <x:v>86417</x:v>
+        <x:v>91365</x:v>
       </x:c>
       <x:c r="DQ21" s="3" t="n">
-        <x:v>87491</x:v>
+        <x:v>92440</x:v>
       </x:c>
       <x:c r="DR21" s="3" t="n">
-        <x:v>91736</x:v>
+        <x:v>99592</x:v>
       </x:c>
       <x:c r="DS21" s="3" t="n">
-        <x:v>88565</x:v>
+        <x:v>96421</x:v>
       </x:c>
       <x:c r="DT21" s="3" t="n">
-        <x:v>86008</x:v>
+        <x:v>93864</x:v>
       </x:c>
       <x:c r="DU21" s="3" t="n">
-        <x:v>86653</x:v>
+        <x:v>94509</x:v>
       </x:c>
       <x:c r="DV21" s="3" t="n">
-        <x:v>81330</x:v>
+        <x:v>87587</x:v>
       </x:c>
       <x:c r="DW21" s="3" t="n">
-        <x:v>74314</x:v>
+        <x:v>80570</x:v>
       </x:c>
       <x:c r="DX21" s="3" t="n">
-        <x:v>73170</x:v>
+        <x:v>79426</x:v>
       </x:c>
       <x:c r="DY21" s="3" t="n">
-        <x:v>74354</x:v>
+        <x:v>80611</x:v>
       </x:c>
       <x:c r="DZ21" s="3" t="n">
-        <x:v>69645</x:v>
+        <x:v>74822</x:v>
       </x:c>
       <x:c r="EA21" s="3" t="n">
-        <x:v>71339</x:v>
+        <x:v>76516</x:v>
       </x:c>
       <x:c r="EB21" s="3" t="n">
-        <x:v>71598</x:v>
+        <x:v>76774</x:v>
       </x:c>
       <x:c r="EC21" s="3" t="n">
-        <x:v>74569</x:v>
+        <x:v>79745</x:v>
       </x:c>
       <x:c r="ED21" s="3" t="n">
-        <x:v>77993</x:v>
+        <x:v>84825</x:v>
       </x:c>
       <x:c r="EE21" s="3" t="n">
-        <x:v>79256</x:v>
+        <x:v>86088</x:v>
       </x:c>
       <x:c r="EF21" s="3" t="n">
-        <x:v>79083</x:v>
+        <x:v>85915</x:v>
       </x:c>
       <x:c r="EG21" s="3" t="n">
-        <x:v>81509</x:v>
+        <x:v>88341</x:v>
       </x:c>
       <x:c r="EH21" s="3" t="n">
-        <x:v>86453</x:v>
+        <x:v>94008</x:v>
       </x:c>
       <x:c r="EI21" s="3" t="n">
-        <x:v>87472</x:v>
+        <x:v>95027</x:v>
       </x:c>
       <x:c r="EJ21" s="3" t="n">
-        <x:v>93106</x:v>
+        <x:v>100661</x:v>
       </x:c>
       <x:c r="EK21" s="3" t="n">
-        <x:v>95893</x:v>
+        <x:v>103448</x:v>
       </x:c>
       <x:c r="EL21" s="3" t="n">
-        <x:v>87730</x:v>
+        <x:v>95743</x:v>
       </x:c>
       <x:c r="EM21" s="3" t="n">
-        <x:v>95545</x:v>
+        <x:v>103558</x:v>
       </x:c>
       <x:c r="EN21" s="3" t="n">
-        <x:v>92287</x:v>
+        <x:v>100301</x:v>
       </x:c>
       <x:c r="EO21" s="3" t="n">
-        <x:v>95492</x:v>
+        <x:v>103505</x:v>
       </x:c>
       <x:c r="EP21" s="3" t="n">
-        <x:v>92922</x:v>
+        <x:v>102599</x:v>
       </x:c>
       <x:c r="EQ21" s="3" t="n">
-        <x:v>94684</x:v>
+        <x:v>104362</x:v>
       </x:c>
       <x:c r="ER21" s="3" t="n">
-        <x:v>94686</x:v>
+        <x:v>104364</x:v>
       </x:c>
       <x:c r="ES21" s="3" t="n">
-        <x:v>96251</x:v>
+        <x:v>105929</x:v>
       </x:c>
       <x:c r="ET21" s="3" t="n">
-        <x:v>94145</x:v>
+        <x:v>104634</x:v>
       </x:c>
       <x:c r="EU21" s="3" t="n">
-        <x:v>99271</x:v>
+        <x:v>109759</x:v>
       </x:c>
       <x:c r="EV21" s="3" t="n">
-        <x:v>95757</x:v>
+        <x:v>106246</x:v>
       </x:c>
       <x:c r="EW21" s="3" t="n">
-        <x:v>99591</x:v>
+        <x:v>110079</x:v>
       </x:c>
       <x:c r="EX21" s="3" t="n">
-        <x:v>103158</x:v>
+        <x:v>116829</x:v>
       </x:c>
       <x:c r="EY21" s="3" t="n">
-        <x:v>109638</x:v>
+        <x:v>122624</x:v>
       </x:c>
       <x:c r="EZ21" s="3" t="n">
-        <x:v>110883</x:v>
+        <x:v>124551</x:v>
       </x:c>
       <x:c r="FA21" s="3" t="n">
-        <x:v>114262</x:v>
+        <x:v>126301</x:v>
       </x:c>
       <x:c r="FB21" s="3" t="n">
-        <x:v>122873</x:v>
+        <x:v>137262</x:v>
       </x:c>
       <x:c r="FC21" s="3" t="n">
-        <x:v>118542</x:v>
+        <x:v>132316</x:v>
       </x:c>
       <x:c r="FD21" s="3" t="n">
-        <x:v>122339</x:v>
+        <x:v>137675</x:v>
       </x:c>
       <x:c r="FE21" s="3" t="n">
-        <x:v>120858</x:v>
+        <x:v>133516</x:v>
       </x:c>
       <x:c r="FF21" s="3" t="n">
-        <x:v>120223</x:v>
+        <x:v>135759</x:v>
       </x:c>
       <x:c r="FG21" s="3" t="n">
-        <x:v>123569</x:v>
+        <x:v>138082</x:v>
       </x:c>
       <x:c r="FH21" s="3" t="n">
-        <x:v>122893</x:v>
+        <x:v>137577</x:v>
       </x:c>
       <x:c r="FI21" s="3" t="n">
-        <x:v>128028</x:v>
+        <x:v>141240</x:v>
       </x:c>
       <x:c r="FJ21" s="3" t="n">
-        <x:v>132562</x:v>
+        <x:v>152670</x:v>
       </x:c>
       <x:c r="FK21" s="3" t="n">
-        <x:v>134791</x:v>
+        <x:v>153430</x:v>
       </x:c>
       <x:c r="FL21" s="3" t="n">
-        <x:v>136819</x:v>
+        <x:v>155141</x:v>
       </x:c>
       <x:c r="FM21" s="3" t="n">
-        <x:v>135387</x:v>
+        <x:v>152426</x:v>
       </x:c>
       <x:c r="FN21" s="3" t="n">
-        <x:v>134283</x:v>
+        <x:v>154369</x:v>
       </x:c>
       <x:c r="FO21" s="3" t="n">
-        <x:v>131603</x:v>
+        <x:v>150341</x:v>
       </x:c>
       <x:c r="FP21" s="3" t="n">
-        <x:v>130520</x:v>
+        <x:v>148986</x:v>
       </x:c>
       <x:c r="FQ21" s="3" t="n">
-        <x:v>139680</x:v>
+        <x:v>157459</x:v>
       </x:c>
       <x:c r="FR21" s="3" t="n">
-        <x:v>140957</x:v>
+        <x:v>164245</x:v>
       </x:c>
       <x:c r="FS21" s="3" t="n">
-        <x:v>145721</x:v>
+        <x:v>167302</x:v>
       </x:c>
       <x:c r="FT21" s="3" t="n">
-        <x:v>143552</x:v>
+        <x:v>164842</x:v>
       </x:c>
       <x:c r="FU21" s="3" t="n">
-        <x:v>149062</x:v>
+        <x:v>170378</x:v>
       </x:c>
       <x:c r="FV21" s="3" t="n">
-        <x:v>157331</x:v>
+        <x:v>179205</x:v>
       </x:c>
       <x:c r="FW21" s="3" t="n">
-        <x:v>154349</x:v>
+        <x:v>175913</x:v>
       </x:c>
       <x:c r="FX21" s="3" t="n">
-        <x:v>156896</x:v>
+        <x:v>176954</x:v>
       </x:c>
       <x:c r="FY21" s="3" t="n">
-        <x:v>152171</x:v>
+        <x:v>170795</x:v>
       </x:c>
       <x:c r="FZ21" s="3" t="n">
-        <x:v>163140</x:v>
+        <x:v>178991</x:v>
       </x:c>
       <x:c r="GA21" s="3" t="n">
-        <x:v>155420</x:v>
+        <x:v>171287</x:v>
       </x:c>
       <x:c r="GB21" s="3" t="n">
-        <x:v>148758</x:v>
+        <x:v>163164</x:v>
       </x:c>
       <x:c r="GC21" s="3" t="n">
-        <x:v>154090</x:v>
+        <x:v>167572</x:v>
       </x:c>
       <x:c r="GD21" s="3" t="n">
-        <x:v>147260</x:v>
+        <x:v>163843</x:v>
       </x:c>
       <x:c r="GE21" s="3" t="n">
-        <x:v>149594</x:v>
+        <x:v>171331</x:v>
       </x:c>
       <x:c r="GF21" s="3" t="n">
-        <x:v>148386</x:v>
+        <x:v>170195</x:v>
       </x:c>
       <x:c r="GG21" s="3" t="n">
-        <x:v>149191</x:v>
+        <x:v>172562</x:v>
       </x:c>
       <x:c r="GH21" s="3" t="n">
-        <x:v>150652</x:v>
+        <x:v>173028</x:v>
       </x:c>
       <x:c r="GI21" s="3" t="n">
-        <x:v>155364</x:v>
+        <x:v>177645</x:v>
+      </x:c>
+      <x:c r="GJ21" s="3" t="n">
+        <x:v>176700</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:191">
+    <x:row r="22" spans="1:192">
       <x:c r="A22" s="2" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>9862</x:v>
+        <x:v>9890</x:v>
       </x:c>
       <x:c r="C22" s="3" t="n">
-        <x:v>10141</x:v>
+        <x:v>10170</x:v>
       </x:c>
       <x:c r="D22" s="3" t="n">
-        <x:v>8855</x:v>
+        <x:v>8883</x:v>
       </x:c>
       <x:c r="E22" s="3" t="n">
-        <x:v>9180</x:v>
+        <x:v>9208</x:v>
       </x:c>
       <x:c r="F22" s="3" t="n">
-        <x:v>8836</x:v>
+        <x:v>8866</x:v>
       </x:c>
       <x:c r="G22" s="3" t="n">
-        <x:v>8708</x:v>
+        <x:v>8738</x:v>
       </x:c>
       <x:c r="H22" s="3" t="n">
-        <x:v>8435</x:v>
+        <x:v>8464</x:v>
       </x:c>
       <x:c r="I22" s="3" t="n">
-        <x:v>11750</x:v>
+        <x:v>11779</x:v>
       </x:c>
       <x:c r="J22" s="3" t="n">
-        <x:v>10985</x:v>
+        <x:v>11016</x:v>
       </x:c>
       <x:c r="K22" s="3" t="n">
-        <x:v>9966</x:v>
+        <x:v>9997</x:v>
       </x:c>
       <x:c r="L22" s="3" t="n">
-        <x:v>10337</x:v>
+        <x:v>10367</x:v>
       </x:c>
       <x:c r="M22" s="3" t="n">
-        <x:v>10119</x:v>
+        <x:v>10149</x:v>
       </x:c>
       <x:c r="N22" s="3" t="n">
-        <x:v>10683</x:v>
+        <x:v>10721</x:v>
       </x:c>
       <x:c r="O22" s="3" t="n">
-        <x:v>12199</x:v>
+        <x:v>12236</x:v>
       </x:c>
       <x:c r="P22" s="3" t="n">
-        <x:v>12226</x:v>
+        <x:v>12263</x:v>
       </x:c>
       <x:c r="Q22" s="3" t="n">
-        <x:v>12165</x:v>
+        <x:v>12202</x:v>
       </x:c>
       <x:c r="R22" s="3" t="n">
-        <x:v>12159</x:v>
+        <x:v>12215</x:v>
       </x:c>
       <x:c r="S22" s="3" t="n">
-        <x:v>13347</x:v>
+        <x:v>13403</x:v>
       </x:c>
       <x:c r="T22" s="3" t="n">
-        <x:v>12160</x:v>
+        <x:v>12216</x:v>
       </x:c>
       <x:c r="U22" s="3" t="n">
-        <x:v>12105</x:v>
+        <x:v>12161</x:v>
       </x:c>
       <x:c r="V22" s="3" t="n">
-        <x:v>12627</x:v>
+        <x:v>12676</x:v>
       </x:c>
       <x:c r="W22" s="3" t="n">
-        <x:v>12772</x:v>
+        <x:v>12821</x:v>
       </x:c>
       <x:c r="X22" s="3" t="n">
-        <x:v>13590</x:v>
+        <x:v>13639</x:v>
       </x:c>
       <x:c r="Y22" s="3" t="n">
-        <x:v>12696</x:v>
+        <x:v>12745</x:v>
       </x:c>
       <x:c r="Z22" s="3" t="n">
-        <x:v>12906</x:v>
+        <x:v>12957</x:v>
       </x:c>
       <x:c r="AA22" s="3" t="n">
-        <x:v>13945</x:v>
+        <x:v>13996</x:v>
       </x:c>
       <x:c r="AB22" s="3" t="n">
-        <x:v>14798</x:v>
+        <x:v>14850</x:v>
       </x:c>
       <x:c r="AC22" s="3" t="n">
-        <x:v>14859</x:v>
+        <x:v>14911</x:v>
       </x:c>
       <x:c r="AD22" s="3" t="n">
-        <x:v>13076</x:v>
+        <x:v>13129</x:v>
       </x:c>
       <x:c r="AE22" s="3" t="n">
-        <x:v>14850</x:v>
+        <x:v>14903</x:v>
       </x:c>
       <x:c r="AF22" s="3" t="n">
-        <x:v>21052</x:v>
+        <x:v>21105</x:v>
       </x:c>
       <x:c r="AG22" s="3" t="n">
-        <x:v>18143</x:v>
+        <x:v>18197</x:v>
       </x:c>
       <x:c r="AH22" s="3" t="n">
-        <x:v>20999</x:v>
+        <x:v>21081</x:v>
       </x:c>
       <x:c r="AI22" s="3" t="n">
-        <x:v>22090</x:v>
+        <x:v>22172</x:v>
       </x:c>
       <x:c r="AJ22" s="3" t="n">
-        <x:v>22411</x:v>
+        <x:v>22493</x:v>
       </x:c>
       <x:c r="AK22" s="3" t="n">
-        <x:v>18443</x:v>
+        <x:v>18525</x:v>
       </x:c>
       <x:c r="AL22" s="3" t="n">
-        <x:v>21832</x:v>
+        <x:v>21915</x:v>
       </x:c>
       <x:c r="AM22" s="3" t="n">
-        <x:v>20678</x:v>
+        <x:v>20762</x:v>
       </x:c>
       <x:c r="AN22" s="3" t="n">
-        <x:v>21725</x:v>
+        <x:v>21808</x:v>
       </x:c>
       <x:c r="AO22" s="3" t="n">
-        <x:v>23053</x:v>
+        <x:v>23137</x:v>
       </x:c>
       <x:c r="AP22" s="3" t="n">
-        <x:v>21022</x:v>
+        <x:v>21120</x:v>
       </x:c>
       <x:c r="AQ22" s="3" t="n">
-        <x:v>21291</x:v>
+        <x:v>21389</x:v>
       </x:c>
       <x:c r="AR22" s="3" t="n">
-        <x:v>20519</x:v>
+        <x:v>20617</x:v>
       </x:c>
       <x:c r="AS22" s="3" t="n">
-        <x:v>20322</x:v>
+        <x:v>20420</x:v>
       </x:c>
       <x:c r="AT22" s="3" t="n">
-        <x:v>17553</x:v>
+        <x:v>17655</x:v>
       </x:c>
       <x:c r="AU22" s="3" t="n">
-        <x:v>17303</x:v>
+        <x:v>17404</x:v>
       </x:c>
       <x:c r="AV22" s="3" t="n">
-        <x:v>16083</x:v>
+        <x:v>16184</x:v>
       </x:c>
       <x:c r="AW22" s="3" t="n">
-        <x:v>16832</x:v>
+        <x:v>16934</x:v>
       </x:c>
       <x:c r="AX22" s="3" t="n">
-        <x:v>19805</x:v>
+        <x:v>19905</x:v>
       </x:c>
       <x:c r="AY22" s="3" t="n">
-        <x:v>15629</x:v>
+        <x:v>15729</x:v>
       </x:c>
       <x:c r="AZ22" s="3" t="n">
-        <x:v>16051</x:v>
+        <x:v>16151</x:v>
       </x:c>
       <x:c r="BA22" s="3" t="n">
-        <x:v>16172</x:v>
+        <x:v>16272</x:v>
       </x:c>
       <x:c r="BB22" s="3" t="n">
-        <x:v>14945</x:v>
+        <x:v>15058</x:v>
       </x:c>
       <x:c r="BC22" s="3" t="n">
-        <x:v>15050</x:v>
+        <x:v>15163</x:v>
       </x:c>
       <x:c r="BD22" s="3" t="n">
-        <x:v>15724</x:v>
+        <x:v>15837</x:v>
       </x:c>
       <x:c r="BE22" s="3" t="n">
-        <x:v>15848</x:v>
+        <x:v>15960</x:v>
       </x:c>
       <x:c r="BF22" s="3" t="n">
-        <x:v>14713</x:v>
+        <x:v>14824</x:v>
       </x:c>
       <x:c r="BG22" s="3" t="n">
-        <x:v>14238</x:v>
+        <x:v>14349</x:v>
       </x:c>
       <x:c r="BH22" s="3" t="n">
-        <x:v>13980</x:v>
+        <x:v>14091</x:v>
       </x:c>
       <x:c r="BI22" s="3" t="n">
-        <x:v>15117</x:v>
+        <x:v>15228</x:v>
       </x:c>
       <x:c r="BJ22" s="3" t="n">
-        <x:v>14305</x:v>
+        <x:v>14568</x:v>
       </x:c>
       <x:c r="BK22" s="3" t="n">
-        <x:v>15198</x:v>
+        <x:v>15460</x:v>
       </x:c>
       <x:c r="BL22" s="3" t="n">
-        <x:v>15990</x:v>
+        <x:v>16253</x:v>
       </x:c>
       <x:c r="BM22" s="3" t="n">
-        <x:v>15241</x:v>
+        <x:v>15503</x:v>
       </x:c>
       <x:c r="BN22" s="3" t="n">
-        <x:v>17152</x:v>
+        <x:v>17277</x:v>
       </x:c>
       <x:c r="BO22" s="3" t="n">
-        <x:v>17567</x:v>
+        <x:v>17693</x:v>
       </x:c>
       <x:c r="BP22" s="3" t="n">
-        <x:v>17917</x:v>
+        <x:v>18042</x:v>
       </x:c>
       <x:c r="BQ22" s="3" t="n">
-        <x:v>17150</x:v>
+        <x:v>17275</x:v>
       </x:c>
       <x:c r="BR22" s="3" t="n">
-        <x:v>21082</x:v>
+        <x:v>21296</x:v>
       </x:c>
       <x:c r="BS22" s="3" t="n">
-        <x:v>21039</x:v>
+        <x:v>21253</x:v>
       </x:c>
       <x:c r="BT22" s="3" t="n">
-        <x:v>21085</x:v>
+        <x:v>21299</x:v>
       </x:c>
       <x:c r="BU22" s="3" t="n">
-        <x:v>20893</x:v>
+        <x:v>21107</x:v>
       </x:c>
       <x:c r="BV22" s="3" t="n">
-        <x:v>27264</x:v>
+        <x:v>27411</x:v>
       </x:c>
       <x:c r="BW22" s="3" t="n">
-        <x:v>25907</x:v>
+        <x:v>26054</x:v>
       </x:c>
       <x:c r="BX22" s="3" t="n">
-        <x:v>23599</x:v>
+        <x:v>23746</x:v>
       </x:c>
       <x:c r="BY22" s="3" t="n">
-        <x:v>25288</x:v>
+        <x:v>25436</x:v>
       </x:c>
       <x:c r="BZ22" s="3" t="n">
-        <x:v>24988</x:v>
+        <x:v>25161</x:v>
       </x:c>
       <x:c r="CA22" s="3" t="n">
-        <x:v>25951</x:v>
+        <x:v>26124</x:v>
       </x:c>
       <x:c r="CB22" s="3" t="n">
-        <x:v>27990</x:v>
+        <x:v>28163</x:v>
       </x:c>
       <x:c r="CC22" s="3" t="n">
-        <x:v>27475</x:v>
+        <x:v>27648</x:v>
       </x:c>
       <x:c r="CD22" s="3" t="n">
-        <x:v>29636</x:v>
+        <x:v>29810</x:v>
       </x:c>
       <x:c r="CE22" s="3" t="n">
-        <x:v>28671</x:v>
+        <x:v>28845</x:v>
       </x:c>
       <x:c r="CF22" s="3" t="n">
-        <x:v>30061</x:v>
+        <x:v>30235</x:v>
       </x:c>
       <x:c r="CG22" s="3" t="n">
-        <x:v>30333</x:v>
+        <x:v>30507</x:v>
       </x:c>
       <x:c r="CH22" s="3" t="n">
-        <x:v>28403</x:v>
+        <x:v>28626</x:v>
       </x:c>
       <x:c r="CI22" s="3" t="n">
-        <x:v>28411</x:v>
+        <x:v>28633</x:v>
       </x:c>
       <x:c r="CJ22" s="3" t="n">
-        <x:v>29873</x:v>
+        <x:v>30096</x:v>
       </x:c>
       <x:c r="CK22" s="3" t="n">
-        <x:v>27973</x:v>
+        <x:v>28196</x:v>
       </x:c>
       <x:c r="CL22" s="3" t="n">
-        <x:v>32977</x:v>
+        <x:v>33215</x:v>
       </x:c>
       <x:c r="CM22" s="3" t="n">
-        <x:v>30554</x:v>
+        <x:v>30792</x:v>
       </x:c>
       <x:c r="CN22" s="3" t="n">
-        <x:v>29656</x:v>
+        <x:v>29894</x:v>
       </x:c>
       <x:c r="CO22" s="3" t="n">
-        <x:v>30281</x:v>
+        <x:v>30519</x:v>
       </x:c>
       <x:c r="CP22" s="3" t="n">
-        <x:v>33219</x:v>
+        <x:v>33726</x:v>
       </x:c>
       <x:c r="CQ22" s="3" t="n">
-        <x:v>33775</x:v>
+        <x:v>34283</x:v>
       </x:c>
       <x:c r="CR22" s="3" t="n">
-        <x:v>31961</x:v>
+        <x:v>32468</x:v>
       </x:c>
       <x:c r="CS22" s="3" t="n">
-        <x:v>28106</x:v>
+        <x:v>28613</x:v>
       </x:c>
       <x:c r="CT22" s="3" t="n">
-        <x:v>33002</x:v>
+        <x:v>33887</x:v>
       </x:c>
       <x:c r="CU22" s="3" t="n">
-        <x:v>36030</x:v>
+        <x:v>36915</x:v>
       </x:c>
       <x:c r="CV22" s="3" t="n">
-        <x:v>31324</x:v>
+        <x:v>32209</x:v>
       </x:c>
       <x:c r="CW22" s="3" t="n">
-        <x:v>30109</x:v>
+        <x:v>30994</x:v>
       </x:c>
       <x:c r="CX22" s="3" t="n">
-        <x:v>29092</x:v>
+        <x:v>29769</x:v>
       </x:c>
       <x:c r="CY22" s="3" t="n">
-        <x:v>25745</x:v>
+        <x:v>26421</x:v>
       </x:c>
       <x:c r="CZ22" s="3" t="n">
-        <x:v>27817</x:v>
+        <x:v>28494</x:v>
       </x:c>
       <x:c r="DA22" s="3" t="n">
-        <x:v>27556</x:v>
+        <x:v>28233</x:v>
       </x:c>
       <x:c r="DB22" s="3" t="n">
-        <x:v>30712</x:v>
+        <x:v>32902</x:v>
       </x:c>
       <x:c r="DC22" s="3" t="n">
-        <x:v>30913</x:v>
+        <x:v>33103</x:v>
       </x:c>
       <x:c r="DD22" s="3" t="n">
-        <x:v>31587</x:v>
+        <x:v>33777</x:v>
       </x:c>
       <x:c r="DE22" s="3" t="n">
-        <x:v>34284</x:v>
+        <x:v>36475</x:v>
       </x:c>
       <x:c r="DF22" s="3" t="n">
-        <x:v>38308</x:v>
+        <x:v>39588</x:v>
       </x:c>
       <x:c r="DG22" s="3" t="n">
-        <x:v>35669</x:v>
+        <x:v>36949</x:v>
       </x:c>
       <x:c r="DH22" s="3" t="n">
-        <x:v>38579</x:v>
+        <x:v>39859</x:v>
       </x:c>
       <x:c r="DI22" s="3" t="n">
-        <x:v>39739</x:v>
+        <x:v>41019</x:v>
       </x:c>
       <x:c r="DJ22" s="3" t="n">
-        <x:v>42874</x:v>
+        <x:v>45720</x:v>
       </x:c>
       <x:c r="DK22" s="3" t="n">
-        <x:v>43715</x:v>
+        <x:v>46560</x:v>
       </x:c>
       <x:c r="DL22" s="3" t="n">
-        <x:v>45450</x:v>
+        <x:v>48296</x:v>
       </x:c>
       <x:c r="DM22" s="3" t="n">
-        <x:v>47778</x:v>
+        <x:v>50624</x:v>
       </x:c>
       <x:c r="DN22" s="3" t="n">
-        <x:v>54503</x:v>
+        <x:v>59452</x:v>
       </x:c>
       <x:c r="DO22" s="3" t="n">
-        <x:v>58001</x:v>
+        <x:v>62949</x:v>
       </x:c>
       <x:c r="DP22" s="3" t="n">
-        <x:v>59391</x:v>
+        <x:v>64340</x:v>
       </x:c>
       <x:c r="DQ22" s="3" t="n">
-        <x:v>60511</x:v>
+        <x:v>65460</x:v>
       </x:c>
       <x:c r="DR22" s="3" t="n">
-        <x:v>65401</x:v>
+        <x:v>73257</x:v>
       </x:c>
       <x:c r="DS22" s="3" t="n">
-        <x:v>63186</x:v>
+        <x:v>71042</x:v>
       </x:c>
       <x:c r="DT22" s="3" t="n">
-        <x:v>60490</x:v>
+        <x:v>68346</x:v>
       </x:c>
       <x:c r="DU22" s="3" t="n">
-        <x:v>62575</x:v>
+        <x:v>70431</x:v>
       </x:c>
       <x:c r="DV22" s="3" t="n">
-        <x:v>57344</x:v>
+        <x:v>63601</x:v>
       </x:c>
       <x:c r="DW22" s="3" t="n">
-        <x:v>50216</x:v>
+        <x:v>56472</x:v>
       </x:c>
       <x:c r="DX22" s="3" t="n">
-        <x:v>49545</x:v>
+        <x:v>55801</x:v>
       </x:c>
       <x:c r="DY22" s="3" t="n">
-        <x:v>50752</x:v>
+        <x:v>57009</x:v>
       </x:c>
       <x:c r="DZ22" s="3" t="n">
-        <x:v>46101</x:v>
+        <x:v>51278</x:v>
       </x:c>
       <x:c r="EA22" s="3" t="n">
-        <x:v>47591</x:v>
+        <x:v>52768</x:v>
       </x:c>
       <x:c r="EB22" s="3" t="n">
-        <x:v>46796</x:v>
+        <x:v>51973</x:v>
       </x:c>
       <x:c r="EC22" s="3" t="n">
-        <x:v>48690</x:v>
+        <x:v>53866</x:v>
       </x:c>
       <x:c r="ED22" s="3" t="n">
-        <x:v>49446</x:v>
+        <x:v>56278</x:v>
       </x:c>
       <x:c r="EE22" s="3" t="n">
-        <x:v>48459</x:v>
+        <x:v>55291</x:v>
       </x:c>
       <x:c r="EF22" s="3" t="n">
-        <x:v>48566</x:v>
+        <x:v>55398</x:v>
       </x:c>
       <x:c r="EG22" s="3" t="n">
-        <x:v>49896</x:v>
+        <x:v>56728</x:v>
       </x:c>
       <x:c r="EH22" s="3" t="n">
-        <x:v>54116</x:v>
+        <x:v>61671</x:v>
       </x:c>
       <x:c r="EI22" s="3" t="n">
-        <x:v>53062</x:v>
+        <x:v>60617</x:v>
       </x:c>
       <x:c r="EJ22" s="3" t="n">
-        <x:v>56610</x:v>
+        <x:v>64165</x:v>
       </x:c>
       <x:c r="EK22" s="3" t="n">
-        <x:v>58847</x:v>
+        <x:v>66402</x:v>
       </x:c>
       <x:c r="EL22" s="3" t="n">
-        <x:v>49679</x:v>
+        <x:v>57693</x:v>
       </x:c>
       <x:c r="EM22" s="3" t="n">
-        <x:v>57996</x:v>
+        <x:v>66009</x:v>
       </x:c>
       <x:c r="EN22" s="3" t="n">
-        <x:v>54271</x:v>
+        <x:v>62285</x:v>
       </x:c>
       <x:c r="EO22" s="3" t="n">
-        <x:v>56806</x:v>
+        <x:v>64820</x:v>
       </x:c>
       <x:c r="EP22" s="3" t="n">
-        <x:v>53954</x:v>
+        <x:v>63632</x:v>
       </x:c>
       <x:c r="EQ22" s="3" t="n">
-        <x:v>55471</x:v>
+        <x:v>65149</x:v>
       </x:c>
       <x:c r="ER22" s="3" t="n">
-        <x:v>55800</x:v>
+        <x:v>65477</x:v>
       </x:c>
       <x:c r="ES22" s="3" t="n">
-        <x:v>57801</x:v>
+        <x:v>67479</x:v>
       </x:c>
       <x:c r="ET22" s="3" t="n">
-        <x:v>54462</x:v>
+        <x:v>64951</x:v>
       </x:c>
       <x:c r="EU22" s="3" t="n">
-        <x:v>58276</x:v>
+        <x:v>68765</x:v>
       </x:c>
       <x:c r="EV22" s="3" t="n">
-        <x:v>54247</x:v>
+        <x:v>64735</x:v>
       </x:c>
       <x:c r="EW22" s="3" t="n">
-        <x:v>56071</x:v>
+        <x:v>66560</x:v>
       </x:c>
       <x:c r="EX22" s="3" t="n">
-        <x:v>61642</x:v>
+        <x:v>75313</x:v>
       </x:c>
       <x:c r="EY22" s="3" t="n">
-        <x:v>64504</x:v>
+        <x:v>77490</x:v>
       </x:c>
       <x:c r="EZ22" s="3" t="n">
-        <x:v>64800</x:v>
+        <x:v>78468</x:v>
       </x:c>
       <x:c r="FA22" s="3" t="n">
-        <x:v>65612</x:v>
+        <x:v>77652</x:v>
       </x:c>
       <x:c r="FB22" s="3" t="n">
-        <x:v>72467</x:v>
+        <x:v>86856</x:v>
       </x:c>
       <x:c r="FC22" s="3" t="n">
-        <x:v>68172</x:v>
+        <x:v>81946</x:v>
       </x:c>
       <x:c r="FD22" s="3" t="n">
-        <x:v>72150</x:v>
+        <x:v>87485</x:v>
       </x:c>
       <x:c r="FE22" s="3" t="n">
-        <x:v>71583</x:v>
+        <x:v>84241</x:v>
       </x:c>
       <x:c r="FF22" s="3" t="n">
-        <x:v>71497</x:v>
+        <x:v>87032</x:v>
       </x:c>
       <x:c r="FG22" s="3" t="n">
-        <x:v>75995</x:v>
+        <x:v>90508</x:v>
       </x:c>
       <x:c r="FH22" s="3" t="n">
-        <x:v>75054</x:v>
+        <x:v>89738</x:v>
       </x:c>
       <x:c r="FI22" s="3" t="n">
-        <x:v>78670</x:v>
+        <x:v>91882</x:v>
       </x:c>
       <x:c r="FJ22" s="3" t="n">
-        <x:v>82817</x:v>
+        <x:v>102925</x:v>
       </x:c>
       <x:c r="FK22" s="3" t="n">
-        <x:v>84737</x:v>
+        <x:v>103377</x:v>
       </x:c>
       <x:c r="FL22" s="3" t="n">
-        <x:v>87465</x:v>
+        <x:v>105787</x:v>
       </x:c>
       <x:c r="FM22" s="3" t="n">
-        <x:v>87795</x:v>
+        <x:v>104833</x:v>
       </x:c>
       <x:c r="FN22" s="3" t="n">
-        <x:v>86361</x:v>
+        <x:v>106447</x:v>
       </x:c>
       <x:c r="FO22" s="3" t="n">
-        <x:v>81682</x:v>
+        <x:v>100420</x:v>
       </x:c>
       <x:c r="FP22" s="3" t="n">
-        <x:v>80492</x:v>
+        <x:v>98957</x:v>
       </x:c>
       <x:c r="FQ22" s="3" t="n">
-        <x:v>88472</x:v>
+        <x:v>106251</x:v>
       </x:c>
       <x:c r="FR22" s="3" t="n">
-        <x:v>89294</x:v>
+        <x:v>112582</x:v>
       </x:c>
       <x:c r="FS22" s="3" t="n">
-        <x:v>89887</x:v>
+        <x:v>111469</x:v>
       </x:c>
       <x:c r="FT22" s="3" t="n">
-        <x:v>88442</x:v>
+        <x:v>109732</x:v>
       </x:c>
       <x:c r="FU22" s="3" t="n">
-        <x:v>91520</x:v>
+        <x:v>112836</x:v>
       </x:c>
       <x:c r="FV22" s="3" t="n">
-        <x:v>98362</x:v>
+        <x:v>119490</x:v>
       </x:c>
       <x:c r="FW22" s="3" t="n">
-        <x:v>94822</x:v>
+        <x:v>115635</x:v>
       </x:c>
       <x:c r="FX22" s="3" t="n">
-        <x:v>98220</x:v>
+        <x:v>117536</x:v>
       </x:c>
       <x:c r="FY22" s="3" t="n">
-        <x:v>92012</x:v>
+        <x:v>109883</x:v>
       </x:c>
       <x:c r="FZ22" s="3" t="n">
-        <x:v>106947</x:v>
+        <x:v>116504</x:v>
       </x:c>
       <x:c r="GA22" s="3" t="n">
-        <x:v>104436</x:v>
+        <x:v>114137</x:v>
       </x:c>
       <x:c r="GB22" s="3" t="n">
-        <x:v>100379</x:v>
+        <x:v>108543</x:v>
       </x:c>
       <x:c r="GC22" s="3" t="n">
-        <x:v>107047</x:v>
+        <x:v>114229</x:v>
       </x:c>
       <x:c r="GD22" s="3" t="n">
-        <x:v>101817</x:v>
+        <x:v>113072</x:v>
       </x:c>
       <x:c r="GE22" s="3" t="n">
-        <x:v>106179</x:v>
+        <x:v>120742</x:v>
       </x:c>
       <x:c r="GF22" s="3" t="n">
-        <x:v>106554</x:v>
+        <x:v>120521</x:v>
       </x:c>
       <x:c r="GG22" s="3" t="n">
-        <x:v>109619</x:v>
+        <x:v>124665</x:v>
       </x:c>
       <x:c r="GH22" s="3" t="n">
-        <x:v>110045</x:v>
+        <x:v>124355</x:v>
       </x:c>
       <x:c r="GI22" s="3" t="n">
-        <x:v>112807</x:v>
+        <x:v>125960</x:v>
+      </x:c>
+      <x:c r="GJ22" s="3" t="n">
+        <x:v>124765</x:v>
       </x:c>
     </x:row>
-    <x:row r="23" spans="1:191">
+    <x:row r="23" spans="1:192">
       <x:c r="A23" s="2" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D23" s="3" t="n">
         <x:v>238</x:v>
       </x:c>
       <x:c r="E23" s="3" t="n">
         <x:v>390</x:v>
       </x:c>
       <x:c r="F23" s="3" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G23" s="3" t="n">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H23" s="3" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I23" s="3" t="n">
         <x:v>73</x:v>
       </x:c>
@@ -12446,922 +12506,928 @@
       <x:c r="CH23" s="3" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="CI23" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="CJ23" s="3" t="n">
         <x:v>451</x:v>
       </x:c>
       <x:c r="CK23" s="3" t="n">
         <x:v>-2314</x:v>
       </x:c>
       <x:c r="CL23" s="3" t="n">
         <x:v>3331</x:v>
       </x:c>
       <x:c r="CM23" s="3" t="n">
         <x:v>337</x:v>
       </x:c>
       <x:c r="CN23" s="3" t="n">
         <x:v>328</x:v>
       </x:c>
       <x:c r="CO23" s="3" t="n">
         <x:v>335</x:v>
       </x:c>
       <x:c r="CP23" s="3" t="n">
-        <x:v>777</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="CQ23" s="3" t="n">
-        <x:v>2981</x:v>
+        <x:v>2994</x:v>
       </x:c>
       <x:c r="CR23" s="3" t="n">
-        <x:v>907</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="CS23" s="3" t="n">
-        <x:v>-1327</x:v>
+        <x:v>-1315</x:v>
       </x:c>
       <x:c r="CT23" s="3" t="n">
-        <x:v>177</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="CU23" s="3" t="n">
-        <x:v>5147</x:v>
+        <x:v>5173</x:v>
       </x:c>
       <x:c r="CV23" s="3" t="n">
-        <x:v>368</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="CW23" s="3" t="n">
-        <x:v>282</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="CX23" s="3" t="n">
-        <x:v>114</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="CY23" s="3" t="n">
-        <x:v>-1407</x:v>
+        <x:v>-1394</x:v>
       </x:c>
       <x:c r="CZ23" s="3" t="n">
-        <x:v>193</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="DA23" s="3" t="n">
-        <x:v>1540</x:v>
+        <x:v>1554</x:v>
       </x:c>
       <x:c r="DB23" s="3" t="n">
-        <x:v>-238</x:v>
+        <x:v>-211</x:v>
       </x:c>
       <x:c r="DC23" s="3" t="n">
-        <x:v>282</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="DD23" s="3" t="n">
-        <x:v>109</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="DE23" s="3" t="n">
-        <x:v>2705</x:v>
+        <x:v>2732</x:v>
       </x:c>
       <x:c r="DF23" s="3" t="n">
-        <x:v>1961</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="DG23" s="3" t="n">
-        <x:v>-1770</x:v>
+        <x:v>-1706</x:v>
       </x:c>
       <x:c r="DH23" s="3" t="n">
-        <x:v>503</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="DI23" s="3" t="n">
-        <x:v>1296</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="DJ23" s="3" t="n">
-        <x:v>-461</x:v>
+        <x:v>-399</x:v>
       </x:c>
       <x:c r="DK23" s="3" t="n">
-        <x:v>635</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="DL23" s="3" t="n">
-        <x:v>1182</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="DM23" s="3" t="n">
-        <x:v>2238</x:v>
+        <x:v>2300</x:v>
       </x:c>
       <x:c r="DN23" s="3" t="n">
-        <x:v>856</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="DO23" s="3" t="n">
-        <x:v>3772</x:v>
+        <x:v>3893</x:v>
       </x:c>
       <x:c r="DP23" s="3" t="n">
-        <x:v>2297</x:v>
+        <x:v>2418</x:v>
       </x:c>
       <x:c r="DQ23" s="3" t="n">
-        <x:v>1179</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="DR23" s="3" t="n">
-        <x:v>3970</x:v>
+        <x:v>4128</x:v>
       </x:c>
       <x:c r="DS23" s="3" t="n">
-        <x:v>3447</x:v>
+        <x:v>3605</x:v>
       </x:c>
       <x:c r="DT23" s="3" t="n">
-        <x:v>894</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="DU23" s="3" t="n">
-        <x:v>1759</x:v>
+        <x:v>1917</x:v>
       </x:c>
       <x:c r="DV23" s="3" t="n">
-        <x:v>4761</x:v>
+        <x:v>4948</x:v>
       </x:c>
       <x:c r="DW23" s="3" t="n">
-        <x:v>44</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="DX23" s="3" t="n">
-        <x:v>629</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="DY23" s="3" t="n">
-        <x:v>4479</x:v>
+        <x:v>4666</x:v>
       </x:c>
       <x:c r="DZ23" s="3" t="n">
-        <x:v>598</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="EA23" s="3" t="n">
-        <x:v>123</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="EB23" s="3" t="n">
-        <x:v>113</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="EC23" s="3" t="n">
-        <x:v>687</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="ED23" s="3" t="n">
-        <x:v>113</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="EE23" s="3" t="n">
-        <x:v>-38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="EF23" s="3" t="n">
-        <x:v>-624</x:v>
+        <x:v>-545</x:v>
       </x:c>
       <x:c r="EG23" s="3" t="n">
-        <x:v>-188</x:v>
+        <x:v>-110</x:v>
       </x:c>
       <x:c r="EH23" s="3" t="n">
-        <x:v>1465</x:v>
+        <x:v>1710</x:v>
       </x:c>
       <x:c r="EI23" s="3" t="n">
-        <x:v>1618</x:v>
+        <x:v>1863</x:v>
       </x:c>
       <x:c r="EJ23" s="3" t="n">
-        <x:v>3528</x:v>
+        <x:v>3773</x:v>
       </x:c>
       <x:c r="EK23" s="3" t="n">
-        <x:v>3963</x:v>
+        <x:v>4208</x:v>
       </x:c>
       <x:c r="EL23" s="3" t="n">
-        <x:v>-1267</x:v>
+        <x:v>-1095</x:v>
       </x:c>
       <x:c r="EM23" s="3" t="n">
-        <x:v>2488</x:v>
+        <x:v>2660</x:v>
       </x:c>
       <x:c r="EN23" s="3" t="n">
-        <x:v>1025</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="EO23" s="3" t="n">
-        <x:v>3263</x:v>
+        <x:v>3434</x:v>
       </x:c>
       <x:c r="EP23" s="3" t="n">
-        <x:v>1034</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="EQ23" s="3" t="n">
-        <x:v>1520</x:v>
+        <x:v>1656</x:v>
       </x:c>
       <x:c r="ER23" s="3" t="n">
-        <x:v>1157</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="ES23" s="3" t="n">
-        <x:v>1179</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="ET23" s="3" t="n">
-        <x:v>1490</x:v>
+        <x:v>1727</x:v>
       </x:c>
       <x:c r="EU23" s="3" t="n">
-        <x:v>1652</x:v>
+        <x:v>1888</x:v>
       </x:c>
       <x:c r="EV23" s="3" t="n">
-        <x:v>897</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="EW23" s="3" t="n">
-        <x:v>746</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="EX23" s="3" t="n">
-        <x:v>1084</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="EY23" s="3" t="n">
-        <x:v>344</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="EZ23" s="3" t="n">
-        <x:v>302</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="FA23" s="3" t="n">
-        <x:v>368</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="FB23" s="3" t="n">
-        <x:v>989</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="FC23" s="3" t="n">
-        <x:v>789</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="FD23" s="3" t="n">
-        <x:v>1154</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="FE23" s="3" t="n">
-        <x:v>1302</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="FF23" s="3" t="n">
-        <x:v>594</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="FG23" s="3" t="n">
-        <x:v>748</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="FH23" s="3" t="n">
-        <x:v>660</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="FI23" s="3" t="n">
-        <x:v>702</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="FJ23" s="3" t="n">
-        <x:v>945</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="FK23" s="3" t="n">
-        <x:v>1061</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="FL23" s="3" t="n">
-        <x:v>1078</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="FM23" s="3" t="n">
-        <x:v>1083</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="FN23" s="3" t="n">
-        <x:v>2070</x:v>
+        <x:v>2351</x:v>
       </x:c>
       <x:c r="FO23" s="3" t="n">
-        <x:v>1806</x:v>
+        <x:v>2043</x:v>
       </x:c>
       <x:c r="FP23" s="3" t="n">
-        <x:v>1348</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="FQ23" s="3" t="n">
-        <x:v>1109</x:v>
+        <x:v>1387</x:v>
       </x:c>
       <x:c r="FR23" s="3" t="n">
-        <x:v>418</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="FS23" s="3" t="n">
-        <x:v>424</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="FT23" s="3" t="n">
-        <x:v>517</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="FU23" s="3" t="n">
-        <x:v>555</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="FV23" s="3" t="n">
-        <x:v>1076</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="FW23" s="3" t="n">
-        <x:v>1480</x:v>
+        <x:v>1695</x:v>
       </x:c>
       <x:c r="FX23" s="3" t="n">
-        <x:v>957</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="FY23" s="3" t="n">
-        <x:v>1518</x:v>
+        <x:v>1812</x:v>
       </x:c>
       <x:c r="FZ23" s="3" t="n">
-        <x:v>1777</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="GA23" s="3" t="n">
-        <x:v>2040</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="GB23" s="3" t="n">
-        <x:v>1800</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="GC23" s="3" t="n">
-        <x:v>2364</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="GD23" s="3" t="n">
-        <x:v>2422</x:v>
+        <x:v>2123</x:v>
       </x:c>
       <x:c r="GE23" s="3" t="n">
-        <x:v>2740</x:v>
+        <x:v>2310</x:v>
       </x:c>
       <x:c r="GF23" s="3" t="n">
-        <x:v>3879</x:v>
+        <x:v>3354</x:v>
       </x:c>
       <x:c r="GG23" s="3" t="n">
-        <x:v>3221</x:v>
+        <x:v>2754</x:v>
       </x:c>
       <x:c r="GH23" s="3" t="n">
-        <x:v>2549</x:v>
+        <x:v>1996</x:v>
       </x:c>
       <x:c r="GI23" s="3" t="n">
+        <x:v>1840</x:v>
+      </x:c>
+      <x:c r="GJ23" s="3" t="n">
+        <x:v>2013</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:192">
+      <x:c r="A24" s="2" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="B24" s="3" t="n">
+        <x:v>4237</x:v>
+      </x:c>
+      <x:c r="C24" s="3" t="n">
+        <x:v>4864</x:v>
+      </x:c>
+      <x:c r="D24" s="3" t="n">
+        <x:v>4263</x:v>
+      </x:c>
+      <x:c r="E24" s="3" t="n">
+        <x:v>3773</x:v>
+      </x:c>
+      <x:c r="F24" s="3" t="n">
+        <x:v>4220</x:v>
+      </x:c>
+      <x:c r="G24" s="3" t="n">
+        <x:v>3982</x:v>
+      </x:c>
+      <x:c r="H24" s="3" t="n">
         <x:v>3602</x:v>
       </x:c>
+      <x:c r="I24" s="3" t="n">
+        <x:v>6859</x:v>
+      </x:c>
+      <x:c r="J24" s="3" t="n">
+        <x:v>5730</x:v>
+      </x:c>
+      <x:c r="K24" s="3" t="n">
+        <x:v>4601</x:v>
+      </x:c>
+      <x:c r="L24" s="3" t="n">
+        <x:v>4594</x:v>
+      </x:c>
+      <x:c r="M24" s="3" t="n">
+        <x:v>4620</x:v>
+      </x:c>
+      <x:c r="N24" s="3" t="n">
+        <x:v>4776</x:v>
+      </x:c>
+      <x:c r="O24" s="3" t="n">
+        <x:v>5952</x:v>
+      </x:c>
+      <x:c r="P24" s="3" t="n">
+        <x:v>6044</x:v>
+      </x:c>
+      <x:c r="Q24" s="3" t="n">
+        <x:v>5795</x:v>
+      </x:c>
+      <x:c r="R24" s="3" t="n">
+        <x:v>5746</x:v>
+      </x:c>
+      <x:c r="S24" s="3" t="n">
+        <x:v>7078</x:v>
+      </x:c>
+      <x:c r="T24" s="3" t="n">
+        <x:v>6335</x:v>
+      </x:c>
+      <x:c r="U24" s="3" t="n">
+        <x:v>6047</x:v>
+      </x:c>
+      <x:c r="V24" s="3" t="n">
+        <x:v>6765</x:v>
+      </x:c>
+      <x:c r="W24" s="3" t="n">
+        <x:v>6952</x:v>
+      </x:c>
+      <x:c r="X24" s="3" t="n">
+        <x:v>7044</x:v>
+      </x:c>
+      <x:c r="Y24" s="3" t="n">
+        <x:v>7070</x:v>
+      </x:c>
+      <x:c r="Z24" s="3" t="n">
+        <x:v>6933</x:v>
+      </x:c>
+      <x:c r="AA24" s="3" t="n">
+        <x:v>7622</x:v>
+      </x:c>
+      <x:c r="AB24" s="3" t="n">
+        <x:v>8253</x:v>
+      </x:c>
+      <x:c r="AC24" s="3" t="n">
+        <x:v>8649</x:v>
+      </x:c>
+      <x:c r="AD24" s="3" t="n">
+        <x:v>8349</x:v>
+      </x:c>
+      <x:c r="AE24" s="3" t="n">
+        <x:v>8462</x:v>
+      </x:c>
+      <x:c r="AF24" s="3" t="n">
+        <x:v>9275</x:v>
+      </x:c>
+      <x:c r="AG24" s="3" t="n">
+        <x:v>11171</x:v>
+      </x:c>
+      <x:c r="AH24" s="3" t="n">
+        <x:v>12083</x:v>
+      </x:c>
+      <x:c r="AI24" s="3" t="n">
+        <x:v>12422</x:v>
+      </x:c>
+      <x:c r="AJ24" s="3" t="n">
+        <x:v>12212</x:v>
+      </x:c>
+      <x:c r="AK24" s="3" t="n">
+        <x:v>9280</x:v>
+      </x:c>
+      <x:c r="AL24" s="3" t="n">
+        <x:v>11431</x:v>
+      </x:c>
+      <x:c r="AM24" s="3" t="n">
+        <x:v>11601</x:v>
+      </x:c>
+      <x:c r="AN24" s="3" t="n">
+        <x:v>11512</x:v>
+      </x:c>
+      <x:c r="AO24" s="3" t="n">
+        <x:v>10868</x:v>
+      </x:c>
+      <x:c r="AP24" s="3" t="n">
+        <x:v>11375</x:v>
+      </x:c>
+      <x:c r="AQ24" s="3" t="n">
+        <x:v>10943</x:v>
+      </x:c>
+      <x:c r="AR24" s="3" t="n">
+        <x:v>11315</x:v>
+      </x:c>
+      <x:c r="AS24" s="3" t="n">
+        <x:v>10371</x:v>
+      </x:c>
+      <x:c r="AT24" s="3" t="n">
+        <x:v>9837</x:v>
+      </x:c>
+      <x:c r="AU24" s="3" t="n">
+        <x:v>9626</x:v>
+      </x:c>
+      <x:c r="AV24" s="3" t="n">
+        <x:v>8853</x:v>
+      </x:c>
+      <x:c r="AW24" s="3" t="n">
+        <x:v>9545</x:v>
+      </x:c>
+      <x:c r="AX24" s="3" t="n">
+        <x:v>8715</x:v>
+      </x:c>
+      <x:c r="AY24" s="3" t="n">
+        <x:v>8835</x:v>
+      </x:c>
+      <x:c r="AZ24" s="3" t="n">
+        <x:v>9109</x:v>
+      </x:c>
+      <x:c r="BA24" s="3" t="n">
+        <x:v>8373</x:v>
+      </x:c>
+      <x:c r="BB24" s="3" t="n">
+        <x:v>8050</x:v>
+      </x:c>
+      <x:c r="BC24" s="3" t="n">
+        <x:v>8483</x:v>
+      </x:c>
+      <x:c r="BD24" s="3" t="n">
+        <x:v>7994</x:v>
+      </x:c>
+      <x:c r="BE24" s="3" t="n">
+        <x:v>9926</x:v>
+      </x:c>
+      <x:c r="BF24" s="3" t="n">
+        <x:v>8084</x:v>
+      </x:c>
+      <x:c r="BG24" s="3" t="n">
+        <x:v>7795</x:v>
+      </x:c>
+      <x:c r="BH24" s="3" t="n">
+        <x:v>7835</x:v>
+      </x:c>
+      <x:c r="BI24" s="3" t="n">
+        <x:v>8162</x:v>
+      </x:c>
+      <x:c r="BJ24" s="3" t="n">
+        <x:v>8159</x:v>
+      </x:c>
+      <x:c r="BK24" s="3" t="n">
+        <x:v>9312</x:v>
+      </x:c>
+      <x:c r="BL24" s="3" t="n">
+        <x:v>9143</x:v>
+      </x:c>
+      <x:c r="BM24" s="3" t="n">
+        <x:v>9714</x:v>
+      </x:c>
+      <x:c r="BN24" s="3" t="n">
+        <x:v>10876</x:v>
+      </x:c>
+      <x:c r="BO24" s="3" t="n">
+        <x:v>11001</x:v>
+      </x:c>
+      <x:c r="BP24" s="3" t="n">
+        <x:v>10988</x:v>
+      </x:c>
+      <x:c r="BQ24" s="3" t="n">
+        <x:v>10282</x:v>
+      </x:c>
+      <x:c r="BR24" s="3" t="n">
+        <x:v>12605</x:v>
+      </x:c>
+      <x:c r="BS24" s="3" t="n">
+        <x:v>12306</x:v>
+      </x:c>
+      <x:c r="BT24" s="3" t="n">
+        <x:v>12672</x:v>
+      </x:c>
+      <x:c r="BU24" s="3" t="n">
+        <x:v>12743</x:v>
+      </x:c>
+      <x:c r="BV24" s="3" t="n">
+        <x:v>14206</x:v>
+      </x:c>
+      <x:c r="BW24" s="3" t="n">
+        <x:v>14778</x:v>
+      </x:c>
+      <x:c r="BX24" s="3" t="n">
+        <x:v>14618</x:v>
+      </x:c>
+      <x:c r="BY24" s="3" t="n">
+        <x:v>15923</x:v>
+      </x:c>
+      <x:c r="BZ24" s="3" t="n">
+        <x:v>14293</x:v>
+      </x:c>
+      <x:c r="CA24" s="3" t="n">
+        <x:v>15281</x:v>
+      </x:c>
+      <x:c r="CB24" s="3" t="n">
+        <x:v>17816</x:v>
+      </x:c>
+      <x:c r="CC24" s="3" t="n">
+        <x:v>17653</x:v>
+      </x:c>
+      <x:c r="CD24" s="3" t="n">
+        <x:v>18250</x:v>
+      </x:c>
+      <x:c r="CE24" s="3" t="n">
+        <x:v>17680</x:v>
+      </x:c>
+      <x:c r="CF24" s="3" t="n">
+        <x:v>18751</x:v>
+      </x:c>
+      <x:c r="CG24" s="3" t="n">
+        <x:v>18500</x:v>
+      </x:c>
+      <x:c r="CH24" s="3" t="n">
+        <x:v>17784</x:v>
+      </x:c>
+      <x:c r="CI24" s="3" t="n">
+        <x:v>18214</x:v>
+      </x:c>
+      <x:c r="CJ24" s="3" t="n">
+        <x:v>18824</x:v>
+      </x:c>
+      <x:c r="CK24" s="3" t="n">
+        <x:v>19449</x:v>
+      </x:c>
+      <x:c r="CL24" s="3" t="n">
+        <x:v>18993</x:v>
+      </x:c>
+      <x:c r="CM24" s="3" t="n">
+        <x:v>19413</x:v>
+      </x:c>
+      <x:c r="CN24" s="3" t="n">
+        <x:v>19019</x:v>
+      </x:c>
+      <x:c r="CO24" s="3" t="n">
+        <x:v>20038</x:v>
+      </x:c>
+      <x:c r="CP24" s="3" t="n">
+        <x:v>21137</x:v>
+      </x:c>
+      <x:c r="CQ24" s="3" t="n">
+        <x:v>20362</x:v>
+      </x:c>
+      <x:c r="CR24" s="3" t="n">
+        <x:v>20396</x:v>
+      </x:c>
+      <x:c r="CS24" s="3" t="n">
+        <x:v>18846</x:v>
+      </x:c>
+      <x:c r="CT24" s="3" t="n">
+        <x:v>21335</x:v>
+      </x:c>
+      <x:c r="CU24" s="3" t="n">
+        <x:v>19764</x:v>
+      </x:c>
+      <x:c r="CV24" s="3" t="n">
+        <x:v>19947</x:v>
+      </x:c>
+      <x:c r="CW24" s="3" t="n">
+        <x:v>17447</x:v>
+      </x:c>
+      <x:c r="CX24" s="3" t="n">
+        <x:v>16777</x:v>
+      </x:c>
+      <x:c r="CY24" s="3" t="n">
+        <x:v>16575</x:v>
+      </x:c>
+      <x:c r="CZ24" s="3" t="n">
+        <x:v>17367</x:v>
+      </x:c>
+      <x:c r="DA24" s="3" t="n">
+        <x:v>16177</x:v>
+      </x:c>
+      <x:c r="DB24" s="3" t="n">
+        <x:v>20102</x:v>
+      </x:c>
+      <x:c r="DC24" s="3" t="n">
+        <x:v>20491</x:v>
+      </x:c>
+      <x:c r="DD24" s="3" t="n">
+        <x:v>20994</x:v>
+      </x:c>
+      <x:c r="DE24" s="3" t="n">
+        <x:v>22213</x:v>
+      </x:c>
+      <x:c r="DF24" s="3" t="n">
+        <x:v>24244</x:v>
+      </x:c>
+      <x:c r="DG24" s="3" t="n">
+        <x:v>24970</x:v>
+      </x:c>
+      <x:c r="DH24" s="3" t="n">
+        <x:v>25414</x:v>
+      </x:c>
+      <x:c r="DI24" s="3" t="n">
+        <x:v>25799</x:v>
+      </x:c>
+      <x:c r="DJ24" s="3" t="n">
+        <x:v>30622</x:v>
+      </x:c>
+      <x:c r="DK24" s="3" t="n">
+        <x:v>30924</x:v>
+      </x:c>
+      <x:c r="DL24" s="3" t="n">
+        <x:v>31444</x:v>
+      </x:c>
+      <x:c r="DM24" s="3" t="n">
+        <x:v>32191</x:v>
+      </x:c>
+      <x:c r="DN24" s="3" t="n">
+        <x:v>41265</x:v>
+      </x:c>
+      <x:c r="DO24" s="3" t="n">
+        <x:v>40401</x:v>
+      </x:c>
+      <x:c r="DP24" s="3" t="n">
+        <x:v>42157</x:v>
+      </x:c>
+      <x:c r="DQ24" s="3" t="n">
+        <x:v>44318</x:v>
+      </x:c>
+      <x:c r="DR24" s="3" t="n">
+        <x:v>45428</x:v>
+      </x:c>
+      <x:c r="DS24" s="3" t="n">
+        <x:v>45663</x:v>
+      </x:c>
+      <x:c r="DT24" s="3" t="n">
+        <x:v>44708</x:v>
+      </x:c>
+      <x:c r="DU24" s="3" t="n">
+        <x:v>46885</x:v>
+      </x:c>
+      <x:c r="DV24" s="3" t="n">
+        <x:v>39399</x:v>
+      </x:c>
+      <x:c r="DW24" s="3" t="n">
+        <x:v>39019</x:v>
+      </x:c>
+      <x:c r="DX24" s="3" t="n">
+        <x:v>38266</x:v>
+      </x:c>
+      <x:c r="DY24" s="3" t="n">
+        <x:v>37445</x:v>
+      </x:c>
+      <x:c r="DZ24" s="3" t="n">
+        <x:v>34368</x:v>
+      </x:c>
+      <x:c r="EA24" s="3" t="n">
+        <x:v>35933</x:v>
+      </x:c>
+      <x:c r="EB24" s="3" t="n">
+        <x:v>35367</x:v>
+      </x:c>
+      <x:c r="EC24" s="3" t="n">
+        <x:v>36748</x:v>
+      </x:c>
+      <x:c r="ED24" s="3" t="n">
+        <x:v>38407</x:v>
+      </x:c>
+      <x:c r="EE24" s="3" t="n">
+        <x:v>36638</x:v>
+      </x:c>
+      <x:c r="EF24" s="3" t="n">
+        <x:v>36744</x:v>
+      </x:c>
+      <x:c r="EG24" s="3" t="n">
+        <x:v>37530</x:v>
+      </x:c>
+      <x:c r="EH24" s="3" t="n">
+        <x:v>39350</x:v>
+      </x:c>
+      <x:c r="EI24" s="3" t="n">
+        <x:v>38985</x:v>
+      </x:c>
+      <x:c r="EJ24" s="3" t="n">
+        <x:v>40569</x:v>
+      </x:c>
+      <x:c r="EK24" s="3" t="n">
+        <x:v>40434</x:v>
+      </x:c>
+      <x:c r="EL24" s="3" t="n">
+        <x:v>39783</x:v>
+      </x:c>
+      <x:c r="EM24" s="3" t="n">
+        <x:v>42366</x:v>
+      </x:c>
+      <x:c r="EN24" s="3" t="n">
+        <x:v>40764</x:v>
+      </x:c>
+      <x:c r="EO24" s="3" t="n">
+        <x:v>40468</x:v>
+      </x:c>
+      <x:c r="EP24" s="3" t="n">
+        <x:v>41275</x:v>
+      </x:c>
+      <x:c r="EQ24" s="3" t="n">
+        <x:v>41842</x:v>
+      </x:c>
+      <x:c r="ER24" s="3" t="n">
+        <x:v>42677</x:v>
+      </x:c>
+      <x:c r="ES24" s="3" t="n">
+        <x:v>43882</x:v>
+      </x:c>
+      <x:c r="ET24" s="3" t="n">
+        <x:v>42471</x:v>
+      </x:c>
+      <x:c r="EU24" s="3" t="n">
+        <x:v>45232</x:v>
+      </x:c>
+      <x:c r="EV24" s="3" t="n">
+        <x:v>41641</x:v>
+      </x:c>
+      <x:c r="EW24" s="3" t="n">
+        <x:v>43735</x:v>
+      </x:c>
+      <x:c r="EX24" s="3" t="n">
+        <x:v>47694</x:v>
+      </x:c>
+      <x:c r="EY24" s="3" t="n">
+        <x:v>51281</x:v>
+      </x:c>
+      <x:c r="EZ24" s="3" t="n">
+        <x:v>53112</x:v>
+      </x:c>
+      <x:c r="FA24" s="3" t="n">
+        <x:v>50386</x:v>
+      </x:c>
+      <x:c r="FB24" s="3" t="n">
+        <x:v>57173</x:v>
+      </x:c>
+      <x:c r="FC24" s="3" t="n">
+        <x:v>54919</x:v>
+      </x:c>
+      <x:c r="FD24" s="3" t="n">
+        <x:v>56839</x:v>
+      </x:c>
+      <x:c r="FE24" s="3" t="n">
+        <x:v>55868</x:v>
+      </x:c>
+      <x:c r="FF24" s="3" t="n">
+        <x:v>56653</x:v>
+      </x:c>
+      <x:c r="FG24" s="3" t="n">
+        <x:v>58415</x:v>
+      </x:c>
+      <x:c r="FH24" s="3" t="n">
+        <x:v>58629</x:v>
+      </x:c>
+      <x:c r="FI24" s="3" t="n">
+        <x:v>60843</x:v>
+      </x:c>
+      <x:c r="FJ24" s="3" t="n">
+        <x:v>65123</x:v>
+      </x:c>
+      <x:c r="FK24" s="3" t="n">
+        <x:v>66395</x:v>
+      </x:c>
+      <x:c r="FL24" s="3" t="n">
+        <x:v>67805</x:v>
+      </x:c>
+      <x:c r="FM24" s="3" t="n">
+        <x:v>65774</x:v>
+      </x:c>
+      <x:c r="FN24" s="3" t="n">
+        <x:v>69517</x:v>
+      </x:c>
+      <x:c r="FO24" s="3" t="n">
+        <x:v>64129</x:v>
+      </x:c>
+      <x:c r="FP24" s="3" t="n">
+        <x:v>63532</x:v>
+      </x:c>
+      <x:c r="FQ24" s="3" t="n">
+        <x:v>73197</x:v>
+      </x:c>
+      <x:c r="FR24" s="3" t="n">
+        <x:v>77423</x:v>
+      </x:c>
+      <x:c r="FS24" s="3" t="n">
+        <x:v>75708</x:v>
+      </x:c>
+      <x:c r="FT24" s="3" t="n">
+        <x:v>76085</x:v>
+      </x:c>
+      <x:c r="FU24" s="3" t="n">
+        <x:v>79588</x:v>
+      </x:c>
+      <x:c r="FV24" s="3" t="n">
+        <x:v>83234</x:v>
+      </x:c>
+      <x:c r="FW24" s="3" t="n">
+        <x:v>78738</x:v>
+      </x:c>
+      <x:c r="FX24" s="3" t="n">
+        <x:v>81302</x:v>
+      </x:c>
+      <x:c r="FY24" s="3" t="n">
+        <x:v>73007</x:v>
+      </x:c>
+      <x:c r="FZ24" s="3" t="n">
+        <x:v>77958</x:v>
+      </x:c>
+      <x:c r="GA24" s="3" t="n">
+        <x:v>76891</x:v>
+      </x:c>
+      <x:c r="GB24" s="3" t="n">
+        <x:v>71766</x:v>
+      </x:c>
+      <x:c r="GC24" s="3" t="n">
+        <x:v>74149</x:v>
+      </x:c>
+      <x:c r="GD24" s="3" t="n">
+        <x:v>74610</x:v>
+      </x:c>
+      <x:c r="GE24" s="3" t="n">
+        <x:v>80300</x:v>
+      </x:c>
+      <x:c r="GF24" s="3" t="n">
+        <x:v>80002</x:v>
+      </x:c>
+      <x:c r="GG24" s="3" t="n">
+        <x:v>84906</x:v>
+      </x:c>
+      <x:c r="GH24" s="3" t="n">
+        <x:v>83578</x:v>
+      </x:c>
+      <x:c r="GI24" s="3" t="n">
+        <x:v>83538</x:v>
+      </x:c>
+      <x:c r="GJ24" s="3" t="n">
+        <x:v>82775</x:v>
+      </x:c>
     </x:row>
-    <x:row r="24" spans="1:191">
-[...574 lines deleted...]
-    <x:row r="25" spans="1:191">
+    <x:row r="25" spans="1:192">
       <x:c r="A25" s="2" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
         <x:v>2447</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>2119</x:v>
       </x:c>
       <x:c r="D25" s="3" t="n">
         <x:v>1860</x:v>
       </x:c>
       <x:c r="E25" s="3" t="n">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="F25" s="3" t="n">
         <x:v>1861</x:v>
       </x:c>
       <x:c r="G25" s="3" t="n">
         <x:v>1835</x:v>
       </x:c>
       <x:c r="H25" s="3" t="n">
         <x:v>1888</x:v>
       </x:c>
       <x:c r="I25" s="3" t="n">
         <x:v>1959</x:v>
       </x:c>
@@ -13596,347 +13662,350 @@
       <x:c r="CH25" s="3" t="n">
         <x:v>6406</x:v>
       </x:c>
       <x:c r="CI25" s="3" t="n">
         <x:v>5912</x:v>
       </x:c>
       <x:c r="CJ25" s="3" t="n">
         <x:v>6028</x:v>
       </x:c>
       <x:c r="CK25" s="3" t="n">
         <x:v>6114</x:v>
       </x:c>
       <x:c r="CL25" s="3" t="n">
         <x:v>6153</x:v>
       </x:c>
       <x:c r="CM25" s="3" t="n">
         <x:v>6100</x:v>
       </x:c>
       <x:c r="CN25" s="3" t="n">
         <x:v>5765</x:v>
       </x:c>
       <x:c r="CO25" s="3" t="n">
         <x:v>5277</x:v>
       </x:c>
       <x:c r="CP25" s="3" t="n">
-        <x:v>6316</x:v>
+        <x:v>6376</x:v>
       </x:c>
       <x:c r="CQ25" s="3" t="n">
-        <x:v>6109</x:v>
+        <x:v>6169</x:v>
       </x:c>
       <x:c r="CR25" s="3" t="n">
-        <x:v>6098</x:v>
+        <x:v>6158</x:v>
       </x:c>
       <x:c r="CS25" s="3" t="n">
-        <x:v>5966</x:v>
+        <x:v>6026</x:v>
       </x:c>
       <x:c r="CT25" s="3" t="n">
-        <x:v>7450</x:v>
+        <x:v>7601</x:v>
       </x:c>
       <x:c r="CU25" s="3" t="n">
-        <x:v>6935</x:v>
+        <x:v>7086</x:v>
       </x:c>
       <x:c r="CV25" s="3" t="n">
-        <x:v>6986</x:v>
+        <x:v>7137</x:v>
       </x:c>
       <x:c r="CW25" s="3" t="n">
-        <x:v>6556</x:v>
+        <x:v>6707</x:v>
       </x:c>
       <x:c r="CX25" s="3" t="n">
-        <x:v>6840</x:v>
+        <x:v>7031</x:v>
       </x:c>
       <x:c r="CY25" s="3" t="n">
-        <x:v>6048</x:v>
+        <x:v>6238</x:v>
       </x:c>
       <x:c r="CZ25" s="3" t="n">
-        <x:v>5554</x:v>
+        <x:v>5745</x:v>
       </x:c>
       <x:c r="DA25" s="3" t="n">
-        <x:v>4904</x:v>
+        <x:v>5095</x:v>
       </x:c>
       <x:c r="DB25" s="3" t="n">
-        <x:v>7289</x:v>
+        <x:v>7576</x:v>
       </x:c>
       <x:c r="DC25" s="3" t="n">
-        <x:v>6546</x:v>
+        <x:v>6833</x:v>
       </x:c>
       <x:c r="DD25" s="3" t="n">
-        <x:v>6806</x:v>
+        <x:v>7093</x:v>
       </x:c>
       <x:c r="DE25" s="3" t="n">
-        <x:v>5374</x:v>
+        <x:v>5661</x:v>
       </x:c>
       <x:c r="DF25" s="3" t="n">
-        <x:v>6812</x:v>
+        <x:v>7245</x:v>
       </x:c>
       <x:c r="DG25" s="3" t="n">
-        <x:v>6727</x:v>
+        <x:v>7160</x:v>
       </x:c>
       <x:c r="DH25" s="3" t="n">
-        <x:v>6539</x:v>
+        <x:v>6972</x:v>
       </x:c>
       <x:c r="DI25" s="3" t="n">
-        <x:v>6841</x:v>
+        <x:v>7274</x:v>
       </x:c>
       <x:c r="DJ25" s="3" t="n">
-        <x:v>7554</x:v>
+        <x:v>8141</x:v>
       </x:c>
       <x:c r="DK25" s="3" t="n">
-        <x:v>6943</x:v>
+        <x:v>7529</x:v>
       </x:c>
       <x:c r="DL25" s="3" t="n">
-        <x:v>7610</x:v>
+        <x:v>8196</x:v>
       </x:c>
       <x:c r="DM25" s="3" t="n">
-        <x:v>7283</x:v>
+        <x:v>7870</x:v>
       </x:c>
       <x:c r="DN25" s="3" t="n">
-        <x:v>8613</x:v>
+        <x:v>9518</x:v>
       </x:c>
       <x:c r="DO25" s="3" t="n">
-        <x:v>9137</x:v>
+        <x:v>10041</x:v>
       </x:c>
       <x:c r="DP25" s="3" t="n">
-        <x:v>9829</x:v>
+        <x:v>10734</x:v>
       </x:c>
       <x:c r="DQ25" s="3" t="n">
-        <x:v>9707</x:v>
+        <x:v>10612</x:v>
       </x:c>
       <x:c r="DR25" s="3" t="n">
-        <x:v>12050</x:v>
+        <x:v>13857</x:v>
       </x:c>
       <x:c r="DS25" s="3" t="n">
-        <x:v>11099</x:v>
+        <x:v>12906</x:v>
       </x:c>
       <x:c r="DT25" s="3" t="n">
-        <x:v>11973</x:v>
+        <x:v>13781</x:v>
       </x:c>
       <x:c r="DU25" s="3" t="n">
-        <x:v>11190</x:v>
+        <x:v>12998</x:v>
       </x:c>
       <x:c r="DV25" s="3" t="n">
-        <x:v>10113</x:v>
+        <x:v>11373</x:v>
       </x:c>
       <x:c r="DW25" s="3" t="n">
-        <x:v>8644</x:v>
+        <x:v>9904</x:v>
       </x:c>
       <x:c r="DX25" s="3" t="n">
-        <x:v>7867</x:v>
+        <x:v>9128</x:v>
       </x:c>
       <x:c r="DY25" s="3" t="n">
-        <x:v>6423</x:v>
+        <x:v>7683</x:v>
       </x:c>
       <x:c r="DZ25" s="3" t="n">
-        <x:v>7506</x:v>
+        <x:v>8404</x:v>
       </x:c>
       <x:c r="EA25" s="3" t="n">
-        <x:v>6977</x:v>
+        <x:v>7875</x:v>
       </x:c>
       <x:c r="EB25" s="3" t="n">
-        <x:v>6550</x:v>
+        <x:v>7448</x:v>
       </x:c>
       <x:c r="EC25" s="3" t="n">
-        <x:v>6332</x:v>
+        <x:v>7230</x:v>
       </x:c>
       <x:c r="ED25" s="3" t="n">
-        <x:v>7013</x:v>
+        <x:v>8012</x:v>
       </x:c>
       <x:c r="EE25" s="3" t="n">
-        <x:v>7393</x:v>
+        <x:v>8392</x:v>
       </x:c>
       <x:c r="EF25" s="3" t="n">
-        <x:v>8043</x:v>
+        <x:v>9042</x:v>
       </x:c>
       <x:c r="EG25" s="3" t="n">
-        <x:v>8120</x:v>
+        <x:v>9119</x:v>
       </x:c>
       <x:c r="EH25" s="3" t="n">
-        <x:v>8129</x:v>
+        <x:v>9454</x:v>
       </x:c>
       <x:c r="EI25" s="3" t="n">
-        <x:v>8290</x:v>
+        <x:v>9615</x:v>
       </x:c>
       <x:c r="EJ25" s="3" t="n">
-        <x:v>7832</x:v>
+        <x:v>9157</x:v>
       </x:c>
       <x:c r="EK25" s="3" t="n">
-        <x:v>8499</x:v>
+        <x:v>9824</x:v>
       </x:c>
       <x:c r="EL25" s="3" t="n">
-        <x:v>7488</x:v>
+        <x:v>8757</x:v>
       </x:c>
       <x:c r="EM25" s="3" t="n">
-        <x:v>8327</x:v>
+        <x:v>9597</x:v>
       </x:c>
       <x:c r="EN25" s="3" t="n">
-        <x:v>7853</x:v>
+        <x:v>9122</x:v>
       </x:c>
       <x:c r="EO25" s="3" t="n">
-        <x:v>8012</x:v>
+        <x:v>9281</x:v>
       </x:c>
       <x:c r="EP25" s="3" t="n">
-        <x:v>8249</x:v>
+        <x:v>9786</x:v>
       </x:c>
       <x:c r="EQ25" s="3" t="n">
-        <x:v>8253</x:v>
+        <x:v>9790</x:v>
       </x:c>
       <x:c r="ER25" s="3" t="n">
-        <x:v>8409</x:v>
+        <x:v>9946</x:v>
       </x:c>
       <x:c r="ES25" s="3" t="n">
-        <x:v>9187</x:v>
+        <x:v>10724</x:v>
       </x:c>
       <x:c r="ET25" s="3" t="n">
-        <x:v>7346</x:v>
+        <x:v>8782</x:v>
       </x:c>
       <x:c r="EU25" s="3" t="n">
-        <x:v>7843</x:v>
+        <x:v>9279</x:v>
       </x:c>
       <x:c r="EV25" s="3" t="n">
-        <x:v>8167</x:v>
+        <x:v>9603</x:v>
       </x:c>
       <x:c r="EW25" s="3" t="n">
-        <x:v>7907</x:v>
+        <x:v>9343</x:v>
       </x:c>
       <x:c r="EX25" s="3" t="n">
-        <x:v>9082</x:v>
+        <x:v>11595</x:v>
       </x:c>
       <x:c r="EY25" s="3" t="n">
-        <x:v>9278</x:v>
+        <x:v>11442</x:v>
       </x:c>
       <x:c r="EZ25" s="3" t="n">
-        <x:v>9160</x:v>
+        <x:v>11393</x:v>
       </x:c>
       <x:c r="FA25" s="3" t="n">
-        <x:v>9853</x:v>
+        <x:v>11498</x:v>
       </x:c>
       <x:c r="FB25" s="3" t="n">
-        <x:v>9781</x:v>
+        <x:v>12152</x:v>
       </x:c>
       <x:c r="FC25" s="3" t="n">
-        <x:v>9055</x:v>
+        <x:v>10976</x:v>
       </x:c>
       <x:c r="FD25" s="3" t="n">
-        <x:v>9458</x:v>
+        <x:v>12686</x:v>
       </x:c>
       <x:c r="FE25" s="3" t="n">
-        <x:v>9546</x:v>
+        <x:v>11047</x:v>
       </x:c>
       <x:c r="FF25" s="3" t="n">
-        <x:v>9786</x:v>
+        <x:v>12766</x:v>
       </x:c>
       <x:c r="FG25" s="3" t="n">
-        <x:v>10621</x:v>
+        <x:v>13033</x:v>
       </x:c>
       <x:c r="FH25" s="3" t="n">
-        <x:v>10006</x:v>
+        <x:v>12388</x:v>
       </x:c>
       <x:c r="FI25" s="3" t="n">
-        <x:v>9944</x:v>
+        <x:v>11689</x:v>
       </x:c>
       <x:c r="FJ25" s="3" t="n">
-        <x:v>12416</x:v>
+        <x:v>17242</x:v>
       </x:c>
       <x:c r="FK25" s="3" t="n">
-        <x:v>12342</x:v>
+        <x:v>16175</x:v>
       </x:c>
       <x:c r="FL25" s="3" t="n">
-        <x:v>13183</x:v>
+        <x:v>16798</x:v>
       </x:c>
       <x:c r="FM25" s="3" t="n">
-        <x:v>13540</x:v>
+        <x:v>16666</x:v>
       </x:c>
       <x:c r="FN25" s="3" t="n">
-        <x:v>11723</x:v>
+        <x:v>14821</x:v>
       </x:c>
       <x:c r="FO25" s="3" t="n">
-        <x:v>10792</x:v>
+        <x:v>13526</x:v>
       </x:c>
       <x:c r="FP25" s="3" t="n">
-        <x:v>10940</x:v>
+        <x:v>13460</x:v>
       </x:c>
       <x:c r="FQ25" s="3" t="n">
-        <x:v>10516</x:v>
+        <x:v>12481</x:v>
       </x:c>
       <x:c r="FR25" s="3" t="n">
-        <x:v>11533</x:v>
+        <x:v>15089</x:v>
       </x:c>
       <x:c r="FS25" s="3" t="n">
-        <x:v>11648</x:v>
+        <x:v>14846</x:v>
       </x:c>
       <x:c r="FT25" s="3" t="n">
-        <x:v>11170</x:v>
+        <x:v>14515</x:v>
       </x:c>
       <x:c r="FU25" s="3" t="n">
-        <x:v>12739</x:v>
+        <x:v>15249</x:v>
       </x:c>
       <x:c r="FV25" s="3" t="n">
-        <x:v>12637</x:v>
+        <x:v>17076</x:v>
       </x:c>
       <x:c r="FW25" s="3" t="n">
-        <x:v>13093</x:v>
+        <x:v>18159</x:v>
       </x:c>
       <x:c r="FX25" s="3" t="n">
-        <x:v>13765</x:v>
+        <x:v>16912</x:v>
       </x:c>
       <x:c r="FY25" s="3" t="n">
-        <x:v>13550</x:v>
+        <x:v>16872</x:v>
       </x:c>
       <x:c r="FZ25" s="3" t="n">
-        <x:v>16362</x:v>
+        <x:v>17727</x:v>
       </x:c>
       <x:c r="GA25" s="3" t="n">
-        <x:v>16308</x:v>
+        <x:v>17626</x:v>
       </x:c>
       <x:c r="GB25" s="3" t="n">
-        <x:v>16443</x:v>
+        <x:v>17259</x:v>
       </x:c>
       <x:c r="GC25" s="3" t="n">
-        <x:v>18181</x:v>
+        <x:v>18272</x:v>
       </x:c>
       <x:c r="GD25" s="3" t="n">
-        <x:v>17214</x:v>
+        <x:v>18350</x:v>
       </x:c>
       <x:c r="GE25" s="3" t="n">
-        <x:v>17268</x:v>
+        <x:v>18331</x:v>
       </x:c>
       <x:c r="GF25" s="3" t="n">
-        <x:v>17017</x:v>
+        <x:v>18005</x:v>
       </x:c>
       <x:c r="GG25" s="3" t="n">
-        <x:v>17784</x:v>
+        <x:v>18586</x:v>
       </x:c>
       <x:c r="GH25" s="3" t="n">
-        <x:v>16984</x:v>
+        <x:v>17707</x:v>
       </x:c>
       <x:c r="GI25" s="3" t="n">
-        <x:v>18237</x:v>
+        <x:v>18804</x:v>
+      </x:c>
+      <x:c r="GJ25" s="3" t="n">
+        <x:v>19660</x:v>
       </x:c>
     </x:row>
-    <x:row r="26" spans="1:191">
+    <x:row r="26" spans="1:192">
       <x:c r="A26" s="2" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
         <x:v>3037</x:v>
       </x:c>
       <x:c r="C26" s="3" t="n">
         <x:v>3067</x:v>
       </x:c>
       <x:c r="D26" s="3" t="n">
         <x:v>2522</x:v>
       </x:c>
       <x:c r="E26" s="3" t="n">
         <x:v>3030</x:v>
       </x:c>
       <x:c r="F26" s="3" t="n">
         <x:v>2746</x:v>
       </x:c>
       <x:c r="G26" s="3" t="n">
         <x:v>2871</x:v>
       </x:c>
       <x:c r="H26" s="3" t="n">
         <x:v>2937</x:v>
       </x:c>
       <x:c r="I26" s="3" t="n">
         <x:v>2888</x:v>
       </x:c>
@@ -14171,347 +14240,350 @@
       <x:c r="CH26" s="3" t="n">
         <x:v>4393</x:v>
       </x:c>
       <x:c r="CI26" s="3" t="n">
         <x:v>4488</x:v>
       </x:c>
       <x:c r="CJ26" s="3" t="n">
         <x:v>4792</x:v>
       </x:c>
       <x:c r="CK26" s="3" t="n">
         <x:v>4947</x:v>
       </x:c>
       <x:c r="CL26" s="3" t="n">
         <x:v>4739</x:v>
       </x:c>
       <x:c r="CM26" s="3" t="n">
         <x:v>4943</x:v>
       </x:c>
       <x:c r="CN26" s="3" t="n">
         <x:v>4782</x:v>
       </x:c>
       <x:c r="CO26" s="3" t="n">
         <x:v>4868</x:v>
       </x:c>
       <x:c r="CP26" s="3" t="n">
-        <x:v>5502</x:v>
+        <x:v>5423</x:v>
       </x:c>
       <x:c r="CQ26" s="3" t="n">
-        <x:v>4837</x:v>
+        <x:v>4758</x:v>
       </x:c>
       <x:c r="CR26" s="3" t="n">
-        <x:v>5074</x:v>
+        <x:v>4994</x:v>
       </x:c>
       <x:c r="CS26" s="3" t="n">
-        <x:v>5136</x:v>
+        <x:v>5056</x:v>
       </x:c>
       <x:c r="CT26" s="3" t="n">
-        <x:v>4869</x:v>
+        <x:v>4748</x:v>
       </x:c>
       <x:c r="CU26" s="3" t="n">
-        <x:v>5013</x:v>
+        <x:v>4892</x:v>
       </x:c>
       <x:c r="CV26" s="3" t="n">
-        <x:v>4852</x:v>
+        <x:v>4731</x:v>
       </x:c>
       <x:c r="CW26" s="3" t="n">
-        <x:v>6653</x:v>
+        <x:v>6532</x:v>
       </x:c>
       <x:c r="CX26" s="3" t="n">
-        <x:v>5941</x:v>
+        <x:v>5833</x:v>
       </x:c>
       <x:c r="CY26" s="3" t="n">
-        <x:v>5110</x:v>
+        <x:v>5001</x:v>
       </x:c>
       <x:c r="CZ26" s="3" t="n">
-        <x:v>5283</x:v>
+        <x:v>5174</x:v>
       </x:c>
       <x:c r="DA26" s="3" t="n">
-        <x:v>5515</x:v>
+        <x:v>5407</x:v>
       </x:c>
       <x:c r="DB26" s="3" t="n">
-        <x:v>5548</x:v>
+        <x:v>5435</x:v>
       </x:c>
       <x:c r="DC26" s="3" t="n">
-        <x:v>5583</x:v>
+        <x:v>5470</x:v>
       </x:c>
       <x:c r="DD26" s="3" t="n">
-        <x:v>5668</x:v>
+        <x:v>5554</x:v>
       </x:c>
       <x:c r="DE26" s="3" t="n">
-        <x:v>5982</x:v>
+        <x:v>5868</x:v>
       </x:c>
       <x:c r="DF26" s="3" t="n">
-        <x:v>6740</x:v>
+        <x:v>6074</x:v>
       </x:c>
       <x:c r="DG26" s="3" t="n">
-        <x:v>7192</x:v>
+        <x:v>6526</x:v>
       </x:c>
       <x:c r="DH26" s="3" t="n">
-        <x:v>7572</x:v>
+        <x:v>6906</x:v>
       </x:c>
       <x:c r="DI26" s="3" t="n">
-        <x:v>7252</x:v>
+        <x:v>6586</x:v>
       </x:c>
       <x:c r="DJ26" s="3" t="n">
-        <x:v>7993</x:v>
+        <x:v>7356</x:v>
       </x:c>
       <x:c r="DK26" s="3" t="n">
-        <x:v>8047</x:v>
+        <x:v>7410</x:v>
       </x:c>
       <x:c r="DL26" s="3" t="n">
-        <x:v>8049</x:v>
+        <x:v>7412</x:v>
       </x:c>
       <x:c r="DM26" s="3" t="n">
-        <x:v>8900</x:v>
+        <x:v>8263</x:v>
       </x:c>
       <x:c r="DN26" s="3" t="n">
-        <x:v>8512</x:v>
+        <x:v>7693</x:v>
       </x:c>
       <x:c r="DO26" s="3" t="n">
-        <x:v>9433</x:v>
+        <x:v>8614</x:v>
       </x:c>
       <x:c r="DP26" s="3" t="n">
-        <x:v>9850</x:v>
+        <x:v>9031</x:v>
       </x:c>
       <x:c r="DQ26" s="3" t="n">
-        <x:v>10049</x:v>
+        <x:v>9230</x:v>
       </x:c>
       <x:c r="DR26" s="3" t="n">
-        <x:v>10839</x:v>
+        <x:v>9844</x:v>
       </x:c>
       <x:c r="DS26" s="3" t="n">
-        <x:v>9864</x:v>
+        <x:v>8869</x:v>
       </x:c>
       <x:c r="DT26" s="3" t="n">
-        <x:v>9801</x:v>
+        <x:v>8805</x:v>
       </x:c>
       <x:c r="DU26" s="3" t="n">
-        <x:v>9627</x:v>
+        <x:v>8632</x:v>
       </x:c>
       <x:c r="DV26" s="3" t="n">
-        <x:v>8982</x:v>
+        <x:v>7880</x:v>
       </x:c>
       <x:c r="DW26" s="3" t="n">
-        <x:v>8420</x:v>
+        <x:v>7318</x:v>
       </x:c>
       <x:c r="DX26" s="3" t="n">
-        <x:v>8693</x:v>
+        <x:v>7592</x:v>
       </x:c>
       <x:c r="DY26" s="3" t="n">
-        <x:v>8316</x:v>
+        <x:v>7215</x:v>
       </x:c>
       <x:c r="DZ26" s="3" t="n">
-        <x:v>8569</x:v>
+        <x:v>7860</x:v>
       </x:c>
       <x:c r="EA26" s="3" t="n">
-        <x:v>9498</x:v>
+        <x:v>8789</x:v>
       </x:c>
       <x:c r="EB26" s="3" t="n">
-        <x:v>9706</x:v>
+        <x:v>8997</x:v>
       </x:c>
       <x:c r="EC26" s="3" t="n">
-        <x:v>9862</x:v>
+        <x:v>9153</x:v>
       </x:c>
       <x:c r="ED26" s="3" t="n">
-        <x:v>10060</x:v>
+        <x:v>9668</x:v>
       </x:c>
       <x:c r="EE26" s="3" t="n">
-        <x:v>10612</x:v>
+        <x:v>10220</x:v>
       </x:c>
       <x:c r="EF26" s="3" t="n">
-        <x:v>10549</x:v>
+        <x:v>10157</x:v>
       </x:c>
       <x:c r="EG26" s="3" t="n">
-        <x:v>10580</x:v>
+        <x:v>10188</x:v>
       </x:c>
       <x:c r="EH26" s="3" t="n">
-        <x:v>11542</x:v>
+        <x:v>11157</x:v>
       </x:c>
       <x:c r="EI26" s="3" t="n">
-        <x:v>10539</x:v>
+        <x:v>10154</x:v>
       </x:c>
       <x:c r="EJ26" s="3" t="n">
-        <x:v>11051</x:v>
+        <x:v>10665</x:v>
       </x:c>
       <x:c r="EK26" s="3" t="n">
-        <x:v>12321</x:v>
+        <x:v>11935</x:v>
       </x:c>
       <x:c r="EL26" s="3" t="n">
-        <x:v>10678</x:v>
+        <x:v>10248</x:v>
       </x:c>
       <x:c r="EM26" s="3" t="n">
-        <x:v>11816</x:v>
+        <x:v>11387</x:v>
       </x:c>
       <x:c r="EN26" s="3" t="n">
-        <x:v>11632</x:v>
+        <x:v>11202</x:v>
       </x:c>
       <x:c r="EO26" s="3" t="n">
-        <x:v>12065</x:v>
+        <x:v>11636</x:v>
       </x:c>
       <x:c r="EP26" s="3" t="n">
-        <x:v>11571</x:v>
+        <x:v>11400</x:v>
       </x:c>
       <x:c r="EQ26" s="3" t="n">
-        <x:v>12031</x:v>
+        <x:v>11860</x:v>
       </x:c>
       <x:c r="ER26" s="3" t="n">
-        <x:v>11732</x:v>
+        <x:v>11561</x:v>
       </x:c>
       <x:c r="ES26" s="3" t="n">
-        <x:v>11728</x:v>
+        <x:v>11558</x:v>
       </x:c>
       <x:c r="ET26" s="3" t="n">
-        <x:v>12619</x:v>
+        <x:v>11972</x:v>
       </x:c>
       <x:c r="EU26" s="3" t="n">
-        <x:v>13014</x:v>
+        <x:v>12366</x:v>
       </x:c>
       <x:c r="EV26" s="3" t="n">
-        <x:v>13005</x:v>
+        <x:v>12357</x:v>
       </x:c>
       <x:c r="EW26" s="3" t="n">
-        <x:v>13147</x:v>
+        <x:v>12499</x:v>
       </x:c>
       <x:c r="EX26" s="3" t="n">
-        <x:v>15077</x:v>
+        <x:v>14863</x:v>
       </x:c>
       <x:c r="EY26" s="3" t="n">
-        <x:v>14623</x:v>
+        <x:v>14354</x:v>
       </x:c>
       <x:c r="EZ26" s="3" t="n">
-        <x:v>13718</x:v>
+        <x:v>13475</x:v>
       </x:c>
       <x:c r="FA26" s="3" t="n">
-        <x:v>15648</x:v>
+        <x:v>15331</x:v>
       </x:c>
       <x:c r="FB26" s="3" t="n">
-        <x:v>16709</x:v>
+        <x:v>16406</x:v>
       </x:c>
       <x:c r="FC26" s="3" t="n">
-        <x:v>15483</x:v>
+        <x:v>15132</x:v>
       </x:c>
       <x:c r="FD26" s="3" t="n">
-        <x:v>16971</x:v>
+        <x:v>16647</x:v>
       </x:c>
       <x:c r="FE26" s="3" t="n">
-        <x:v>16285</x:v>
+        <x:v>15888</x:v>
       </x:c>
       <x:c r="FF26" s="3" t="n">
-        <x:v>17847</x:v>
+        <x:v>16920</x:v>
       </x:c>
       <x:c r="FG26" s="3" t="n">
-        <x:v>19210</x:v>
+        <x:v>18218</x:v>
       </x:c>
       <x:c r="FH26" s="3" t="n">
-        <x:v>18926</x:v>
+        <x:v>17947</x:v>
       </x:c>
       <x:c r="FI26" s="3" t="n">
-        <x:v>19604</x:v>
+        <x:v>18555</x:v>
       </x:c>
       <x:c r="FJ26" s="3" t="n">
-        <x:v>19861</x:v>
+        <x:v>19460</x:v>
       </x:c>
       <x:c r="FK26" s="3" t="n">
-        <x:v>20037</x:v>
+        <x:v>19599</x:v>
       </x:c>
       <x:c r="FL26" s="3" t="n">
-        <x:v>20371</x:v>
+        <x:v>19935</x:v>
       </x:c>
       <x:c r="FM26" s="3" t="n">
-        <x:v>21652</x:v>
+        <x:v>21160</x:v>
       </x:c>
       <x:c r="FN26" s="3" t="n">
-        <x:v>19848</x:v>
+        <x:v>19758</x:v>
       </x:c>
       <x:c r="FO26" s="3" t="n">
-        <x:v>20842</x:v>
+        <x:v>20722</x:v>
       </x:c>
       <x:c r="FP26" s="3" t="n">
-        <x:v>20439</x:v>
+        <x:v>20311</x:v>
       </x:c>
       <x:c r="FQ26" s="3" t="n">
-        <x:v>19441</x:v>
+        <x:v>19186</x:v>
       </x:c>
       <x:c r="FR26" s="3" t="n">
-        <x:v>19857</x:v>
+        <x:v>19466</x:v>
       </x:c>
       <x:c r="FS26" s="3" t="n">
-        <x:v>20793</x:v>
+        <x:v>20344</x:v>
       </x:c>
       <x:c r="FT26" s="3" t="n">
-        <x:v>18832</x:v>
+        <x:v>18400</x:v>
       </x:c>
       <x:c r="FU26" s="3" t="n">
-        <x:v>17841</x:v>
+        <x:v>17258</x:v>
       </x:c>
       <x:c r="FV26" s="3" t="n">
-        <x:v>18308</x:v>
+        <x:v>17990</x:v>
       </x:c>
       <x:c r="FW26" s="3" t="n">
-        <x:v>17440</x:v>
+        <x:v>17044</x:v>
       </x:c>
       <x:c r="FX26" s="3" t="n">
-        <x:v>18373</x:v>
+        <x:v>18110</x:v>
       </x:c>
       <x:c r="FY26" s="3" t="n">
-        <x:v>18350</x:v>
+        <x:v>18192</x:v>
       </x:c>
       <x:c r="FZ26" s="3" t="n">
-        <x:v>21280</x:v>
+        <x:v>19927</x:v>
       </x:c>
       <x:c r="GA26" s="3" t="n">
-        <x:v>19993</x:v>
+        <x:v>18535</x:v>
       </x:c>
       <x:c r="GB26" s="3" t="n">
-        <x:v>20025</x:v>
+        <x:v>18647</x:v>
       </x:c>
       <x:c r="GC26" s="3" t="n">
-        <x:v>22218</x:v>
+        <x:v>20504</x:v>
       </x:c>
       <x:c r="GD26" s="3" t="n">
-        <x:v>20213</x:v>
+        <x:v>17989</x:v>
       </x:c>
       <x:c r="GE26" s="3" t="n">
-        <x:v>22301</x:v>
+        <x:v>19801</x:v>
       </x:c>
       <x:c r="GF26" s="3" t="n">
-        <x:v>21861</x:v>
+        <x:v>19159</x:v>
       </x:c>
       <x:c r="GG26" s="3" t="n">
-        <x:v>20375</x:v>
+        <x:v>18420</x:v>
       </x:c>
       <x:c r="GH26" s="3" t="n">
-        <x:v>24345</x:v>
+        <x:v>21074</x:v>
       </x:c>
       <x:c r="GI26" s="3" t="n">
-        <x:v>24374</x:v>
+        <x:v>21777</x:v>
+      </x:c>
+      <x:c r="GJ26" s="3" t="n">
+        <x:v>20318</x:v>
       </x:c>
     </x:row>
-    <x:row r="27" spans="1:191">
+    <x:row r="27" spans="1:192">
       <x:c r="A27" s="2" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
         <x:v>3990</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>3974</x:v>
       </x:c>
       <x:c r="D27" s="3" t="n">
         <x:v>4051</x:v>
       </x:c>
       <x:c r="E27" s="3" t="n">
         <x:v>4125</x:v>
       </x:c>
       <x:c r="F27" s="3" t="n">
         <x:v>4151</x:v>
       </x:c>
       <x:c r="G27" s="3" t="n">
         <x:v>4177</x:v>
       </x:c>
       <x:c r="H27" s="3" t="n">
         <x:v>4184</x:v>
       </x:c>
       <x:c r="I27" s="3" t="n">
         <x:v>4274</x:v>
       </x:c>
@@ -14998,95 +15070,98 @@
       <x:c r="FN27" s="3" t="n">
         <x:v>47922</x:v>
       </x:c>
       <x:c r="FO27" s="3" t="n">
         <x:v>49921</x:v>
       </x:c>
       <x:c r="FP27" s="3" t="n">
         <x:v>50029</x:v>
       </x:c>
       <x:c r="FQ27" s="3" t="n">
         <x:v>51208</x:v>
       </x:c>
       <x:c r="FR27" s="3" t="n">
         <x:v>51663</x:v>
       </x:c>
       <x:c r="FS27" s="3" t="n">
         <x:v>55833</x:v>
       </x:c>
       <x:c r="FT27" s="3" t="n">
         <x:v>55110</x:v>
       </x:c>
       <x:c r="FU27" s="3" t="n">
         <x:v>57542</x:v>
       </x:c>
       <x:c r="FV27" s="3" t="n">
-        <x:v>58969</x:v>
+        <x:v>59715</x:v>
       </x:c>
       <x:c r="FW27" s="3" t="n">
-        <x:v>59526</x:v>
+        <x:v>60277</x:v>
       </x:c>
       <x:c r="FX27" s="3" t="n">
-        <x:v>58675</x:v>
+        <x:v>59418</x:v>
       </x:c>
       <x:c r="FY27" s="3" t="n">
-        <x:v>60159</x:v>
+        <x:v>60913</x:v>
       </x:c>
       <x:c r="FZ27" s="3" t="n">
-        <x:v>56193</x:v>
+        <x:v>62487</x:v>
       </x:c>
       <x:c r="GA27" s="3" t="n">
-        <x:v>50984</x:v>
+        <x:v>57150</x:v>
       </x:c>
       <x:c r="GB27" s="3" t="n">
-        <x:v>48379</x:v>
+        <x:v>54621</x:v>
       </x:c>
       <x:c r="GC27" s="3" t="n">
-        <x:v>47043</x:v>
+        <x:v>53343</x:v>
       </x:c>
       <x:c r="GD27" s="3" t="n">
-        <x:v>45443</x:v>
+        <x:v>50772</x:v>
       </x:c>
       <x:c r="GE27" s="3" t="n">
-        <x:v>43415</x:v>
+        <x:v>50589</x:v>
       </x:c>
       <x:c r="GF27" s="3" t="n">
-        <x:v>41832</x:v>
+        <x:v>49675</x:v>
       </x:c>
       <x:c r="GG27" s="3" t="n">
-        <x:v>39572</x:v>
+        <x:v>47896</x:v>
       </x:c>
       <x:c r="GH27" s="3" t="n">
-        <x:v>40607</x:v>
+        <x:v>48673</x:v>
       </x:c>
       <x:c r="GI27" s="3" t="n">
-        <x:v>42557</x:v>
+        <x:v>51686</x:v>
+      </x:c>
+      <x:c r="GJ27" s="3" t="n">
+        <x:v>51934</x:v>
       </x:c>
     </x:row>
-    <x:row r="28" spans="1:191">
+    <x:row r="28" spans="1:192">
       <x:c r="A28" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
         <x:v>3379</x:v>
       </x:c>
       <x:c r="C28" s="3" t="n">
         <x:v>3425</x:v>
       </x:c>
       <x:c r="D28" s="3" t="n">
         <x:v>3430</x:v>
       </x:c>
       <x:c r="E28" s="3" t="n">
         <x:v>3439</x:v>
       </x:c>
       <x:c r="F28" s="3" t="n">
         <x:v>3301</x:v>
       </x:c>
       <x:c r="G28" s="3" t="n">
         <x:v>3310</x:v>
       </x:c>
       <x:c r="H28" s="3" t="n">
         <x:v>3325</x:v>
       </x:c>
       <x:c r="I28" s="3" t="n">
         <x:v>3360</x:v>
       </x:c>
@@ -15573,2970 +15648,2988 @@
       <x:c r="FN28" s="3" t="n">
         <x:v>51410</x:v>
       </x:c>
       <x:c r="FO28" s="3" t="n">
         <x:v>55854</x:v>
       </x:c>
       <x:c r="FP28" s="3" t="n">
         <x:v>56044</x:v>
       </x:c>
       <x:c r="FQ28" s="3" t="n">
         <x:v>53677</x:v>
       </x:c>
       <x:c r="FR28" s="3" t="n">
         <x:v>52837</x:v>
       </x:c>
       <x:c r="FS28" s="3" t="n">
         <x:v>52969</x:v>
       </x:c>
       <x:c r="FT28" s="3" t="n">
         <x:v>56966</x:v>
       </x:c>
       <x:c r="FU28" s="3" t="n">
         <x:v>56912</x:v>
       </x:c>
       <x:c r="FV28" s="3" t="n">
-        <x:v>55304</x:v>
+        <x:v>56524</x:v>
       </x:c>
       <x:c r="FW28" s="3" t="n">
-        <x:v>58674</x:v>
+        <x:v>59161</x:v>
       </x:c>
       <x:c r="FX28" s="3" t="n">
-        <x:v>63071</x:v>
+        <x:v>63316</x:v>
       </x:c>
       <x:c r="FY28" s="3" t="n">
-        <x:v>62344</x:v>
+        <x:v>61920</x:v>
       </x:c>
       <x:c r="FZ28" s="3" t="n">
-        <x:v>64927</x:v>
+        <x:v>64716</x:v>
       </x:c>
       <x:c r="GA28" s="3" t="n">
-        <x:v>64699</x:v>
+        <x:v>63563</x:v>
       </x:c>
       <x:c r="GB28" s="3" t="n">
-        <x:v>63493</x:v>
+        <x:v>63297</x:v>
       </x:c>
       <x:c r="GC28" s="3" t="n">
-        <x:v>70268</x:v>
+        <x:v>70284</x:v>
       </x:c>
       <x:c r="GD28" s="3" t="n">
-        <x:v>67290</x:v>
+        <x:v>67838</x:v>
       </x:c>
       <x:c r="GE28" s="3" t="n">
-        <x:v>67819</x:v>
+        <x:v>68617</x:v>
       </x:c>
       <x:c r="GF28" s="3" t="n">
-        <x:v>74210</x:v>
+        <x:v>75311</x:v>
       </x:c>
       <x:c r="GG28" s="3" t="n">
-        <x:v>76034</x:v>
+        <x:v>76691</x:v>
       </x:c>
       <x:c r="GH28" s="3" t="n">
-        <x:v>71882</x:v>
+        <x:v>69434</x:v>
       </x:c>
       <x:c r="GI28" s="3" t="n">
-        <x:v>73070</x:v>
+        <x:v>70784</x:v>
+      </x:c>
+      <x:c r="GJ28" s="3" t="n">
+        <x:v>68145</x:v>
       </x:c>
     </x:row>
-    <x:row r="29" spans="1:191">
+    <x:row r="29" spans="1:192">
       <x:c r="A29" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D29" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E29" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F29" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G29" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H29" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="I29" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="J29" s="3" t="n">
-        <x:v>6</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="K29" s="3" t="n">
-        <x:v>6</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="L29" s="3" t="n">
-        <x:v>6</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="M29" s="3" t="n">
-        <x:v>6</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="O29" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="P29" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="Q29" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="R29" s="3" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="S29" s="3" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="T29" s="3" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="U29" s="3" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="V29" s="3" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="W29" s="3" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="X29" s="3" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="Y29" s="3" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="Z29" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="S29" s="3" t="n">
+      <x:c r="AA29" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="T29" s="3" t="n">
+      <x:c r="AB29" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="U29" s="3" t="n">
+      <x:c r="AC29" s="3" t="n">
         <x:v>7</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>8</x:v>
       </x:c>
       <x:c r="AD29" s="3" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="AE29" s="3" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="AF29" s="3" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="AG29" s="3" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="AH29" s="3" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="AI29" s="3" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="AJ29" s="3" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="AK29" s="3" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="AL29" s="3" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="AM29" s="3" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="AN29" s="3" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="AO29" s="3" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="AP29" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="AI29" s="3" t="n">
+      <x:c r="AQ29" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="AJ29" s="3" t="n">
+      <x:c r="AR29" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="AK29" s="3" t="n">
+      <x:c r="AS29" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="AL29" s="3" t="n">
+      <x:c r="AT29" s="3" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="AU29" s="3" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="AV29" s="3" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="AW29" s="3" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="AX29" s="3" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="AY29" s="3" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="AZ29" s="3" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="BA29" s="3" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="BB29" s="3" t="n">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="AM29" s="3" t="n">
+      <x:c r="BC29" s="3" t="n">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="AN29" s="3" t="n">
+      <x:c r="BD29" s="3" t="n">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="AO29" s="3" t="n">
+      <x:c r="BE29" s="3" t="n">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="AP29" s="3" t="n">
-[...11 lines deleted...]
-      <x:c r="AT29" s="3" t="n">
+      <x:c r="BF29" s="3" t="n">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="AU29" s="3" t="n">
+      <x:c r="BG29" s="3" t="n">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="AV29" s="3" t="n">
+      <x:c r="BH29" s="3" t="n">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="AW29" s="3" t="n">
+      <x:c r="BI29" s="3" t="n">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="AX29" s="3" t="n">
+      <x:c r="BJ29" s="3" t="n">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="AY29" s="3" t="n">
+      <x:c r="BK29" s="3" t="n">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="AZ29" s="3" t="n">
+      <x:c r="BL29" s="3" t="n">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="BA29" s="3" t="n">
+      <x:c r="BM29" s="3" t="n">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="BB29" s="3" t="n">
+      <x:c r="BN29" s="3" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="BO29" s="3" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="BP29" s="3" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="BQ29" s="3" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="BR29" s="3" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="BS29" s="3" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="BT29" s="3" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="BU29" s="3" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="BV29" s="3" t="n">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="BC29" s="3" t="n">
+      <x:c r="BW29" s="3" t="n">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="BD29" s="3" t="n">
+      <x:c r="BX29" s="3" t="n">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="BE29" s="3" t="n">
+      <x:c r="BY29" s="3" t="n">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="BF29" s="3" t="n">
+      <x:c r="BZ29" s="3" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="CA29" s="3" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="CB29" s="3" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="CC29" s="3" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="CD29" s="3" t="n">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="BG29" s="3" t="n">
+      <x:c r="CE29" s="3" t="n">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="BH29" s="3" t="n">
+      <x:c r="CF29" s="3" t="n">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="BI29" s="3" t="n">
+      <x:c r="CG29" s="3" t="n">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="BJ29" s="3" t="n">
-[...11 lines deleted...]
-      <x:c r="BN29" s="3" t="n">
+      <x:c r="CH29" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="BO29" s="3" t="n">
+      <x:c r="CI29" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="BP29" s="3" t="n">
+      <x:c r="CJ29" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="BQ29" s="3" t="n">
+      <x:c r="CK29" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="BR29" s="3" t="n">
+      <x:c r="CL29" s="3" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="CM29" s="3" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="CN29" s="3" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="CO29" s="3" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="CP29" s="3" t="n">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="BS29" s="3" t="n">
+      <x:c r="CQ29" s="3" t="n">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="BT29" s="3" t="n">
+      <x:c r="CR29" s="3" t="n">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="BU29" s="3" t="n">
+      <x:c r="CS29" s="3" t="n">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="BV29" s="3" t="n">
-[...11 lines deleted...]
-      <x:c r="BZ29" s="3" t="n">
+      <x:c r="CT29" s="3" t="n">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="CA29" s="3" t="n">
+      <x:c r="CU29" s="3" t="n">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="CB29" s="3" t="n">
+      <x:c r="CV29" s="3" t="n">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="CC29" s="3" t="n">
+      <x:c r="CW29" s="3" t="n">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="CD29" s="3" t="n">
-[...58 lines deleted...]
-      </x:c>
       <x:c r="CX29" s="3" t="n">
-        <x:v>34</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="CY29" s="3" t="n">
-        <x:v>34</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="CZ29" s="3" t="n">
-        <x:v>34</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="DA29" s="3" t="n">
-        <x:v>34</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="DB29" s="3" t="n">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="DC29" s="3" t="n">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="DD29" s="3" t="n">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="DE29" s="3" t="n">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="DF29" s="3" t="n">
-        <x:v>36</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="DG29" s="3" t="n">
-        <x:v>36</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="DH29" s="3" t="n">
-        <x:v>36</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="DI29" s="3" t="n">
-        <x:v>36</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="DJ29" s="3" t="n">
-        <x:v>36</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="DK29" s="3" t="n">
-        <x:v>36</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="DL29" s="3" t="n">
-        <x:v>36</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="DM29" s="3" t="n">
-        <x:v>36</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="DN29" s="3" t="n">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="DO29" s="3" t="n">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="DP29" s="3" t="n">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="DQ29" s="3" t="n">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="DR29" s="3" t="n">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="DS29" s="3" t="n">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="DT29" s="3" t="n">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="DU29" s="3" t="n">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="DV29" s="3" t="n">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="DW29" s="3" t="n">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="DX29" s="3" t="n">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="DY29" s="3" t="n">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="DZ29" s="3" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="EA29" s="3" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="EB29" s="3" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="EC29" s="3" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="ED29" s="3" t="n">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="EE29" s="3" t="n">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="EF29" s="3" t="n">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="EG29" s="3" t="n">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="EH29" s="3" t="n">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="EI29" s="3" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="EJ29" s="3" t="n">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="EK29" s="3" t="n">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="EL29" s="3" t="n">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="EM29" s="3" t="n">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="EN29" s="3" t="n">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="EO29" s="3" t="n">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="EP29" s="3" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="EQ29" s="3" t="n">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="ER29" s="3" t="n">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="ES29" s="3" t="n">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="ET29" s="3" t="n">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="EU29" s="3" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="EV29" s="3" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="EW29" s="3" t="n">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="EA29" s="3" t="n">
-[...20 lines deleted...]
-      <x:c r="EH29" s="3" t="n">
+      <x:c r="EX29" s="3" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="EY29" s="3" t="n">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="EZ29" s="3" t="n">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="FA29" s="3" t="n">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="FB29" s="3" t="n">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="FC29" s="3" t="n">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="FD29" s="3" t="n">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="FE29" s="3" t="n">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="FF29" s="3" t="n">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="FG29" s="3" t="n">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="EI29" s="3" t="n">
+      <x:c r="FH29" s="3" t="n">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="EJ29" s="3" t="n">
-[...38 lines deleted...]
-      <x:c r="EW29" s="3" t="n">
+      <x:c r="FI29" s="3" t="n">
         <x:v>90</x:v>
-      </x:c>
-[...34 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
       <x:c r="FJ29" s="3" t="n">
         <x:v>97</x:v>
       </x:c>
       <x:c r="FK29" s="3" t="n">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="FL29" s="3" t="n">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="FM29" s="3" t="n">
-        <x:v>108</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="FN29" s="3" t="n">
         <x:v>62</x:v>
       </x:c>
       <x:c r="FO29" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="FP29" s="3" t="n">
         <x:v>52</x:v>
       </x:c>
       <x:c r="FQ29" s="3" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="FR29" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="FS29" s="3" t="n">
-        <x:v>22</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="FT29" s="3" t="n">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="FU29" s="3" t="n">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="FU29" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="FV29" s="3" t="n">
-        <x:v>130</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="FW29" s="3" t="n">
-        <x:v>143</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="FX29" s="3" t="n">
-        <x:v>156</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="FY29" s="3" t="n">
-        <x:v>146</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="FZ29" s="3" t="n">
-        <x:v>172</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="GA29" s="3" t="n">
-        <x:v>165</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="GB29" s="3" t="n">
-        <x:v>166</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="GC29" s="3" t="n">
-        <x:v>183</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="GD29" s="3" t="n">
-        <x:v>182</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="GE29" s="3" t="n">
-        <x:v>202</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="GF29" s="3" t="n">
-        <x:v>195</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="GG29" s="3" t="n">
-        <x:v>210</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="GH29" s="3" t="n">
-        <x:v>208</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="GI29" s="3" t="n">
-        <x:v>216</x:v>
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="GJ29" s="3" t="n">
+        <x:v>85</x:v>
       </x:c>
     </x:row>
-    <x:row r="30" spans="1:191">
+    <x:row r="30" spans="1:192">
       <x:c r="A30" s="2" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
+        <x:v>-251</x:v>
+      </x:c>
+      <x:c r="C30" s="3" t="n">
+        <x:v>-5796</x:v>
+      </x:c>
+      <x:c r="D30" s="3" t="n">
+        <x:v>1353</x:v>
+      </x:c>
+      <x:c r="E30" s="3" t="n">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="F30" s="3" t="n">
+        <x:v>-1913</x:v>
+      </x:c>
+      <x:c r="G30" s="3" t="n">
         <x:v>-114</x:v>
       </x:c>
-      <x:c r="C30" s="3" t="n">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H30" s="3" t="n">
-        <x:v>293</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I30" s="3" t="n">
-        <x:v>-3032</x:v>
+        <x:v>-3171</x:v>
       </x:c>
       <x:c r="J30" s="3" t="n">
-        <x:v>-1481</x:v>
+        <x:v>-1660</x:v>
       </x:c>
       <x:c r="K30" s="3" t="n">
-        <x:v>2321</x:v>
+        <x:v>2142</x:v>
       </x:c>
       <x:c r="L30" s="3" t="n">
-        <x:v>968</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="M30" s="3" t="n">
-        <x:v>223</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N30" s="3" t="n">
-        <x:v>663</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="O30" s="3" t="n">
-        <x:v>1137</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="P30" s="3" t="n">
-        <x:v>-1496</x:v>
+        <x:v>-1632</x:v>
       </x:c>
       <x:c r="Q30" s="3" t="n">
-        <x:v>-1001</x:v>
+        <x:v>-1137</x:v>
       </x:c>
       <x:c r="R30" s="3" t="n">
-        <x:v>-769</x:v>
+        <x:v>-934</x:v>
       </x:c>
       <x:c r="S30" s="3" t="n">
-        <x:v>-13</x:v>
+        <x:v>-178</x:v>
       </x:c>
       <x:c r="T30" s="3" t="n">
-        <x:v>545</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U30" s="3" t="n">
-        <x:v>2693</x:v>
+        <x:v>2528</x:v>
       </x:c>
       <x:c r="V30" s="3" t="n">
+        <x:v>-1092</x:v>
+      </x:c>
+      <x:c r="W30" s="3" t="n">
+        <x:v>-2813</x:v>
+      </x:c>
+      <x:c r="X30" s="3" t="n">
+        <x:v>-2617</x:v>
+      </x:c>
+      <x:c r="Y30" s="3" t="n">
+        <x:v>-4771</x:v>
+      </x:c>
+      <x:c r="Z30" s="3" t="n">
+        <x:v>-851</x:v>
+      </x:c>
+      <x:c r="AA30" s="3" t="n">
+        <x:v>-1931</x:v>
+      </x:c>
+      <x:c r="AB30" s="3" t="n">
+        <x:v>1841</x:v>
+      </x:c>
+      <x:c r="AC30" s="3" t="n">
+        <x:v>1116</x:v>
+      </x:c>
+      <x:c r="AD30" s="3" t="n">
+        <x:v>3493</x:v>
+      </x:c>
+      <x:c r="AE30" s="3" t="n">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="AF30" s="3" t="n">
+        <x:v>-410</x:v>
+      </x:c>
+      <x:c r="AG30" s="3" t="n">
+        <x:v>5339</x:v>
+      </x:c>
+      <x:c r="AH30" s="3" t="n">
+        <x:v>5360</x:v>
+      </x:c>
+      <x:c r="AI30" s="3" t="n">
+        <x:v>4391</x:v>
+      </x:c>
+      <x:c r="AJ30" s="3" t="n">
+        <x:v>6169</x:v>
+      </x:c>
+      <x:c r="AK30" s="3" t="n">
+        <x:v>8173</x:v>
+      </x:c>
+      <x:c r="AL30" s="3" t="n">
+        <x:v>3080</x:v>
+      </x:c>
+      <x:c r="AM30" s="3" t="n">
+        <x:v>6976</x:v>
+      </x:c>
+      <x:c r="AN30" s="3" t="n">
+        <x:v>3047</x:v>
+      </x:c>
+      <x:c r="AO30" s="3" t="n">
+        <x:v>2596</x:v>
+      </x:c>
+      <x:c r="AP30" s="3" t="n">
+        <x:v>4264</x:v>
+      </x:c>
+      <x:c r="AQ30" s="3" t="n">
+        <x:v>1190</x:v>
+      </x:c>
+      <x:c r="AR30" s="3" t="n">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="AS30" s="3" t="n">
+        <x:v>-825</x:v>
+      </x:c>
+      <x:c r="AT30" s="3" t="n">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="AU30" s="3" t="n">
+        <x:v>2264</x:v>
+      </x:c>
+      <x:c r="AV30" s="3" t="n">
+        <x:v>1862</x:v>
+      </x:c>
+      <x:c r="AW30" s="3" t="n">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="AX30" s="3" t="n">
+        <x:v>-1525</x:v>
+      </x:c>
+      <x:c r="AY30" s="3" t="n">
+        <x:v>3160</x:v>
+      </x:c>
+      <x:c r="AZ30" s="3" t="n">
+        <x:v>2486</x:v>
+      </x:c>
+      <x:c r="BA30" s="3" t="n">
+        <x:v>9096</x:v>
+      </x:c>
+      <x:c r="BB30" s="3" t="n">
         <x:v>-885</x:v>
       </x:c>
-      <x:c r="W30" s="3" t="n">
-[...11 lines deleted...]
-      <x:c r="AA30" s="3" t="n">
+      <x:c r="BC30" s="3" t="n">
+        <x:v>3286</x:v>
+      </x:c>
+      <x:c r="BD30" s="3" t="n">
+        <x:v>-1052</x:v>
+      </x:c>
+      <x:c r="BE30" s="3" t="n">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="BF30" s="3" t="n">
+        <x:v>-835</x:v>
+      </x:c>
+      <x:c r="BG30" s="3" t="n">
+        <x:v>868</x:v>
+      </x:c>
+      <x:c r="BH30" s="3" t="n">
+        <x:v>3565</x:v>
+      </x:c>
+      <x:c r="BI30" s="3" t="n">
+        <x:v>-1149</x:v>
+      </x:c>
+      <x:c r="BJ30" s="3" t="n">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="BK30" s="3" t="n">
+        <x:v>-3612</x:v>
+      </x:c>
+      <x:c r="BL30" s="3" t="n">
+        <x:v>2978</x:v>
+      </x:c>
+      <x:c r="BM30" s="3" t="n">
+        <x:v>2846</x:v>
+      </x:c>
+      <x:c r="BN30" s="3" t="n">
+        <x:v>1891</x:v>
+      </x:c>
+      <x:c r="BO30" s="3" t="n">
+        <x:v>-1727</x:v>
+      </x:c>
+      <x:c r="BP30" s="3" t="n">
+        <x:v>1097</x:v>
+      </x:c>
+      <x:c r="BQ30" s="3" t="n">
+        <x:v>7061</x:v>
+      </x:c>
+      <x:c r="BR30" s="3" t="n">
+        <x:v>3043</x:v>
+      </x:c>
+      <x:c r="BS30" s="3" t="n">
+        <x:v>7253</x:v>
+      </x:c>
+      <x:c r="BT30" s="3" t="n">
+        <x:v>3968</x:v>
+      </x:c>
+      <x:c r="BU30" s="3" t="n">
+        <x:v>5489</x:v>
+      </x:c>
+      <x:c r="BV30" s="3" t="n">
+        <x:v>-2889</x:v>
+      </x:c>
+      <x:c r="BW30" s="3" t="n">
+        <x:v>-1765</x:v>
+      </x:c>
+      <x:c r="BX30" s="3" t="n">
+        <x:v>3470</x:v>
+      </x:c>
+      <x:c r="BY30" s="3" t="n">
+        <x:v>4321</x:v>
+      </x:c>
+      <x:c r="BZ30" s="3" t="n">
+        <x:v>-291</x:v>
+      </x:c>
+      <x:c r="CA30" s="3" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="CB30" s="3" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="CC30" s="3" t="n">
+        <x:v>7233</x:v>
+      </x:c>
+      <x:c r="CD30" s="3" t="n">
+        <x:v>-4191</x:v>
+      </x:c>
+      <x:c r="CE30" s="3" t="n">
+        <x:v>2808</x:v>
+      </x:c>
+      <x:c r="CF30" s="3" t="n">
+        <x:v>2752</x:v>
+      </x:c>
+      <x:c r="CG30" s="3" t="n">
+        <x:v>6898</x:v>
+      </x:c>
+      <x:c r="CH30" s="3" t="n">
+        <x:v>-21</x:v>
+      </x:c>
+      <x:c r="CI30" s="3" t="n">
+        <x:v>-2735</x:v>
+      </x:c>
+      <x:c r="CJ30" s="3" t="n">
+        <x:v>-2228</x:v>
+      </x:c>
+      <x:c r="CK30" s="3" t="n">
+        <x:v>6762</x:v>
+      </x:c>
+      <x:c r="CL30" s="3" t="n">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="CM30" s="3" t="n">
+        <x:v>3499</x:v>
+      </x:c>
+      <x:c r="CN30" s="3" t="n">
+        <x:v>6352</x:v>
+      </x:c>
+      <x:c r="CO30" s="3" t="n">
+        <x:v>7190</x:v>
+      </x:c>
+      <x:c r="CP30" s="3" t="n">
+        <x:v>-3419</x:v>
+      </x:c>
+      <x:c r="CQ30" s="3" t="n">
+        <x:v>4674</x:v>
+      </x:c>
+      <x:c r="CR30" s="3" t="n">
+        <x:v>-499</x:v>
+      </x:c>
+      <x:c r="CS30" s="3" t="n">
+        <x:v>656</x:v>
+      </x:c>
+      <x:c r="CT30" s="3" t="n">
+        <x:v>-4072</x:v>
+      </x:c>
+      <x:c r="CU30" s="3" t="n">
+        <x:v>-3550</x:v>
+      </x:c>
+      <x:c r="CV30" s="3" t="n">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="CW30" s="3" t="n">
+        <x:v>2214</x:v>
+      </x:c>
+      <x:c r="CX30" s="3" t="n">
+        <x:v>-11237</x:v>
+      </x:c>
+      <x:c r="CY30" s="3" t="n">
+        <x:v>-1256</x:v>
+      </x:c>
+      <x:c r="CZ30" s="3" t="n">
+        <x:v>-960</x:v>
+      </x:c>
+      <x:c r="DA30" s="3" t="n">
+        <x:v>3693</x:v>
+      </x:c>
+      <x:c r="DB30" s="3" t="n">
+        <x:v>-2895</x:v>
+      </x:c>
+      <x:c r="DC30" s="3" t="n">
+        <x:v>3816</x:v>
+      </x:c>
+      <x:c r="DD30" s="3" t="n">
+        <x:v>3668</x:v>
+      </x:c>
+      <x:c r="DE30" s="3" t="n">
+        <x:v>2712</x:v>
+      </x:c>
+      <x:c r="DF30" s="3" t="n">
+        <x:v>1503</x:v>
+      </x:c>
+      <x:c r="DG30" s="3" t="n">
+        <x:v>-349</x:v>
+      </x:c>
+      <x:c r="DH30" s="3" t="n">
+        <x:v>7430</x:v>
+      </x:c>
+      <x:c r="DI30" s="3" t="n">
+        <x:v>7073</x:v>
+      </x:c>
+      <x:c r="DJ30" s="3" t="n">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="DK30" s="3" t="n">
+        <x:v>9478</x:v>
+      </x:c>
+      <x:c r="DL30" s="3" t="n">
+        <x:v>9748</x:v>
+      </x:c>
+      <x:c r="DM30" s="3" t="n">
+        <x:v>13281</x:v>
+      </x:c>
+      <x:c r="DN30" s="3" t="n">
+        <x:v>8722</x:v>
+      </x:c>
+      <x:c r="DO30" s="3" t="n">
+        <x:v>10252</x:v>
+      </x:c>
+      <x:c r="DP30" s="3" t="n">
+        <x:v>8294</x:v>
+      </x:c>
+      <x:c r="DQ30" s="3" t="n">
+        <x:v>14470</x:v>
+      </x:c>
+      <x:c r="DR30" s="3" t="n">
+        <x:v>6679</x:v>
+      </x:c>
+      <x:c r="DS30" s="3" t="n">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="DT30" s="3" t="n">
+        <x:v>19272</x:v>
+      </x:c>
+      <x:c r="DU30" s="3" t="n">
+        <x:v>15235</x:v>
+      </x:c>
+      <x:c r="DV30" s="3" t="n">
+        <x:v>-4710</x:v>
+      </x:c>
+      <x:c r="DW30" s="3" t="n">
+        <x:v>861</x:v>
+      </x:c>
+      <x:c r="DX30" s="3" t="n">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="DY30" s="3" t="n">
+        <x:v>-10854</x:v>
+      </x:c>
+      <x:c r="DZ30" s="3" t="n">
+        <x:v>12296</x:v>
+      </x:c>
+      <x:c r="EA30" s="3" t="n">
+        <x:v>22648</x:v>
+      </x:c>
+      <x:c r="EB30" s="3" t="n">
+        <x:v>20391</x:v>
+      </x:c>
+      <x:c r="EC30" s="3" t="n">
+        <x:v>17865</x:v>
+      </x:c>
+      <x:c r="ED30" s="3" t="n">
+        <x:v>24220</x:v>
+      </x:c>
+      <x:c r="EE30" s="3" t="n">
+        <x:v>14837</x:v>
+      </x:c>
+      <x:c r="EF30" s="3" t="n">
+        <x:v>8438</x:v>
+      </x:c>
+      <x:c r="EG30" s="3" t="n">
+        <x:v>18298</x:v>
+      </x:c>
+      <x:c r="EH30" s="3" t="n">
+        <x:v>22766</x:v>
+      </x:c>
+      <x:c r="EI30" s="3" t="n">
+        <x:v>19229</x:v>
+      </x:c>
+      <x:c r="EJ30" s="3" t="n">
+        <x:v>7858</x:v>
+      </x:c>
+      <x:c r="EK30" s="3" t="n">
+        <x:v>4175</x:v>
+      </x:c>
+      <x:c r="EL30" s="3" t="n">
+        <x:v>23589</x:v>
+      </x:c>
+      <x:c r="EM30" s="3" t="n">
+        <x:v>8356</x:v>
+      </x:c>
+      <x:c r="EN30" s="3" t="n">
+        <x:v>14999</x:v>
+      </x:c>
+      <x:c r="EO30" s="3" t="n">
+        <x:v>15214</x:v>
+      </x:c>
+      <x:c r="EP30" s="3" t="n">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="EQ30" s="3" t="n">
+        <x:v>15468</x:v>
+      </x:c>
+      <x:c r="ER30" s="3" t="n">
+        <x:v>21608</x:v>
+      </x:c>
+      <x:c r="ES30" s="3" t="n">
+        <x:v>4777</x:v>
+      </x:c>
+      <x:c r="ET30" s="3" t="n">
+        <x:v>13987</x:v>
+      </x:c>
+      <x:c r="EU30" s="3" t="n">
+        <x:v>10841</x:v>
+      </x:c>
+      <x:c r="EV30" s="3" t="n">
+        <x:v>3295</x:v>
+      </x:c>
+      <x:c r="EW30" s="3" t="n">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="EX30" s="3" t="n">
+        <x:v>6416</x:v>
+      </x:c>
+      <x:c r="EY30" s="3" t="n">
+        <x:v>-9419</x:v>
+      </x:c>
+      <x:c r="EZ30" s="3" t="n">
+        <x:v>-8630</x:v>
+      </x:c>
+      <x:c r="FA30" s="3" t="n">
+        <x:v>2808</x:v>
+      </x:c>
+      <x:c r="FB30" s="3" t="n">
         <x:v>-1713</x:v>
       </x:c>
-      <x:c r="AB30" s="3" t="n">
-[...391 lines deleted...]
-      </x:c>
       <x:c r="FC30" s="3" t="n">
-        <x:v>22446</x:v>
+        <x:v>4151</x:v>
       </x:c>
       <x:c r="FD30" s="3" t="n">
-        <x:v>27701</x:v>
+        <x:v>3187</x:v>
       </x:c>
       <x:c r="FE30" s="3" t="n">
-        <x:v>33540</x:v>
+        <x:v>12604</x:v>
       </x:c>
       <x:c r="FF30" s="3" t="n">
-        <x:v>32441</x:v>
+        <x:v>5339</x:v>
       </x:c>
       <x:c r="FG30" s="3" t="n">
-        <x:v>35359</x:v>
+        <x:v>10655</x:v>
       </x:c>
       <x:c r="FH30" s="3" t="n">
-        <x:v>41531</x:v>
+        <x:v>13691</x:v>
       </x:c>
       <x:c r="FI30" s="3" t="n">
-        <x:v>42243</x:v>
+        <x:v>24414</x:v>
       </x:c>
       <x:c r="FJ30" s="3" t="n">
-        <x:v>25864</x:v>
+        <x:v>-7464</x:v>
       </x:c>
       <x:c r="FK30" s="3" t="n">
-        <x:v>37514</x:v>
+        <x:v>9505</x:v>
       </x:c>
       <x:c r="FL30" s="3" t="n">
-        <x:v>27994</x:v>
+        <x:v>-224</x:v>
       </x:c>
       <x:c r="FM30" s="3" t="n">
-        <x:v>20291</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="FN30" s="3" t="n">
-        <x:v>17598</x:v>
+        <x:v>-16535</x:v>
       </x:c>
       <x:c r="FO30" s="3" t="n">
-        <x:v>4374</x:v>
+        <x:v>-29529</x:v>
       </x:c>
       <x:c r="FP30" s="3" t="n">
-        <x:v>89866</x:v>
+        <x:v>56630</x:v>
       </x:c>
       <x:c r="FQ30" s="3" t="n">
-        <x:v>17734</x:v>
+        <x:v>-8660</x:v>
       </x:c>
       <x:c r="FR30" s="3" t="n">
-        <x:v>8702</x:v>
+        <x:v>-35992</x:v>
       </x:c>
       <x:c r="FS30" s="3" t="n">
-        <x:v>-383</x:v>
+        <x:v>-35693</x:v>
       </x:c>
       <x:c r="FT30" s="3" t="n">
-        <x:v>67498</x:v>
+        <x:v>34691</x:v>
       </x:c>
       <x:c r="FU30" s="3" t="n">
-        <x:v>-11705</x:v>
+        <x:v>-36004</x:v>
       </x:c>
       <x:c r="FV30" s="3" t="n">
-        <x:v>21599</x:v>
+        <x:v>-6261</x:v>
       </x:c>
       <x:c r="FW30" s="3" t="n">
-        <x:v>63819</x:v>
+        <x:v>47965</x:v>
       </x:c>
       <x:c r="FX30" s="3" t="n">
-        <x:v>71671</x:v>
+        <x:v>53289</x:v>
       </x:c>
       <x:c r="FY30" s="3" t="n">
-        <x:v>11909</x:v>
+        <x:v>10741</x:v>
       </x:c>
       <x:c r="FZ30" s="3" t="n">
-        <x:v>42484</x:v>
+        <x:v>25544</x:v>
       </x:c>
       <x:c r="GA30" s="3" t="n">
-        <x:v>41295</x:v>
+        <x:v>18259</x:v>
       </x:c>
       <x:c r="GB30" s="3" t="n">
-        <x:v>36050</x:v>
+        <x:v>10347</x:v>
       </x:c>
       <x:c r="GC30" s="3" t="n">
-        <x:v>13242</x:v>
+        <x:v>9985</x:v>
       </x:c>
       <x:c r="GD30" s="3" t="n">
-        <x:v>31624</x:v>
+        <x:v>16494</x:v>
       </x:c>
       <x:c r="GE30" s="3" t="n">
-        <x:v>12093</x:v>
+        <x:v>-6769</x:v>
       </x:c>
       <x:c r="GF30" s="3" t="n">
-        <x:v>50528</x:v>
+        <x:v>30472</x:v>
       </x:c>
       <x:c r="GG30" s="3" t="n">
-        <x:v>13856</x:v>
+        <x:v>-4556</x:v>
       </x:c>
       <x:c r="GH30" s="3" t="n">
-        <x:v>25900</x:v>
+        <x:v>9069</x:v>
       </x:c>
       <x:c r="GI30" s="3" t="n">
-        <x:v>11823</x:v>
+        <x:v>-3755</x:v>
+      </x:c>
+      <x:c r="GJ30" s="3" t="n">
+        <x:v>6784</x:v>
       </x:c>
     </x:row>
-    <x:row r="31" spans="1:191">
+    <x:row r="31" spans="1:192">
       <x:c r="A31" s="2" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>19528</x:v>
+        <x:v>19419</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>15319</x:v>
+        <x:v>15210</x:v>
       </x:c>
       <x:c r="D31" s="3" t="n">
-        <x:v>18891</x:v>
+        <x:v>18782</x:v>
       </x:c>
       <x:c r="E31" s="3" t="n">
-        <x:v>19802</x:v>
+        <x:v>19693</x:v>
       </x:c>
       <x:c r="F31" s="3" t="n">
-        <x:v>16807</x:v>
+        <x:v>16698</x:v>
       </x:c>
       <x:c r="G31" s="3" t="n">
-        <x:v>19995</x:v>
+        <x:v>19885</x:v>
       </x:c>
       <x:c r="H31" s="3" t="n">
-        <x:v>20736</x:v>
+        <x:v>20626</x:v>
       </x:c>
       <x:c r="I31" s="3" t="n">
-        <x:v>20025</x:v>
+        <x:v>19915</x:v>
       </x:c>
       <x:c r="J31" s="3" t="n">
-        <x:v>20333</x:v>
+        <x:v>20185</x:v>
       </x:c>
       <x:c r="K31" s="3" t="n">
-        <x:v>23575</x:v>
+        <x:v>23427</x:v>
       </x:c>
       <x:c r="L31" s="3" t="n">
-        <x:v>24399</x:v>
+        <x:v>24250</x:v>
       </x:c>
       <x:c r="M31" s="3" t="n">
-        <x:v>22534</x:v>
+        <x:v>22385</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>24257</x:v>
+        <x:v>24159</x:v>
       </x:c>
       <x:c r="O31" s="3" t="n">
-        <x:v>24411</x:v>
+        <x:v>24312</x:v>
       </x:c>
       <x:c r="P31" s="3" t="n">
-        <x:v>26195</x:v>
+        <x:v>26097</x:v>
       </x:c>
       <x:c r="Q31" s="3" t="n">
-        <x:v>27293</x:v>
+        <x:v>27195</x:v>
       </x:c>
       <x:c r="R31" s="3" t="n">
-        <x:v>27201</x:v>
+        <x:v>27090</x:v>
       </x:c>
       <x:c r="S31" s="3" t="n">
-        <x:v>29354</x:v>
+        <x:v>29243</x:v>
       </x:c>
       <x:c r="T31" s="3" t="n">
-        <x:v>28476</x:v>
+        <x:v>28366</x:v>
       </x:c>
       <x:c r="U31" s="3" t="n">
-        <x:v>32012</x:v>
+        <x:v>31901</x:v>
       </x:c>
       <x:c r="V31" s="3" t="n">
-        <x:v>31767</x:v>
+        <x:v>31608</x:v>
       </x:c>
       <x:c r="W31" s="3" t="n">
-        <x:v>29965</x:v>
+        <x:v>29807</x:v>
       </x:c>
       <x:c r="X31" s="3" t="n">
-        <x:v>29226</x:v>
+        <x:v>29068</x:v>
       </x:c>
       <x:c r="Y31" s="3" t="n">
-        <x:v>28541</x:v>
+        <x:v>28382</x:v>
       </x:c>
       <x:c r="Z31" s="3" t="n">
-        <x:v>30812</x:v>
+        <x:v>30644</x:v>
       </x:c>
       <x:c r="AA31" s="3" t="n">
-        <x:v>34774</x:v>
+        <x:v>34607</x:v>
       </x:c>
       <x:c r="AB31" s="3" t="n">
-        <x:v>37934</x:v>
+        <x:v>37767</x:v>
       </x:c>
       <x:c r="AC31" s="3" t="n">
-        <x:v>36939</x:v>
+        <x:v>36771</x:v>
       </x:c>
       <x:c r="AD31" s="3" t="n">
-        <x:v>36923</x:v>
+        <x:v>36784</x:v>
       </x:c>
       <x:c r="AE31" s="3" t="n">
-        <x:v>34757</x:v>
+        <x:v>34619</x:v>
       </x:c>
       <x:c r="AF31" s="3" t="n">
-        <x:v>41749</x:v>
+        <x:v>41610</x:v>
       </x:c>
       <x:c r="AG31" s="3" t="n">
-        <x:v>42383</x:v>
+        <x:v>42244</x:v>
       </x:c>
       <x:c r="AH31" s="3" t="n">
-        <x:v>47251</x:v>
+        <x:v>47087</x:v>
       </x:c>
       <x:c r="AI31" s="3" t="n">
-        <x:v>49200</x:v>
+        <x:v>49037</x:v>
       </x:c>
       <x:c r="AJ31" s="3" t="n">
-        <x:v>50155</x:v>
+        <x:v>49992</x:v>
       </x:c>
       <x:c r="AK31" s="3" t="n">
-        <x:v>46150</x:v>
+        <x:v>45986</x:v>
       </x:c>
       <x:c r="AL31" s="3" t="n">
-        <x:v>46550</x:v>
+        <x:v>46478</x:v>
       </x:c>
       <x:c r="AM31" s="3" t="n">
-        <x:v>50443</x:v>
+        <x:v>50371</x:v>
       </x:c>
       <x:c r="AN31" s="3" t="n">
-        <x:v>52460</x:v>
+        <x:v>52388</x:v>
       </x:c>
       <x:c r="AO31" s="3" t="n">
-        <x:v>51793</x:v>
+        <x:v>51722</x:v>
       </x:c>
       <x:c r="AP31" s="3" t="n">
-        <x:v>52386</x:v>
+        <x:v>52182</x:v>
       </x:c>
       <x:c r="AQ31" s="3" t="n">
-        <x:v>51148</x:v>
+        <x:v>50944</x:v>
       </x:c>
       <x:c r="AR31" s="3" t="n">
-        <x:v>49236</x:v>
+        <x:v>49032</x:v>
       </x:c>
       <x:c r="AS31" s="3" t="n">
-        <x:v>50724</x:v>
+        <x:v>50520</x:v>
       </x:c>
       <x:c r="AT31" s="3" t="n">
-        <x:v>47406</x:v>
+        <x:v>47250</x:v>
       </x:c>
       <x:c r="AU31" s="3" t="n">
-        <x:v>46962</x:v>
+        <x:v>46806</x:v>
       </x:c>
       <x:c r="AV31" s="3" t="n">
-        <x:v>47095</x:v>
+        <x:v>46939</x:v>
       </x:c>
       <x:c r="AW31" s="3" t="n">
-        <x:v>54449</x:v>
+        <x:v>54293</x:v>
       </x:c>
       <x:c r="AX31" s="3" t="n">
-        <x:v>47009</x:v>
+        <x:v>46806</x:v>
       </x:c>
       <x:c r="AY31" s="3" t="n">
-        <x:v>47814</x:v>
+        <x:v>47610</x:v>
       </x:c>
       <x:c r="AZ31" s="3" t="n">
-        <x:v>42336</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="BA31" s="3" t="n">
-        <x:v>48550</x:v>
+        <x:v>48346</x:v>
       </x:c>
       <x:c r="BB31" s="3" t="n">
-        <x:v>44221</x:v>
+        <x:v>43629</x:v>
       </x:c>
       <x:c r="BC31" s="3" t="n">
-        <x:v>43765</x:v>
+        <x:v>43173</x:v>
       </x:c>
       <x:c r="BD31" s="3" t="n">
-        <x:v>41739</x:v>
+        <x:v>41147</x:v>
       </x:c>
       <x:c r="BE31" s="3" t="n">
-        <x:v>46567</x:v>
+        <x:v>45975</x:v>
       </x:c>
       <x:c r="BF31" s="3" t="n">
-        <x:v>41554</x:v>
+        <x:v>40749</x:v>
       </x:c>
       <x:c r="BG31" s="3" t="n">
-        <x:v>44968</x:v>
+        <x:v>44164</x:v>
       </x:c>
       <x:c r="BH31" s="3" t="n">
-        <x:v>45943</x:v>
+        <x:v>45138</x:v>
       </x:c>
       <x:c r="BI31" s="3" t="n">
-        <x:v>43452</x:v>
+        <x:v>42647</x:v>
       </x:c>
       <x:c r="BJ31" s="3" t="n">
-        <x:v>45970</x:v>
+        <x:v>45054</x:v>
       </x:c>
       <x:c r="BK31" s="3" t="n">
-        <x:v>40694</x:v>
+        <x:v>39779</x:v>
       </x:c>
       <x:c r="BL31" s="3" t="n">
-        <x:v>51170</x:v>
+        <x:v>50255</x:v>
       </x:c>
       <x:c r="BM31" s="3" t="n">
-        <x:v>51686</x:v>
+        <x:v>50771</x:v>
       </x:c>
       <x:c r="BN31" s="3" t="n">
-        <x:v>52198</x:v>
+        <x:v>51292</x:v>
       </x:c>
       <x:c r="BO31" s="3" t="n">
-        <x:v>50585</x:v>
+        <x:v>49679</x:v>
       </x:c>
       <x:c r="BP31" s="3" t="n">
-        <x:v>50307</x:v>
+        <x:v>49401</x:v>
       </x:c>
       <x:c r="BQ31" s="3" t="n">
-        <x:v>53445</x:v>
+        <x:v>52539</x:v>
       </x:c>
       <x:c r="BR31" s="3" t="n">
-        <x:v>57631</x:v>
+        <x:v>56136</x:v>
       </x:c>
       <x:c r="BS31" s="3" t="n">
-        <x:v>59487</x:v>
+        <x:v>57992</x:v>
       </x:c>
       <x:c r="BT31" s="3" t="n">
-        <x:v>56810</x:v>
+        <x:v>55315</x:v>
       </x:c>
       <x:c r="BU31" s="3" t="n">
-        <x:v>59206</x:v>
+        <x:v>57711</x:v>
       </x:c>
       <x:c r="BV31" s="3" t="n">
-        <x:v>58500</x:v>
+        <x:v>56602</x:v>
       </x:c>
       <x:c r="BW31" s="3" t="n">
-        <x:v>56680</x:v>
+        <x:v>54782</x:v>
       </x:c>
       <x:c r="BX31" s="3" t="n">
-        <x:v>61843</x:v>
+        <x:v>59945</x:v>
       </x:c>
       <x:c r="BY31" s="3" t="n">
-        <x:v>64506</x:v>
+        <x:v>62608</x:v>
       </x:c>
       <x:c r="BZ31" s="3" t="n">
-        <x:v>67417</x:v>
+        <x:v>64662</x:v>
       </x:c>
       <x:c r="CA31" s="3" t="n">
-        <x:v>70623</x:v>
+        <x:v>67868</x:v>
       </x:c>
       <x:c r="CB31" s="3" t="n">
-        <x:v>72113</x:v>
+        <x:v>69358</x:v>
       </x:c>
       <x:c r="CC31" s="3" t="n">
-        <x:v>77453</x:v>
+        <x:v>74697</x:v>
       </x:c>
       <x:c r="CD31" s="3" t="n">
-        <x:v>76714</x:v>
+        <x:v>73884</x:v>
       </x:c>
       <x:c r="CE31" s="3" t="n">
-        <x:v>79711</x:v>
+        <x:v>76882</x:v>
       </x:c>
       <x:c r="CF31" s="3" t="n">
-        <x:v>84079</x:v>
+        <x:v>81250</x:v>
       </x:c>
       <x:c r="CG31" s="3" t="n">
-        <x:v>88260</x:v>
+        <x:v>85431</x:v>
       </x:c>
       <x:c r="CH31" s="3" t="n">
-        <x:v>78542</x:v>
+        <x:v>75658</x:v>
       </x:c>
       <x:c r="CI31" s="3" t="n">
-        <x:v>72077</x:v>
+        <x:v>69193</x:v>
       </x:c>
       <x:c r="CJ31" s="3" t="n">
-        <x:v>79924</x:v>
+        <x:v>77040</x:v>
       </x:c>
       <x:c r="CK31" s="3" t="n">
-        <x:v>80741</x:v>
+        <x:v>77857</x:v>
       </x:c>
       <x:c r="CL31" s="3" t="n">
-        <x:v>81392</x:v>
+        <x:v>78393</x:v>
       </x:c>
       <x:c r="CM31" s="3" t="n">
-        <x:v>83085</x:v>
+        <x:v>80086</x:v>
       </x:c>
       <x:c r="CN31" s="3" t="n">
-        <x:v>82071</x:v>
+        <x:v>79072</x:v>
       </x:c>
       <x:c r="CO31" s="3" t="n">
-        <x:v>82718</x:v>
+        <x:v>79719</x:v>
       </x:c>
       <x:c r="CP31" s="3" t="n">
-        <x:v>80178</x:v>
+        <x:v>77042</x:v>
       </x:c>
       <x:c r="CQ31" s="3" t="n">
-        <x:v>85148</x:v>
+        <x:v>82012</x:v>
       </x:c>
       <x:c r="CR31" s="3" t="n">
-        <x:v>78414</x:v>
+        <x:v>75278</x:v>
       </x:c>
       <x:c r="CS31" s="3" t="n">
-        <x:v>78221</x:v>
+        <x:v>75085</x:v>
       </x:c>
       <x:c r="CT31" s="3" t="n">
-        <x:v>77711</x:v>
+        <x:v>73837</x:v>
       </x:c>
       <x:c r="CU31" s="3" t="n">
-        <x:v>80414</x:v>
+        <x:v>76540</x:v>
       </x:c>
       <x:c r="CV31" s="3" t="n">
-        <x:v>79457</x:v>
+        <x:v>75583</x:v>
       </x:c>
       <x:c r="CW31" s="3" t="n">
-        <x:v>80413</x:v>
+        <x:v>76539</x:v>
       </x:c>
       <x:c r="CX31" s="3" t="n">
-        <x:v>76301</x:v>
+        <x:v>72476</x:v>
       </x:c>
       <x:c r="CY31" s="3" t="n">
-        <x:v>76837</x:v>
+        <x:v>73011</x:v>
       </x:c>
       <x:c r="CZ31" s="3" t="n">
-        <x:v>85527</x:v>
+        <x:v>81701</x:v>
       </x:c>
       <x:c r="DA31" s="3" t="n">
-        <x:v>76869</x:v>
+        <x:v>73043</x:v>
       </x:c>
       <x:c r="DB31" s="3" t="n">
-        <x:v>85642</x:v>
+        <x:v>81492</x:v>
       </x:c>
       <x:c r="DC31" s="3" t="n">
-        <x:v>94475</x:v>
+        <x:v>90325</x:v>
       </x:c>
       <x:c r="DD31" s="3" t="n">
-        <x:v>99063</x:v>
+        <x:v>94913</x:v>
       </x:c>
       <x:c r="DE31" s="3" t="n">
-        <x:v>105437</x:v>
+        <x:v>101287</x:v>
       </x:c>
       <x:c r="DF31" s="3" t="n">
-        <x:v>106302</x:v>
+        <x:v>101430</x:v>
       </x:c>
       <x:c r="DG31" s="3" t="n">
-        <x:v>105771</x:v>
+        <x:v>100899</x:v>
       </x:c>
       <x:c r="DH31" s="3" t="n">
-        <x:v>114146</x:v>
+        <x:v>109274</x:v>
       </x:c>
       <x:c r="DI31" s="3" t="n">
-        <x:v>121562</x:v>
+        <x:v>116690</x:v>
       </x:c>
       <x:c r="DJ31" s="3" t="n">
-        <x:v>118798</x:v>
+        <x:v>113572</x:v>
       </x:c>
       <x:c r="DK31" s="3" t="n">
-        <x:v>135235</x:v>
+        <x:v>130009</x:v>
       </x:c>
       <x:c r="DL31" s="3" t="n">
-        <x:v>135429</x:v>
+        <x:v>130203</x:v>
       </x:c>
       <x:c r="DM31" s="3" t="n">
-        <x:v>142937</x:v>
+        <x:v>137711</x:v>
       </x:c>
       <x:c r="DN31" s="3" t="n">
-        <x:v>149995</x:v>
+        <x:v>145335</x:v>
       </x:c>
       <x:c r="DO31" s="3" t="n">
-        <x:v>159449</x:v>
+        <x:v>154789</x:v>
       </x:c>
       <x:c r="DP31" s="3" t="n">
-        <x:v>160031</x:v>
+        <x:v>155371</x:v>
       </x:c>
       <x:c r="DQ31" s="3" t="n">
-        <x:v>169539</x:v>
+        <x:v>164879</x:v>
       </x:c>
       <x:c r="DR31" s="3" t="n">
-        <x:v>165973</x:v>
+        <x:v>163778</x:v>
       </x:c>
       <x:c r="DS31" s="3" t="n">
-        <x:v>157848</x:v>
+        <x:v>155653</x:v>
       </x:c>
       <x:c r="DT31" s="3" t="n">
-        <x:v>178636</x:v>
+        <x:v>176441</x:v>
       </x:c>
       <x:c r="DU31" s="3" t="n">
-        <x:v>173598</x:v>
+        <x:v>171403</x:v>
       </x:c>
       <x:c r="DV31" s="3" t="n">
-        <x:v>151933</x:v>
+        <x:v>149358</x:v>
       </x:c>
       <x:c r="DW31" s="3" t="n">
-        <x:v>152984</x:v>
+        <x:v>150408</x:v>
       </x:c>
       <x:c r="DX31" s="3" t="n">
-        <x:v>149202</x:v>
+        <x:v>146626</x:v>
       </x:c>
       <x:c r="DY31" s="3" t="n">
-        <x:v>138623</x:v>
+        <x:v>136047</x:v>
       </x:c>
       <x:c r="DZ31" s="3" t="n">
-        <x:v>152332</x:v>
+        <x:v>149241</x:v>
       </x:c>
       <x:c r="EA31" s="3" t="n">
-        <x:v>170449</x:v>
+        <x:v>167357</x:v>
       </x:c>
       <x:c r="EB31" s="3" t="n">
-        <x:v>162825</x:v>
+        <x:v>159734</x:v>
       </x:c>
       <x:c r="EC31" s="3" t="n">
-        <x:v>165433</x:v>
+        <x:v>162342</x:v>
       </x:c>
       <x:c r="ED31" s="3" t="n">
-        <x:v>184173</x:v>
+        <x:v>181215</x:v>
       </x:c>
       <x:c r="EE31" s="3" t="n">
-        <x:v>172206</x:v>
+        <x:v>169248</x:v>
       </x:c>
       <x:c r="EF31" s="3" t="n">
-        <x:v>171716</x:v>
+        <x:v>168757</x:v>
       </x:c>
       <x:c r="EG31" s="3" t="n">
-        <x:v>186921</x:v>
+        <x:v>183962</x:v>
       </x:c>
       <x:c r="EH31" s="3" t="n">
-        <x:v>192930</x:v>
+        <x:v>190018</x:v>
       </x:c>
       <x:c r="EI31" s="3" t="n">
-        <x:v>192644</x:v>
+        <x:v>189732</x:v>
       </x:c>
       <x:c r="EJ31" s="3" t="n">
-        <x:v>189688</x:v>
+        <x:v>186775</x:v>
       </x:c>
       <x:c r="EK31" s="3" t="n">
-        <x:v>196525</x:v>
+        <x:v>193612</x:v>
       </x:c>
       <x:c r="EL31" s="3" t="n">
-        <x:v>207789</x:v>
+        <x:v>204345</x:v>
       </x:c>
       <x:c r="EM31" s="3" t="n">
-        <x:v>204485</x:v>
+        <x:v>201040</x:v>
       </x:c>
       <x:c r="EN31" s="3" t="n">
-        <x:v>214493</x:v>
+        <x:v>211048</x:v>
       </x:c>
       <x:c r="EO31" s="3" t="n">
-        <x:v>217748</x:v>
+        <x:v>214304</x:v>
       </x:c>
       <x:c r="EP31" s="3" t="n">
-        <x:v>202708</x:v>
+        <x:v>198758</x:v>
       </x:c>
       <x:c r="EQ31" s="3" t="n">
-        <x:v>222135</x:v>
+        <x:v>218185</x:v>
       </x:c>
       <x:c r="ER31" s="3" t="n">
-        <x:v>227458</x:v>
+        <x:v>223508</x:v>
       </x:c>
       <x:c r="ES31" s="3" t="n">
-        <x:v>208017</x:v>
+        <x:v>204067</x:v>
       </x:c>
       <x:c r="ET31" s="3" t="n">
-        <x:v>217524</x:v>
+        <x:v>213469</x:v>
       </x:c>
       <x:c r="EU31" s="3" t="n">
-        <x:v>216316</x:v>
+        <x:v>212260</x:v>
       </x:c>
       <x:c r="EV31" s="3" t="n">
-        <x:v>202914</x:v>
+        <x:v>198859</x:v>
       </x:c>
       <x:c r="EW31" s="3" t="n">
-        <x:v>205855</x:v>
+        <x:v>201800</x:v>
       </x:c>
       <x:c r="EX31" s="3" t="n">
-        <x:v>215459</x:v>
+        <x:v>210329</x:v>
       </x:c>
       <x:c r="EY31" s="3" t="n">
-        <x:v>208228</x:v>
+        <x:v>203721</x:v>
       </x:c>
       <x:c r="EZ31" s="3" t="n">
-        <x:v>213944</x:v>
+        <x:v>209260</x:v>
       </x:c>
       <x:c r="FA31" s="3" t="n">
-        <x:v>217934</x:v>
+        <x:v>214586</x:v>
       </x:c>
       <x:c r="FB31" s="3" t="n">
-        <x:v>222768</x:v>
+        <x:v>218620</x:v>
       </x:c>
       <x:c r="FC31" s="3" t="n">
-        <x:v>224626</x:v>
+        <x:v>223095</x:v>
       </x:c>
       <x:c r="FD31" s="3" t="n">
-        <x:v>226790</x:v>
+        <x:v>220541</x:v>
       </x:c>
       <x:c r="FE31" s="3" t="n">
-        <x:v>238859</x:v>
+        <x:v>233427</x:v>
       </x:c>
       <x:c r="FF31" s="3" t="n">
-        <x:v>236997</x:v>
+        <x:v>228913</x:v>
       </x:c>
       <x:c r="FG31" s="3" t="n">
-        <x:v>248340</x:v>
+        <x:v>241526</x:v>
       </x:c>
       <x:c r="FH31" s="3" t="n">
-        <x:v>254686</x:v>
+        <x:v>244802</x:v>
       </x:c>
       <x:c r="FI31" s="3" t="n">
-        <x:v>261605</x:v>
+        <x:v>260191</x:v>
       </x:c>
       <x:c r="FJ31" s="3" t="n">
-        <x:v>251583</x:v>
+        <x:v>243021</x:v>
       </x:c>
       <x:c r="FK31" s="3" t="n">
-        <x:v>276474</x:v>
+        <x:v>271670</x:v>
       </x:c>
       <x:c r="FL31" s="3" t="n">
-        <x:v>272047</x:v>
+        <x:v>266587</x:v>
       </x:c>
       <x:c r="FM31" s="3" t="n">
-        <x:v>269118</x:v>
+        <x:v>270817</x:v>
       </x:c>
       <x:c r="FN31" s="3" t="n">
-        <x:v>255119</x:v>
+        <x:v>245848</x:v>
       </x:c>
       <x:c r="FO31" s="3" t="n">
-        <x:v>238869</x:v>
+        <x:v>228336</x:v>
       </x:c>
       <x:c r="FP31" s="3" t="n">
-        <x:v>324396</x:v>
+        <x:v>314219</x:v>
       </x:c>
       <x:c r="FQ31" s="3" t="n">
-        <x:v>261299</x:v>
+        <x:v>257248</x:v>
       </x:c>
       <x:c r="FR31" s="3" t="n">
-        <x:v>253645</x:v>
+        <x:v>237179</x:v>
       </x:c>
       <x:c r="FS31" s="3" t="n">
-        <x:v>243168</x:v>
+        <x:v>234210</x:v>
       </x:c>
       <x:c r="FT31" s="3" t="n">
-        <x:v>313248</x:v>
+        <x:v>306449</x:v>
       </x:c>
       <x:c r="FU31" s="3" t="n">
-        <x:v>245673</x:v>
+        <x:v>247348</x:v>
       </x:c>
       <x:c r="FV31" s="3" t="n">
-        <x:v>282155</x:v>
+        <x:v>283291</x:v>
       </x:c>
       <x:c r="FW31" s="3" t="n">
-        <x:v>324711</x:v>
+        <x:v>336236</x:v>
       </x:c>
       <x:c r="FX31" s="3" t="n">
-        <x:v>338131</x:v>
+        <x:v>345457</x:v>
       </x:c>
       <x:c r="FY31" s="3" t="n">
-        <x:v>277537</x:v>
+        <x:v>300412</x:v>
       </x:c>
       <x:c r="FZ31" s="3" t="n">
-        <x:v>318514</x:v>
+        <x:v>326336</x:v>
       </x:c>
       <x:c r="GA31" s="3" t="n">
-        <x:v>313505</x:v>
+        <x:v>314091</x:v>
       </x:c>
       <x:c r="GB31" s="3" t="n">
-        <x:v>306624</x:v>
+        <x:v>305078</x:v>
       </x:c>
       <x:c r="GC31" s="3" t="n">
-        <x:v>299328</x:v>
+        <x:v>316240</x:v>
       </x:c>
       <x:c r="GD31" s="3" t="n">
-        <x:v>303649</x:v>
+        <x:v>307696</x:v>
       </x:c>
       <x:c r="GE31" s="3" t="n">
-        <x:v>294240</x:v>
+        <x:v>300103</x:v>
       </x:c>
       <x:c r="GF31" s="3" t="n">
-        <x:v>339240</x:v>
+        <x:v>343880</x:v>
       </x:c>
       <x:c r="GG31" s="3" t="n">
-        <x:v>314043</x:v>
+        <x:v>319494</x:v>
       </x:c>
       <x:c r="GH31" s="3" t="n">
-        <x:v>311945</x:v>
+        <x:v>316952</x:v>
       </x:c>
       <x:c r="GI31" s="3" t="n">
-        <x:v>313821</x:v>
+        <x:v>318394</x:v>
+      </x:c>
+      <x:c r="GJ31" s="3" t="n">
+        <x:v>322825</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:191">
+    <x:row r="32" spans="1:192">
       <x:c r="A32" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>60502</x:v>
+        <x:v>60351</x:v>
       </x:c>
       <x:c r="C32" s="3" t="n">
-        <x:v>57525</x:v>
+        <x:v>57374</x:v>
       </x:c>
       <x:c r="D32" s="3" t="n">
-        <x:v>62067</x:v>
+        <x:v>61916</x:v>
       </x:c>
       <x:c r="E32" s="3" t="n">
-        <x:v>63435</x:v>
+        <x:v>63284</x:v>
       </x:c>
       <x:c r="F32" s="3" t="n">
-        <x:v>61173</x:v>
+        <x:v>60994</x:v>
       </x:c>
       <x:c r="G32" s="3" t="n">
-        <x:v>66187</x:v>
+        <x:v>66008</x:v>
       </x:c>
       <x:c r="H32" s="3" t="n">
-        <x:v>67743</x:v>
+        <x:v>67564</x:v>
       </x:c>
       <x:c r="I32" s="3" t="n">
-        <x:v>68300</x:v>
+        <x:v>68121</x:v>
       </x:c>
       <x:c r="J32" s="3" t="n">
-        <x:v>70324</x:v>
+        <x:v>70091</x:v>
       </x:c>
       <x:c r="K32" s="3" t="n">
-        <x:v>74660</x:v>
+        <x:v>74427</x:v>
       </x:c>
       <x:c r="L32" s="3" t="n">
-        <x:v>77408</x:v>
+        <x:v>77175</x:v>
       </x:c>
       <x:c r="M32" s="3" t="n">
-        <x:v>77517</x:v>
+        <x:v>77284</x:v>
       </x:c>
       <x:c r="N32" s="3" t="n">
-        <x:v>80670</x:v>
+        <x:v>80470</x:v>
       </x:c>
       <x:c r="O32" s="3" t="n">
-        <x:v>82751</x:v>
+        <x:v>82551</x:v>
       </x:c>
       <x:c r="P32" s="3" t="n">
-        <x:v>86204</x:v>
+        <x:v>86004</x:v>
       </x:c>
       <x:c r="Q32" s="3" t="n">
-        <x:v>89891</x:v>
+        <x:v>89691</x:v>
       </x:c>
       <x:c r="R32" s="3" t="n">
-        <x:v>90958</x:v>
+        <x:v>90739</x:v>
       </x:c>
       <x:c r="S32" s="3" t="n">
-        <x:v>95719</x:v>
+        <x:v>95500</x:v>
       </x:c>
       <x:c r="T32" s="3" t="n">
-        <x:v>96611</x:v>
+        <x:v>96392</x:v>
       </x:c>
       <x:c r="U32" s="3" t="n">
-        <x:v>101344</x:v>
+        <x:v>101125</x:v>
       </x:c>
       <x:c r="V32" s="3" t="n">
-        <x:v>103593</x:v>
+        <x:v>103319</x:v>
       </x:c>
       <x:c r="W32" s="3" t="n">
-        <x:v>102723</x:v>
+        <x:v>102450</x:v>
       </x:c>
       <x:c r="X32" s="3" t="n">
-        <x:v>104454</x:v>
+        <x:v>104180</x:v>
       </x:c>
       <x:c r="Y32" s="3" t="n">
-        <x:v>104763</x:v>
+        <x:v>104489</x:v>
       </x:c>
       <x:c r="Z32" s="3" t="n">
-        <x:v>108721</x:v>
+        <x:v>108436</x:v>
       </x:c>
       <x:c r="AA32" s="3" t="n">
-        <x:v>114380</x:v>
+        <x:v>114095</x:v>
       </x:c>
       <x:c r="AB32" s="3" t="n">
-        <x:v>119487</x:v>
+        <x:v>119202</x:v>
       </x:c>
       <x:c r="AC32" s="3" t="n">
-        <x:v>120651</x:v>
+        <x:v>120366</x:v>
       </x:c>
       <x:c r="AD32" s="3" t="n">
-        <x:v>124494</x:v>
+        <x:v>124216</x:v>
       </x:c>
       <x:c r="AE32" s="3" t="n">
-        <x:v>124787</x:v>
+        <x:v>124509</x:v>
       </x:c>
       <x:c r="AF32" s="3" t="n">
-        <x:v>135030</x:v>
+        <x:v>134752</x:v>
       </x:c>
       <x:c r="AG32" s="3" t="n">
-        <x:v>138639</x:v>
+        <x:v>138361</x:v>
       </x:c>
       <x:c r="AH32" s="3" t="n">
-        <x:v>145909</x:v>
+        <x:v>145593</x:v>
       </x:c>
       <x:c r="AI32" s="3" t="n">
-        <x:v>151594</x:v>
+        <x:v>151278</x:v>
       </x:c>
       <x:c r="AJ32" s="3" t="n">
-        <x:v>153166</x:v>
+        <x:v>152849</x:v>
       </x:c>
       <x:c r="AK32" s="3" t="n">
-        <x:v>152295</x:v>
+        <x:v>151979</x:v>
       </x:c>
       <x:c r="AL32" s="3" t="n">
-        <x:v>155790</x:v>
+        <x:v>155516</x:v>
       </x:c>
       <x:c r="AM32" s="3" t="n">
-        <x:v>161984</x:v>
+        <x:v>161709</x:v>
       </x:c>
       <x:c r="AN32" s="3" t="n">
-        <x:v>165107</x:v>
+        <x:v>164832</x:v>
       </x:c>
       <x:c r="AO32" s="3" t="n">
-        <x:v>167342</x:v>
+        <x:v>167067</x:v>
       </x:c>
       <x:c r="AP32" s="3" t="n">
-        <x:v>168279</x:v>
+        <x:v>167894</x:v>
       </x:c>
       <x:c r="AQ32" s="3" t="n">
-        <x:v>167735</x:v>
+        <x:v>167349</x:v>
       </x:c>
       <x:c r="AR32" s="3" t="n">
-        <x:v>165907</x:v>
+        <x:v>165522</x:v>
       </x:c>
       <x:c r="AS32" s="3" t="n">
-        <x:v>167781</x:v>
+        <x:v>167396</x:v>
       </x:c>
       <x:c r="AT32" s="3" t="n">
-        <x:v>166800</x:v>
+        <x:v>166405</x:v>
       </x:c>
       <x:c r="AU32" s="3" t="n">
-        <x:v>169633</x:v>
+        <x:v>169238</x:v>
       </x:c>
       <x:c r="AV32" s="3" t="n">
-        <x:v>170196</x:v>
+        <x:v>169801</x:v>
       </x:c>
       <x:c r="AW32" s="3" t="n">
-        <x:v>179164</x:v>
+        <x:v>178770</x:v>
       </x:c>
       <x:c r="AX32" s="3" t="n">
-        <x:v>172828</x:v>
+        <x:v>172484</x:v>
       </x:c>
       <x:c r="AY32" s="3" t="n">
-        <x:v>177600</x:v>
+        <x:v>177256</x:v>
       </x:c>
       <x:c r="AZ32" s="3" t="n">
-        <x:v>173823</x:v>
+        <x:v>173479</x:v>
       </x:c>
       <x:c r="BA32" s="3" t="n">
-        <x:v>180102</x:v>
+        <x:v>179758</x:v>
       </x:c>
       <x:c r="BB32" s="3" t="n">
-        <x:v>180078</x:v>
+        <x:v>179248</x:v>
       </x:c>
       <x:c r="BC32" s="3" t="n">
-        <x:v>180941</x:v>
+        <x:v>180111</x:v>
       </x:c>
       <x:c r="BD32" s="3" t="n">
-        <x:v>181124</x:v>
+        <x:v>180294</x:v>
       </x:c>
       <x:c r="BE32" s="3" t="n">
-        <x:v>187980</x:v>
+        <x:v>187150</x:v>
       </x:c>
       <x:c r="BF32" s="3" t="n">
-        <x:v>186848</x:v>
+        <x:v>185855</x:v>
       </x:c>
       <x:c r="BG32" s="3" t="n">
-        <x:v>190007</x:v>
+        <x:v>189014</x:v>
       </x:c>
       <x:c r="BH32" s="3" t="n">
-        <x:v>191286</x:v>
+        <x:v>190293</x:v>
       </x:c>
       <x:c r="BI32" s="3" t="n">
-        <x:v>192255</x:v>
+        <x:v>191261</x:v>
       </x:c>
       <x:c r="BJ32" s="3" t="n">
-        <x:v>195478</x:v>
+        <x:v>194441</x:v>
       </x:c>
       <x:c r="BK32" s="3" t="n">
-        <x:v>192017</x:v>
+        <x:v>190980</x:v>
       </x:c>
       <x:c r="BL32" s="3" t="n">
-        <x:v>205033</x:v>
+        <x:v>203996</x:v>
       </x:c>
       <x:c r="BM32" s="3" t="n">
-        <x:v>210383</x:v>
+        <x:v>209346</x:v>
       </x:c>
       <x:c r="BN32" s="3" t="n">
-        <x:v>207863</x:v>
+        <x:v>206821</x:v>
       </x:c>
       <x:c r="BO32" s="3" t="n">
-        <x:v>208830</x:v>
+        <x:v>207788</x:v>
       </x:c>
       <x:c r="BP32" s="3" t="n">
-        <x:v>211592</x:v>
+        <x:v>210551</x:v>
       </x:c>
       <x:c r="BQ32" s="3" t="n">
-        <x:v>216437</x:v>
+        <x:v>215395</x:v>
       </x:c>
       <x:c r="BR32" s="3" t="n">
-        <x:v>222458</x:v>
+        <x:v>221370</x:v>
       </x:c>
       <x:c r="BS32" s="3" t="n">
-        <x:v>226305</x:v>
+        <x:v>225218</x:v>
       </x:c>
       <x:c r="BT32" s="3" t="n">
-        <x:v>226340</x:v>
+        <x:v>225252</x:v>
       </x:c>
       <x:c r="BU32" s="3" t="n">
-        <x:v>230842</x:v>
+        <x:v>229754</x:v>
       </x:c>
       <x:c r="BV32" s="3" t="n">
-        <x:v>235431</x:v>
+        <x:v>234096</x:v>
       </x:c>
       <x:c r="BW32" s="3" t="n">
-        <x:v>234301</x:v>
+        <x:v>232966</x:v>
       </x:c>
       <x:c r="BX32" s="3" t="n">
-        <x:v>243896</x:v>
+        <x:v>242561</x:v>
       </x:c>
       <x:c r="BY32" s="3" t="n">
-        <x:v>249674</x:v>
+        <x:v>248339</x:v>
       </x:c>
       <x:c r="BZ32" s="3" t="n">
-        <x:v>251583</x:v>
+        <x:v>249477</x:v>
       </x:c>
       <x:c r="CA32" s="3" t="n">
-        <x:v>262417</x:v>
+        <x:v>260311</x:v>
       </x:c>
       <x:c r="CB32" s="3" t="n">
-        <x:v>263599</x:v>
+        <x:v>261492</x:v>
       </x:c>
       <x:c r="CC32" s="3" t="n">
-        <x:v>273366</x:v>
+        <x:v>271259</x:v>
       </x:c>
       <x:c r="CD32" s="3" t="n">
-        <x:v>273148</x:v>
+        <x:v>271073</x:v>
       </x:c>
       <x:c r="CE32" s="3" t="n">
-        <x:v>282392</x:v>
+        <x:v>280317</x:v>
       </x:c>
       <x:c r="CF32" s="3" t="n">
-        <x:v>290182</x:v>
+        <x:v>288107</x:v>
       </x:c>
       <x:c r="CG32" s="3" t="n">
-        <x:v>296009</x:v>
+        <x:v>293934</x:v>
       </x:c>
       <x:c r="CH32" s="3" t="n">
-        <x:v>290134</x:v>
+        <x:v>288376</x:v>
       </x:c>
       <x:c r="CI32" s="3" t="n">
-        <x:v>284331</x:v>
+        <x:v>282573</x:v>
       </x:c>
       <x:c r="CJ32" s="3" t="n">
-        <x:v>296685</x:v>
+        <x:v>294927</x:v>
       </x:c>
       <x:c r="CK32" s="3" t="n">
-        <x:v>303285</x:v>
+        <x:v>301527</x:v>
       </x:c>
       <x:c r="CL32" s="3" t="n">
-        <x:v>309701</x:v>
+        <x:v>308261</x:v>
       </x:c>
       <x:c r="CM32" s="3" t="n">
-        <x:v>313327</x:v>
+        <x:v>311887</x:v>
       </x:c>
       <x:c r="CN32" s="3" t="n">
-        <x:v>314579</x:v>
+        <x:v>313139</x:v>
       </x:c>
       <x:c r="CO32" s="3" t="n">
-        <x:v>316285</x:v>
+        <x:v>314844</x:v>
       </x:c>
       <x:c r="CP32" s="3" t="n">
-        <x:v>322565</x:v>
+        <x:v>321584</x:v>
       </x:c>
       <x:c r="CQ32" s="3" t="n">
-        <x:v>330088</x:v>
+        <x:v>329108</x:v>
       </x:c>
       <x:c r="CR32" s="3" t="n">
-        <x:v>323285</x:v>
+        <x:v>322304</x:v>
       </x:c>
       <x:c r="CS32" s="3" t="n">
-        <x:v>327375</x:v>
+        <x:v>326395</x:v>
       </x:c>
       <x:c r="CT32" s="3" t="n">
-        <x:v>329496</x:v>
+        <x:v>328933</x:v>
       </x:c>
       <x:c r="CU32" s="3" t="n">
-        <x:v>338193</x:v>
+        <x:v>337630</x:v>
       </x:c>
       <x:c r="CV32" s="3" t="n">
-        <x:v>340387</x:v>
+        <x:v>339825</x:v>
       </x:c>
       <x:c r="CW32" s="3" t="n">
-        <x:v>346149</x:v>
+        <x:v>345586</x:v>
       </x:c>
       <x:c r="CX32" s="3" t="n">
-        <x:v>348496</x:v>
+        <x:v>348690</x:v>
       </x:c>
       <x:c r="CY32" s="3" t="n">
-        <x:v>347138</x:v>
+        <x:v>347333</x:v>
       </x:c>
       <x:c r="CZ32" s="3" t="n">
-        <x:v>360925</x:v>
+        <x:v>361119</x:v>
       </x:c>
       <x:c r="DA32" s="3" t="n">
-        <x:v>356017</x:v>
+        <x:v>356211</x:v>
       </x:c>
       <x:c r="DB32" s="3" t="n">
-        <x:v>371215</x:v>
+        <x:v>372476</x:v>
       </x:c>
       <x:c r="DC32" s="3" t="n">
-        <x:v>382348</x:v>
+        <x:v>383609</x:v>
       </x:c>
       <x:c r="DD32" s="3" t="n">
-        <x:v>390242</x:v>
+        <x:v>391503</x:v>
       </x:c>
       <x:c r="DE32" s="3" t="n">
-        <x:v>402056</x:v>
+        <x:v>403316</x:v>
       </x:c>
       <x:c r="DF32" s="3" t="n">
-        <x:v>401736</x:v>
+        <x:v>404571</x:v>
       </x:c>
       <x:c r="DG32" s="3" t="n">
-        <x:v>413375</x:v>
+        <x:v>416210</x:v>
       </x:c>
       <x:c r="DH32" s="3" t="n">
-        <x:v>422835</x:v>
+        <x:v>425670</x:v>
       </x:c>
       <x:c r="DI32" s="3" t="n">
-        <x:v>431284</x:v>
+        <x:v>434119</x:v>
       </x:c>
       <x:c r="DJ32" s="3" t="n">
-        <x:v>438278</x:v>
+        <x:v>443391</x:v>
       </x:c>
       <x:c r="DK32" s="3" t="n">
-        <x:v>459033</x:v>
+        <x:v>464145</x:v>
       </x:c>
       <x:c r="DL32" s="3" t="n">
-        <x:v>462928</x:v>
+        <x:v>468041</x:v>
       </x:c>
       <x:c r="DM32" s="3" t="n">
-        <x:v>477177</x:v>
+        <x:v>482290</x:v>
       </x:c>
       <x:c r="DN32" s="3" t="n">
-        <x:v>491707</x:v>
+        <x:v>499141</x:v>
       </x:c>
       <x:c r="DO32" s="3" t="n">
-        <x:v>503461</x:v>
+        <x:v>510895</x:v>
       </x:c>
       <x:c r="DP32" s="3" t="n">
-        <x:v>508272</x:v>
+        <x:v>515705</x:v>
       </x:c>
       <x:c r="DQ32" s="3" t="n">
-        <x:v>526945</x:v>
+        <x:v>534378</x:v>
       </x:c>
       <x:c r="DR32" s="3" t="n">
-        <x:v>530942</x:v>
+        <x:v>540455</x:v>
       </x:c>
       <x:c r="DS32" s="3" t="n">
-        <x:v>528161</x:v>
+        <x:v>537673</x:v>
       </x:c>
       <x:c r="DT32" s="3" t="n">
-        <x:v>551344</x:v>
+        <x:v>560856</x:v>
       </x:c>
       <x:c r="DU32" s="3" t="n">
-        <x:v>548845</x:v>
+        <x:v>558357</x:v>
       </x:c>
       <x:c r="DV32" s="3" t="n">
-        <x:v>528462</x:v>
+        <x:v>539358</x:v>
       </x:c>
       <x:c r="DW32" s="3" t="n">
-        <x:v>539493</x:v>
+        <x:v>550390</x:v>
       </x:c>
       <x:c r="DX32" s="3" t="n">
-        <x:v>540871</x:v>
+        <x:v>551767</x:v>
       </x:c>
       <x:c r="DY32" s="3" t="n">
-        <x:v>534316</x:v>
+        <x:v>545212</x:v>
       </x:c>
       <x:c r="DZ32" s="3" t="n">
-        <x:v>560097</x:v>
+        <x:v>572329</x:v>
       </x:c>
       <x:c r="EA32" s="3" t="n">
-        <x:v>574340</x:v>
+        <x:v>586572</x:v>
       </x:c>
       <x:c r="EB32" s="3" t="n">
-        <x:v>573387</x:v>
+        <x:v>585619</x:v>
       </x:c>
       <x:c r="EC32" s="3" t="n">
-        <x:v>583292</x:v>
+        <x:v>595524</x:v>
       </x:c>
       <x:c r="ED32" s="3" t="n">
-        <x:v>603048</x:v>
+        <x:v>617159</x:v>
       </x:c>
       <x:c r="EE32" s="3" t="n">
-        <x:v>598472</x:v>
+        <x:v>612583</x:v>
       </x:c>
       <x:c r="EF32" s="3" t="n">
-        <x:v>600891</x:v>
+        <x:v>615002</x:v>
       </x:c>
       <x:c r="EG32" s="3" t="n">
-        <x:v>621890</x:v>
+        <x:v>636001</x:v>
       </x:c>
       <x:c r="EH32" s="3" t="n">
-        <x:v>632669</x:v>
+        <x:v>648979</x:v>
       </x:c>
       <x:c r="EI32" s="3" t="n">
-        <x:v>636754</x:v>
+        <x:v>653064</x:v>
       </x:c>
       <x:c r="EJ32" s="3" t="n">
-        <x:v>640711</x:v>
+        <x:v>657021</x:v>
       </x:c>
       <x:c r="EK32" s="3" t="n">
-        <x:v>653063</x:v>
+        <x:v>669373</x:v>
       </x:c>
       <x:c r="EL32" s="3" t="n">
-        <x:v>672439</x:v>
+        <x:v>691552</x:v>
       </x:c>
       <x:c r="EM32" s="3" t="n">
-        <x:v>670168</x:v>
+        <x:v>689280</x:v>
       </x:c>
       <x:c r="EN32" s="3" t="n">
-        <x:v>688125</x:v>
+        <x:v>707237</x:v>
       </x:c>
       <x:c r="EO32" s="3" t="n">
-        <x:v>696494</x:v>
+        <x:v>715607</x:v>
       </x:c>
       <x:c r="EP32" s="3" t="n">
-        <x:v>688816</x:v>
+        <x:v>709347</x:v>
       </x:c>
       <x:c r="EQ32" s="3" t="n">
-        <x:v>711293</x:v>
+        <x:v>731824</x:v>
       </x:c>
       <x:c r="ER32" s="3" t="n">
-        <x:v>723429</x:v>
+        <x:v>743961</x:v>
       </x:c>
       <x:c r="ES32" s="3" t="n">
-        <x:v>712007</x:v>
+        <x:v>732538</x:v>
       </x:c>
       <x:c r="ET32" s="3" t="n">
-        <x:v>729717</x:v>
+        <x:v>753197</x:v>
       </x:c>
       <x:c r="EU32" s="3" t="n">
-        <x:v>734442</x:v>
+        <x:v>757922</x:v>
       </x:c>
       <x:c r="EV32" s="3" t="n">
-        <x:v>724067</x:v>
+        <x:v>747547</x:v>
       </x:c>
       <x:c r="EW32" s="3" t="n">
-        <x:v>731655</x:v>
+        <x:v>755135</x:v>
       </x:c>
       <x:c r="EX32" s="3" t="n">
-        <x:v>749356</x:v>
+        <x:v>774406</x:v>
       </x:c>
       <x:c r="EY32" s="3" t="n">
-        <x:v>746472</x:v>
+        <x:v>770170</x:v>
       </x:c>
       <x:c r="EZ32" s="3" t="n">
-        <x:v>756819</x:v>
+        <x:v>781646</x:v>
       </x:c>
       <x:c r="FA32" s="3" t="n">
-        <x:v>768307</x:v>
+        <x:v>793278</x:v>
       </x:c>
       <x:c r="FB32" s="3" t="n">
-        <x:v>780071</x:v>
+        <x:v>807193</x:v>
       </x:c>
       <x:c r="FC32" s="3" t="n">
-        <x:v>789507</x:v>
+        <x:v>817695</x:v>
       </x:c>
       <x:c r="FD32" s="3" t="n">
-        <x:v>795953</x:v>
+        <x:v>823359</x:v>
       </x:c>
       <x:c r="FE32" s="3" t="n">
-        <x:v>815234</x:v>
+        <x:v>842538</x:v>
       </x:c>
       <x:c r="FF32" s="3" t="n">
-        <x:v>816433</x:v>
+        <x:v>843469</x:v>
       </x:c>
       <x:c r="FG32" s="3" t="n">
-        <x:v>836768</x:v>
+        <x:v>863943</x:v>
       </x:c>
       <x:c r="FH32" s="3" t="n">
-        <x:v>847386</x:v>
+        <x:v>874457</x:v>
       </x:c>
       <x:c r="FI32" s="3" t="n">
-        <x:v>862937</x:v>
+        <x:v>894776</x:v>
       </x:c>
       <x:c r="FJ32" s="3" t="n">
-        <x:v>857483</x:v>
+        <x:v>886228</x:v>
       </x:c>
       <x:c r="FK32" s="3" t="n">
-        <x:v>884893</x:v>
+        <x:v>917094</x:v>
       </x:c>
       <x:c r="FL32" s="3" t="n">
-        <x:v>890619</x:v>
+        <x:v>923366</x:v>
       </x:c>
       <x:c r="FM32" s="3" t="n">
-        <x:v>891888</x:v>
+        <x:v>926800</x:v>
       </x:c>
       <x:c r="FN32" s="3" t="n">
-        <x:v>870187</x:v>
+        <x:v>903073</x:v>
       </x:c>
       <x:c r="FO32" s="3" t="n">
-        <x:v>810512</x:v>
+        <x:v>841669</x:v>
       </x:c>
       <x:c r="FP32" s="3" t="n">
-        <x:v>934437</x:v>
+        <x:v>966989</x:v>
       </x:c>
       <x:c r="FQ32" s="3" t="n">
-        <x:v>876018</x:v>
+        <x:v>908920</x:v>
       </x:c>
       <x:c r="FR32" s="3" t="n">
-        <x:v>867760</x:v>
+        <x:v>901154</x:v>
       </x:c>
       <x:c r="FS32" s="3" t="n">
-        <x:v>873020</x:v>
+        <x:v>906997</x:v>
       </x:c>
       <x:c r="FT32" s="3" t="n">
-        <x:v>979989</x:v>
+        <x:v>1017186</x:v>
       </x:c>
       <x:c r="FU32" s="3" t="n">
-        <x:v>930138</x:v>
+        <x:v>975181</x:v>
       </x:c>
       <x:c r="FV32" s="3" t="n">
-        <x:v>966168</x:v>
+        <x:v>1017352</x:v>
       </x:c>
       <x:c r="FW32" s="3" t="n">
-        <x:v>1038385</x:v>
+        <x:v>1095573</x:v>
       </x:c>
       <x:c r="FX32" s="3" t="n">
-        <x:v>1067164</x:v>
+        <x:v>1118348</x:v>
       </x:c>
       <x:c r="FY32" s="3" t="n">
-        <x:v>1043572</x:v>
+        <x:v>1096018</x:v>
       </x:c>
       <x:c r="FZ32" s="3" t="n">
-        <x:v>1064006</x:v>
+        <x:v>1115765</x:v>
       </x:c>
       <x:c r="GA32" s="3" t="n">
-        <x:v>1078615</x:v>
+        <x:v>1117023</x:v>
       </x:c>
       <x:c r="GB32" s="3" t="n">
-        <x:v>1081433</x:v>
+        <x:v>1114142</x:v>
       </x:c>
       <x:c r="GC32" s="3" t="n">
-        <x:v>1090188</x:v>
+        <x:v>1142941</x:v>
       </x:c>
       <x:c r="GD32" s="3" t="n">
-        <x:v>1093611</x:v>
+        <x:v>1138345</x:v>
       </x:c>
       <x:c r="GE32" s="3" t="n">
-        <x:v>1103545</x:v>
+        <x:v>1149591</x:v>
       </x:c>
       <x:c r="GF32" s="3" t="n">
-        <x:v>1153420</x:v>
+        <x:v>1201043</x:v>
       </x:c>
       <x:c r="GG32" s="3" t="n">
-        <x:v>1133641</x:v>
+        <x:v>1180527</x:v>
       </x:c>
       <x:c r="GH32" s="3" t="n">
-        <x:v>1151060</x:v>
+        <x:v>1196794</x:v>
       </x:c>
       <x:c r="GI32" s="3" t="n">
-        <x:v>1159967</x:v>
+        <x:v>1208604</x:v>
+      </x:c>
+      <x:c r="GJ32" s="3" t="n">
+        <x:v>1228435</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:191">
+    <x:row r="33" spans="1:192">
       <x:c r="A33" s="2" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>58205</x:v>
+        <x:v>58191</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>59747</x:v>
+        <x:v>59733</x:v>
       </x:c>
       <x:c r="D33" s="3" t="n">
-        <x:v>59512</x:v>
+        <x:v>59498</x:v>
       </x:c>
       <x:c r="E33" s="3" t="n">
-        <x:v>60377</x:v>
+        <x:v>60363</x:v>
       </x:c>
       <x:c r="F33" s="3" t="n">
-        <x:v>60653</x:v>
+        <x:v>60613</x:v>
       </x:c>
       <x:c r="G33" s="3" t="n">
-        <x:v>62387</x:v>
+        <x:v>62347</x:v>
       </x:c>
       <x:c r="H33" s="3" t="n">
-        <x:v>62951</x:v>
+        <x:v>62911</x:v>
       </x:c>
       <x:c r="I33" s="3" t="n">
-        <x:v>67659</x:v>
+        <x:v>67619</x:v>
       </x:c>
       <x:c r="J33" s="3" t="n">
-        <x:v>69191</x:v>
+        <x:v>69137</x:v>
       </x:c>
       <x:c r="K33" s="3" t="n">
-        <x:v>69495</x:v>
+        <x:v>69441</x:v>
       </x:c>
       <x:c r="L33" s="3" t="n">
-        <x:v>71988</x:v>
+        <x:v>71935</x:v>
       </x:c>
       <x:c r="M33" s="3" t="n">
-        <x:v>73970</x:v>
+        <x:v>73916</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>76134</x:v>
+        <x:v>76070</x:v>
       </x:c>
       <x:c r="O33" s="3" t="n">
-        <x:v>79801</x:v>
+        <x:v>79737</x:v>
       </x:c>
       <x:c r="P33" s="3" t="n">
-        <x:v>81671</x:v>
+        <x:v>81607</x:v>
       </x:c>
       <x:c r="Q33" s="3" t="n">
-        <x:v>84347</x:v>
+        <x:v>84283</x:v>
       </x:c>
       <x:c r="R33" s="3" t="n">
-        <x:v>85724</x:v>
+        <x:v>85672</x:v>
       </x:c>
       <x:c r="S33" s="3" t="n">
-        <x:v>89805</x:v>
+        <x:v>89752</x:v>
       </x:c>
       <x:c r="T33" s="3" t="n">
-        <x:v>90557</x:v>
+        <x:v>90505</x:v>
       </x:c>
       <x:c r="U33" s="3" t="n">
-        <x:v>91815</x:v>
+        <x:v>91763</x:v>
       </x:c>
       <x:c r="V33" s="3" t="n">
-        <x:v>95008</x:v>
+        <x:v>94941</x:v>
       </x:c>
       <x:c r="W33" s="3" t="n">
-        <x:v>96478</x:v>
+        <x:v>96411</x:v>
       </x:c>
       <x:c r="X33" s="3" t="n">
-        <x:v>99908</x:v>
+        <x:v>99842</x:v>
       </x:c>
       <x:c r="Y33" s="3" t="n">
-        <x:v>99879</x:v>
+        <x:v>99812</x:v>
       </x:c>
       <x:c r="Z33" s="3" t="n">
-        <x:v>102021</x:v>
+        <x:v>101955</x:v>
       </x:c>
       <x:c r="AA33" s="3" t="n">
-        <x:v>104832</x:v>
+        <x:v>104766</x:v>
       </x:c>
       <x:c r="AB33" s="3" t="n">
-        <x:v>107872</x:v>
+        <x:v>107805</x:v>
       </x:c>
       <x:c r="AC33" s="3" t="n">
-        <x:v>109966</x:v>
+        <x:v>109900</x:v>
       </x:c>
       <x:c r="AD33" s="3" t="n">
-        <x:v>112197</x:v>
+        <x:v>112111</x:v>
       </x:c>
       <x:c r="AE33" s="3" t="n">
-        <x:v>116787</x:v>
+        <x:v>116701</x:v>
       </x:c>
       <x:c r="AF33" s="3" t="n">
-        <x:v>126707</x:v>
+        <x:v>126621</x:v>
       </x:c>
       <x:c r="AG33" s="3" t="n">
-        <x:v>126585</x:v>
+        <x:v>126499</x:v>
       </x:c>
       <x:c r="AH33" s="3" t="n">
-        <x:v>132322</x:v>
+        <x:v>132251</x:v>
       </x:c>
       <x:c r="AI33" s="3" t="n">
-        <x:v>138110</x:v>
+        <x:v>138039</x:v>
       </x:c>
       <x:c r="AJ33" s="3" t="n">
-        <x:v>140252</x:v>
+        <x:v>140181</x:v>
       </x:c>
       <x:c r="AK33" s="3" t="n">
-        <x:v>139546</x:v>
+        <x:v>139475</x:v>
       </x:c>
       <x:c r="AL33" s="3" t="n">
-        <x:v>147057</x:v>
+        <x:v>146937</x:v>
       </x:c>
       <x:c r="AM33" s="3" t="n">
-        <x:v>148453</x:v>
+        <x:v>148334</x:v>
       </x:c>
       <x:c r="AN33" s="3" t="n">
-        <x:v>151090</x:v>
+        <x:v>150970</x:v>
       </x:c>
       <x:c r="AO33" s="3" t="n">
-        <x:v>155442</x:v>
+        <x:v>155322</x:v>
       </x:c>
       <x:c r="AP33" s="3" t="n">
-        <x:v>155450</x:v>
+        <x:v>155367</x:v>
       </x:c>
       <x:c r="AQ33" s="3" t="n">
-        <x:v>155857</x:v>
+        <x:v>155774</x:v>
       </x:c>
       <x:c r="AR33" s="3" t="n">
-        <x:v>155276</x:v>
+        <x:v>155192</x:v>
       </x:c>
       <x:c r="AS33" s="3" t="n">
-        <x:v>154333</x:v>
+        <x:v>154250</x:v>
       </x:c>
       <x:c r="AT33" s="3" t="n">
-        <x:v>153586</x:v>
+        <x:v>153449</x:v>
       </x:c>
       <x:c r="AU33" s="3" t="n">
-        <x:v>157057</x:v>
+        <x:v>156919</x:v>
       </x:c>
       <x:c r="AV33" s="3" t="n">
-        <x:v>155953</x:v>
+        <x:v>155815</x:v>
       </x:c>
       <x:c r="AW33" s="3" t="n">
-        <x:v>158425</x:v>
+        <x:v>158287</x:v>
       </x:c>
       <x:c r="AX33" s="3" t="n">
-        <x:v>161858</x:v>
+        <x:v>161817</x:v>
       </x:c>
       <x:c r="AY33" s="3" t="n">
-        <x:v>161217</x:v>
+        <x:v>161176</x:v>
       </x:c>
       <x:c r="AZ33" s="3" t="n">
-        <x:v>162596</x:v>
+        <x:v>162555</x:v>
       </x:c>
       <x:c r="BA33" s="3" t="n">
-        <x:v>162551</x:v>
+        <x:v>162511</x:v>
       </x:c>
       <x:c r="BB33" s="3" t="n">
-        <x:v>166740</x:v>
+        <x:v>166614</x:v>
       </x:c>
       <x:c r="BC33" s="3" t="n">
-        <x:v>167032</x:v>
+        <x:v>166906</x:v>
       </x:c>
       <x:c r="BD33" s="3" t="n">
-        <x:v>170570</x:v>
+        <x:v>170444</x:v>
       </x:c>
       <x:c r="BE33" s="3" t="n">
-        <x:v>172633</x:v>
+        <x:v>172507</x:v>
       </x:c>
       <x:c r="BF33" s="3" t="n">
-        <x:v>175080</x:v>
+        <x:v>175002</x:v>
       </x:c>
       <x:c r="BG33" s="3" t="n">
-        <x:v>175767</x:v>
+        <x:v>175689</x:v>
       </x:c>
       <x:c r="BH33" s="3" t="n">
-        <x:v>173650</x:v>
+        <x:v>173572</x:v>
       </x:c>
       <x:c r="BI33" s="3" t="n">
-        <x:v>178957</x:v>
+        <x:v>178879</x:v>
       </x:c>
       <x:c r="BJ33" s="3" t="n">
-        <x:v>177794</x:v>
+        <x:v>177936</x:v>
       </x:c>
       <x:c r="BK33" s="3" t="n">
-        <x:v>180625</x:v>
+        <x:v>180766</x:v>
       </x:c>
       <x:c r="BL33" s="3" t="n">
-        <x:v>184400</x:v>
+        <x:v>184541</x:v>
       </x:c>
       <x:c r="BM33" s="3" t="n">
-        <x:v>188538</x:v>
+        <x:v>188680</x:v>
       </x:c>
       <x:c r="BN33" s="3" t="n">
-        <x:v>188123</x:v>
+        <x:v>188113</x:v>
       </x:c>
       <x:c r="BO33" s="3" t="n">
-        <x:v>191046</x:v>
+        <x:v>191036</x:v>
       </x:c>
       <x:c r="BP33" s="3" t="n">
-        <x:v>195521</x:v>
+        <x:v>195511</x:v>
       </x:c>
       <x:c r="BQ33" s="3" t="n">
-        <x:v>197313</x:v>
+        <x:v>197302</x:v>
       </x:c>
       <x:c r="BR33" s="3" t="n">
-        <x:v>203907</x:v>
+        <x:v>204528</x:v>
       </x:c>
       <x:c r="BS33" s="3" t="n">
-        <x:v>205489</x:v>
+        <x:v>206111</x:v>
       </x:c>
       <x:c r="BT33" s="3" t="n">
-        <x:v>208482</x:v>
+        <x:v>209103</x:v>
       </x:c>
       <x:c r="BU33" s="3" t="n">
-        <x:v>208917</x:v>
+        <x:v>209539</x:v>
       </x:c>
       <x:c r="BV33" s="3" t="n">
-        <x:v>222653</x:v>
+        <x:v>223363</x:v>
       </x:c>
       <x:c r="BW33" s="3" t="n">
-        <x:v>221562</x:v>
+        <x:v>222272</x:v>
       </x:c>
       <x:c r="BX33" s="3" t="n">
-        <x:v>224401</x:v>
+        <x:v>225111</x:v>
       </x:c>
       <x:c r="BY33" s="3" t="n">
-        <x:v>229072</x:v>
+        <x:v>229782</x:v>
       </x:c>
       <x:c r="BZ33" s="3" t="n">
-        <x:v>230826</x:v>
+        <x:v>231648</x:v>
       </x:c>
       <x:c r="CA33" s="3" t="n">
-        <x:v>239897</x:v>
+        <x:v>240719</x:v>
       </x:c>
       <x:c r="CB33" s="3" t="n">
-        <x:v>241307</x:v>
+        <x:v>242128</x:v>
       </x:c>
       <x:c r="CC33" s="3" t="n">
-        <x:v>243870</x:v>
+        <x:v>244691</x:v>
       </x:c>
       <x:c r="CD33" s="3" t="n">
-        <x:v>250046</x:v>
+        <x:v>250974</x:v>
       </x:c>
       <x:c r="CE33" s="3" t="n">
-        <x:v>254795</x:v>
+        <x:v>255723</x:v>
       </x:c>
       <x:c r="CF33" s="3" t="n">
-        <x:v>259564</x:v>
+        <x:v>260492</x:v>
       </x:c>
       <x:c r="CG33" s="3" t="n">
-        <x:v>261645</x:v>
+        <x:v>262573</x:v>
       </x:c>
       <x:c r="CH33" s="3" t="n">
-        <x:v>263978</x:v>
+        <x:v>265327</x:v>
       </x:c>
       <x:c r="CI33" s="3" t="n">
-        <x:v>264077</x:v>
+        <x:v>265425</x:v>
       </x:c>
       <x:c r="CJ33" s="3" t="n">
-        <x:v>271421</x:v>
+        <x:v>272769</x:v>
       </x:c>
       <x:c r="CK33" s="3" t="n">
-        <x:v>276147</x:v>
+        <x:v>277495</x:v>
       </x:c>
       <x:c r="CL33" s="3" t="n">
-        <x:v>285332</x:v>
+        <x:v>287128</x:v>
       </x:c>
       <x:c r="CM33" s="3" t="n">
-        <x:v>285802</x:v>
+        <x:v>287599</x:v>
       </x:c>
       <x:c r="CN33" s="3" t="n">
-        <x:v>286989</x:v>
+        <x:v>288786</x:v>
       </x:c>
       <x:c r="CO33" s="3" t="n">
-        <x:v>289133</x:v>
+        <x:v>290930</x:v>
       </x:c>
       <x:c r="CP33" s="3" t="n">
-        <x:v>302897</x:v>
+        <x:v>305560</x:v>
       </x:c>
       <x:c r="CQ33" s="3" t="n">
-        <x:v>305590</x:v>
+        <x:v>308253</x:v>
       </x:c>
       <x:c r="CR33" s="3" t="n">
-        <x:v>303624</x:v>
+        <x:v>306287</x:v>
       </x:c>
       <x:c r="CS33" s="3" t="n">
-        <x:v>303391</x:v>
+        <x:v>306054</x:v>
       </x:c>
       <x:c r="CT33" s="3" t="n">
-        <x:v>313443</x:v>
+        <x:v>317639</x:v>
       </x:c>
       <x:c r="CU33" s="3" t="n">
-        <x:v>322383</x:v>
+        <x:v>326579</x:v>
       </x:c>
       <x:c r="CV33" s="3" t="n">
-        <x:v>320579</x:v>
+        <x:v>324775</x:v>
       </x:c>
       <x:c r="CW33" s="3" t="n">
-        <x:v>322593</x:v>
+        <x:v>326789</x:v>
       </x:c>
       <x:c r="CX33" s="3" t="n">
-        <x:v>331833</x:v>
+        <x:v>336529</x:v>
       </x:c>
       <x:c r="CY33" s="3" t="n">
-        <x:v>325588</x:v>
+        <x:v>330285</x:v>
       </x:c>
       <x:c r="CZ33" s="3" t="n">
-        <x:v>334718</x:v>
+        <x:v>339415</x:v>
       </x:c>
       <x:c r="DA33" s="3" t="n">
-        <x:v>336299</x:v>
+        <x:v>340995</x:v>
       </x:c>
       <x:c r="DB33" s="3" t="n">
-        <x:v>348755</x:v>
+        <x:v>356356</x:v>
       </x:c>
       <x:c r="DC33" s="3" t="n">
-        <x:v>353359</x:v>
+        <x:v>360959</x:v>
       </x:c>
       <x:c r="DD33" s="3" t="n">
-        <x:v>359757</x:v>
+        <x:v>367357</x:v>
       </x:c>
       <x:c r="DE33" s="3" t="n">
-        <x:v>367970</x:v>
+        <x:v>375571</x:v>
       </x:c>
       <x:c r="DF33" s="3" t="n">
-        <x:v>370824</x:v>
+        <x:v>379811</x:v>
       </x:c>
       <x:c r="DG33" s="3" t="n">
-        <x:v>382363</x:v>
+        <x:v>391350</x:v>
       </x:c>
       <x:c r="DH33" s="3" t="n">
-        <x:v>386689</x:v>
+        <x:v>395676</x:v>
       </x:c>
       <x:c r="DI33" s="3" t="n">
-        <x:v>389805</x:v>
+        <x:v>398792</x:v>
       </x:c>
       <x:c r="DJ33" s="3" t="n">
-        <x:v>403522</x:v>
+        <x:v>416706</x:v>
       </x:c>
       <x:c r="DK33" s="3" t="n">
-        <x:v>413578</x:v>
+        <x:v>426763</x:v>
       </x:c>
       <x:c r="DL33" s="3" t="n">
-        <x:v>415466</x:v>
+        <x:v>428650</x:v>
       </x:c>
       <x:c r="DM33" s="3" t="n">
-        <x:v>426708</x:v>
+        <x:v>439893</x:v>
       </x:c>
       <x:c r="DN33" s="3" t="n">
-        <x:v>444247</x:v>
+        <x:v>461290</x:v>
       </x:c>
       <x:c r="DO33" s="3" t="n">
-        <x:v>451389</x:v>
+        <x:v>468431</x:v>
       </x:c>
       <x:c r="DP33" s="3" t="n">
-        <x:v>456200</x:v>
+        <x:v>473243</x:v>
       </x:c>
       <x:c r="DQ33" s="3" t="n">
-        <x:v>469361</x:v>
+        <x:v>486404</x:v>
       </x:c>
       <x:c r="DR33" s="3" t="n">
-        <x:v>480941</x:v>
+        <x:v>500504</x:v>
       </x:c>
       <x:c r="DS33" s="3" t="n">
-        <x:v>483924</x:v>
+        <x:v>503487</x:v>
       </x:c>
       <x:c r="DT33" s="3" t="n">
-        <x:v>487388</x:v>
+        <x:v>506951</x:v>
       </x:c>
       <x:c r="DU33" s="3" t="n">
-        <x:v>484842</x:v>
+        <x:v>504405</x:v>
       </x:c>
       <x:c r="DV33" s="3" t="n">
-        <x:v>483328</x:v>
+        <x:v>503056</x:v>
       </x:c>
       <x:c r="DW33" s="3" t="n">
-        <x:v>489632</x:v>
+        <x:v>509360</x:v>
       </x:c>
       <x:c r="DX33" s="3" t="n">
-        <x:v>492120</x:v>
+        <x:v>511848</x:v>
       </x:c>
       <x:c r="DY33" s="3" t="n">
-        <x:v>499391</x:v>
+        <x:v>519120</x:v>
       </x:c>
       <x:c r="DZ33" s="3" t="n">
-        <x:v>503429</x:v>
+        <x:v>523929</x:v>
       </x:c>
       <x:c r="EA33" s="3" t="n">
-        <x:v>503065</x:v>
+        <x:v>523565</x:v>
       </x:c>
       <x:c r="EB33" s="3" t="n">
-        <x:v>509102</x:v>
+        <x:v>529602</x:v>
       </x:c>
       <x:c r="EC33" s="3" t="n">
-        <x:v>519075</x:v>
+        <x:v>539575</x:v>
       </x:c>
       <x:c r="ED33" s="3" t="n">
-        <x:v>526558</x:v>
+        <x:v>550459</x:v>
       </x:c>
       <x:c r="EE33" s="3" t="n">
-        <x:v>531947</x:v>
+        <x:v>555849</x:v>
       </x:c>
       <x:c r="EF33" s="3" t="n">
-        <x:v>536378</x:v>
+        <x:v>560279</x:v>
       </x:c>
       <x:c r="EG33" s="3" t="n">
-        <x:v>545334</x:v>
+        <x:v>569235</x:v>
       </x:c>
       <x:c r="EH33" s="3" t="n">
-        <x:v>552134</x:v>
+        <x:v>578912</x:v>
       </x:c>
       <x:c r="EI33" s="3" t="n">
-        <x:v>558071</x:v>
+        <x:v>584849</x:v>
       </x:c>
       <x:c r="EJ33" s="3" t="n">
-        <x:v>574218</x:v>
+        <x:v>600995</x:v>
       </x:c>
       <x:c r="EK33" s="3" t="n">
-        <x:v>584982</x:v>
+        <x:v>611759</x:v>
       </x:c>
       <x:c r="EL33" s="3" t="n">
-        <x:v>583812</x:v>
+        <x:v>614383</x:v>
       </x:c>
       <x:c r="EM33" s="3" t="n">
-        <x:v>592437</x:v>
+        <x:v>623008</x:v>
       </x:c>
       <x:c r="EN33" s="3" t="n">
-        <x:v>600314</x:v>
+        <x:v>630884</x:v>
       </x:c>
       <x:c r="EO33" s="3" t="n">
-        <x:v>608996</x:v>
+        <x:v>639567</x:v>
       </x:c>
       <x:c r="EP33" s="3" t="n">
-        <x:v>613651</x:v>
+        <x:v>647810</x:v>
       </x:c>
       <x:c r="EQ33" s="3" t="n">
-        <x:v>620893</x:v>
+        <x:v>655052</x:v>
       </x:c>
       <x:c r="ER33" s="3" t="n">
-        <x:v>627543</x:v>
+        <x:v>661702</x:v>
       </x:c>
       <x:c r="ES33" s="3" t="n">
-        <x:v>636320</x:v>
+        <x:v>670479</x:v>
       </x:c>
       <x:c r="ET33" s="3" t="n">
-        <x:v>643817</x:v>
+        <x:v>681841</x:v>
       </x:c>
       <x:c r="EU33" s="3" t="n">
-        <x:v>653072</x:v>
+        <x:v>691096</x:v>
       </x:c>
       <x:c r="EV33" s="3" t="n">
-        <x:v>656462</x:v>
+        <x:v>694486</x:v>
       </x:c>
       <x:c r="EW33" s="3" t="n">
-        <x:v>664658</x:v>
+        <x:v>702682</x:v>
       </x:c>
       <x:c r="EX33" s="3" t="n">
-        <x:v>677710</x:v>
+        <x:v>721561</x:v>
       </x:c>
       <x:c r="EY33" s="3" t="n">
-        <x:v>688713</x:v>
+        <x:v>729904</x:v>
       </x:c>
       <x:c r="EZ33" s="3" t="n">
-        <x:v>697511</x:v>
+        <x:v>740689</x:v>
       </x:c>
       <x:c r="FA33" s="3" t="n">
-        <x:v>704496</x:v>
+        <x:v>744854</x:v>
       </x:c>
       <x:c r="FB33" s="3" t="n">
-        <x:v>722688</x:v>
+        <x:v>768348</x:v>
       </x:c>
       <x:c r="FC33" s="3" t="n">
-        <x:v>727275</x:v>
+        <x:v>770769</x:v>
       </x:c>
       <x:c r="FD33" s="3" t="n">
-        <x:v>732035</x:v>
+        <x:v>781025</x:v>
       </x:c>
       <x:c r="FE33" s="3" t="n">
-        <x:v>743988</x:v>
+        <x:v>789381</x:v>
       </x:c>
       <x:c r="FF33" s="3" t="n">
-        <x:v>746355</x:v>
+        <x:v>797009</x:v>
       </x:c>
       <x:c r="FG33" s="3" t="n">
-        <x:v>760455</x:v>
+        <x:v>808956</x:v>
       </x:c>
       <x:c r="FH33" s="3" t="n">
-        <x:v>766371</x:v>
+        <x:v>818009</x:v>
       </x:c>
       <x:c r="FI33" s="3" t="n">
-        <x:v>777051</x:v>
+        <x:v>823515</x:v>
       </x:c>
       <x:c r="FJ33" s="3" t="n">
-        <x:v>788175</x:v>
+        <x:v>845590</x:v>
       </x:c>
       <x:c r="FK33" s="3" t="n">
-        <x:v>798000</x:v>
+        <x:v>853645</x:v>
       </x:c>
       <x:c r="FL33" s="3" t="n">
-        <x:v>810221</x:v>
+        <x:v>866749</x:v>
       </x:c>
       <x:c r="FM33" s="3" t="n">
-        <x:v>812591</x:v>
+        <x:v>862842</x:v>
       </x:c>
       <x:c r="FN33" s="3" t="n">
-        <x:v>800761</x:v>
+        <x:v>863004</x:v>
       </x:c>
       <x:c r="FO33" s="3" t="n">
-        <x:v>759100</x:v>
+        <x:v>819528</x:v>
       </x:c>
       <x:c r="FP33" s="3" t="n">
-        <x:v>796605</x:v>
+        <x:v>857800</x:v>
       </x:c>
       <x:c r="FQ33" s="3" t="n">
-        <x:v>808076</x:v>
+        <x:v>862808</x:v>
       </x:c>
       <x:c r="FR33" s="3" t="n">
-        <x:v>807910</x:v>
+        <x:v>881057</x:v>
       </x:c>
       <x:c r="FS33" s="3" t="n">
-        <x:v>828542</x:v>
+        <x:v>893058</x:v>
       </x:c>
       <x:c r="FT33" s="3" t="n">
-        <x:v>867260</x:v>
+        <x:v>932545</x:v>
       </x:c>
       <x:c r="FU33" s="3" t="n">
-        <x:v>890438</x:v>
+        <x:v>955123</x:v>
       </x:c>
       <x:c r="FV33" s="3" t="n">
-        <x:v>896649</x:v>
+        <x:v>969790</x:v>
       </x:c>
       <x:c r="FW33" s="3" t="n">
-        <x:v>926696</x:v>
+        <x:v>994411</x:v>
       </x:c>
       <x:c r="FX33" s="3" t="n">
-        <x:v>949000</x:v>
+        <x:v>1013162</x:v>
       </x:c>
       <x:c r="FY33" s="3" t="n">
-        <x:v>980551</x:v>
+        <x:v>1028321</x:v>
       </x:c>
       <x:c r="FZ33" s="3" t="n">
-        <x:v>973559</x:v>
+        <x:v>1033135</x:v>
       </x:c>
       <x:c r="GA33" s="3" t="n">
-        <x:v>985229</x:v>
+        <x:v>1037783</x:v>
       </x:c>
       <x:c r="GB33" s="3" t="n">
-        <x:v>987059</x:v>
+        <x:v>1035525</x:v>
       </x:c>
       <x:c r="GC33" s="3" t="n">
-        <x:v>1015217</x:v>
+        <x:v>1064557</x:v>
       </x:c>
       <x:c r="GD33" s="3" t="n">
-        <x:v>1004512</x:v>
+        <x:v>1062331</x:v>
       </x:c>
       <x:c r="GE33" s="3" t="n">
-        <x:v>1026718</x:v>
+        <x:v>1089436</x:v>
       </x:c>
       <x:c r="GF33" s="3" t="n">
-        <x:v>1036776</x:v>
+        <x:v>1102669</x:v>
       </x:c>
       <x:c r="GG33" s="3" t="n">
-        <x:v>1044823</x:v>
+        <x:v>1110286</x:v>
       </x:c>
       <x:c r="GH33" s="3" t="n">
-        <x:v>1061650</x:v>
+        <x:v>1122304</x:v>
       </x:c>
       <x:c r="GI33" s="3" t="n">
-        <x:v>1074580</x:v>
+        <x:v>1138640</x:v>
+      </x:c>
+      <x:c r="GJ33" s="3" t="n">
+        <x:v>1150454</x:v>
       </x:c>
     </x:row>
-    <x:row r="34" spans="1:191">
+    <x:row r="34" spans="1:192">
       <x:c r="A34" s="2" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
         <x:v>14947</x:v>
       </x:c>
       <x:c r="C34" s="3" t="n">
         <x:v>15220</x:v>
       </x:c>
       <x:c r="D34" s="3" t="n">
         <x:v>15624</x:v>
       </x:c>
       <x:c r="E34" s="3" t="n">
         <x:v>15998</x:v>
       </x:c>
       <x:c r="F34" s="3" t="n">
         <x:v>15707</x:v>
       </x:c>
       <x:c r="G34" s="3" t="n">
         <x:v>16181</x:v>
       </x:c>
       <x:c r="H34" s="3" t="n">
         <x:v>16518</x:v>
       </x:c>
       <x:c r="I34" s="3" t="n">
         <x:v>16923</x:v>
       </x:c>
@@ -18699,419 +18792,422 @@
       <x:c r="BJ34" s="3" t="n">
         <x:v>55675</x:v>
       </x:c>
       <x:c r="BK34" s="3" t="n">
         <x:v>56015</x:v>
       </x:c>
       <x:c r="BL34" s="3" t="n">
         <x:v>56094</x:v>
       </x:c>
       <x:c r="BM34" s="3" t="n">
         <x:v>57731</x:v>
       </x:c>
       <x:c r="BN34" s="3" t="n">
         <x:v>56196</x:v>
       </x:c>
       <x:c r="BO34" s="3" t="n">
         <x:v>57694</x:v>
       </x:c>
       <x:c r="BP34" s="3" t="n">
         <x:v>58744</x:v>
       </x:c>
       <x:c r="BQ34" s="3" t="n">
         <x:v>59994</x:v>
       </x:c>
       <x:c r="BR34" s="3" t="n">
-        <x:v>60656</x:v>
+        <x:v>61102</x:v>
       </x:c>
       <x:c r="BS34" s="3" t="n">
-        <x:v>59760</x:v>
+        <x:v>60206</x:v>
       </x:c>
       <x:c r="BT34" s="3" t="n">
-        <x:v>61153</x:v>
+        <x:v>61599</x:v>
       </x:c>
       <x:c r="BU34" s="3" t="n">
-        <x:v>60286</x:v>
+        <x:v>60733</x:v>
       </x:c>
       <x:c r="BV34" s="3" t="n">
-        <x:v>63295</x:v>
+        <x:v>63770</x:v>
       </x:c>
       <x:c r="BW34" s="3" t="n">
-        <x:v>63129</x:v>
+        <x:v>63605</x:v>
       </x:c>
       <x:c r="BX34" s="3" t="n">
-        <x:v>64876</x:v>
+        <x:v>65352</x:v>
       </x:c>
       <x:c r="BY34" s="3" t="n">
-        <x:v>65457</x:v>
+        <x:v>65933</x:v>
       </x:c>
       <x:c r="BZ34" s="3" t="n">
-        <x:v>67241</x:v>
+        <x:v>67745</x:v>
       </x:c>
       <x:c r="CA34" s="3" t="n">
-        <x:v>71104</x:v>
+        <x:v>71609</x:v>
       </x:c>
       <x:c r="CB34" s="3" t="n">
-        <x:v>68937</x:v>
+        <x:v>69442</x:v>
       </x:c>
       <x:c r="CC34" s="3" t="n">
-        <x:v>69864</x:v>
+        <x:v>70369</x:v>
       </x:c>
       <x:c r="CD34" s="3" t="n">
-        <x:v>73178</x:v>
+        <x:v>73740</x:v>
       </x:c>
       <x:c r="CE34" s="3" t="n">
-        <x:v>74300</x:v>
+        <x:v>74862</x:v>
       </x:c>
       <x:c r="CF34" s="3" t="n">
-        <x:v>76785</x:v>
+        <x:v>77346</x:v>
       </x:c>
       <x:c r="CG34" s="3" t="n">
-        <x:v>77945</x:v>
+        <x:v>78507</x:v>
       </x:c>
       <x:c r="CH34" s="3" t="n">
-        <x:v>78895</x:v>
+        <x:v>79517</x:v>
       </x:c>
       <x:c r="CI34" s="3" t="n">
-        <x:v>79516</x:v>
+        <x:v>80137</x:v>
       </x:c>
       <x:c r="CJ34" s="3" t="n">
-        <x:v>80328</x:v>
+        <x:v>80949</x:v>
       </x:c>
       <x:c r="CK34" s="3" t="n">
-        <x:v>82074</x:v>
+        <x:v>82695</x:v>
       </x:c>
       <x:c r="CL34" s="3" t="n">
-        <x:v>82743</x:v>
+        <x:v>83428</x:v>
       </x:c>
       <x:c r="CM34" s="3" t="n">
-        <x:v>83711</x:v>
+        <x:v>84396</x:v>
       </x:c>
       <x:c r="CN34" s="3" t="n">
-        <x:v>84375</x:v>
+        <x:v>85060</x:v>
       </x:c>
       <x:c r="CO34" s="3" t="n">
-        <x:v>85281</x:v>
+        <x:v>85966</x:v>
       </x:c>
       <x:c r="CP34" s="3" t="n">
-        <x:v>91404</x:v>
+        <x:v>92107</x:v>
       </x:c>
       <x:c r="CQ34" s="3" t="n">
-        <x:v>90631</x:v>
+        <x:v>91334</x:v>
       </x:c>
       <x:c r="CR34" s="3" t="n">
-        <x:v>91070</x:v>
+        <x:v>91773</x:v>
       </x:c>
       <x:c r="CS34" s="3" t="n">
-        <x:v>93607</x:v>
+        <x:v>94310</x:v>
       </x:c>
       <x:c r="CT34" s="3" t="n">
-        <x:v>94943</x:v>
+        <x:v>95797</x:v>
       </x:c>
       <x:c r="CU34" s="3" t="n">
-        <x:v>100256</x:v>
+        <x:v>101110</x:v>
       </x:c>
       <x:c r="CV34" s="3" t="n">
-        <x:v>100854</x:v>
+        <x:v>101708</x:v>
       </x:c>
       <x:c r="CW34" s="3" t="n">
-        <x:v>99185</x:v>
+        <x:v>100039</x:v>
       </x:c>
       <x:c r="CX34" s="3" t="n">
-        <x:v>105693</x:v>
+        <x:v>106695</x:v>
       </x:c>
       <x:c r="CY34" s="3" t="n">
-        <x:v>103992</x:v>
+        <x:v>104994</x:v>
       </x:c>
       <x:c r="CZ34" s="3" t="n">
-        <x:v>106681</x:v>
+        <x:v>107683</x:v>
       </x:c>
       <x:c r="DA34" s="3" t="n">
-        <x:v>103543</x:v>
+        <x:v>104545</x:v>
       </x:c>
       <x:c r="DB34" s="3" t="n">
-        <x:v>107161</x:v>
+        <x:v>108142</x:v>
       </x:c>
       <x:c r="DC34" s="3" t="n">
-        <x:v>108420</x:v>
+        <x:v>109401</x:v>
       </x:c>
       <x:c r="DD34" s="3" t="n">
-        <x:v>110972</x:v>
+        <x:v>111953</x:v>
       </x:c>
       <x:c r="DE34" s="3" t="n">
-        <x:v>112864</x:v>
+        <x:v>113845</x:v>
       </x:c>
       <x:c r="DF34" s="3" t="n">
-        <x:v>109590</x:v>
+        <x:v>110641</x:v>
       </x:c>
       <x:c r="DG34" s="3" t="n">
-        <x:v>116866</x:v>
+        <x:v>117917</x:v>
       </x:c>
       <x:c r="DH34" s="3" t="n">
-        <x:v>113310</x:v>
+        <x:v>114361</x:v>
       </x:c>
       <x:c r="DI34" s="3" t="n">
-        <x:v>116524</x:v>
+        <x:v>117576</x:v>
       </x:c>
       <x:c r="DJ34" s="3" t="n">
-        <x:v>120517</x:v>
+        <x:v>121602</x:v>
       </x:c>
       <x:c r="DK34" s="3" t="n">
-        <x:v>124403</x:v>
+        <x:v>125488</x:v>
       </x:c>
       <x:c r="DL34" s="3" t="n">
-        <x:v>121519</x:v>
+        <x:v>122604</x:v>
       </x:c>
       <x:c r="DM34" s="3" t="n">
-        <x:v>125280</x:v>
+        <x:v>126366</x:v>
       </x:c>
       <x:c r="DN34" s="3" t="n">
-        <x:v>130252</x:v>
+        <x:v>131606</x:v>
       </x:c>
       <x:c r="DO34" s="3" t="n">
-        <x:v>131024</x:v>
+        <x:v>132377</x:v>
       </x:c>
       <x:c r="DP34" s="3" t="n">
-        <x:v>131173</x:v>
+        <x:v>132527</x:v>
       </x:c>
       <x:c r="DQ34" s="3" t="n">
-        <x:v>137681</x:v>
+        <x:v>139034</x:v>
       </x:c>
       <x:c r="DR34" s="3" t="n">
-        <x:v>139880</x:v>
+        <x:v>141319</x:v>
       </x:c>
       <x:c r="DS34" s="3" t="n">
-        <x:v>144986</x:v>
+        <x:v>146425</x:v>
       </x:c>
       <x:c r="DT34" s="3" t="n">
-        <x:v>151109</x:v>
+        <x:v>152548</x:v>
       </x:c>
       <x:c r="DU34" s="3" t="n">
-        <x:v>147407</x:v>
+        <x:v>148846</x:v>
       </x:c>
       <x:c r="DV34" s="3" t="n">
-        <x:v>152771</x:v>
+        <x:v>153815</x:v>
       </x:c>
       <x:c r="DW34" s="3" t="n">
-        <x:v>160319</x:v>
+        <x:v>161363</x:v>
       </x:c>
       <x:c r="DX34" s="3" t="n">
-        <x:v>160075</x:v>
+        <x:v>161119</x:v>
       </x:c>
       <x:c r="DY34" s="3" t="n">
-        <x:v>162253</x:v>
+        <x:v>163297</x:v>
       </x:c>
       <x:c r="DZ34" s="3" t="n">
-        <x:v>162663</x:v>
+        <x:v>163763</x:v>
       </x:c>
       <x:c r="EA34" s="3" t="n">
-        <x:v>165020</x:v>
+        <x:v>166120</x:v>
       </x:c>
       <x:c r="EB34" s="3" t="n">
-        <x:v>165926</x:v>
+        <x:v>167026</x:v>
       </x:c>
       <x:c r="EC34" s="3" t="n">
-        <x:v>166862</x:v>
+        <x:v>167962</x:v>
       </x:c>
       <x:c r="ED34" s="3" t="n">
-        <x:v>171824</x:v>
+        <x:v>172761</x:v>
       </x:c>
       <x:c r="EE34" s="3" t="n">
-        <x:v>171066</x:v>
+        <x:v>172003</x:v>
       </x:c>
       <x:c r="EF34" s="3" t="n">
-        <x:v>175838</x:v>
+        <x:v>176775</x:v>
       </x:c>
       <x:c r="EG34" s="3" t="n">
-        <x:v>178558</x:v>
+        <x:v>179495</x:v>
       </x:c>
       <x:c r="EH34" s="3" t="n">
-        <x:v>176356</x:v>
+        <x:v>177837</x:v>
       </x:c>
       <x:c r="EI34" s="3" t="n">
-        <x:v>179064</x:v>
+        <x:v>180545</x:v>
       </x:c>
       <x:c r="EJ34" s="3" t="n">
-        <x:v>184938</x:v>
+        <x:v>186419</x:v>
       </x:c>
       <x:c r="EK34" s="3" t="n">
-        <x:v>189517</x:v>
+        <x:v>190998</x:v>
       </x:c>
       <x:c r="EL34" s="3" t="n">
-        <x:v>191734</x:v>
+        <x:v>193501</x:v>
       </x:c>
       <x:c r="EM34" s="3" t="n">
-        <x:v>190049</x:v>
+        <x:v>191815</x:v>
       </x:c>
       <x:c r="EN34" s="3" t="n">
-        <x:v>197631</x:v>
+        <x:v>199397</x:v>
       </x:c>
       <x:c r="EO34" s="3" t="n">
-        <x:v>200704</x:v>
+        <x:v>202470</x:v>
       </x:c>
       <x:c r="EP34" s="3" t="n">
-        <x:v>203262</x:v>
+        <x:v>204703</x:v>
       </x:c>
       <x:c r="EQ34" s="3" t="n">
-        <x:v>205343</x:v>
+        <x:v>206784</x:v>
       </x:c>
       <x:c r="ER34" s="3" t="n">
-        <x:v>210135</x:v>
+        <x:v>211575</x:v>
       </x:c>
       <x:c r="ES34" s="3" t="n">
-        <x:v>212721</x:v>
+        <x:v>214162</x:v>
       </x:c>
       <x:c r="ET34" s="3" t="n">
-        <x:v>215819</x:v>
+        <x:v>217523</x:v>
       </x:c>
       <x:c r="EU34" s="3" t="n">
-        <x:v>218603</x:v>
+        <x:v>220307</x:v>
       </x:c>
       <x:c r="EV34" s="3" t="n">
-        <x:v>221002</x:v>
+        <x:v>222706</x:v>
       </x:c>
       <x:c r="EW34" s="3" t="n">
-        <x:v>219552</x:v>
+        <x:v>221256</x:v>
       </x:c>
       <x:c r="EX34" s="3" t="n">
-        <x:v>225692</x:v>
+        <x:v>227150</x:v>
       </x:c>
       <x:c r="EY34" s="3" t="n">
-        <x:v>228749</x:v>
+        <x:v>230222</x:v>
       </x:c>
       <x:c r="EZ34" s="3" t="n">
-        <x:v>233539</x:v>
+        <x:v>235138</x:v>
       </x:c>
       <x:c r="FA34" s="3" t="n">
-        <x:v>231732</x:v>
+        <x:v>233479</x:v>
       </x:c>
       <x:c r="FB34" s="3" t="n">
-        <x:v>236540</x:v>
+        <x:v>237949</x:v>
       </x:c>
       <x:c r="FC34" s="3" t="n">
-        <x:v>240810</x:v>
+        <x:v>242476</x:v>
       </x:c>
       <x:c r="FD34" s="3" t="n">
-        <x:v>240053</x:v>
+        <x:v>241713</x:v>
       </x:c>
       <x:c r="FE34" s="3" t="n">
-        <x:v>247323</x:v>
+        <x:v>249074</x:v>
       </x:c>
       <x:c r="FF34" s="3" t="n">
-        <x:v>250052</x:v>
+        <x:v>251706</x:v>
       </x:c>
       <x:c r="FG34" s="3" t="n">
-        <x:v>253967</x:v>
+        <x:v>255476</x:v>
       </x:c>
       <x:c r="FH34" s="3" t="n">
-        <x:v>257732</x:v>
+        <x:v>259260</x:v>
       </x:c>
       <x:c r="FI34" s="3" t="n">
-        <x:v>258480</x:v>
+        <x:v>259829</x:v>
       </x:c>
       <x:c r="FJ34" s="3" t="n">
-        <x:v>262245</x:v>
+        <x:v>263741</x:v>
       </x:c>
       <x:c r="FK34" s="3" t="n">
-        <x:v>269128</x:v>
+        <x:v>270537</x:v>
       </x:c>
       <x:c r="FL34" s="3" t="n">
-        <x:v>273724</x:v>
+        <x:v>275093</x:v>
       </x:c>
       <x:c r="FM34" s="3" t="n">
-        <x:v>275677</x:v>
+        <x:v>277261</x:v>
       </x:c>
       <x:c r="FN34" s="3" t="n">
-        <x:v>275589</x:v>
+        <x:v>277314</x:v>
       </x:c>
       <x:c r="FO34" s="3" t="n">
-        <x:v>279391</x:v>
+        <x:v>281211</x:v>
       </x:c>
       <x:c r="FP34" s="3" t="n">
-        <x:v>283622</x:v>
+        <x:v>285443</x:v>
       </x:c>
       <x:c r="FQ34" s="3" t="n">
-        <x:v>283251</x:v>
+        <x:v>285435</x:v>
       </x:c>
       <x:c r="FR34" s="3" t="n">
-        <x:v>289320</x:v>
+        <x:v>291308</x:v>
       </x:c>
       <x:c r="FS34" s="3" t="n">
-        <x:v>294055</x:v>
+        <x:v>296127</x:v>
       </x:c>
       <x:c r="FT34" s="3" t="n">
-        <x:v>300693</x:v>
+        <x:v>302622</x:v>
       </x:c>
       <x:c r="FU34" s="3" t="n">
-        <x:v>305891</x:v>
+        <x:v>308264</x:v>
       </x:c>
       <x:c r="FV34" s="3" t="n">
-        <x:v>308864</x:v>
+        <x:v>312923</x:v>
       </x:c>
       <x:c r="FW34" s="3" t="n">
-        <x:v>315858</x:v>
+        <x:v>319313</x:v>
       </x:c>
       <x:c r="FX34" s="3" t="n">
-        <x:v>323209</x:v>
+        <x:v>326274</x:v>
       </x:c>
       <x:c r="FY34" s="3" t="n">
-        <x:v>325933</x:v>
+        <x:v>328130</x:v>
       </x:c>
       <x:c r="FZ34" s="3" t="n">
-        <x:v>334286</x:v>
+        <x:v>336423</x:v>
       </x:c>
       <x:c r="GA34" s="3" t="n">
-        <x:v>339835</x:v>
+        <x:v>340607</x:v>
       </x:c>
       <x:c r="GB34" s="3" t="n">
-        <x:v>345031</x:v>
+        <x:v>346638</x:v>
       </x:c>
       <x:c r="GC34" s="3" t="n">
-        <x:v>360329</x:v>
+        <x:v>361905</x:v>
       </x:c>
       <x:c r="GD34" s="3" t="n">
-        <x:v>358222</x:v>
+        <x:v>359693</x:v>
       </x:c>
       <x:c r="GE34" s="3" t="n">
-        <x:v>361769</x:v>
+        <x:v>363649</x:v>
       </x:c>
       <x:c r="GF34" s="3" t="n">
-        <x:v>372906</x:v>
+        <x:v>374829</x:v>
       </x:c>
       <x:c r="GG34" s="3" t="n">
-        <x:v>376282</x:v>
+        <x:v>378040</x:v>
       </x:c>
       <x:c r="GH34" s="3" t="n">
-        <x:v>378277</x:v>
+        <x:v>376395</x:v>
       </x:c>
       <x:c r="GI34" s="3" t="n">
-        <x:v>383484</x:v>
+        <x:v>381246</x:v>
+      </x:c>
+      <x:c r="GJ34" s="3" t="n">
+        <x:v>381712</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:191">
+    <x:row r="35" spans="1:192">
       <x:c r="A35" s="2" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
         <x:v>19291</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>24179</x:v>
       </x:c>
       <x:c r="D35" s="3" t="n">
         <x:v>20832</x:v>
       </x:c>
       <x:c r="E35" s="3" t="n">
         <x:v>22118</x:v>
       </x:c>
       <x:c r="F35" s="3" t="n">
         <x:v>23487</x:v>
       </x:c>
       <x:c r="G35" s="3" t="n">
         <x:v>24119</x:v>
       </x:c>
       <x:c r="H35" s="3" t="n">
         <x:v>26778</x:v>
       </x:c>
       <x:c r="I35" s="3" t="n">
         <x:v>29187</x:v>
       </x:c>
@@ -19418,275 +19514,278 @@
       <x:c r="DF35" s="3" t="n">
         <x:v>198631</x:v>
       </x:c>
       <x:c r="DG35" s="3" t="n">
         <x:v>211599</x:v>
       </x:c>
       <x:c r="DH35" s="3" t="n">
         <x:v>224104</x:v>
       </x:c>
       <x:c r="DI35" s="3" t="n">
         <x:v>233220</x:v>
       </x:c>
       <x:c r="DJ35" s="3" t="n">
         <x:v>247860</x:v>
       </x:c>
       <x:c r="DK35" s="3" t="n">
         <x:v>244320</x:v>
       </x:c>
       <x:c r="DL35" s="3" t="n">
         <x:v>249610</x:v>
       </x:c>
       <x:c r="DM35" s="3" t="n">
         <x:v>249108</x:v>
       </x:c>
       <x:c r="DN35" s="3" t="n">
-        <x:v>243682</x:v>
+        <x:v>244178</x:v>
       </x:c>
       <x:c r="DO35" s="3" t="n">
-        <x:v>246729</x:v>
+        <x:v>247224</x:v>
       </x:c>
       <x:c r="DP35" s="3" t="n">
-        <x:v>251317</x:v>
+        <x:v>251813</x:v>
       </x:c>
       <x:c r="DQ35" s="3" t="n">
-        <x:v>272145</x:v>
+        <x:v>272640</x:v>
       </x:c>
       <x:c r="DR35" s="3" t="n">
-        <x:v>291548</x:v>
+        <x:v>292539</x:v>
       </x:c>
       <x:c r="DS35" s="3" t="n">
-        <x:v>316579</x:v>
+        <x:v>317569</x:v>
       </x:c>
       <x:c r="DT35" s="3" t="n">
-        <x:v>311708</x:v>
+        <x:v>312698</x:v>
       </x:c>
       <x:c r="DU35" s="3" t="n">
-        <x:v>292066</x:v>
+        <x:v>293057</x:v>
       </x:c>
       <x:c r="DV35" s="3" t="n">
-        <x:v>237505</x:v>
+        <x:v>238826</x:v>
       </x:c>
       <x:c r="DW35" s="3" t="n">
-        <x:v>236250</x:v>
+        <x:v>237571</x:v>
       </x:c>
       <x:c r="DX35" s="3" t="n">
-        <x:v>247447</x:v>
+        <x:v>248768</x:v>
       </x:c>
       <x:c r="DY35" s="3" t="n">
-        <x:v>250051</x:v>
+        <x:v>251373</x:v>
       </x:c>
       <x:c r="DZ35" s="3" t="n">
-        <x:v>256554</x:v>
+        <x:v>258206</x:v>
       </x:c>
       <x:c r="EA35" s="3" t="n">
-        <x:v>257331</x:v>
+        <x:v>258983</x:v>
       </x:c>
       <x:c r="EB35" s="3" t="n">
-        <x:v>255740</x:v>
+        <x:v>257392</x:v>
       </x:c>
       <x:c r="EC35" s="3" t="n">
-        <x:v>276431</x:v>
+        <x:v>278083</x:v>
       </x:c>
       <x:c r="ED35" s="3" t="n">
-        <x:v>283881</x:v>
+        <x:v>285863</x:v>
       </x:c>
       <x:c r="EE35" s="3" t="n">
-        <x:v>289753</x:v>
+        <x:v>291735</x:v>
       </x:c>
       <x:c r="EF35" s="3" t="n">
-        <x:v>298532</x:v>
+        <x:v>300514</x:v>
       </x:c>
       <x:c r="EG35" s="3" t="n">
-        <x:v>298485</x:v>
+        <x:v>300467</x:v>
       </x:c>
       <x:c r="EH35" s="3" t="n">
-        <x:v>319336</x:v>
+        <x:v>321648</x:v>
       </x:c>
       <x:c r="EI35" s="3" t="n">
-        <x:v>315380</x:v>
+        <x:v>317691</x:v>
       </x:c>
       <x:c r="EJ35" s="3" t="n">
-        <x:v>300496</x:v>
+        <x:v>302808</x:v>
       </x:c>
       <x:c r="EK35" s="3" t="n">
-        <x:v>296415</x:v>
+        <x:v>298727</x:v>
       </x:c>
       <x:c r="EL35" s="3" t="n">
-        <x:v>293730</x:v>
+        <x:v>296373</x:v>
       </x:c>
       <x:c r="EM35" s="3" t="n">
-        <x:v>305366</x:v>
+        <x:v>308008</x:v>
       </x:c>
       <x:c r="EN35" s="3" t="n">
-        <x:v>316897</x:v>
+        <x:v>319540</x:v>
       </x:c>
       <x:c r="EO35" s="3" t="n">
-        <x:v>315855</x:v>
+        <x:v>318497</x:v>
       </x:c>
       <x:c r="EP35" s="3" t="n">
-        <x:v>322059</x:v>
+        <x:v>325031</x:v>
       </x:c>
       <x:c r="EQ35" s="3" t="n">
-        <x:v>309430</x:v>
+        <x:v>312402</x:v>
       </x:c>
       <x:c r="ER35" s="3" t="n">
-        <x:v>310173</x:v>
+        <x:v>313145</x:v>
       </x:c>
       <x:c r="ES35" s="3" t="n">
-        <x:v>314438</x:v>
+        <x:v>317410</x:v>
       </x:c>
       <x:c r="ET35" s="3" t="n">
-        <x:v>299778</x:v>
+        <x:v>303080</x:v>
       </x:c>
       <x:c r="EU35" s="3" t="n">
-        <x:v>301162</x:v>
+        <x:v>304464</x:v>
       </x:c>
       <x:c r="EV35" s="3" t="n">
-        <x:v>315580</x:v>
+        <x:v>318882</x:v>
       </x:c>
       <x:c r="EW35" s="3" t="n">
-        <x:v>290954</x:v>
+        <x:v>294256</x:v>
       </x:c>
       <x:c r="EX35" s="3" t="n">
-        <x:v>267846</x:v>
+        <x:v>270330</x:v>
       </x:c>
       <x:c r="EY35" s="3" t="n">
-        <x:v>278087</x:v>
+        <x:v>280413</x:v>
       </x:c>
       <x:c r="EZ35" s="3" t="n">
-        <x:v>281285</x:v>
+        <x:v>283483</x:v>
       </x:c>
       <x:c r="FA35" s="3" t="n">
-        <x:v>289466</x:v>
+        <x:v>292019</x:v>
       </x:c>
       <x:c r="FB35" s="3" t="n">
-        <x:v>301967</x:v>
+        <x:v>304181</x:v>
       </x:c>
       <x:c r="FC35" s="3" t="n">
-        <x:v>304900</x:v>
+        <x:v>307480</x:v>
       </x:c>
       <x:c r="FD35" s="3" t="n">
-        <x:v>303498</x:v>
+        <x:v>305910</x:v>
       </x:c>
       <x:c r="FE35" s="3" t="n">
-        <x:v>311809</x:v>
+        <x:v>314169</x:v>
       </x:c>
       <x:c r="FF35" s="3" t="n">
-        <x:v>325201</x:v>
+        <x:v>328503</x:v>
       </x:c>
       <x:c r="FG35" s="3" t="n">
-        <x:v>338907</x:v>
+        <x:v>341742</x:v>
       </x:c>
       <x:c r="FH35" s="3" t="n">
-        <x:v>359827</x:v>
+        <x:v>362582</x:v>
       </x:c>
       <x:c r="FI35" s="3" t="n">
-        <x:v>343694</x:v>
+        <x:v>346834</x:v>
       </x:c>
       <x:c r="FJ35" s="3" t="n">
-        <x:v>345911</x:v>
+        <x:v>349477</x:v>
       </x:c>
       <x:c r="FK35" s="3" t="n">
-        <x:v>320531</x:v>
+        <x:v>324108</x:v>
       </x:c>
       <x:c r="FL35" s="3" t="n">
-        <x:v>315861</x:v>
+        <x:v>319643</x:v>
       </x:c>
       <x:c r="FM35" s="3" t="n">
-        <x:v>337139</x:v>
+        <x:v>340921</x:v>
       </x:c>
       <x:c r="FN35" s="3" t="n">
-        <x:v>348808</x:v>
+        <x:v>352813</x:v>
       </x:c>
       <x:c r="FO35" s="3" t="n">
-        <x:v>266327</x:v>
+        <x:v>270058</x:v>
       </x:c>
       <x:c r="FP35" s="3" t="n">
-        <x:v>202414</x:v>
+        <x:v>205332</x:v>
       </x:c>
       <x:c r="FQ35" s="3" t="n">
-        <x:v>290645</x:v>
+        <x:v>293199</x:v>
       </x:c>
       <x:c r="FR35" s="3" t="n">
-        <x:v>346962</x:v>
+        <x:v>349901</x:v>
       </x:c>
       <x:c r="FS35" s="3" t="n">
-        <x:v>413923</x:v>
+        <x:v>416540</x:v>
       </x:c>
       <x:c r="FT35" s="3" t="n">
-        <x:v>435890</x:v>
+        <x:v>438867</x:v>
       </x:c>
       <x:c r="FU35" s="3" t="n">
-        <x:v>652129</x:v>
+        <x:v>654911</x:v>
       </x:c>
       <x:c r="FV35" s="3" t="n">
-        <x:v>715927</x:v>
+        <x:v>715606</x:v>
       </x:c>
       <x:c r="FW35" s="3" t="n">
-        <x:v>750058</x:v>
+        <x:v>748798</x:v>
       </x:c>
       <x:c r="FX35" s="3" t="n">
-        <x:v>972875</x:v>
+        <x:v>972154</x:v>
       </x:c>
       <x:c r="FY35" s="3" t="n">
-        <x:v>734434</x:v>
+        <x:v>734967</x:v>
       </x:c>
       <x:c r="FZ35" s="3" t="n">
-        <x:v>651603</x:v>
+        <x:v>652965</x:v>
       </x:c>
       <x:c r="GA35" s="3" t="n">
-        <x:v>608472</x:v>
+        <x:v>609910</x:v>
       </x:c>
       <x:c r="GB35" s="3" t="n">
-        <x:v>568885</x:v>
+        <x:v>580593</x:v>
       </x:c>
       <x:c r="GC35" s="3" t="n">
-        <x:v>615973</x:v>
+        <x:v>619363</x:v>
       </x:c>
       <x:c r="GD35" s="3" t="n">
-        <x:v>593099</x:v>
+        <x:v>590788</x:v>
       </x:c>
       <x:c r="GE35" s="3" t="n">
-        <x:v>658195</x:v>
+        <x:v>654618</x:v>
       </x:c>
       <x:c r="GF35" s="3" t="n">
-        <x:v>589920</x:v>
+        <x:v>601110</x:v>
       </x:c>
       <x:c r="GG35" s="3" t="n">
-        <x:v>636672</x:v>
+        <x:v>639178</x:v>
       </x:c>
       <x:c r="GH35" s="3" t="n">
-        <x:v>674916</x:v>
+        <x:v>672973</x:v>
       </x:c>
       <x:c r="GI35" s="3" t="n">
-        <x:v>618603</x:v>
+        <x:v>609858</x:v>
+      </x:c>
+      <x:c r="GJ35" s="3" t="n">
+        <x:v>604704</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:191">
+    <x:row r="36" spans="1:192">
       <x:c r="A36" s="2" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
         <x:v>7158</x:v>
       </x:c>
       <x:c r="C36" s="3" t="n">
         <x:v>7473</x:v>
       </x:c>
       <x:c r="D36" s="3" t="n">
         <x:v>7928</x:v>
       </x:c>
       <x:c r="E36" s="3" t="n">
         <x:v>8361</x:v>
       </x:c>
       <x:c r="F36" s="3" t="n">
         <x:v>8538</x:v>
       </x:c>
       <x:c r="G36" s="3" t="n">
         <x:v>9117</x:v>
       </x:c>
       <x:c r="H36" s="3" t="n">
         <x:v>9732</x:v>
       </x:c>
       <x:c r="I36" s="3" t="n">
         <x:v>9791</x:v>
       </x:c>
@@ -20185,83 +20284,86 @@
       <x:c r="FR36" s="3" t="n">
         <x:v>112453</x:v>
       </x:c>
       <x:c r="FS36" s="3" t="n">
         <x:v>119316</x:v>
       </x:c>
       <x:c r="FT36" s="3" t="n">
         <x:v>124733</x:v>
       </x:c>
       <x:c r="FU36" s="3" t="n">
         <x:v>132061</x:v>
       </x:c>
       <x:c r="FV36" s="3" t="n">
         <x:v>143639</x:v>
       </x:c>
       <x:c r="FW36" s="3" t="n">
         <x:v>151918</x:v>
       </x:c>
       <x:c r="FX36" s="3" t="n">
         <x:v>170036</x:v>
       </x:c>
       <x:c r="FY36" s="3" t="n">
         <x:v>164325</x:v>
       </x:c>
       <x:c r="FZ36" s="3" t="n">
-        <x:v>165304</x:v>
+        <x:v>163955</x:v>
       </x:c>
       <x:c r="GA36" s="3" t="n">
-        <x:v>169561</x:v>
+        <x:v>168562</x:v>
       </x:c>
       <x:c r="GB36" s="3" t="n">
-        <x:v>164409</x:v>
+        <x:v>161259</x:v>
       </x:c>
       <x:c r="GC36" s="3" t="n">
-        <x:v>167770</x:v>
+        <x:v>166444</x:v>
       </x:c>
       <x:c r="GD36" s="3" t="n">
-        <x:v>162784</x:v>
+        <x:v>163054</x:v>
       </x:c>
       <x:c r="GE36" s="3" t="n">
-        <x:v>167487</x:v>
+        <x:v>167662</x:v>
       </x:c>
       <x:c r="GF36" s="3" t="n">
-        <x:v>166261</x:v>
+        <x:v>166009</x:v>
       </x:c>
       <x:c r="GG36" s="3" t="n">
-        <x:v>173896</x:v>
+        <x:v>175866</x:v>
       </x:c>
       <x:c r="GH36" s="3" t="n">
-        <x:v>176911</x:v>
+        <x:v>178073</x:v>
       </x:c>
       <x:c r="GI36" s="3" t="n">
-        <x:v>178725</x:v>
+        <x:v>172076</x:v>
+      </x:c>
+      <x:c r="GJ36" s="3" t="n">
+        <x:v>182433</x:v>
       </x:c>
     </x:row>
-    <x:row r="37" spans="1:191">
+    <x:row r="37" spans="1:192">
       <x:c r="A37" s="2" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
         <x:v>3512</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>3147</x:v>
       </x:c>
       <x:c r="D37" s="3" t="n">
         <x:v>3840</x:v>
       </x:c>
       <x:c r="E37" s="3" t="n">
         <x:v>3609</x:v>
       </x:c>
       <x:c r="F37" s="3" t="n">
         <x:v>3598</x:v>
       </x:c>
       <x:c r="G37" s="3" t="n">
         <x:v>4856</x:v>
       </x:c>
       <x:c r="H37" s="3" t="n">
         <x:v>6542</x:v>
       </x:c>
       <x:c r="I37" s="3" t="n">
         <x:v>8117</x:v>
       </x:c>
@@ -20760,83 +20862,86 @@
       <x:c r="FR37" s="3" t="n">
         <x:v>148566</x:v>
       </x:c>
       <x:c r="FS37" s="3" t="n">
         <x:v>207862</x:v>
       </x:c>
       <x:c r="FT37" s="3" t="n">
         <x:v>209615</x:v>
       </x:c>
       <x:c r="FU37" s="3" t="n">
         <x:v>405601</x:v>
       </x:c>
       <x:c r="FV37" s="3" t="n">
         <x:v>454746</x:v>
       </x:c>
       <x:c r="FW37" s="3" t="n">
         <x:v>466107</x:v>
       </x:c>
       <x:c r="FX37" s="3" t="n">
         <x:v>658590</x:v>
       </x:c>
       <x:c r="FY37" s="3" t="n">
         <x:v>431963</x:v>
       </x:c>
       <x:c r="FZ37" s="3" t="n">
-        <x:v>346474</x:v>
+        <x:v>349507</x:v>
       </x:c>
       <x:c r="GA37" s="3" t="n">
-        <x:v>296515</x:v>
+        <x:v>298061</x:v>
       </x:c>
       <x:c r="GB37" s="3" t="n">
-        <x:v>257937</x:v>
+        <x:v>272339</x:v>
       </x:c>
       <x:c r="GC37" s="3" t="n">
-        <x:v>299980</x:v>
+        <x:v>305722</x:v>
       </x:c>
       <x:c r="GD37" s="3" t="n">
-        <x:v>279558</x:v>
+        <x:v>276147</x:v>
       </x:c>
       <x:c r="GE37" s="3" t="n">
-        <x:v>333357</x:v>
+        <x:v>328464</x:v>
       </x:c>
       <x:c r="GF37" s="3" t="n">
-        <x:v>267103</x:v>
+        <x:v>277130</x:v>
       </x:c>
       <x:c r="GG37" s="3" t="n">
-        <x:v>295859</x:v>
+        <x:v>295243</x:v>
       </x:c>
       <x:c r="GH37" s="3" t="n">
-        <x:v>331382</x:v>
+        <x:v>326746</x:v>
       </x:c>
       <x:c r="GI37" s="3" t="n">
-        <x:v>283815</x:v>
+        <x:v>277329</x:v>
+      </x:c>
+      <x:c r="GJ37" s="3" t="n">
+        <x:v>260021</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:191">
+    <x:row r="38" spans="1:192">
       <x:c r="A38" s="2" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
         <x:v>1550</x:v>
       </x:c>
       <x:c r="C38" s="3" t="n">
         <x:v>6217</x:v>
       </x:c>
       <x:c r="D38" s="3" t="n">
         <x:v>1717</x:v>
       </x:c>
       <x:c r="E38" s="3" t="n">
         <x:v>1480</x:v>
       </x:c>
       <x:c r="F38" s="3" t="n">
         <x:v>2265</x:v>
       </x:c>
       <x:c r="G38" s="3" t="n">
         <x:v>1442</x:v>
       </x:c>
       <x:c r="H38" s="3" t="n">
         <x:v>1226</x:v>
       </x:c>
       <x:c r="I38" s="3" t="n">
         <x:v>1552</x:v>
       </x:c>
@@ -21323,95 +21428,98 @@
       <x:c r="FN38" s="3" t="n">
         <x:v>3858</x:v>
       </x:c>
       <x:c r="FO38" s="3" t="n">
         <x:v>2031</x:v>
       </x:c>
       <x:c r="FP38" s="3" t="n">
         <x:v>2437</x:v>
       </x:c>
       <x:c r="FQ38" s="3" t="n">
         <x:v>1278</x:v>
       </x:c>
       <x:c r="FR38" s="3" t="n">
         <x:v>1830</x:v>
       </x:c>
       <x:c r="FS38" s="3" t="n">
         <x:v>3291</x:v>
       </x:c>
       <x:c r="FT38" s="3" t="n">
         <x:v>8404</x:v>
       </x:c>
       <x:c r="FU38" s="3" t="n">
         <x:v>6561</x:v>
       </x:c>
       <x:c r="FV38" s="3" t="n">
-        <x:v>1717</x:v>
+        <x:v>1712</x:v>
       </x:c>
       <x:c r="FW38" s="3" t="n">
-        <x:v>2895</x:v>
+        <x:v>2887</x:v>
       </x:c>
       <x:c r="FX38" s="3" t="n">
-        <x:v>5385</x:v>
+        <x:v>5374</x:v>
       </x:c>
       <x:c r="FY38" s="3" t="n">
-        <x:v>2007</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="FZ38" s="3" t="n">
-        <x:v>1098</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="GA38" s="3" t="n">
-        <x:v>1843</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="GB38" s="3" t="n">
-        <x:v>4164</x:v>
+        <x:v>4641</x:v>
       </x:c>
       <x:c r="GC38" s="3" t="n">
-        <x:v>1176</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="GD38" s="3" t="n">
-        <x:v>2925</x:v>
+        <x:v>2957</x:v>
       </x:c>
       <x:c r="GE38" s="3" t="n">
-        <x:v>2999</x:v>
+        <x:v>3159</x:v>
       </x:c>
       <x:c r="GF38" s="3" t="n">
-        <x:v>2224</x:v>
+        <x:v>2258</x:v>
       </x:c>
       <x:c r="GG38" s="3" t="n">
-        <x:v>3761</x:v>
+        <x:v>3740</x:v>
       </x:c>
       <x:c r="GH38" s="3" t="n">
-        <x:v>5914</x:v>
+        <x:v>5859</x:v>
       </x:c>
       <x:c r="GI38" s="3" t="n">
-        <x:v>2995</x:v>
+        <x:v>3136</x:v>
+      </x:c>
+      <x:c r="GJ38" s="3" t="n">
+        <x:v>3087</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:191">
+    <x:row r="39" spans="1:192">
       <x:c r="A39" s="2" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
         <x:v>7072</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>7342</x:v>
       </x:c>
       <x:c r="D39" s="3" t="n">
         <x:v>7347</x:v>
       </x:c>
       <x:c r="E39" s="3" t="n">
         <x:v>8667</x:v>
       </x:c>
       <x:c r="F39" s="3" t="n">
         <x:v>9087</x:v>
       </x:c>
       <x:c r="G39" s="3" t="n">
         <x:v>8703</x:v>
       </x:c>
       <x:c r="H39" s="3" t="n">
         <x:v>9279</x:v>
       </x:c>
       <x:c r="I39" s="3" t="n">
         <x:v>9727</x:v>
       </x:c>
@@ -21718,1425 +21826,1434 @@
       <x:c r="DF39" s="3" t="n">
         <x:v>48910</x:v>
       </x:c>
       <x:c r="DG39" s="3" t="n">
         <x:v>48724</x:v>
       </x:c>
       <x:c r="DH39" s="3" t="n">
         <x:v>49846</x:v>
       </x:c>
       <x:c r="DI39" s="3" t="n">
         <x:v>51598</x:v>
       </x:c>
       <x:c r="DJ39" s="3" t="n">
         <x:v>50946</x:v>
       </x:c>
       <x:c r="DK39" s="3" t="n">
         <x:v>51900</x:v>
       </x:c>
       <x:c r="DL39" s="3" t="n">
         <x:v>53957</x:v>
       </x:c>
       <x:c r="DM39" s="3" t="n">
         <x:v>55346</x:v>
       </x:c>
       <x:c r="DN39" s="3" t="n">
-        <x:v>55157</x:v>
+        <x:v>55652</x:v>
       </x:c>
       <x:c r="DO39" s="3" t="n">
-        <x:v>56191</x:v>
+        <x:v>56686</x:v>
       </x:c>
       <x:c r="DP39" s="3" t="n">
-        <x:v>58326</x:v>
+        <x:v>58822</x:v>
       </x:c>
       <x:c r="DQ39" s="3" t="n">
-        <x:v>58174</x:v>
+        <x:v>58669</x:v>
       </x:c>
       <x:c r="DR39" s="3" t="n">
-        <x:v>60417</x:v>
+        <x:v>61408</x:v>
       </x:c>
       <x:c r="DS39" s="3" t="n">
-        <x:v>63230</x:v>
+        <x:v>64220</x:v>
       </x:c>
       <x:c r="DT39" s="3" t="n">
-        <x:v>60559</x:v>
+        <x:v>61550</x:v>
       </x:c>
       <x:c r="DU39" s="3" t="n">
-        <x:v>60121</x:v>
+        <x:v>61112</x:v>
       </x:c>
       <x:c r="DV39" s="3" t="n">
-        <x:v>55844</x:v>
+        <x:v>57165</x:v>
       </x:c>
       <x:c r="DW39" s="3" t="n">
-        <x:v>56387</x:v>
+        <x:v>57708</x:v>
       </x:c>
       <x:c r="DX39" s="3" t="n">
-        <x:v>55756</x:v>
+        <x:v>57077</x:v>
       </x:c>
       <x:c r="DY39" s="3" t="n">
-        <x:v>57782</x:v>
+        <x:v>59103</x:v>
       </x:c>
       <x:c r="DZ39" s="3" t="n">
-        <x:v>62748</x:v>
+        <x:v>64400</x:v>
       </x:c>
       <x:c r="EA39" s="3" t="n">
-        <x:v>62146</x:v>
+        <x:v>63798</x:v>
       </x:c>
       <x:c r="EB39" s="3" t="n">
-        <x:v>63394</x:v>
+        <x:v>65045</x:v>
       </x:c>
       <x:c r="EC39" s="3" t="n">
-        <x:v>65846</x:v>
+        <x:v>67497</x:v>
       </x:c>
       <x:c r="ED39" s="3" t="n">
-        <x:v>63094</x:v>
+        <x:v>65076</x:v>
       </x:c>
       <x:c r="EE39" s="3" t="n">
-        <x:v>61075</x:v>
+        <x:v>63056</x:v>
       </x:c>
       <x:c r="EF39" s="3" t="n">
-        <x:v>64275</x:v>
+        <x:v>66257</x:v>
       </x:c>
       <x:c r="EG39" s="3" t="n">
-        <x:v>69181</x:v>
+        <x:v>71162</x:v>
       </x:c>
       <x:c r="EH39" s="3" t="n">
-        <x:v>70166</x:v>
+        <x:v>72477</x:v>
       </x:c>
       <x:c r="EI39" s="3" t="n">
-        <x:v>71459</x:v>
+        <x:v>73771</x:v>
       </x:c>
       <x:c r="EJ39" s="3" t="n">
-        <x:v>69873</x:v>
+        <x:v>72185</x:v>
       </x:c>
       <x:c r="EK39" s="3" t="n">
-        <x:v>68722</x:v>
+        <x:v>71034</x:v>
       </x:c>
       <x:c r="EL39" s="3" t="n">
-        <x:v>69523</x:v>
+        <x:v>72165</x:v>
       </x:c>
       <x:c r="EM39" s="3" t="n">
-        <x:v>72955</x:v>
+        <x:v>75597</x:v>
       </x:c>
       <x:c r="EN39" s="3" t="n">
-        <x:v>74449</x:v>
+        <x:v>77091</x:v>
       </x:c>
       <x:c r="EO39" s="3" t="n">
-        <x:v>75777</x:v>
+        <x:v>78419</x:v>
       </x:c>
       <x:c r="EP39" s="3" t="n">
-        <x:v>74861</x:v>
+        <x:v>77833</x:v>
       </x:c>
       <x:c r="EQ39" s="3" t="n">
-        <x:v>79550</x:v>
+        <x:v>82522</x:v>
       </x:c>
       <x:c r="ER39" s="3" t="n">
-        <x:v>81526</x:v>
+        <x:v>84498</x:v>
       </x:c>
       <x:c r="ES39" s="3" t="n">
-        <x:v>84981</x:v>
+        <x:v>87953</x:v>
       </x:c>
       <x:c r="ET39" s="3" t="n">
-        <x:v>86108</x:v>
+        <x:v>89410</x:v>
       </x:c>
       <x:c r="EU39" s="3" t="n">
-        <x:v>83772</x:v>
+        <x:v>87074</x:v>
       </x:c>
       <x:c r="EV39" s="3" t="n">
-        <x:v>87456</x:v>
+        <x:v>90758</x:v>
       </x:c>
       <x:c r="EW39" s="3" t="n">
-        <x:v>89367</x:v>
+        <x:v>92669</x:v>
       </x:c>
       <x:c r="EX39" s="3" t="n">
-        <x:v>92908</x:v>
+        <x:v>95391</x:v>
       </x:c>
       <x:c r="EY39" s="3" t="n">
-        <x:v>86935</x:v>
+        <x:v>89260</x:v>
       </x:c>
       <x:c r="EZ39" s="3" t="n">
-        <x:v>86076</x:v>
+        <x:v>88274</x:v>
       </x:c>
       <x:c r="FA39" s="3" t="n">
-        <x:v>87736</x:v>
+        <x:v>90289</x:v>
       </x:c>
       <x:c r="FB39" s="3" t="n">
-        <x:v>82620</x:v>
+        <x:v>84835</x:v>
       </x:c>
       <x:c r="FC39" s="3" t="n">
-        <x:v>85035</x:v>
+        <x:v>87615</x:v>
       </x:c>
       <x:c r="FD39" s="3" t="n">
-        <x:v>85608</x:v>
+        <x:v>88021</x:v>
       </x:c>
       <x:c r="FE39" s="3" t="n">
+        <x:v>91127</x:v>
+      </x:c>
+      <x:c r="FF39" s="3" t="n">
         <x:v>88767</x:v>
       </x:c>
-      <x:c r="FF39" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="FG39" s="3" t="n">
-        <x:v>89009</x:v>
+        <x:v>91844</x:v>
       </x:c>
       <x:c r="FH39" s="3" t="n">
-        <x:v>88904</x:v>
+        <x:v>91659</x:v>
       </x:c>
       <x:c r="FI39" s="3" t="n">
-        <x:v>89881</x:v>
+        <x:v>93021</x:v>
       </x:c>
       <x:c r="FJ39" s="3" t="n">
-        <x:v>96664</x:v>
+        <x:v>100229</x:v>
       </x:c>
       <x:c r="FK39" s="3" t="n">
-        <x:v>95518</x:v>
+        <x:v>99095</x:v>
       </x:c>
       <x:c r="FL39" s="3" t="n">
-        <x:v>98498</x:v>
+        <x:v>102280</x:v>
       </x:c>
       <x:c r="FM39" s="3" t="n">
-        <x:v>97846</x:v>
+        <x:v>101628</x:v>
       </x:c>
       <x:c r="FN39" s="3" t="n">
-        <x:v>98038</x:v>
+        <x:v>102043</x:v>
       </x:c>
       <x:c r="FO39" s="3" t="n">
-        <x:v>76274</x:v>
+        <x:v>80004</x:v>
       </x:c>
       <x:c r="FP39" s="3" t="n">
-        <x:v>74921</x:v>
+        <x:v>77838</x:v>
       </x:c>
       <x:c r="FQ39" s="3" t="n">
-        <x:v>80961</x:v>
+        <x:v>83515</x:v>
       </x:c>
       <x:c r="FR39" s="3" t="n">
-        <x:v>84113</x:v>
+        <x:v>87052</x:v>
       </x:c>
       <x:c r="FS39" s="3" t="n">
-        <x:v>83455</x:v>
+        <x:v>86072</x:v>
       </x:c>
       <x:c r="FT39" s="3" t="n">
-        <x:v>93138</x:v>
+        <x:v>96115</x:v>
       </x:c>
       <x:c r="FU39" s="3" t="n">
-        <x:v>107906</x:v>
+        <x:v>110688</x:v>
       </x:c>
       <x:c r="FV39" s="3" t="n">
-        <x:v>115826</x:v>
+        <x:v>115509</x:v>
       </x:c>
       <x:c r="FW39" s="3" t="n">
-        <x:v>129137</x:v>
+        <x:v>127887</x:v>
       </x:c>
       <x:c r="FX39" s="3" t="n">
-        <x:v>138864</x:v>
+        <x:v>138155</x:v>
       </x:c>
       <x:c r="FY39" s="3" t="n">
-        <x:v>136140</x:v>
+        <x:v>136682</x:v>
       </x:c>
       <x:c r="FZ39" s="3" t="n">
-        <x:v>138727</x:v>
+        <x:v>138327</x:v>
       </x:c>
       <x:c r="GA39" s="3" t="n">
-        <x:v>140553</x:v>
+        <x:v>141282</x:v>
       </x:c>
       <x:c r="GB39" s="3" t="n">
-        <x:v>142376</x:v>
+        <x:v>142355</x:v>
       </x:c>
       <x:c r="GC39" s="3" t="n">
-        <x:v>147048</x:v>
+        <x:v>145928</x:v>
       </x:c>
       <x:c r="GD39" s="3" t="n">
-        <x:v>147832</x:v>
+        <x:v>148630</x:v>
       </x:c>
       <x:c r="GE39" s="3" t="n">
-        <x:v>154352</x:v>
+        <x:v>155332</x:v>
       </x:c>
       <x:c r="GF39" s="3" t="n">
-        <x:v>154332</x:v>
+        <x:v>155713</x:v>
       </x:c>
       <x:c r="GG39" s="3" t="n">
-        <x:v>163155</x:v>
+        <x:v>164329</x:v>
       </x:c>
       <x:c r="GH39" s="3" t="n">
-        <x:v>160709</x:v>
+        <x:v>162294</x:v>
       </x:c>
       <x:c r="GI39" s="3" t="n">
-        <x:v>153069</x:v>
+        <x:v>157317</x:v>
+      </x:c>
+      <x:c r="GJ39" s="3" t="n">
+        <x:v>159162</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:191">
+    <x:row r="40" spans="1:192">
       <x:c r="A40" s="2" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>79793</x:v>
+        <x:v>79642</x:v>
       </x:c>
       <x:c r="C40" s="3" t="n">
-        <x:v>81704</x:v>
+        <x:v>81553</x:v>
       </x:c>
       <x:c r="D40" s="3" t="n">
-        <x:v>82899</x:v>
+        <x:v>82748</x:v>
       </x:c>
       <x:c r="E40" s="3" t="n">
-        <x:v>85553</x:v>
+        <x:v>85401</x:v>
       </x:c>
       <x:c r="F40" s="3" t="n">
-        <x:v>84660</x:v>
+        <x:v>84480</x:v>
       </x:c>
       <x:c r="G40" s="3" t="n">
-        <x:v>90306</x:v>
+        <x:v>90126</x:v>
       </x:c>
       <x:c r="H40" s="3" t="n">
-        <x:v>94521</x:v>
+        <x:v>94342</x:v>
       </x:c>
       <x:c r="I40" s="3" t="n">
-        <x:v>97487</x:v>
+        <x:v>97307</x:v>
       </x:c>
       <x:c r="J40" s="3" t="n">
-        <x:v>105171</x:v>
+        <x:v>104938</x:v>
       </x:c>
       <x:c r="K40" s="3" t="n">
-        <x:v>107863</x:v>
+        <x:v>107630</x:v>
       </x:c>
       <x:c r="L40" s="3" t="n">
-        <x:v>108071</x:v>
+        <x:v>107838</x:v>
       </x:c>
       <x:c r="M40" s="3" t="n">
-        <x:v>112256</x:v>
+        <x:v>112023</x:v>
       </x:c>
       <x:c r="N40" s="3" t="n">
-        <x:v>116665</x:v>
+        <x:v>116465</x:v>
       </x:c>
       <x:c r="O40" s="3" t="n">
-        <x:v>121707</x:v>
+        <x:v>121507</x:v>
       </x:c>
       <x:c r="P40" s="3" t="n">
-        <x:v>126012</x:v>
+        <x:v>125812</x:v>
       </x:c>
       <x:c r="Q40" s="3" t="n">
-        <x:v>128656</x:v>
+        <x:v>128456</x:v>
       </x:c>
       <x:c r="R40" s="3" t="n">
-        <x:v>130079</x:v>
+        <x:v>129860</x:v>
       </x:c>
       <x:c r="S40" s="3" t="n">
-        <x:v>134868</x:v>
+        <x:v>134649</x:v>
       </x:c>
       <x:c r="T40" s="3" t="n">
-        <x:v>139134</x:v>
+        <x:v>138915</x:v>
       </x:c>
       <x:c r="U40" s="3" t="n">
-        <x:v>144108</x:v>
+        <x:v>143889</x:v>
       </x:c>
       <x:c r="V40" s="3" t="n">
-        <x:v>146214</x:v>
+        <x:v>145940</x:v>
       </x:c>
       <x:c r="W40" s="3" t="n">
-        <x:v>148141</x:v>
+        <x:v>147868</x:v>
       </x:c>
       <x:c r="X40" s="3" t="n">
-        <x:v>151544</x:v>
+        <x:v>151271</x:v>
       </x:c>
       <x:c r="Y40" s="3" t="n">
-        <x:v>152887</x:v>
+        <x:v>152613</x:v>
       </x:c>
       <x:c r="Z40" s="3" t="n">
-        <x:v>158669</x:v>
+        <x:v>158384</x:v>
       </x:c>
       <x:c r="AA40" s="3" t="n">
-        <x:v>165499</x:v>
+        <x:v>165214</x:v>
       </x:c>
       <x:c r="AB40" s="3" t="n">
-        <x:v>173076</x:v>
+        <x:v>172791</x:v>
       </x:c>
       <x:c r="AC40" s="3" t="n">
-        <x:v>176589</x:v>
+        <x:v>176304</x:v>
       </x:c>
       <x:c r="AD40" s="3" t="n">
-        <x:v>181422</x:v>
+        <x:v>181144</x:v>
       </x:c>
       <x:c r="AE40" s="3" t="n">
-        <x:v>183139</x:v>
+        <x:v>182861</x:v>
       </x:c>
       <x:c r="AF40" s="3" t="n">
-        <x:v>193142</x:v>
+        <x:v>192864</x:v>
       </x:c>
       <x:c r="AG40" s="3" t="n">
-        <x:v>197694</x:v>
+        <x:v>197416</x:v>
       </x:c>
       <x:c r="AH40" s="3" t="n">
-        <x:v>197486</x:v>
+        <x:v>197170</x:v>
       </x:c>
       <x:c r="AI40" s="3" t="n">
-        <x:v>194440</x:v>
+        <x:v>194123</x:v>
       </x:c>
       <x:c r="AJ40" s="3" t="n">
-        <x:v>198978</x:v>
+        <x:v>198662</x:v>
       </x:c>
       <x:c r="AK40" s="3" t="n">
-        <x:v>204345</x:v>
+        <x:v>204029</x:v>
       </x:c>
       <x:c r="AL40" s="3" t="n">
-        <x:v>205210</x:v>
+        <x:v>204936</x:v>
       </x:c>
       <x:c r="AM40" s="3" t="n">
-        <x:v>212711</x:v>
+        <x:v>212436</x:v>
       </x:c>
       <x:c r="AN40" s="3" t="n">
-        <x:v>214646</x:v>
+        <x:v>214371</x:v>
       </x:c>
       <x:c r="AO40" s="3" t="n">
-        <x:v>215922</x:v>
+        <x:v>215648</x:v>
       </x:c>
       <x:c r="AP40" s="3" t="n">
-        <x:v>219843</x:v>
+        <x:v>219458</x:v>
       </x:c>
       <x:c r="AQ40" s="3" t="n">
-        <x:v>219021</x:v>
+        <x:v>218636</x:v>
       </x:c>
       <x:c r="AR40" s="3" t="n">
-        <x:v>218599</x:v>
+        <x:v>218214</x:v>
       </x:c>
       <x:c r="AS40" s="3" t="n">
-        <x:v>222827</x:v>
+        <x:v>222441</x:v>
       </x:c>
       <x:c r="AT40" s="3" t="n">
-        <x:v>227233</x:v>
+        <x:v>226838</x:v>
       </x:c>
       <x:c r="AU40" s="3" t="n">
-        <x:v>235338</x:v>
+        <x:v>234943</x:v>
       </x:c>
       <x:c r="AV40" s="3" t="n">
-        <x:v>236565</x:v>
+        <x:v>236170</x:v>
       </x:c>
       <x:c r="AW40" s="3" t="n">
-        <x:v>244833</x:v>
+        <x:v>244438</x:v>
       </x:c>
       <x:c r="AX40" s="3" t="n">
-        <x:v>240774</x:v>
+        <x:v>240430</x:v>
       </x:c>
       <x:c r="AY40" s="3" t="n">
-        <x:v>245660</x:v>
+        <x:v>245316</x:v>
       </x:c>
       <x:c r="AZ40" s="3" t="n">
-        <x:v>245635</x:v>
+        <x:v>245291</x:v>
       </x:c>
       <x:c r="BA40" s="3" t="n">
-        <x:v>262689</x:v>
+        <x:v>262345</x:v>
       </x:c>
       <x:c r="BB40" s="3" t="n">
-        <x:v>253885</x:v>
+        <x:v>253055</x:v>
       </x:c>
       <x:c r="BC40" s="3" t="n">
-        <x:v>260025</x:v>
+        <x:v>259195</x:v>
       </x:c>
       <x:c r="BD40" s="3" t="n">
-        <x:v>257607</x:v>
+        <x:v>256777</x:v>
       </x:c>
       <x:c r="BE40" s="3" t="n">
-        <x:v>263498</x:v>
+        <x:v>262668</x:v>
       </x:c>
       <x:c r="BF40" s="3" t="n">
-        <x:v>261846</x:v>
+        <x:v>260853</x:v>
       </x:c>
       <x:c r="BG40" s="3" t="n">
-        <x:v>264228</x:v>
+        <x:v>263234</x:v>
       </x:c>
       <x:c r="BH40" s="3" t="n">
-        <x:v>265364</x:v>
+        <x:v>264371</x:v>
       </x:c>
       <x:c r="BI40" s="3" t="n">
-        <x:v>266518</x:v>
+        <x:v>265524</x:v>
       </x:c>
       <x:c r="BJ40" s="3" t="n">
-        <x:v>270637</x:v>
+        <x:v>269600</x:v>
       </x:c>
       <x:c r="BK40" s="3" t="n">
-        <x:v>272716</x:v>
+        <x:v>271679</x:v>
       </x:c>
       <x:c r="BL40" s="3" t="n">
-        <x:v>284348</x:v>
+        <x:v>283311</x:v>
       </x:c>
       <x:c r="BM40" s="3" t="n">
-        <x:v>289086</x:v>
+        <x:v>288049</x:v>
       </x:c>
       <x:c r="BN40" s="3" t="n">
-        <x:v>285663</x:v>
+        <x:v>284621</x:v>
       </x:c>
       <x:c r="BO40" s="3" t="n">
-        <x:v>289431</x:v>
+        <x:v>288389</x:v>
       </x:c>
       <x:c r="BP40" s="3" t="n">
-        <x:v>293115</x:v>
+        <x:v>292074</x:v>
       </x:c>
       <x:c r="BQ40" s="3" t="n">
-        <x:v>306196</x:v>
+        <x:v>305155</x:v>
       </x:c>
       <x:c r="BR40" s="3" t="n">
-        <x:v>311020</x:v>
+        <x:v>309933</x:v>
       </x:c>
       <x:c r="BS40" s="3" t="n">
-        <x:v>312969</x:v>
+        <x:v>311881</x:v>
       </x:c>
       <x:c r="BT40" s="3" t="n">
-        <x:v>314821</x:v>
+        <x:v>313733</x:v>
       </x:c>
       <x:c r="BU40" s="3" t="n">
-        <x:v>319824</x:v>
+        <x:v>318736</x:v>
       </x:c>
       <x:c r="BV40" s="3" t="n">
-        <x:v>335196</x:v>
+        <x:v>333861</x:v>
       </x:c>
       <x:c r="BW40" s="3" t="n">
-        <x:v>334966</x:v>
+        <x:v>333631</x:v>
       </x:c>
       <x:c r="BX40" s="3" t="n">
-        <x:v>348814</x:v>
+        <x:v>347479</x:v>
       </x:c>
       <x:c r="BY40" s="3" t="n">
-        <x:v>360209</x:v>
+        <x:v>358874</x:v>
       </x:c>
       <x:c r="BZ40" s="3" t="n">
-        <x:v>362135</x:v>
+        <x:v>360029</x:v>
       </x:c>
       <x:c r="CA40" s="3" t="n">
-        <x:v>376820</x:v>
+        <x:v>374713</x:v>
       </x:c>
       <x:c r="CB40" s="3" t="n">
-        <x:v>381353</x:v>
+        <x:v>379246</x:v>
       </x:c>
       <x:c r="CC40" s="3" t="n">
-        <x:v>387604</x:v>
+        <x:v>385497</x:v>
       </x:c>
       <x:c r="CD40" s="3" t="n">
-        <x:v>387859</x:v>
+        <x:v>385784</x:v>
       </x:c>
       <x:c r="CE40" s="3" t="n">
-        <x:v>390637</x:v>
+        <x:v>388562</x:v>
       </x:c>
       <x:c r="CF40" s="3" t="n">
-        <x:v>393654</x:v>
+        <x:v>391579</x:v>
       </x:c>
       <x:c r="CG40" s="3" t="n">
-        <x:v>397288</x:v>
+        <x:v>395213</x:v>
       </x:c>
       <x:c r="CH40" s="3" t="n">
-        <x:v>393570</x:v>
+        <x:v>391811</x:v>
       </x:c>
       <x:c r="CI40" s="3" t="n">
-        <x:v>398918</x:v>
+        <x:v>397160</x:v>
       </x:c>
       <x:c r="CJ40" s="3" t="n">
-        <x:v>424479</x:v>
+        <x:v>422721</x:v>
       </x:c>
       <x:c r="CK40" s="3" t="n">
-        <x:v>443621</x:v>
+        <x:v>441863</x:v>
       </x:c>
       <x:c r="CL40" s="3" t="n">
-        <x:v>467292</x:v>
+        <x:v>465852</x:v>
       </x:c>
       <x:c r="CM40" s="3" t="n">
-        <x:v>477411</x:v>
+        <x:v>475971</x:v>
       </x:c>
       <x:c r="CN40" s="3" t="n">
-        <x:v>492325</x:v>
+        <x:v>490885</x:v>
       </x:c>
       <x:c r="CO40" s="3" t="n">
-        <x:v>505220</x:v>
+        <x:v>503780</x:v>
       </x:c>
       <x:c r="CP40" s="3" t="n">
-        <x:v>506419</x:v>
+        <x:v>505439</x:v>
       </x:c>
       <x:c r="CQ40" s="3" t="n">
-        <x:v>511033</x:v>
+        <x:v>510053</x:v>
       </x:c>
       <x:c r="CR40" s="3" t="n">
-        <x:v>499513</x:v>
+        <x:v>498532</x:v>
       </x:c>
       <x:c r="CS40" s="3" t="n">
-        <x:v>491134</x:v>
+        <x:v>490153</x:v>
       </x:c>
       <x:c r="CT40" s="3" t="n">
-        <x:v>485953</x:v>
+        <x:v>485390</x:v>
       </x:c>
       <x:c r="CU40" s="3" t="n">
-        <x:v>502724</x:v>
+        <x:v>502161</x:v>
       </x:c>
       <x:c r="CV40" s="3" t="n">
-        <x:v>496508</x:v>
+        <x:v>495945</x:v>
       </x:c>
       <x:c r="CW40" s="3" t="n">
-        <x:v>502033</x:v>
+        <x:v>501470</x:v>
       </x:c>
       <x:c r="CX40" s="3" t="n">
-        <x:v>509395</x:v>
+        <x:v>509589</x:v>
       </x:c>
       <x:c r="CY40" s="3" t="n">
-        <x:v>503071</x:v>
+        <x:v>503265</x:v>
       </x:c>
       <x:c r="CZ40" s="3" t="n">
-        <x:v>519263</x:v>
+        <x:v>519458</x:v>
       </x:c>
       <x:c r="DA40" s="3" t="n">
-        <x:v>525163</x:v>
+        <x:v>525357</x:v>
       </x:c>
       <x:c r="DB40" s="3" t="n">
-        <x:v>548059</x:v>
+        <x:v>549319</x:v>
       </x:c>
       <x:c r="DC40" s="3" t="n">
-        <x:v>561448</x:v>
+        <x:v>562708</x:v>
       </x:c>
       <x:c r="DD40" s="3" t="n">
-        <x:v>577516</x:v>
+        <x:v>578776</x:v>
       </x:c>
       <x:c r="DE40" s="3" t="n">
-        <x:v>593940</x:v>
+        <x:v>595200</x:v>
       </x:c>
       <x:c r="DF40" s="3" t="n">
-        <x:v>600369</x:v>
+        <x:v>603204</x:v>
       </x:c>
       <x:c r="DG40" s="3" t="n">
-        <x:v>624975</x:v>
+        <x:v>627810</x:v>
       </x:c>
       <x:c r="DH40" s="3" t="n">
-        <x:v>646937</x:v>
+        <x:v>649772</x:v>
       </x:c>
       <x:c r="DI40" s="3" t="n">
-        <x:v>664503</x:v>
+        <x:v>667338</x:v>
       </x:c>
       <x:c r="DJ40" s="3" t="n">
-        <x:v>686140</x:v>
+        <x:v>691252</x:v>
       </x:c>
       <x:c r="DK40" s="3" t="n">
-        <x:v>703353</x:v>
+        <x:v>708466</x:v>
       </x:c>
       <x:c r="DL40" s="3" t="n">
-        <x:v>712537</x:v>
+        <x:v>717650</x:v>
       </x:c>
       <x:c r="DM40" s="3" t="n">
-        <x:v>726284</x:v>
+        <x:v>731397</x:v>
       </x:c>
       <x:c r="DN40" s="3" t="n">
-        <x:v>735392</x:v>
+        <x:v>743320</x:v>
       </x:c>
       <x:c r="DO40" s="3" t="n">
-        <x:v>750191</x:v>
+        <x:v>758120</x:v>
       </x:c>
       <x:c r="DP40" s="3" t="n">
-        <x:v>759588</x:v>
+        <x:v>767516</x:v>
       </x:c>
       <x:c r="DQ40" s="3" t="n">
-        <x:v>799087</x:v>
+        <x:v>807016</x:v>
       </x:c>
       <x:c r="DR40" s="3" t="n">
-        <x:v>822493</x:v>
+        <x:v>832996</x:v>
       </x:c>
       <x:c r="DS40" s="3" t="n">
-        <x:v>844740</x:v>
+        <x:v>855243</x:v>
       </x:c>
       <x:c r="DT40" s="3" t="n">
-        <x:v>863050</x:v>
+        <x:v>873553</x:v>
       </x:c>
       <x:c r="DU40" s="3" t="n">
-        <x:v>840909</x:v>
+        <x:v>851412</x:v>
       </x:c>
       <x:c r="DV40" s="3" t="n">
-        <x:v>765968</x:v>
+        <x:v>778186</x:v>
       </x:c>
       <x:c r="DW40" s="3" t="n">
-        <x:v>775744</x:v>
+        <x:v>787962</x:v>
       </x:c>
       <x:c r="DX40" s="3" t="n">
-        <x:v>788316</x:v>
+        <x:v>800534</x:v>
       </x:c>
       <x:c r="DY40" s="3" t="n">
-        <x:v>784366</x:v>
+        <x:v>796583</x:v>
       </x:c>
       <x:c r="DZ40" s="3" t="n">
-        <x:v>816653</x:v>
+        <x:v>830537</x:v>
       </x:c>
       <x:c r="EA40" s="3" t="n">
-        <x:v>831671</x:v>
+        <x:v>845554</x:v>
       </x:c>
       <x:c r="EB40" s="3" t="n">
-        <x:v>829126</x:v>
+        <x:v>843010</x:v>
       </x:c>
       <x:c r="EC40" s="3" t="n">
-        <x:v>859723</x:v>
+        <x:v>873606</x:v>
       </x:c>
       <x:c r="ED40" s="3" t="n">
-        <x:v>886930</x:v>
+        <x:v>903023</x:v>
       </x:c>
       <x:c r="EE40" s="3" t="n">
-        <x:v>888225</x:v>
+        <x:v>904317</x:v>
       </x:c>
       <x:c r="EF40" s="3" t="n">
-        <x:v>899422</x:v>
+        <x:v>915515</x:v>
       </x:c>
       <x:c r="EG40" s="3" t="n">
-        <x:v>920375</x:v>
+        <x:v>936468</x:v>
       </x:c>
       <x:c r="EH40" s="3" t="n">
-        <x:v>952004</x:v>
+        <x:v>970626</x:v>
       </x:c>
       <x:c r="EI40" s="3" t="n">
-        <x:v>952136</x:v>
+        <x:v>970757</x:v>
       </x:c>
       <x:c r="EJ40" s="3" t="n">
-        <x:v>941209</x:v>
+        <x:v>959831</x:v>
       </x:c>
       <x:c r="EK40" s="3" t="n">
-        <x:v>949474</x:v>
+        <x:v>968095</x:v>
       </x:c>
       <x:c r="EL40" s="3" t="n">
-        <x:v>966171</x:v>
+        <x:v>987926</x:v>
       </x:c>
       <x:c r="EM40" s="3" t="n">
-        <x:v>975533</x:v>
+        <x:v>997287</x:v>
       </x:c>
       <x:c r="EN40" s="3" t="n">
-        <x:v>1005020</x:v>
+        <x:v>1026775</x:v>
       </x:c>
       <x:c r="EO40" s="3" t="n">
-        <x:v>1012350</x:v>
+        <x:v>1034105</x:v>
       </x:c>
       <x:c r="EP40" s="3" t="n">
-        <x:v>1010875</x:v>
+        <x:v>1034379</x:v>
       </x:c>
       <x:c r="EQ40" s="3" t="n">
-        <x:v>1020725</x:v>
+        <x:v>1044228</x:v>
       </x:c>
       <x:c r="ER40" s="3" t="n">
-        <x:v>1033601</x:v>
+        <x:v>1057104</x:v>
       </x:c>
       <x:c r="ES40" s="3" t="n">
-        <x:v>1026444</x:v>
+        <x:v>1049947</x:v>
       </x:c>
       <x:c r="ET40" s="3" t="n">
-        <x:v>1029497</x:v>
+        <x:v>1056279</x:v>
       </x:c>
       <x:c r="EU40" s="3" t="n">
-        <x:v>1035606</x:v>
+        <x:v>1062388</x:v>
       </x:c>
       <x:c r="EV40" s="3" t="n">
-        <x:v>1039643</x:v>
+        <x:v>1066425</x:v>
       </x:c>
       <x:c r="EW40" s="3" t="n">
-        <x:v>1022609</x:v>
+        <x:v>1049391</x:v>
       </x:c>
       <x:c r="EX40" s="3" t="n">
-        <x:v>1017203</x:v>
+        <x:v>1044736</x:v>
       </x:c>
       <x:c r="EY40" s="3" t="n">
-        <x:v>1024560</x:v>
+        <x:v>1050583</x:v>
       </x:c>
       <x:c r="EZ40" s="3" t="n">
-        <x:v>1038104</x:v>
+        <x:v>1065129</x:v>
       </x:c>
       <x:c r="FA40" s="3" t="n">
-        <x:v>1057772</x:v>
+        <x:v>1085296</x:v>
       </x:c>
       <x:c r="FB40" s="3" t="n">
-        <x:v>1082038</x:v>
+        <x:v>1111374</x:v>
       </x:c>
       <x:c r="FC40" s="3" t="n">
-        <x:v>1094407</x:v>
+        <x:v>1125175</x:v>
       </x:c>
       <x:c r="FD40" s="3" t="n">
-        <x:v>1099451</x:v>
+        <x:v>1129269</x:v>
       </x:c>
       <x:c r="FE40" s="3" t="n">
-        <x:v>1127043</x:v>
+        <x:v>1156707</x:v>
       </x:c>
       <x:c r="FF40" s="3" t="n">
-        <x:v>1141635</x:v>
+        <x:v>1171972</x:v>
       </x:c>
       <x:c r="FG40" s="3" t="n">
-        <x:v>1175676</x:v>
+        <x:v>1205684</x:v>
       </x:c>
       <x:c r="FH40" s="3" t="n">
-        <x:v>1207214</x:v>
+        <x:v>1237039</x:v>
       </x:c>
       <x:c r="FI40" s="3" t="n">
-        <x:v>1206632</x:v>
+        <x:v>1241611</x:v>
       </x:c>
       <x:c r="FJ40" s="3" t="n">
-        <x:v>1203394</x:v>
+        <x:v>1235704</x:v>
       </x:c>
       <x:c r="FK40" s="3" t="n">
-        <x:v>1205423</x:v>
+        <x:v>1241202</x:v>
       </x:c>
       <x:c r="FL40" s="3" t="n">
-        <x:v>1206480</x:v>
+        <x:v>1243009</x:v>
       </x:c>
       <x:c r="FM40" s="3" t="n">
-        <x:v>1229027</x:v>
+        <x:v>1267721</x:v>
       </x:c>
       <x:c r="FN40" s="3" t="n">
-        <x:v>1218995</x:v>
+        <x:v>1255886</x:v>
       </x:c>
       <x:c r="FO40" s="3" t="n">
-        <x:v>1076839</x:v>
+        <x:v>1111726</x:v>
       </x:c>
       <x:c r="FP40" s="3" t="n">
-        <x:v>1136852</x:v>
+        <x:v>1172321</x:v>
       </x:c>
       <x:c r="FQ40" s="3" t="n">
-        <x:v>1166663</x:v>
+        <x:v>1202119</x:v>
       </x:c>
       <x:c r="FR40" s="3" t="n">
-        <x:v>1214722</x:v>
+        <x:v>1251055</x:v>
       </x:c>
       <x:c r="FS40" s="3" t="n">
-        <x:v>1286943</x:v>
+        <x:v>1323537</x:v>
       </x:c>
       <x:c r="FT40" s="3" t="n">
-        <x:v>1415880</x:v>
+        <x:v>1456053</x:v>
       </x:c>
       <x:c r="FU40" s="3" t="n">
-        <x:v>1582267</x:v>
+        <x:v>1630092</x:v>
       </x:c>
       <x:c r="FV40" s="3" t="n">
-        <x:v>1682095</x:v>
+        <x:v>1732958</x:v>
       </x:c>
       <x:c r="FW40" s="3" t="n">
-        <x:v>1788442</x:v>
+        <x:v>1844371</x:v>
       </x:c>
       <x:c r="FX40" s="3" t="n">
-        <x:v>2040039</x:v>
+        <x:v>2090502</x:v>
       </x:c>
       <x:c r="FY40" s="3" t="n">
-        <x:v>1778007</x:v>
+        <x:v>1830985</x:v>
       </x:c>
       <x:c r="FZ40" s="3" t="n">
-        <x:v>1715608</x:v>
+        <x:v>1768730</x:v>
       </x:c>
       <x:c r="GA40" s="3" t="n">
-        <x:v>1687087</x:v>
+        <x:v>1726933</x:v>
       </x:c>
       <x:c r="GB40" s="3" t="n">
-        <x:v>1650318</x:v>
+        <x:v>1694735</x:v>
       </x:c>
       <x:c r="GC40" s="3" t="n">
-        <x:v>1706161</x:v>
+        <x:v>1762303</x:v>
       </x:c>
       <x:c r="GD40" s="3" t="n">
-        <x:v>1686710</x:v>
+        <x:v>1729133</x:v>
       </x:c>
       <x:c r="GE40" s="3" t="n">
-        <x:v>1761740</x:v>
+        <x:v>1804209</x:v>
       </x:c>
       <x:c r="GF40" s="3" t="n">
-        <x:v>1743340</x:v>
+        <x:v>1802153</x:v>
       </x:c>
       <x:c r="GG40" s="3" t="n">
-        <x:v>1770313</x:v>
+        <x:v>1819705</x:v>
       </x:c>
       <x:c r="GH40" s="3" t="n">
-        <x:v>1825976</x:v>
+        <x:v>1869767</x:v>
       </x:c>
       <x:c r="GI40" s="3" t="n">
-        <x:v>1778570</x:v>
+        <x:v>1818462</x:v>
+      </x:c>
+      <x:c r="GJ40" s="3" t="n">
+        <x:v>1833139</x:v>
       </x:c>
     </x:row>
-    <x:row r="41" spans="1:191">
+    <x:row r="41" spans="1:192">
       <x:c r="A41" s="2" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>21758</x:v>
+        <x:v>21826</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>22414</x:v>
+        <x:v>22482</x:v>
       </x:c>
       <x:c r="D41" s="3" t="n">
-        <x:v>20463</x:v>
+        <x:v>20531</x:v>
       </x:c>
       <x:c r="E41" s="3" t="n">
-        <x:v>21427</x:v>
+        <x:v>21494</x:v>
       </x:c>
       <x:c r="F41" s="3" t="n">
-        <x:v>21589</x:v>
+        <x:v>21658</x:v>
       </x:c>
       <x:c r="G41" s="3" t="n">
-        <x:v>24170</x:v>
+        <x:v>24240</x:v>
       </x:c>
       <x:c r="H41" s="3" t="n">
-        <x:v>25614</x:v>
+        <x:v>25683</x:v>
       </x:c>
       <x:c r="I41" s="3" t="n">
-        <x:v>26534</x:v>
+        <x:v>26603</x:v>
       </x:c>
       <x:c r="J41" s="3" t="n">
-        <x:v>28218</x:v>
+        <x:v>28309</x:v>
       </x:c>
       <x:c r="K41" s="3" t="n">
-        <x:v>29423</x:v>
+        <x:v>29514</x:v>
       </x:c>
       <x:c r="L41" s="3" t="n">
-        <x:v>28547</x:v>
+        <x:v>28638</x:v>
       </x:c>
       <x:c r="M41" s="3" t="n">
-        <x:v>28895</x:v>
+        <x:v>28986</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>30009</x:v>
+        <x:v>30102</x:v>
       </x:c>
       <x:c r="O41" s="3" t="n">
-        <x:v>29838</x:v>
+        <x:v>29931</x:v>
       </x:c>
       <x:c r="P41" s="3" t="n">
-        <x:v>33126</x:v>
+        <x:v>33219</x:v>
       </x:c>
       <x:c r="Q41" s="3" t="n">
-        <x:v>35053</x:v>
+        <x:v>35146</x:v>
       </x:c>
       <x:c r="R41" s="3" t="n">
-        <x:v>33211</x:v>
+        <x:v>33305</x:v>
       </x:c>
       <x:c r="S41" s="3" t="n">
-        <x:v>35363</x:v>
+        <x:v>35458</x:v>
       </x:c>
       <x:c r="T41" s="3" t="n">
-        <x:v>36251</x:v>
+        <x:v>36345</x:v>
       </x:c>
       <x:c r="U41" s="3" t="n">
-        <x:v>39038</x:v>
+        <x:v>39132</x:v>
       </x:c>
       <x:c r="V41" s="3" t="n">
-        <x:v>37883</x:v>
+        <x:v>37991</x:v>
       </x:c>
       <x:c r="W41" s="3" t="n">
-        <x:v>36996</x:v>
+        <x:v>37105</x:v>
       </x:c>
       <x:c r="X41" s="3" t="n">
-        <x:v>37559</x:v>
+        <x:v>37667</x:v>
       </x:c>
       <x:c r="Y41" s="3" t="n">
-        <x:v>36691</x:v>
+        <x:v>36800</x:v>
       </x:c>
       <x:c r="Z41" s="3" t="n">
-        <x:v>38482</x:v>
+        <x:v>38588</x:v>
       </x:c>
       <x:c r="AA41" s="3" t="n">
-        <x:v>40265</x:v>
+        <x:v>40371</x:v>
       </x:c>
       <x:c r="AB41" s="3" t="n">
-        <x:v>43065</x:v>
+        <x:v>43171</x:v>
       </x:c>
       <x:c r="AC41" s="3" t="n">
-        <x:v>45536</x:v>
+        <x:v>45642</x:v>
       </x:c>
       <x:c r="AD41" s="3" t="n">
-        <x:v>46495</x:v>
+        <x:v>46658</x:v>
       </x:c>
       <x:c r="AE41" s="3" t="n">
-        <x:v>46941</x:v>
+        <x:v>47104</x:v>
       </x:c>
       <x:c r="AF41" s="3" t="n">
-        <x:v>48266</x:v>
+        <x:v>48429</x:v>
       </x:c>
       <x:c r="AG41" s="3" t="n">
-        <x:v>51293</x:v>
+        <x:v>51456</x:v>
       </x:c>
       <x:c r="AH41" s="3" t="n">
-        <x:v>53337</x:v>
+        <x:v>53492</x:v>
       </x:c>
       <x:c r="AI41" s="3" t="n">
-        <x:v>53829</x:v>
+        <x:v>53984</x:v>
       </x:c>
       <x:c r="AJ41" s="3" t="n">
-        <x:v>53436</x:v>
+        <x:v>53591</x:v>
       </x:c>
       <x:c r="AK41" s="3" t="n">
-        <x:v>52735</x:v>
+        <x:v>52890</x:v>
       </x:c>
       <x:c r="AL41" s="3" t="n">
-        <x:v>52626</x:v>
+        <x:v>52885</x:v>
       </x:c>
       <x:c r="AM41" s="3" t="n">
-        <x:v>53462</x:v>
+        <x:v>53721</x:v>
       </x:c>
       <x:c r="AN41" s="3" t="n">
-        <x:v>54764</x:v>
+        <x:v>55023</x:v>
       </x:c>
       <x:c r="AO41" s="3" t="n">
-        <x:v>52762</x:v>
+        <x:v>53021</x:v>
       </x:c>
       <x:c r="AP41" s="3" t="n">
-        <x:v>53261</x:v>
+        <x:v>53532</x:v>
       </x:c>
       <x:c r="AQ41" s="3" t="n">
-        <x:v>53500</x:v>
+        <x:v>53770</x:v>
       </x:c>
       <x:c r="AR41" s="3" t="n">
-        <x:v>53056</x:v>
+        <x:v>53326</x:v>
       </x:c>
       <x:c r="AS41" s="3" t="n">
-        <x:v>56390</x:v>
+        <x:v>56660</x:v>
       </x:c>
       <x:c r="AT41" s="3" t="n">
-        <x:v>54618</x:v>
+        <x:v>54926</x:v>
       </x:c>
       <x:c r="AU41" s="3" t="n">
-        <x:v>57379</x:v>
+        <x:v>57686</x:v>
       </x:c>
       <x:c r="AV41" s="3" t="n">
-        <x:v>58319</x:v>
+        <x:v>58627</x:v>
       </x:c>
       <x:c r="AW41" s="3" t="n">
-        <x:v>65016</x:v>
+        <x:v>65324</x:v>
       </x:c>
       <x:c r="AX41" s="3" t="n">
-        <x:v>60136</x:v>
+        <x:v>60492</x:v>
       </x:c>
       <x:c r="AY41" s="3" t="n">
-        <x:v>62662</x:v>
+        <x:v>63017</x:v>
       </x:c>
       <x:c r="AZ41" s="3" t="n">
-        <x:v>57656</x:v>
+        <x:v>58012</x:v>
       </x:c>
       <x:c r="BA41" s="3" t="n">
-        <x:v>64444</x:v>
+        <x:v>64800</x:v>
       </x:c>
       <x:c r="BB41" s="3" t="n">
-        <x:v>58006</x:v>
+        <x:v>58348</x:v>
       </x:c>
       <x:c r="BC41" s="3" t="n">
-        <x:v>62173</x:v>
+        <x:v>62514</x:v>
       </x:c>
       <x:c r="BD41" s="3" t="n">
-        <x:v>59840</x:v>
+        <x:v>60182</x:v>
       </x:c>
       <x:c r="BE41" s="3" t="n">
-        <x:v>64909</x:v>
+        <x:v>65251</x:v>
       </x:c>
       <x:c r="BF41" s="3" t="n">
-        <x:v>60978</x:v>
+        <x:v>61288</x:v>
       </x:c>
       <x:c r="BG41" s="3" t="n">
-        <x:v>62034</x:v>
+        <x:v>62344</x:v>
       </x:c>
       <x:c r="BH41" s="3" t="n">
-        <x:v>61125</x:v>
+        <x:v>61435</x:v>
       </x:c>
       <x:c r="BI41" s="3" t="n">
-        <x:v>60726</x:v>
+        <x:v>61036</x:v>
       </x:c>
       <x:c r="BJ41" s="3" t="n">
-        <x:v>63644</x:v>
+        <x:v>63915</x:v>
       </x:c>
       <x:c r="BK41" s="3" t="n">
-        <x:v>61910</x:v>
+        <x:v>62181</x:v>
       </x:c>
       <x:c r="BL41" s="3" t="n">
-        <x:v>67476</x:v>
+        <x:v>67747</x:v>
       </x:c>
       <x:c r="BM41" s="3" t="n">
-        <x:v>68357</x:v>
+        <x:v>68628</x:v>
       </x:c>
       <x:c r="BN41" s="3" t="n">
-        <x:v>67776</x:v>
+        <x:v>68157</x:v>
       </x:c>
       <x:c r="BO41" s="3" t="n">
-        <x:v>66579</x:v>
+        <x:v>66960</x:v>
       </x:c>
       <x:c r="BP41" s="3" t="n">
-        <x:v>67910</x:v>
+        <x:v>68292</x:v>
       </x:c>
       <x:c r="BQ41" s="3" t="n">
-        <x:v>74899</x:v>
+        <x:v>75281</x:v>
       </x:c>
       <x:c r="BR41" s="3" t="n">
-        <x:v>73216</x:v>
+        <x:v>73626</x:v>
       </x:c>
       <x:c r="BS41" s="3" t="n">
-        <x:v>73757</x:v>
+        <x:v>74168</x:v>
       </x:c>
       <x:c r="BT41" s="3" t="n">
-        <x:v>73486</x:v>
+        <x:v>73897</x:v>
       </x:c>
       <x:c r="BU41" s="3" t="n">
-        <x:v>75037</x:v>
+        <x:v>75447</x:v>
       </x:c>
       <x:c r="BV41" s="3" t="n">
-        <x:v>78675</x:v>
+        <x:v>79100</x:v>
       </x:c>
       <x:c r="BW41" s="3" t="n">
-        <x:v>78191</x:v>
+        <x:v>78617</x:v>
       </x:c>
       <x:c r="BX41" s="3" t="n">
-        <x:v>81038</x:v>
+        <x:v>81464</x:v>
       </x:c>
       <x:c r="BY41" s="3" t="n">
-        <x:v>86611</x:v>
+        <x:v>87036</x:v>
       </x:c>
       <x:c r="BZ41" s="3" t="n">
-        <x:v>85748</x:v>
+        <x:v>86016</x:v>
       </x:c>
       <x:c r="CA41" s="3" t="n">
-        <x:v>91815</x:v>
+        <x:v>92084</x:v>
       </x:c>
       <x:c r="CB41" s="3" t="n">
-        <x:v>94105</x:v>
+        <x:v>94373</x:v>
       </x:c>
       <x:c r="CC41" s="3" t="n">
-        <x:v>94904</x:v>
+        <x:v>95172</x:v>
       </x:c>
       <x:c r="CD41" s="3" t="n">
-        <x:v>102208</x:v>
+        <x:v>102538</x:v>
       </x:c>
       <x:c r="CE41" s="3" t="n">
-        <x:v>99447</x:v>
+        <x:v>99776</x:v>
       </x:c>
       <x:c r="CF41" s="3" t="n">
-        <x:v>101457</x:v>
+        <x:v>101786</x:v>
       </x:c>
       <x:c r="CG41" s="3" t="n">
-        <x:v>102642</x:v>
+        <x:v>102971</x:v>
       </x:c>
       <x:c r="CH41" s="3" t="n">
-        <x:v>98567</x:v>
+        <x:v>98912</x:v>
       </x:c>
       <x:c r="CI41" s="3" t="n">
-        <x:v>94796</x:v>
+        <x:v>95142</x:v>
       </x:c>
       <x:c r="CJ41" s="3" t="n">
-        <x:v>99435</x:v>
+        <x:v>99781</x:v>
       </x:c>
       <x:c r="CK41" s="3" t="n">
-        <x:v>101327</x:v>
+        <x:v>101673</x:v>
       </x:c>
       <x:c r="CL41" s="3" t="n">
-        <x:v>106579</x:v>
+        <x:v>106981</x:v>
       </x:c>
       <x:c r="CM41" s="3" t="n">
-        <x:v>108273</x:v>
+        <x:v>108674</x:v>
       </x:c>
       <x:c r="CN41" s="3" t="n">
-        <x:v>108607</x:v>
+        <x:v>109009</x:v>
       </x:c>
       <x:c r="CO41" s="3" t="n">
-        <x:v>109659</x:v>
+        <x:v>110060</x:v>
       </x:c>
       <x:c r="CP41" s="3" t="n">
-        <x:v>114356</x:v>
+        <x:v>114832</x:v>
       </x:c>
       <x:c r="CQ41" s="3" t="n">
-        <x:v>111282</x:v>
+        <x:v>111759</x:v>
       </x:c>
       <x:c r="CR41" s="3" t="n">
-        <x:v>108571</x:v>
+        <x:v>109047</x:v>
       </x:c>
       <x:c r="CS41" s="3" t="n">
-        <x:v>107183</x:v>
+        <x:v>107659</x:v>
       </x:c>
       <x:c r="CT41" s="3" t="n">
-        <x:v>104943</x:v>
+        <x:v>105487</x:v>
       </x:c>
       <x:c r="CU41" s="3" t="n">
-        <x:v>108766</x:v>
+        <x:v>109310</x:v>
       </x:c>
       <x:c r="CV41" s="3" t="n">
-        <x:v>104053</x:v>
+        <x:v>104597</x:v>
       </x:c>
       <x:c r="CW41" s="3" t="n">
-        <x:v>105310</x:v>
+        <x:v>105854</x:v>
       </x:c>
       <x:c r="CX41" s="3" t="n">
-        <x:v>106030</x:v>
+        <x:v>106565</x:v>
       </x:c>
       <x:c r="CY41" s="3" t="n">
-        <x:v>105668</x:v>
+        <x:v>106203</x:v>
       </x:c>
       <x:c r="CZ41" s="3" t="n">
-        <x:v>109057</x:v>
+        <x:v>109593</x:v>
       </x:c>
       <x:c r="DA41" s="3" t="n">
-        <x:v>112041</x:v>
+        <x:v>112577</x:v>
       </x:c>
       <x:c r="DB41" s="3" t="n">
-        <x:v>118216</x:v>
+        <x:v>118811</x:v>
       </x:c>
       <x:c r="DC41" s="3" t="n">
-        <x:v>120140</x:v>
+        <x:v>120735</x:v>
       </x:c>
       <x:c r="DD41" s="3" t="n">
-        <x:v>125649</x:v>
+        <x:v>126244</x:v>
       </x:c>
       <x:c r="DE41" s="3" t="n">
-        <x:v>128833</x:v>
+        <x:v>129428</x:v>
       </x:c>
       <x:c r="DF41" s="3" t="n">
-        <x:v>126462</x:v>
+        <x:v>126979</x:v>
       </x:c>
       <x:c r="DG41" s="3" t="n">
-        <x:v>133772</x:v>
+        <x:v>134289</x:v>
       </x:c>
       <x:c r="DH41" s="3" t="n">
-        <x:v>138685</x:v>
+        <x:v>139202</x:v>
       </x:c>
       <x:c r="DI41" s="3" t="n">
-        <x:v>140829</x:v>
+        <x:v>141346</x:v>
       </x:c>
       <x:c r="DJ41" s="3" t="n">
-        <x:v>141567</x:v>
+        <x:v>142096</x:v>
       </x:c>
       <x:c r="DK41" s="3" t="n">
-        <x:v>148345</x:v>
+        <x:v>148874</x:v>
       </x:c>
       <x:c r="DL41" s="3" t="n">
-        <x:v>151644</x:v>
+        <x:v>152173</x:v>
       </x:c>
       <x:c r="DM41" s="3" t="n">
-        <x:v>161887</x:v>
+        <x:v>162416</x:v>
       </x:c>
       <x:c r="DN41" s="3" t="n">
-        <x:v>166336</x:v>
+        <x:v>166687</x:v>
       </x:c>
       <x:c r="DO41" s="3" t="n">
-        <x:v>170117</x:v>
+        <x:v>170468</x:v>
       </x:c>
       <x:c r="DP41" s="3" t="n">
-        <x:v>170218</x:v>
+        <x:v>170568</x:v>
       </x:c>
       <x:c r="DQ41" s="3" t="n">
-        <x:v>177413</x:v>
+        <x:v>177764</x:v>
       </x:c>
       <x:c r="DR41" s="3" t="n">
-        <x:v>182948</x:v>
+        <x:v>183376</x:v>
       </x:c>
       <x:c r="DS41" s="3" t="n">
-        <x:v>184343</x:v>
+        <x:v>184771</x:v>
       </x:c>
       <x:c r="DT41" s="3" t="n">
-        <x:v>190553</x:v>
+        <x:v>190981</x:v>
       </x:c>
       <x:c r="DU41" s="3" t="n">
-        <x:v>191227</x:v>
+        <x:v>191655</x:v>
       </x:c>
       <x:c r="DV41" s="3" t="n">
-        <x:v>168972</x:v>
+        <x:v>169103</x:v>
       </x:c>
       <x:c r="DW41" s="3" t="n">
-        <x:v>168291</x:v>
+        <x:v>168422</x:v>
       </x:c>
       <x:c r="DX41" s="3" t="n">
-        <x:v>171499</x:v>
+        <x:v>171630</x:v>
       </x:c>
       <x:c r="DY41" s="3" t="n">
-        <x:v>165920</x:v>
+        <x:v>166051</x:v>
       </x:c>
       <x:c r="DZ41" s="3" t="n">
-        <x:v>173832</x:v>
+        <x:v>173994</x:v>
       </x:c>
       <x:c r="EA41" s="3" t="n">
-        <x:v>186968</x:v>
+        <x:v>187130</x:v>
       </x:c>
       <x:c r="EB41" s="3" t="n">
-        <x:v>184402</x:v>
+        <x:v>184564</x:v>
       </x:c>
       <x:c r="EC41" s="3" t="n">
-        <x:v>186620</x:v>
+        <x:v>186782</x:v>
       </x:c>
       <x:c r="ED41" s="3" t="n">
-        <x:v>203361</x:v>
+        <x:v>203328</x:v>
       </x:c>
       <x:c r="EE41" s="3" t="n">
-        <x:v>189701</x:v>
+        <x:v>189668</x:v>
       </x:c>
       <x:c r="EF41" s="3" t="n">
-        <x:v>190883</x:v>
+        <x:v>190851</x:v>
       </x:c>
       <x:c r="EG41" s="3" t="n">
-        <x:v>201078</x:v>
+        <x:v>201045</x:v>
       </x:c>
       <x:c r="EH41" s="3" t="n">
-        <x:v>199060</x:v>
+        <x:v>199784</x:v>
       </x:c>
       <x:c r="EI41" s="3" t="n">
-        <x:v>204937</x:v>
+        <x:v>205660</x:v>
       </x:c>
       <x:c r="EJ41" s="3" t="n">
-        <x:v>203766</x:v>
+        <x:v>204489</x:v>
       </x:c>
       <x:c r="EK41" s="3" t="n">
-        <x:v>203978</x:v>
+        <x:v>204702</x:v>
       </x:c>
       <x:c r="EL41" s="3" t="n">
-        <x:v>207302</x:v>
+        <x:v>208320</x:v>
       </x:c>
       <x:c r="EM41" s="3" t="n">
-        <x:v>213378</x:v>
+        <x:v>214396</x:v>
       </x:c>
       <x:c r="EN41" s="3" t="n">
-        <x:v>222909</x:v>
+        <x:v>223927</x:v>
       </x:c>
       <x:c r="EO41" s="3" t="n">
-        <x:v>225150</x:v>
+        <x:v>226168</x:v>
       </x:c>
       <x:c r="EP41" s="3" t="n">
-        <x:v>225263</x:v>
+        <x:v>226564</x:v>
       </x:c>
       <x:c r="EQ41" s="3" t="n">
-        <x:v>227322</x:v>
+        <x:v>228622</x:v>
       </x:c>
       <x:c r="ER41" s="3" t="n">
-        <x:v>240488</x:v>
+        <x:v>241788</x:v>
       </x:c>
       <x:c r="ES41" s="3" t="n">
-        <x:v>236796</x:v>
+        <x:v>238096</x:v>
       </x:c>
       <x:c r="ET41" s="3" t="n">
-        <x:v>250067</x:v>
+        <x:v>251631</x:v>
       </x:c>
       <x:c r="EU41" s="3" t="n">
-        <x:v>245388</x:v>
+        <x:v>246951</x:v>
       </x:c>
       <x:c r="EV41" s="3" t="n">
-        <x:v>247897</x:v>
+        <x:v>249460</x:v>
       </x:c>
       <x:c r="EW41" s="3" t="n">
-        <x:v>253820</x:v>
+        <x:v>255384</x:v>
       </x:c>
       <x:c r="EX41" s="3" t="n">
-        <x:v>258511</x:v>
+        <x:v>259736</x:v>
       </x:c>
       <x:c r="EY41" s="3" t="n">
-        <x:v>252813</x:v>
+        <x:v>253812</x:v>
       </x:c>
       <x:c r="EZ41" s="3" t="n">
-        <x:v>261716</x:v>
+        <x:v>262940</x:v>
       </x:c>
       <x:c r="FA41" s="3" t="n">
-        <x:v>258324</x:v>
+        <x:v>259488</x:v>
       </x:c>
       <x:c r="FB41" s="3" t="n">
-        <x:v>262830</x:v>
+        <x:v>263882</x:v>
       </x:c>
       <x:c r="FC41" s="3" t="n">
-        <x:v>267856</x:v>
+        <x:v>269029</x:v>
       </x:c>
       <x:c r="FD41" s="3" t="n">
-        <x:v>267631</x:v>
+        <x:v>268648</x:v>
       </x:c>
       <x:c r="FE41" s="3" t="n">
-        <x:v>279405</x:v>
+        <x:v>280428</x:v>
       </x:c>
       <x:c r="FF41" s="3" t="n">
-        <x:v>275776</x:v>
+        <x:v>276999</x:v>
       </x:c>
       <x:c r="FG41" s="3" t="n">
-        <x:v>286269</x:v>
+        <x:v>287418</x:v>
       </x:c>
       <x:c r="FH41" s="3" t="n">
-        <x:v>288425</x:v>
+        <x:v>289540</x:v>
       </x:c>
       <x:c r="FI41" s="3" t="n">
-        <x:v>289765</x:v>
+        <x:v>290975</x:v>
       </x:c>
       <x:c r="FJ41" s="3" t="n">
-        <x:v>300989</x:v>
+        <x:v>302628</x:v>
       </x:c>
       <x:c r="FK41" s="3" t="n">
-        <x:v>307244</x:v>
+        <x:v>308919</x:v>
       </x:c>
       <x:c r="FL41" s="3" t="n">
-        <x:v>313225</x:v>
+        <x:v>315024</x:v>
       </x:c>
       <x:c r="FM41" s="3" t="n">
-        <x:v>315652</x:v>
+        <x:v>317339</x:v>
       </x:c>
       <x:c r="FN41" s="3" t="n">
-        <x:v>319774</x:v>
+        <x:v>321334</x:v>
       </x:c>
       <x:c r="FO41" s="3" t="n">
-        <x:v>265005</x:v>
+        <x:v>266097</x:v>
       </x:c>
       <x:c r="FP41" s="3" t="n">
-        <x:v>282340</x:v>
+        <x:v>283397</x:v>
       </x:c>
       <x:c r="FQ41" s="3" t="n">
-        <x:v>282780</x:v>
+        <x:v>284239</x:v>
       </x:c>
       <x:c r="FR41" s="3" t="n">
-        <x:v>272317</x:v>
+        <x:v>273938</x:v>
       </x:c>
       <x:c r="FS41" s="3" t="n">
-        <x:v>293251</x:v>
+        <x:v>294535</x:v>
       </x:c>
       <x:c r="FT41" s="3" t="n">
-        <x:v>315397</x:v>
+        <x:v>316457</x:v>
       </x:c>
       <x:c r="FU41" s="3" t="n">
-        <x:v>331794</x:v>
+        <x:v>333106</x:v>
       </x:c>
       <x:c r="FV41" s="3" t="n">
-        <x:v>346041</x:v>
+        <x:v>347986</x:v>
       </x:c>
       <x:c r="FW41" s="3" t="n">
-        <x:v>380016</x:v>
+        <x:v>382906</x:v>
       </x:c>
       <x:c r="FX41" s="3" t="n">
-        <x:v>404668</x:v>
+        <x:v>406391</x:v>
       </x:c>
       <x:c r="FY41" s="3" t="n">
-        <x:v>417682</x:v>
+        <x:v>420444</x:v>
       </x:c>
       <x:c r="FZ41" s="3" t="n">
-        <x:v>409682</x:v>
+        <x:v>406338</x:v>
       </x:c>
       <x:c r="GA41" s="3" t="n">
-        <x:v>423842</x:v>
+        <x:v>420356</x:v>
       </x:c>
       <x:c r="GB41" s="3" t="n">
-        <x:v>404653</x:v>
+        <x:v>401569</x:v>
       </x:c>
       <x:c r="GC41" s="3" t="n">
-        <x:v>419701</x:v>
+        <x:v>418295</x:v>
       </x:c>
       <x:c r="GD41" s="3" t="n">
-        <x:v>415517</x:v>
+        <x:v>419528</x:v>
       </x:c>
       <x:c r="GE41" s="3" t="n">
-        <x:v>441245</x:v>
+        <x:v>443006</x:v>
       </x:c>
       <x:c r="GF41" s="3" t="n">
-        <x:v>447352</x:v>
+        <x:v>453838</x:v>
       </x:c>
       <x:c r="GG41" s="3" t="n">
-        <x:v>456970</x:v>
+        <x:v>462442</x:v>
       </x:c>
       <x:c r="GH41" s="3" t="n">
-        <x:v>447995</x:v>
+        <x:v>457694</x:v>
       </x:c>
       <x:c r="GI41" s="3" t="n">
-        <x:v>439652</x:v>
+        <x:v>450805</x:v>
+      </x:c>
+      <x:c r="GJ41" s="3" t="n">
+        <x:v>455703</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:191">
+    <x:row r="42" spans="1:192">
       <x:c r="A42" s="2" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
         <x:v>13246</x:v>
       </x:c>
       <x:c r="C42" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="D42" s="3" t="n">
         <x:v>12284</x:v>
       </x:c>
       <x:c r="E42" s="3" t="n">
         <x:v>12471</x:v>
       </x:c>
       <x:c r="F42" s="3" t="n">
         <x:v>12909</x:v>
       </x:c>
       <x:c r="G42" s="3" t="n">
         <x:v>14330</x:v>
       </x:c>
       <x:c r="H42" s="3" t="n">
         <x:v>15030</x:v>
       </x:c>
       <x:c r="I42" s="3" t="n">
         <x:v>16339</x:v>
       </x:c>
@@ -23623,95 +23740,98 @@
       <x:c r="FN42" s="3" t="n">
         <x:v>183609</x:v>
       </x:c>
       <x:c r="FO42" s="3" t="n">
         <x:v>173531</x:v>
       </x:c>
       <x:c r="FP42" s="3" t="n">
         <x:v>189129</x:v>
       </x:c>
       <x:c r="FQ42" s="3" t="n">
         <x:v>187343</x:v>
       </x:c>
       <x:c r="FR42" s="3" t="n">
         <x:v>187439</x:v>
       </x:c>
       <x:c r="FS42" s="3" t="n">
         <x:v>202286</x:v>
       </x:c>
       <x:c r="FT42" s="3" t="n">
         <x:v>209652</x:v>
       </x:c>
       <x:c r="FU42" s="3" t="n">
         <x:v>210158</x:v>
       </x:c>
       <x:c r="FV42" s="3" t="n">
-        <x:v>226191</x:v>
+        <x:v>225964</x:v>
       </x:c>
       <x:c r="FW42" s="3" t="n">
-        <x:v>245076</x:v>
+        <x:v>244727</x:v>
       </x:c>
       <x:c r="FX42" s="3" t="n">
-        <x:v>262329</x:v>
+        <x:v>262044</x:v>
       </x:c>
       <x:c r="FY42" s="3" t="n">
-        <x:v>267535</x:v>
+        <x:v>267207</x:v>
       </x:c>
       <x:c r="FZ42" s="3" t="n">
-        <x:v>253126</x:v>
+        <x:v>253162</x:v>
       </x:c>
       <x:c r="GA42" s="3" t="n">
-        <x:v>254332</x:v>
+        <x:v>255532</x:v>
       </x:c>
       <x:c r="GB42" s="3" t="n">
-        <x:v>239628</x:v>
+        <x:v>240514</x:v>
       </x:c>
       <x:c r="GC42" s="3" t="n">
-        <x:v>248114</x:v>
+        <x:v>248854</x:v>
       </x:c>
       <x:c r="GD42" s="3" t="n">
-        <x:v>247211</x:v>
+        <x:v>244845</x:v>
       </x:c>
       <x:c r="GE42" s="3" t="n">
-        <x:v>264814</x:v>
+        <x:v>261243</x:v>
       </x:c>
       <x:c r="GF42" s="3" t="n">
-        <x:v>263263</x:v>
+        <x:v>261479</x:v>
       </x:c>
       <x:c r="GG42" s="3" t="n">
-        <x:v>263352</x:v>
+        <x:v>260747</x:v>
       </x:c>
       <x:c r="GH42" s="3" t="n">
-        <x:v>266824</x:v>
+        <x:v>266911</x:v>
       </x:c>
       <x:c r="GI42" s="3" t="n">
-        <x:v>264719</x:v>
+        <x:v>263217</x:v>
+      </x:c>
+      <x:c r="GJ42" s="3" t="n">
+        <x:v>266391</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:191">
+    <x:row r="43" spans="1:192">
       <x:c r="A43" s="2" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
         <x:v>1497</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>1533</x:v>
       </x:c>
       <x:c r="D43" s="3" t="n">
         <x:v>1386</x:v>
       </x:c>
       <x:c r="E43" s="3" t="n">
         <x:v>1478</x:v>
       </x:c>
       <x:c r="F43" s="3" t="n">
         <x:v>1422</x:v>
       </x:c>
       <x:c r="G43" s="3" t="n">
         <x:v>1930</x:v>
       </x:c>
       <x:c r="H43" s="3" t="n">
         <x:v>2091</x:v>
       </x:c>
       <x:c r="I43" s="3" t="n">
         <x:v>2218</x:v>
       </x:c>
@@ -24210,83 +24330,86 @@
       <x:c r="FR43" s="3" t="n">
         <x:v>2950</x:v>
       </x:c>
       <x:c r="FS43" s="3" t="n">
         <x:v>8485</x:v>
       </x:c>
       <x:c r="FT43" s="3" t="n">
         <x:v>3636</x:v>
       </x:c>
       <x:c r="FU43" s="3" t="n">
         <x:v>4165</x:v>
       </x:c>
       <x:c r="FV43" s="3" t="n">
         <x:v>4263</x:v>
       </x:c>
       <x:c r="FW43" s="3" t="n">
         <x:v>8110</x:v>
       </x:c>
       <x:c r="FX43" s="3" t="n">
         <x:v>5939</x:v>
       </x:c>
       <x:c r="FY43" s="3" t="n">
         <x:v>7714</x:v>
       </x:c>
       <x:c r="FZ43" s="3" t="n">
-        <x:v>7139</x:v>
+        <x:v>7153</x:v>
       </x:c>
       <x:c r="GA43" s="3" t="n">
-        <x:v>6657</x:v>
+        <x:v>6603</x:v>
       </x:c>
       <x:c r="GB43" s="3" t="n">
-        <x:v>6098</x:v>
+        <x:v>6122</x:v>
       </x:c>
       <x:c r="GC43" s="3" t="n">
-        <x:v>6698</x:v>
+        <x:v>6649</x:v>
       </x:c>
       <x:c r="GD43" s="3" t="n">
-        <x:v>4468</x:v>
+        <x:v>4550</x:v>
       </x:c>
       <x:c r="GE43" s="3" t="n">
-        <x:v>5406</x:v>
+        <x:v>5362</x:v>
       </x:c>
       <x:c r="GF43" s="3" t="n">
-        <x:v>6817</x:v>
+        <x:v>6859</x:v>
       </x:c>
       <x:c r="GG43" s="3" t="n">
-        <x:v>4225</x:v>
+        <x:v>4200</x:v>
       </x:c>
       <x:c r="GH43" s="3" t="n">
-        <x:v>5297</x:v>
+        <x:v>5404</x:v>
       </x:c>
       <x:c r="GI43" s="3" t="n">
-        <x:v>5145</x:v>
+        <x:v>4991</x:v>
+      </x:c>
+      <x:c r="GJ43" s="3" t="n">
+        <x:v>4096</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:191">
+    <x:row r="44" spans="1:192">
       <x:c r="A44" s="2" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
         <x:v>1211</x:v>
       </x:c>
       <x:c r="C44" s="3" t="n">
         <x:v>2355</x:v>
       </x:c>
       <x:c r="D44" s="3" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="E44" s="3" t="n">
         <x:v>1378</x:v>
       </x:c>
       <x:c r="F44" s="3" t="n">
         <x:v>1082</x:v>
       </x:c>
       <x:c r="G44" s="3" t="n">
         <x:v>1337</x:v>
       </x:c>
       <x:c r="H44" s="3" t="n">
         <x:v>1829</x:v>
       </x:c>
       <x:c r="I44" s="3" t="n">
         <x:v>1000</x:v>
       </x:c>
@@ -24773,1820 +24896,1832 @@
       <x:c r="FN44" s="3" t="n">
         <x:v>12356</x:v>
       </x:c>
       <x:c r="FO44" s="3" t="n">
         <x:v>11951</x:v>
       </x:c>
       <x:c r="FP44" s="3" t="n">
         <x:v>11472</x:v>
       </x:c>
       <x:c r="FQ44" s="3" t="n">
         <x:v>8339</x:v>
       </x:c>
       <x:c r="FR44" s="3" t="n">
         <x:v>6800</x:v>
       </x:c>
       <x:c r="FS44" s="3" t="n">
         <x:v>7214</x:v>
       </x:c>
       <x:c r="FT44" s="3" t="n">
         <x:v>11621</x:v>
       </x:c>
       <x:c r="FU44" s="3" t="n">
         <x:v>11830</x:v>
       </x:c>
       <x:c r="FV44" s="3" t="n">
-        <x:v>9118</x:v>
+        <x:v>8793</x:v>
       </x:c>
       <x:c r="FW44" s="3" t="n">
-        <x:v>5417</x:v>
+        <x:v>5472</x:v>
       </x:c>
       <x:c r="FX44" s="3" t="n">
-        <x:v>5764</x:v>
+        <x:v>5612</x:v>
       </x:c>
       <x:c r="FY44" s="3" t="n">
-        <x:v>7500</x:v>
+        <x:v>7922</x:v>
       </x:c>
       <x:c r="FZ44" s="3" t="n">
-        <x:v>5653</x:v>
+        <x:v>5873</x:v>
       </x:c>
       <x:c r="GA44" s="3" t="n">
-        <x:v>11110</x:v>
+        <x:v>10265</x:v>
       </x:c>
       <x:c r="GB44" s="3" t="n">
-        <x:v>7567</x:v>
+        <x:v>8016</x:v>
       </x:c>
       <x:c r="GC44" s="3" t="n">
-        <x:v>6881</x:v>
+        <x:v>7580</x:v>
       </x:c>
       <x:c r="GD44" s="3" t="n">
         <x:v>5406</x:v>
       </x:c>
       <x:c r="GE44" s="3" t="n">
         <x:v>6950</x:v>
       </x:c>
       <x:c r="GF44" s="3" t="n">
         <x:v>9835</x:v>
       </x:c>
       <x:c r="GG44" s="3" t="n">
         <x:v>18972</x:v>
       </x:c>
       <x:c r="GH44" s="3" t="n">
-        <x:v>7078</x:v>
+        <x:v>7205</x:v>
       </x:c>
       <x:c r="GI44" s="3" t="n">
-        <x:v>7800</x:v>
+        <x:v>7267</x:v>
+      </x:c>
+      <x:c r="GJ44" s="3" t="n">
+        <x:v>4571</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:191">
+    <x:row r="45" spans="1:192">
       <x:c r="A45" s="2" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>5804</x:v>
+        <x:v>5872</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>6004</x:v>
+        <x:v>6071</x:v>
       </x:c>
       <x:c r="D45" s="3" t="n">
-        <x:v>6196</x:v>
+        <x:v>6263</x:v>
       </x:c>
       <x:c r="E45" s="3" t="n">
-        <x:v>6099</x:v>
+        <x:v>6167</x:v>
       </x:c>
       <x:c r="F45" s="3" t="n">
-        <x:v>6175</x:v>
+        <x:v>6245</x:v>
       </x:c>
       <x:c r="G45" s="3" t="n">
-        <x:v>6573</x:v>
+        <x:v>6643</x:v>
       </x:c>
       <x:c r="H45" s="3" t="n">
-        <x:v>6664</x:v>
+        <x:v>6733</x:v>
       </x:c>
       <x:c r="I45" s="3" t="n">
-        <x:v>6977</x:v>
+        <x:v>7046</x:v>
       </x:c>
       <x:c r="J45" s="3" t="n">
-        <x:v>7162</x:v>
+        <x:v>7253</x:v>
       </x:c>
       <x:c r="K45" s="3" t="n">
-        <x:v>7387</x:v>
+        <x:v>7478</x:v>
       </x:c>
       <x:c r="L45" s="3" t="n">
-        <x:v>6872</x:v>
+        <x:v>6963</x:v>
       </x:c>
       <x:c r="M45" s="3" t="n">
-        <x:v>7149</x:v>
+        <x:v>7240</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>7612</x:v>
+        <x:v>7705</x:v>
       </x:c>
       <x:c r="O45" s="3" t="n">
-        <x:v>8487</x:v>
+        <x:v>8580</x:v>
       </x:c>
       <x:c r="P45" s="3" t="n">
-        <x:v>8986</x:v>
+        <x:v>9079</x:v>
       </x:c>
       <x:c r="Q45" s="3" t="n">
-        <x:v>9830</x:v>
+        <x:v>9923</x:v>
       </x:c>
       <x:c r="R45" s="3" t="n">
-        <x:v>8819</x:v>
+        <x:v>8914</x:v>
       </x:c>
       <x:c r="S45" s="3" t="n">
-        <x:v>9394</x:v>
+        <x:v>9488</x:v>
       </x:c>
       <x:c r="T45" s="3" t="n">
-        <x:v>9426</x:v>
+        <x:v>9520</x:v>
       </x:c>
       <x:c r="U45" s="3" t="n">
-        <x:v>12333</x:v>
+        <x:v>12428</x:v>
       </x:c>
       <x:c r="V45" s="3" t="n">
-        <x:v>11387</x:v>
+        <x:v>11496</x:v>
       </x:c>
       <x:c r="W45" s="3" t="n">
-        <x:v>10942</x:v>
+        <x:v>11051</x:v>
       </x:c>
       <x:c r="X45" s="3" t="n">
-        <x:v>12623</x:v>
+        <x:v>12732</x:v>
       </x:c>
       <x:c r="Y45" s="3" t="n">
-        <x:v>10445</x:v>
+        <x:v>10554</x:v>
       </x:c>
       <x:c r="Z45" s="3" t="n">
-        <x:v>9544</x:v>
+        <x:v>9651</x:v>
       </x:c>
       <x:c r="AA45" s="3" t="n">
-        <x:v>11815</x:v>
+        <x:v>11922</x:v>
       </x:c>
       <x:c r="AB45" s="3" t="n">
-        <x:v>12801</x:v>
+        <x:v>12908</x:v>
       </x:c>
       <x:c r="AC45" s="3" t="n">
-        <x:v>15573</x:v>
+        <x:v>15680</x:v>
       </x:c>
       <x:c r="AD45" s="3" t="n">
-        <x:v>13949</x:v>
+        <x:v>14112</x:v>
       </x:c>
       <x:c r="AE45" s="3" t="n">
-        <x:v>14114</x:v>
+        <x:v>14277</x:v>
       </x:c>
       <x:c r="AF45" s="3" t="n">
-        <x:v>13925</x:v>
+        <x:v>14088</x:v>
       </x:c>
       <x:c r="AG45" s="3" t="n">
-        <x:v>14331</x:v>
+        <x:v>14494</x:v>
       </x:c>
       <x:c r="AH45" s="3" t="n">
-        <x:v>15122</x:v>
+        <x:v>15277</x:v>
       </x:c>
       <x:c r="AI45" s="3" t="n">
-        <x:v>14765</x:v>
+        <x:v>14920</x:v>
       </x:c>
       <x:c r="AJ45" s="3" t="n">
-        <x:v>15196</x:v>
+        <x:v>15351</x:v>
       </x:c>
       <x:c r="AK45" s="3" t="n">
-        <x:v>14995</x:v>
+        <x:v>15150</x:v>
       </x:c>
       <x:c r="AL45" s="3" t="n">
-        <x:v>15690</x:v>
+        <x:v>15949</x:v>
       </x:c>
       <x:c r="AM45" s="3" t="n">
-        <x:v>16091</x:v>
+        <x:v>16350</x:v>
       </x:c>
       <x:c r="AN45" s="3" t="n">
-        <x:v>16565</x:v>
+        <x:v>16824</x:v>
       </x:c>
       <x:c r="AO45" s="3" t="n">
-        <x:v>14202</x:v>
+        <x:v>14461</x:v>
       </x:c>
       <x:c r="AP45" s="3" t="n">
-        <x:v>15832</x:v>
+        <x:v>16102</x:v>
       </x:c>
       <x:c r="AQ45" s="3" t="n">
-        <x:v>16284</x:v>
+        <x:v>16554</x:v>
       </x:c>
       <x:c r="AR45" s="3" t="n">
-        <x:v>16652</x:v>
+        <x:v>16922</x:v>
       </x:c>
       <x:c r="AS45" s="3" t="n">
-        <x:v>15096</x:v>
+        <x:v>15366</x:v>
       </x:c>
       <x:c r="AT45" s="3" t="n">
-        <x:v>17167</x:v>
+        <x:v>17474</x:v>
       </x:c>
       <x:c r="AU45" s="3" t="n">
-        <x:v>17598</x:v>
+        <x:v>17906</x:v>
       </x:c>
       <x:c r="AV45" s="3" t="n">
-        <x:v>17216</x:v>
+        <x:v>17523</x:v>
       </x:c>
       <x:c r="AW45" s="3" t="n">
-        <x:v>17907</x:v>
+        <x:v>18215</x:v>
       </x:c>
       <x:c r="AX45" s="3" t="n">
-        <x:v>18268</x:v>
+        <x:v>18623</x:v>
       </x:c>
       <x:c r="AY45" s="3" t="n">
-        <x:v>17434</x:v>
+        <x:v>17790</x:v>
       </x:c>
       <x:c r="AZ45" s="3" t="n">
-        <x:v>17444</x:v>
+        <x:v>17800</x:v>
       </x:c>
       <x:c r="BA45" s="3" t="n">
-        <x:v>18485</x:v>
+        <x:v>18841</x:v>
       </x:c>
       <x:c r="BB45" s="3" t="n">
-        <x:v>18272</x:v>
+        <x:v>18614</x:v>
       </x:c>
       <x:c r="BC45" s="3" t="n">
-        <x:v>18851</x:v>
+        <x:v>19193</x:v>
       </x:c>
       <x:c r="BD45" s="3" t="n">
-        <x:v>19796</x:v>
+        <x:v>20138</x:v>
       </x:c>
       <x:c r="BE45" s="3" t="n">
-        <x:v>20717</x:v>
+        <x:v>21058</x:v>
       </x:c>
       <x:c r="BF45" s="3" t="n">
-        <x:v>20092</x:v>
+        <x:v>20402</x:v>
       </x:c>
       <x:c r="BG45" s="3" t="n">
-        <x:v>21081</x:v>
+        <x:v>21391</x:v>
       </x:c>
       <x:c r="BH45" s="3" t="n">
-        <x:v>20852</x:v>
+        <x:v>21162</x:v>
       </x:c>
       <x:c r="BI45" s="3" t="n">
-        <x:v>20238</x:v>
+        <x:v>20548</x:v>
       </x:c>
       <x:c r="BJ45" s="3" t="n">
-        <x:v>21447</x:v>
+        <x:v>21719</x:v>
       </x:c>
       <x:c r="BK45" s="3" t="n">
-        <x:v>21393</x:v>
+        <x:v>21664</x:v>
       </x:c>
       <x:c r="BL45" s="3" t="n">
-        <x:v>22906</x:v>
+        <x:v>23177</x:v>
       </x:c>
       <x:c r="BM45" s="3" t="n">
-        <x:v>21785</x:v>
+        <x:v>22056</x:v>
       </x:c>
       <x:c r="BN45" s="3" t="n">
-        <x:v>20905</x:v>
+        <x:v>21286</x:v>
       </x:c>
       <x:c r="BO45" s="3" t="n">
-        <x:v>20219</x:v>
+        <x:v>20601</x:v>
       </x:c>
       <x:c r="BP45" s="3" t="n">
-        <x:v>20142</x:v>
+        <x:v>20524</x:v>
       </x:c>
       <x:c r="BQ45" s="3" t="n">
-        <x:v>26368</x:v>
+        <x:v>26750</x:v>
       </x:c>
       <x:c r="BR45" s="3" t="n">
-        <x:v>21679</x:v>
+        <x:v>22090</x:v>
       </x:c>
       <x:c r="BS45" s="3" t="n">
-        <x:v>22118</x:v>
+        <x:v>22528</x:v>
       </x:c>
       <x:c r="BT45" s="3" t="n">
-        <x:v>21541</x:v>
+        <x:v>21952</x:v>
       </x:c>
       <x:c r="BU45" s="3" t="n">
-        <x:v>21672</x:v>
+        <x:v>22083</x:v>
       </x:c>
       <x:c r="BV45" s="3" t="n">
-        <x:v>21885</x:v>
+        <x:v>22311</x:v>
       </x:c>
       <x:c r="BW45" s="3" t="n">
-        <x:v>21666</x:v>
+        <x:v>22092</x:v>
       </x:c>
       <x:c r="BX45" s="3" t="n">
-        <x:v>22804</x:v>
+        <x:v>23230</x:v>
       </x:c>
       <x:c r="BY45" s="3" t="n">
-        <x:v>24380</x:v>
+        <x:v>24806</x:v>
       </x:c>
       <x:c r="BZ45" s="3" t="n">
-        <x:v>24197</x:v>
+        <x:v>24465</x:v>
       </x:c>
       <x:c r="CA45" s="3" t="n">
-        <x:v>27148</x:v>
+        <x:v>27416</x:v>
       </x:c>
       <x:c r="CB45" s="3" t="n">
-        <x:v>28220</x:v>
+        <x:v>28488</x:v>
       </x:c>
       <x:c r="CC45" s="3" t="n">
-        <x:v>28906</x:v>
+        <x:v>29174</x:v>
       </x:c>
       <x:c r="CD45" s="3" t="n">
-        <x:v>29025</x:v>
+        <x:v>29354</x:v>
       </x:c>
       <x:c r="CE45" s="3" t="n">
-        <x:v>29449</x:v>
+        <x:v>29778</x:v>
       </x:c>
       <x:c r="CF45" s="3" t="n">
-        <x:v>29736</x:v>
+        <x:v>30065</x:v>
       </x:c>
       <x:c r="CG45" s="3" t="n">
-        <x:v>30972</x:v>
+        <x:v>31301</x:v>
       </x:c>
       <x:c r="CH45" s="3" t="n">
-        <x:v>31323</x:v>
+        <x:v>31669</x:v>
       </x:c>
       <x:c r="CI45" s="3" t="n">
-        <x:v>30360</x:v>
+        <x:v>30706</x:v>
       </x:c>
       <x:c r="CJ45" s="3" t="n">
-        <x:v>32090</x:v>
+        <x:v>32436</x:v>
       </x:c>
       <x:c r="CK45" s="3" t="n">
-        <x:v>32027</x:v>
+        <x:v>32372</x:v>
       </x:c>
       <x:c r="CL45" s="3" t="n">
-        <x:v>33116</x:v>
+        <x:v>33518</x:v>
       </x:c>
       <x:c r="CM45" s="3" t="n">
-        <x:v>35245</x:v>
+        <x:v>35646</x:v>
       </x:c>
       <x:c r="CN45" s="3" t="n">
-        <x:v>34550</x:v>
+        <x:v>34952</x:v>
       </x:c>
       <x:c r="CO45" s="3" t="n">
-        <x:v>36988</x:v>
+        <x:v>37390</x:v>
       </x:c>
       <x:c r="CP45" s="3" t="n">
-        <x:v>38091</x:v>
+        <x:v>38567</x:v>
       </x:c>
       <x:c r="CQ45" s="3" t="n">
-        <x:v>38161</x:v>
+        <x:v>38638</x:v>
       </x:c>
       <x:c r="CR45" s="3" t="n">
-        <x:v>37152</x:v>
+        <x:v>37628</x:v>
       </x:c>
       <x:c r="CS45" s="3" t="n">
-        <x:v>36301</x:v>
+        <x:v>36778</x:v>
       </x:c>
       <x:c r="CT45" s="3" t="n">
-        <x:v>36689</x:v>
+        <x:v>37233</x:v>
       </x:c>
       <x:c r="CU45" s="3" t="n">
-        <x:v>36939</x:v>
+        <x:v>37483</x:v>
       </x:c>
       <x:c r="CV45" s="3" t="n">
-        <x:v>37417</x:v>
+        <x:v>37961</x:v>
       </x:c>
       <x:c r="CW45" s="3" t="n">
-        <x:v>36384</x:v>
+        <x:v>36928</x:v>
       </x:c>
       <x:c r="CX45" s="3" t="n">
-        <x:v>35512</x:v>
+        <x:v>36048</x:v>
       </x:c>
       <x:c r="CY45" s="3" t="n">
-        <x:v>36396</x:v>
+        <x:v>36932</x:v>
       </x:c>
       <x:c r="CZ45" s="3" t="n">
-        <x:v>37945</x:v>
+        <x:v>38481</x:v>
       </x:c>
       <x:c r="DA45" s="3" t="n">
-        <x:v>39025</x:v>
+        <x:v>39561</x:v>
       </x:c>
       <x:c r="DB45" s="3" t="n">
-        <x:v>40258</x:v>
+        <x:v>40852</x:v>
       </x:c>
       <x:c r="DC45" s="3" t="n">
-        <x:v>39281</x:v>
+        <x:v>39876</x:v>
       </x:c>
       <x:c r="DD45" s="3" t="n">
-        <x:v>41062</x:v>
+        <x:v>41657</x:v>
       </x:c>
       <x:c r="DE45" s="3" t="n">
-        <x:v>43806</x:v>
+        <x:v>44401</x:v>
       </x:c>
       <x:c r="DF45" s="3" t="n">
-        <x:v>43046</x:v>
+        <x:v>43563</x:v>
       </x:c>
       <x:c r="DG45" s="3" t="n">
-        <x:v>45361</x:v>
+        <x:v>45878</x:v>
       </x:c>
       <x:c r="DH45" s="3" t="n">
-        <x:v>46296</x:v>
+        <x:v>46813</x:v>
       </x:c>
       <x:c r="DI45" s="3" t="n">
-        <x:v>47941</x:v>
+        <x:v>48458</x:v>
       </x:c>
       <x:c r="DJ45" s="3" t="n">
-        <x:v>44731</x:v>
+        <x:v>45260</x:v>
       </x:c>
       <x:c r="DK45" s="3" t="n">
-        <x:v>48557</x:v>
+        <x:v>49086</x:v>
       </x:c>
       <x:c r="DL45" s="3" t="n">
-        <x:v>49944</x:v>
+        <x:v>50473</x:v>
       </x:c>
       <x:c r="DM45" s="3" t="n">
-        <x:v>51677</x:v>
+        <x:v>52206</x:v>
       </x:c>
       <x:c r="DN45" s="3" t="n">
-        <x:v>53677</x:v>
+        <x:v>54028</x:v>
       </x:c>
       <x:c r="DO45" s="3" t="n">
-        <x:v>54725</x:v>
+        <x:v>55075</x:v>
       </x:c>
       <x:c r="DP45" s="3" t="n">
-        <x:v>56976</x:v>
+        <x:v>57326</x:v>
       </x:c>
       <x:c r="DQ45" s="3" t="n">
-        <x:v>59422</x:v>
+        <x:v>59773</x:v>
       </x:c>
       <x:c r="DR45" s="3" t="n">
-        <x:v>58349</x:v>
+        <x:v>58777</x:v>
       </x:c>
       <x:c r="DS45" s="3" t="n">
-        <x:v>58992</x:v>
+        <x:v>59420</x:v>
       </x:c>
       <x:c r="DT45" s="3" t="n">
-        <x:v>61518</x:v>
+        <x:v>61946</x:v>
       </x:c>
       <x:c r="DU45" s="3" t="n">
-        <x:v>64231</x:v>
+        <x:v>64659</x:v>
       </x:c>
       <x:c r="DV45" s="3" t="n">
-        <x:v>56457</x:v>
+        <x:v>56588</x:v>
       </x:c>
       <x:c r="DW45" s="3" t="n">
-        <x:v>58444</x:v>
+        <x:v>58575</x:v>
       </x:c>
       <x:c r="DX45" s="3" t="n">
-        <x:v>60120</x:v>
+        <x:v>60251</x:v>
       </x:c>
       <x:c r="DY45" s="3" t="n">
-        <x:v>55506</x:v>
+        <x:v>55637</x:v>
       </x:c>
       <x:c r="DZ45" s="3" t="n">
-        <x:v>62849</x:v>
+        <x:v>63011</x:v>
       </x:c>
       <x:c r="EA45" s="3" t="n">
-        <x:v>65191</x:v>
+        <x:v>65353</x:v>
       </x:c>
       <x:c r="EB45" s="3" t="n">
-        <x:v>66194</x:v>
+        <x:v>66357</x:v>
       </x:c>
       <x:c r="EC45" s="3" t="n">
-        <x:v>65784</x:v>
+        <x:v>65946</x:v>
       </x:c>
       <x:c r="ED45" s="3" t="n">
-        <x:v>64128</x:v>
+        <x:v>64095</x:v>
       </x:c>
       <x:c r="EE45" s="3" t="n">
-        <x:v>66476</x:v>
+        <x:v>66443</x:v>
       </x:c>
       <x:c r="EF45" s="3" t="n">
-        <x:v>67911</x:v>
+        <x:v>67878</x:v>
       </x:c>
       <x:c r="EG45" s="3" t="n">
-        <x:v>73776</x:v>
+        <x:v>73743</x:v>
       </x:c>
       <x:c r="EH45" s="3" t="n">
-        <x:v>71435</x:v>
+        <x:v>72158</x:v>
       </x:c>
       <x:c r="EI45" s="3" t="n">
+        <x:v>75135</x:v>
+      </x:c>
+      <x:c r="EJ45" s="3" t="n">
         <x:v>74411</x:v>
       </x:c>
-      <x:c r="EJ45" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="EK45" s="3" t="n">
-        <x:v>73992</x:v>
+        <x:v>74716</x:v>
       </x:c>
       <x:c r="EL45" s="3" t="n">
-        <x:v>75319</x:v>
+        <x:v>76337</x:v>
       </x:c>
       <x:c r="EM45" s="3" t="n">
-        <x:v>78201</x:v>
+        <x:v>79219</x:v>
       </x:c>
       <x:c r="EN45" s="3" t="n">
-        <x:v>80068</x:v>
+        <x:v>81086</x:v>
       </x:c>
       <x:c r="EO45" s="3" t="n">
-        <x:v>84957</x:v>
+        <x:v>85975</x:v>
       </x:c>
       <x:c r="EP45" s="3" t="n">
-        <x:v>84355</x:v>
+        <x:v>85655</x:v>
       </x:c>
       <x:c r="EQ45" s="3" t="n">
-        <x:v>84610</x:v>
+        <x:v>85911</x:v>
       </x:c>
       <x:c r="ER45" s="3" t="n">
-        <x:v>87920</x:v>
+        <x:v>89220</x:v>
       </x:c>
       <x:c r="ES45" s="3" t="n">
-        <x:v>90043</x:v>
+        <x:v>91343</x:v>
       </x:c>
       <x:c r="ET45" s="3" t="n">
-        <x:v>92571</x:v>
+        <x:v>94134</x:v>
       </x:c>
       <x:c r="EU45" s="3" t="n">
-        <x:v>89037</x:v>
+        <x:v>90600</x:v>
       </x:c>
       <x:c r="EV45" s="3" t="n">
-        <x:v>91870</x:v>
+        <x:v>93433</x:v>
       </x:c>
       <x:c r="EW45" s="3" t="n">
-        <x:v>95799</x:v>
+        <x:v>97363</x:v>
       </x:c>
       <x:c r="EX45" s="3" t="n">
-        <x:v>99064</x:v>
+        <x:v>100289</x:v>
       </x:c>
       <x:c r="EY45" s="3" t="n">
-        <x:v>97382</x:v>
+        <x:v>98381</x:v>
       </x:c>
       <x:c r="EZ45" s="3" t="n">
-        <x:v>96959</x:v>
+        <x:v>98183</x:v>
       </x:c>
       <x:c r="FA45" s="3" t="n">
-        <x:v>97372</x:v>
+        <x:v>98536</x:v>
       </x:c>
       <x:c r="FB45" s="3" t="n">
-        <x:v>95824</x:v>
+        <x:v>96877</x:v>
       </x:c>
       <x:c r="FC45" s="3" t="n">
-        <x:v>99066</x:v>
+        <x:v>100238</x:v>
       </x:c>
       <x:c r="FD45" s="3" t="n">
-        <x:v>98168</x:v>
+        <x:v>99185</x:v>
       </x:c>
       <x:c r="FE45" s="3" t="n">
-        <x:v>101964</x:v>
+        <x:v>102988</x:v>
       </x:c>
       <x:c r="FF45" s="3" t="n">
-        <x:v>98641</x:v>
+        <x:v>99863</x:v>
       </x:c>
       <x:c r="FG45" s="3" t="n">
-        <x:v>102150</x:v>
+        <x:v>103299</x:v>
       </x:c>
       <x:c r="FH45" s="3" t="n">
-        <x:v>103636</x:v>
+        <x:v>104752</x:v>
       </x:c>
       <x:c r="FI45" s="3" t="n">
-        <x:v>103582</x:v>
+        <x:v>104792</x:v>
       </x:c>
       <x:c r="FJ45" s="3" t="n">
-        <x:v>107599</x:v>
+        <x:v>109238</x:v>
       </x:c>
       <x:c r="FK45" s="3" t="n">
-        <x:v>108595</x:v>
+        <x:v>110270</x:v>
       </x:c>
       <x:c r="FL45" s="3" t="n">
-        <x:v>112478</x:v>
+        <x:v>114277</x:v>
       </x:c>
       <x:c r="FM45" s="3" t="n">
-        <x:v>117840</x:v>
+        <x:v>119526</x:v>
       </x:c>
       <x:c r="FN45" s="3" t="n">
-        <x:v>117728</x:v>
+        <x:v>119288</x:v>
       </x:c>
       <x:c r="FO45" s="3" t="n">
-        <x:v>76159</x:v>
+        <x:v>77251</x:v>
       </x:c>
       <x:c r="FP45" s="3" t="n">
-        <x:v>78044</x:v>
+        <x:v>79101</x:v>
       </x:c>
       <x:c r="FQ45" s="3" t="n">
-        <x:v>83096</x:v>
+        <x:v>84554</x:v>
       </x:c>
       <x:c r="FR45" s="3" t="n">
-        <x:v>75128</x:v>
+        <x:v>76749</x:v>
       </x:c>
       <x:c r="FS45" s="3" t="n">
-        <x:v>75267</x:v>
+        <x:v>76550</x:v>
       </x:c>
       <x:c r="FT45" s="3" t="n">
-        <x:v>90489</x:v>
+        <x:v>91548</x:v>
       </x:c>
       <x:c r="FU45" s="3" t="n">
-        <x:v>105641</x:v>
+        <x:v>106952</x:v>
       </x:c>
       <x:c r="FV45" s="3" t="n">
-        <x:v>106468</x:v>
+        <x:v>108967</x:v>
       </x:c>
       <x:c r="FW45" s="3" t="n">
-        <x:v>121412</x:v>
+        <x:v>124595</x:v>
       </x:c>
       <x:c r="FX45" s="3" t="n">
-        <x:v>130636</x:v>
+        <x:v>132795</x:v>
       </x:c>
       <x:c r="FY45" s="3" t="n">
-        <x:v>134933</x:v>
+        <x:v>137602</x:v>
       </x:c>
       <x:c r="FZ45" s="3" t="n">
-        <x:v>143764</x:v>
+        <x:v>140151</x:v>
       </x:c>
       <x:c r="GA45" s="3" t="n">
-        <x:v>151744</x:v>
+        <x:v>147957</x:v>
       </x:c>
       <x:c r="GB45" s="3" t="n">
-        <x:v>151360</x:v>
+        <x:v>146918</x:v>
       </x:c>
       <x:c r="GC45" s="3" t="n">
-        <x:v>158008</x:v>
+        <x:v>155212</x:v>
       </x:c>
       <x:c r="GD45" s="3" t="n">
-        <x:v>158432</x:v>
+        <x:v>164727</x:v>
       </x:c>
       <x:c r="GE45" s="3" t="n">
-        <x:v>164075</x:v>
+        <x:v>169451</x:v>
       </x:c>
       <x:c r="GF45" s="3" t="n">
-        <x:v>167437</x:v>
+        <x:v>175665</x:v>
       </x:c>
       <x:c r="GG45" s="3" t="n">
-        <x:v>170421</x:v>
+        <x:v>178523</x:v>
       </x:c>
       <x:c r="GH45" s="3" t="n">
-        <x:v>168797</x:v>
+        <x:v>178174</x:v>
       </x:c>
       <x:c r="GI45" s="3" t="n">
-        <x:v>161988</x:v>
+        <x:v>175329</x:v>
+      </x:c>
+      <x:c r="GJ45" s="3" t="n">
+        <x:v>180644</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:191">
+    <x:row r="46" spans="1:192">
       <x:c r="A46" s="2" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>58035</x:v>
+        <x:v>57816</x:v>
       </x:c>
       <x:c r="C46" s="3" t="n">
-        <x:v>59290</x:v>
+        <x:v>59071</x:v>
       </x:c>
       <x:c r="D46" s="3" t="n">
-        <x:v>62436</x:v>
+        <x:v>62217</x:v>
       </x:c>
       <x:c r="E46" s="3" t="n">
-        <x:v>64126</x:v>
+        <x:v>63907</x:v>
       </x:c>
       <x:c r="F46" s="3" t="n">
-        <x:v>63071</x:v>
+        <x:v>62822</x:v>
       </x:c>
       <x:c r="G46" s="3" t="n">
-        <x:v>66136</x:v>
+        <x:v>65887</x:v>
       </x:c>
       <x:c r="H46" s="3" t="n">
-        <x:v>68908</x:v>
+        <x:v>68659</x:v>
       </x:c>
       <x:c r="I46" s="3" t="n">
-        <x:v>70953</x:v>
+        <x:v>70704</x:v>
       </x:c>
       <x:c r="J46" s="3" t="n">
-        <x:v>76953</x:v>
+        <x:v>76628</x:v>
       </x:c>
       <x:c r="K46" s="3" t="n">
-        <x:v>78440</x:v>
+        <x:v>78116</x:v>
       </x:c>
       <x:c r="L46" s="3" t="n">
-        <x:v>79524</x:v>
+        <x:v>79200</x:v>
       </x:c>
       <x:c r="M46" s="3" t="n">
-        <x:v>83362</x:v>
+        <x:v>83038</x:v>
       </x:c>
       <x:c r="N46" s="3" t="n">
-        <x:v>86656</x:v>
+        <x:v>86363</x:v>
       </x:c>
       <x:c r="O46" s="3" t="n">
-        <x:v>91869</x:v>
+        <x:v>91576</x:v>
       </x:c>
       <x:c r="P46" s="3" t="n">
-        <x:v>92886</x:v>
+        <x:v>92593</x:v>
       </x:c>
       <x:c r="Q46" s="3" t="n">
-        <x:v>93603</x:v>
+        <x:v>93310</x:v>
       </x:c>
       <x:c r="R46" s="3" t="n">
-        <x:v>96868</x:v>
+        <x:v>96555</x:v>
       </x:c>
       <x:c r="S46" s="3" t="n">
-        <x:v>99504</x:v>
+        <x:v>99191</x:v>
       </x:c>
       <x:c r="T46" s="3" t="n">
-        <x:v>102883</x:v>
+        <x:v>102570</x:v>
       </x:c>
       <x:c r="U46" s="3" t="n">
-        <x:v>105070</x:v>
+        <x:v>104757</x:v>
       </x:c>
       <x:c r="V46" s="3" t="n">
-        <x:v>108331</x:v>
+        <x:v>107948</x:v>
       </x:c>
       <x:c r="W46" s="3" t="n">
-        <x:v>111145</x:v>
+        <x:v>110763</x:v>
       </x:c>
       <x:c r="X46" s="3" t="n">
-        <x:v>113986</x:v>
+        <x:v>113604</x:v>
       </x:c>
       <x:c r="Y46" s="3" t="n">
-        <x:v>116196</x:v>
+        <x:v>115813</x:v>
       </x:c>
       <x:c r="Z46" s="3" t="n">
-        <x:v>120188</x:v>
+        <x:v>119796</x:v>
       </x:c>
       <x:c r="AA46" s="3" t="n">
-        <x:v>125234</x:v>
+        <x:v>124842</x:v>
       </x:c>
       <x:c r="AB46" s="3" t="n">
-        <x:v>130012</x:v>
+        <x:v>129620</x:v>
       </x:c>
       <x:c r="AC46" s="3" t="n">
-        <x:v>131053</x:v>
+        <x:v>130662</x:v>
       </x:c>
       <x:c r="AD46" s="3" t="n">
-        <x:v>134927</x:v>
+        <x:v>134486</x:v>
       </x:c>
       <x:c r="AE46" s="3" t="n">
-        <x:v>136198</x:v>
+        <x:v>135757</x:v>
       </x:c>
       <x:c r="AF46" s="3" t="n">
-        <x:v>144877</x:v>
+        <x:v>144436</x:v>
       </x:c>
       <x:c r="AG46" s="3" t="n">
-        <x:v>146401</x:v>
+        <x:v>145960</x:v>
       </x:c>
       <x:c r="AH46" s="3" t="n">
-        <x:v>144149</x:v>
+        <x:v>143678</x:v>
       </x:c>
       <x:c r="AI46" s="3" t="n">
-        <x:v>140610</x:v>
+        <x:v>140139</x:v>
       </x:c>
       <x:c r="AJ46" s="3" t="n">
-        <x:v>145542</x:v>
+        <x:v>145071</x:v>
       </x:c>
       <x:c r="AK46" s="3" t="n">
-        <x:v>151610</x:v>
+        <x:v>151139</x:v>
       </x:c>
       <x:c r="AL46" s="3" t="n">
-        <x:v>152584</x:v>
+        <x:v>152050</x:v>
       </x:c>
       <x:c r="AM46" s="3" t="n">
-        <x:v>159249</x:v>
+        <x:v>158715</x:v>
       </x:c>
       <x:c r="AN46" s="3" t="n">
-        <x:v>159882</x:v>
+        <x:v>159348</x:v>
       </x:c>
       <x:c r="AO46" s="3" t="n">
-        <x:v>163160</x:v>
+        <x:v>162627</x:v>
       </x:c>
       <x:c r="AP46" s="3" t="n">
-        <x:v>166582</x:v>
+        <x:v>165926</x:v>
       </x:c>
       <x:c r="AQ46" s="3" t="n">
-        <x:v>165521</x:v>
+        <x:v>164865</x:v>
       </x:c>
       <x:c r="AR46" s="3" t="n">
-        <x:v>165544</x:v>
+        <x:v>164888</x:v>
       </x:c>
       <x:c r="AS46" s="3" t="n">
-        <x:v>166437</x:v>
+        <x:v>165781</x:v>
       </x:c>
       <x:c r="AT46" s="3" t="n">
-        <x:v>172614</x:v>
+        <x:v>171912</x:v>
       </x:c>
       <x:c r="AU46" s="3" t="n">
-        <x:v>177959</x:v>
+        <x:v>177257</x:v>
       </x:c>
       <x:c r="AV46" s="3" t="n">
-        <x:v>178246</x:v>
+        <x:v>177544</x:v>
       </x:c>
       <x:c r="AW46" s="3" t="n">
-        <x:v>179817</x:v>
+        <x:v>179115</x:v>
       </x:c>
       <x:c r="AX46" s="3" t="n">
-        <x:v>180638</x:v>
+        <x:v>179938</x:v>
       </x:c>
       <x:c r="AY46" s="3" t="n">
-        <x:v>182998</x:v>
+        <x:v>182299</x:v>
       </x:c>
       <x:c r="AZ46" s="3" t="n">
-        <x:v>187979</x:v>
+        <x:v>187280</x:v>
       </x:c>
       <x:c r="BA46" s="3" t="n">
-        <x:v>198245</x:v>
+        <x:v>197546</x:v>
       </x:c>
       <x:c r="BB46" s="3" t="n">
-        <x:v>195879</x:v>
+        <x:v>194707</x:v>
       </x:c>
       <x:c r="BC46" s="3" t="n">
-        <x:v>197852</x:v>
+        <x:v>196680</x:v>
       </x:c>
       <x:c r="BD46" s="3" t="n">
-        <x:v>197768</x:v>
+        <x:v>196596</x:v>
       </x:c>
       <x:c r="BE46" s="3" t="n">
-        <x:v>198589</x:v>
+        <x:v>197417</x:v>
       </x:c>
       <x:c r="BF46" s="3" t="n">
-        <x:v>200868</x:v>
+        <x:v>199564</x:v>
       </x:c>
       <x:c r="BG46" s="3" t="n">
-        <x:v>202194</x:v>
+        <x:v>200890</x:v>
       </x:c>
       <x:c r="BH46" s="3" t="n">
-        <x:v>204240</x:v>
+        <x:v>202936</x:v>
       </x:c>
       <x:c r="BI46" s="3" t="n">
-        <x:v>205792</x:v>
+        <x:v>204488</x:v>
       </x:c>
       <x:c r="BJ46" s="3" t="n">
-        <x:v>206993</x:v>
+        <x:v>205685</x:v>
       </x:c>
       <x:c r="BK46" s="3" t="n">
-        <x:v>210806</x:v>
+        <x:v>209497</x:v>
       </x:c>
       <x:c r="BL46" s="3" t="n">
-        <x:v>216872</x:v>
+        <x:v>215564</x:v>
       </x:c>
       <x:c r="BM46" s="3" t="n">
-        <x:v>220730</x:v>
+        <x:v>219422</x:v>
       </x:c>
       <x:c r="BN46" s="3" t="n">
-        <x:v>217887</x:v>
+        <x:v>216463</x:v>
       </x:c>
       <x:c r="BO46" s="3" t="n">
-        <x:v>222852</x:v>
+        <x:v>221428</x:v>
       </x:c>
       <x:c r="BP46" s="3" t="n">
-        <x:v>225206</x:v>
+        <x:v>223782</x:v>
       </x:c>
       <x:c r="BQ46" s="3" t="n">
-        <x:v>231298</x:v>
+        <x:v>229874</x:v>
       </x:c>
       <x:c r="BR46" s="3" t="n">
-        <x:v>237804</x:v>
+        <x:v>236306</x:v>
       </x:c>
       <x:c r="BS46" s="3" t="n">
-        <x:v>239211</x:v>
+        <x:v>237713</x:v>
       </x:c>
       <x:c r="BT46" s="3" t="n">
-        <x:v>241335</x:v>
+        <x:v>239836</x:v>
       </x:c>
       <x:c r="BU46" s="3" t="n">
-        <x:v>244788</x:v>
+        <x:v>243289</x:v>
       </x:c>
       <x:c r="BV46" s="3" t="n">
-        <x:v>256521</x:v>
+        <x:v>254760</x:v>
       </x:c>
       <x:c r="BW46" s="3" t="n">
-        <x:v>256775</x:v>
+        <x:v>255014</x:v>
       </x:c>
       <x:c r="BX46" s="3" t="n">
-        <x:v>267777</x:v>
+        <x:v>266016</x:v>
       </x:c>
       <x:c r="BY46" s="3" t="n">
-        <x:v>273599</x:v>
+        <x:v>271838</x:v>
       </x:c>
       <x:c r="BZ46" s="3" t="n">
-        <x:v>276387</x:v>
+        <x:v>274012</x:v>
       </x:c>
       <x:c r="CA46" s="3" t="n">
-        <x:v>285004</x:v>
+        <x:v>282629</x:v>
       </x:c>
       <x:c r="CB46" s="3" t="n">
-        <x:v>287248</x:v>
+        <x:v>284873</x:v>
       </x:c>
       <x:c r="CC46" s="3" t="n">
-        <x:v>292701</x:v>
+        <x:v>290326</x:v>
       </x:c>
       <x:c r="CD46" s="3" t="n">
-        <x:v>285650</x:v>
+        <x:v>283246</x:v>
       </x:c>
       <x:c r="CE46" s="3" t="n">
-        <x:v>291190</x:v>
+        <x:v>288786</x:v>
       </x:c>
       <x:c r="CF46" s="3" t="n">
-        <x:v>292197</x:v>
+        <x:v>289792</x:v>
       </x:c>
       <x:c r="CG46" s="3" t="n">
-        <x:v>294647</x:v>
+        <x:v>292242</x:v>
       </x:c>
       <x:c r="CH46" s="3" t="n">
-        <x:v>295002</x:v>
+        <x:v>292898</x:v>
       </x:c>
       <x:c r="CI46" s="3" t="n">
-        <x:v>304121</x:v>
+        <x:v>302017</x:v>
       </x:c>
       <x:c r="CJ46" s="3" t="n">
-        <x:v>325044</x:v>
+        <x:v>322940</x:v>
       </x:c>
       <x:c r="CK46" s="3" t="n">
-        <x:v>342295</x:v>
+        <x:v>340191</x:v>
       </x:c>
       <x:c r="CL46" s="3" t="n">
-        <x:v>360713</x:v>
+        <x:v>358871</x:v>
       </x:c>
       <x:c r="CM46" s="3" t="n">
-        <x:v>369138</x:v>
+        <x:v>367296</x:v>
       </x:c>
       <x:c r="CN46" s="3" t="n">
-        <x:v>383719</x:v>
+        <x:v>381877</x:v>
       </x:c>
       <x:c r="CO46" s="3" t="n">
-        <x:v>395562</x:v>
+        <x:v>393720</x:v>
       </x:c>
       <x:c r="CP46" s="3" t="n">
-        <x:v>392063</x:v>
+        <x:v>390606</x:v>
       </x:c>
       <x:c r="CQ46" s="3" t="n">
-        <x:v>399751</x:v>
+        <x:v>398294</x:v>
       </x:c>
       <x:c r="CR46" s="3" t="n">
-        <x:v>390942</x:v>
+        <x:v>389485</x:v>
       </x:c>
       <x:c r="CS46" s="3" t="n">
-        <x:v>383952</x:v>
+        <x:v>382495</x:v>
       </x:c>
       <x:c r="CT46" s="3" t="n">
-        <x:v>381009</x:v>
+        <x:v>379903</x:v>
       </x:c>
       <x:c r="CU46" s="3" t="n">
-        <x:v>393957</x:v>
+        <x:v>392851</x:v>
       </x:c>
       <x:c r="CV46" s="3" t="n">
-        <x:v>392455</x:v>
+        <x:v>391348</x:v>
       </x:c>
       <x:c r="CW46" s="3" t="n">
-        <x:v>396724</x:v>
+        <x:v>395617</x:v>
       </x:c>
       <x:c r="CX46" s="3" t="n">
-        <x:v>403364</x:v>
+        <x:v>403023</x:v>
       </x:c>
       <x:c r="CY46" s="3" t="n">
-        <x:v>397403</x:v>
+        <x:v>397062</x:v>
       </x:c>
       <x:c r="CZ46" s="3" t="n">
-        <x:v>410206</x:v>
+        <x:v>409866</x:v>
       </x:c>
       <x:c r="DA46" s="3" t="n">
-        <x:v>413122</x:v>
+        <x:v>412781</x:v>
       </x:c>
       <x:c r="DB46" s="3" t="n">
-        <x:v>429841</x:v>
+        <x:v>430507</x:v>
       </x:c>
       <x:c r="DC46" s="3" t="n">
-        <x:v>441307</x:v>
+        <x:v>441973</x:v>
       </x:c>
       <x:c r="DD46" s="3" t="n">
-        <x:v>451867</x:v>
+        <x:v>452533</x:v>
       </x:c>
       <x:c r="DE46" s="3" t="n">
-        <x:v>465107</x:v>
+        <x:v>465773</x:v>
       </x:c>
       <x:c r="DF46" s="3" t="n">
-        <x:v>473906</x:v>
+        <x:v>476224</x:v>
       </x:c>
       <x:c r="DG46" s="3" t="n">
-        <x:v>491202</x:v>
+        <x:v>493520</x:v>
       </x:c>
       <x:c r="DH46" s="3" t="n">
-        <x:v>508253</x:v>
+        <x:v>510571</x:v>
       </x:c>
       <x:c r="DI46" s="3" t="n">
-        <x:v>523675</x:v>
+        <x:v>525993</x:v>
       </x:c>
       <x:c r="DJ46" s="3" t="n">
-        <x:v>544571</x:v>
+        <x:v>549154</x:v>
       </x:c>
       <x:c r="DK46" s="3" t="n">
-        <x:v>555007</x:v>
+        <x:v>559590</x:v>
       </x:c>
       <x:c r="DL46" s="3" t="n">
-        <x:v>560895</x:v>
+        <x:v>565478</x:v>
       </x:c>
       <x:c r="DM46" s="3" t="n">
-        <x:v>564399</x:v>
+        <x:v>568982</x:v>
       </x:c>
       <x:c r="DN46" s="3" t="n">
-        <x:v>569053</x:v>
+        <x:v>576632</x:v>
       </x:c>
       <x:c r="DO46" s="3" t="n">
-        <x:v>580073</x:v>
+        <x:v>587651</x:v>
       </x:c>
       <x:c r="DP46" s="3" t="n">
-        <x:v>589371</x:v>
+        <x:v>596950</x:v>
       </x:c>
       <x:c r="DQ46" s="3" t="n">
-        <x:v>621676</x:v>
+        <x:v>629254</x:v>
       </x:c>
       <x:c r="DR46" s="3" t="n">
-        <x:v>639543</x:v>
+        <x:v>649618</x:v>
       </x:c>
       <x:c r="DS46" s="3" t="n">
-        <x:v>660397</x:v>
+        <x:v>670472</x:v>
       </x:c>
       <x:c r="DT46" s="3" t="n">
-        <x:v>672499</x:v>
+        <x:v>682574</x:v>
       </x:c>
       <x:c r="DU46" s="3" t="n">
-        <x:v>649684</x:v>
+        <x:v>659759</x:v>
       </x:c>
       <x:c r="DV46" s="3" t="n">
-        <x:v>596994</x:v>
+        <x:v>609080</x:v>
       </x:c>
       <x:c r="DW46" s="3" t="n">
-        <x:v>607453</x:v>
+        <x:v>619539</x:v>
       </x:c>
       <x:c r="DX46" s="3" t="n">
-        <x:v>616818</x:v>
+        <x:v>628905</x:v>
       </x:c>
       <x:c r="DY46" s="3" t="n">
-        <x:v>618447</x:v>
+        <x:v>630534</x:v>
       </x:c>
       <x:c r="DZ46" s="3" t="n">
-        <x:v>642820</x:v>
+        <x:v>656541</x:v>
       </x:c>
       <x:c r="EA46" s="3" t="n">
-        <x:v>644702</x:v>
+        <x:v>658424</x:v>
       </x:c>
       <x:c r="EB46" s="3" t="n">
-        <x:v>644725</x:v>
+        <x:v>658446</x:v>
       </x:c>
       <x:c r="EC46" s="3" t="n">
-        <x:v>673104</x:v>
+        <x:v>686825</x:v>
       </x:c>
       <x:c r="ED46" s="3" t="n">
-        <x:v>683568</x:v>
+        <x:v>699693</x:v>
       </x:c>
       <x:c r="EE46" s="3" t="n">
-        <x:v>698524</x:v>
+        <x:v>714650</x:v>
       </x:c>
       <x:c r="EF46" s="3" t="n">
-        <x:v>708540</x:v>
+        <x:v>724665</x:v>
       </x:c>
       <x:c r="EG46" s="3" t="n">
-        <x:v>719297</x:v>
+        <x:v>735423</x:v>
       </x:c>
       <x:c r="EH46" s="3" t="n">
-        <x:v>752944</x:v>
+        <x:v>770843</x:v>
       </x:c>
       <x:c r="EI46" s="3" t="n">
-        <x:v>747197</x:v>
+        <x:v>765095</x:v>
       </x:c>
       <x:c r="EJ46" s="3" t="n">
-        <x:v>737441</x:v>
+        <x:v>755339</x:v>
       </x:c>
       <x:c r="EK46" s="3" t="n">
-        <x:v>745500</x:v>
+        <x:v>763398</x:v>
       </x:c>
       <x:c r="EL46" s="3" t="n">
-        <x:v>758867</x:v>
+        <x:v>779604</x:v>
       </x:c>
       <x:c r="EM46" s="3" t="n">
-        <x:v>762155</x:v>
+        <x:v>782892</x:v>
       </x:c>
       <x:c r="EN46" s="3" t="n">
-        <x:v>782113</x:v>
+        <x:v>802850</x:v>
       </x:c>
       <x:c r="EO46" s="3" t="n">
-        <x:v>787199</x:v>
+        <x:v>807936</x:v>
       </x:c>
       <x:c r="EP46" s="3" t="n">
-        <x:v>785611</x:v>
+        <x:v>807814</x:v>
       </x:c>
       <x:c r="EQ46" s="3" t="n">
-        <x:v>793401</x:v>
+        <x:v>815604</x:v>
       </x:c>
       <x:c r="ER46" s="3" t="n">
-        <x:v>793114</x:v>
+        <x:v>815317</x:v>
       </x:c>
       <x:c r="ES46" s="3" t="n">
-        <x:v>789649</x:v>
+        <x:v>811852</x:v>
       </x:c>
       <x:c r="ET46" s="3" t="n">
-        <x:v>779428</x:v>
+        <x:v>804647</x:v>
       </x:c>
       <x:c r="EU46" s="3" t="n">
-        <x:v>790216</x:v>
+        <x:v>815434</x:v>
       </x:c>
       <x:c r="EV46" s="3" t="n">
-        <x:v>791750</x:v>
+        <x:v>816969</x:v>
       </x:c>
       <x:c r="EW46" s="3" t="n">
-        <x:v>768789</x:v>
+        <x:v>794007</x:v>
       </x:c>
       <x:c r="EX46" s="3" t="n">
-        <x:v>758692</x:v>
+        <x:v>784999</x:v>
       </x:c>
       <x:c r="EY46" s="3" t="n">
-        <x:v>771747</x:v>
+        <x:v>796771</x:v>
       </x:c>
       <x:c r="EZ46" s="3" t="n">
-        <x:v>776388</x:v>
+        <x:v>802189</x:v>
       </x:c>
       <x:c r="FA46" s="3" t="n">
-        <x:v>799449</x:v>
+        <x:v>825808</x:v>
       </x:c>
       <x:c r="FB46" s="3" t="n">
-        <x:v>819208</x:v>
+        <x:v>847492</x:v>
       </x:c>
       <x:c r="FC46" s="3" t="n">
-        <x:v>826551</x:v>
+        <x:v>856146</x:v>
       </x:c>
       <x:c r="FD46" s="3" t="n">
-        <x:v>831820</x:v>
+        <x:v>860621</x:v>
       </x:c>
       <x:c r="FE46" s="3" t="n">
-        <x:v>847638</x:v>
+        <x:v>876279</x:v>
       </x:c>
       <x:c r="FF46" s="3" t="n">
-        <x:v>865858</x:v>
+        <x:v>894974</x:v>
       </x:c>
       <x:c r="FG46" s="3" t="n">
-        <x:v>889406</x:v>
+        <x:v>918266</x:v>
       </x:c>
       <x:c r="FH46" s="3" t="n">
-        <x:v>918789</x:v>
+        <x:v>947499</x:v>
       </x:c>
       <x:c r="FI46" s="3" t="n">
-        <x:v>916867</x:v>
+        <x:v>950636</x:v>
       </x:c>
       <x:c r="FJ46" s="3" t="n">
-        <x:v>902405</x:v>
+        <x:v>933077</x:v>
       </x:c>
       <x:c r="FK46" s="3" t="n">
-        <x:v>898179</x:v>
+        <x:v>932283</x:v>
       </x:c>
       <x:c r="FL46" s="3" t="n">
-        <x:v>893255</x:v>
+        <x:v>927985</x:v>
       </x:c>
       <x:c r="FM46" s="3" t="n">
-        <x:v>913375</x:v>
+        <x:v>950383</x:v>
       </x:c>
       <x:c r="FN46" s="3" t="n">
-        <x:v>899221</x:v>
+        <x:v>934552</x:v>
       </x:c>
       <x:c r="FO46" s="3" t="n">
-        <x:v>811834</x:v>
+        <x:v>845630</x:v>
       </x:c>
       <x:c r="FP46" s="3" t="n">
-        <x:v>854512</x:v>
+        <x:v>888924</x:v>
       </x:c>
       <x:c r="FQ46" s="3" t="n">
-        <x:v>883883</x:v>
+        <x:v>917880</x:v>
       </x:c>
       <x:c r="FR46" s="3" t="n">
-        <x:v>942405</x:v>
+        <x:v>977117</x:v>
       </x:c>
       <x:c r="FS46" s="3" t="n">
-        <x:v>993691</x:v>
+        <x:v>1029002</x:v>
       </x:c>
       <x:c r="FT46" s="3" t="n">
-        <x:v>1100482</x:v>
+        <x:v>1139596</x:v>
       </x:c>
       <x:c r="FU46" s="3" t="n">
-        <x:v>1250473</x:v>
+        <x:v>1296986</x:v>
       </x:c>
       <x:c r="FV46" s="3" t="n">
-        <x:v>1336054</x:v>
+        <x:v>1384972</x:v>
       </x:c>
       <x:c r="FW46" s="3" t="n">
-        <x:v>1408427</x:v>
+        <x:v>1461466</x:v>
       </x:c>
       <x:c r="FX46" s="3" t="n">
-        <x:v>1635372</x:v>
+        <x:v>1684112</x:v>
       </x:c>
       <x:c r="FY46" s="3" t="n">
-        <x:v>1360325</x:v>
+        <x:v>1410540</x:v>
       </x:c>
       <x:c r="FZ46" s="3" t="n">
-        <x:v>1305927</x:v>
+        <x:v>1362392</x:v>
       </x:c>
       <x:c r="GA46" s="3" t="n">
-        <x:v>1263245</x:v>
+        <x:v>1306577</x:v>
       </x:c>
       <x:c r="GB46" s="3" t="n">
-        <x:v>1245665</x:v>
+        <x:v>1293166</x:v>
       </x:c>
       <x:c r="GC46" s="3" t="n">
-        <x:v>1286460</x:v>
+        <x:v>1344008</x:v>
       </x:c>
       <x:c r="GD46" s="3" t="n">
-        <x:v>1271193</x:v>
+        <x:v>1309605</x:v>
       </x:c>
       <x:c r="GE46" s="3" t="n">
-        <x:v>1320495</x:v>
+        <x:v>1361203</x:v>
       </x:c>
       <x:c r="GF46" s="3" t="n">
-        <x:v>1295988</x:v>
+        <x:v>1348316</x:v>
       </x:c>
       <x:c r="GG46" s="3" t="n">
-        <x:v>1313343</x:v>
+        <x:v>1357264</x:v>
       </x:c>
       <x:c r="GH46" s="3" t="n">
-        <x:v>1377981</x:v>
+        <x:v>1412073</x:v>
       </x:c>
       <x:c r="GI46" s="3" t="n">
-        <x:v>1338918</x:v>
+        <x:v>1367657</x:v>
+      </x:c>
+      <x:c r="GJ46" s="3" t="n">
+        <x:v>1377437</x:v>
       </x:c>
     </x:row>
-    <x:row r="47" spans="1:191">
+    <x:row r="47" spans="1:192">
       <x:c r="A47" s="2" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>52309</x:v>
+        <x:v>52090</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>54817</x:v>
+        <x:v>54598</x:v>
       </x:c>
       <x:c r="D47" s="3" t="n">
-        <x:v>56558</x:v>
+        <x:v>56339</x:v>
       </x:c>
       <x:c r="E47" s="3" t="n">
-        <x:v>58711</x:v>
+        <x:v>58493</x:v>
       </x:c>
       <x:c r="F47" s="3" t="n">
-        <x:v>57750</x:v>
+        <x:v>57501</x:v>
       </x:c>
       <x:c r="G47" s="3" t="n">
-        <x:v>59371</x:v>
+        <x:v>59122</x:v>
       </x:c>
       <x:c r="H47" s="3" t="n">
-        <x:v>60144</x:v>
+        <x:v>59895</x:v>
       </x:c>
       <x:c r="I47" s="3" t="n">
-        <x:v>60583</x:v>
+        <x:v>60334</x:v>
       </x:c>
       <x:c r="J47" s="3" t="n">
-        <x:v>63593</x:v>
+        <x:v>63269</x:v>
       </x:c>
       <x:c r="K47" s="3" t="n">
-        <x:v>65030</x:v>
+        <x:v>64705</x:v>
       </x:c>
       <x:c r="L47" s="3" t="n">
-        <x:v>67157</x:v>
+        <x:v>66832</x:v>
       </x:c>
       <x:c r="M47" s="3" t="n">
-        <x:v>68840</x:v>
+        <x:v>68515</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>71792</x:v>
+        <x:v>71500</x:v>
       </x:c>
       <x:c r="O47" s="3" t="n">
-        <x:v>74539</x:v>
+        <x:v>74246</x:v>
       </x:c>
       <x:c r="P47" s="3" t="n">
-        <x:v>76812</x:v>
+        <x:v>76520</x:v>
       </x:c>
       <x:c r="Q47" s="3" t="n">
-        <x:v>78308</x:v>
+        <x:v>78015</x:v>
       </x:c>
       <x:c r="R47" s="3" t="n">
-        <x:v>81411</x:v>
+        <x:v>81098</x:v>
       </x:c>
       <x:c r="S47" s="3" t="n">
-        <x:v>84119</x:v>
+        <x:v>83805</x:v>
       </x:c>
       <x:c r="T47" s="3" t="n">
-        <x:v>84625</x:v>
+        <x:v>84312</x:v>
       </x:c>
       <x:c r="U47" s="3" t="n">
-        <x:v>86594</x:v>
+        <x:v>86280</x:v>
       </x:c>
       <x:c r="V47" s="3" t="n">
-        <x:v>89827</x:v>
+        <x:v>89444</x:v>
       </x:c>
       <x:c r="W47" s="3" t="n">
-        <x:v>91374</x:v>
+        <x:v>90992</x:v>
       </x:c>
       <x:c r="X47" s="3" t="n">
-        <x:v>93280</x:v>
+        <x:v>92898</x:v>
       </x:c>
       <x:c r="Y47" s="3" t="n">
-        <x:v>95949</x:v>
+        <x:v>95567</x:v>
       </x:c>
       <x:c r="Z47" s="3" t="n">
-        <x:v>98671</x:v>
+        <x:v>98279</x:v>
       </x:c>
       <x:c r="AA47" s="3" t="n">
-        <x:v>101024</x:v>
+        <x:v>100633</x:v>
       </x:c>
       <x:c r="AB47" s="3" t="n">
-        <x:v>104504</x:v>
+        <x:v>104113</x:v>
       </x:c>
       <x:c r="AC47" s="3" t="n">
-        <x:v>104964</x:v>
+        <x:v>104572</x:v>
       </x:c>
       <x:c r="AD47" s="3" t="n">
-        <x:v>109037</x:v>
+        <x:v>108596</x:v>
       </x:c>
       <x:c r="AE47" s="3" t="n">
-        <x:v>110156</x:v>
+        <x:v>109715</x:v>
       </x:c>
       <x:c r="AF47" s="3" t="n">
-        <x:v>118147</x:v>
+        <x:v>117706</x:v>
       </x:c>
       <x:c r="AG47" s="3" t="n">
-        <x:v>121454</x:v>
+        <x:v>121013</x:v>
       </x:c>
       <x:c r="AH47" s="3" t="n">
-        <x:v>122622</x:v>
+        <x:v>122151</x:v>
       </x:c>
       <x:c r="AI47" s="3" t="n">
-        <x:v>128147</x:v>
+        <x:v>127676</x:v>
       </x:c>
       <x:c r="AJ47" s="3" t="n">
-        <x:v>130790</x:v>
+        <x:v>130319</x:v>
       </x:c>
       <x:c r="AK47" s="3" t="n">
-        <x:v>133944</x:v>
+        <x:v>133473</x:v>
       </x:c>
       <x:c r="AL47" s="3" t="n">
-        <x:v>137484</x:v>
+        <x:v>136951</x:v>
       </x:c>
       <x:c r="AM47" s="3" t="n">
-        <x:v>142690</x:v>
+        <x:v>142156</x:v>
       </x:c>
       <x:c r="AN47" s="3" t="n">
-        <x:v>143566</x:v>
+        <x:v>143033</x:v>
       </x:c>
       <x:c r="AO47" s="3" t="n">
-        <x:v>147868</x:v>
+        <x:v>147334</x:v>
       </x:c>
       <x:c r="AP47" s="3" t="n">
-        <x:v>151350</x:v>
+        <x:v>150694</x:v>
       </x:c>
       <x:c r="AQ47" s="3" t="n">
-        <x:v>151252</x:v>
+        <x:v>150596</x:v>
       </x:c>
       <x:c r="AR47" s="3" t="n">
-        <x:v>151204</x:v>
+        <x:v>150548</x:v>
       </x:c>
       <x:c r="AS47" s="3" t="n">
-        <x:v>152937</x:v>
+        <x:v>152281</x:v>
       </x:c>
       <x:c r="AT47" s="3" t="n">
-        <x:v>152958</x:v>
+        <x:v>152255</x:v>
       </x:c>
       <x:c r="AU47" s="3" t="n">
-        <x:v>154922</x:v>
+        <x:v>154220</x:v>
       </x:c>
       <x:c r="AV47" s="3" t="n">
-        <x:v>154988</x:v>
+        <x:v>154286</x:v>
       </x:c>
       <x:c r="AW47" s="3" t="n">
-        <x:v>156733</x:v>
+        <x:v>156031</x:v>
       </x:c>
       <x:c r="AX47" s="3" t="n">
-        <x:v>156418</x:v>
+        <x:v>155718</x:v>
       </x:c>
       <x:c r="AY47" s="3" t="n">
-        <x:v>160096</x:v>
+        <x:v>159396</x:v>
       </x:c>
       <x:c r="AZ47" s="3" t="n">
-        <x:v>161530</x:v>
+        <x:v>160830</x:v>
       </x:c>
       <x:c r="BA47" s="3" t="n">
-        <x:v>161690</x:v>
+        <x:v>160990</x:v>
       </x:c>
       <x:c r="BB47" s="3" t="n">
-        <x:v>166233</x:v>
+        <x:v>165061</x:v>
       </x:c>
       <x:c r="BC47" s="3" t="n">
-        <x:v>166855</x:v>
+        <x:v>165683</x:v>
       </x:c>
       <x:c r="BD47" s="3" t="n">
-        <x:v>167876</x:v>
+        <x:v>166704</x:v>
       </x:c>
       <x:c r="BE47" s="3" t="n">
-        <x:v>169052</x:v>
+        <x:v>167881</x:v>
       </x:c>
       <x:c r="BF47" s="3" t="n">
-        <x:v>173366</x:v>
+        <x:v>172062</x:v>
       </x:c>
       <x:c r="BG47" s="3" t="n">
-        <x:v>172545</x:v>
+        <x:v>171241</x:v>
       </x:c>
       <x:c r="BH47" s="3" t="n">
-        <x:v>175113</x:v>
+        <x:v>173809</x:v>
       </x:c>
       <x:c r="BI47" s="3" t="n">
-        <x:v>176394</x:v>
+        <x:v>175091</x:v>
       </x:c>
       <x:c r="BJ47" s="3" t="n">
-        <x:v>176001</x:v>
+        <x:v>174693</x:v>
       </x:c>
       <x:c r="BK47" s="3" t="n">
-        <x:v>179657</x:v>
+        <x:v>178348</x:v>
       </x:c>
       <x:c r="BL47" s="3" t="n">
-        <x:v>184673</x:v>
+        <x:v>183365</x:v>
       </x:c>
       <x:c r="BM47" s="3" t="n">
-        <x:v>190713</x:v>
+        <x:v>189404</x:v>
       </x:c>
       <x:c r="BN47" s="3" t="n">
-        <x:v>187652</x:v>
+        <x:v>186229</x:v>
       </x:c>
       <x:c r="BO47" s="3" t="n">
-        <x:v>190946</x:v>
+        <x:v>189522</x:v>
       </x:c>
       <x:c r="BP47" s="3" t="n">
-        <x:v>193615</x:v>
+        <x:v>192192</x:v>
       </x:c>
       <x:c r="BQ47" s="3" t="n">
-        <x:v>197674</x:v>
+        <x:v>196250</x:v>
       </x:c>
       <x:c r="BR47" s="3" t="n">
-        <x:v>205399</x:v>
+        <x:v>203900</x:v>
       </x:c>
       <x:c r="BS47" s="3" t="n">
-        <x:v>204742</x:v>
+        <x:v>203243</x:v>
       </x:c>
       <x:c r="BT47" s="3" t="n">
-        <x:v>208297</x:v>
+        <x:v>206799</x:v>
       </x:c>
       <x:c r="BU47" s="3" t="n">
-        <x:v>210212</x:v>
+        <x:v>208714</x:v>
       </x:c>
       <x:c r="BV47" s="3" t="n">
-        <x:v>216134</x:v>
+        <x:v>214373</x:v>
       </x:c>
       <x:c r="BW47" s="3" t="n">
-        <x:v>214639</x:v>
+        <x:v>212878</x:v>
       </x:c>
       <x:c r="BX47" s="3" t="n">
-        <x:v>220566</x:v>
+        <x:v>218805</x:v>
       </x:c>
       <x:c r="BY47" s="3" t="n">
-        <x:v>225086</x:v>
+        <x:v>223325</x:v>
       </x:c>
       <x:c r="BZ47" s="3" t="n">
-        <x:v>225680</x:v>
+        <x:v>223305</x:v>
       </x:c>
       <x:c r="CA47" s="3" t="n">
-        <x:v>237981</x:v>
+        <x:v>235606</x:v>
       </x:c>
       <x:c r="CB47" s="3" t="n">
-        <x:v>238358</x:v>
+        <x:v>235983</x:v>
       </x:c>
       <x:c r="CC47" s="3" t="n">
-        <x:v>244548</x:v>
+        <x:v>242173</x:v>
       </x:c>
       <x:c r="CD47" s="3" t="n">
-        <x:v>243888</x:v>
+        <x:v>241484</x:v>
       </x:c>
       <x:c r="CE47" s="3" t="n">
-        <x:v>253613</x:v>
+        <x:v>251209</x:v>
       </x:c>
       <x:c r="CF47" s="3" t="n">
-        <x:v>259341</x:v>
+        <x:v>256937</x:v>
       </x:c>
       <x:c r="CG47" s="3" t="n">
-        <x:v>263204</x:v>
+        <x:v>260800</x:v>
       </x:c>
       <x:c r="CH47" s="3" t="n">
-        <x:v>262241</x:v>
+        <x:v>260137</x:v>
       </x:c>
       <x:c r="CI47" s="3" t="n">
-        <x:v>263227</x:v>
+        <x:v>261123</x:v>
       </x:c>
       <x:c r="CJ47" s="3" t="n">
-        <x:v>272028</x:v>
+        <x:v>269924</x:v>
       </x:c>
       <x:c r="CK47" s="3" t="n">
-        <x:v>276981</x:v>
+        <x:v>274877</x:v>
       </x:c>
       <x:c r="CL47" s="3" t="n">
-        <x:v>280121</x:v>
+        <x:v>278279</x:v>
       </x:c>
       <x:c r="CM47" s="3" t="n">
-        <x:v>283196</x:v>
+        <x:v>281354</x:v>
       </x:c>
       <x:c r="CN47" s="3" t="n">
-        <x:v>287346</x:v>
+        <x:v>285504</x:v>
       </x:c>
       <x:c r="CO47" s="3" t="n">
-        <x:v>292138</x:v>
+        <x:v>290296</x:v>
       </x:c>
       <x:c r="CP47" s="3" t="n">
-        <x:v>301035</x:v>
+        <x:v>299456</x:v>
       </x:c>
       <x:c r="CQ47" s="3" t="n">
-        <x:v>300585</x:v>
+        <x:v>299006</x:v>
       </x:c>
       <x:c r="CR47" s="3" t="n">
-        <x:v>299999</x:v>
+        <x:v>298420</x:v>
       </x:c>
       <x:c r="CS47" s="3" t="n">
-        <x:v>307459</x:v>
+        <x:v>305880</x:v>
       </x:c>
       <x:c r="CT47" s="3" t="n">
-        <x:v>308407</x:v>
+        <x:v>307108</x:v>
       </x:c>
       <x:c r="CU47" s="3" t="n">
-        <x:v>313922</x:v>
+        <x:v>312624</x:v>
       </x:c>
       <x:c r="CV47" s="3" t="n">
-        <x:v>317799</x:v>
+        <x:v>316501</x:v>
       </x:c>
       <x:c r="CW47" s="3" t="n">
-        <x:v>317269</x:v>
+        <x:v>315970</x:v>
       </x:c>
       <x:c r="CX47" s="3" t="n">
-        <x:v>320402</x:v>
+        <x:v>319779</x:v>
       </x:c>
       <x:c r="CY47" s="3" t="n">
-        <x:v>322430</x:v>
+        <x:v>321806</x:v>
       </x:c>
       <x:c r="CZ47" s="3" t="n">
-        <x:v>331623</x:v>
+        <x:v>330999</x:v>
       </x:c>
       <x:c r="DA47" s="3" t="n">
-        <x:v>332538</x:v>
+        <x:v>331915</x:v>
       </x:c>
       <x:c r="DB47" s="3" t="n">
-        <x:v>342141</x:v>
+        <x:v>342437</x:v>
       </x:c>
       <x:c r="DC47" s="3" t="n">
-        <x:v>346410</x:v>
+        <x:v>346705</x:v>
       </x:c>
       <x:c r="DD47" s="3" t="n">
-        <x:v>356681</x:v>
+        <x:v>356976</x:v>
       </x:c>
       <x:c r="DE47" s="3" t="n">
-        <x:v>361823</x:v>
+        <x:v>362119</x:v>
       </x:c>
       <x:c r="DF47" s="3" t="n">
-        <x:v>364650</x:v>
+        <x:v>366430</x:v>
       </x:c>
       <x:c r="DG47" s="3" t="n">
-        <x:v>378738</x:v>
+        <x:v>380517</x:v>
       </x:c>
       <x:c r="DH47" s="3" t="n">
-        <x:v>378666</x:v>
+        <x:v>380446</x:v>
       </x:c>
       <x:c r="DI47" s="3" t="n">
-        <x:v>391714</x:v>
+        <x:v>393493</x:v>
       </x:c>
       <x:c r="DJ47" s="3" t="n">
-        <x:v>401510</x:v>
+        <x:v>405402</x:v>
       </x:c>
       <x:c r="DK47" s="3" t="n">
-        <x:v>410095</x:v>
+        <x:v>413987</x:v>
       </x:c>
       <x:c r="DL47" s="3" t="n">
-        <x:v>418448</x:v>
+        <x:v>422340</x:v>
       </x:c>
       <x:c r="DM47" s="3" t="n">
-        <x:v>431216</x:v>
+        <x:v>435108</x:v>
       </x:c>
       <x:c r="DN47" s="3" t="n">
-        <x:v>446666</x:v>
+        <x:v>453444</x:v>
       </x:c>
       <x:c r="DO47" s="3" t="n">
-        <x:v>452264</x:v>
+        <x:v>459042</x:v>
       </x:c>
       <x:c r="DP47" s="3" t="n">
-        <x:v>459605</x:v>
+        <x:v>466383</x:v>
       </x:c>
       <x:c r="DQ47" s="3" t="n">
-        <x:v>470244</x:v>
+        <x:v>477022</x:v>
       </x:c>
       <x:c r="DR47" s="3" t="n">
-        <x:v>474331</x:v>
+        <x:v>483340</x:v>
       </x:c>
       <x:c r="DS47" s="3" t="n">
-        <x:v>483028</x:v>
+        <x:v>492038</x:v>
       </x:c>
       <x:c r="DT47" s="3" t="n">
-        <x:v>494436</x:v>
+        <x:v>503445</x:v>
       </x:c>
       <x:c r="DU47" s="3" t="n">
-        <x:v>492214</x:v>
+        <x:v>501224</x:v>
       </x:c>
       <x:c r="DV47" s="3" t="n">
-        <x:v>482796</x:v>
+        <x:v>493893</x:v>
       </x:c>
       <x:c r="DW47" s="3" t="n">
-        <x:v>489235</x:v>
+        <x:v>500332</x:v>
       </x:c>
       <x:c r="DX47" s="3" t="n">
-        <x:v>493835</x:v>
+        <x:v>504933</x:v>
       </x:c>
       <x:c r="DY47" s="3" t="n">
-        <x:v>495907</x:v>
+        <x:v>507004</x:v>
       </x:c>
       <x:c r="DZ47" s="3" t="n">
-        <x:v>510557</x:v>
+        <x:v>523082</x:v>
       </x:c>
       <x:c r="EA47" s="3" t="n">
-        <x:v>512821</x:v>
+        <x:v>525345</x:v>
       </x:c>
       <x:c r="EB47" s="3" t="n">
-        <x:v>523804</x:v>
+        <x:v>536329</x:v>
       </x:c>
       <x:c r="EC47" s="3" t="n">
-        <x:v>528238</x:v>
+        <x:v>540763</x:v>
       </x:c>
       <x:c r="ED47" s="3" t="n">
-        <x:v>525772</x:v>
+        <x:v>540406</x:v>
       </x:c>
       <x:c r="EE47" s="3" t="n">
-        <x:v>538403</x:v>
+        <x:v>553038</x:v>
       </x:c>
       <x:c r="EF47" s="3" t="n">
-        <x:v>545030</x:v>
+        <x:v>559664</x:v>
       </x:c>
       <x:c r="EG47" s="3" t="n">
-        <x:v>548612</x:v>
+        <x:v>563247</x:v>
       </x:c>
       <x:c r="EH47" s="3" t="n">
-        <x:v>565220</x:v>
+        <x:v>581386</x:v>
       </x:c>
       <x:c r="EI47" s="3" t="n">
-        <x:v>569093</x:v>
+        <x:v>585259</x:v>
       </x:c>
       <x:c r="EJ47" s="3" t="n">
-        <x:v>574931</x:v>
+        <x:v>591097</x:v>
       </x:c>
       <x:c r="EK47" s="3" t="n">
-        <x:v>584532</x:v>
+        <x:v>600698</x:v>
       </x:c>
       <x:c r="EL47" s="3" t="n">
-        <x:v>596912</x:v>
+        <x:v>615689</x:v>
       </x:c>
       <x:c r="EM47" s="3" t="n">
-        <x:v>599560</x:v>
+        <x:v>618337</x:v>
       </x:c>
       <x:c r="EN47" s="3" t="n">
-        <x:v>608208</x:v>
+        <x:v>626985</x:v>
       </x:c>
       <x:c r="EO47" s="3" t="n">
-        <x:v>613404</x:v>
+        <x:v>632181</x:v>
       </x:c>
       <x:c r="EP47" s="3" t="n">
-        <x:v>618645</x:v>
+        <x:v>638800</x:v>
       </x:c>
       <x:c r="EQ47" s="3" t="n">
-        <x:v>630265</x:v>
+        <x:v>650421</x:v>
       </x:c>
       <x:c r="ER47" s="3" t="n">
-        <x:v>639207</x:v>
+        <x:v>659363</x:v>
       </x:c>
       <x:c r="ES47" s="3" t="n">
-        <x:v>644989</x:v>
+        <x:v>665145</x:v>
       </x:c>
       <x:c r="ET47" s="3" t="n">
-        <x:v>646381</x:v>
+        <x:v>669568</x:v>
       </x:c>
       <x:c r="EU47" s="3" t="n">
-        <x:v>657531</x:v>
+        <x:v>680718</x:v>
       </x:c>
       <x:c r="EV47" s="3" t="n">
-        <x:v>656256</x:v>
+        <x:v>679443</x:v>
       </x:c>
       <x:c r="EW47" s="3" t="n">
-        <x:v>654070</x:v>
+        <x:v>677257</x:v>
       </x:c>
       <x:c r="EX47" s="3" t="n">
-        <x:v>661773</x:v>
+        <x:v>685709</x:v>
       </x:c>
       <x:c r="EY47" s="3" t="n">
-        <x:v>666243</x:v>
+        <x:v>689433</x:v>
       </x:c>
       <x:c r="EZ47" s="3" t="n">
-        <x:v>674494</x:v>
+        <x:v>698608</x:v>
       </x:c>
       <x:c r="FA47" s="3" t="n">
-        <x:v>682304</x:v>
+        <x:v>706829</x:v>
       </x:c>
       <x:c r="FB47" s="3" t="n">
-        <x:v>688447</x:v>
+        <x:v>714661</x:v>
       </x:c>
       <x:c r="FC47" s="3" t="n">
-        <x:v>699070</x:v>
+        <x:v>726537</x:v>
       </x:c>
       <x:c r="FD47" s="3" t="n">
-        <x:v>702246</x:v>
+        <x:v>728737</x:v>
       </x:c>
       <x:c r="FE47" s="3" t="n">
-        <x:v>710704</x:v>
+        <x:v>737087</x:v>
       </x:c>
       <x:c r="FF47" s="3" t="n">
-        <x:v>719107</x:v>
+        <x:v>745879</x:v>
       </x:c>
       <x:c r="FG47" s="3" t="n">
-        <x:v>728474</x:v>
+        <x:v>754992</x:v>
       </x:c>
       <x:c r="FH47" s="3" t="n">
-        <x:v>734402</x:v>
+        <x:v>760593</x:v>
       </x:c>
       <x:c r="FI47" s="3" t="n">
-        <x:v>758029</x:v>
+        <x:v>789310</x:v>
       </x:c>
       <x:c r="FJ47" s="3" t="n">
-        <x:v>755909</x:v>
+        <x:v>783919</x:v>
       </x:c>
       <x:c r="FK47" s="3" t="n">
-        <x:v>767112</x:v>
+        <x:v>798843</x:v>
       </x:c>
       <x:c r="FL47" s="3" t="n">
-        <x:v>774931</x:v>
+        <x:v>807252</x:v>
       </x:c>
       <x:c r="FM47" s="3" t="n">
-        <x:v>781457</x:v>
+        <x:v>816207</x:v>
       </x:c>
       <x:c r="FN47" s="3" t="n">
-        <x:v>776170</x:v>
+        <x:v>809186</x:v>
       </x:c>
       <x:c r="FO47" s="3" t="n">
-        <x:v>737366</x:v>
+        <x:v>769694</x:v>
       </x:c>
       <x:c r="FP47" s="3" t="n">
-        <x:v>768819</x:v>
+        <x:v>801583</x:v>
       </x:c>
       <x:c r="FQ47" s="3" t="n">
-        <x:v>777087</x:v>
+        <x:v>809400</x:v>
       </x:c>
       <x:c r="FR47" s="3" t="n">
-        <x:v>792224</x:v>
+        <x:v>824683</x:v>
       </x:c>
       <x:c r="FS47" s="3" t="n">
-        <x:v>810212</x:v>
+        <x:v>842963</x:v>
       </x:c>
       <x:c r="FT47" s="3" t="n">
-        <x:v>839802</x:v>
+        <x:v>874863</x:v>
       </x:c>
       <x:c r="FU47" s="3" t="n">
-        <x:v>863579</x:v>
+        <x:v>905327</x:v>
       </x:c>
       <x:c r="FV47" s="3" t="n">
-        <x:v>882735</x:v>
+        <x:v>928374</x:v>
       </x:c>
       <x:c r="FW47" s="3" t="n">
-        <x:v>912414</x:v>
+        <x:v>962638</x:v>
       </x:c>
       <x:c r="FX47" s="3" t="n">
-        <x:v>936671</x:v>
+        <x:v>981152</x:v>
       </x:c>
       <x:c r="FY47" s="3" t="n">
-        <x:v>940473</x:v>
+        <x:v>985403</x:v>
       </x:c>
       <x:c r="FZ47" s="3" t="n">
-        <x:v>950858</x:v>
+        <x:v>993857</x:v>
       </x:c>
       <x:c r="GA47" s="3" t="n">
-        <x:v>965212</x:v>
+        <x:v>1000197</x:v>
       </x:c>
       <x:c r="GB47" s="3" t="n">
-        <x:v>973817</x:v>
+        <x:v>1005848</x:v>
       </x:c>
       <x:c r="GC47" s="3" t="n">
-        <x:v>990643</x:v>
+        <x:v>1024226</x:v>
       </x:c>
       <x:c r="GD47" s="3" t="n">
-        <x:v>999028</x:v>
+        <x:v>1032703</x:v>
       </x:c>
       <x:c r="GE47" s="3" t="n">
-        <x:v>1007090</x:v>
+        <x:v>1043438</x:v>
       </x:c>
       <x:c r="GF47" s="3" t="n">
-        <x:v>1021935</x:v>
+        <x:v>1056472</x:v>
       </x:c>
       <x:c r="GG47" s="3" t="n">
-        <x:v>1025721</x:v>
+        <x:v>1059435</x:v>
       </x:c>
       <x:c r="GH47" s="3" t="n">
-        <x:v>1050432</x:v>
+        <x:v>1084658</x:v>
       </x:c>
       <x:c r="GI47" s="3" t="n">
-        <x:v>1061557</x:v>
+        <x:v>1094792</x:v>
+      </x:c>
+      <x:c r="GJ47" s="3" t="n">
+        <x:v>1103153</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:191">
+    <x:row r="48" spans="1:192">
       <x:c r="A48" s="2" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
         <x:v>5726</x:v>
       </x:c>
       <x:c r="C48" s="3" t="n">
         <x:v>4473</x:v>
       </x:c>
       <x:c r="D48" s="3" t="n">
         <x:v>5878</x:v>
       </x:c>
       <x:c r="E48" s="3" t="n">
         <x:v>5415</x:v>
       </x:c>
       <x:c r="F48" s="3" t="n">
         <x:v>5321</x:v>
       </x:c>
       <x:c r="G48" s="3" t="n">
         <x:v>6765</x:v>
       </x:c>
       <x:c r="H48" s="3" t="n">
         <x:v>8764</x:v>
       </x:c>
       <x:c r="I48" s="3" t="n">
         <x:v>10370</x:v>
       </x:c>
@@ -26821,1497 +26956,1506 @@
       <x:c r="CH48" s="3" t="n">
         <x:v>32761</x:v>
       </x:c>
       <x:c r="CI48" s="3" t="n">
         <x:v>40895</x:v>
       </x:c>
       <x:c r="CJ48" s="3" t="n">
         <x:v>53016</x:v>
       </x:c>
       <x:c r="CK48" s="3" t="n">
         <x:v>65314</x:v>
       </x:c>
       <x:c r="CL48" s="3" t="n">
         <x:v>80592</x:v>
       </x:c>
       <x:c r="CM48" s="3" t="n">
         <x:v>85942</x:v>
       </x:c>
       <x:c r="CN48" s="3" t="n">
         <x:v>96373</x:v>
       </x:c>
       <x:c r="CO48" s="3" t="n">
         <x:v>103425</x:v>
       </x:c>
       <x:c r="CP48" s="3" t="n">
-        <x:v>91028</x:v>
+        <x:v>91150</x:v>
       </x:c>
       <x:c r="CQ48" s="3" t="n">
-        <x:v>99166</x:v>
+        <x:v>99288</x:v>
       </x:c>
       <x:c r="CR48" s="3" t="n">
-        <x:v>90944</x:v>
+        <x:v>91066</x:v>
       </x:c>
       <x:c r="CS48" s="3" t="n">
-        <x:v>76493</x:v>
+        <x:v>76615</x:v>
       </x:c>
       <x:c r="CT48" s="3" t="n">
-        <x:v>72602</x:v>
+        <x:v>72794</x:v>
       </x:c>
       <x:c r="CU48" s="3" t="n">
-        <x:v>80035</x:v>
+        <x:v>80227</x:v>
       </x:c>
       <x:c r="CV48" s="3" t="n">
-        <x:v>74655</x:v>
+        <x:v>74847</x:v>
       </x:c>
       <x:c r="CW48" s="3" t="n">
-        <x:v>79455</x:v>
+        <x:v>79647</x:v>
       </x:c>
       <x:c r="CX48" s="3" t="n">
-        <x:v>82962</x:v>
+        <x:v>83245</x:v>
       </x:c>
       <x:c r="CY48" s="3" t="n">
-        <x:v>74973</x:v>
+        <x:v>75255</x:v>
       </x:c>
       <x:c r="CZ48" s="3" t="n">
-        <x:v>78584</x:v>
+        <x:v>78866</x:v>
       </x:c>
       <x:c r="DA48" s="3" t="n">
-        <x:v>80584</x:v>
+        <x:v>80867</x:v>
       </x:c>
       <x:c r="DB48" s="3" t="n">
-        <x:v>87700</x:v>
+        <x:v>88070</x:v>
       </x:c>
       <x:c r="DC48" s="3" t="n">
-        <x:v>94897</x:v>
+        <x:v>95267</x:v>
       </x:c>
       <x:c r="DD48" s="3" t="n">
-        <x:v>95186</x:v>
+        <x:v>95556</x:v>
       </x:c>
       <x:c r="DE48" s="3" t="n">
-        <x:v>103284</x:v>
+        <x:v>103654</x:v>
       </x:c>
       <x:c r="DF48" s="3" t="n">
-        <x:v>109256</x:v>
+        <x:v>109794</x:v>
       </x:c>
       <x:c r="DG48" s="3" t="n">
-        <x:v>112465</x:v>
+        <x:v>113003</x:v>
       </x:c>
       <x:c r="DH48" s="3" t="n">
-        <x:v>129587</x:v>
+        <x:v>130126</x:v>
       </x:c>
       <x:c r="DI48" s="3" t="n">
-        <x:v>131961</x:v>
+        <x:v>132500</x:v>
       </x:c>
       <x:c r="DJ48" s="3" t="n">
-        <x:v>143061</x:v>
+        <x:v>143752</x:v>
       </x:c>
       <x:c r="DK48" s="3" t="n">
-        <x:v>144912</x:v>
+        <x:v>145604</x:v>
       </x:c>
       <x:c r="DL48" s="3" t="n">
-        <x:v>142447</x:v>
+        <x:v>143138</x:v>
       </x:c>
       <x:c r="DM48" s="3" t="n">
-        <x:v>133183</x:v>
+        <x:v>133874</x:v>
       </x:c>
       <x:c r="DN48" s="3" t="n">
-        <x:v>122387</x:v>
+        <x:v>123188</x:v>
       </x:c>
       <x:c r="DO48" s="3" t="n">
-        <x:v>127809</x:v>
+        <x:v>128609</x:v>
       </x:c>
       <x:c r="DP48" s="3" t="n">
-        <x:v>129766</x:v>
+        <x:v>130567</x:v>
       </x:c>
       <x:c r="DQ48" s="3" t="n">
-        <x:v>151432</x:v>
+        <x:v>152233</x:v>
       </x:c>
       <x:c r="DR48" s="3" t="n">
-        <x:v>165212</x:v>
+        <x:v>166278</x:v>
       </x:c>
       <x:c r="DS48" s="3" t="n">
-        <x:v>177369</x:v>
+        <x:v>178434</x:v>
       </x:c>
       <x:c r="DT48" s="3" t="n">
-        <x:v>178063</x:v>
+        <x:v>179129</x:v>
       </x:c>
       <x:c r="DU48" s="3" t="n">
-        <x:v>157469</x:v>
+        <x:v>158535</x:v>
       </x:c>
       <x:c r="DV48" s="3" t="n">
-        <x:v>114198</x:v>
+        <x:v>115188</x:v>
       </x:c>
       <x:c r="DW48" s="3" t="n">
-        <x:v>118218</x:v>
+        <x:v>119208</x:v>
       </x:c>
       <x:c r="DX48" s="3" t="n">
-        <x:v>122983</x:v>
+        <x:v>123972</x:v>
       </x:c>
       <x:c r="DY48" s="3" t="n">
-        <x:v>122540</x:v>
+        <x:v>123530</x:v>
       </x:c>
       <x:c r="DZ48" s="3" t="n">
-        <x:v>132263</x:v>
+        <x:v>133459</x:v>
       </x:c>
       <x:c r="EA48" s="3" t="n">
-        <x:v>131882</x:v>
+        <x:v>133078</x:v>
       </x:c>
       <x:c r="EB48" s="3" t="n">
-        <x:v>120921</x:v>
+        <x:v>122118</x:v>
       </x:c>
       <x:c r="EC48" s="3" t="n">
-        <x:v>144865</x:v>
+        <x:v>146062</x:v>
       </x:c>
       <x:c r="ED48" s="3" t="n">
-        <x:v>157796</x:v>
+        <x:v>159287</x:v>
       </x:c>
       <x:c r="EE48" s="3" t="n">
-        <x:v>160121</x:v>
+        <x:v>161612</x:v>
       </x:c>
       <x:c r="EF48" s="3" t="n">
-        <x:v>163510</x:v>
+        <x:v>165002</x:v>
       </x:c>
       <x:c r="EG48" s="3" t="n">
-        <x:v>170685</x:v>
+        <x:v>172176</x:v>
       </x:c>
       <x:c r="EH48" s="3" t="n">
-        <x:v>187725</x:v>
+        <x:v>189457</x:v>
       </x:c>
       <x:c r="EI48" s="3" t="n">
-        <x:v>178104</x:v>
+        <x:v>179836</x:v>
       </x:c>
       <x:c r="EJ48" s="3" t="n">
-        <x:v>162510</x:v>
+        <x:v>164242</x:v>
       </x:c>
       <x:c r="EK48" s="3" t="n">
-        <x:v>160967</x:v>
+        <x:v>162700</x:v>
       </x:c>
       <x:c r="EL48" s="3" t="n">
-        <x:v>161956</x:v>
+        <x:v>163916</x:v>
       </x:c>
       <x:c r="EM48" s="3" t="n">
-        <x:v>162595</x:v>
+        <x:v>164555</x:v>
       </x:c>
       <x:c r="EN48" s="3" t="n">
-        <x:v>173905</x:v>
+        <x:v>175865</x:v>
       </x:c>
       <x:c r="EO48" s="3" t="n">
-        <x:v>173795</x:v>
+        <x:v>175755</x:v>
       </x:c>
       <x:c r="EP48" s="3" t="n">
-        <x:v>166967</x:v>
+        <x:v>169014</x:v>
       </x:c>
       <x:c r="EQ48" s="3" t="n">
-        <x:v>163136</x:v>
+        <x:v>165184</x:v>
       </x:c>
       <x:c r="ER48" s="3" t="n">
-        <x:v>153907</x:v>
+        <x:v>155955</x:v>
       </x:c>
       <x:c r="ES48" s="3" t="n">
-        <x:v>144659</x:v>
+        <x:v>146707</x:v>
       </x:c>
       <x:c r="ET48" s="3" t="n">
-        <x:v>133047</x:v>
+        <x:v>135078</x:v>
       </x:c>
       <x:c r="EU48" s="3" t="n">
-        <x:v>132684</x:v>
+        <x:v>134716</x:v>
       </x:c>
       <x:c r="EV48" s="3" t="n">
-        <x:v>135495</x:v>
+        <x:v>137526</x:v>
       </x:c>
       <x:c r="EW48" s="3" t="n">
-        <x:v>114719</x:v>
+        <x:v>116751</x:v>
       </x:c>
       <x:c r="EX48" s="3" t="n">
-        <x:v>96919</x:v>
+        <x:v>99290</x:v>
       </x:c>
       <x:c r="EY48" s="3" t="n">
-        <x:v>105505</x:v>
+        <x:v>107338</x:v>
       </x:c>
       <x:c r="EZ48" s="3" t="n">
-        <x:v>101894</x:v>
+        <x:v>103580</x:v>
       </x:c>
       <x:c r="FA48" s="3" t="n">
-        <x:v>117145</x:v>
+        <x:v>118980</x:v>
       </x:c>
       <x:c r="FB48" s="3" t="n">
-        <x:v>130761</x:v>
+        <x:v>132830</x:v>
       </x:c>
       <x:c r="FC48" s="3" t="n">
-        <x:v>127481</x:v>
+        <x:v>129610</x:v>
       </x:c>
       <x:c r="FD48" s="3" t="n">
-        <x:v>129575</x:v>
+        <x:v>131885</x:v>
       </x:c>
       <x:c r="FE48" s="3" t="n">
-        <x:v>136934</x:v>
+        <x:v>139192</x:v>
       </x:c>
       <x:c r="FF48" s="3" t="n">
-        <x:v>146752</x:v>
+        <x:v>149094</x:v>
       </x:c>
       <x:c r="FG48" s="3" t="n">
-        <x:v>160932</x:v>
+        <x:v>163274</x:v>
       </x:c>
       <x:c r="FH48" s="3" t="n">
-        <x:v>184387</x:v>
+        <x:v>186906</x:v>
       </x:c>
       <x:c r="FI48" s="3" t="n">
-        <x:v>158838</x:v>
+        <x:v>161326</x:v>
       </x:c>
       <x:c r="FJ48" s="3" t="n">
-        <x:v>146496</x:v>
+        <x:v>149158</x:v>
       </x:c>
       <x:c r="FK48" s="3" t="n">
-        <x:v>131067</x:v>
+        <x:v>133440</x:v>
       </x:c>
       <x:c r="FL48" s="3" t="n">
-        <x:v>118324</x:v>
+        <x:v>120733</x:v>
       </x:c>
       <x:c r="FM48" s="3" t="n">
-        <x:v>131918</x:v>
+        <x:v>134176</x:v>
       </x:c>
       <x:c r="FN48" s="3" t="n">
-        <x:v>123051</x:v>
+        <x:v>125367</x:v>
       </x:c>
       <x:c r="FO48" s="3" t="n">
-        <x:v>74468</x:v>
+        <x:v>75935</x:v>
       </x:c>
       <x:c r="FP48" s="3" t="n">
-        <x:v>85692</x:v>
+        <x:v>87341</x:v>
       </x:c>
       <x:c r="FQ48" s="3" t="n">
-        <x:v>106796</x:v>
+        <x:v>108479</x:v>
       </x:c>
       <x:c r="FR48" s="3" t="n">
-        <x:v>150181</x:v>
+        <x:v>152434</x:v>
       </x:c>
       <x:c r="FS48" s="3" t="n">
-        <x:v>183479</x:v>
+        <x:v>186040</x:v>
       </x:c>
       <x:c r="FT48" s="3" t="n">
-        <x:v>260681</x:v>
+        <x:v>264733</x:v>
       </x:c>
       <x:c r="FU48" s="3" t="n">
-        <x:v>386894</x:v>
+        <x:v>391659</x:v>
       </x:c>
       <x:c r="FV48" s="3" t="n">
-        <x:v>453319</x:v>
+        <x:v>456598</x:v>
       </x:c>
       <x:c r="FW48" s="3" t="n">
-        <x:v>496013</x:v>
+        <x:v>498827</x:v>
       </x:c>
       <x:c r="FX48" s="3" t="n">
-        <x:v>698701</x:v>
+        <x:v>702960</x:v>
       </x:c>
       <x:c r="FY48" s="3" t="n">
-        <x:v>419852</x:v>
+        <x:v>425137</x:v>
       </x:c>
       <x:c r="FZ48" s="3" t="n">
-        <x:v>355069</x:v>
+        <x:v>368535</x:v>
       </x:c>
       <x:c r="GA48" s="3" t="n">
-        <x:v>298033</x:v>
+        <x:v>306380</x:v>
       </x:c>
       <x:c r="GB48" s="3" t="n">
-        <x:v>271848</x:v>
+        <x:v>287318</x:v>
       </x:c>
       <x:c r="GC48" s="3" t="n">
-        <x:v>295817</x:v>
+        <x:v>319782</x:v>
       </x:c>
       <x:c r="GD48" s="3" t="n">
-        <x:v>272166</x:v>
+        <x:v>276902</x:v>
       </x:c>
       <x:c r="GE48" s="3" t="n">
-        <x:v>313405</x:v>
+        <x:v>317765</x:v>
       </x:c>
       <x:c r="GF48" s="3" t="n">
-        <x:v>274053</x:v>
+        <x:v>291844</x:v>
       </x:c>
       <x:c r="GG48" s="3" t="n">
-        <x:v>287622</x:v>
+        <x:v>297828</x:v>
       </x:c>
       <x:c r="GH48" s="3" t="n">
-        <x:v>327549</x:v>
+        <x:v>327415</x:v>
       </x:c>
       <x:c r="GI48" s="3" t="n">
-        <x:v>277361</x:v>
+        <x:v>272865</x:v>
+      </x:c>
+      <x:c r="GJ48" s="3" t="n">
+        <x:v>274284</x:v>
       </x:c>
     </x:row>
-    <x:row r="49" spans="1:191">
+    <x:row r="49" spans="1:192">
       <x:c r="A49" s="2" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>45176</x:v>
+        <x:v>44957</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>47803</x:v>
+        <x:v>47585</x:v>
       </x:c>
       <x:c r="D49" s="3" t="n">
-        <x:v>49791</x:v>
+        <x:v>49572</x:v>
       </x:c>
       <x:c r="E49" s="3" t="n">
-        <x:v>51771</x:v>
+        <x:v>51552</x:v>
       </x:c>
       <x:c r="F49" s="3" t="n">
-        <x:v>50740</x:v>
+        <x:v>50491</x:v>
       </x:c>
       <x:c r="G49" s="3" t="n">
-        <x:v>51844</x:v>
+        <x:v>51595</x:v>
       </x:c>
       <x:c r="H49" s="3" t="n">
-        <x:v>52326</x:v>
+        <x:v>52077</x:v>
       </x:c>
       <x:c r="I49" s="3" t="n">
-        <x:v>52632</x:v>
+        <x:v>52383</x:v>
       </x:c>
       <x:c r="J49" s="3" t="n">
-        <x:v>55606</x:v>
+        <x:v>55282</x:v>
       </x:c>
       <x:c r="K49" s="3" t="n">
-        <x:v>56869</x:v>
+        <x:v>56545</x:v>
       </x:c>
       <x:c r="L49" s="3" t="n">
-        <x:v>58556</x:v>
+        <x:v>58231</x:v>
       </x:c>
       <x:c r="M49" s="3" t="n">
-        <x:v>59877</x:v>
+        <x:v>59553</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>62216</x:v>
+        <x:v>61923</x:v>
       </x:c>
       <x:c r="O49" s="3" t="n">
-        <x:v>64666</x:v>
+        <x:v>64373</x:v>
       </x:c>
       <x:c r="P49" s="3" t="n">
-        <x:v>66437</x:v>
+        <x:v>66144</x:v>
       </x:c>
       <x:c r="Q49" s="3" t="n">
-        <x:v>67502</x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="R49" s="3" t="n">
-        <x:v>70604</x:v>
+        <x:v>70291</x:v>
       </x:c>
       <x:c r="S49" s="3" t="n">
-        <x:v>73227</x:v>
+        <x:v>72914</x:v>
       </x:c>
       <x:c r="T49" s="3" t="n">
-        <x:v>73634</x:v>
+        <x:v>73321</x:v>
       </x:c>
       <x:c r="U49" s="3" t="n">
-        <x:v>75096</x:v>
+        <x:v>74783</x:v>
       </x:c>
       <x:c r="V49" s="3" t="n">
-        <x:v>77670</x:v>
+        <x:v>77287</x:v>
       </x:c>
       <x:c r="W49" s="3" t="n">
-        <x:v>79263</x:v>
+        <x:v>78880</x:v>
       </x:c>
       <x:c r="X49" s="3" t="n">
-        <x:v>80310</x:v>
+        <x:v>79928</x:v>
       </x:c>
       <x:c r="Y49" s="3" t="n">
-        <x:v>82939</x:v>
+        <x:v>82557</x:v>
       </x:c>
       <x:c r="Z49" s="3" t="n">
-        <x:v>85989</x:v>
+        <x:v>85597</x:v>
       </x:c>
       <x:c r="AA49" s="3" t="n">
-        <x:v>87486</x:v>
+        <x:v>87095</x:v>
       </x:c>
       <x:c r="AB49" s="3" t="n">
-        <x:v>90180</x:v>
+        <x:v>89789</x:v>
       </x:c>
       <x:c r="AC49" s="3" t="n">
-        <x:v>90054</x:v>
+        <x:v>89663</x:v>
       </x:c>
       <x:c r="AD49" s="3" t="n">
-        <x:v>92807</x:v>
+        <x:v>92366</x:v>
       </x:c>
       <x:c r="AE49" s="3" t="n">
-        <x:v>93405</x:v>
+        <x:v>92964</x:v>
       </x:c>
       <x:c r="AF49" s="3" t="n">
-        <x:v>101523</x:v>
+        <x:v>101082</x:v>
       </x:c>
       <x:c r="AG49" s="3" t="n">
-        <x:v>103584</x:v>
+        <x:v>103143</x:v>
       </x:c>
       <x:c r="AH49" s="3" t="n">
-        <x:v>103366</x:v>
+        <x:v>102895</x:v>
       </x:c>
       <x:c r="AI49" s="3" t="n">
-        <x:v>107360</x:v>
+        <x:v>106889</x:v>
       </x:c>
       <x:c r="AJ49" s="3" t="n">
-        <x:v>110860</x:v>
+        <x:v>110389</x:v>
       </x:c>
       <x:c r="AK49" s="3" t="n">
-        <x:v>113210</x:v>
+        <x:v>112738</x:v>
       </x:c>
       <x:c r="AL49" s="3" t="n">
-        <x:v>116496</x:v>
+        <x:v>115963</x:v>
       </x:c>
       <x:c r="AM49" s="3" t="n">
-        <x:v>121423</x:v>
+        <x:v>120890</x:v>
       </x:c>
       <x:c r="AN49" s="3" t="n">
-        <x:v>122624</x:v>
+        <x:v>122091</x:v>
       </x:c>
       <x:c r="AO49" s="3" t="n">
-        <x:v>126887</x:v>
+        <x:v>126354</x:v>
       </x:c>
       <x:c r="AP49" s="3" t="n">
-        <x:v>130192</x:v>
+        <x:v>129536</x:v>
       </x:c>
       <x:c r="AQ49" s="3" t="n">
-        <x:v>130871</x:v>
+        <x:v>130215</x:v>
       </x:c>
       <x:c r="AR49" s="3" t="n">
-        <x:v>130236</x:v>
+        <x:v>129580</x:v>
       </x:c>
       <x:c r="AS49" s="3" t="n">
-        <x:v>132867</x:v>
+        <x:v>132211</x:v>
       </x:c>
       <x:c r="AT49" s="3" t="n">
-        <x:v>134225</x:v>
+        <x:v>133523</x:v>
       </x:c>
       <x:c r="AU49" s="3" t="n">
-        <x:v>134671</x:v>
+        <x:v>133969</x:v>
       </x:c>
       <x:c r="AV49" s="3" t="n">
-        <x:v>134428</x:v>
+        <x:v>133725</x:v>
       </x:c>
       <x:c r="AW49" s="3" t="n">
-        <x:v>135401</x:v>
+        <x:v>134699</x:v>
       </x:c>
       <x:c r="AX49" s="3" t="n">
-        <x:v>135718</x:v>
+        <x:v>135018</x:v>
       </x:c>
       <x:c r="AY49" s="3" t="n">
-        <x:v>139490</x:v>
+        <x:v>138790</x:v>
       </x:c>
       <x:c r="AZ49" s="3" t="n">
-        <x:v>140109</x:v>
+        <x:v>139409</x:v>
       </x:c>
       <x:c r="BA49" s="3" t="n">
-        <x:v>140977</x:v>
+        <x:v>140277</x:v>
       </x:c>
       <x:c r="BB49" s="3" t="n">
-        <x:v>144032</x:v>
+        <x:v>142860</x:v>
       </x:c>
       <x:c r="BC49" s="3" t="n">
-        <x:v>144875</x:v>
+        <x:v>143703</x:v>
       </x:c>
       <x:c r="BD49" s="3" t="n">
-        <x:v>145637</x:v>
+        <x:v>144465</x:v>
       </x:c>
       <x:c r="BE49" s="3" t="n">
-        <x:v>146359</x:v>
+        <x:v>145187</x:v>
       </x:c>
       <x:c r="BF49" s="3" t="n">
-        <x:v>150621</x:v>
+        <x:v>149318</x:v>
       </x:c>
       <x:c r="BG49" s="3" t="n">
-        <x:v>149048</x:v>
+        <x:v>147744</x:v>
       </x:c>
       <x:c r="BH49" s="3" t="n">
-        <x:v>151392</x:v>
+        <x:v>150088</x:v>
       </x:c>
       <x:c r="BI49" s="3" t="n">
-        <x:v>151670</x:v>
+        <x:v>150366</x:v>
       </x:c>
       <x:c r="BJ49" s="3" t="n">
-        <x:v>151131</x:v>
+        <x:v>149823</x:v>
       </x:c>
       <x:c r="BK49" s="3" t="n">
-        <x:v>153578</x:v>
+        <x:v>152270</x:v>
       </x:c>
       <x:c r="BL49" s="3" t="n">
-        <x:v>156963</x:v>
+        <x:v>155655</x:v>
       </x:c>
       <x:c r="BM49" s="3" t="n">
-        <x:v>165531</x:v>
+        <x:v>164223</x:v>
       </x:c>
       <x:c r="BN49" s="3" t="n">
-        <x:v>159527</x:v>
+        <x:v>158104</x:v>
       </x:c>
       <x:c r="BO49" s="3" t="n">
-        <x:v>162711</x:v>
+        <x:v>161287</x:v>
       </x:c>
       <x:c r="BP49" s="3" t="n">
-        <x:v>164901</x:v>
+        <x:v>163478</x:v>
       </x:c>
       <x:c r="BQ49" s="3" t="n">
-        <x:v>167945</x:v>
+        <x:v>166521</x:v>
       </x:c>
       <x:c r="BR49" s="3" t="n">
-        <x:v>174059</x:v>
+        <x:v>172560</x:v>
       </x:c>
       <x:c r="BS49" s="3" t="n">
-        <x:v>173081</x:v>
+        <x:v>171582</x:v>
       </x:c>
       <x:c r="BT49" s="3" t="n">
-        <x:v>175694</x:v>
+        <x:v>174195</x:v>
       </x:c>
       <x:c r="BU49" s="3" t="n">
-        <x:v>177896</x:v>
+        <x:v>176397</x:v>
       </x:c>
       <x:c r="BV49" s="3" t="n">
-        <x:v>181652</x:v>
+        <x:v>179891</x:v>
       </x:c>
       <x:c r="BW49" s="3" t="n">
-        <x:v>180652</x:v>
+        <x:v>178891</x:v>
       </x:c>
       <x:c r="BX49" s="3" t="n">
-        <x:v>185570</x:v>
+        <x:v>183809</x:v>
       </x:c>
       <x:c r="BY49" s="3" t="n">
-        <x:v>188909</x:v>
+        <x:v>187148</x:v>
       </x:c>
       <x:c r="BZ49" s="3" t="n">
-        <x:v>190187</x:v>
+        <x:v>187812</x:v>
       </x:c>
       <x:c r="CA49" s="3" t="n">
-        <x:v>199620</x:v>
+        <x:v>197245</x:v>
       </x:c>
       <x:c r="CB49" s="3" t="n">
-        <x:v>199470</x:v>
+        <x:v>197095</x:v>
       </x:c>
       <x:c r="CC49" s="3" t="n">
-        <x:v>206070</x:v>
+        <x:v>203695</x:v>
       </x:c>
       <x:c r="CD49" s="3" t="n">
-        <x:v>206288</x:v>
+        <x:v>203884</x:v>
       </x:c>
       <x:c r="CE49" s="3" t="n">
-        <x:v>213258</x:v>
+        <x:v>210853</x:v>
       </x:c>
       <x:c r="CF49" s="3" t="n">
-        <x:v>220614</x:v>
+        <x:v>218210</x:v>
       </x:c>
       <x:c r="CG49" s="3" t="n">
-        <x:v>221991</x:v>
+        <x:v>219587</x:v>
       </x:c>
       <x:c r="CH49" s="3" t="n">
-        <x:v>221313</x:v>
+        <x:v>219209</x:v>
       </x:c>
       <x:c r="CI49" s="3" t="n">
-        <x:v>222774</x:v>
+        <x:v>220670</x:v>
       </x:c>
       <x:c r="CJ49" s="3" t="n">
-        <x:v>229303</x:v>
+        <x:v>227199</x:v>
       </x:c>
       <x:c r="CK49" s="3" t="n">
-        <x:v>233725</x:v>
+        <x:v>231621</x:v>
       </x:c>
       <x:c r="CL49" s="3" t="n">
-        <x:v>237046</x:v>
+        <x:v>235204</x:v>
       </x:c>
       <x:c r="CM49" s="3" t="n">
-        <x:v>238596</x:v>
+        <x:v>236754</x:v>
       </x:c>
       <x:c r="CN49" s="3" t="n">
-        <x:v>242704</x:v>
+        <x:v>240862</x:v>
       </x:c>
       <x:c r="CO49" s="3" t="n">
-        <x:v>246605</x:v>
+        <x:v>244763</x:v>
       </x:c>
       <x:c r="CP49" s="3" t="n">
-        <x:v>254576</x:v>
+        <x:v>252997</x:v>
       </x:c>
       <x:c r="CQ49" s="3" t="n">
-        <x:v>254332</x:v>
+        <x:v>252753</x:v>
       </x:c>
       <x:c r="CR49" s="3" t="n">
-        <x:v>254983</x:v>
+        <x:v>253404</x:v>
       </x:c>
       <x:c r="CS49" s="3" t="n">
-        <x:v>262792</x:v>
+        <x:v>261213</x:v>
       </x:c>
       <x:c r="CT49" s="3" t="n">
-        <x:v>262541</x:v>
+        <x:v>261242</x:v>
       </x:c>
       <x:c r="CU49" s="3" t="n">
-        <x:v>268081</x:v>
+        <x:v>266782</x:v>
       </x:c>
       <x:c r="CV49" s="3" t="n">
-        <x:v>271523</x:v>
+        <x:v>270224</x:v>
       </x:c>
       <x:c r="CW49" s="3" t="n">
-        <x:v>271700</x:v>
+        <x:v>270401</x:v>
       </x:c>
       <x:c r="CX49" s="3" t="n">
-        <x:v>274221</x:v>
+        <x:v>273597</x:v>
       </x:c>
       <x:c r="CY49" s="3" t="n">
-        <x:v>278280</x:v>
+        <x:v>277657</x:v>
       </x:c>
       <x:c r="CZ49" s="3" t="n">
-        <x:v>285264</x:v>
+        <x:v>284641</x:v>
       </x:c>
       <x:c r="DA49" s="3" t="n">
-        <x:v>284806</x:v>
+        <x:v>284182</x:v>
       </x:c>
       <x:c r="DB49" s="3" t="n">
-        <x:v>293868</x:v>
+        <x:v>294164</x:v>
       </x:c>
       <x:c r="DC49" s="3" t="n">
-        <x:v>296998</x:v>
+        <x:v>297294</x:v>
       </x:c>
       <x:c r="DD49" s="3" t="n">
-        <x:v>306161</x:v>
+        <x:v>306457</x:v>
       </x:c>
       <x:c r="DE49" s="3" t="n">
-        <x:v>310452</x:v>
+        <x:v>310748</x:v>
       </x:c>
       <x:c r="DF49" s="3" t="n">
-        <x:v>311696</x:v>
+        <x:v>313475</x:v>
       </x:c>
       <x:c r="DG49" s="3" t="n">
-        <x:v>325686</x:v>
+        <x:v>327465</x:v>
       </x:c>
       <x:c r="DH49" s="3" t="n">
-        <x:v>325171</x:v>
+        <x:v>326951</x:v>
       </x:c>
       <x:c r="DI49" s="3" t="n">
-        <x:v>336830</x:v>
+        <x:v>338610</x:v>
       </x:c>
       <x:c r="DJ49" s="3" t="n">
-        <x:v>344297</x:v>
+        <x:v>348189</x:v>
       </x:c>
       <x:c r="DK49" s="3" t="n">
-        <x:v>351277</x:v>
+        <x:v>355169</x:v>
       </x:c>
       <x:c r="DL49" s="3" t="n">
-        <x:v>357067</x:v>
+        <x:v>360959</x:v>
       </x:c>
       <x:c r="DM49" s="3" t="n">
-        <x:v>369859</x:v>
+        <x:v>373751</x:v>
       </x:c>
       <x:c r="DN49" s="3" t="n">
-        <x:v>382115</x:v>
+        <x:v>388893</x:v>
       </x:c>
       <x:c r="DO49" s="3" t="n">
-        <x:v>386156</x:v>
+        <x:v>392934</x:v>
       </x:c>
       <x:c r="DP49" s="3" t="n">
-        <x:v>393314</x:v>
+        <x:v>400092</x:v>
       </x:c>
       <x:c r="DQ49" s="3" t="n">
-        <x:v>402540</x:v>
+        <x:v>409318</x:v>
       </x:c>
       <x:c r="DR49" s="3" t="n">
-        <x:v>408481</x:v>
+        <x:v>417491</x:v>
       </x:c>
       <x:c r="DS49" s="3" t="n">
-        <x:v>416273</x:v>
+        <x:v>425283</x:v>
       </x:c>
       <x:c r="DT49" s="3" t="n">
-        <x:v>427874</x:v>
+        <x:v>436884</x:v>
       </x:c>
       <x:c r="DU49" s="3" t="n">
-        <x:v>430932</x:v>
+        <x:v>439942</x:v>
       </x:c>
       <x:c r="DV49" s="3" t="n">
-        <x:v>417481</x:v>
+        <x:v>428578</x:v>
       </x:c>
       <x:c r="DW49" s="3" t="n">
-        <x:v>425012</x:v>
+        <x:v>436109</x:v>
       </x:c>
       <x:c r="DX49" s="3" t="n">
-        <x:v>428606</x:v>
+        <x:v>439704</x:v>
       </x:c>
       <x:c r="DY49" s="3" t="n">
-        <x:v>429584</x:v>
+        <x:v>440681</x:v>
       </x:c>
       <x:c r="DZ49" s="3" t="n">
-        <x:v>441013</x:v>
+        <x:v>453538</x:v>
       </x:c>
       <x:c r="EA49" s="3" t="n">
-        <x:v>443352</x:v>
+        <x:v>455877</x:v>
       </x:c>
       <x:c r="EB49" s="3" t="n">
-        <x:v>452166</x:v>
+        <x:v>464691</x:v>
       </x:c>
       <x:c r="EC49" s="3" t="n">
-        <x:v>455442</x:v>
+        <x:v>467967</x:v>
       </x:c>
       <x:c r="ED49" s="3" t="n">
-        <x:v>454018</x:v>
+        <x:v>468652</x:v>
       </x:c>
       <x:c r="EE49" s="3" t="n">
-        <x:v>464718</x:v>
+        <x:v>479352</x:v>
       </x:c>
       <x:c r="EF49" s="3" t="n">
-        <x:v>470748</x:v>
+        <x:v>485382</x:v>
       </x:c>
       <x:c r="EG49" s="3" t="n">
-        <x:v>473479</x:v>
+        <x:v>488113</x:v>
       </x:c>
       <x:c r="EH49" s="3" t="n">
-        <x:v>489368</x:v>
+        <x:v>505534</x:v>
       </x:c>
       <x:c r="EI49" s="3" t="n">
-        <x:v>492061</x:v>
+        <x:v>508227</x:v>
       </x:c>
       <x:c r="EJ49" s="3" t="n">
-        <x:v>497394</x:v>
+        <x:v>513560</x:v>
       </x:c>
       <x:c r="EK49" s="3" t="n">
-        <x:v>506232</x:v>
+        <x:v>522398</x:v>
       </x:c>
       <x:c r="EL49" s="3" t="n">
-        <x:v>515853</x:v>
+        <x:v>534630</x:v>
       </x:c>
       <x:c r="EM49" s="3" t="n">
-        <x:v>519817</x:v>
+        <x:v>538594</x:v>
       </x:c>
       <x:c r="EN49" s="3" t="n">
-        <x:v>527739</x:v>
+        <x:v>546516</x:v>
       </x:c>
       <x:c r="EO49" s="3" t="n">
-        <x:v>532801</x:v>
+        <x:v>551578</x:v>
       </x:c>
       <x:c r="EP49" s="3" t="n">
-        <x:v>537110</x:v>
+        <x:v>557265</x:v>
       </x:c>
       <x:c r="EQ49" s="3" t="n">
-        <x:v>546298</x:v>
+        <x:v>566453</x:v>
       </x:c>
       <x:c r="ER49" s="3" t="n">
-        <x:v>555985</x:v>
+        <x:v>576140</x:v>
       </x:c>
       <x:c r="ES49" s="3" t="n">
-        <x:v>561476</x:v>
+        <x:v>581631</x:v>
       </x:c>
       <x:c r="ET49" s="3" t="n">
-        <x:v>561722</x:v>
+        <x:v>584909</x:v>
       </x:c>
       <x:c r="EU49" s="3" t="n">
-        <x:v>572809</x:v>
+        <x:v>595996</x:v>
       </x:c>
       <x:c r="EV49" s="3" t="n">
-        <x:v>570518</x:v>
+        <x:v>593705</x:v>
       </x:c>
       <x:c r="EW49" s="3" t="n">
-        <x:v>566867</x:v>
+        <x:v>590054</x:v>
       </x:c>
       <x:c r="EX49" s="3" t="n">
-        <x:v>575392</x:v>
+        <x:v>599327</x:v>
       </x:c>
       <x:c r="EY49" s="3" t="n">
-        <x:v>576651</x:v>
+        <x:v>599842</x:v>
       </x:c>
       <x:c r="EZ49" s="3" t="n">
-        <x:v>585487</x:v>
+        <x:v>609602</x:v>
       </x:c>
       <x:c r="FA49" s="3" t="n">
-        <x:v>590004</x:v>
+        <x:v>614529</x:v>
       </x:c>
       <x:c r="FB49" s="3" t="n">
-        <x:v>596481</x:v>
+        <x:v>622696</x:v>
       </x:c>
       <x:c r="FC49" s="3" t="n">
-        <x:v>605400</x:v>
+        <x:v>632867</x:v>
       </x:c>
       <x:c r="FD49" s="3" t="n">
-        <x:v>609269</x:v>
+        <x:v>635760</x:v>
       </x:c>
       <x:c r="FE49" s="3" t="n">
-        <x:v>613586</x:v>
+        <x:v>639968</x:v>
       </x:c>
       <x:c r="FF49" s="3" t="n">
-        <x:v>623383</x:v>
+        <x:v>650154</x:v>
       </x:c>
       <x:c r="FG49" s="3" t="n">
-        <x:v>630302</x:v>
+        <x:v>656819</x:v>
       </x:c>
       <x:c r="FH49" s="3" t="n">
-        <x:v>636572</x:v>
+        <x:v>662764</x:v>
       </x:c>
       <x:c r="FI49" s="3" t="n">
-        <x:v>657009</x:v>
+        <x:v>688292</x:v>
       </x:c>
       <x:c r="FJ49" s="3" t="n">
-        <x:v>658185</x:v>
+        <x:v>686201</x:v>
       </x:c>
       <x:c r="FK49" s="3" t="n">
-        <x:v>667675</x:v>
+        <x:v>699412</x:v>
       </x:c>
       <x:c r="FL49" s="3" t="n">
-        <x:v>675561</x:v>
+        <x:v>707882</x:v>
       </x:c>
       <x:c r="FM49" s="3" t="n">
-        <x:v>678851</x:v>
+        <x:v>713590</x:v>
       </x:c>
       <x:c r="FN49" s="3" t="n">
-        <x:v>678782</x:v>
+        <x:v>711777</x:v>
       </x:c>
       <x:c r="FO49" s="3" t="n">
-        <x:v>640450</x:v>
+        <x:v>672760</x:v>
       </x:c>
       <x:c r="FP49" s="3" t="n">
-        <x:v>665690</x:v>
+        <x:v>698453</x:v>
       </x:c>
       <x:c r="FQ49" s="3" t="n">
-        <x:v>671276</x:v>
+        <x:v>703628</x:v>
       </x:c>
       <x:c r="FR49" s="3" t="n">
-        <x:v>685948</x:v>
+        <x:v>718494</x:v>
       </x:c>
       <x:c r="FS49" s="3" t="n">
-        <x:v>706275</x:v>
+        <x:v>739107</x:v>
       </x:c>
       <x:c r="FT49" s="3" t="n">
-        <x:v>730877</x:v>
+        <x:v>765946</x:v>
       </x:c>
       <x:c r="FU49" s="3" t="n">
-        <x:v>753407</x:v>
+        <x:v>795002</x:v>
       </x:c>
       <x:c r="FV49" s="3" t="n">
-        <x:v>777191</x:v>
+        <x:v>822938</x:v>
       </x:c>
       <x:c r="FW49" s="3" t="n">
-        <x:v>805986</x:v>
+        <x:v>856235</x:v>
       </x:c>
       <x:c r="FX49" s="3" t="n">
-        <x:v>831091</x:v>
+        <x:v>875362</x:v>
       </x:c>
       <x:c r="FY49" s="3" t="n">
-        <x:v>834545</x:v>
+        <x:v>879667</x:v>
       </x:c>
       <x:c r="FZ49" s="3" t="n">
-        <x:v>839014</x:v>
+        <x:v>881942</x:v>
       </x:c>
       <x:c r="GA49" s="3" t="n">
-        <x:v>852507</x:v>
+        <x:v>887423</x:v>
       </x:c>
       <x:c r="GB49" s="3" t="n">
-        <x:v>860351</x:v>
+        <x:v>892441</x:v>
       </x:c>
       <x:c r="GC49" s="3" t="n">
-        <x:v>875496</x:v>
+        <x:v>909059</x:v>
       </x:c>
       <x:c r="GD49" s="3" t="n">
-        <x:v>881923</x:v>
+        <x:v>915867</x:v>
       </x:c>
       <x:c r="GE49" s="3" t="n">
-        <x:v>888380</x:v>
+        <x:v>925333</x:v>
       </x:c>
       <x:c r="GF49" s="3" t="n">
-        <x:v>902616</x:v>
+        <x:v>937689</x:v>
       </x:c>
       <x:c r="GG49" s="3" t="n">
-        <x:v>904688</x:v>
+        <x:v>938710</x:v>
       </x:c>
       <x:c r="GH49" s="3" t="n">
-        <x:v>928851</x:v>
+        <x:v>963303</x:v>
       </x:c>
       <x:c r="GI49" s="3" t="n">
-        <x:v>938851</x:v>
+        <x:v>973079</x:v>
+      </x:c>
+      <x:c r="GJ49" s="3" t="n">
+        <x:v>979993</x:v>
       </x:c>
     </x:row>
-    <x:row r="50" spans="1:191">
+    <x:row r="50" spans="1:192">
       <x:c r="A50" s="2" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>35624</x:v>
+        <x:v>35405</x:v>
       </x:c>
       <x:c r="C50" s="3" t="n">
-        <x:v>38570</x:v>
+        <x:v>38351</x:v>
       </x:c>
       <x:c r="D50" s="3" t="n">
-        <x:v>40297</x:v>
+        <x:v>40079</x:v>
       </x:c>
       <x:c r="E50" s="3" t="n">
-        <x:v>42136</x:v>
+        <x:v>41917</x:v>
       </x:c>
       <x:c r="F50" s="3" t="n">
-        <x:v>40913</x:v>
+        <x:v>40664</x:v>
       </x:c>
       <x:c r="G50" s="3" t="n">
-        <x:v>41771</x:v>
+        <x:v>41522</x:v>
       </x:c>
       <x:c r="H50" s="3" t="n">
-        <x:v>42070</x:v>
+        <x:v>41821</x:v>
       </x:c>
       <x:c r="I50" s="3" t="n">
-        <x:v>42162</x:v>
+        <x:v>41913</x:v>
       </x:c>
       <x:c r="J50" s="3" t="n">
-        <x:v>44388</x:v>
+        <x:v>44064</x:v>
       </x:c>
       <x:c r="K50" s="3" t="n">
-        <x:v>45503</x:v>
+        <x:v>45179</x:v>
       </x:c>
       <x:c r="L50" s="3" t="n">
-        <x:v>46901</x:v>
+        <x:v>46577</x:v>
       </x:c>
       <x:c r="M50" s="3" t="n">
-        <x:v>47965</x:v>
+        <x:v>47641</x:v>
       </x:c>
       <x:c r="N50" s="3" t="n">
-        <x:v>49341</x:v>
+        <x:v>49049</x:v>
       </x:c>
       <x:c r="O50" s="3" t="n">
-        <x:v>51380</x:v>
+        <x:v>51088</x:v>
       </x:c>
       <x:c r="P50" s="3" t="n">
-        <x:v>52874</x:v>
+        <x:v>52581</x:v>
       </x:c>
       <x:c r="Q50" s="3" t="n">
-        <x:v>53696</x:v>
+        <x:v>53403</x:v>
       </x:c>
       <x:c r="R50" s="3" t="n">
-        <x:v>55959</x:v>
+        <x:v>55646</x:v>
       </x:c>
       <x:c r="S50" s="3" t="n">
-        <x:v>58129</x:v>
+        <x:v>57816</x:v>
       </x:c>
       <x:c r="T50" s="3" t="n">
-        <x:v>58189</x:v>
+        <x:v>57876</x:v>
       </x:c>
       <x:c r="U50" s="3" t="n">
-        <x:v>59439</x:v>
+        <x:v>59126</x:v>
       </x:c>
       <x:c r="V50" s="3" t="n">
-        <x:v>61135</x:v>
+        <x:v>60753</x:v>
       </x:c>
       <x:c r="W50" s="3" t="n">
-        <x:v>62739</x:v>
+        <x:v>62357</x:v>
       </x:c>
       <x:c r="X50" s="3" t="n">
-        <x:v>63296</x:v>
+        <x:v>62914</x:v>
       </x:c>
       <x:c r="Y50" s="3" t="n">
-        <x:v>65684</x:v>
+        <x:v>65301</x:v>
       </x:c>
       <x:c r="Z50" s="3" t="n">
-        <x:v>68110</x:v>
+        <x:v>67719</x:v>
       </x:c>
       <x:c r="AA50" s="3" t="n">
-        <x:v>69149</x:v>
+        <x:v>68757</x:v>
       </x:c>
       <x:c r="AB50" s="3" t="n">
-        <x:v>71583</x:v>
+        <x:v>71191</x:v>
       </x:c>
       <x:c r="AC50" s="3" t="n">
-        <x:v>71108</x:v>
+        <x:v>70717</x:v>
       </x:c>
       <x:c r="AD50" s="3" t="n">
-        <x:v>73195</x:v>
+        <x:v>72754</x:v>
       </x:c>
       <x:c r="AE50" s="3" t="n">
-        <x:v>73350</x:v>
+        <x:v>72909</x:v>
       </x:c>
       <x:c r="AF50" s="3" t="n">
-        <x:v>81050</x:v>
+        <x:v>80609</x:v>
       </x:c>
       <x:c r="AG50" s="3" t="n">
-        <x:v>82762</x:v>
+        <x:v>82321</x:v>
       </x:c>
       <x:c r="AH50" s="3" t="n">
-        <x:v>81498</x:v>
+        <x:v>81027</x:v>
       </x:c>
       <x:c r="AI50" s="3" t="n">
-        <x:v>85509</x:v>
+        <x:v>85038</x:v>
       </x:c>
       <x:c r="AJ50" s="3" t="n">
-        <x:v>88174</x:v>
+        <x:v>87703</x:v>
       </x:c>
       <x:c r="AK50" s="3" t="n">
-        <x:v>89939</x:v>
+        <x:v>89468</x:v>
       </x:c>
       <x:c r="AL50" s="3" t="n">
-        <x:v>91848</x:v>
+        <x:v>91315</x:v>
       </x:c>
       <x:c r="AM50" s="3" t="n">
-        <x:v>95886</x:v>
+        <x:v>95353</x:v>
       </x:c>
       <x:c r="AN50" s="3" t="n">
-        <x:v>96992</x:v>
+        <x:v>96459</x:v>
       </x:c>
       <x:c r="AO50" s="3" t="n">
-        <x:v>100763</x:v>
+        <x:v>100229</x:v>
       </x:c>
       <x:c r="AP50" s="3" t="n">
-        <x:v>103187</x:v>
+        <x:v>102531</x:v>
       </x:c>
       <x:c r="AQ50" s="3" t="n">
-        <x:v>103569</x:v>
+        <x:v>102913</x:v>
       </x:c>
       <x:c r="AR50" s="3" t="n">
-        <x:v>102575</x:v>
+        <x:v>101919</x:v>
       </x:c>
       <x:c r="AS50" s="3" t="n">
-        <x:v>104992</x:v>
+        <x:v>104336</x:v>
       </x:c>
       <x:c r="AT50" s="3" t="n">
-        <x:v>105809</x:v>
+        <x:v>105107</x:v>
       </x:c>
       <x:c r="AU50" s="3" t="n">
-        <x:v>105942</x:v>
+        <x:v>105240</x:v>
       </x:c>
       <x:c r="AV50" s="3" t="n">
-        <x:v>104785</x:v>
+        <x:v>104082</x:v>
       </x:c>
       <x:c r="AW50" s="3" t="n">
-        <x:v>105569</x:v>
+        <x:v>104867</x:v>
       </x:c>
       <x:c r="AX50" s="3" t="n">
-        <x:v>105599</x:v>
+        <x:v>104899</x:v>
       </x:c>
       <x:c r="AY50" s="3" t="n">
-        <x:v>107878</x:v>
+        <x:v>107178</x:v>
       </x:c>
       <x:c r="AZ50" s="3" t="n">
-        <x:v>108313</x:v>
+        <x:v>107613</x:v>
       </x:c>
       <x:c r="BA50" s="3" t="n">
-        <x:v>109907</x:v>
+        <x:v>109207</x:v>
       </x:c>
       <x:c r="BB50" s="3" t="n">
-        <x:v>111018</x:v>
+        <x:v>109846</x:v>
       </x:c>
       <x:c r="BC50" s="3" t="n">
-        <x:v>111265</x:v>
+        <x:v>110093</x:v>
       </x:c>
       <x:c r="BD50" s="3" t="n">
-        <x:v>111675</x:v>
+        <x:v>110503</x:v>
       </x:c>
       <x:c r="BE50" s="3" t="n">
-        <x:v>110887</x:v>
+        <x:v>109715</x:v>
       </x:c>
       <x:c r="BF50" s="3" t="n">
-        <x:v>114412</x:v>
+        <x:v>113109</x:v>
       </x:c>
       <x:c r="BG50" s="3" t="n">
-        <x:v>113722</x:v>
+        <x:v>112418</x:v>
       </x:c>
       <x:c r="BH50" s="3" t="n">
-        <x:v>115378</x:v>
+        <x:v>114074</x:v>
       </x:c>
       <x:c r="BI50" s="3" t="n">
-        <x:v>114785</x:v>
+        <x:v>113481</x:v>
       </x:c>
       <x:c r="BJ50" s="3" t="n">
-        <x:v>114223</x:v>
+        <x:v>112915</x:v>
       </x:c>
       <x:c r="BK50" s="3" t="n">
-        <x:v>116499</x:v>
+        <x:v>115190</x:v>
       </x:c>
       <x:c r="BL50" s="3" t="n">
-        <x:v>119828</x:v>
+        <x:v>118519</x:v>
       </x:c>
       <x:c r="BM50" s="3" t="n">
-        <x:v>126493</x:v>
+        <x:v>125185</x:v>
       </x:c>
       <x:c r="BN50" s="3" t="n">
-        <x:v>122070</x:v>
+        <x:v>120647</x:v>
       </x:c>
       <x:c r="BO50" s="3" t="n">
-        <x:v>123796</x:v>
+        <x:v>122372</x:v>
       </x:c>
       <x:c r="BP50" s="3" t="n">
-        <x:v>125268</x:v>
+        <x:v>123844</x:v>
       </x:c>
       <x:c r="BQ50" s="3" t="n">
-        <x:v>127689</x:v>
+        <x:v>126266</x:v>
       </x:c>
       <x:c r="BR50" s="3" t="n">
-        <x:v>132892</x:v>
+        <x:v>131394</x:v>
       </x:c>
       <x:c r="BS50" s="3" t="n">
-        <x:v>132932</x:v>
+        <x:v>131433</x:v>
       </x:c>
       <x:c r="BT50" s="3" t="n">
-        <x:v>134458</x:v>
+        <x:v>132960</x:v>
       </x:c>
       <x:c r="BU50" s="3" t="n">
-        <x:v>136152</x:v>
+        <x:v>134654</x:v>
       </x:c>
       <x:c r="BV50" s="3" t="n">
-        <x:v>138380</x:v>
+        <x:v>136619</x:v>
       </x:c>
       <x:c r="BW50" s="3" t="n">
-        <x:v>137893</x:v>
+        <x:v>136132</x:v>
       </x:c>
       <x:c r="BX50" s="3" t="n">
-        <x:v>141277</x:v>
+        <x:v>139516</x:v>
       </x:c>
       <x:c r="BY50" s="3" t="n">
-        <x:v>143890</x:v>
+        <x:v>142129</x:v>
       </x:c>
       <x:c r="BZ50" s="3" t="n">
-        <x:v>146421</x:v>
+        <x:v>144046</x:v>
       </x:c>
       <x:c r="CA50" s="3" t="n">
-        <x:v>152504</x:v>
+        <x:v>150129</x:v>
       </x:c>
       <x:c r="CB50" s="3" t="n">
-        <x:v>152909</x:v>
+        <x:v>150534</x:v>
       </x:c>
       <x:c r="CC50" s="3" t="n">
-        <x:v>158344</x:v>
+        <x:v>155969</x:v>
       </x:c>
       <x:c r="CD50" s="3" t="n">
-        <x:v>158112</x:v>
+        <x:v>155708</x:v>
       </x:c>
       <x:c r="CE50" s="3" t="n">
-        <x:v>164451</x:v>
+        <x:v>162047</x:v>
       </x:c>
       <x:c r="CF50" s="3" t="n">
-        <x:v>169111</x:v>
+        <x:v>166706</x:v>
       </x:c>
       <x:c r="CG50" s="3" t="n">
-        <x:v>169434</x:v>
+        <x:v>167030</x:v>
       </x:c>
       <x:c r="CH50" s="3" t="n">
-        <x:v>168628</x:v>
+        <x:v>166524</x:v>
       </x:c>
       <x:c r="CI50" s="3" t="n">
-        <x:v>169411</x:v>
+        <x:v>167307</x:v>
       </x:c>
       <x:c r="CJ50" s="3" t="n">
-        <x:v>175320</x:v>
+        <x:v>173216</x:v>
       </x:c>
       <x:c r="CK50" s="3" t="n">
-        <x:v>178338</x:v>
+        <x:v>176234</x:v>
       </x:c>
       <x:c r="CL50" s="3" t="n">
-        <x:v>180486</x:v>
+        <x:v>178644</x:v>
       </x:c>
       <x:c r="CM50" s="3" t="n">
-        <x:v>182899</x:v>
+        <x:v>181057</x:v>
       </x:c>
       <x:c r="CN50" s="3" t="n">
-        <x:v>185139</x:v>
+        <x:v>183297</x:v>
       </x:c>
       <x:c r="CO50" s="3" t="n">
-        <x:v>188466</x:v>
+        <x:v>186624</x:v>
       </x:c>
       <x:c r="CP50" s="3" t="n">
-        <x:v>193716</x:v>
+        <x:v>192137</x:v>
       </x:c>
       <x:c r="CQ50" s="3" t="n">
-        <x:v>194718</x:v>
+        <x:v>193139</x:v>
       </x:c>
       <x:c r="CR50" s="3" t="n">
-        <x:v>194087</x:v>
+        <x:v>192508</x:v>
       </x:c>
       <x:c r="CS50" s="3" t="n">
-        <x:v>199237</x:v>
+        <x:v>197658</x:v>
       </x:c>
       <x:c r="CT50" s="3" t="n">
-        <x:v>201723</x:v>
+        <x:v>200425</x:v>
       </x:c>
       <x:c r="CU50" s="3" t="n">
-        <x:v>203466</x:v>
+        <x:v>202167</x:v>
       </x:c>
       <x:c r="CV50" s="3" t="n">
-        <x:v>204814</x:v>
+        <x:v>203515</x:v>
       </x:c>
       <x:c r="CW50" s="3" t="n">
-        <x:v>205619</x:v>
+        <x:v>204320</x:v>
       </x:c>
       <x:c r="CX50" s="3" t="n">
-        <x:v>206240</x:v>
+        <x:v>205616</x:v>
       </x:c>
       <x:c r="CY50" s="3" t="n">
-        <x:v>211846</x:v>
+        <x:v>211222</x:v>
       </x:c>
       <x:c r="CZ50" s="3" t="n">
-        <x:v>216660</x:v>
+        <x:v>216036</x:v>
       </x:c>
       <x:c r="DA50" s="3" t="n">
-        <x:v>217336</x:v>
+        <x:v>216713</x:v>
       </x:c>
       <x:c r="DB50" s="3" t="n">
-        <x:v>224878</x:v>
+        <x:v>225173</x:v>
       </x:c>
       <x:c r="DC50" s="3" t="n">
-        <x:v>227993</x:v>
+        <x:v>228289</x:v>
       </x:c>
       <x:c r="DD50" s="3" t="n">
-        <x:v>234950</x:v>
+        <x:v>235245</x:v>
       </x:c>
       <x:c r="DE50" s="3" t="n">
-        <x:v>237060</x:v>
+        <x:v>237356</x:v>
       </x:c>
       <x:c r="DF50" s="3" t="n">
-        <x:v>240649</x:v>
+        <x:v>242429</x:v>
       </x:c>
       <x:c r="DG50" s="3" t="n">
-        <x:v>250223</x:v>
+        <x:v>252003</x:v>
       </x:c>
       <x:c r="DH50" s="3" t="n">
-        <x:v>251754</x:v>
+        <x:v>253534</x:v>
       </x:c>
       <x:c r="DI50" s="3" t="n">
-        <x:v>261187</x:v>
+        <x:v>262966</x:v>
       </x:c>
       <x:c r="DJ50" s="3" t="n">
-        <x:v>265885</x:v>
+        <x:v>269777</x:v>
       </x:c>
       <x:c r="DK50" s="3" t="n">
-        <x:v>273962</x:v>
+        <x:v>277854</x:v>
       </x:c>
       <x:c r="DL50" s="3" t="n">
-        <x:v>278429</x:v>
+        <x:v>282321</x:v>
       </x:c>
       <x:c r="DM50" s="3" t="n">
-        <x:v>289362</x:v>
+        <x:v>293254</x:v>
       </x:c>
       <x:c r="DN50" s="3" t="n">
-        <x:v>297719</x:v>
+        <x:v>304497</x:v>
       </x:c>
       <x:c r="DO50" s="3" t="n">
-        <x:v>302606</x:v>
+        <x:v>309384</x:v>
       </x:c>
       <x:c r="DP50" s="3" t="n">
-        <x:v>308063</x:v>
+        <x:v>314841</x:v>
       </x:c>
       <x:c r="DQ50" s="3" t="n">
-        <x:v>315044</x:v>
+        <x:v>321822</x:v>
       </x:c>
       <x:c r="DR50" s="3" t="n">
-        <x:v>319142</x:v>
+        <x:v>328152</x:v>
       </x:c>
       <x:c r="DS50" s="3" t="n">
-        <x:v>324389</x:v>
+        <x:v>333399</x:v>
       </x:c>
       <x:c r="DT50" s="3" t="n">
-        <x:v>332285</x:v>
+        <x:v>341295</x:v>
       </x:c>
       <x:c r="DU50" s="3" t="n">
-        <x:v>335476</x:v>
+        <x:v>344485</x:v>
       </x:c>
       <x:c r="DV50" s="3" t="n">
-        <x:v>321638</x:v>
+        <x:v>332736</x:v>
       </x:c>
       <x:c r="DW50" s="3" t="n">
-        <x:v>325219</x:v>
+        <x:v>336316</x:v>
       </x:c>
       <x:c r="DX50" s="3" t="n">
-        <x:v>327036</x:v>
+        <x:v>338133</x:v>
       </x:c>
       <x:c r="DY50" s="3" t="n">
-        <x:v>327334</x:v>
+        <x:v>338431</x:v>
       </x:c>
       <x:c r="DZ50" s="3" t="n">
-        <x:v>336572</x:v>
+        <x:v>349097</x:v>
       </x:c>
       <x:c r="EA50" s="3" t="n">
-        <x:v>338742</x:v>
+        <x:v>351266</x:v>
       </x:c>
       <x:c r="EB50" s="3" t="n">
-        <x:v>345697</x:v>
+        <x:v>358221</x:v>
       </x:c>
       <x:c r="EC50" s="3" t="n">
-        <x:v>347972</x:v>
+        <x:v>360496</x:v>
       </x:c>
       <x:c r="ED50" s="3" t="n">
-        <x:v>345244</x:v>
+        <x:v>359878</x:v>
       </x:c>
       <x:c r="EE50" s="3" t="n">
-        <x:v>352695</x:v>
+        <x:v>367329</x:v>
       </x:c>
       <x:c r="EF50" s="3" t="n">
-        <x:v>356901</x:v>
+        <x:v>371535</x:v>
       </x:c>
       <x:c r="EG50" s="3" t="n">
-        <x:v>357819</x:v>
+        <x:v>372453</x:v>
       </x:c>
       <x:c r="EH50" s="3" t="n">
-        <x:v>371499</x:v>
+        <x:v>387665</x:v>
       </x:c>
       <x:c r="EI50" s="3" t="n">
-        <x:v>373060</x:v>
+        <x:v>389226</x:v>
       </x:c>
       <x:c r="EJ50" s="3" t="n">
-        <x:v>376753</x:v>
+        <x:v>392919</x:v>
       </x:c>
       <x:c r="EK50" s="3" t="n">
-        <x:v>383905</x:v>
+        <x:v>400071</x:v>
       </x:c>
       <x:c r="EL50" s="3" t="n">
-        <x:v>391194</x:v>
+        <x:v>409970</x:v>
       </x:c>
       <x:c r="EM50" s="3" t="n">
-        <x:v>395714</x:v>
+        <x:v>414491</x:v>
       </x:c>
       <x:c r="EN50" s="3" t="n">
-        <x:v>400065</x:v>
+        <x:v>418841</x:v>
       </x:c>
       <x:c r="EO50" s="3" t="n">
-        <x:v>403934</x:v>
+        <x:v>422711</x:v>
       </x:c>
       <x:c r="EP50" s="3" t="n">
-        <x:v>406837</x:v>
+        <x:v>427658</x:v>
       </x:c>
       <x:c r="EQ50" s="3" t="n">
-        <x:v>413820</x:v>
+        <x:v>434641</x:v>
       </x:c>
       <x:c r="ER50" s="3" t="n">
-        <x:v>420940</x:v>
+        <x:v>441761</x:v>
       </x:c>
       <x:c r="ES50" s="3" t="n">
-        <x:v>425168</x:v>
+        <x:v>445989</x:v>
       </x:c>
       <x:c r="ET50" s="3" t="n">
-        <x:v>424584</x:v>
+        <x:v>448693</x:v>
       </x:c>
       <x:c r="EU50" s="3" t="n">
-        <x:v>427966</x:v>
+        <x:v>452074</x:v>
       </x:c>
       <x:c r="EV50" s="3" t="n">
-        <x:v>429346</x:v>
+        <x:v>453455</x:v>
       </x:c>
       <x:c r="EW50" s="3" t="n">
-        <x:v>428078</x:v>
+        <x:v>452186</x:v>
       </x:c>
       <x:c r="EX50" s="3" t="n">
-        <x:v>432218</x:v>
+        <x:v>457020</x:v>
       </x:c>
       <x:c r="EY50" s="3" t="n">
-        <x:v>431141</x:v>
+        <x:v>455159</x:v>
       </x:c>
       <x:c r="EZ50" s="3" t="n">
-        <x:v>438965</x:v>
+        <x:v>463851</x:v>
       </x:c>
       <x:c r="FA50" s="3" t="n">
-        <x:v>441440</x:v>
+        <x:v>466693</x:v>
       </x:c>
       <x:c r="FB50" s="3" t="n">
-        <x:v>446534</x:v>
+        <x:v>473437</x:v>
       </x:c>
       <x:c r="FC50" s="3" t="n">
-        <x:v>453462</x:v>
+        <x:v>481611</x:v>
       </x:c>
       <x:c r="FD50" s="3" t="n">
-        <x:v>455513</x:v>
+        <x:v>482714</x:v>
       </x:c>
       <x:c r="FE50" s="3" t="n">
-        <x:v>458534</x:v>
+        <x:v>485691</x:v>
       </x:c>
       <x:c r="FF50" s="3" t="n">
-        <x:v>465711</x:v>
+        <x:v>493363</x:v>
       </x:c>
       <x:c r="FG50" s="3" t="n">
-        <x:v>470811</x:v>
+        <x:v>498319</x:v>
       </x:c>
       <x:c r="FH50" s="3" t="n">
-        <x:v>475901</x:v>
+        <x:v>503185</x:v>
       </x:c>
       <x:c r="FI50" s="3" t="n">
-        <x:v>493129</x:v>
+        <x:v>525639</x:v>
       </x:c>
       <x:c r="FJ50" s="3" t="n">
-        <x:v>492546</x:v>
+        <x:v>521936</x:v>
       </x:c>
       <x:c r="FK50" s="3" t="n">
-        <x:v>500716</x:v>
+        <x:v>533876</x:v>
       </x:c>
       <x:c r="FL50" s="3" t="n">
-        <x:v>504848</x:v>
+        <x:v>538544</x:v>
       </x:c>
       <x:c r="FM50" s="3" t="n">
-        <x:v>506854</x:v>
+        <x:v>542769</x:v>
       </x:c>
       <x:c r="FN50" s="3" t="n">
-        <x:v>505605</x:v>
+        <x:v>539447</x:v>
       </x:c>
       <x:c r="FO50" s="3" t="n">
-        <x:v>469062</x:v>
+        <x:v>502032</x:v>
       </x:c>
       <x:c r="FP50" s="3" t="n">
-        <x:v>491345</x:v>
+        <x:v>524689</x:v>
       </x:c>
       <x:c r="FQ50" s="3" t="n">
-        <x:v>496611</x:v>
+        <x:v>529604</x:v>
       </x:c>
       <x:c r="FR50" s="3" t="n">
-        <x:v>506082</x:v>
+        <x:v>539493</x:v>
       </x:c>
       <x:c r="FS50" s="3" t="n">
-        <x:v>524024</x:v>
+        <x:v>557873</x:v>
       </x:c>
       <x:c r="FT50" s="3" t="n">
-        <x:v>547235</x:v>
+        <x:v>583391</x:v>
       </x:c>
       <x:c r="FU50" s="3" t="n">
-        <x:v>564223</x:v>
+        <x:v>606941</x:v>
       </x:c>
       <x:c r="FV50" s="3" t="n">
-        <x:v>584299</x:v>
+        <x:v>630915</x:v>
       </x:c>
       <x:c r="FW50" s="3" t="n">
-        <x:v>610422</x:v>
+        <x:v>661512</x:v>
       </x:c>
       <x:c r="FX50" s="3" t="n">
-        <x:v>634008</x:v>
+        <x:v>679059</x:v>
       </x:c>
       <x:c r="FY50" s="3" t="n">
-        <x:v>635729</x:v>
+        <x:v>681581</x:v>
       </x:c>
       <x:c r="FZ50" s="3" t="n">
-        <x:v>636572</x:v>
+        <x:v>680281</x:v>
       </x:c>
       <x:c r="GA50" s="3" t="n">
-        <x:v>645977</x:v>
+        <x:v>682027</x:v>
       </x:c>
       <x:c r="GB50" s="3" t="n">
-        <x:v>648362</x:v>
+        <x:v>681538</x:v>
       </x:c>
       <x:c r="GC50" s="3" t="n">
-        <x:v>655738</x:v>
+        <x:v>690421</x:v>
       </x:c>
       <x:c r="GD50" s="3" t="n">
-        <x:v>661547</x:v>
+        <x:v>696775</x:v>
       </x:c>
       <x:c r="GE50" s="3" t="n">
-        <x:v>665598</x:v>
+        <x:v>703648</x:v>
       </x:c>
       <x:c r="GF50" s="3" t="n">
-        <x:v>676012</x:v>
+        <x:v>711825</x:v>
       </x:c>
       <x:c r="GG50" s="3" t="n">
-        <x:v>677000</x:v>
+        <x:v>711092</x:v>
       </x:c>
       <x:c r="GH50" s="3" t="n">
-        <x:v>695507</x:v>
+        <x:v>731512</x:v>
       </x:c>
       <x:c r="GI50" s="3" t="n">
-        <x:v>702347</x:v>
+        <x:v>738304</x:v>
+      </x:c>
+      <x:c r="GJ50" s="3" t="n">
+        <x:v>742334</x:v>
       </x:c>
     </x:row>
-    <x:row r="51" spans="1:191">
+    <x:row r="51" spans="1:192">
       <x:c r="A51" s="2" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
         <x:v>7922</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>9261</x:v>
       </x:c>
       <x:c r="D51" s="3" t="n">
         <x:v>9481</x:v>
       </x:c>
       <x:c r="E51" s="3" t="n">
         <x:v>10424</x:v>
       </x:c>
       <x:c r="F51" s="3" t="n">
         <x:v>10493</x:v>
       </x:c>
       <x:c r="G51" s="3" t="n">
         <x:v>10582</x:v>
       </x:c>
       <x:c r="H51" s="3" t="n">
         <x:v>10938</x:v>
       </x:c>
       <x:c r="I51" s="3" t="n">
         <x:v>11194</x:v>
       </x:c>
@@ -28546,347 +28690,350 @@
       <x:c r="CH51" s="3" t="n">
         <x:v>31803</x:v>
       </x:c>
       <x:c r="CI51" s="3" t="n">
         <x:v>31446</x:v>
       </x:c>
       <x:c r="CJ51" s="3" t="n">
         <x:v>32988</x:v>
       </x:c>
       <x:c r="CK51" s="3" t="n">
         <x:v>34393</x:v>
       </x:c>
       <x:c r="CL51" s="3" t="n">
         <x:v>33650</x:v>
       </x:c>
       <x:c r="CM51" s="3" t="n">
         <x:v>34519</x:v>
       </x:c>
       <x:c r="CN51" s="3" t="n">
         <x:v>35162</x:v>
       </x:c>
       <x:c r="CO51" s="3" t="n">
         <x:v>34731</x:v>
       </x:c>
       <x:c r="CP51" s="3" t="n">
-        <x:v>35976</x:v>
+        <x:v>36019</x:v>
       </x:c>
       <x:c r="CQ51" s="3" t="n">
-        <x:v>35510</x:v>
+        <x:v>35552</x:v>
       </x:c>
       <x:c r="CR51" s="3" t="n">
-        <x:v>35782</x:v>
+        <x:v>35824</x:v>
       </x:c>
       <x:c r="CS51" s="3" t="n">
-        <x:v>37314</x:v>
+        <x:v>37357</x:v>
       </x:c>
       <x:c r="CT51" s="3" t="n">
-        <x:v>36101</x:v>
+        <x:v>36159</x:v>
       </x:c>
       <x:c r="CU51" s="3" t="n">
-        <x:v>37267</x:v>
+        <x:v>37326</x:v>
       </x:c>
       <x:c r="CV51" s="3" t="n">
-        <x:v>35823</x:v>
+        <x:v>35882</x:v>
       </x:c>
       <x:c r="CW51" s="3" t="n">
-        <x:v>34991</x:v>
+        <x:v>35050</x:v>
       </x:c>
       <x:c r="CX51" s="3" t="n">
-        <x:v>35171</x:v>
+        <x:v>35343</x:v>
       </x:c>
       <x:c r="CY51" s="3" t="n">
-        <x:v>38198</x:v>
+        <x:v>38370</x:v>
       </x:c>
       <x:c r="CZ51" s="3" t="n">
-        <x:v>37581</x:v>
+        <x:v>37753</x:v>
       </x:c>
       <x:c r="DA51" s="3" t="n">
-        <x:v>37877</x:v>
+        <x:v>38049</x:v>
       </x:c>
       <x:c r="DB51" s="3" t="n">
-        <x:v>38417</x:v>
+        <x:v>38668</x:v>
       </x:c>
       <x:c r="DC51" s="3" t="n">
-        <x:v>38606</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="DD51" s="3" t="n">
-        <x:v>40064</x:v>
+        <x:v>40315</x:v>
       </x:c>
       <x:c r="DE51" s="3" t="n">
-        <x:v>41094</x:v>
+        <x:v>41345</x:v>
       </x:c>
       <x:c r="DF51" s="3" t="n">
-        <x:v>41427</x:v>
+        <x:v>41820</x:v>
       </x:c>
       <x:c r="DG51" s="3" t="n">
-        <x:v>41858</x:v>
+        <x:v>42251</x:v>
       </x:c>
       <x:c r="DH51" s="3" t="n">
-        <x:v>41183</x:v>
+        <x:v>41577</x:v>
       </x:c>
       <x:c r="DI51" s="3" t="n">
-        <x:v>43711</x:v>
+        <x:v>44105</x:v>
       </x:c>
       <x:c r="DJ51" s="3" t="n">
-        <x:v>46183</x:v>
+        <x:v>46576</x:v>
       </x:c>
       <x:c r="DK51" s="3" t="n">
-        <x:v>46740</x:v>
+        <x:v>47133</x:v>
       </x:c>
       <x:c r="DL51" s="3" t="n">
-        <x:v>48156</x:v>
+        <x:v>48549</x:v>
       </x:c>
       <x:c r="DM51" s="3" t="n">
-        <x:v>48763</x:v>
+        <x:v>49156</x:v>
       </x:c>
       <x:c r="DN51" s="3" t="n">
-        <x:v>50371</x:v>
+        <x:v>51031</x:v>
       </x:c>
       <x:c r="DO51" s="3" t="n">
-        <x:v>50814</x:v>
+        <x:v>51474</x:v>
       </x:c>
       <x:c r="DP51" s="3" t="n">
-        <x:v>50461</x:v>
+        <x:v>51121</x:v>
       </x:c>
       <x:c r="DQ51" s="3" t="n">
-        <x:v>49918</x:v>
+        <x:v>50579</x:v>
       </x:c>
       <x:c r="DR51" s="3" t="n">
-        <x:v>51132</x:v>
+        <x:v>51839</x:v>
       </x:c>
       <x:c r="DS51" s="3" t="n">
-        <x:v>53003</x:v>
+        <x:v>53710</x:v>
       </x:c>
       <x:c r="DT51" s="3" t="n">
-        <x:v>53306</x:v>
+        <x:v>54013</x:v>
       </x:c>
       <x:c r="DU51" s="3" t="n">
-        <x:v>53056</x:v>
+        <x:v>53762</x:v>
       </x:c>
       <x:c r="DV51" s="3" t="n">
-        <x:v>47162</x:v>
+        <x:v>47968</x:v>
       </x:c>
       <x:c r="DW51" s="3" t="n">
-        <x:v>46276</x:v>
+        <x:v>47082</x:v>
       </x:c>
       <x:c r="DX51" s="3" t="n">
-        <x:v>46773</x:v>
+        <x:v>47579</x:v>
       </x:c>
       <x:c r="DY51" s="3" t="n">
-        <x:v>46301</x:v>
+        <x:v>47107</x:v>
       </x:c>
       <x:c r="DZ51" s="3" t="n">
-        <x:v>47168</x:v>
+        <x:v>48002</x:v>
       </x:c>
       <x:c r="EA51" s="3" t="n">
-        <x:v>48522</x:v>
+        <x:v>49355</x:v>
       </x:c>
       <x:c r="EB51" s="3" t="n">
-        <x:v>49030</x:v>
+        <x:v>49863</x:v>
       </x:c>
       <x:c r="EC51" s="3" t="n">
-        <x:v>49416</x:v>
+        <x:v>50250</x:v>
       </x:c>
       <x:c r="ED51" s="3" t="n">
-        <x:v>48853</x:v>
+        <x:v>49616</x:v>
       </x:c>
       <x:c r="EE51" s="3" t="n">
-        <x:v>49079</x:v>
+        <x:v>49843</x:v>
       </x:c>
       <x:c r="EF51" s="3" t="n">
-        <x:v>50157</x:v>
+        <x:v>50921</x:v>
       </x:c>
       <x:c r="EG51" s="3" t="n">
-        <x:v>49041</x:v>
+        <x:v>49805</x:v>
       </x:c>
       <x:c r="EH51" s="3" t="n">
-        <x:v>51561</x:v>
+        <x:v>52324</x:v>
       </x:c>
       <x:c r="EI51" s="3" t="n">
-        <x:v>51592</x:v>
+        <x:v>52355</x:v>
       </x:c>
       <x:c r="EJ51" s="3" t="n">
-        <x:v>51478</x:v>
+        <x:v>52241</x:v>
       </x:c>
       <x:c r="EK51" s="3" t="n">
-        <x:v>50747</x:v>
+        <x:v>51511</x:v>
       </x:c>
       <x:c r="EL51" s="3" t="n">
-        <x:v>51558</x:v>
+        <x:v>52305</x:v>
       </x:c>
       <x:c r="EM51" s="3" t="n">
-        <x:v>53676</x:v>
+        <x:v>54423</x:v>
       </x:c>
       <x:c r="EN51" s="3" t="n">
-        <x:v>53933</x:v>
+        <x:v>54681</x:v>
       </x:c>
       <x:c r="EO51" s="3" t="n">
-        <x:v>53670</x:v>
+        <x:v>54418</x:v>
       </x:c>
       <x:c r="EP51" s="3" t="n">
-        <x:v>53154</x:v>
+        <x:v>53818</x:v>
       </x:c>
       <x:c r="EQ51" s="3" t="n">
-        <x:v>55425</x:v>
+        <x:v>56088</x:v>
       </x:c>
       <x:c r="ER51" s="3" t="n">
-        <x:v>56359</x:v>
+        <x:v>57022</x:v>
       </x:c>
       <x:c r="ES51" s="3" t="n">
-        <x:v>57757</x:v>
+        <x:v>58420</x:v>
       </x:c>
       <x:c r="ET51" s="3" t="n">
-        <x:v>57222</x:v>
+        <x:v>58318</x:v>
       </x:c>
       <x:c r="EU51" s="3" t="n">
-        <x:v>56199</x:v>
+        <x:v>57295</x:v>
       </x:c>
       <x:c r="EV51" s="3" t="n">
-        <x:v>55792</x:v>
+        <x:v>56888</x:v>
       </x:c>
       <x:c r="EW51" s="3" t="n">
-        <x:v>54216</x:v>
+        <x:v>55313</x:v>
       </x:c>
       <x:c r="EX51" s="3" t="n">
-        <x:v>55617</x:v>
+        <x:v>57229</x:v>
       </x:c>
       <x:c r="EY51" s="3" t="n">
-        <x:v>51301</x:v>
+        <x:v>51280</x:v>
       </x:c>
       <x:c r="EZ51" s="3" t="n">
-        <x:v>55189</x:v>
+        <x:v>56332</x:v>
       </x:c>
       <x:c r="FA51" s="3" t="n">
-        <x:v>52282</x:v>
+        <x:v>52574</x:v>
       </x:c>
       <x:c r="FB51" s="3" t="n">
-        <x:v>54991</x:v>
+        <x:v>56465</x:v>
       </x:c>
       <x:c r="FC51" s="3" t="n">
-        <x:v>56468</x:v>
+        <x:v>58139</x:v>
       </x:c>
       <x:c r="FD51" s="3" t="n">
-        <x:v>55296</x:v>
+        <x:v>56217</x:v>
       </x:c>
       <x:c r="FE51" s="3" t="n">
-        <x:v>55073</x:v>
+        <x:v>55160</x:v>
       </x:c>
       <x:c r="FF51" s="3" t="n">
-        <x:v>55545</x:v>
+        <x:v>56211</x:v>
       </x:c>
       <x:c r="FG51" s="3" t="n">
-        <x:v>54732</x:v>
+        <x:v>54400</x:v>
       </x:c>
       <x:c r="FH51" s="3" t="n">
-        <x:v>54732</x:v>
+        <x:v>54658</x:v>
       </x:c>
       <x:c r="FI51" s="3" t="n">
-        <x:v>62171</x:v>
+        <x:v>66295</x:v>
       </x:c>
       <x:c r="FJ51" s="3" t="n">
-        <x:v>55676</x:v>
+        <x:v>54695</x:v>
       </x:c>
       <x:c r="FK51" s="3" t="n">
-        <x:v>60263</x:v>
+        <x:v>61684</x:v>
       </x:c>
       <x:c r="FL51" s="3" t="n">
-        <x:v>60836</x:v>
+        <x:v>62881</x:v>
       </x:c>
       <x:c r="FM51" s="3" t="n">
-        <x:v>59048</x:v>
+        <x:v>60741</x:v>
       </x:c>
       <x:c r="FN51" s="3" t="n">
-        <x:v>60098</x:v>
+        <x:v>61206</x:v>
       </x:c>
       <x:c r="FO51" s="3" t="n">
-        <x:v>57272</x:v>
+        <x:v>58167</x:v>
       </x:c>
       <x:c r="FP51" s="3" t="n">
-        <x:v>59332</x:v>
+        <x:v>60285</x:v>
       </x:c>
       <x:c r="FQ51" s="3" t="n">
-        <x:v>59949</x:v>
+        <x:v>61170</x:v>
       </x:c>
       <x:c r="FR51" s="3" t="n">
-        <x:v>59354</x:v>
+        <x:v>59986</x:v>
       </x:c>
       <x:c r="FS51" s="3" t="n">
-        <x:v>64053</x:v>
+        <x:v>64806</x:v>
       </x:c>
       <x:c r="FT51" s="3" t="n">
-        <x:v>65411</x:v>
+        <x:v>66595</x:v>
       </x:c>
       <x:c r="FU51" s="3" t="n">
-        <x:v>62465</x:v>
+        <x:v>64647</x:v>
       </x:c>
       <x:c r="FV51" s="3" t="n">
-        <x:v>68207</x:v>
+        <x:v>69226</x:v>
       </x:c>
       <x:c r="FW51" s="3" t="n">
-        <x:v>71363</x:v>
+        <x:v>73007</x:v>
       </x:c>
       <x:c r="FX51" s="3" t="n">
-        <x:v>69868</x:v>
+        <x:v>70849</x:v>
       </x:c>
       <x:c r="FY51" s="3" t="n">
-        <x:v>77888</x:v>
+        <x:v>78044</x:v>
       </x:c>
       <x:c r="FZ51" s="3" t="n">
-        <x:v>78396</x:v>
+        <x:v>77746</x:v>
       </x:c>
       <x:c r="GA51" s="3" t="n">
-        <x:v>78890</x:v>
+        <x:v>76197</x:v>
       </x:c>
       <x:c r="GB51" s="3" t="n">
-        <x:v>80833</x:v>
+        <x:v>78050</x:v>
       </x:c>
       <x:c r="GC51" s="3" t="n">
-        <x:v>78862</x:v>
+        <x:v>76583</x:v>
       </x:c>
       <x:c r="GD51" s="3" t="n">
-        <x:v>79344</x:v>
+        <x:v>76940</x:v>
       </x:c>
       <x:c r="GE51" s="3" t="n">
-        <x:v>80803</x:v>
+        <x:v>78798</x:v>
       </x:c>
       <x:c r="GF51" s="3" t="n">
-        <x:v>84597</x:v>
+        <x:v>81708</x:v>
       </x:c>
       <x:c r="GG51" s="3" t="n">
-        <x:v>84899</x:v>
+        <x:v>78519</x:v>
       </x:c>
       <x:c r="GH51" s="3" t="n">
-        <x:v>87722</x:v>
+        <x:v>82719</x:v>
       </x:c>
       <x:c r="GI51" s="3" t="n">
-        <x:v>93479</x:v>
+        <x:v>86519</x:v>
+      </x:c>
+      <x:c r="GJ51" s="3" t="n">
+        <x:v>80466</x:v>
       </x:c>
     </x:row>
-    <x:row r="52" spans="1:191">
+    <x:row r="52" spans="1:192">
       <x:c r="A52" s="2" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
         <x:v>7166</x:v>
       </x:c>
       <x:c r="C52" s="3" t="n">
         <x:v>7541</x:v>
       </x:c>
       <x:c r="D52" s="3" t="n">
         <x:v>7917</x:v>
       </x:c>
       <x:c r="E52" s="3" t="n">
         <x:v>7883</x:v>
       </x:c>
       <x:c r="F52" s="3" t="n">
         <x:v>7352</x:v>
       </x:c>
       <x:c r="G52" s="3" t="n">
         <x:v>7652</x:v>
       </x:c>
       <x:c r="H52" s="3" t="n">
         <x:v>7507</x:v>
       </x:c>
       <x:c r="I52" s="3" t="n">
         <x:v>7877</x:v>
       </x:c>
@@ -29085,958 +29232,964 @@
       <x:c r="BV52" s="3" t="n">
         <x:v>20856</x:v>
       </x:c>
       <x:c r="BW52" s="3" t="n">
         <x:v>19927</x:v>
       </x:c>
       <x:c r="BX52" s="3" t="n">
         <x:v>20018</x:v>
       </x:c>
       <x:c r="BY52" s="3" t="n">
         <x:v>21438</x:v>
       </x:c>
       <x:c r="BZ52" s="3" t="n">
         <x:v>21254</x:v>
       </x:c>
       <x:c r="CA52" s="3" t="n">
         <x:v>22367</x:v>
       </x:c>
       <x:c r="CB52" s="3" t="n">
         <x:v>23501</x:v>
       </x:c>
       <x:c r="CC52" s="3" t="n">
         <x:v>23270</x:v>
       </x:c>
       <x:c r="CD52" s="3" t="n">
-        <x:v>23564</x:v>
+        <x:v>23387</x:v>
       </x:c>
       <x:c r="CE52" s="3" t="n">
-        <x:v>24554</x:v>
+        <x:v>24377</x:v>
       </x:c>
       <x:c r="CF52" s="3" t="n">
-        <x:v>25418</x:v>
+        <x:v>25242</x:v>
       </x:c>
       <x:c r="CG52" s="3" t="n">
-        <x:v>25196</x:v>
+        <x:v>25020</x:v>
       </x:c>
       <x:c r="CH52" s="3" t="n">
-        <x:v>24409</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="CI52" s="3" t="n">
-        <x:v>23696</x:v>
+        <x:v>23518</x:v>
       </x:c>
       <x:c r="CJ52" s="3" t="n">
-        <x:v>24778</x:v>
+        <x:v>24600</x:v>
       </x:c>
       <x:c r="CK52" s="3" t="n">
-        <x:v>25075</x:v>
+        <x:v>24898</x:v>
       </x:c>
       <x:c r="CL52" s="3" t="n">
-        <x:v>25666</x:v>
+        <x:v>25496</x:v>
       </x:c>
       <x:c r="CM52" s="3" t="n">
-        <x:v>26405</x:v>
+        <x:v>26235</x:v>
       </x:c>
       <x:c r="CN52" s="3" t="n">
-        <x:v>25076</x:v>
+        <x:v>24905</x:v>
       </x:c>
       <x:c r="CO52" s="3" t="n">
-        <x:v>26199</x:v>
+        <x:v>26029</x:v>
       </x:c>
       <x:c r="CP52" s="3" t="n">
-        <x:v>26749</x:v>
+        <x:v>26546</x:v>
       </x:c>
       <x:c r="CQ52" s="3" t="n">
-        <x:v>27207</x:v>
+        <x:v>27004</x:v>
       </x:c>
       <x:c r="CR52" s="3" t="n">
-        <x:v>26959</x:v>
+        <x:v>26756</x:v>
       </x:c>
       <x:c r="CS52" s="3" t="n">
-        <x:v>27912</x:v>
+        <x:v>27709</x:v>
       </x:c>
       <x:c r="CT52" s="3" t="n">
-        <x:v>27712</x:v>
+        <x:v>27416</x:v>
       </x:c>
       <x:c r="CU52" s="3" t="n">
-        <x:v>27782</x:v>
+        <x:v>27486</x:v>
       </x:c>
       <x:c r="CV52" s="3" t="n">
-        <x:v>30282</x:v>
+        <x:v>29986</x:v>
       </x:c>
       <x:c r="CW52" s="3" t="n">
-        <x:v>30826</x:v>
+        <x:v>30530</x:v>
       </x:c>
       <x:c r="CX52" s="3" t="n">
-        <x:v>31296</x:v>
+        <x:v>30935</x:v>
       </x:c>
       <x:c r="CY52" s="3" t="n">
-        <x:v>28775</x:v>
+        <x:v>28414</x:v>
       </x:c>
       <x:c r="CZ52" s="3" t="n">
-        <x:v>29990</x:v>
+        <x:v>29629</x:v>
       </x:c>
       <x:c r="DA52" s="3" t="n">
-        <x:v>31138</x:v>
+        <x:v>30777</x:v>
       </x:c>
       <x:c r="DB52" s="3" t="n">
-        <x:v>31599</x:v>
+        <x:v>31186</x:v>
       </x:c>
       <x:c r="DC52" s="3" t="n">
-        <x:v>33067</x:v>
+        <x:v>32654</x:v>
       </x:c>
       <x:c r="DD52" s="3" t="n">
-        <x:v>34664</x:v>
+        <x:v>34251</x:v>
       </x:c>
       <x:c r="DE52" s="3" t="n">
-        <x:v>33890</x:v>
+        <x:v>33477</x:v>
       </x:c>
       <x:c r="DF52" s="3" t="n">
-        <x:v>35483</x:v>
+        <x:v>35061</x:v>
       </x:c>
       <x:c r="DG52" s="3" t="n">
-        <x:v>38668</x:v>
+        <x:v>38246</x:v>
       </x:c>
       <x:c r="DH52" s="3" t="n">
-        <x:v>39256</x:v>
+        <x:v>38835</x:v>
       </x:c>
       <x:c r="DI52" s="3" t="n">
-        <x:v>40376</x:v>
+        <x:v>39955</x:v>
       </x:c>
       <x:c r="DJ52" s="3" t="n">
-        <x:v>42629</x:v>
+        <x:v>42154</x:v>
       </x:c>
       <x:c r="DK52" s="3" t="n">
-        <x:v>44894</x:v>
+        <x:v>44419</x:v>
       </x:c>
       <x:c r="DL52" s="3" t="n">
-        <x:v>44802</x:v>
+        <x:v>44327</x:v>
       </x:c>
       <x:c r="DM52" s="3" t="n">
-        <x:v>44613</x:v>
+        <x:v>44138</x:v>
       </x:c>
       <x:c r="DN52" s="3" t="n">
-        <x:v>45704</x:v>
+        <x:v>45170</x:v>
       </x:c>
       <x:c r="DO52" s="3" t="n">
-        <x:v>45413</x:v>
+        <x:v>44879</x:v>
       </x:c>
       <x:c r="DP52" s="3" t="n">
-        <x:v>45840</x:v>
+        <x:v>45306</x:v>
       </x:c>
       <x:c r="DQ52" s="3" t="n">
-        <x:v>49534</x:v>
+        <x:v>48999</x:v>
       </x:c>
       <x:c r="DR52" s="3" t="n">
-        <x:v>51043</x:v>
+        <x:v>50484</x:v>
       </x:c>
       <x:c r="DS52" s="3" t="n">
-        <x:v>50330</x:v>
+        <x:v>49771</x:v>
       </x:c>
       <x:c r="DT52" s="3" t="n">
-        <x:v>54045</x:v>
+        <x:v>53485</x:v>
       </x:c>
       <x:c r="DU52" s="3" t="n">
-        <x:v>53091</x:v>
+        <x:v>52532</x:v>
       </x:c>
       <x:c r="DV52" s="3" t="n">
-        <x:v>50374</x:v>
+        <x:v>49785</x:v>
       </x:c>
       <x:c r="DW52" s="3" t="n">
-        <x:v>49547</x:v>
+        <x:v>48958</x:v>
       </x:c>
       <x:c r="DX52" s="3" t="n">
-        <x:v>51083</x:v>
+        <x:v>50493</x:v>
       </x:c>
       <x:c r="DY52" s="3" t="n">
-        <x:v>50999</x:v>
+        <x:v>50410</x:v>
       </x:c>
       <x:c r="DZ52" s="3" t="n">
-        <x:v>55001</x:v>
+        <x:v>54338</x:v>
       </x:c>
       <x:c r="EA52" s="3" t="n">
-        <x:v>53705</x:v>
+        <x:v>53043</x:v>
       </x:c>
       <x:c r="EB52" s="3" t="n">
-        <x:v>55017</x:v>
+        <x:v>54354</x:v>
       </x:c>
       <x:c r="EC52" s="3" t="n">
-        <x:v>58359</x:v>
+        <x:v>57697</x:v>
       </x:c>
       <x:c r="ED52" s="3" t="n">
-        <x:v>56783</x:v>
+        <x:v>56001</x:v>
       </x:c>
       <x:c r="EE52" s="3" t="n">
-        <x:v>57707</x:v>
+        <x:v>56925</x:v>
       </x:c>
       <x:c r="EF52" s="3" t="n">
-        <x:v>57717</x:v>
+        <x:v>56935</x:v>
       </x:c>
       <x:c r="EG52" s="3" t="n">
-        <x:v>55552</x:v>
+        <x:v>54771</x:v>
       </x:c>
       <x:c r="EH52" s="3" t="n">
-        <x:v>61629</x:v>
+        <x:v>60745</x:v>
       </x:c>
       <x:c r="EI52" s="3" t="n">
-        <x:v>59516</x:v>
+        <x:v>58632</x:v>
       </x:c>
       <x:c r="EJ52" s="3" t="n">
-        <x:v>57349</x:v>
+        <x:v>56466</x:v>
       </x:c>
       <x:c r="EK52" s="3" t="n">
-        <x:v>60373</x:v>
+        <x:v>59490</x:v>
       </x:c>
       <x:c r="EL52" s="3" t="n">
-        <x:v>61178</x:v>
+        <x:v>60176</x:v>
       </x:c>
       <x:c r="EM52" s="3" t="n">
-        <x:v>63325</x:v>
+        <x:v>62323</x:v>
       </x:c>
       <x:c r="EN52" s="3" t="n">
-        <x:v>63999</x:v>
+        <x:v>62997</x:v>
       </x:c>
       <x:c r="EO52" s="3" t="n">
-        <x:v>65371</x:v>
+        <x:v>64369</x:v>
       </x:c>
       <x:c r="EP52" s="3" t="n">
-        <x:v>63639</x:v>
+        <x:v>62566</x:v>
       </x:c>
       <x:c r="EQ52" s="3" t="n">
-        <x:v>66320</x:v>
+        <x:v>65247</x:v>
       </x:c>
       <x:c r="ER52" s="3" t="n">
-        <x:v>69286</x:v>
+        <x:v>68214</x:v>
       </x:c>
       <x:c r="ES52" s="3" t="n">
-        <x:v>67860</x:v>
+        <x:v>66788</x:v>
       </x:c>
       <x:c r="ET52" s="3" t="n">
-        <x:v>66196</x:v>
+        <x:v>64937</x:v>
       </x:c>
       <x:c r="EU52" s="3" t="n">
-        <x:v>68529</x:v>
+        <x:v>67271</x:v>
       </x:c>
       <x:c r="EV52" s="3" t="n">
-        <x:v>71068</x:v>
+        <x:v>69809</x:v>
       </x:c>
       <x:c r="EW52" s="3" t="n">
-        <x:v>69767</x:v>
+        <x:v>68508</x:v>
       </x:c>
       <x:c r="EX52" s="3" t="n">
-        <x:v>72488</x:v>
+        <x:v>71240</x:v>
       </x:c>
       <x:c r="EY52" s="3" t="n">
-        <x:v>74780</x:v>
+        <x:v>73810</x:v>
       </x:c>
       <x:c r="EZ52" s="3" t="n">
-        <x:v>76875</x:v>
+        <x:v>74988</x:v>
       </x:c>
       <x:c r="FA52" s="3" t="n">
-        <x:v>80551</x:v>
+        <x:v>79110</x:v>
       </x:c>
       <x:c r="FB52" s="3" t="n">
-        <x:v>80703</x:v>
+        <x:v>79302</x:v>
       </x:c>
       <x:c r="FC52" s="3" t="n">
-        <x:v>81190</x:v>
+        <x:v>80097</x:v>
       </x:c>
       <x:c r="FD52" s="3" t="n">
-        <x:v>81087</x:v>
+        <x:v>79010</x:v>
       </x:c>
       <x:c r="FE52" s="3" t="n">
-        <x:v>80447</x:v>
+        <x:v>78896</x:v>
       </x:c>
       <x:c r="FF52" s="3" t="n">
-        <x:v>86110</x:v>
+        <x:v>84538</x:v>
       </x:c>
       <x:c r="FG52" s="3" t="n">
-        <x:v>87092</x:v>
+        <x:v>85934</x:v>
       </x:c>
       <x:c r="FH52" s="3" t="n">
-        <x:v>88623</x:v>
+        <x:v>86311</x:v>
       </x:c>
       <x:c r="FI52" s="3" t="n">
-        <x:v>91116</x:v>
+        <x:v>89173</x:v>
       </x:c>
       <x:c r="FJ52" s="3" t="n">
-        <x:v>90484</x:v>
+        <x:v>88605</x:v>
       </x:c>
       <x:c r="FK52" s="3" t="n">
-        <x:v>90276</x:v>
+        <x:v>88828</x:v>
       </x:c>
       <x:c r="FL52" s="3" t="n">
-        <x:v>90019</x:v>
+        <x:v>87256</x:v>
       </x:c>
       <x:c r="FM52" s="3" t="n">
-        <x:v>88718</x:v>
+        <x:v>86887</x:v>
       </x:c>
       <x:c r="FN52" s="3" t="n">
-        <x:v>86172</x:v>
+        <x:v>84627</x:v>
       </x:c>
       <x:c r="FO52" s="3" t="n">
-        <x:v>80084</x:v>
+        <x:v>79052</x:v>
       </x:c>
       <x:c r="FP52" s="3" t="n">
-        <x:v>81144</x:v>
+        <x:v>78308</x:v>
       </x:c>
       <x:c r="FQ52" s="3" t="n">
-        <x:v>83288</x:v>
+        <x:v>80581</x:v>
       </x:c>
       <x:c r="FR52" s="3" t="n">
-        <x:v>92528</x:v>
+        <x:v>89159</x:v>
       </x:c>
       <x:c r="FS52" s="3" t="n">
-        <x:v>97058</x:v>
+        <x:v>94312</x:v>
       </x:c>
       <x:c r="FT52" s="3" t="n">
-        <x:v>107164</x:v>
+        <x:v>104502</x:v>
       </x:c>
       <x:c r="FU52" s="3" t="n">
-        <x:v>116326</x:v>
+        <x:v>116149</x:v>
       </x:c>
       <x:c r="FV52" s="3" t="n">
-        <x:v>120954</x:v>
+        <x:v>122034</x:v>
       </x:c>
       <x:c r="FW52" s="3" t="n">
-        <x:v>132231</x:v>
+        <x:v>134567</x:v>
       </x:c>
       <x:c r="FX52" s="3" t="n">
-        <x:v>156037</x:v>
+        <x:v>153089</x:v>
       </x:c>
       <x:c r="FY52" s="3" t="n">
-        <x:v>133047</x:v>
+        <x:v>133422</x:v>
       </x:c>
       <x:c r="FZ52" s="3" t="n">
-        <x:v>125740</x:v>
+        <x:v>124296</x:v>
       </x:c>
       <x:c r="GA52" s="3" t="n">
-        <x:v>124642</x:v>
+        <x:v>120757</x:v>
       </x:c>
       <x:c r="GB52" s="3" t="n">
-        <x:v>116104</x:v>
+        <x:v>110626</x:v>
       </x:c>
       <x:c r="GC52" s="3" t="n">
-        <x:v>120543</x:v>
+        <x:v>113091</x:v>
       </x:c>
       <x:c r="GD52" s="3" t="n">
-        <x:v>121044</x:v>
+        <x:v>115244</x:v>
       </x:c>
       <x:c r="GE52" s="3" t="n">
-        <x:v>115770</x:v>
+        <x:v>111930</x:v>
       </x:c>
       <x:c r="GF52" s="3" t="n">
-        <x:v>115534</x:v>
+        <x:v>108528</x:v>
       </x:c>
       <x:c r="GG52" s="3" t="n">
-        <x:v>114449</x:v>
+        <x:v>108975</x:v>
       </x:c>
       <x:c r="GH52" s="3" t="n">
-        <x:v>123288</x:v>
+        <x:v>118130</x:v>
       </x:c>
       <x:c r="GI52" s="3" t="n">
-        <x:v>118790</x:v>
+        <x:v>114680</x:v>
+      </x:c>
+      <x:c r="GJ52" s="3" t="n">
+        <x:v>120091</x:v>
       </x:c>
     </x:row>
-    <x:row r="53" spans="1:191">
+    <x:row r="53" spans="1:192">
       <x:c r="A53" s="2" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>20535</x:v>
+        <x:v>20316</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>21768</x:v>
+        <x:v>21550</x:v>
       </x:c>
       <x:c r="D53" s="3" t="n">
-        <x:v>22899</x:v>
+        <x:v>22680</x:v>
       </x:c>
       <x:c r="E53" s="3" t="n">
-        <x:v>23828</x:v>
+        <x:v>23610</x:v>
       </x:c>
       <x:c r="F53" s="3" t="n">
-        <x:v>23068</x:v>
+        <x:v>22819</x:v>
       </x:c>
       <x:c r="G53" s="3" t="n">
-        <x:v>23537</x:v>
+        <x:v>23289</x:v>
       </x:c>
       <x:c r="H53" s="3" t="n">
-        <x:v>23624</x:v>
+        <x:v>23375</x:v>
       </x:c>
       <x:c r="I53" s="3" t="n">
-        <x:v>23091</x:v>
+        <x:v>22842</x:v>
       </x:c>
       <x:c r="J53" s="3" t="n">
-        <x:v>25589</x:v>
+        <x:v>25265</x:v>
       </x:c>
       <x:c r="K53" s="3" t="n">
-        <x:v>26457</x:v>
+        <x:v>26132</x:v>
       </x:c>
       <x:c r="L53" s="3" t="n">
-        <x:v>27452</x:v>
+        <x:v>27128</x:v>
       </x:c>
       <x:c r="M53" s="3" t="n">
-        <x:v>28253</x:v>
+        <x:v>27929</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>29595</x:v>
+        <x:v>29302</x:v>
       </x:c>
       <x:c r="O53" s="3" t="n">
-        <x:v>30819</x:v>
+        <x:v>30527</x:v>
       </x:c>
       <x:c r="P53" s="3" t="n">
-        <x:v>31386</x:v>
+        <x:v>31093</x:v>
       </x:c>
       <x:c r="Q53" s="3" t="n">
-        <x:v>32062</x:v>
+        <x:v>31769</x:v>
       </x:c>
       <x:c r="R53" s="3" t="n">
-        <x:v>33160</x:v>
+        <x:v>32847</x:v>
       </x:c>
       <x:c r="S53" s="3" t="n">
-        <x:v>35184</x:v>
+        <x:v>34871</x:v>
       </x:c>
       <x:c r="T53" s="3" t="n">
-        <x:v>35812</x:v>
+        <x:v>35499</x:v>
       </x:c>
       <x:c r="U53" s="3" t="n">
-        <x:v>36387</x:v>
+        <x:v>36074</x:v>
       </x:c>
       <x:c r="V53" s="3" t="n">
-        <x:v>37814</x:v>
+        <x:v>37432</x:v>
       </x:c>
       <x:c r="W53" s="3" t="n">
-        <x:v>38471</x:v>
+        <x:v>38088</x:v>
       </x:c>
       <x:c r="X53" s="3" t="n">
-        <x:v>38649</x:v>
+        <x:v>38267</x:v>
       </x:c>
       <x:c r="Y53" s="3" t="n">
-        <x:v>39982</x:v>
+        <x:v>39600</x:v>
       </x:c>
       <x:c r="Z53" s="3" t="n">
-        <x:v>40899</x:v>
+        <x:v>40507</x:v>
       </x:c>
       <x:c r="AA53" s="3" t="n">
-        <x:v>41814</x:v>
+        <x:v>41423</x:v>
       </x:c>
       <x:c r="AB53" s="3" t="n">
-        <x:v>43428</x:v>
+        <x:v>43036</x:v>
       </x:c>
       <x:c r="AC53" s="3" t="n">
-        <x:v>43135</x:v>
+        <x:v>42744</x:v>
       </x:c>
       <x:c r="AD53" s="3" t="n">
-        <x:v>44186</x:v>
+        <x:v>43745</x:v>
       </x:c>
       <x:c r="AE53" s="3" t="n">
-        <x:v>44166</x:v>
+        <x:v>43725</x:v>
       </x:c>
       <x:c r="AF53" s="3" t="n">
-        <x:v>50627</x:v>
+        <x:v>50186</x:v>
       </x:c>
       <x:c r="AG53" s="3" t="n">
-        <x:v>51648</x:v>
+        <x:v>51207</x:v>
       </x:c>
       <x:c r="AH53" s="3" t="n">
-        <x:v>51882</x:v>
+        <x:v>51411</x:v>
       </x:c>
       <x:c r="AI53" s="3" t="n">
-        <x:v>52498</x:v>
+        <x:v>52027</x:v>
       </x:c>
       <x:c r="AJ53" s="3" t="n">
-        <x:v>54346</x:v>
+        <x:v>53875</x:v>
       </x:c>
       <x:c r="AK53" s="3" t="n">
-        <x:v>56120</x:v>
+        <x:v>55648</x:v>
       </x:c>
       <x:c r="AL53" s="3" t="n">
-        <x:v>57220</x:v>
+        <x:v>56687</x:v>
       </x:c>
       <x:c r="AM53" s="3" t="n">
-        <x:v>59548</x:v>
+        <x:v>59015</x:v>
       </x:c>
       <x:c r="AN53" s="3" t="n">
-        <x:v>60673</x:v>
+        <x:v>60140</x:v>
       </x:c>
       <x:c r="AO53" s="3" t="n">
-        <x:v>63138</x:v>
+        <x:v>62605</x:v>
       </x:c>
       <x:c r="AP53" s="3" t="n">
-        <x:v>64160</x:v>
+        <x:v>63504</x:v>
       </x:c>
       <x:c r="AQ53" s="3" t="n">
-        <x:v>65194</x:v>
+        <x:v>64538</x:v>
       </x:c>
       <x:c r="AR53" s="3" t="n">
-        <x:v>64359</x:v>
+        <x:v>63703</x:v>
       </x:c>
       <x:c r="AS53" s="3" t="n">
-        <x:v>64913</x:v>
+        <x:v>64257</x:v>
       </x:c>
       <x:c r="AT53" s="3" t="n">
-        <x:v>66355</x:v>
+        <x:v>65652</x:v>
       </x:c>
       <x:c r="AU53" s="3" t="n">
-        <x:v>67031</x:v>
+        <x:v>66329</x:v>
       </x:c>
       <x:c r="AV53" s="3" t="n">
-        <x:v>67098</x:v>
+        <x:v>66396</x:v>
       </x:c>
       <x:c r="AW53" s="3" t="n">
-        <x:v>68025</x:v>
+        <x:v>67323</x:v>
       </x:c>
       <x:c r="AX53" s="3" t="n">
-        <x:v>68306</x:v>
+        <x:v>67607</x:v>
       </x:c>
       <x:c r="AY53" s="3" t="n">
-        <x:v>70037</x:v>
+        <x:v>69337</x:v>
       </x:c>
       <x:c r="AZ53" s="3" t="n">
-        <x:v>70692</x:v>
+        <x:v>69992</x:v>
       </x:c>
       <x:c r="BA53" s="3" t="n">
-        <x:v>71151</x:v>
+        <x:v>70451</x:v>
       </x:c>
       <x:c r="BB53" s="3" t="n">
-        <x:v>73265</x:v>
+        <x:v>72093</x:v>
       </x:c>
       <x:c r="BC53" s="3" t="n">
-        <x:v>73919</x:v>
+        <x:v>72747</x:v>
       </x:c>
       <x:c r="BD53" s="3" t="n">
-        <x:v>73831</x:v>
+        <x:v>72659</x:v>
       </x:c>
       <x:c r="BE53" s="3" t="n">
-        <x:v>72820</x:v>
+        <x:v>71648</x:v>
       </x:c>
       <x:c r="BF53" s="3" t="n">
-        <x:v>77314</x:v>
+        <x:v>76010</x:v>
       </x:c>
       <x:c r="BG53" s="3" t="n">
-        <x:v>75810</x:v>
+        <x:v>74506</x:v>
       </x:c>
       <x:c r="BH53" s="3" t="n">
-        <x:v>76718</x:v>
+        <x:v>75415</x:v>
       </x:c>
       <x:c r="BI53" s="3" t="n">
-        <x:v>76302</x:v>
+        <x:v>74998</x:v>
       </x:c>
       <x:c r="BJ53" s="3" t="n">
-        <x:v>75793</x:v>
+        <x:v>74485</x:v>
       </x:c>
       <x:c r="BK53" s="3" t="n">
-        <x:v>77976</x:v>
+        <x:v>76668</x:v>
       </x:c>
       <x:c r="BL53" s="3" t="n">
-        <x:v>80353</x:v>
+        <x:v>79045</x:v>
       </x:c>
       <x:c r="BM53" s="3" t="n">
-        <x:v>86808</x:v>
+        <x:v>85499</x:v>
       </x:c>
       <x:c r="BN53" s="3" t="n">
-        <x:v>81162</x:v>
+        <x:v>79739</x:v>
       </x:c>
       <x:c r="BO53" s="3" t="n">
-        <x:v>82652</x:v>
+        <x:v>81228</x:v>
       </x:c>
       <x:c r="BP53" s="3" t="n">
-        <x:v>83640</x:v>
+        <x:v>82217</x:v>
       </x:c>
       <x:c r="BQ53" s="3" t="n">
-        <x:v>84243</x:v>
+        <x:v>82819</x:v>
       </x:c>
       <x:c r="BR53" s="3" t="n">
-        <x:v>86732</x:v>
+        <x:v>85233</x:v>
       </x:c>
       <x:c r="BS53" s="3" t="n">
-        <x:v>86469</x:v>
+        <x:v>84971</x:v>
       </x:c>
       <x:c r="BT53" s="3" t="n">
-        <x:v>87318</x:v>
+        <x:v>85819</x:v>
       </x:c>
       <x:c r="BU53" s="3" t="n">
-        <x:v>88477</x:v>
+        <x:v>86979</x:v>
       </x:c>
       <x:c r="BV53" s="3" t="n">
-        <x:v>90205</x:v>
+        <x:v>88444</x:v>
       </x:c>
       <x:c r="BW53" s="3" t="n">
-        <x:v>91685</x:v>
+        <x:v>89924</x:v>
       </x:c>
       <x:c r="BX53" s="3" t="n">
-        <x:v>93832</x:v>
+        <x:v>92071</x:v>
       </x:c>
       <x:c r="BY53" s="3" t="n">
-        <x:v>95400</x:v>
+        <x:v>93639</x:v>
       </x:c>
       <x:c r="BZ53" s="3" t="n">
-        <x:v>97447</x:v>
+        <x:v>95072</x:v>
       </x:c>
       <x:c r="CA53" s="3" t="n">
-        <x:v>100513</x:v>
+        <x:v>98138</x:v>
       </x:c>
       <x:c r="CB53" s="3" t="n">
-        <x:v>100478</x:v>
+        <x:v>98103</x:v>
       </x:c>
       <x:c r="CC53" s="3" t="n">
-        <x:v>104713</x:v>
+        <x:v>102338</x:v>
       </x:c>
       <x:c r="CD53" s="3" t="n">
-        <x:v>104661</x:v>
+        <x:v>102433</x:v>
       </x:c>
       <x:c r="CE53" s="3" t="n">
-        <x:v>107876</x:v>
+        <x:v>105648</x:v>
       </x:c>
       <x:c r="CF53" s="3" t="n">
-        <x:v>112367</x:v>
+        <x:v>110140</x:v>
       </x:c>
       <x:c r="CG53" s="3" t="n">
-        <x:v>112698</x:v>
+        <x:v>110470</x:v>
       </x:c>
       <x:c r="CH53" s="3" t="n">
-        <x:v>112415</x:v>
+        <x:v>110489</x:v>
       </x:c>
       <x:c r="CI53" s="3" t="n">
-        <x:v>114269</x:v>
+        <x:v>112343</x:v>
       </x:c>
       <x:c r="CJ53" s="3" t="n">
-        <x:v>117554</x:v>
+        <x:v>115628</x:v>
       </x:c>
       <x:c r="CK53" s="3" t="n">
-        <x:v>118870</x:v>
+        <x:v>116943</x:v>
       </x:c>
       <x:c r="CL53" s="3" t="n">
-        <x:v>121170</x:v>
+        <x:v>119499</x:v>
       </x:c>
       <x:c r="CM53" s="3" t="n">
-        <x:v>121975</x:v>
+        <x:v>120303</x:v>
       </x:c>
       <x:c r="CN53" s="3" t="n">
-        <x:v>124901</x:v>
+        <x:v>123230</x:v>
       </x:c>
       <x:c r="CO53" s="3" t="n">
-        <x:v>127536</x:v>
+        <x:v>125864</x:v>
       </x:c>
       <x:c r="CP53" s="3" t="n">
-        <x:v>130991</x:v>
+        <x:v>129572</x:v>
       </x:c>
       <x:c r="CQ53" s="3" t="n">
-        <x:v>132002</x:v>
+        <x:v>130583</x:v>
       </x:c>
       <x:c r="CR53" s="3" t="n">
-        <x:v>131346</x:v>
+        <x:v>129928</x:v>
       </x:c>
       <x:c r="CS53" s="3" t="n">
-        <x:v>134011</x:v>
+        <x:v>132592</x:v>
       </x:c>
       <x:c r="CT53" s="3" t="n">
-        <x:v>137910</x:v>
+        <x:v>136849</x:v>
       </x:c>
       <x:c r="CU53" s="3" t="n">
-        <x:v>138416</x:v>
+        <x:v>137355</x:v>
       </x:c>
       <x:c r="CV53" s="3" t="n">
-        <x:v>138709</x:v>
+        <x:v>137648</x:v>
       </x:c>
       <x:c r="CW53" s="3" t="n">
-        <x:v>139801</x:v>
+        <x:v>138740</x:v>
       </x:c>
       <x:c r="CX53" s="3" t="n">
-        <x:v>139773</x:v>
+        <x:v>139339</x:v>
       </x:c>
       <x:c r="CY53" s="3" t="n">
-        <x:v>144873</x:v>
+        <x:v>144438</x:v>
       </x:c>
       <x:c r="CZ53" s="3" t="n">
-        <x:v>149090</x:v>
+        <x:v>148655</x:v>
       </x:c>
       <x:c r="DA53" s="3" t="n">
-        <x:v>148321</x:v>
+        <x:v>147886</x:v>
       </x:c>
       <x:c r="DB53" s="3" t="n">
-        <x:v>154861</x:v>
+        <x:v>155319</x:v>
       </x:c>
       <x:c r="DC53" s="3" t="n">
-        <x:v>156319</x:v>
+        <x:v>156777</x:v>
       </x:c>
       <x:c r="DD53" s="3" t="n">
-        <x:v>160222</x:v>
+        <x:v>160679</x:v>
       </x:c>
       <x:c r="DE53" s="3" t="n">
-        <x:v>162076</x:v>
+        <x:v>162534</x:v>
       </x:c>
       <x:c r="DF53" s="3" t="n">
-        <x:v>163740</x:v>
+        <x:v>165547</x:v>
       </x:c>
       <x:c r="DG53" s="3" t="n">
-        <x:v>169698</x:v>
+        <x:v>171505</x:v>
       </x:c>
       <x:c r="DH53" s="3" t="n">
-        <x:v>171315</x:v>
+        <x:v>173122</x:v>
       </x:c>
       <x:c r="DI53" s="3" t="n">
-        <x:v>177099</x:v>
+        <x:v>178907</x:v>
       </x:c>
       <x:c r="DJ53" s="3" t="n">
-        <x:v>177073</x:v>
+        <x:v>181048</x:v>
       </x:c>
       <x:c r="DK53" s="3" t="n">
-        <x:v>182328</x:v>
+        <x:v>186302</x:v>
       </x:c>
       <x:c r="DL53" s="3" t="n">
-        <x:v>185470</x:v>
+        <x:v>189444</x:v>
       </x:c>
       <x:c r="DM53" s="3" t="n">
-        <x:v>195986</x:v>
+        <x:v>199960</x:v>
       </x:c>
       <x:c r="DN53" s="3" t="n">
-        <x:v>201644</x:v>
+        <x:v>208296</x:v>
       </x:c>
       <x:c r="DO53" s="3" t="n">
-        <x:v>206378</x:v>
+        <x:v>213030</x:v>
       </x:c>
       <x:c r="DP53" s="3" t="n">
-        <x:v>211762</x:v>
+        <x:v>218414</x:v>
       </x:c>
       <x:c r="DQ53" s="3" t="n">
-        <x:v>215592</x:v>
+        <x:v>222244</x:v>
       </x:c>
       <x:c r="DR53" s="3" t="n">
-        <x:v>216967</x:v>
+        <x:v>225830</x:v>
       </x:c>
       <x:c r="DS53" s="3" t="n">
-        <x:v>221056</x:v>
+        <x:v>229918</x:v>
       </x:c>
       <x:c r="DT53" s="3" t="n">
-        <x:v>224934</x:v>
+        <x:v>233797</x:v>
       </x:c>
       <x:c r="DU53" s="3" t="n">
-        <x:v>229329</x:v>
+        <x:v>238191</x:v>
       </x:c>
       <x:c r="DV53" s="3" t="n">
-        <x:v>224102</x:v>
+        <x:v>234982</x:v>
       </x:c>
       <x:c r="DW53" s="3" t="n">
-        <x:v>229396</x:v>
+        <x:v>240276</x:v>
       </x:c>
       <x:c r="DX53" s="3" t="n">
-        <x:v>229179</x:v>
+        <x:v>240060</x:v>
       </x:c>
       <x:c r="DY53" s="3" t="n">
-        <x:v>230033</x:v>
+        <x:v>240913</x:v>
       </x:c>
       <x:c r="DZ53" s="3" t="n">
-        <x:v>234404</x:v>
+        <x:v>246757</x:v>
       </x:c>
       <x:c r="EA53" s="3" t="n">
-        <x:v>236515</x:v>
+        <x:v>248869</x:v>
       </x:c>
       <x:c r="EB53" s="3" t="n">
-        <x:v>241650</x:v>
+        <x:v>254004</x:v>
       </x:c>
       <x:c r="EC53" s="3" t="n">
-        <x:v>240196</x:v>
+        <x:v>252550</x:v>
       </x:c>
       <x:c r="ED53" s="3" t="n">
-        <x:v>239609</x:v>
+        <x:v>254261</x:v>
       </x:c>
       <x:c r="EE53" s="3" t="n">
-        <x:v>245909</x:v>
+        <x:v>260561</x:v>
       </x:c>
       <x:c r="EF53" s="3" t="n">
-        <x:v>249027</x:v>
+        <x:v>263679</x:v>
       </x:c>
       <x:c r="EG53" s="3" t="n">
-        <x:v>253225</x:v>
+        <x:v>267878</x:v>
       </x:c>
       <x:c r="EH53" s="3" t="n">
-        <x:v>258310</x:v>
+        <x:v>274596</x:v>
       </x:c>
       <x:c r="EI53" s="3" t="n">
-        <x:v>261952</x:v>
+        <x:v>278238</x:v>
       </x:c>
       <x:c r="EJ53" s="3" t="n">
-        <x:v>267925</x:v>
+        <x:v>284211</x:v>
       </x:c>
       <x:c r="EK53" s="3" t="n">
-        <x:v>272785</x:v>
+        <x:v>289071</x:v>
       </x:c>
       <x:c r="EL53" s="3" t="n">
-        <x:v>278458</x:v>
+        <x:v>297489</x:v>
       </x:c>
       <x:c r="EM53" s="3" t="n">
-        <x:v>278714</x:v>
+        <x:v>297745</x:v>
       </x:c>
       <x:c r="EN53" s="3" t="n">
-        <x:v>282132</x:v>
+        <x:v>301163</x:v>
       </x:c>
       <x:c r="EO53" s="3" t="n">
-        <x:v>284893</x:v>
+        <x:v>303924</x:v>
       </x:c>
       <x:c r="EP53" s="3" t="n">
-        <x:v>290044</x:v>
+        <x:v>311274</x:v>
       </x:c>
       <x:c r="EQ53" s="3" t="n">
-        <x:v>292076</x:v>
+        <x:v>313306</x:v>
       </x:c>
       <x:c r="ER53" s="3" t="n">
-        <x:v>295294</x:v>
+        <x:v>316525</x:v>
       </x:c>
       <x:c r="ES53" s="3" t="n">
-        <x:v>299551</x:v>
+        <x:v>320781</x:v>
       </x:c>
       <x:c r="ET53" s="3" t="n">
-        <x:v>301166</x:v>
+        <x:v>325437</x:v>
       </x:c>
       <x:c r="EU53" s="3" t="n">
-        <x:v>303238</x:v>
+        <x:v>327508</x:v>
       </x:c>
       <x:c r="EV53" s="3" t="n">
-        <x:v>302486</x:v>
+        <x:v>326757</x:v>
       </x:c>
       <x:c r="EW53" s="3" t="n">
-        <x:v>304095</x:v>
+        <x:v>328365</x:v>
       </x:c>
       <x:c r="EX53" s="3" t="n">
-        <x:v>304113</x:v>
+        <x:v>328551</x:v>
       </x:c>
       <x:c r="EY53" s="3" t="n">
-        <x:v>305059</x:v>
+        <x:v>330069</x:v>
       </x:c>
       <x:c r="EZ53" s="3" t="n">
-        <x:v>306901</x:v>
+        <x:v>332530</x:v>
       </x:c>
       <x:c r="FA53" s="3" t="n">
-        <x:v>308608</x:v>
+        <x:v>335009</x:v>
       </x:c>
       <x:c r="FB53" s="3" t="n">
-        <x:v>310839</x:v>
+        <x:v>337670</x:v>
       </x:c>
       <x:c r="FC53" s="3" t="n">
-        <x:v>315804</x:v>
+        <x:v>343374</x:v>
       </x:c>
       <x:c r="FD53" s="3" t="n">
-        <x:v>319131</x:v>
+        <x:v>347487</x:v>
       </x:c>
       <x:c r="FE53" s="3" t="n">
-        <x:v>323015</x:v>
+        <x:v>351635</x:v>
       </x:c>
       <x:c r="FF53" s="3" t="n">
-        <x:v>324056</x:v>
+        <x:v>352615</x:v>
       </x:c>
       <x:c r="FG53" s="3" t="n">
-        <x:v>328987</x:v>
+        <x:v>357985</x:v>
       </x:c>
       <x:c r="FH53" s="3" t="n">
-        <x:v>332546</x:v>
+        <x:v>362217</x:v>
       </x:c>
       <x:c r="FI53" s="3" t="n">
-        <x:v>339842</x:v>
+        <x:v>370171</x:v>
       </x:c>
       <x:c r="FJ53" s="3" t="n">
-        <x:v>346385</x:v>
+        <x:v>378637</x:v>
       </x:c>
       <x:c r="FK53" s="3" t="n">
-        <x:v>350176</x:v>
+        <x:v>383364</x:v>
       </x:c>
       <x:c r="FL53" s="3" t="n">
-        <x:v>353992</x:v>
+        <x:v>388406</x:v>
       </x:c>
       <x:c r="FM53" s="3" t="n">
-        <x:v>359088</x:v>
+        <x:v>395141</x:v>
       </x:c>
       <x:c r="FN53" s="3" t="n">
-        <x:v>359334</x:v>
+        <x:v>393614</x:v>
       </x:c>
       <x:c r="FO53" s="3" t="n">
-        <x:v>331706</x:v>
+        <x:v>364813</x:v>
       </x:c>
       <x:c r="FP53" s="3" t="n">
-        <x:v>350869</x:v>
+        <x:v>386097</x:v>
       </x:c>
       <x:c r="FQ53" s="3" t="n">
-        <x:v>353374</x:v>
+        <x:v>387853</x:v>
       </x:c>
       <x:c r="FR53" s="3" t="n">
-        <x:v>354200</x:v>
+        <x:v>390347</x:v>
       </x:c>
       <x:c r="FS53" s="3" t="n">
-        <x:v>362913</x:v>
+        <x:v>398755</x:v>
       </x:c>
       <x:c r="FT53" s="3" t="n">
-        <x:v>374660</x:v>
+        <x:v>412294</x:v>
       </x:c>
       <x:c r="FU53" s="3" t="n">
-        <x:v>385432</x:v>
+        <x:v>426145</x:v>
       </x:c>
       <x:c r="FV53" s="3" t="n">
-        <x:v>395138</x:v>
+        <x:v>439654</x:v>
       </x:c>
       <x:c r="FW53" s="3" t="n">
-        <x:v>406827</x:v>
+        <x:v>453938</x:v>
       </x:c>
       <x:c r="FX53" s="3" t="n">
-        <x:v>408102</x:v>
+        <x:v>455121</x:v>
       </x:c>
       <x:c r="FY53" s="3" t="n">
-        <x:v>424793</x:v>
+        <x:v>470114</x:v>
       </x:c>
       <x:c r="FZ53" s="3" t="n">
-        <x:v>432437</x:v>
+        <x:v>478239</x:v>
       </x:c>
       <x:c r="GA53" s="3" t="n">
-        <x:v>442445</x:v>
+        <x:v>485073</x:v>
       </x:c>
       <x:c r="GB53" s="3" t="n">
-        <x:v>451424</x:v>
+        <x:v>492862</x:v>
       </x:c>
       <x:c r="GC53" s="3" t="n">
-        <x:v>456333</x:v>
+        <x:v>500747</x:v>
       </x:c>
       <x:c r="GD53" s="3" t="n">
-        <x:v>461159</x:v>
+        <x:v>504592</x:v>
       </x:c>
       <x:c r="GE53" s="3" t="n">
-        <x:v>469025</x:v>
+        <x:v>512920</x:v>
       </x:c>
       <x:c r="GF53" s="3" t="n">
-        <x:v>475880</x:v>
+        <x:v>521588</x:v>
       </x:c>
       <x:c r="GG53" s="3" t="n">
-        <x:v>477653</x:v>
+        <x:v>523598</x:v>
       </x:c>
       <x:c r="GH53" s="3" t="n">
-        <x:v>484497</x:v>
+        <x:v>530663</x:v>
       </x:c>
       <x:c r="GI53" s="3" t="n">
-        <x:v>490078</x:v>
+        <x:v>537106</x:v>
+      </x:c>
+      <x:c r="GJ53" s="3" t="n">
+        <x:v>541778</x:v>
       </x:c>
     </x:row>
-    <x:row r="54" spans="1:191">
+    <x:row r="54" spans="1:192">
       <x:c r="A54" s="2" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
         <x:v>9552</x:v>
       </x:c>
       <x:c r="C54" s="3" t="n">
         <x:v>9233</x:v>
       </x:c>
       <x:c r="D54" s="3" t="n">
         <x:v>9494</x:v>
       </x:c>
       <x:c r="E54" s="3" t="n">
         <x:v>9635</x:v>
       </x:c>
       <x:c r="F54" s="3" t="n">
         <x:v>9827</x:v>
       </x:c>
       <x:c r="G54" s="3" t="n">
         <x:v>10073</x:v>
       </x:c>
       <x:c r="H54" s="3" t="n">
         <x:v>10257</x:v>
       </x:c>
       <x:c r="I54" s="3" t="n">
         <x:v>10470</x:v>
       </x:c>
@@ -30427,191 +30580,194 @@
       <x:c r="EH54" s="3" t="n">
         <x:v>117869</x:v>
       </x:c>
       <x:c r="EI54" s="3" t="n">
         <x:v>119001</x:v>
       </x:c>
       <x:c r="EJ54" s="3" t="n">
         <x:v>120642</x:v>
       </x:c>
       <x:c r="EK54" s="3" t="n">
         <x:v>122327</x:v>
       </x:c>
       <x:c r="EL54" s="3" t="n">
         <x:v>124659</x:v>
       </x:c>
       <x:c r="EM54" s="3" t="n">
         <x:v>124102</x:v>
       </x:c>
       <x:c r="EN54" s="3" t="n">
         <x:v>127674</x:v>
       </x:c>
       <x:c r="EO54" s="3" t="n">
         <x:v>128867</x:v>
       </x:c>
       <x:c r="EP54" s="3" t="n">
-        <x:v>130273</x:v>
+        <x:v>129607</x:v>
       </x:c>
       <x:c r="EQ54" s="3" t="n">
-        <x:v>132477</x:v>
+        <x:v>131812</x:v>
       </x:c>
       <x:c r="ER54" s="3" t="n">
-        <x:v>135045</x:v>
+        <x:v>134379</x:v>
       </x:c>
       <x:c r="ES54" s="3" t="n">
-        <x:v>136308</x:v>
+        <x:v>135642</x:v>
       </x:c>
       <x:c r="ET54" s="3" t="n">
-        <x:v>137138</x:v>
+        <x:v>136216</x:v>
       </x:c>
       <x:c r="EU54" s="3" t="n">
-        <x:v>144843</x:v>
+        <x:v>143922</x:v>
       </x:c>
       <x:c r="EV54" s="3" t="n">
-        <x:v>141172</x:v>
+        <x:v>140251</x:v>
       </x:c>
       <x:c r="EW54" s="3" t="n">
-        <x:v>138789</x:v>
+        <x:v>137868</x:v>
       </x:c>
       <x:c r="EX54" s="3" t="n">
-        <x:v>143174</x:v>
+        <x:v>142308</x:v>
       </x:c>
       <x:c r="EY54" s="3" t="n">
-        <x:v>145510</x:v>
+        <x:v>144683</x:v>
       </x:c>
       <x:c r="EZ54" s="3" t="n">
-        <x:v>146523</x:v>
+        <x:v>145751</x:v>
       </x:c>
       <x:c r="FA54" s="3" t="n">
-        <x:v>148564</x:v>
+        <x:v>147836</x:v>
       </x:c>
       <x:c r="FB54" s="3" t="n">
-        <x:v>149947</x:v>
+        <x:v>149259</x:v>
       </x:c>
       <x:c r="FC54" s="3" t="n">
-        <x:v>151938</x:v>
+        <x:v>151257</x:v>
       </x:c>
       <x:c r="FD54" s="3" t="n">
-        <x:v>153756</x:v>
+        <x:v>153046</x:v>
       </x:c>
       <x:c r="FE54" s="3" t="n">
-        <x:v>155051</x:v>
+        <x:v>154277</x:v>
       </x:c>
       <x:c r="FF54" s="3" t="n">
-        <x:v>157672</x:v>
+        <x:v>156791</x:v>
       </x:c>
       <x:c r="FG54" s="3" t="n">
-        <x:v>159491</x:v>
+        <x:v>158500</x:v>
       </x:c>
       <x:c r="FH54" s="3" t="n">
-        <x:v>160671</x:v>
+        <x:v>159579</x:v>
       </x:c>
       <x:c r="FI54" s="3" t="n">
-        <x:v>163880</x:v>
+        <x:v>162653</x:v>
       </x:c>
       <x:c r="FJ54" s="3" t="n">
-        <x:v>165640</x:v>
+        <x:v>164265</x:v>
       </x:c>
       <x:c r="FK54" s="3" t="n">
-        <x:v>166959</x:v>
+        <x:v>165536</x:v>
       </x:c>
       <x:c r="FL54" s="3" t="n">
-        <x:v>170713</x:v>
+        <x:v>169339</x:v>
       </x:c>
       <x:c r="FM54" s="3" t="n">
-        <x:v>171996</x:v>
+        <x:v>170821</x:v>
       </x:c>
       <x:c r="FN54" s="3" t="n">
-        <x:v>173178</x:v>
+        <x:v>172330</x:v>
       </x:c>
       <x:c r="FO54" s="3" t="n">
-        <x:v>171389</x:v>
+        <x:v>170728</x:v>
       </x:c>
       <x:c r="FP54" s="3" t="n">
-        <x:v>174344</x:v>
+        <x:v>173764</x:v>
       </x:c>
       <x:c r="FQ54" s="3" t="n">
-        <x:v>174665</x:v>
+        <x:v>174024</x:v>
       </x:c>
       <x:c r="FR54" s="3" t="n">
-        <x:v>179866</x:v>
+        <x:v>179001</x:v>
       </x:c>
       <x:c r="FS54" s="3" t="n">
-        <x:v>182251</x:v>
+        <x:v>181234</x:v>
       </x:c>
       <x:c r="FT54" s="3" t="n">
-        <x:v>183642</x:v>
+        <x:v>182555</x:v>
       </x:c>
       <x:c r="FU54" s="3" t="n">
-        <x:v>189184</x:v>
+        <x:v>188061</x:v>
       </x:c>
       <x:c r="FV54" s="3" t="n">
-        <x:v>192891</x:v>
+        <x:v>192023</x:v>
       </x:c>
       <x:c r="FW54" s="3" t="n">
-        <x:v>195564</x:v>
+        <x:v>194723</x:v>
       </x:c>
       <x:c r="FX54" s="3" t="n">
-        <x:v>197083</x:v>
+        <x:v>196302</x:v>
       </x:c>
       <x:c r="FY54" s="3" t="n">
-        <x:v>198816</x:v>
+        <x:v>198087</x:v>
       </x:c>
       <x:c r="FZ54" s="3" t="n">
-        <x:v>202442</x:v>
+        <x:v>201660</x:v>
       </x:c>
       <x:c r="GA54" s="3" t="n">
-        <x:v>206529</x:v>
+        <x:v>205396</x:v>
       </x:c>
       <x:c r="GB54" s="3" t="n">
-        <x:v>211989</x:v>
+        <x:v>210903</x:v>
       </x:c>
       <x:c r="GC54" s="3" t="n">
-        <x:v>219758</x:v>
+        <x:v>218639</x:v>
       </x:c>
       <x:c r="GD54" s="3" t="n">
-        <x:v>220376</x:v>
+        <x:v>219092</x:v>
       </x:c>
       <x:c r="GE54" s="3" t="n">
-        <x:v>222782</x:v>
+        <x:v>221685</x:v>
       </x:c>
       <x:c r="GF54" s="3" t="n">
-        <x:v>226605</x:v>
+        <x:v>225864</x:v>
       </x:c>
       <x:c r="GG54" s="3" t="n">
-        <x:v>227687</x:v>
+        <x:v>227618</x:v>
       </x:c>
       <x:c r="GH54" s="3" t="n">
-        <x:v>233345</x:v>
+        <x:v>231791</x:v>
       </x:c>
       <x:c r="GI54" s="3" t="n">
-        <x:v>236504</x:v>
+        <x:v>234774</x:v>
+      </x:c>
+      <x:c r="GJ54" s="3" t="n">
+        <x:v>237659</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:191">
+    <x:row r="55" spans="1:192">
       <x:c r="A55" s="2" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
         <x:v>7133</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>7013</x:v>
       </x:c>
       <x:c r="D55" s="3" t="n">
         <x:v>6767</x:v>
       </x:c>
       <x:c r="E55" s="3" t="n">
         <x:v>6940</x:v>
       </x:c>
       <x:c r="F55" s="3" t="n">
         <x:v>7010</x:v>
       </x:c>
       <x:c r="G55" s="3" t="n">
         <x:v>7527</x:v>
       </x:c>
       <x:c r="H55" s="3" t="n">
         <x:v>7818</x:v>
       </x:c>
       <x:c r="I55" s="3" t="n">
         <x:v>7951</x:v>
       </x:c>
@@ -31038,345 +31194,348 @@
       <x:c r="ET55" s="3" t="n">
         <x:v>84659</x:v>
       </x:c>
       <x:c r="EU55" s="3" t="n">
         <x:v>84723</x:v>
       </x:c>
       <x:c r="EV55" s="3" t="n">
         <x:v>85737</x:v>
       </x:c>
       <x:c r="EW55" s="3" t="n">
         <x:v>87203</x:v>
       </x:c>
       <x:c r="EX55" s="3" t="n">
         <x:v>86381</x:v>
       </x:c>
       <x:c r="EY55" s="3" t="n">
         <x:v>89592</x:v>
       </x:c>
       <x:c r="EZ55" s="3" t="n">
         <x:v>89006</x:v>
       </x:c>
       <x:c r="FA55" s="3" t="n">
         <x:v>92300</x:v>
       </x:c>
       <x:c r="FB55" s="3" t="n">
-        <x:v>91966</x:v>
+        <x:v>91965</x:v>
       </x:c>
       <x:c r="FC55" s="3" t="n">
-        <x:v>93670</x:v>
+        <x:v>93669</x:v>
       </x:c>
       <x:c r="FD55" s="3" t="n">
         <x:v>92976</x:v>
       </x:c>
       <x:c r="FE55" s="3" t="n">
-        <x:v>97118</x:v>
+        <x:v>97119</x:v>
       </x:c>
       <x:c r="FF55" s="3" t="n">
-        <x:v>95724</x:v>
+        <x:v>95725</x:v>
       </x:c>
       <x:c r="FG55" s="3" t="n">
-        <x:v>98172</x:v>
+        <x:v>98173</x:v>
       </x:c>
       <x:c r="FH55" s="3" t="n">
         <x:v>97829</x:v>
       </x:c>
       <x:c r="FI55" s="3" t="n">
-        <x:v>101021</x:v>
+        <x:v>101018</x:v>
       </x:c>
       <x:c r="FJ55" s="3" t="n">
-        <x:v>97724</x:v>
+        <x:v>97718</x:v>
       </x:c>
       <x:c r="FK55" s="3" t="n">
-        <x:v>99437</x:v>
+        <x:v>99432</x:v>
       </x:c>
       <x:c r="FL55" s="3" t="n">
         <x:v>99370</x:v>
       </x:c>
       <x:c r="FM55" s="3" t="n">
-        <x:v>102606</x:v>
+        <x:v>102616</x:v>
       </x:c>
       <x:c r="FN55" s="3" t="n">
-        <x:v>97387</x:v>
+        <x:v>97409</x:v>
       </x:c>
       <x:c r="FO55" s="3" t="n">
-        <x:v>96916</x:v>
+        <x:v>96935</x:v>
       </x:c>
       <x:c r="FP55" s="3" t="n">
         <x:v>103130</x:v>
       </x:c>
       <x:c r="FQ55" s="3" t="n">
-        <x:v>105811</x:v>
+        <x:v>105773</x:v>
       </x:c>
       <x:c r="FR55" s="3" t="n">
-        <x:v>106276</x:v>
+        <x:v>106189</x:v>
       </x:c>
       <x:c r="FS55" s="3" t="n">
-        <x:v>103938</x:v>
+        <x:v>103855</x:v>
       </x:c>
       <x:c r="FT55" s="3" t="n">
-        <x:v>108924</x:v>
+        <x:v>108917</x:v>
       </x:c>
       <x:c r="FU55" s="3" t="n">
-        <x:v>110172</x:v>
+        <x:v>110325</x:v>
       </x:c>
       <x:c r="FV55" s="3" t="n">
-        <x:v>105545</x:v>
+        <x:v>105435</x:v>
       </x:c>
       <x:c r="FW55" s="3" t="n">
-        <x:v>106428</x:v>
+        <x:v>106403</x:v>
       </x:c>
       <x:c r="FX55" s="3" t="n">
-        <x:v>105580</x:v>
+        <x:v>105790</x:v>
       </x:c>
       <x:c r="FY55" s="3" t="n">
-        <x:v>105928</x:v>
+        <x:v>105736</x:v>
       </x:c>
       <x:c r="FZ55" s="3" t="n">
-        <x:v>111844</x:v>
+        <x:v>111915</x:v>
       </x:c>
       <x:c r="GA55" s="3" t="n">
-        <x:v>112705</x:v>
+        <x:v>112774</x:v>
       </x:c>
       <x:c r="GB55" s="3" t="n">
-        <x:v>113467</x:v>
+        <x:v>113407</x:v>
       </x:c>
       <x:c r="GC55" s="3" t="n">
-        <x:v>115146</x:v>
+        <x:v>115167</x:v>
       </x:c>
       <x:c r="GD55" s="3" t="n">
-        <x:v>117105</x:v>
+        <x:v>116836</x:v>
       </x:c>
       <x:c r="GE55" s="3" t="n">
-        <x:v>118710</x:v>
+        <x:v>118106</x:v>
       </x:c>
       <x:c r="GF55" s="3" t="n">
-        <x:v>119318</x:v>
+        <x:v>118783</x:v>
       </x:c>
       <x:c r="GG55" s="3" t="n">
-        <x:v>121034</x:v>
+        <x:v>120725</x:v>
       </x:c>
       <x:c r="GH55" s="3" t="n">
-        <x:v>121581</x:v>
+        <x:v>121355</x:v>
       </x:c>
       <x:c r="GI55" s="3" t="n">
-        <x:v>122706</x:v>
+        <x:v>121713</x:v>
+      </x:c>
+      <x:c r="GJ55" s="3" t="n">
+        <x:v>123159</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:191">
+    <x:row r="57" spans="1:192">
       <x:c r="A57" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:191">
+    <x:row r="58" spans="1:192">
       <x:c r="A58" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:191">
+    <x:row r="59" spans="1:192">
       <x:c r="A59" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
-    <x:row r="61" spans="1:191">
+    <x:row r="61" spans="1:192">
       <x:c r="A61" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:191">
+    <x:row r="62" spans="1:192">
       <x:c r="A62" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
-    <x:row r="63" spans="1:191">
+    <x:row r="63" spans="1:192">
       <x:c r="A63" s="0" t="s">
+        <x:v>249</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:192">
+      <x:c r="A65" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:192">
+      <x:c r="A66" s="0" t="s">
+        <x:v>251</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:192">
+      <x:c r="A68" s="0" t="s">
+        <x:v>252</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:192">
+      <x:c r="A69" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
-    <x:row r="65" spans="1:191">
-[...1 lines deleted...]
-        <x:v>249</x:v>
+    <x:row r="70" spans="1:192">
+      <x:c r="A70" s="0" t="s">
+        <x:v>253</x:v>
       </x:c>
     </x:row>
-    <x:row r="66" spans="1:191">
-[...1 lines deleted...]
-        <x:v>250</x:v>
+    <x:row r="71" spans="1:192">
+      <x:c r="A71" s="0" t="s">
+        <x:v>254</x:v>
       </x:c>
     </x:row>
-    <x:row r="68" spans="1:191">
-[...1 lines deleted...]
-        <x:v>251</x:v>
+    <x:row r="72" spans="1:192">
+      <x:c r="A72" s="0" t="s">
+        <x:v>255</x:v>
       </x:c>
     </x:row>
-    <x:row r="69" spans="1:191">
-[...1 lines deleted...]
-        <x:v>247</x:v>
+    <x:row r="74" spans="1:192">
+      <x:c r="A74" s="0" t="s">
+        <x:v>256</x:v>
       </x:c>
     </x:row>
-    <x:row r="70" spans="1:191">
-[...1 lines deleted...]
-        <x:v>252</x:v>
+    <x:row r="75" spans="1:192">
+      <x:c r="A75" s="0" t="s">
+        <x:v>257</x:v>
       </x:c>
     </x:row>
-    <x:row r="71" spans="1:191">
-[...1 lines deleted...]
-        <x:v>253</x:v>
+    <x:row r="76" spans="1:192">
+      <x:c r="A76" s="0" t="s">
+        <x:v>258</x:v>
       </x:c>
     </x:row>
-    <x:row r="72" spans="1:191">
-[...1 lines deleted...]
-        <x:v>254</x:v>
+    <x:row r="78" spans="1:192">
+      <x:c r="A78" s="0" t="s">
+        <x:v>259</x:v>
       </x:c>
     </x:row>
-    <x:row r="74" spans="1:191">
-[...1 lines deleted...]
-        <x:v>255</x:v>
+    <x:row r="79" spans="1:192">
+      <x:c r="A79" s="0" t="s">
+        <x:v>260</x:v>
       </x:c>
     </x:row>
-    <x:row r="75" spans="1:191">
-[...1 lines deleted...]
-        <x:v>256</x:v>
+    <x:row r="80" spans="1:192">
+      <x:c r="A80" s="0" t="s">
+        <x:v>261</x:v>
       </x:c>
     </x:row>
-    <x:row r="76" spans="1:191">
-[...1 lines deleted...]
-        <x:v>257</x:v>
+    <x:row r="85" spans="1:192">
+      <x:c r="A85" s="0" t="s">
+        <x:v>262</x:v>
       </x:c>
     </x:row>
-    <x:row r="78" spans="1:191">
-[...1 lines deleted...]
-        <x:v>258</x:v>
+    <x:row r="86" spans="1:192">
+      <x:c r="A86" s="0" t="s">
+        <x:v>248</x:v>
       </x:c>
     </x:row>
-    <x:row r="79" spans="1:191">
-[...1 lines deleted...]
-        <x:v>259</x:v>
+    <x:row r="87" spans="1:192">
+      <x:c r="A87" s="0" t="s">
+        <x:v>263</x:v>
       </x:c>
     </x:row>
-    <x:row r="80" spans="1:191">
-[...1 lines deleted...]
-        <x:v>260</x:v>
+    <x:row r="88" spans="1:192">
+      <x:c r="A88" s="0" t="s">
+        <x:v>264</x:v>
       </x:c>
     </x:row>
-    <x:row r="85" spans="1:191">
-[...1 lines deleted...]
-        <x:v>261</x:v>
+    <x:row r="89" spans="1:192">
+      <x:c r="A89" s="0" t="s">
+        <x:v>248</x:v>
       </x:c>
     </x:row>
-    <x:row r="86" spans="1:191">
-[...1 lines deleted...]
-        <x:v>247</x:v>
+    <x:row r="90" spans="1:192">
+      <x:c r="A90" s="0" t="s">
+        <x:v>265</x:v>
       </x:c>
     </x:row>
-    <x:row r="87" spans="1:191">
-[...1 lines deleted...]
-        <x:v>262</x:v>
+    <x:row r="92" spans="1:192">
+      <x:c r="A92" s="0" t="s">
+        <x:v>266</x:v>
       </x:c>
     </x:row>
-    <x:row r="88" spans="1:191">
-[...19 lines deleted...]
-    <x:row r="93" spans="1:191">
+    <x:row r="93" spans="1:192">
       <x:c r="A93" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="94" spans="1:191">
+    <x:row r="94" spans="1:192">
       <x:c r="A94" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
-    <x:row r="97" spans="1:191">
+    <x:row r="97" spans="1:192">
       <x:c r="A97" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
-    <x:row r="98" spans="1:191">
+    <x:row r="98" spans="1:192">
       <x:c r="A98" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
-    <x:row r="100" spans="1:191">
+    <x:row r="100" spans="1:192">
       <x:c r="A100" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
-    <x:row r="101" spans="1:191">
+    <x:row r="101" spans="1:192">
       <x:c r="A101" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
-    <x:row r="103" spans="1:191">
+    <x:row r="103" spans="1:192">
       <x:c r="A103" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
-    <x:row r="104" spans="1:191">
+    <x:row r="104" spans="1:192">
       <x:c r="A104" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
-    <x:row r="106" spans="1:191">
+    <x:row r="106" spans="1:192">
       <x:c r="A106" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
-    <x:row r="108" spans="1:191">
+    <x:row r="108" spans="1:192">
       <x:c r="A108" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
-    <x:row r="109" spans="1:191">
+    <x:row r="109" spans="1:192">
       <x:c r="A109" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
-    <x:row r="111" spans="1:191">
+    <x:row r="111" spans="1:192">
       <x:c r="A111" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
-    <x:row r="112" spans="1:191">
+    <x:row r="112" spans="1:192">
       <x:c r="A112" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>PriserSesJust</vt:lpstr>
       <vt:lpstr>PriserSesJust!Print_Area</vt:lpstr>
       <vt:lpstr>PriserSesJust!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>