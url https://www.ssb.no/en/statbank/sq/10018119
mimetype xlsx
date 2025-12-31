--- v2 (2025-12-11)
+++ v3 (2025-12-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76eebd559c8241ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b1cb35f20d964efab868408259e56719.psmdcp" Id="Rcaf94b49d3f1424c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11f9b45baeb8455d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/62e7a17b800f4041b30838c1d2b7c14a.psmdcp" Id="R1575b5ce932c4786" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="PriserSesJust" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="276">
   <x:si>
     <x:t>09190: Final expenditure and gross domestic product, by macroeconomic indicator, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices, seasonally adjusted (NOK million)</x:t>
   </x:si>
   <x:si>