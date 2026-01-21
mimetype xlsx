--- v3 (2025-12-31)
+++ v4 (2026-01-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11f9b45baeb8455d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/62e7a17b800f4041b30838c1d2b7c14a.psmdcp" Id="R1575b5ce932c4786" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e27c6a41f694e61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fe3984244543400c868f63138a5e36f3.psmdcp" Id="R5483ead544184c71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="PriserSesJust" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="276">
   <x:si>
     <x:t>09190: Final expenditure and gross domestic product, by macroeconomic indicator, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices, seasonally adjusted (NOK million)</x:t>
   </x:si>
   <x:si>