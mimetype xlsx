--- v0 (2025-10-19)
+++ v1 (2025-12-11)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ad2790de85f46d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5461fc15c569420da3a797f39d382cc8.psmdcp" Id="Rd3764c3e2dc74146" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra278f487c4484522" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4aa22e380666466ea5c0be5923eb4c8b.psmdcp" Id="Rbeab1e377ffc4ce0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Faste" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="273" uniqueCount="273">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="274" uniqueCount="274">
   <x:si>
     <x:t>09190: Final expenditure and gross domestic product, by macroeconomic indicator, contents and quarter</x:t>
   </x:si>
   <x:si>
-    <x:t>Constant 2022-prices (NOK million)</x:t>
+    <x:t>Constant 2023-prices (NOK million)</x:t>
   </x:si>
   <x:si>
     <x:t>1978K1</x:t>
   </x:si>
   <x:si>
     <x:t>1978K2</x:t>
   </x:si>
   <x:si>
     <x:t>1978K3</x:t>
   </x:si>
   <x:si>
     <x:t>1978K4</x:t>
   </x:si>
   <x:si>
     <x:t>1979K1</x:t>
   </x:si>
   <x:si>
     <x:t>1979K2</x:t>
   </x:si>
   <x:si>
     <x:t>1979K3</x:t>
   </x:si>
   <x:si>
     <x:t>1979K4</x:t>
   </x:si>
@@ -586,50 +586,53 @@
   <x:si>
     <x:t>2023K3</x:t>
   </x:si>
   <x:si>
     <x:t>2023K4</x:t>
   </x:si>
   <x:si>
     <x:t>2024K1</x:t>
   </x:si>
   <x:si>
     <x:t>2024K2</x:t>
   </x:si>
   <x:si>
     <x:t>2024K3</x:t>
   </x:si>
   <x:si>
     <x:t>2024K4</x:t>
   </x:si>
   <x:si>
     <x:t>2025K1</x:t>
   </x:si>
   <x:si>
     <x:t>2025K2</x:t>
   </x:si>
   <x:si>
+    <x:t>2025K3</x:t>
+  </x:si>
+  <x:si>
     <x:t>Final consumption expenditure of households and NPISHs</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Household final consumption expenditure</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Goods</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Services</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Direct purchases abroad by resident households</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Direct purchases by non-residents</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Final consumption expenditure of NPISHs</x:t>
   </x:si>
   <x:si>
     <x:t>Final consumption expenditure of general governmen</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Final consumption expenditure of central government</x:t>
@@ -739,66 +742,66 @@
   <x:si>
     <x:t>Petroleum activities and ocean transport</x:t>
   </x:si>
   <x:si>
     <x:t>Gross domestic product Mainland Norway, basic values</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Mainland Norway excluding general government (GDP)</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Manufacturing and mining  (GDP)</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Production of other goods  (GDP)</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Service activities  (GDP)</x:t>
   </x:si>
   <x:si>
     <x:t>¬ General government  (GDP)</x:t>
   </x:si>
   <x:si>
     <x:t>Taxes and subsidies products</x:t>
   </x:si>
   <x:si>
-    <x:t>Unadjusted figures from the base year (final annual accounts) are preliminary.</x:t>
+    <x:t>Figures after 2023 (the base year) are preliminary.</x:t>
   </x:si>
   <x:si>
     <x:t>In the time series in volume, the figures from the base year and onwards are fixed price figures while data prior to the base year are chained volume figures. This implies that additivity in volume is lost prior to the base year.</x:t>
   </x:si>
   <x:si>
-    <x:t>Errors in seasonally adjusted figures were corrected on November 29, 2024 at 11:35 a.m.</x:t>
+    <x:t>Errors in seasonally adjusted figures for the series 'Changes in stocks and statistical discrepancies', 'Gross capital formation', 'Final domestic use of goods and services' and 'Total use of goods and services' for the period 2016 to 2023 have been corrected on 27 November 2025.</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
-    <x:t>Constant 2022-prices (NOK million):</x:t>
+    <x:t>Constant 2023-prices (NOK million):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250821 08:00</x:t>
+    <x:t>20251127 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Achraf Bougroug, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 15</x:t>
   </x:si>
   <x:si>
     <x:t>acb@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Julian Paulsen Blytt, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 23 26</x:t>
   </x:si>
@@ -1218,70 +1221,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:GI108"/>
+  <x:dimension ref="A1:GJ108"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="191" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="1" max="192" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:191">
+    <x:row r="1" spans="1:192">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:191">
+    <x:row r="3" spans="1:192">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="4" spans="1:191">
+    <x:row r="4" spans="1:192">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="I4" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J4" s="2" t="s">
@@ -1808,29549 +1811,29705 @@
       </x:c>
       <x:c r="GB4" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="GC4" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="GD4" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="GE4" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="GF4" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="GG4" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="GH4" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="GI4" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
+      <x:c r="GJ4" s="2" t="s">
+        <x:v>192</x:v>
+      </x:c>
     </x:row>
-    <x:row r="5" spans="1:191">
+    <x:row r="5" spans="1:192">
       <x:c r="A5" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>140302</x:v>
+        <x:v>136136</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>143835</x:v>
+        <x:v>139564</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>143816</x:v>
+        <x:v>139545</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>156904</x:v>
+        <x:v>152245</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>146470</x:v>
+        <x:v>142006</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>149541</x:v>
+        <x:v>144984</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
-        <x:v>148483</x:v>
+        <x:v>143958</x:v>
       </x:c>
       <x:c r="I5" s="3" t="n">
-        <x:v>164928</x:v>
+        <x:v>159902</x:v>
       </x:c>
       <x:c r="J5" s="3" t="n">
-        <x:v>152111</x:v>
+        <x:v>147420</x:v>
       </x:c>
       <x:c r="K5" s="3" t="n">
-        <x:v>150049</x:v>
+        <x:v>145421</x:v>
       </x:c>
       <x:c r="L5" s="3" t="n">
-        <x:v>151184</x:v>
+        <x:v>146521</x:v>
       </x:c>
       <x:c r="M5" s="3" t="n">
-        <x:v>168693</x:v>
+        <x:v>163489</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>150541</x:v>
+        <x:v>145843</x:v>
       </x:c>
       <x:c r="O5" s="3" t="n">
-        <x:v>151987</x:v>
+        <x:v>147244</x:v>
       </x:c>
       <x:c r="P5" s="3" t="n">
-        <x:v>150840</x:v>
+        <x:v>146133</x:v>
       </x:c>
       <x:c r="Q5" s="3" t="n">
-        <x:v>170549</x:v>
+        <x:v>165226</x:v>
       </x:c>
       <x:c r="R5" s="3" t="n">
-        <x:v>152598</x:v>
+        <x:v>147823</x:v>
       </x:c>
       <x:c r="S5" s="3" t="n">
-        <x:v>155370</x:v>
+        <x:v>150507</x:v>
       </x:c>
       <x:c r="T5" s="3" t="n">
-        <x:v>155073</x:v>
+        <x:v>150220</x:v>
       </x:c>
       <x:c r="U5" s="3" t="n">
-        <x:v>167873</x:v>
+        <x:v>162619</x:v>
       </x:c>
       <x:c r="V5" s="3" t="n">
-        <x:v>156445</x:v>
+        <x:v>151546</x:v>
       </x:c>
       <x:c r="W5" s="3" t="n">
-        <x:v>156898</x:v>
+        <x:v>151984</x:v>
       </x:c>
       <x:c r="X5" s="3" t="n">
-        <x:v>158903</x:v>
+        <x:v>153926</x:v>
       </x:c>
       <x:c r="Y5" s="3" t="n">
-        <x:v>171162</x:v>
+        <x:v>165802</x:v>
       </x:c>
       <x:c r="Z5" s="3" t="n">
-        <x:v>160859</x:v>
+        <x:v>155846</x:v>
       </x:c>
       <x:c r="AA5" s="3" t="n">
-        <x:v>162083</x:v>
+        <x:v>157032</x:v>
       </x:c>
       <x:c r="AB5" s="3" t="n">
-        <x:v>162063</x:v>
+        <x:v>157012</x:v>
       </x:c>
       <x:c r="AC5" s="3" t="n">
-        <x:v>178937</x:v>
+        <x:v>173360</x:v>
       </x:c>
       <x:c r="AD5" s="3" t="n">
-        <x:v>174480</x:v>
+        <x:v>169042</x:v>
       </x:c>
       <x:c r="AE5" s="3" t="n">
-        <x:v>175766</x:v>
+        <x:v>170288</x:v>
       </x:c>
       <x:c r="AF5" s="3" t="n">
-        <x:v>178116</x:v>
+        <x:v>172564</x:v>
       </x:c>
       <x:c r="AG5" s="3" t="n">
-        <x:v>196831</x:v>
+        <x:v>190696</x:v>
       </x:c>
       <x:c r="AH5" s="3" t="n">
-        <x:v>184242</x:v>
+        <x:v>178509</x:v>
       </x:c>
       <x:c r="AI5" s="3" t="n">
-        <x:v>192021</x:v>
+        <x:v>186045</x:v>
       </x:c>
       <x:c r="AJ5" s="3" t="n">
-        <x:v>183736</x:v>
+        <x:v>178018</x:v>
       </x:c>
       <x:c r="AK5" s="3" t="n">
-        <x:v>201811</x:v>
+        <x:v>195531</x:v>
       </x:c>
       <x:c r="AL5" s="3" t="n">
-        <x:v>182868</x:v>
+        <x:v>177089</x:v>
       </x:c>
       <x:c r="AM5" s="3" t="n">
-        <x:v>186959</x:v>
+        <x:v>181052</x:v>
       </x:c>
       <x:c r="AN5" s="3" t="n">
-        <x:v>185840</x:v>
+        <x:v>179967</x:v>
       </x:c>
       <x:c r="AO5" s="3" t="n">
-        <x:v>201441</x:v>
+        <x:v>195076</x:v>
       </x:c>
       <x:c r="AP5" s="3" t="n">
-        <x:v>183742</x:v>
+        <x:v>178003</x:v>
       </x:c>
       <x:c r="AQ5" s="3" t="n">
-        <x:v>182555</x:v>
+        <x:v>176854</x:v>
       </x:c>
       <x:c r="AR5" s="3" t="n">
-        <x:v>181477</x:v>
+        <x:v>175809</x:v>
       </x:c>
       <x:c r="AS5" s="3" t="n">
-        <x:v>193349</x:v>
+        <x:v>187310</x:v>
       </x:c>
       <x:c r="AT5" s="3" t="n">
-        <x:v>176798</x:v>
+        <x:v>171152</x:v>
       </x:c>
       <x:c r="AU5" s="3" t="n">
-        <x:v>183265</x:v>
+        <x:v>177412</x:v>
       </x:c>
       <x:c r="AV5" s="3" t="n">
-        <x:v>181643</x:v>
+        <x:v>175842</x:v>
       </x:c>
       <x:c r="AW5" s="3" t="n">
-        <x:v>194886</x:v>
+        <x:v>188662</x:v>
       </x:c>
       <x:c r="AX5" s="3" t="n">
-        <x:v>178133</x:v>
+        <x:v>172659</x:v>
       </x:c>
       <x:c r="AY5" s="3" t="n">
-        <x:v>183282</x:v>
+        <x:v>177650</x:v>
       </x:c>
       <x:c r="AZ5" s="3" t="n">
-        <x:v>184237</x:v>
+        <x:v>178575</x:v>
       </x:c>
       <x:c r="BA5" s="3" t="n">
-        <x:v>196042</x:v>
+        <x:v>190018</x:v>
       </x:c>
       <x:c r="BB5" s="3" t="n">
-        <x:v>183419</x:v>
+        <x:v>177613</x:v>
       </x:c>
       <x:c r="BC5" s="3" t="n">
-        <x:v>185102</x:v>
+        <x:v>179243</x:v>
       </x:c>
       <x:c r="BD5" s="3" t="n">
-        <x:v>187658</x:v>
+        <x:v>181718</x:v>
       </x:c>
       <x:c r="BE5" s="3" t="n">
-        <x:v>200974</x:v>
+        <x:v>194613</x:v>
       </x:c>
       <x:c r="BF5" s="3" t="n">
-        <x:v>188274</x:v>
+        <x:v>182420</x:v>
       </x:c>
       <x:c r="BG5" s="3" t="n">
-        <x:v>190936</x:v>
+        <x:v>184998</x:v>
       </x:c>
       <x:c r="BH5" s="3" t="n">
-        <x:v>190033</x:v>
+        <x:v>184124</x:v>
       </x:c>
       <x:c r="BI5" s="3" t="n">
-        <x:v>205811</x:v>
+        <x:v>199411</x:v>
       </x:c>
       <x:c r="BJ5" s="3" t="n">
-        <x:v>189315</x:v>
+        <x:v>183550</x:v>
       </x:c>
       <x:c r="BK5" s="3" t="n">
-        <x:v>192317</x:v>
+        <x:v>186460</x:v>
       </x:c>
       <x:c r="BL5" s="3" t="n">
-        <x:v>197684</x:v>
+        <x:v>191664</x:v>
       </x:c>
       <x:c r="BM5" s="3" t="n">
-        <x:v>213339</x:v>
+        <x:v>206842</x:v>
       </x:c>
       <x:c r="BN5" s="3" t="n">
-        <x:v>197839</x:v>
+        <x:v>191785</x:v>
       </x:c>
       <x:c r="BO5" s="3" t="n">
-        <x:v>200232</x:v>
+        <x:v>194105</x:v>
       </x:c>
       <x:c r="BP5" s="3" t="n">
-        <x:v>204927</x:v>
+        <x:v>198656</x:v>
       </x:c>
       <x:c r="BQ5" s="3" t="n">
-        <x:v>216564</x:v>
+        <x:v>209937</x:v>
       </x:c>
       <x:c r="BR5" s="3" t="n">
-        <x:v>202503</x:v>
+        <x:v>196487</x:v>
       </x:c>
       <x:c r="BS5" s="3" t="n">
-        <x:v>208446</x:v>
+        <x:v>202254</x:v>
       </x:c>
       <x:c r="BT5" s="3" t="n">
-        <x:v>213170</x:v>
+        <x:v>206837</x:v>
       </x:c>
       <x:c r="BU5" s="3" t="n">
-        <x:v>225048</x:v>
+        <x:v>218363</x:v>
       </x:c>
       <x:c r="BV5" s="3" t="n">
-        <x:v>216941</x:v>
+        <x:v>210721</x:v>
       </x:c>
       <x:c r="BW5" s="3" t="n">
-        <x:v>219003</x:v>
+        <x:v>212724</x:v>
       </x:c>
       <x:c r="BX5" s="3" t="n">
-        <x:v>226485</x:v>
+        <x:v>219991</x:v>
       </x:c>
       <x:c r="BY5" s="3" t="n">
-        <x:v>240432</x:v>
+        <x:v>233539</x:v>
       </x:c>
       <x:c r="BZ5" s="3" t="n">
-        <x:v>216751</x:v>
+        <x:v>210629</x:v>
       </x:c>
       <x:c r="CA5" s="3" t="n">
-        <x:v>229163</x:v>
+        <x:v>222691</x:v>
       </x:c>
       <x:c r="CB5" s="3" t="n">
-        <x:v>234892</x:v>
+        <x:v>228258</x:v>
       </x:c>
       <x:c r="CC5" s="3" t="n">
-        <x:v>250232</x:v>
+        <x:v>243165</x:v>
       </x:c>
       <x:c r="CD5" s="3" t="n">
-        <x:v>225550</x:v>
+        <x:v>219246</x:v>
       </x:c>
       <x:c r="CE5" s="3" t="n">
-        <x:v>237388</x:v>
+        <x:v>230752</x:v>
       </x:c>
       <x:c r="CF5" s="3" t="n">
-        <x:v>242477</x:v>
+        <x:v>235700</x:v>
       </x:c>
       <x:c r="CG5" s="3" t="n">
-        <x:v>251959</x:v>
+        <x:v>244916</x:v>
       </x:c>
       <x:c r="CH5" s="3" t="n">
-        <x:v>236248</x:v>
+        <x:v>230112</x:v>
       </x:c>
       <x:c r="CI5" s="3" t="n">
-        <x:v>239877</x:v>
+        <x:v>233646</x:v>
       </x:c>
       <x:c r="CJ5" s="3" t="n">
-        <x:v>252118</x:v>
+        <x:v>245570</x:v>
       </x:c>
       <x:c r="CK5" s="3" t="n">
-        <x:v>264880</x:v>
+        <x:v>258000</x:v>
       </x:c>
       <x:c r="CL5" s="3" t="n">
-        <x:v>247975</x:v>
+        <x:v>242032</x:v>
       </x:c>
       <x:c r="CM5" s="3" t="n">
-        <x:v>255573</x:v>
+        <x:v>249448</x:v>
       </x:c>
       <x:c r="CN5" s="3" t="n">
-        <x:v>262125</x:v>
+        <x:v>255843</x:v>
       </x:c>
       <x:c r="CO5" s="3" t="n">
-        <x:v>268872</x:v>
+        <x:v>262428</x:v>
       </x:c>
       <x:c r="CP5" s="3" t="n">
-        <x:v>252040</x:v>
+        <x:v>246784</x:v>
       </x:c>
       <x:c r="CQ5" s="3" t="n">
-        <x:v>259167</x:v>
+        <x:v>253762</x:v>
       </x:c>
       <x:c r="CR5" s="3" t="n">
-        <x:v>266406</x:v>
+        <x:v>260850</x:v>
       </x:c>
       <x:c r="CS5" s="3" t="n">
-        <x:v>278272</x:v>
+        <x:v>272468</x:v>
       </x:c>
       <x:c r="CT5" s="3" t="n">
-        <x:v>257400</x:v>
+        <x:v>253372</x:v>
       </x:c>
       <x:c r="CU5" s="3" t="n">
-        <x:v>266326</x:v>
+        <x:v>262159</x:v>
       </x:c>
       <x:c r="CV5" s="3" t="n">
-        <x:v>275340</x:v>
+        <x:v>271032</x:v>
       </x:c>
       <x:c r="CW5" s="3" t="n">
-        <x:v>289931</x:v>
+        <x:v>285395</x:v>
       </x:c>
       <x:c r="CX5" s="3" t="n">
-        <x:v>264251</x:v>
+        <x:v>260853</x:v>
       </x:c>
       <x:c r="CY5" s="3" t="n">
-        <x:v>273869</x:v>
+        <x:v>270348</x:v>
       </x:c>
       <x:c r="CZ5" s="3" t="n">
-        <x:v>286167</x:v>
+        <x:v>282488</x:v>
       </x:c>
       <x:c r="DA5" s="3" t="n">
-        <x:v>299477</x:v>
+        <x:v>295627</x:v>
       </x:c>
       <x:c r="DB5" s="3" t="n">
-        <x:v>281459</x:v>
+        <x:v>279777</x:v>
       </x:c>
       <x:c r="DC5" s="3" t="n">
-        <x:v>291513</x:v>
+        <x:v>289770</x:v>
       </x:c>
       <x:c r="DD5" s="3" t="n">
-        <x:v>302154</x:v>
+        <x:v>300347</x:v>
       </x:c>
       <x:c r="DE5" s="3" t="n">
-        <x:v>309876</x:v>
+        <x:v>308023</x:v>
       </x:c>
       <x:c r="DF5" s="3" t="n">
-        <x:v>287278</x:v>
+        <x:v>288611</x:v>
       </x:c>
       <x:c r="DG5" s="3" t="n">
-        <x:v>308046</x:v>
+        <x:v>309475</x:v>
       </x:c>
       <x:c r="DH5" s="3" t="n">
-        <x:v>319972</x:v>
+        <x:v>321457</x:v>
       </x:c>
       <x:c r="DI5" s="3" t="n">
-        <x:v>321879</x:v>
+        <x:v>323372</x:v>
       </x:c>
       <x:c r="DJ5" s="3" t="n">
-        <x:v>304289</x:v>
+        <x:v>309017</x:v>
       </x:c>
       <x:c r="DK5" s="3" t="n">
-        <x:v>322079</x:v>
+        <x:v>327083</x:v>
       </x:c>
       <x:c r="DL5" s="3" t="n">
-        <x:v>332137</x:v>
+        <x:v>337297</x:v>
       </x:c>
       <x:c r="DM5" s="3" t="n">
-        <x:v>340038</x:v>
+        <x:v>345321</x:v>
       </x:c>
       <x:c r="DN5" s="3" t="n">
-        <x:v>322793</x:v>
+        <x:v>329746</x:v>
       </x:c>
       <x:c r="DO5" s="3" t="n">
-        <x:v>338324</x:v>
+        <x:v>345611</x:v>
       </x:c>
       <x:c r="DP5" s="3" t="n">
-        <x:v>347828</x:v>
+        <x:v>355320</x:v>
       </x:c>
       <x:c r="DQ5" s="3" t="n">
-        <x:v>358511</x:v>
+        <x:v>366234</x:v>
       </x:c>
       <x:c r="DR5" s="3" t="n">
-        <x:v>333009</x:v>
+        <x:v>339833</x:v>
       </x:c>
       <x:c r="DS5" s="3" t="n">
-        <x:v>352696</x:v>
+        <x:v>359923</x:v>
       </x:c>
       <x:c r="DT5" s="3" t="n">
-        <x:v>350861</x:v>
+        <x:v>358051</x:v>
       </x:c>
       <x:c r="DU5" s="3" t="n">
-        <x:v>353829</x:v>
+        <x:v>361079</x:v>
       </x:c>
       <x:c r="DV5" s="3" t="n">
-        <x:v>325482</x:v>
+        <x:v>335441</x:v>
       </x:c>
       <x:c r="DW5" s="3" t="n">
-        <x:v>345099</x:v>
+        <x:v>355658</x:v>
       </x:c>
       <x:c r="DX5" s="3" t="n">
-        <x:v>353994</x:v>
+        <x:v>364825</x:v>
       </x:c>
       <x:c r="DY5" s="3" t="n">
-        <x:v>366243</x:v>
+        <x:v>377449</x:v>
       </x:c>
       <x:c r="DZ5" s="3" t="n">
-        <x:v>347287</x:v>
+        <x:v>360147</x:v>
       </x:c>
       <x:c r="EA5" s="3" t="n">
-        <x:v>353741</x:v>
+        <x:v>366840</x:v>
       </x:c>
       <x:c r="EB5" s="3" t="n">
-        <x:v>365762</x:v>
+        <x:v>379306</x:v>
       </x:c>
       <x:c r="EC5" s="3" t="n">
-        <x:v>377014</x:v>
+        <x:v>390974</x:v>
       </x:c>
       <x:c r="ED5" s="3" t="n">
-        <x:v>350076</x:v>
+        <x:v>365651</x:v>
       </x:c>
       <x:c r="EE5" s="3" t="n">
-        <x:v>369159</x:v>
+        <x:v>385583</x:v>
       </x:c>
       <x:c r="EF5" s="3" t="n">
-        <x:v>375206</x:v>
+        <x:v>391898</x:v>
       </x:c>
       <x:c r="EG5" s="3" t="n">
-        <x:v>383502</x:v>
+        <x:v>400563</x:v>
       </x:c>
       <x:c r="EH5" s="3" t="n">
-        <x:v>366362</x:v>
+        <x:v>384698</x:v>
       </x:c>
       <x:c r="EI5" s="3" t="n">
-        <x:v>379621</x:v>
+        <x:v>398619</x:v>
       </x:c>
       <x:c r="EJ5" s="3" t="n">
-        <x:v>388748</x:v>
+        <x:v>408203</x:v>
       </x:c>
       <x:c r="EK5" s="3" t="n">
-        <x:v>394981</x:v>
+        <x:v>414749</x:v>
       </x:c>
       <x:c r="EL5" s="3" t="n">
-        <x:v>374063</x:v>
+        <x:v>396470</x:v>
       </x:c>
       <x:c r="EM5" s="3" t="n">
-        <x:v>392990</x:v>
+        <x:v>416531</x:v>
       </x:c>
       <x:c r="EN5" s="3" t="n">
-        <x:v>400977</x:v>
+        <x:v>424996</x:v>
       </x:c>
       <x:c r="EO5" s="3" t="n">
-        <x:v>404687</x:v>
+        <x:v>428929</x:v>
       </x:c>
       <x:c r="EP5" s="3" t="n">
-        <x:v>381091</x:v>
+        <x:v>407287</x:v>
       </x:c>
       <x:c r="EQ5" s="3" t="n">
-        <x:v>401342</x:v>
+        <x:v>428930</x:v>
       </x:c>
       <x:c r="ER5" s="3" t="n">
-        <x:v>408422</x:v>
+        <x:v>436496</x:v>
       </x:c>
       <x:c r="ES5" s="3" t="n">
-        <x:v>414437</x:v>
+        <x:v>442925</x:v>
       </x:c>
       <x:c r="ET5" s="3" t="n">
-        <x:v>394959</x:v>
+        <x:v>426090</x:v>
       </x:c>
       <x:c r="EU5" s="3" t="n">
-        <x:v>410067</x:v>
+        <x:v>442389</x:v>
       </x:c>
       <x:c r="EV5" s="3" t="n">
-        <x:v>419736</x:v>
+        <x:v>452819</x:v>
       </x:c>
       <x:c r="EW5" s="3" t="n">
-        <x:v>424033</x:v>
+        <x:v>457455</x:v>
       </x:c>
       <x:c r="EX5" s="3" t="n">
-        <x:v>396692</x:v>
+        <x:v>432922</x:v>
       </x:c>
       <x:c r="EY5" s="3" t="n">
-        <x:v>423526</x:v>
+        <x:v>460533</x:v>
       </x:c>
       <x:c r="EZ5" s="3" t="n">
-        <x:v>408776</x:v>
+        <x:v>444924</x:v>
       </x:c>
       <x:c r="FA5" s="3" t="n">
-        <x:v>438322</x:v>
+        <x:v>478405</x:v>
       </x:c>
       <x:c r="FB5" s="3" t="n">
-        <x:v>412245</x:v>
+        <x:v>452317</x:v>
       </x:c>
       <x:c r="FC5" s="3" t="n">
-        <x:v>424430</x:v>
+        <x:v>465347</x:v>
       </x:c>
       <x:c r="FD5" s="3" t="n">
-        <x:v>419390</x:v>
+        <x:v>460952</x:v>
       </x:c>
       <x:c r="FE5" s="3" t="n">
-        <x:v>448578</x:v>
+        <x:v>494596</x:v>
       </x:c>
       <x:c r="FF5" s="3" t="n">
-        <x:v>413419</x:v>
+        <x:v>460244</x:v>
       </x:c>
       <x:c r="FG5" s="3" t="n">
-        <x:v>439018</x:v>
+        <x:v>487244</x:v>
       </x:c>
       <x:c r="FH5" s="3" t="n">
-        <x:v>424383</x:v>
+        <x:v>471800</x:v>
       </x:c>
       <x:c r="FI5" s="3" t="n">
-        <x:v>452255</x:v>
+        <x:v>504298</x:v>
       </x:c>
       <x:c r="FJ5" s="3" t="n">
-        <x:v>419630</x:v>
+        <x:v>473305</x:v>
       </x:c>
       <x:c r="FK5" s="3" t="n">
-        <x:v>437549</x:v>
+        <x:v>488755</x:v>
       </x:c>
       <x:c r="FL5" s="3" t="n">
-        <x:v>434916</x:v>
+        <x:v>486301</x:v>
       </x:c>
       <x:c r="FM5" s="3" t="n">
-        <x:v>454661</x:v>
+        <x:v>511768</x:v>
       </x:c>
       <x:c r="FN5" s="3" t="n">
-        <x:v>411018</x:v>
+        <x:v>472736</x:v>
       </x:c>
       <x:c r="FO5" s="3" t="n">
-        <x:v>383162</x:v>
+        <x:v>439516</x:v>
       </x:c>
       <x:c r="FP5" s="3" t="n">
-        <x:v>408111</x:v>
+        <x:v>465665</x:v>
       </x:c>
       <x:c r="FQ5" s="3" t="n">
-        <x:v>435800</x:v>
+        <x:v>497341</x:v>
       </x:c>
       <x:c r="FR5" s="3" t="n">
-        <x:v>393880</x:v>
+        <x:v>453688</x:v>
       </x:c>
       <x:c r="FS5" s="3" t="n">
-        <x:v>414985</x:v>
+        <x:v>480063</x:v>
       </x:c>
       <x:c r="FT5" s="3" t="n">
-        <x:v>434772</x:v>
+        <x:v>502637</x:v>
       </x:c>
       <x:c r="FU5" s="3" t="n">
-        <x:v>477956</x:v>
+        <x:v>552824</x:v>
       </x:c>
       <x:c r="FV5" s="3" t="n">
-        <x:v>433162</x:v>
+        <x:v>500629</x:v>
       </x:c>
       <x:c r="FW5" s="3" t="n">
-        <x:v>468307</x:v>
+        <x:v>538558</x:v>
       </x:c>
       <x:c r="FX5" s="3" t="n">
-        <x:v>451175</x:v>
+        <x:v>522787</x:v>
       </x:c>
       <x:c r="FY5" s="3" t="n">
-        <x:v>503856</x:v>
+        <x:v>571001</x:v>
       </x:c>
       <x:c r="FZ5" s="3" t="n">
-        <x:v>446928</x:v>
+        <x:v>521036</x:v>
       </x:c>
       <x:c r="GA5" s="3" t="n">
-        <x:v>461329</x:v>
+        <x:v>529507</x:v>
       </x:c>
       <x:c r="GB5" s="3" t="n">
-        <x:v>443942</x:v>
+        <x:v>511408</x:v>
       </x:c>
       <x:c r="GC5" s="3" t="n">
-        <x:v>481421</x:v>
+        <x:v>549087</x:v>
       </x:c>
       <x:c r="GD5" s="3" t="n">
-        <x:v>441726</x:v>
+        <x:v>506619</x:v>
       </x:c>
       <x:c r="GE5" s="3" t="n">
-        <x:v>474633</x:v>
+        <x:v>543199</x:v>
       </x:c>
       <x:c r="GF5" s="3" t="n">
-        <x:v>453440</x:v>
+        <x:v>525627</x:v>
       </x:c>
       <x:c r="GG5" s="3" t="n">
-        <x:v>489917</x:v>
+        <x:v>562695</x:v>
       </x:c>
       <x:c r="GH5" s="3" t="n">
-        <x:v>458649</x:v>
+        <x:v>521604</x:v>
       </x:c>
       <x:c r="GI5" s="3" t="n">
-        <x:v>481106</x:v>
+        <x:v>549497</x:v>
+      </x:c>
+      <x:c r="GJ5" s="3" t="n">
+        <x:v>535666</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:191">
+    <x:row r="6" spans="1:192">
       <x:c r="A6" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>131397</x:v>
+        <x:v>126917</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>134827</x:v>
+        <x:v>130230</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>134712</x:v>
+        <x:v>130119</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>147766</x:v>
+        <x:v>142728</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>136992</x:v>
+        <x:v>132321</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>139954</x:v>
+        <x:v>135182</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
-        <x:v>138798</x:v>
+        <x:v>134065</x:v>
       </x:c>
       <x:c r="I6" s="3" t="n">
-        <x:v>155199</x:v>
+        <x:v>149907</x:v>
       </x:c>
       <x:c r="J6" s="3" t="n">
-        <x:v>142217</x:v>
+        <x:v>137368</x:v>
       </x:c>
       <x:c r="K6" s="3" t="n">
-        <x:v>140159</x:v>
+        <x:v>135380</x:v>
       </x:c>
       <x:c r="L6" s="3" t="n">
-        <x:v>141187</x:v>
+        <x:v>136373</x:v>
       </x:c>
       <x:c r="M6" s="3" t="n">
-        <x:v>158657</x:v>
+        <x:v>153247</x:v>
       </x:c>
       <x:c r="N6" s="3" t="n">
-        <x:v>140378</x:v>
+        <x:v>135592</x:v>
       </x:c>
       <x:c r="O6" s="3" t="n">
-        <x:v>141711</x:v>
+        <x:v>136879</x:v>
       </x:c>
       <x:c r="P6" s="3" t="n">
-        <x:v>140455</x:v>
+        <x:v>135666</x:v>
       </x:c>
       <x:c r="Q6" s="3" t="n">
-        <x:v>160136</x:v>
+        <x:v>154676</x:v>
       </x:c>
       <x:c r="R6" s="3" t="n">
-        <x:v>141970</x:v>
+        <x:v>137129</x:v>
       </x:c>
       <x:c r="S6" s="3" t="n">
-        <x:v>144622</x:v>
+        <x:v>139691</x:v>
       </x:c>
       <x:c r="T6" s="3" t="n">
-        <x:v>144210</x:v>
+        <x:v>139293</x:v>
       </x:c>
       <x:c r="U6" s="3" t="n">
-        <x:v>156997</x:v>
+        <x:v>151644</x:v>
       </x:c>
       <x:c r="V6" s="3" t="n">
-        <x:v>145623</x:v>
+        <x:v>140658</x:v>
       </x:c>
       <x:c r="W6" s="3" t="n">
-        <x:v>145957</x:v>
+        <x:v>140980</x:v>
       </x:c>
       <x:c r="X6" s="3" t="n">
-        <x:v>147841</x:v>
+        <x:v>142800</x:v>
       </x:c>
       <x:c r="Y6" s="3" t="n">
-        <x:v>160087</x:v>
+        <x:v>154628</x:v>
       </x:c>
       <x:c r="Z6" s="3" t="n">
-        <x:v>149789</x:v>
+        <x:v>144682</x:v>
       </x:c>
       <x:c r="AA6" s="3" t="n">
-        <x:v>151011</x:v>
+        <x:v>145862</x:v>
       </x:c>
       <x:c r="AB6" s="3" t="n">
-        <x:v>150871</x:v>
+        <x:v>145727</x:v>
       </x:c>
       <x:c r="AC6" s="3" t="n">
-        <x:v>167723</x:v>
+        <x:v>162005</x:v>
       </x:c>
       <x:c r="AD6" s="3" t="n">
-        <x:v>163228</x:v>
+        <x:v>157663</x:v>
       </x:c>
       <x:c r="AE6" s="3" t="n">
-        <x:v>164391</x:v>
+        <x:v>158786</x:v>
       </x:c>
       <x:c r="AF6" s="3" t="n">
-        <x:v>166614</x:v>
+        <x:v>160933</x:v>
       </x:c>
       <x:c r="AG6" s="3" t="n">
-        <x:v>185293</x:v>
+        <x:v>178975</x:v>
       </x:c>
       <x:c r="AH6" s="3" t="n">
-        <x:v>172390</x:v>
+        <x:v>166512</x:v>
       </x:c>
       <x:c r="AI6" s="3" t="n">
-        <x:v>180026</x:v>
+        <x:v>173888</x:v>
       </x:c>
       <x:c r="AJ6" s="3" t="n">
+        <x:v>165777</x:v>
+      </x:c>
+      <x:c r="AK6" s="3" t="n">
+        <x:v>183203</x:v>
+      </x:c>
+      <x:c r="AL6" s="3" t="n">
+        <x:v>165019</x:v>
+      </x:c>
+      <x:c r="AM6" s="3" t="n">
+        <x:v>168838</x:v>
+      </x:c>
+      <x:c r="AN6" s="3" t="n">
+        <x:v>167634</x:v>
+      </x:c>
+      <x:c r="AO6" s="3" t="n">
+        <x:v>182670</x:v>
+      </x:c>
+      <x:c r="AP6" s="3" t="n">
+        <x:v>165701</x:v>
+      </x:c>
+      <x:c r="AQ6" s="3" t="n">
+        <x:v>164558</x:v>
+      </x:c>
+      <x:c r="AR6" s="3" t="n">
+        <x:v>163395</x:v>
+      </x:c>
+      <x:c r="AS6" s="3" t="n">
+        <x:v>174834</x:v>
+      </x:c>
+      <x:c r="AT6" s="3" t="n">
+        <x:v>158908</x:v>
+      </x:c>
+      <x:c r="AU6" s="3" t="n">
+        <x:v>165012</x:v>
+      </x:c>
+      <x:c r="AV6" s="3" t="n">
+        <x:v>163322</x:v>
+      </x:c>
+      <x:c r="AW6" s="3" t="n">
+        <x:v>176084</x:v>
+      </x:c>
+      <x:c r="AX6" s="3" t="n">
+        <x:v>159961</x:v>
+      </x:c>
+      <x:c r="AY6" s="3" t="n">
+        <x:v>164792</x:v>
+      </x:c>
+      <x:c r="AZ6" s="3" t="n">
+        <x:v>165583</x:v>
+      </x:c>
+      <x:c r="BA6" s="3" t="n">
+        <x:v>176957</x:v>
+      </x:c>
+      <x:c r="BB6" s="3" t="n">
+        <x:v>164865</x:v>
+      </x:c>
+      <x:c r="BC6" s="3" t="n">
+        <x:v>166983</x:v>
+      </x:c>
+      <x:c r="BD6" s="3" t="n">
+        <x:v>168959</x:v>
+      </x:c>
+      <x:c r="BE6" s="3" t="n">
+        <x:v>182043</x:v>
+      </x:c>
+      <x:c r="BF6" s="3" t="n">
+        <x:v>169583</x:v>
+      </x:c>
+      <x:c r="BG6" s="3" t="n">
+        <x:v>172107</x:v>
+      </x:c>
+      <x:c r="BH6" s="3" t="n">
+        <x:v>170968</x:v>
+      </x:c>
+      <x:c r="BI6" s="3" t="n">
+        <x:v>186407</x:v>
+      </x:c>
+      <x:c r="BJ6" s="3" t="n">
+        <x:v>170277</x:v>
+      </x:c>
+      <x:c r="BK6" s="3" t="n">
+        <x:v>173268</x:v>
+      </x:c>
+      <x:c r="BL6" s="3" t="n">
+        <x:v>178326</x:v>
+      </x:c>
+      <x:c r="BM6" s="3" t="n">
+        <x:v>193995</x:v>
+      </x:c>
+      <x:c r="BN6" s="3" t="n">
+        <x:v>178353</x:v>
+      </x:c>
+      <x:c r="BO6" s="3" t="n">
+        <x:v>180729</x:v>
+      </x:c>
+      <x:c r="BP6" s="3" t="n">
+        <x:v>185059</x:v>
+      </x:c>
+      <x:c r="BQ6" s="3" t="n">
+        <x:v>196748</x:v>
+      </x:c>
+      <x:c r="BR6" s="3" t="n">
+        <x:v>183201</x:v>
+      </x:c>
+      <x:c r="BS6" s="3" t="n">
+        <x:v>188683</x:v>
+      </x:c>
+      <x:c r="BT6" s="3" t="n">
+        <x:v>193266</x:v>
+      </x:c>
+      <x:c r="BU6" s="3" t="n">
+        <x:v>205157</x:v>
+      </x:c>
+      <x:c r="BV6" s="3" t="n">
+        <x:v>196994</x:v>
+      </x:c>
+      <x:c r="BW6" s="3" t="n">
+        <x:v>198918</x:v>
+      </x:c>
+      <x:c r="BX6" s="3" t="n">
+        <x:v>206061</x:v>
+      </x:c>
+      <x:c r="BY6" s="3" t="n">
+        <x:v>219899</x:v>
+      </x:c>
+      <x:c r="BZ6" s="3" t="n">
+        <x:v>196523</x:v>
+      </x:c>
+      <x:c r="CA6" s="3" t="n">
+        <x:v>208870</x:v>
+      </x:c>
+      <x:c r="CB6" s="3" t="n">
+        <x:v>214294</x:v>
+      </x:c>
+      <x:c r="CC6" s="3" t="n">
+        <x:v>229491</x:v>
+      </x:c>
+      <x:c r="CD6" s="3" t="n">
+        <x:v>205184</x:v>
+      </x:c>
+      <x:c r="CE6" s="3" t="n">
+        <x:v>216586</x:v>
+      </x:c>
+      <x:c r="CF6" s="3" t="n">
+        <x:v>221512</x:v>
+      </x:c>
+      <x:c r="CG6" s="3" t="n">
+        <x:v>230831</x:v>
+      </x:c>
+      <x:c r="CH6" s="3" t="n">
+        <x:v>215536</x:v>
+      </x:c>
+      <x:c r="CI6" s="3" t="n">
+        <x:v>219032</x:v>
+      </x:c>
+      <x:c r="CJ6" s="3" t="n">
+        <x:v>230810</x:v>
+      </x:c>
+      <x:c r="CK6" s="3" t="n">
+        <x:v>243450</x:v>
+      </x:c>
+      <x:c r="CL6" s="3" t="n">
+        <x:v>227236</x:v>
+      </x:c>
+      <x:c r="CM6" s="3" t="n">
+        <x:v>234449</x:v>
+      </x:c>
+      <x:c r="CN6" s="3" t="n">
+        <x:v>240575</x:v>
+      </x:c>
+      <x:c r="CO6" s="3" t="n">
+        <x:v>247717</x:v>
+      </x:c>
+      <x:c r="CP6" s="3" t="n">
+        <x:v>231494</x:v>
+      </x:c>
+      <x:c r="CQ6" s="3" t="n">
+        <x:v>238916</x:v>
+      </x:c>
+      <x:c r="CR6" s="3" t="n">
+        <x:v>245913</x:v>
+      </x:c>
+      <x:c r="CS6" s="3" t="n">
+        <x:v>256922</x:v>
+      </x:c>
+      <x:c r="CT6" s="3" t="n">
+        <x:v>237563</x:v>
+      </x:c>
+      <x:c r="CU6" s="3" t="n">
+        <x:v>246685</x:v>
+      </x:c>
+      <x:c r="CV6" s="3" t="n">
+        <x:v>255567</x:v>
+      </x:c>
+      <x:c r="CW6" s="3" t="n">
+        <x:v>269346</x:v>
+      </x:c>
+      <x:c r="CX6" s="3" t="n">
+        <x:v>244675</x:v>
+      </x:c>
+      <x:c r="CY6" s="3" t="n">
+        <x:v>254489</x:v>
+      </x:c>
+      <x:c r="CZ6" s="3" t="n">
+        <x:v>266627</x:v>
+      </x:c>
+      <x:c r="DA6" s="3" t="n">
+        <x:v>279268</x:v>
+      </x:c>
+      <x:c r="DB6" s="3" t="n">
+        <x:v>262021</x:v>
+      </x:c>
+      <x:c r="DC6" s="3" t="n">
+        <x:v>272438</x:v>
+      </x:c>
+      <x:c r="DD6" s="3" t="n">
+        <x:v>283030</x:v>
+      </x:c>
+      <x:c r="DE6" s="3" t="n">
+        <x:v>290212</x:v>
+      </x:c>
+      <x:c r="DF6" s="3" t="n">
+        <x:v>270216</x:v>
+      </x:c>
+      <x:c r="DG6" s="3" t="n">
+        <x:v>291360</x:v>
+      </x:c>
+      <x:c r="DH6" s="3" t="n">
+        <x:v>303156</x:v>
+      </x:c>
+      <x:c r="DI6" s="3" t="n">
+        <x:v>304581</x:v>
+      </x:c>
+      <x:c r="DJ6" s="3" t="n">
+        <x:v>290332</x:v>
+      </x:c>
+      <x:c r="DK6" s="3" t="n">
+        <x:v>308110</x:v>
+      </x:c>
+      <x:c r="DL6" s="3" t="n">
+        <x:v>318748</x:v>
+      </x:c>
+      <x:c r="DM6" s="3" t="n">
+        <x:v>326639</x:v>
+      </x:c>
+      <x:c r="DN6" s="3" t="n">
+        <x:v>310879</x:v>
+      </x:c>
+      <x:c r="DO6" s="3" t="n">
+        <x:v>326607</x:v>
+      </x:c>
+      <x:c r="DP6" s="3" t="n">
+        <x:v>336638</x:v>
+      </x:c>
+      <x:c r="DQ6" s="3" t="n">
+        <x:v>347324</x:v>
+      </x:c>
+      <x:c r="DR6" s="3" t="n">
+        <x:v>320436</x:v>
+      </x:c>
+      <x:c r="DS6" s="3" t="n">
+        <x:v>340153</x:v>
+      </x:c>
+      <x:c r="DT6" s="3" t="n">
+        <x:v>339382</x:v>
+      </x:c>
+      <x:c r="DU6" s="3" t="n">
+        <x:v>341530</x:v>
+      </x:c>
+      <x:c r="DV6" s="3" t="n">
+        <x:v>315303</x:v>
+      </x:c>
+      <x:c r="DW6" s="3" t="n">
+        <x:v>335990</x:v>
+      </x:c>
+      <x:c r="DX6" s="3" t="n">
+        <x:v>345335</x:v>
+      </x:c>
+      <x:c r="DY6" s="3" t="n">
+        <x:v>356407</x:v>
+      </x:c>
+      <x:c r="DZ6" s="3" t="n">
+        <x:v>339881</x:v>
+      </x:c>
+      <x:c r="EA6" s="3" t="n">
+        <x:v>346886</x:v>
+      </x:c>
+      <x:c r="EB6" s="3" t="n">
+        <x:v>359933</x:v>
+      </x:c>
+      <x:c r="EC6" s="3" t="n">
+        <x:v>370378</x:v>
+      </x:c>
+      <x:c r="ED6" s="3" t="n">
+        <x:v>344457</x:v>
+      </x:c>
+      <x:c r="EE6" s="3" t="n">
+        <x:v>364989</x:v>
+      </x:c>
+      <x:c r="EF6" s="3" t="n">
+        <x:v>371642</x:v>
+      </x:c>
+      <x:c r="EG6" s="3" t="n">
+        <x:v>379096</x:v>
+      </x:c>
+      <x:c r="EH6" s="3" t="n">
+        <x:v>362668</x:v>
+      </x:c>
+      <x:c r="EI6" s="3" t="n">
+        <x:v>377551</x:v>
+      </x:c>
+      <x:c r="EJ6" s="3" t="n">
+        <x:v>387789</x:v>
+      </x:c>
+      <x:c r="EK6" s="3" t="n">
+        <x:v>393186</x:v>
+      </x:c>
+      <x:c r="EL6" s="3" t="n">
+        <x:v>374354</x:v>
+      </x:c>
+      <x:c r="EM6" s="3" t="n">
+        <x:v>394671</x:v>
+      </x:c>
+      <x:c r="EN6" s="3" t="n">
+        <x:v>403924</x:v>
+      </x:c>
+      <x:c r="EO6" s="3" t="n">
+        <x:v>406707</x:v>
+      </x:c>
+      <x:c r="EP6" s="3" t="n">
+        <x:v>383994</x:v>
+      </x:c>
+      <x:c r="EQ6" s="3" t="n">
+        <x:v>406315</x:v>
+      </x:c>
+      <x:c r="ER6" s="3" t="n">
+        <x:v>414403</x:v>
+      </x:c>
+      <x:c r="ES6" s="3" t="n">
+        <x:v>419623</x:v>
+      </x:c>
+      <x:c r="ET6" s="3" t="n">
+        <x:v>400919</x:v>
+      </x:c>
+      <x:c r="EU6" s="3" t="n">
+        <x:v>418887</x:v>
+      </x:c>
+      <x:c r="EV6" s="3" t="n">
+        <x:v>429165</x:v>
+      </x:c>
+      <x:c r="EW6" s="3" t="n">
+        <x:v>432807</x:v>
+      </x:c>
+      <x:c r="EX6" s="3" t="n">
+        <x:v>409004</x:v>
+      </x:c>
+      <x:c r="EY6" s="3" t="n">
+        <x:v>435752</x:v>
+      </x:c>
+      <x:c r="EZ6" s="3" t="n">
+        <x:v>422464</x:v>
+      </x:c>
+      <x:c r="FA6" s="3" t="n">
+        <x:v>453513</x:v>
+      </x:c>
+      <x:c r="FB6" s="3" t="n">
+        <x:v>427203</x:v>
+      </x:c>
+      <x:c r="FC6" s="3" t="n">
+        <x:v>441606</x:v>
+      </x:c>
+      <x:c r="FD6" s="3" t="n">
+        <x:v>438350</x:v>
+      </x:c>
+      <x:c r="FE6" s="3" t="n">
+        <x:v>469759</x:v>
+      </x:c>
+      <x:c r="FF6" s="3" t="n">
+        <x:v>434944</x:v>
+      </x:c>
+      <x:c r="FG6" s="3" t="n">
+        <x:v>461854</x:v>
+      </x:c>
+      <x:c r="FH6" s="3" t="n">
+        <x:v>448933</x:v>
+      </x:c>
+      <x:c r="FI6" s="3" t="n">
+        <x:v>479072</x:v>
+      </x:c>
+      <x:c r="FJ6" s="3" t="n">
+        <x:v>448390</x:v>
+      </x:c>
+      <x:c r="FK6" s="3" t="n">
+        <x:v>464641</x:v>
+      </x:c>
+      <x:c r="FL6" s="3" t="n">
+        <x:v>462876</x:v>
+      </x:c>
+      <x:c r="FM6" s="3" t="n">
+        <x:v>484870</x:v>
+      </x:c>
+      <x:c r="FN6" s="3" t="n">
+        <x:v>446098</x:v>
+      </x:c>
+      <x:c r="FO6" s="3" t="n">
+        <x:v>417974</x:v>
+      </x:c>
+      <x:c r="FP6" s="3" t="n">
+        <x:v>441833</x:v>
+      </x:c>
+      <x:c r="FQ6" s="3" t="n">
+        <x:v>470875</x:v>
+      </x:c>
+      <x:c r="FR6" s="3" t="n">
+        <x:v>431792</x:v>
+      </x:c>
+      <x:c r="FS6" s="3" t="n">
+        <x:v>455260</x:v>
+      </x:c>
+      <x:c r="FT6" s="3" t="n">
+        <x:v>474348</x:v>
+      </x:c>
+      <x:c r="FU6" s="3" t="n">
+        <x:v>519366</x:v>
+      </x:c>
+      <x:c r="FV6" s="3" t="n">
+        <x:v>471500</x:v>
+      </x:c>
+      <x:c r="FW6" s="3" t="n">
+        <x:v>509570</x:v>
+      </x:c>
+      <x:c r="FX6" s="3" t="n">
+        <x:v>495216</x:v>
+      </x:c>
+      <x:c r="FY6" s="3" t="n">
+        <x:v>540334</x:v>
+      </x:c>
+      <x:c r="FZ6" s="3" t="n">
+        <x:v>489084</x:v>
+      </x:c>
+      <x:c r="GA6" s="3" t="n">
+        <x:v>499614</x:v>
+      </x:c>
+      <x:c r="GB6" s="3" t="n">
+        <x:v>482967</x:v>
+      </x:c>
+      <x:c r="GC6" s="3" t="n">
+        <x:v>517305</x:v>
+      </x:c>
+      <x:c r="GD6" s="3" t="n">
+        <x:v>476543</x:v>
+      </x:c>
+      <x:c r="GE6" s="3" t="n">
+        <x:v>511922</x:v>
+      </x:c>
+      <x:c r="GF6" s="3" t="n">
+        <x:v>494756</x:v>
+      </x:c>
+      <x:c r="GG6" s="3" t="n">
+        <x:v>530950</x:v>
+      </x:c>
+      <x:c r="GH6" s="3" t="n">
+        <x:v>490582</x:v>
+      </x:c>
+      <x:c r="GI6" s="3" t="n">
+        <x:v>517429</x:v>
+      </x:c>
+      <x:c r="GJ6" s="3" t="n">
+        <x:v>504178</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:192">
+      <x:c r="A7" s="2" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="B7" s="3" t="n">
+        <x:v>69942</x:v>
+      </x:c>
+      <x:c r="C7" s="3" t="n">
+        <x:v>72604</x:v>
+      </x:c>
+      <x:c r="D7" s="3" t="n">
+        <x:v>72270</x:v>
+      </x:c>
+      <x:c r="E7" s="3" t="n">
+        <x:v>82450</x:v>
+      </x:c>
+      <x:c r="F7" s="3" t="n">
+        <x:v>72474</x:v>
+      </x:c>
+      <x:c r="G7" s="3" t="n">
+        <x:v>74891</x:v>
+      </x:c>
+      <x:c r="H7" s="3" t="n">
+        <x:v>74114</x:v>
+      </x:c>
+      <x:c r="I7" s="3" t="n">
+        <x:v>88168</x:v>
+      </x:c>
+      <x:c r="J7" s="3" t="n">
+        <x:v>76297</x:v>
+      </x:c>
+      <x:c r="K7" s="3" t="n">
+        <x:v>74731</x:v>
+      </x:c>
+      <x:c r="L7" s="3" t="n">
+        <x:v>75856</x:v>
+      </x:c>
+      <x:c r="M7" s="3" t="n">
+        <x:v>90430</x:v>
+      </x:c>
+      <x:c r="N7" s="3" t="n">
+        <x:v>73167</x:v>
+      </x:c>
+      <x:c r="O7" s="3" t="n">
+        <x:v>75099</x:v>
+      </x:c>
+      <x:c r="P7" s="3" t="n">
+        <x:v>74728</x:v>
+      </x:c>
+      <x:c r="Q7" s="3" t="n">
+        <x:v>91294</x:v>
+      </x:c>
+      <x:c r="R7" s="3" t="n">
+        <x:v>73804</x:v>
+      </x:c>
+      <x:c r="S7" s="3" t="n">
+        <x:v>76110</x:v>
+      </x:c>
+      <x:c r="T7" s="3" t="n">
+        <x:v>75325</x:v>
+      </x:c>
+      <x:c r="U7" s="3" t="n">
+        <x:v>85737</x:v>
+      </x:c>
+      <x:c r="V7" s="3" t="n">
+        <x:v>74950</x:v>
+      </x:c>
+      <x:c r="W7" s="3" t="n">
+        <x:v>74487</x:v>
+      </x:c>
+      <x:c r="X7" s="3" t="n">
+        <x:v>74835</x:v>
+      </x:c>
+      <x:c r="Y7" s="3" t="n">
+        <x:v>86892</x:v>
+      </x:c>
+      <x:c r="Z7" s="3" t="n">
+        <x:v>76693</x:v>
+      </x:c>
+      <x:c r="AA7" s="3" t="n">
+        <x:v>77078</x:v>
+      </x:c>
+      <x:c r="AB7" s="3" t="n">
+        <x:v>75372</x:v>
+      </x:c>
+      <x:c r="AC7" s="3" t="n">
+        <x:v>90324</x:v>
+      </x:c>
+      <x:c r="AD7" s="3" t="n">
+        <x:v>84884</x:v>
+      </x:c>
+      <x:c r="AE7" s="3" t="n">
+        <x:v>85928</x:v>
+      </x:c>
+      <x:c r="AF7" s="3" t="n">
+        <x:v>85881</x:v>
+      </x:c>
+      <x:c r="AG7" s="3" t="n">
+        <x:v>103518</x:v>
+      </x:c>
+      <x:c r="AH7" s="3" t="n">
+        <x:v>89764</x:v>
+      </x:c>
+      <x:c r="AI7" s="3" t="n">
+        <x:v>95205</x:v>
+      </x:c>
+      <x:c r="AJ7" s="3" t="n">
+        <x:v>86560</x:v>
+      </x:c>
+      <x:c r="AK7" s="3" t="n">
+        <x:v>103618</x:v>
+      </x:c>
+      <x:c r="AL7" s="3" t="n">
+        <x:v>86718</x:v>
+      </x:c>
+      <x:c r="AM7" s="3" t="n">
+        <x:v>88571</x:v>
+      </x:c>
+      <x:c r="AN7" s="3" t="n">
+        <x:v>85529</x:v>
+      </x:c>
+      <x:c r="AO7" s="3" t="n">
+        <x:v>100112</x:v>
+      </x:c>
+      <x:c r="AP7" s="3" t="n">
+        <x:v>85363</x:v>
+      </x:c>
+      <x:c r="AQ7" s="3" t="n">
+        <x:v>82969</x:v>
+      </x:c>
+      <x:c r="AR7" s="3" t="n">
+        <x:v>80643</x:v>
+      </x:c>
+      <x:c r="AS7" s="3" t="n">
+        <x:v>93227</x:v>
+      </x:c>
+      <x:c r="AT7" s="3" t="n">
+        <x:v>78923</x:v>
+      </x:c>
+      <x:c r="AU7" s="3" t="n">
+        <x:v>82788</x:v>
+      </x:c>
+      <x:c r="AV7" s="3" t="n">
+        <x:v>79780</x:v>
+      </x:c>
+      <x:c r="AW7" s="3" t="n">
+        <x:v>92713</x:v>
+      </x:c>
+      <x:c r="AX7" s="3" t="n">
+        <x:v>80071</x:v>
+      </x:c>
+      <x:c r="AY7" s="3" t="n">
+        <x:v>82979</x:v>
+      </x:c>
+      <x:c r="AZ7" s="3" t="n">
+        <x:v>81843</x:v>
+      </x:c>
+      <x:c r="BA7" s="3" t="n">
+        <x:v>93851</x:v>
+      </x:c>
+      <x:c r="BB7" s="3" t="n">
+        <x:v>84003</x:v>
+      </x:c>
+      <x:c r="BC7" s="3" t="n">
+        <x:v>84298</x:v>
+      </x:c>
+      <x:c r="BD7" s="3" t="n">
+        <x:v>84695</x:v>
+      </x:c>
+      <x:c r="BE7" s="3" t="n">
+        <x:v>98095</x:v>
+      </x:c>
+      <x:c r="BF7" s="3" t="n">
+        <x:v>83851</x:v>
+      </x:c>
+      <x:c r="BG7" s="3" t="n">
+        <x:v>87394</x:v>
+      </x:c>
+      <x:c r="BH7" s="3" t="n">
+        <x:v>84234</x:v>
+      </x:c>
+      <x:c r="BI7" s="3" t="n">
+        <x:v>100167</x:v>
+      </x:c>
+      <x:c r="BJ7" s="3" t="n">
+        <x:v>84476</x:v>
+      </x:c>
+      <x:c r="BK7" s="3" t="n">
+        <x:v>86295</x:v>
+      </x:c>
+      <x:c r="BL7" s="3" t="n">
+        <x:v>89220</x:v>
+      </x:c>
+      <x:c r="BM7" s="3" t="n">
+        <x:v>103813</x:v>
+      </x:c>
+      <x:c r="BN7" s="3" t="n">
+        <x:v>90576</x:v>
+      </x:c>
+      <x:c r="BO7" s="3" t="n">
+        <x:v>90158</x:v>
+      </x:c>
+      <x:c r="BP7" s="3" t="n">
+        <x:v>90929</x:v>
+      </x:c>
+      <x:c r="BQ7" s="3" t="n">
+        <x:v>104269</x:v>
+      </x:c>
+      <x:c r="BR7" s="3" t="n">
+        <x:v>91121</x:v>
+      </x:c>
+      <x:c r="BS7" s="3" t="n">
+        <x:v>93768</x:v>
+      </x:c>
+      <x:c r="BT7" s="3" t="n">
+        <x:v>95581</x:v>
+      </x:c>
+      <x:c r="BU7" s="3" t="n">
+        <x:v>108445</x:v>
+      </x:c>
+      <x:c r="BV7" s="3" t="n">
+        <x:v>100698</x:v>
+      </x:c>
+      <x:c r="BW7" s="3" t="n">
+        <x:v>99998</x:v>
+      </x:c>
+      <x:c r="BX7" s="3" t="n">
+        <x:v>103449</x:v>
+      </x:c>
+      <x:c r="BY7" s="3" t="n">
+        <x:v>118645</x:v>
+      </x:c>
+      <x:c r="BZ7" s="3" t="n">
+        <x:v>97988</x:v>
+      </x:c>
+      <x:c r="CA7" s="3" t="n">
+        <x:v>106052</x:v>
+      </x:c>
+      <x:c r="CB7" s="3" t="n">
+        <x:v>107664</x:v>
+      </x:c>
+      <x:c r="CC7" s="3" t="n">
+        <x:v>124319</x:v>
+      </x:c>
+      <x:c r="CD7" s="3" t="n">
+        <x:v>102192</x:v>
+      </x:c>
+      <x:c r="CE7" s="3" t="n">
+        <x:v>110499</x:v>
+      </x:c>
+      <x:c r="CF7" s="3" t="n">
+        <x:v>112619</x:v>
+      </x:c>
+      <x:c r="CG7" s="3" t="n">
+        <x:v>123234</x:v>
+      </x:c>
+      <x:c r="CH7" s="3" t="n">
+        <x:v>108267</x:v>
+      </x:c>
+      <x:c r="CI7" s="3" t="n">
+        <x:v>107459</x:v>
+      </x:c>
+      <x:c r="CJ7" s="3" t="n">
+        <x:v>115143</x:v>
+      </x:c>
+      <x:c r="CK7" s="3" t="n">
+        <x:v>129533</x:v>
+      </x:c>
+      <x:c r="CL7" s="3" t="n">
+        <x:v>113711</x:v>
+      </x:c>
+      <x:c r="CM7" s="3" t="n">
+        <x:v>117354</x:v>
+      </x:c>
+      <x:c r="CN7" s="3" t="n">
+        <x:v>118350</x:v>
+      </x:c>
+      <x:c r="CO7" s="3" t="n">
+        <x:v>130817</x:v>
+      </x:c>
+      <x:c r="CP7" s="3" t="n">
+        <x:v>116052</x:v>
+      </x:c>
+      <x:c r="CQ7" s="3" t="n">
+        <x:v>118936</x:v>
+      </x:c>
+      <x:c r="CR7" s="3" t="n">
+        <x:v>120775</x:v>
+      </x:c>
+      <x:c r="CS7" s="3" t="n">
+        <x:v>138203</x:v>
+      </x:c>
+      <x:c r="CT7" s="3" t="n">
+        <x:v>119334</x:v>
+      </x:c>
+      <x:c r="CU7" s="3" t="n">
+        <x:v>124635</x:v>
+      </x:c>
+      <x:c r="CV7" s="3" t="n">
+        <x:v>125637</x:v>
+      </x:c>
+      <x:c r="CW7" s="3" t="n">
+        <x:v>145270</x:v>
+      </x:c>
+      <x:c r="CX7" s="3" t="n">
+        <x:v>121850</x:v>
+      </x:c>
+      <x:c r="CY7" s="3" t="n">
+        <x:v>129504</x:v>
+      </x:c>
+      <x:c r="CZ7" s="3" t="n">
+        <x:v>132582</x:v>
+      </x:c>
+      <x:c r="DA7" s="3" t="n">
+        <x:v>150285</x:v>
+      </x:c>
+      <x:c r="DB7" s="3" t="n">
+        <x:v>133027</x:v>
+      </x:c>
+      <x:c r="DC7" s="3" t="n">
+        <x:v>136279</x:v>
+      </x:c>
+      <x:c r="DD7" s="3" t="n">
+        <x:v>138357</x:v>
+      </x:c>
+      <x:c r="DE7" s="3" t="n">
+        <x:v>155321</x:v>
+      </x:c>
+      <x:c r="DF7" s="3" t="n">
+        <x:v>135169</x:v>
+      </x:c>
+      <x:c r="DG7" s="3" t="n">
+        <x:v>145766</x:v>
+      </x:c>
+      <x:c r="DH7" s="3" t="n">
+        <x:v>148103</x:v>
+      </x:c>
+      <x:c r="DI7" s="3" t="n">
+        <x:v>161055</x:v>
+      </x:c>
+      <x:c r="DJ7" s="3" t="n">
+        <x:v>143279</x:v>
+      </x:c>
+      <x:c r="DK7" s="3" t="n">
+        <x:v>152774</x:v>
+      </x:c>
+      <x:c r="DL7" s="3" t="n">
+        <x:v>155838</x:v>
+      </x:c>
+      <x:c r="DM7" s="3" t="n">
+        <x:v>170734</x:v>
+      </x:c>
+      <x:c r="DN7" s="3" t="n">
+        <x:v>154597</x:v>
+      </x:c>
+      <x:c r="DO7" s="3" t="n">
+        <x:v>161556</x:v>
+      </x:c>
+      <x:c r="DP7" s="3" t="n">
+        <x:v>164608</x:v>
+      </x:c>
+      <x:c r="DQ7" s="3" t="n">
+        <x:v>181952</x:v>
+      </x:c>
+      <x:c r="DR7" s="3" t="n">
+        <x:v>154900</x:v>
+      </x:c>
+      <x:c r="DS7" s="3" t="n">
+        <x:v>167315</x:v>
+      </x:c>
+      <x:c r="DT7" s="3" t="n">
+        <x:v>162074</x:v>
+      </x:c>
+      <x:c r="DU7" s="3" t="n">
+        <x:v>172800</x:v>
+      </x:c>
+      <x:c r="DV7" s="3" t="n">
+        <x:v>147044</x:v>
+      </x:c>
+      <x:c r="DW7" s="3" t="n">
+        <x:v>160260</x:v>
+      </x:c>
+      <x:c r="DX7" s="3" t="n">
+        <x:v>164314</x:v>
+      </x:c>
+      <x:c r="DY7" s="3" t="n">
+        <x:v>181840</x:v>
+      </x:c>
+      <x:c r="DZ7" s="3" t="n">
+        <x:v>162806</x:v>
+      </x:c>
+      <x:c r="EA7" s="3" t="n">
+        <x:v>163791</x:v>
+      </x:c>
+      <x:c r="EB7" s="3" t="n">
+        <x:v>168929</x:v>
+      </x:c>
+      <x:c r="EC7" s="3" t="n">
+        <x:v>188220</x:v>
+      </x:c>
+      <x:c r="ED7" s="3" t="n">
+        <x:v>158962</x:v>
+      </x:c>
+      <x:c r="EE7" s="3" t="n">
         <x:v>171629</x:v>
       </x:c>
-      <x:c r="AK6" s="3" t="n">
-[...462 lines deleted...]
-        <x:v>453511</x:v>
+      <x:c r="EF7" s="3" t="n">
+        <x:v>172040</x:v>
+      </x:c>
+      <x:c r="EG7" s="3" t="n">
+        <x:v>188670</x:v>
+      </x:c>
+      <x:c r="EH7" s="3" t="n">
+        <x:v>166203</x:v>
+      </x:c>
+      <x:c r="EI7" s="3" t="n">
+        <x:v>175524</x:v>
+      </x:c>
+      <x:c r="EJ7" s="3" t="n">
+        <x:v>176567</x:v>
+      </x:c>
+      <x:c r="EK7" s="3" t="n">
+        <x:v>193422</x:v>
+      </x:c>
+      <x:c r="EL7" s="3" t="n">
+        <x:v>169877</x:v>
+      </x:c>
+      <x:c r="EM7" s="3" t="n">
+        <x:v>180567</x:v>
+      </x:c>
+      <x:c r="EN7" s="3" t="n">
+        <x:v>178462</x:v>
+      </x:c>
+      <x:c r="EO7" s="3" t="n">
+        <x:v>194446</x:v>
+      </x:c>
+      <x:c r="EP7" s="3" t="n">
+        <x:v>168656</x:v>
+      </x:c>
+      <x:c r="EQ7" s="3" t="n">
+        <x:v>181749</x:v>
+      </x:c>
+      <x:c r="ER7" s="3" t="n">
+        <x:v>180439</x:v>
+      </x:c>
+      <x:c r="ES7" s="3" t="n">
+        <x:v>198698</x:v>
+      </x:c>
+      <x:c r="ET7" s="3" t="n">
+        <x:v>173752</x:v>
+      </x:c>
+      <x:c r="EU7" s="3" t="n">
+        <x:v>183304</x:v>
+      </x:c>
+      <x:c r="EV7" s="3" t="n">
+        <x:v>182420</x:v>
+      </x:c>
+      <x:c r="EW7" s="3" t="n">
+        <x:v>199429</x:v>
+      </x:c>
+      <x:c r="EX7" s="3" t="n">
+        <x:v>175208</x:v>
+      </x:c>
+      <x:c r="EY7" s="3" t="n">
+        <x:v>186778</x:v>
+      </x:c>
+      <x:c r="EZ7" s="3" t="n">
+        <x:v>180816</x:v>
+      </x:c>
+      <x:c r="FA7" s="3" t="n">
+        <x:v>200734</x:v>
+      </x:c>
+      <x:c r="FB7" s="3" t="n">
+        <x:v>177833</x:v>
+      </x:c>
+      <x:c r="FC7" s="3" t="n">
+        <x:v>189185</x:v>
+      </x:c>
+      <x:c r="FD7" s="3" t="n">
+        <x:v>186925</x:v>
+      </x:c>
+      <x:c r="FE7" s="3" t="n">
+        <x:v>207629</x:v>
+      </x:c>
+      <x:c r="FF7" s="3" t="n">
+        <x:v>184086</x:v>
+      </x:c>
+      <x:c r="FG7" s="3" t="n">
+        <x:v>197952</x:v>
+      </x:c>
+      <x:c r="FH7" s="3" t="n">
+        <x:v>189986</x:v>
+      </x:c>
+      <x:c r="FI7" s="3" t="n">
+        <x:v>209290</x:v>
+      </x:c>
+      <x:c r="FJ7" s="3" t="n">
+        <x:v>182877</x:v>
+      </x:c>
+      <x:c r="FK7" s="3" t="n">
+        <x:v>194779</x:v>
+      </x:c>
+      <x:c r="FL7" s="3" t="n">
+        <x:v>190902</x:v>
+      </x:c>
+      <x:c r="FM7" s="3" t="n">
+        <x:v>207585</x:v>
+      </x:c>
+      <x:c r="FN7" s="3" t="n">
+        <x:v>182392</x:v>
+      </x:c>
+      <x:c r="FO7" s="3" t="n">
+        <x:v>206333</x:v>
+      </x:c>
+      <x:c r="FP7" s="3" t="n">
+        <x:v>211498</x:v>
+      </x:c>
+      <x:c r="FQ7" s="3" t="n">
+        <x:v>234931</x:v>
+      </x:c>
+      <x:c r="FR7" s="3" t="n">
+        <x:v>205449</x:v>
+      </x:c>
+      <x:c r="FS7" s="3" t="n">
+        <x:v>224051</x:v>
+      </x:c>
+      <x:c r="FT7" s="3" t="n">
+        <x:v>220032</x:v>
+      </x:c>
+      <x:c r="FU7" s="3" t="n">
+        <x:v>240880</x:v>
+      </x:c>
+      <x:c r="FV7" s="3" t="n">
+        <x:v>198939</x:v>
+      </x:c>
+      <x:c r="FW7" s="3" t="n">
+        <x:v>214583</x:v>
+      </x:c>
+      <x:c r="FX7" s="3" t="n">
+        <x:v>200936</x:v>
+      </x:c>
+      <x:c r="FY7" s="3" t="n">
+        <x:v>238524</x:v>
+      </x:c>
+      <x:c r="FZ7" s="3" t="n">
+        <x:v>190823</x:v>
+      </x:c>
+      <x:c r="GA7" s="3" t="n">
+        <x:v>203287</x:v>
+      </x:c>
+      <x:c r="GB7" s="3" t="n">
+        <x:v>193096</x:v>
+      </x:c>
+      <x:c r="GC7" s="3" t="n">
+        <x:v>219540</x:v>
+      </x:c>
+      <x:c r="GD7" s="3" t="n">
+        <x:v>185779</x:v>
+      </x:c>
+      <x:c r="GE7" s="3" t="n">
+        <x:v>208103</x:v>
+      </x:c>
+      <x:c r="GF7" s="3" t="n">
+        <x:v>196164</x:v>
+      </x:c>
+      <x:c r="GG7" s="3" t="n">
+        <x:v>225669</x:v>
+      </x:c>
+      <x:c r="GH7" s="3" t="n">
+        <x:v>192658</x:v>
+      </x:c>
+      <x:c r="GI7" s="3" t="n">
+        <x:v>215653</x:v>
+      </x:c>
+      <x:c r="GJ7" s="3" t="n">
+        <x:v>207193</x:v>
       </x:c>
     </x:row>
-    <x:row r="7" spans="1:191">
-[...48 lines deleted...]
-      <x:c r="Q7" s="3" t="n">
+    <x:row r="8" spans="1:192">
+      <x:c r="A8" s="2" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="n">
+        <x:v>53105</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="n">
+        <x:v>54132</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="n">
+        <x:v>55285</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="n">
+        <x:v>55542</x:v>
+      </x:c>
+      <x:c r="F8" s="3" t="n">
+        <x:v>56217</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="n">
+        <x:v>56699</x:v>
+      </x:c>
+      <x:c r="H8" s="3" t="n">
+        <x:v>57383</x:v>
+      </x:c>
+      <x:c r="I8" s="3" t="n">
+        <x:v>57556</x:v>
+      </x:c>
+      <x:c r="J8" s="3" t="n">
+        <x:v>57462</x:v>
+      </x:c>
+      <x:c r="K8" s="3" t="n">
+        <x:v>57788</x:v>
+      </x:c>
+      <x:c r="L8" s="3" t="n">
+        <x:v>58087</x:v>
+      </x:c>
+      <x:c r="M8" s="3" t="n">
+        <x:v>58359</x:v>
+      </x:c>
+      <x:c r="N8" s="3" t="n">
+        <x:v>59200</x:v>
+      </x:c>
+      <x:c r="O8" s="3" t="n">
+        <x:v>58878</x:v>
+      </x:c>
+      <x:c r="P8" s="3" t="n">
+        <x:v>58803</x:v>
+      </x:c>
+      <x:c r="Q8" s="3" t="n">
+        <x:v>58836</x:v>
+      </x:c>
+      <x:c r="R8" s="3" t="n">
+        <x:v>59504</x:v>
+      </x:c>
+      <x:c r="S8" s="3" t="n">
+        <x:v>59955</x:v>
+      </x:c>
+      <x:c r="T8" s="3" t="n">
+        <x:v>60190</x:v>
+      </x:c>
+      <x:c r="U8" s="3" t="n">
+        <x:v>60676</x:v>
+      </x:c>
+      <x:c r="V8" s="3" t="n">
+        <x:v>61394</x:v>
+      </x:c>
+      <x:c r="W8" s="3" t="n">
+        <x:v>62252</x:v>
+      </x:c>
+      <x:c r="X8" s="3" t="n">
+        <x:v>62973</x:v>
+      </x:c>
+      <x:c r="Y8" s="3" t="n">
+        <x:v>63464</x:v>
+      </x:c>
+      <x:c r="Z8" s="3" t="n">
+        <x:v>63765</x:v>
+      </x:c>
+      <x:c r="AA8" s="3" t="n">
+        <x:v>64422</x:v>
+      </x:c>
+      <x:c r="AB8" s="3" t="n">
+        <x:v>65718</x:v>
+      </x:c>
+      <x:c r="AC8" s="3" t="n">
+        <x:v>66623</x:v>
+      </x:c>
+      <x:c r="AD8" s="3" t="n">
+        <x:v>67678</x:v>
+      </x:c>
+      <x:c r="AE8" s="3" t="n">
+        <x:v>67916</x:v>
+      </x:c>
+      <x:c r="AF8" s="3" t="n">
+        <x:v>69418</x:v>
+      </x:c>
+      <x:c r="AG8" s="3" t="n">
+        <x:v>69135</x:v>
+      </x:c>
+      <x:c r="AH8" s="3" t="n">
+        <x:v>71453</x:v>
+      </x:c>
+      <x:c r="AI8" s="3" t="n">
+        <x:v>72810</x:v>
+      </x:c>
+      <x:c r="AJ8" s="3" t="n">
+        <x:v>73145</x:v>
+      </x:c>
+      <x:c r="AK8" s="3" t="n">
+        <x:v>72858</x:v>
+      </x:c>
+      <x:c r="AL8" s="3" t="n">
+        <x:v>73137</x:v>
+      </x:c>
+      <x:c r="AM8" s="3" t="n">
+        <x:v>74419</x:v>
+      </x:c>
+      <x:c r="AN8" s="3" t="n">
+        <x:v>75539</x:v>
+      </x:c>
+      <x:c r="AO8" s="3" t="n">
+        <x:v>75659</x:v>
+      </x:c>
+      <x:c r="AP8" s="3" t="n">
+        <x:v>75692</x:v>
+      </x:c>
+      <x:c r="AQ8" s="3" t="n">
+        <x:v>76847</x:v>
+      </x:c>
+      <x:c r="AR8" s="3" t="n">
+        <x:v>78254</x:v>
+      </x:c>
+      <x:c r="AS8" s="3" t="n">
+        <x:v>76823</x:v>
+      </x:c>
+      <x:c r="AT8" s="3" t="n">
+        <x:v>76057</x:v>
+      </x:c>
+      <x:c r="AU8" s="3" t="n">
+        <x:v>78026</x:v>
+      </x:c>
+      <x:c r="AV8" s="3" t="n">
+        <x:v>79160</x:v>
+      </x:c>
+      <x:c r="AW8" s="3" t="n">
+        <x:v>78191</x:v>
+      </x:c>
+      <x:c r="AX8" s="3" t="n">
+        <x:v>76618</x:v>
+      </x:c>
+      <x:c r="AY8" s="3" t="n">
+        <x:v>78520</x:v>
+      </x:c>
+      <x:c r="AZ8" s="3" t="n">
+        <x:v>80327</x:v>
+      </x:c>
+      <x:c r="BA8" s="3" t="n">
+        <x:v>78850</x:v>
+      </x:c>
+      <x:c r="BB8" s="3" t="n">
+        <x:v>77833</x:v>
+      </x:c>
+      <x:c r="BC8" s="3" t="n">
+        <x:v>80564</x:v>
+      </x:c>
+      <x:c r="BD8" s="3" t="n">
+        <x:v>82541</x:v>
+      </x:c>
+      <x:c r="BE8" s="3" t="n">
+        <x:v>79992</x:v>
+      </x:c>
+      <x:c r="BF8" s="3" t="n">
+        <x:v>82170</x:v>
+      </x:c>
+      <x:c r="BG8" s="3" t="n">
+        <x:v>82075</x:v>
+      </x:c>
+      <x:c r="BH8" s="3" t="n">
+        <x:v>85312</x:v>
+      </x:c>
+      <x:c r="BI8" s="3" t="n">
+        <x:v>82253</x:v>
+      </x:c>
+      <x:c r="BJ8" s="3" t="n">
+        <x:v>82516</x:v>
+      </x:c>
+      <x:c r="BK8" s="3" t="n">
+        <x:v>84563</x:v>
+      </x:c>
+      <x:c r="BL8" s="3" t="n">
+        <x:v>88081</x:v>
+      </x:c>
+      <x:c r="BM8" s="3" t="n">
+        <x:v>86283</x:v>
+      </x:c>
+      <x:c r="BN8" s="3" t="n">
+        <x:v>85961</x:v>
+      </x:c>
+      <x:c r="BO8" s="3" t="n">
+        <x:v>88771</x:v>
+      </x:c>
+      <x:c r="BP8" s="3" t="n">
+        <x:v>91823</x:v>
+      </x:c>
+      <x:c r="BQ8" s="3" t="n">
         <x:v>88599</x:v>
       </x:c>
-      <x:c r="R7" s="3" t="n">
-[...62 lines deleted...]
-      <x:c r="AM7" s="3" t="n">
+      <x:c r="BR8" s="3" t="n">
+        <x:v>89569</x:v>
+      </x:c>
+      <x:c r="BS8" s="3" t="n">
+        <x:v>92185</x:v>
+      </x:c>
+      <x:c r="BT8" s="3" t="n">
+        <x:v>95425</x:v>
+      </x:c>
+      <x:c r="BU8" s="3" t="n">
+        <x:v>92313</x:v>
+      </x:c>
+      <x:c r="BV8" s="3" t="n">
+        <x:v>93069</x:v>
+      </x:c>
+      <x:c r="BW8" s="3" t="n">
+        <x:v>95448</x:v>
+      </x:c>
+      <x:c r="BX8" s="3" t="n">
+        <x:v>98977</x:v>
+      </x:c>
+      <x:c r="BY8" s="3" t="n">
+        <x:v>95785</x:v>
+      </x:c>
+      <x:c r="BZ8" s="3" t="n">
+        <x:v>94488</x:v>
+      </x:c>
+      <x:c r="CA8" s="3" t="n">
+        <x:v>98391</x:v>
+      </x:c>
+      <x:c r="CB8" s="3" t="n">
+        <x:v>101836</x:v>
+      </x:c>
+      <x:c r="CC8" s="3" t="n">
+        <x:v>99104</x:v>
+      </x:c>
+      <x:c r="CD8" s="3" t="n">
+        <x:v>98116</x:v>
+      </x:c>
+      <x:c r="CE8" s="3" t="n">
+        <x:v>101178</x:v>
+      </x:c>
+      <x:c r="CF8" s="3" t="n">
+        <x:v>103848</x:v>
+      </x:c>
+      <x:c r="CG8" s="3" t="n">
+        <x:v>100804</x:v>
+      </x:c>
+      <x:c r="CH8" s="3" t="n">
+        <x:v>102517</x:v>
+      </x:c>
+      <x:c r="CI8" s="3" t="n">
+        <x:v>106643</x:v>
+      </x:c>
+      <x:c r="CJ8" s="3" t="n">
+        <x:v>110465</x:v>
+      </x:c>
+      <x:c r="CK8" s="3" t="n">
+        <x:v>107296</x:v>
+      </x:c>
+      <x:c r="CL8" s="3" t="n">
+        <x:v>108060</x:v>
+      </x:c>
+      <x:c r="CM8" s="3" t="n">
+        <x:v>111282</x:v>
+      </x:c>
+      <x:c r="CN8" s="3" t="n">
+        <x:v>114710</x:v>
+      </x:c>
+      <x:c r="CO8" s="3" t="n">
+        <x:v>111405</x:v>
+      </x:c>
+      <x:c r="CP8" s="3" t="n">
+        <x:v>110420</x:v>
+      </x:c>
+      <x:c r="CQ8" s="3" t="n">
+        <x:v>114041</x:v>
+      </x:c>
+      <x:c r="CR8" s="3" t="n">
+        <x:v>116260</x:v>
+      </x:c>
+      <x:c r="CS8" s="3" t="n">
+        <x:v>112974</x:v>
+      </x:c>
+      <x:c r="CT8" s="3" t="n">
+        <x:v>112564</x:v>
+      </x:c>
+      <x:c r="CU8" s="3" t="n">
+        <x:v>115597</x:v>
+      </x:c>
+      <x:c r="CV8" s="3" t="n">
+        <x:v>118910</x:v>
+      </x:c>
+      <x:c r="CW8" s="3" t="n">
+        <x:v>116857</x:v>
+      </x:c>
+      <x:c r="CX8" s="3" t="n">
+        <x:v>115417</x:v>
+      </x:c>
+      <x:c r="CY8" s="3" t="n">
+        <x:v>117664</x:v>
+      </x:c>
+      <x:c r="CZ8" s="3" t="n">
+        <x:v>122480</x:v>
+      </x:c>
+      <x:c r="DA8" s="3" t="n">
+        <x:v>120962</x:v>
+      </x:c>
+      <x:c r="DB8" s="3" t="n">
+        <x:v>121494</x:v>
+      </x:c>
+      <x:c r="DC8" s="3" t="n">
+        <x:v>126568</x:v>
+      </x:c>
+      <x:c r="DD8" s="3" t="n">
+        <x:v>129703</x:v>
+      </x:c>
+      <x:c r="DE8" s="3" t="n">
+        <x:v>126505</x:v>
+      </x:c>
+      <x:c r="DF8" s="3" t="n">
+        <x:v>126678</x:v>
+      </x:c>
+      <x:c r="DG8" s="3" t="n">
+        <x:v>133502</x:v>
+      </x:c>
+      <x:c r="DH8" s="3" t="n">
+        <x:v>137057</x:v>
+      </x:c>
+      <x:c r="DI8" s="3" t="n">
+        <x:v>134248</x:v>
+      </x:c>
+      <x:c r="DJ8" s="3" t="n">
+        <x:v>134050</x:v>
+      </x:c>
+      <x:c r="DK8" s="3" t="n">
+        <x:v>141757</x:v>
+      </x:c>
+      <x:c r="DL8" s="3" t="n">
+        <x:v>146129</x:v>
+      </x:c>
+      <x:c r="DM8" s="3" t="n">
+        <x:v>145577</x:v>
+      </x:c>
+      <x:c r="DN8" s="3" t="n">
+        <x:v>143887</x:v>
+      </x:c>
+      <x:c r="DO8" s="3" t="n">
+        <x:v>151197</x:v>
+      </x:c>
+      <x:c r="DP8" s="3" t="n">
+        <x:v>154435</x:v>
+      </x:c>
+      <x:c r="DQ8" s="3" t="n">
+        <x:v>153114</x:v>
+      </x:c>
+      <x:c r="DR8" s="3" t="n">
+        <x:v>150120</x:v>
+      </x:c>
+      <x:c r="DS8" s="3" t="n">
+        <x:v>157614</x:v>
+      </x:c>
+      <x:c r="DT8" s="3" t="n">
+        <x:v>159048</x:v>
+      </x:c>
+      <x:c r="DU8" s="3" t="n">
+        <x:v>157228</x:v>
+      </x:c>
+      <x:c r="DV8" s="3" t="n">
+        <x:v>154154</x:v>
+      </x:c>
+      <x:c r="DW8" s="3" t="n">
+        <x:v>161115</x:v>
+      </x:c>
+      <x:c r="DX8" s="3" t="n">
+        <x:v>163420</x:v>
+      </x:c>
+      <x:c r="DY8" s="3" t="n">
+        <x:v>162029</x:v>
+      </x:c>
+      <x:c r="DZ8" s="3" t="n">
+        <x:v>160513</x:v>
+      </x:c>
+      <x:c r="EA8" s="3" t="n">
+        <x:v>167438</x:v>
+      </x:c>
+      <x:c r="EB8" s="3" t="n">
+        <x:v>170572</x:v>
+      </x:c>
+      <x:c r="EC8" s="3" t="n">
+        <x:v>167895</x:v>
+      </x:c>
+      <x:c r="ED8" s="3" t="n">
+        <x:v>167673</x:v>
+      </x:c>
+      <x:c r="EE8" s="3" t="n">
+        <x:v>174957</x:v>
+      </x:c>
+      <x:c r="EF8" s="3" t="n">
+        <x:v>177283</x:v>
+      </x:c>
+      <x:c r="EG8" s="3" t="n">
+        <x:v>174018</x:v>
+      </x:c>
+      <x:c r="EH8" s="3" t="n">
+        <x:v>175806</x:v>
+      </x:c>
+      <x:c r="EI8" s="3" t="n">
+        <x:v>181767</x:v>
+      </x:c>
+      <x:c r="EJ8" s="3" t="n">
+        <x:v>185709</x:v>
+      </x:c>
+      <x:c r="EK8" s="3" t="n">
+        <x:v>181630</x:v>
+      </x:c>
+      <x:c r="EL8" s="3" t="n">
+        <x:v>181483</x:v>
+      </x:c>
+      <x:c r="EM8" s="3" t="n">
+        <x:v>191592</x:v>
+      </x:c>
+      <x:c r="EN8" s="3" t="n">
+        <x:v>195791</x:v>
+      </x:c>
+      <x:c r="EO8" s="3" t="n">
+        <x:v>192101</x:v>
+      </x:c>
+      <x:c r="EP8" s="3" t="n">
+        <x:v>190921</x:v>
+      </x:c>
+      <x:c r="EQ8" s="3" t="n">
+        <x:v>199252</x:v>
+      </x:c>
+      <x:c r="ER8" s="3" t="n">
+        <x:v>203294</x:v>
+      </x:c>
+      <x:c r="ES8" s="3" t="n">
+        <x:v>201273</x:v>
+      </x:c>
+      <x:c r="ET8" s="3" t="n">
+        <x:v>201980</x:v>
+      </x:c>
+      <x:c r="EU8" s="3" t="n">
+        <x:v>211130</x:v>
+      </x:c>
+      <x:c r="EV8" s="3" t="n">
+        <x:v>216144</x:v>
+      </x:c>
+      <x:c r="EW8" s="3" t="n">
+        <x:v>213303</x:v>
+      </x:c>
+      <x:c r="EX8" s="3" t="n">
+        <x:v>212387</x:v>
+      </x:c>
+      <x:c r="EY8" s="3" t="n">
+        <x:v>223270</x:v>
+      </x:c>
+      <x:c r="EZ8" s="3" t="n">
+        <x:v>218845</x:v>
+      </x:c>
+      <x:c r="FA8" s="3" t="n">
+        <x:v>223487</x:v>
+      </x:c>
+      <x:c r="FB8" s="3" t="n">
+        <x:v>226579</x:v>
+      </x:c>
+      <x:c r="FC8" s="3" t="n">
+        <x:v>226029</x:v>
+      </x:c>
+      <x:c r="FD8" s="3" t="n">
+        <x:v>227895</x:v>
+      </x:c>
+      <x:c r="FE8" s="3" t="n">
+        <x:v>233021</x:v>
+      </x:c>
+      <x:c r="FF8" s="3" t="n">
+        <x:v>228737</x:v>
+      </x:c>
+      <x:c r="FG8" s="3" t="n">
+        <x:v>237454</x:v>
+      </x:c>
+      <x:c r="FH8" s="3" t="n">
+        <x:v>234641</x:v>
+      </x:c>
+      <x:c r="FI8" s="3" t="n">
+        <x:v>239969</x:v>
+      </x:c>
+      <x:c r="FJ8" s="3" t="n">
+        <x:v>242418</x:v>
+      </x:c>
+      <x:c r="FK8" s="3" t="n">
+        <x:v>243951</x:v>
+      </x:c>
+      <x:c r="FL8" s="3" t="n">
+        <x:v>247503</x:v>
+      </x:c>
+      <x:c r="FM8" s="3" t="n">
+        <x:v>250691</x:v>
+      </x:c>
+      <x:c r="FN8" s="3" t="n">
+        <x:v>241022</x:v>
+      </x:c>
+      <x:c r="FO8" s="3" t="n">
+        <x:v>210401</x:v>
+      </x:c>
+      <x:c r="FP8" s="3" t="n">
+        <x:v>227041</x:v>
+      </x:c>
+      <x:c r="FQ8" s="3" t="n">
+        <x:v>233655</x:v>
+      </x:c>
+      <x:c r="FR8" s="3" t="n">
+        <x:v>224974</x:v>
+      </x:c>
+      <x:c r="FS8" s="3" t="n">
+        <x:v>229486</x:v>
+      </x:c>
+      <x:c r="FT8" s="3" t="n">
+        <x:v>246060</x:v>
+      </x:c>
+      <x:c r="FU8" s="3" t="n">
+        <x:v>261134</x:v>
+      </x:c>
+      <x:c r="FV8" s="3" t="n">
+        <x:v>260565</x:v>
+      </x:c>
+      <x:c r="FW8" s="3" t="n">
+        <x:v>269769</x:v>
+      </x:c>
+      <x:c r="FX8" s="3" t="n">
+        <x:v>271490</x:v>
+      </x:c>
+      <x:c r="FY8" s="3" t="n">
+        <x:v>276186</x:v>
+      </x:c>
+      <x:c r="FZ8" s="3" t="n">
+        <x:v>279563</x:v>
+      </x:c>
+      <x:c r="GA8" s="3" t="n">
+        <x:v>272978</x:v>
+      </x:c>
+      <x:c r="GB8" s="3" t="n">
+        <x:v>272338</x:v>
+      </x:c>
+      <x:c r="GC8" s="3" t="n">
+        <x:v>275744</x:v>
+      </x:c>
+      <x:c r="GD8" s="3" t="n">
+        <x:v>273276</x:v>
+      </x:c>
+      <x:c r="GE8" s="3" t="n">
+        <x:v>279606</x:v>
+      </x:c>
+      <x:c r="GF8" s="3" t="n">
+        <x:v>278848</x:v>
+      </x:c>
+      <x:c r="GG8" s="3" t="n">
+        <x:v>282346</x:v>
+      </x:c>
+      <x:c r="GH8" s="3" t="n">
+        <x:v>280626</x:v>
+      </x:c>
+      <x:c r="GI8" s="3" t="n">
+        <x:v>280906</x:v>
+      </x:c>
+      <x:c r="GJ8" s="3" t="n">
+        <x:v>282077</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:192">
+      <x:c r="A9" s="2" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="n">
+        <x:v>4919</x:v>
+      </x:c>
+      <x:c r="C9" s="3" t="n">
+        <x:v>6133</x:v>
+      </x:c>
+      <x:c r="D9" s="3" t="n">
+        <x:v>8893</x:v>
+      </x:c>
+      <x:c r="E9" s="3" t="n">
+        <x:v>6211</x:v>
+      </x:c>
+      <x:c r="F9" s="3" t="n">
+        <x:v>4371</x:v>
+      </x:c>
+      <x:c r="G9" s="3" t="n">
+        <x:v>6936</x:v>
+      </x:c>
+      <x:c r="H9" s="3" t="n">
+        <x:v>8186</x:v>
+      </x:c>
+      <x:c r="I9" s="3" t="n">
+        <x:v>6017</x:v>
+      </x:c>
+      <x:c r="J9" s="3" t="n">
+        <x:v>4468</x:v>
+      </x:c>
+      <x:c r="K9" s="3" t="n">
+        <x:v>5780</x:v>
+      </x:c>
+      <x:c r="L9" s="3" t="n">
+        <x:v>8180</x:v>
+      </x:c>
+      <x:c r="M9" s="3" t="n">
+        <x:v>5929</x:v>
+      </x:c>
+      <x:c r="N9" s="3" t="n">
+        <x:v>3866</x:v>
+      </x:c>
+      <x:c r="O9" s="3" t="n">
+        <x:v>6778</x:v>
+      </x:c>
+      <x:c r="P9" s="3" t="n">
+        <x:v>8688</x:v>
+      </x:c>
+      <x:c r="Q9" s="3" t="n">
+        <x:v>6349</x:v>
+      </x:c>
+      <x:c r="R9" s="3" t="n">
+        <x:v>5086</x:v>
+      </x:c>
+      <x:c r="S9" s="3" t="n">
+        <x:v>7063</x:v>
+      </x:c>
+      <x:c r="T9" s="3" t="n">
+        <x:v>10247</x:v>
+      </x:c>
+      <x:c r="U9" s="3" t="n">
+        <x:v>7956</x:v>
+      </x:c>
+      <x:c r="V9" s="3" t="n">
+        <x:v>6152</x:v>
+      </x:c>
+      <x:c r="W9" s="3" t="n">
+        <x:v>8050</x:v>
+      </x:c>
+      <x:c r="X9" s="3" t="n">
+        <x:v>11899</x:v>
+      </x:c>
+      <x:c r="Y9" s="3" t="n">
+        <x:v>6712</x:v>
+      </x:c>
+      <x:c r="Z9" s="3" t="n">
+        <x:v>6015</x:v>
+      </x:c>
+      <x:c r="AA9" s="3" t="n">
+        <x:v>7866</x:v>
+      </x:c>
+      <x:c r="AB9" s="3" t="n">
+        <x:v>12576</x:v>
+      </x:c>
+      <x:c r="AC9" s="3" t="n">
+        <x:v>7935</x:v>
+      </x:c>
+      <x:c r="AD9" s="3" t="n">
+        <x:v>6728</x:v>
+      </x:c>
+      <x:c r="AE9" s="3" t="n">
+        <x:v>8759</x:v>
+      </x:c>
+      <x:c r="AF9" s="3" t="n">
+        <x:v>13445</x:v>
+      </x:c>
+      <x:c r="AG9" s="3" t="n">
+        <x:v>9432</x:v>
+      </x:c>
+      <x:c r="AH9" s="3" t="n">
+        <x:v>8743</x:v>
+      </x:c>
+      <x:c r="AI9" s="3" t="n">
+        <x:v>10437</x:v>
+      </x:c>
+      <x:c r="AJ9" s="3" t="n">
+        <x:v>14284</x:v>
+      </x:c>
+      <x:c r="AK9" s="3" t="n">
+        <x:v>10058</x:v>
+      </x:c>
+      <x:c r="AL9" s="3" t="n">
+        <x:v>9180</x:v>
+      </x:c>
+      <x:c r="AM9" s="3" t="n">
+        <x:v>10711</x:v>
+      </x:c>
+      <x:c r="AN9" s="3" t="n">
+        <x:v>16645</x:v>
+      </x:c>
+      <x:c r="AO9" s="3" t="n">
+        <x:v>11308</x:v>
+      </x:c>
+      <x:c r="AP9" s="3" t="n">
+        <x:v>9367</x:v>
+      </x:c>
+      <x:c r="AQ9" s="3" t="n">
+        <x:v>11508</x:v>
+      </x:c>
+      <x:c r="AR9" s="3" t="n">
+        <x:v>14643</x:v>
+      </x:c>
+      <x:c r="AS9" s="3" t="n">
+        <x:v>9531</x:v>
+      </x:c>
+      <x:c r="AT9" s="3" t="n">
+        <x:v>9252</x:v>
+      </x:c>
+      <x:c r="AU9" s="3" t="n">
+        <x:v>10498</x:v>
+      </x:c>
+      <x:c r="AV9" s="3" t="n">
+        <x:v>14175</x:v>
+      </x:c>
+      <x:c r="AW9" s="3" t="n">
+        <x:v>9881</x:v>
+      </x:c>
+      <x:c r="AX9" s="3" t="n">
+        <x:v>7585</x:v>
+      </x:c>
+      <x:c r="AY9" s="3" t="n">
+        <x:v>9468</x:v>
+      </x:c>
+      <x:c r="AZ9" s="3" t="n">
+        <x:v>12557</x:v>
+      </x:c>
+      <x:c r="BA9" s="3" t="n">
+        <x:v>8640</x:v>
+      </x:c>
+      <x:c r="BB9" s="3" t="n">
+        <x:v>6476</x:v>
+      </x:c>
+      <x:c r="BC9" s="3" t="n">
+        <x:v>7835</x:v>
+      </x:c>
+      <x:c r="BD9" s="3" t="n">
+        <x:v>11296</x:v>
+      </x:c>
+      <x:c r="BE9" s="3" t="n">
+        <x:v>8690</x:v>
+      </x:c>
+      <x:c r="BF9" s="3" t="n">
+        <x:v>7714</x:v>
+      </x:c>
+      <x:c r="BG9" s="3" t="n">
+        <x:v>8802</x:v>
+      </x:c>
+      <x:c r="BH9" s="3" t="n">
+        <x:v>12641</x:v>
+      </x:c>
+      <x:c r="BI9" s="3" t="n">
+        <x:v>9009</x:v>
+      </x:c>
+      <x:c r="BJ9" s="3" t="n">
+        <x:v>7725</x:v>
+      </x:c>
+      <x:c r="BK9" s="3" t="n">
+        <x:v>8980</x:v>
+      </x:c>
+      <x:c r="BL9" s="3" t="n">
+        <x:v>13013</x:v>
+      </x:c>
+      <x:c r="BM9" s="3" t="n">
+        <x:v>9216</x:v>
+      </x:c>
+      <x:c r="BN9" s="3" t="n">
+        <x:v>7437</x:v>
+      </x:c>
+      <x:c r="BO9" s="3" t="n">
+        <x:v>9217</x:v>
+      </x:c>
+      <x:c r="BP9" s="3" t="n">
+        <x:v>12526</x:v>
+      </x:c>
+      <x:c r="BQ9" s="3" t="n">
+        <x:v>13074</x:v>
+      </x:c>
+      <x:c r="BR9" s="3" t="n">
+        <x:v>7725</x:v>
+      </x:c>
+      <x:c r="BS9" s="3" t="n">
+        <x:v>10456</x:v>
+      </x:c>
+      <x:c r="BT9" s="3" t="n">
+        <x:v>14193</x:v>
+      </x:c>
+      <x:c r="BU9" s="3" t="n">
+        <x:v>10191</x:v>
+      </x:c>
+      <x:c r="BV9" s="3" t="n">
+        <x:v>8641</x:v>
+      </x:c>
+      <x:c r="BW9" s="3" t="n">
+        <x:v>10491</x:v>
+      </x:c>
+      <x:c r="BX9" s="3" t="n">
+        <x:v>15585</x:v>
+      </x:c>
+      <x:c r="BY9" s="3" t="n">
+        <x:v>10795</x:v>
+      </x:c>
+      <x:c r="BZ9" s="3" t="n">
+        <x:v>9447</x:v>
+      </x:c>
+      <x:c r="CA9" s="3" t="n">
+        <x:v>11902</x:v>
+      </x:c>
+      <x:c r="CB9" s="3" t="n">
+        <x:v>17016</x:v>
+      </x:c>
+      <x:c r="CC9" s="3" t="n">
+        <x:v>11927</x:v>
+      </x:c>
+      <x:c r="CD9" s="3" t="n">
+        <x:v>10142</x:v>
+      </x:c>
+      <x:c r="CE9" s="3" t="n">
+        <x:v>12284</x:v>
+      </x:c>
+      <x:c r="CF9" s="3" t="n">
+        <x:v>18176</x:v>
+      </x:c>
+      <x:c r="CG9" s="3" t="n">
+        <x:v>12740</x:v>
+      </x:c>
+      <x:c r="CH9" s="3" t="n">
+        <x:v>11106</x:v>
+      </x:c>
+      <x:c r="CI9" s="3" t="n">
+        <x:v>13724</x:v>
+      </x:c>
+      <x:c r="CJ9" s="3" t="n">
+        <x:v>18889</x:v>
+      </x:c>
+      <x:c r="CK9" s="3" t="n">
+        <x:v>12849</x:v>
+      </x:c>
+      <x:c r="CL9" s="3" t="n">
+        <x:v>11323</x:v>
+      </x:c>
+      <x:c r="CM9" s="3" t="n">
+        <x:v>14445</x:v>
+      </x:c>
+      <x:c r="CN9" s="3" t="n">
+        <x:v>19680</x:v>
+      </x:c>
+      <x:c r="CO9" s="3" t="n">
+        <x:v>13266</x:v>
+      </x:c>
+      <x:c r="CP9" s="3" t="n">
+        <x:v>11132</x:v>
+      </x:c>
+      <x:c r="CQ9" s="3" t="n">
+        <x:v>14251</x:v>
+      </x:c>
+      <x:c r="CR9" s="3" t="n">
+        <x:v>20693</x:v>
+      </x:c>
+      <x:c r="CS9" s="3" t="n">
+        <x:v>12146</x:v>
+      </x:c>
+      <x:c r="CT9" s="3" t="n">
+        <x:v>11185</x:v>
+      </x:c>
+      <x:c r="CU9" s="3" t="n">
+        <x:v>14969</x:v>
+      </x:c>
+      <x:c r="CV9" s="3" t="n">
+        <x:v>22860</x:v>
+      </x:c>
+      <x:c r="CW9" s="3" t="n">
+        <x:v>13622</x:v>
+      </x:c>
+      <x:c r="CX9" s="3" t="n">
+        <x:v>12991</x:v>
+      </x:c>
+      <x:c r="CY9" s="3" t="n">
+        <x:v>16144</x:v>
+      </x:c>
+      <x:c r="CZ9" s="3" t="n">
+        <x:v>24077</x:v>
+      </x:c>
+      <x:c r="DA9" s="3" t="n">
+        <x:v>14820</x:v>
+      </x:c>
+      <x:c r="DB9" s="3" t="n">
+        <x:v>14187</x:v>
+      </x:c>
+      <x:c r="DC9" s="3" t="n">
+        <x:v>20430</x:v>
+      </x:c>
+      <x:c r="DD9" s="3" t="n">
+        <x:v>29335</x:v>
+      </x:c>
+      <x:c r="DE9" s="3" t="n">
+        <x:v>15948</x:v>
+      </x:c>
+      <x:c r="DF9" s="3" t="n">
+        <x:v>15388</x:v>
+      </x:c>
+      <x:c r="DG9" s="3" t="n">
+        <x:v>24054</x:v>
+      </x:c>
+      <x:c r="DH9" s="3" t="n">
+        <x:v>33456</x:v>
+      </x:c>
+      <x:c r="DI9" s="3" t="n">
+        <x:v>17656</x:v>
+      </x:c>
+      <x:c r="DJ9" s="3" t="n">
+        <x:v>21348</x:v>
+      </x:c>
+      <x:c r="DK9" s="3" t="n">
+        <x:v>26361</x:v>
+      </x:c>
+      <x:c r="DL9" s="3" t="n">
+        <x:v>31888</x:v>
+      </x:c>
+      <x:c r="DM9" s="3" t="n">
+        <x:v>19901</x:v>
+      </x:c>
+      <x:c r="DN9" s="3" t="n">
+        <x:v>21011</x:v>
+      </x:c>
+      <x:c r="DO9" s="3" t="n">
+        <x:v>27115</x:v>
+      </x:c>
+      <x:c r="DP9" s="3" t="n">
+        <x:v>33168</x:v>
+      </x:c>
+      <x:c r="DQ9" s="3" t="n">
+        <x:v>22735</x:v>
+      </x:c>
+      <x:c r="DR9" s="3" t="n">
+        <x:v>25032</x:v>
+      </x:c>
+      <x:c r="DS9" s="3" t="n">
+        <x:v>29009</x:v>
+      </x:c>
+      <x:c r="DT9" s="3" t="n">
+        <x:v>32955</x:v>
+      </x:c>
+      <x:c r="DU9" s="3" t="n">
+        <x:v>21091</x:v>
+      </x:c>
+      <x:c r="DV9" s="3" t="n">
+        <x:v>22393</x:v>
+      </x:c>
+      <x:c r="DW9" s="3" t="n">
+        <x:v>26884</x:v>
+      </x:c>
+      <x:c r="DX9" s="3" t="n">
+        <x:v>30977</x:v>
+      </x:c>
+      <x:c r="DY9" s="3" t="n">
+        <x:v>22276</x:v>
+      </x:c>
+      <x:c r="DZ9" s="3" t="n">
+        <x:v>25624</x:v>
+      </x:c>
+      <x:c r="EA9" s="3" t="n">
+        <x:v>29530</x:v>
+      </x:c>
+      <x:c r="EB9" s="3" t="n">
+        <x:v>35604</x:v>
+      </x:c>
+      <x:c r="EC9" s="3" t="n">
+        <x:v>24652</x:v>
+      </x:c>
+      <x:c r="ED9" s="3" t="n">
+        <x:v>27386</x:v>
+      </x:c>
+      <x:c r="EE9" s="3" t="n">
+        <x:v>33119</x:v>
+      </x:c>
+      <x:c r="EF9" s="3" t="n">
+        <x:v>38433</x:v>
+      </x:c>
+      <x:c r="EG9" s="3" t="n">
+        <x:v>27399</x:v>
+      </x:c>
+      <x:c r="EH9" s="3" t="n">
+        <x:v>31488</x:v>
+      </x:c>
+      <x:c r="EI9" s="3" t="n">
+        <x:v>36085</x:v>
+      </x:c>
+      <x:c r="EJ9" s="3" t="n">
+        <x:v>42859</x:v>
+      </x:c>
+      <x:c r="EK9" s="3" t="n">
+        <x:v>29810</x:v>
+      </x:c>
+      <x:c r="EL9" s="3" t="n">
+        <x:v>34234</x:v>
+      </x:c>
+      <x:c r="EM9" s="3" t="n">
+        <x:v>38743</x:v>
+      </x:c>
+      <x:c r="EN9" s="3" t="n">
+        <x:v>47910</x:v>
+      </x:c>
+      <x:c r="EO9" s="3" t="n">
+        <x:v>33607</x:v>
+      </x:c>
+      <x:c r="EP9" s="3" t="n">
+        <x:v>36174</x:v>
+      </x:c>
+      <x:c r="EQ9" s="3" t="n">
+        <x:v>41597</x:v>
+      </x:c>
+      <x:c r="ER9" s="3" t="n">
+        <x:v>49057</x:v>
+      </x:c>
+      <x:c r="ES9" s="3" t="n">
+        <x:v>33728</x:v>
+      </x:c>
+      <x:c r="ET9" s="3" t="n">
+        <x:v>36903</x:v>
+      </x:c>
+      <x:c r="EU9" s="3" t="n">
+        <x:v>41414</x:v>
+      </x:c>
+      <x:c r="EV9" s="3" t="n">
+        <x:v>50048</x:v>
+      </x:c>
+      <x:c r="EW9" s="3" t="n">
+        <x:v>34685</x:v>
+      </x:c>
+      <x:c r="EX9" s="3" t="n">
+        <x:v>33168</x:v>
+      </x:c>
+      <x:c r="EY9" s="3" t="n">
+        <x:v>42747</x:v>
+      </x:c>
+      <x:c r="EZ9" s="3" t="n">
+        <x:v>49260</x:v>
+      </x:c>
+      <x:c r="FA9" s="3" t="n">
+        <x:v>39120</x:v>
+      </x:c>
+      <x:c r="FB9" s="3" t="n">
+        <x:v>33797</x:v>
+      </x:c>
+      <x:c r="FC9" s="3" t="n">
+        <x:v>43806</x:v>
+      </x:c>
+      <x:c r="FD9" s="3" t="n">
+        <x:v>51041</x:v>
+      </x:c>
+      <x:c r="FE9" s="3" t="n">
+        <x:v>39082</x:v>
+      </x:c>
+      <x:c r="FF9" s="3" t="n">
+        <x:v>34076</x:v>
+      </x:c>
+      <x:c r="FG9" s="3" t="n">
+        <x:v>44082</x:v>
+      </x:c>
+      <x:c r="FH9" s="3" t="n">
+        <x:v>51367</x:v>
+      </x:c>
+      <x:c r="FI9" s="3" t="n">
+        <x:v>39678</x:v>
+      </x:c>
+      <x:c r="FJ9" s="3" t="n">
+        <x:v>34701</x:v>
+      </x:c>
+      <x:c r="FK9" s="3" t="n">
+        <x:v>43707</x:v>
+      </x:c>
+      <x:c r="FL9" s="3" t="n">
+        <x:v>51975</x:v>
+      </x:c>
+      <x:c r="FM9" s="3" t="n">
+        <x:v>36831</x:v>
+      </x:c>
+      <x:c r="FN9" s="3" t="n">
+        <x:v>30495</x:v>
+      </x:c>
+      <x:c r="FO9" s="3" t="n">
+        <x:v>1157</x:v>
+      </x:c>
+      <x:c r="FP9" s="3" t="n">
+        <x:v>7277</x:v>
+      </x:c>
+      <x:c r="FQ9" s="3" t="n">
+        <x:v>2976</x:v>
+      </x:c>
+      <x:c r="FR9" s="3" t="n">
+        <x:v>1886</x:v>
+      </x:c>
+      <x:c r="FS9" s="3" t="n">
+        <x:v>2403</x:v>
+      </x:c>
+      <x:c r="FT9" s="3" t="n">
+        <x:v>14640</x:v>
+      </x:c>
+      <x:c r="FU9" s="3" t="n">
+        <x:v>20755</x:v>
+      </x:c>
+      <x:c r="FV9" s="3" t="n">
+        <x:v>20151</x:v>
+      </x:c>
+      <x:c r="FW9" s="3" t="n">
+        <x:v>40933</x:v>
+      </x:c>
+      <x:c r="FX9" s="3" t="n">
+        <x:v>48486</x:v>
+      </x:c>
+      <x:c r="FY9" s="3" t="n">
+        <x:v>34201</x:v>
+      </x:c>
+      <x:c r="FZ9" s="3" t="n">
+        <x:v>30374</x:v>
+      </x:c>
+      <x:c r="GA9" s="3" t="n">
+        <x:v>40650</x:v>
+      </x:c>
+      <x:c r="GB9" s="3" t="n">
+        <x:v>46705</x:v>
+      </x:c>
+      <x:c r="GC9" s="3" t="n">
+        <x:v>33054</x:v>
+      </x:c>
+      <x:c r="GD9" s="3" t="n">
+        <x:v>31727</x:v>
+      </x:c>
+      <x:c r="GE9" s="3" t="n">
+        <x:v>42484</x:v>
+      </x:c>
+      <x:c r="GF9" s="3" t="n">
+        <x:v>51390</x:v>
+      </x:c>
+      <x:c r="GG9" s="3" t="n">
+        <x:v>37443</x:v>
+      </x:c>
+      <x:c r="GH9" s="3" t="n">
+        <x:v>33830</x:v>
+      </x:c>
+      <x:c r="GI9" s="3" t="n">
+        <x:v>43740</x:v>
+      </x:c>
+      <x:c r="GJ9" s="3" t="n">
+        <x:v>52599</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:192">
+      <x:c r="A10" s="2" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="n">
+        <x:v>-3535</x:v>
+      </x:c>
+      <x:c r="C10" s="3" t="n">
+        <x:v>-5086</x:v>
+      </x:c>
+      <x:c r="D10" s="3" t="n">
+        <x:v>-8561</x:v>
+      </x:c>
+      <x:c r="E10" s="3" t="n">
+        <x:v>-3747</x:v>
+      </x:c>
+      <x:c r="F10" s="3" t="n">
+        <x:v>-3546</x:v>
+      </x:c>
+      <x:c r="G10" s="3" t="n">
+        <x:v>-5699</x:v>
+      </x:c>
+      <x:c r="H10" s="3" t="n">
+        <x:v>-8050</x:v>
+      </x:c>
+      <x:c r="I10" s="3" t="n">
+        <x:v>-4453</x:v>
+      </x:c>
+      <x:c r="J10" s="3" t="n">
+        <x:v>-3781</x:v>
+      </x:c>
+      <x:c r="K10" s="3" t="n">
+        <x:v>-5787</x:v>
+      </x:c>
+      <x:c r="L10" s="3" t="n">
+        <x:v>-8287</x:v>
+      </x:c>
+      <x:c r="M10" s="3" t="n">
+        <x:v>-4118</x:v>
+      </x:c>
+      <x:c r="N10" s="3" t="n">
+        <x:v>-3678</x:v>
+      </x:c>
+      <x:c r="O10" s="3" t="n">
+        <x:v>-6397</x:v>
+      </x:c>
+      <x:c r="P10" s="3" t="n">
+        <x:v>-8890</x:v>
+      </x:c>
+      <x:c r="Q10" s="3" t="n">
+        <x:v>-4066</x:v>
+      </x:c>
+      <x:c r="R10" s="3" t="n">
+        <x:v>-3654</x:v>
+      </x:c>
+      <x:c r="S10" s="3" t="n">
+        <x:v>-5514</x:v>
+      </x:c>
+      <x:c r="T10" s="3" t="n">
+        <x:v>-7866</x:v>
+      </x:c>
+      <x:c r="U10" s="3" t="n">
+        <x:v>-4257</x:v>
+      </x:c>
+      <x:c r="V10" s="3" t="n">
+        <x:v>-3581</x:v>
+      </x:c>
+      <x:c r="W10" s="3" t="n">
+        <x:v>-5230</x:v>
+      </x:c>
+      <x:c r="X10" s="3" t="n">
+        <x:v>-7374</x:v>
+      </x:c>
+      <x:c r="Y10" s="3" t="n">
+        <x:v>-4281</x:v>
+      </x:c>
+      <x:c r="Z10" s="3" t="n">
+        <x:v>-3599</x:v>
+      </x:c>
+      <x:c r="AA10" s="3" t="n">
+        <x:v>-4933</x:v>
+      </x:c>
+      <x:c r="AB10" s="3" t="n">
+        <x:v>-8397</x:v>
+      </x:c>
+      <x:c r="AC10" s="3" t="n">
+        <x:v>-4291</x:v>
+      </x:c>
+      <x:c r="AD10" s="3" t="n">
+        <x:v>-4207</x:v>
+      </x:c>
+      <x:c r="AE10" s="3" t="n">
+        <x:v>-6046</x:v>
+      </x:c>
+      <x:c r="AF10" s="3" t="n">
+        <x:v>-8999</x:v>
+      </x:c>
+      <x:c r="AG10" s="3" t="n">
+        <x:v>-5030</x:v>
+      </x:c>
+      <x:c r="AH10" s="3" t="n">
+        <x:v>-5746</x:v>
+      </x:c>
+      <x:c r="AI10" s="3" t="n">
+        <x:v>-6497</x:v>
+      </x:c>
+      <x:c r="AJ10" s="3" t="n">
+        <x:v>-9253</x:v>
+      </x:c>
+      <x:c r="AK10" s="3" t="n">
+        <x:v>-5187</x:v>
+      </x:c>
+      <x:c r="AL10" s="3" t="n">
+        <x:v>-5594</x:v>
+      </x:c>
+      <x:c r="AM10" s="3" t="n">
+        <x:v>-6028</x:v>
+      </x:c>
+      <x:c r="AN10" s="3" t="n">
+        <x:v>-9861</x:v>
+      </x:c>
+      <x:c r="AO10" s="3" t="n">
+        <x:v>-5333</x:v>
+      </x:c>
+      <x:c r="AP10" s="3" t="n">
+        <x:v>-5469</x:v>
+      </x:c>
+      <x:c r="AQ10" s="3" t="n">
+        <x:v>-7045</x:v>
+      </x:c>
+      <x:c r="AR10" s="3" t="n">
+        <x:v>-9855</x:v>
+      </x:c>
+      <x:c r="AS10" s="3" t="n">
+        <x:v>-5597</x:v>
+      </x:c>
+      <x:c r="AT10" s="3" t="n">
+        <x:v>-5772</x:v>
+      </x:c>
+      <x:c r="AU10" s="3" t="n">
+        <x:v>-6542</x:v>
+      </x:c>
+      <x:c r="AV10" s="3" t="n">
+        <x:v>-9191</x:v>
+      </x:c>
+      <x:c r="AW10" s="3" t="n">
+        <x:v>-4992</x:v>
+      </x:c>
+      <x:c r="AX10" s="3" t="n">
+        <x:v>-5230</x:v>
+      </x:c>
+      <x:c r="AY10" s="3" t="n">
+        <x:v>-6803</x:v>
+      </x:c>
+      <x:c r="AZ10" s="3" t="n">
+        <x:v>-9126</x:v>
+      </x:c>
+      <x:c r="BA10" s="3" t="n">
+        <x:v>-5104</x:v>
+      </x:c>
+      <x:c r="BB10" s="3" t="n">
+        <x:v>-4784</x:v>
+      </x:c>
+      <x:c r="BC10" s="3" t="n">
+        <x:v>-7129</x:v>
+      </x:c>
+      <x:c r="BD10" s="3" t="n">
+        <x:v>-10463</x:v>
+      </x:c>
+      <x:c r="BE10" s="3" t="n">
+        <x:v>-5583</x:v>
+      </x:c>
+      <x:c r="BF10" s="3" t="n">
+        <x:v>-5185</x:v>
+      </x:c>
+      <x:c r="BG10" s="3" t="n">
+        <x:v>-7234</x:v>
+      </x:c>
+      <x:c r="BH10" s="3" t="n">
+        <x:v>-11993</x:v>
+      </x:c>
+      <x:c r="BI10" s="3" t="n">
+        <x:v>-5671</x:v>
+      </x:c>
+      <x:c r="BJ10" s="3" t="n">
+        <x:v>-5493</x:v>
+      </x:c>
+      <x:c r="BK10" s="3" t="n">
+        <x:v>-7700</x:v>
+      </x:c>
+      <x:c r="BL10" s="3" t="n">
+        <x:v>-12830</x:v>
+      </x:c>
+      <x:c r="BM10" s="3" t="n">
+        <x:v>-6083</x:v>
+      </x:c>
+      <x:c r="BN10" s="3" t="n">
+        <x:v>-7308</x:v>
+      </x:c>
+      <x:c r="BO10" s="3" t="n">
+        <x:v>-8876</x:v>
+      </x:c>
+      <x:c r="BP10" s="3" t="n">
+        <x:v>-11002</x:v>
+      </x:c>
+      <x:c r="BQ10" s="3" t="n">
+        <x:v>-9223</x:v>
+      </x:c>
+      <x:c r="BR10" s="3" t="n">
+        <x:v>-6681</x:v>
+      </x:c>
+      <x:c r="BS10" s="3" t="n">
+        <x:v>-8681</x:v>
+      </x:c>
+      <x:c r="BT10" s="3" t="n">
+        <x:v>-12394</x:v>
+      </x:c>
+      <x:c r="BU10" s="3" t="n">
+        <x:v>-6241</x:v>
+      </x:c>
+      <x:c r="BV10" s="3" t="n">
+        <x:v>-7268</x:v>
+      </x:c>
+      <x:c r="BW10" s="3" t="n">
+        <x:v>-8590</x:v>
+      </x:c>
+      <x:c r="BX10" s="3" t="n">
+        <x:v>-12610</x:v>
+      </x:c>
+      <x:c r="BY10" s="3" t="n">
+        <x:v>-6098</x:v>
+      </x:c>
+      <x:c r="BZ10" s="3" t="n">
+        <x:v>-7196</x:v>
+      </x:c>
+      <x:c r="CA10" s="3" t="n">
+        <x:v>-8792</x:v>
+      </x:c>
+      <x:c r="CB10" s="3" t="n">
+        <x:v>-12611</x:v>
+      </x:c>
+      <x:c r="CC10" s="3" t="n">
+        <x:v>-6473</x:v>
+      </x:c>
+      <x:c r="CD10" s="3" t="n">
+        <x:v>-6999</x:v>
+      </x:c>
+      <x:c r="CE10" s="3" t="n">
+        <x:v>-8692</x:v>
+      </x:c>
+      <x:c r="CF10" s="3" t="n">
+        <x:v>-13356</x:v>
+      </x:c>
+      <x:c r="CG10" s="3" t="n">
+        <x:v>-6404</x:v>
+      </x:c>
+      <x:c r="CH10" s="3" t="n">
+        <x:v>-7690</x:v>
+      </x:c>
+      <x:c r="CI10" s="3" t="n">
+        <x:v>-9864</x:v>
+      </x:c>
+      <x:c r="CJ10" s="3" t="n">
+        <x:v>-13723</x:v>
+      </x:c>
+      <x:c r="CK10" s="3" t="n">
+        <x:v>-6627</x:v>
+      </x:c>
+      <x:c r="CL10" s="3" t="n">
+        <x:v>-7227</x:v>
+      </x:c>
+      <x:c r="CM10" s="3" t="n">
+        <x:v>-9424</x:v>
+      </x:c>
+      <x:c r="CN10" s="3" t="n">
+        <x:v>-11757</x:v>
+      </x:c>
+      <x:c r="CO10" s="3" t="n">
+        <x:v>-8480</x:v>
+      </x:c>
+      <x:c r="CP10" s="3" t="n">
+        <x:v>-7785</x:v>
+      </x:c>
+      <x:c r="CQ10" s="3" t="n">
+        <x:v>-9347</x:v>
+      </x:c>
+      <x:c r="CR10" s="3" t="n">
+        <x:v>-11051</x:v>
+      </x:c>
+      <x:c r="CS10" s="3" t="n">
+        <x:v>-7321</x:v>
+      </x:c>
+      <x:c r="CT10" s="3" t="n">
+        <x:v>-7337</x:v>
+      </x:c>
+      <x:c r="CU10" s="3" t="n">
+        <x:v>-9494</x:v>
+      </x:c>
+      <x:c r="CV10" s="3" t="n">
+        <x:v>-10565</x:v>
+      </x:c>
+      <x:c r="CW10" s="3" t="n">
+        <x:v>-7102</x:v>
+      </x:c>
+      <x:c r="CX10" s="3" t="n">
+        <x:v>-6833</x:v>
+      </x:c>
+      <x:c r="CY10" s="3" t="n">
+        <x:v>-9468</x:v>
+      </x:c>
+      <x:c r="CZ10" s="3" t="n">
+        <x:v>-11081</x:v>
+      </x:c>
+      <x:c r="DA10" s="3" t="n">
+        <x:v>-7472</x:v>
+      </x:c>
+      <x:c r="DB10" s="3" t="n">
+        <x:v>-7829</x:v>
+      </x:c>
+      <x:c r="DC10" s="3" t="n">
+        <x:v>-10719</x:v>
+      </x:c>
+      <x:c r="DD10" s="3" t="n">
+        <x:v>-11735</x:v>
+      </x:c>
+      <x:c r="DE10" s="3" t="n">
+        <x:v>-8302</x:v>
+      </x:c>
+      <x:c r="DF10" s="3" t="n">
+        <x:v>-8025</x:v>
+      </x:c>
+      <x:c r="DG10" s="3" t="n">
+        <x:v>-11042</x:v>
+      </x:c>
+      <x:c r="DH10" s="3" t="n">
+        <x:v>-11994</x:v>
+      </x:c>
+      <x:c r="DI10" s="3" t="n">
+        <x:v>-9038</x:v>
+      </x:c>
+      <x:c r="DJ10" s="3" t="n">
+        <x:v>-7783</x:v>
+      </x:c>
+      <x:c r="DK10" s="3" t="n">
+        <x:v>-11511</x:v>
+      </x:c>
+      <x:c r="DL10" s="3" t="n">
+        <x:v>-12575</x:v>
+      </x:c>
+      <x:c r="DM10" s="3" t="n">
+        <x:v>-10024</x:v>
+      </x:c>
+      <x:c r="DN10" s="3" t="n">
+        <x:v>-8469</x:v>
+      </x:c>
+      <x:c r="DO10" s="3" t="n">
+        <x:v>-12140</x:v>
+      </x:c>
+      <x:c r="DP10" s="3" t="n">
+        <x:v>-12983</x:v>
+      </x:c>
+      <x:c r="DQ10" s="3" t="n">
+        <x:v>-10563</x:v>
+      </x:c>
+      <x:c r="DR10" s="3" t="n">
+        <x:v>-8634</x:v>
+      </x:c>
+      <x:c r="DS10" s="3" t="n">
+        <x:v>-12344</x:v>
+      </x:c>
+      <x:c r="DT10" s="3" t="n">
+        <x:v>-12096</x:v>
+      </x:c>
+      <x:c r="DU10" s="3" t="n">
+        <x:v>-10235</x:v>
+      </x:c>
+      <x:c r="DV10" s="3" t="n">
+        <x:v>-7903</x:v>
+      </x:c>
+      <x:c r="DW10" s="3" t="n">
+        <x:v>-11296</x:v>
+      </x:c>
+      <x:c r="DX10" s="3" t="n">
+        <x:v>-11399</x:v>
+      </x:c>
+      <x:c r="DY10" s="3" t="n">
+        <x:v>-10382</x:v>
+      </x:c>
+      <x:c r="DZ10" s="3" t="n">
+        <x:v>-8064</x:v>
+      </x:c>
+      <x:c r="EA10" s="3" t="n">
+        <x:v>-12428</x:v>
+      </x:c>
+      <x:c r="EB10" s="3" t="n">
+        <x:v>-12234</x:v>
+      </x:c>
+      <x:c r="EC10" s="3" t="n">
+        <x:v>-10771</x:v>
+      </x:c>
+      <x:c r="ED10" s="3" t="n">
+        <x:v>-8116</x:v>
+      </x:c>
+      <x:c r="EE10" s="3" t="n">
+        <x:v>-12642</x:v>
+      </x:c>
+      <x:c r="EF10" s="3" t="n">
+        <x:v>-12644</x:v>
+      </x:c>
+      <x:c r="EG10" s="3" t="n">
+        <x:v>-10926</x:v>
+      </x:c>
+      <x:c r="EH10" s="3" t="n">
+        <x:v>-8667</x:v>
+      </x:c>
+      <x:c r="EI10" s="3" t="n">
+        <x:v>-13115</x:v>
+      </x:c>
+      <x:c r="EJ10" s="3" t="n">
+        <x:v>-12866</x:v>
+      </x:c>
+      <x:c r="EK10" s="3" t="n">
+        <x:v>-11290</x:v>
+      </x:c>
+      <x:c r="EL10" s="3" t="n">
+        <x:v>-8682</x:v>
+      </x:c>
+      <x:c r="EM10" s="3" t="n">
+        <x:v>-13274</x:v>
+      </x:c>
+      <x:c r="EN10" s="3" t="n">
+        <x:v>-13277</x:v>
+      </x:c>
+      <x:c r="EO10" s="3" t="n">
+        <x:v>-11967</x:v>
+      </x:c>
+      <x:c r="EP10" s="3" t="n">
+        <x:v>-8962</x:v>
+      </x:c>
+      <x:c r="EQ10" s="3" t="n">
+        <x:v>-13201</x:v>
+      </x:c>
+      <x:c r="ER10" s="3" t="n">
+        <x:v>-14033</x:v>
+      </x:c>
+      <x:c r="ES10" s="3" t="n">
+        <x:v>-12849</x:v>
+      </x:c>
+      <x:c r="ET10" s="3" t="n">
+        <x:v>-9392</x:v>
+      </x:c>
+      <x:c r="EU10" s="3" t="n">
+        <x:v>-14752</x:v>
+      </x:c>
+      <x:c r="EV10" s="3" t="n">
+        <x:v>-15947</x:v>
+      </x:c>
+      <x:c r="EW10" s="3" t="n">
+        <x:v>-13747</x:v>
+      </x:c>
+      <x:c r="EX10" s="3" t="n">
+        <x:v>-10170</x:v>
+      </x:c>
+      <x:c r="EY10" s="3" t="n">
+        <x:v>-15303</x:v>
+      </x:c>
+      <x:c r="EZ10" s="3" t="n">
+        <x:v>-24806</x:v>
+      </x:c>
+      <x:c r="FA10" s="3" t="n">
+        <x:v>-7923</x:v>
+      </x:c>
+      <x:c r="FB10" s="3" t="n">
+        <x:v>-9535</x:v>
+      </x:c>
+      <x:c r="FC10" s="3" t="n">
+        <x:v>-15833</x:v>
+      </x:c>
+      <x:c r="FD10" s="3" t="n">
+        <x:v>-25980</x:v>
+      </x:c>
+      <x:c r="FE10" s="3" t="n">
+        <x:v>-8252</x:v>
+      </x:c>
+      <x:c r="FF10" s="3" t="n">
+        <x:v>-10598</x:v>
+      </x:c>
+      <x:c r="FG10" s="3" t="n">
+        <x:v>-16152</x:v>
+      </x:c>
+      <x:c r="FH10" s="3" t="n">
+        <x:v>-25645</x:v>
+      </x:c>
+      <x:c r="FI10" s="3" t="n">
+        <x:v>-8289</x:v>
+      </x:c>
+      <x:c r="FJ10" s="3" t="n">
+        <x:v>-10773</x:v>
+      </x:c>
+      <x:c r="FK10" s="3" t="n">
+        <x:v>-16931</x:v>
+      </x:c>
+      <x:c r="FL10" s="3" t="n">
+        <x:v>-26646</x:v>
+      </x:c>
+      <x:c r="FM10" s="3" t="n">
+        <x:v>-9343</x:v>
+      </x:c>
+      <x:c r="FN10" s="3" t="n">
+        <x:v>-9725</x:v>
+      </x:c>
+      <x:c r="FO10" s="3" t="n">
+        <x:v>-1938</x:v>
+      </x:c>
+      <x:c r="FP10" s="3" t="n">
+        <x:v>-6073</x:v>
+      </x:c>
+      <x:c r="FQ10" s="3" t="n">
+        <x:v>-2983</x:v>
+      </x:c>
+      <x:c r="FR10" s="3" t="n">
+        <x:v>-2529</x:v>
+      </x:c>
+      <x:c r="FS10" s="3" t="n">
+        <x:v>-2855</x:v>
+      </x:c>
+      <x:c r="FT10" s="3" t="n">
+        <x:v>-8580</x:v>
+      </x:c>
+      <x:c r="FU10" s="3" t="n">
+        <x:v>-5840</x:v>
+      </x:c>
+      <x:c r="FV10" s="3" t="n">
+        <x:v>-8293</x:v>
+      </x:c>
+      <x:c r="FW10" s="3" t="n">
+        <x:v>-15855</x:v>
+      </x:c>
+      <x:c r="FX10" s="3" t="n">
+        <x:v>-25813</x:v>
+      </x:c>
+      <x:c r="FY10" s="3" t="n">
+        <x:v>-8756</x:v>
+      </x:c>
+      <x:c r="FZ10" s="3" t="n">
+        <x:v>-11677</x:v>
+      </x:c>
+      <x:c r="GA10" s="3" t="n">
+        <x:v>-17302</x:v>
+      </x:c>
+      <x:c r="GB10" s="3" t="n">
+        <x:v>-29172</x:v>
+      </x:c>
+      <x:c r="GC10" s="3" t="n">
+        <x:v>-11034</x:v>
+      </x:c>
+      <x:c r="GD10" s="3" t="n">
+        <x:v>-14238</x:v>
+      </x:c>
+      <x:c r="GE10" s="3" t="n">
+        <x:v>-18272</x:v>
+      </x:c>
+      <x:c r="GF10" s="3" t="n">
+        <x:v>-31646</x:v>
+      </x:c>
+      <x:c r="GG10" s="3" t="n">
+        <x:v>-14508</x:v>
+      </x:c>
+      <x:c r="GH10" s="3" t="n">
+        <x:v>-16532</x:v>
+      </x:c>
+      <x:c r="GI10" s="3" t="n">
+        <x:v>-22870</x:v>
+      </x:c>
+      <x:c r="GJ10" s="3" t="n">
+        <x:v>-37691</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:192">
+      <x:c r="A11" s="2" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="B11" s="3" t="n">
+        <x:v>10201</x:v>
+      </x:c>
+      <x:c r="C11" s="3" t="n">
+        <x:v>10314</x:v>
+      </x:c>
+      <x:c r="D11" s="3" t="n">
+        <x:v>10427</x:v>
+      </x:c>
+      <x:c r="E11" s="3" t="n">
+        <x:v>10427</x:v>
+      </x:c>
+      <x:c r="F11" s="3" t="n">
+        <x:v>10741</x:v>
+      </x:c>
+      <x:c r="G11" s="3" t="n">
+        <x:v>10860</x:v>
+      </x:c>
+      <x:c r="H11" s="3" t="n">
+        <x:v>10979</x:v>
+      </x:c>
+      <x:c r="I11" s="3" t="n">
+        <x:v>10979</x:v>
+      </x:c>
+      <x:c r="J11" s="3" t="n">
+        <x:v>11163</x:v>
+      </x:c>
+      <x:c r="K11" s="3" t="n">
+        <x:v>11163</x:v>
+      </x:c>
+      <x:c r="L11" s="3" t="n">
+        <x:v>11286</x:v>
+      </x:c>
+      <x:c r="M11" s="3" t="n">
+        <x:v>11286</x:v>
+      </x:c>
+      <x:c r="N11" s="3" t="n">
+        <x:v>11484</x:v>
+      </x:c>
+      <x:c r="O11" s="3" t="n">
+        <x:v>11612</x:v>
+      </x:c>
+      <x:c r="P11" s="3" t="n">
+        <x:v>11740</x:v>
+      </x:c>
+      <x:c r="Q11" s="3" t="n">
+        <x:v>11740</x:v>
+      </x:c>
+      <x:c r="R11" s="3" t="n">
+        <x:v>12114</x:v>
+      </x:c>
+      <x:c r="S11" s="3" t="n">
+        <x:v>12249</x:v>
+      </x:c>
+      <x:c r="T11" s="3" t="n">
+        <x:v>12383</x:v>
+      </x:c>
+      <x:c r="U11" s="3" t="n">
+        <x:v>12383</x:v>
+      </x:c>
+      <x:c r="V11" s="3" t="n">
+        <x:v>12323</x:v>
+      </x:c>
+      <x:c r="W11" s="3" t="n">
+        <x:v>12460</x:v>
+      </x:c>
+      <x:c r="X11" s="3" t="n">
+        <x:v>12597</x:v>
+      </x:c>
+      <x:c r="Y11" s="3" t="n">
+        <x:v>12597</x:v>
+      </x:c>
+      <x:c r="Z11" s="3" t="n">
+        <x:v>12573</x:v>
+      </x:c>
+      <x:c r="AA11" s="3" t="n">
+        <x:v>12573</x:v>
+      </x:c>
+      <x:c r="AB11" s="3" t="n">
+        <x:v>12711</x:v>
+      </x:c>
+      <x:c r="AC11" s="3" t="n">
+        <x:v>12711</x:v>
+      </x:c>
+      <x:c r="AD11" s="3" t="n">
+        <x:v>12492</x:v>
+      </x:c>
+      <x:c r="AE11" s="3" t="n">
+        <x:v>12631</x:v>
+      </x:c>
+      <x:c r="AF11" s="3" t="n">
+        <x:v>12770</x:v>
+      </x:c>
+      <x:c r="AG11" s="3" t="n">
+        <x:v>12770</x:v>
+      </x:c>
+      <x:c r="AH11" s="3" t="n">
+        <x:v>13182</x:v>
+      </x:c>
+      <x:c r="AI11" s="3" t="n">
+        <x:v>13329</x:v>
+      </x:c>
+      <x:c r="AJ11" s="3" t="n">
+        <x:v>13475</x:v>
+      </x:c>
+      <x:c r="AK11" s="3" t="n">
+        <x:v>13475</x:v>
+      </x:c>
+      <x:c r="AL11" s="3" t="n">
+        <x:v>13335</x:v>
+      </x:c>
+      <x:c r="AM11" s="3" t="n">
+        <x:v>13483</x:v>
+      </x:c>
+      <x:c r="AN11" s="3" t="n">
+        <x:v>13632</x:v>
+      </x:c>
+      <x:c r="AO11" s="3" t="n">
+        <x:v>13632</x:v>
+      </x:c>
+      <x:c r="AP11" s="3" t="n">
+        <x:v>13740</x:v>
+      </x:c>
+      <x:c r="AQ11" s="3" t="n">
+        <x:v>13740</x:v>
+      </x:c>
+      <x:c r="AR11" s="3" t="n">
+        <x:v>13891</x:v>
+      </x:c>
+      <x:c r="AS11" s="3" t="n">
+        <x:v>13891</x:v>
+      </x:c>
+      <x:c r="AT11" s="3" t="n">
+        <x:v>13760</x:v>
+      </x:c>
+      <x:c r="AU11" s="3" t="n">
+        <x:v>13913</x:v>
+      </x:c>
+      <x:c r="AV11" s="3" t="n">
+        <x:v>14066</x:v>
+      </x:c>
+      <x:c r="AW11" s="3" t="n">
+        <x:v>14066</x:v>
+      </x:c>
+      <x:c r="AX11" s="3" t="n">
+        <x:v>14439</x:v>
+      </x:c>
+      <x:c r="AY11" s="3" t="n">
+        <x:v>14599</x:v>
+      </x:c>
+      <x:c r="AZ11" s="3" t="n">
+        <x:v>14760</x:v>
+      </x:c>
+      <x:c r="BA11" s="3" t="n">
+        <x:v>14760</x:v>
+      </x:c>
+      <x:c r="BB11" s="3" t="n">
+        <x:v>14246</x:v>
+      </x:c>
+      <x:c r="BC11" s="3" t="n">
+        <x:v>13647</x:v>
+      </x:c>
+      <x:c r="BD11" s="3" t="n">
+        <x:v>14233</x:v>
+      </x:c>
+      <x:c r="BE11" s="3" t="n">
+        <x:v>13923</x:v>
+      </x:c>
+      <x:c r="BF11" s="3" t="n">
+        <x:v>14356</x:v>
+      </x:c>
+      <x:c r="BG11" s="3" t="n">
+        <x:v>14405</x:v>
+      </x:c>
+      <x:c r="BH11" s="3" t="n">
+        <x:v>14733</x:v>
+      </x:c>
+      <x:c r="BI11" s="3" t="n">
+        <x:v>14443</x:v>
+      </x:c>
+      <x:c r="BJ11" s="3" t="n">
+        <x:v>14846</x:v>
+      </x:c>
+      <x:c r="BK11" s="3" t="n">
+        <x:v>14724</x:v>
+      </x:c>
+      <x:c r="BL11" s="3" t="n">
+        <x:v>14860</x:v>
+      </x:c>
+      <x:c r="BM11" s="3" t="n">
+        <x:v>14135</x:v>
+      </x:c>
+      <x:c r="BN11" s="3" t="n">
+        <x:v>14892</x:v>
+      </x:c>
+      <x:c r="BO11" s="3" t="n">
+        <x:v>14804</x:v>
+      </x:c>
+      <x:c r="BP11" s="3" t="n">
+        <x:v>15039</x:v>
+      </x:c>
+      <x:c r="BQ11" s="3" t="n">
+        <x:v>14451</x:v>
+      </x:c>
+      <x:c r="BR11" s="3" t="n">
+        <x:v>14502</x:v>
+      </x:c>
+      <x:c r="BS11" s="3" t="n">
+        <x:v>14797</x:v>
+      </x:c>
+      <x:c r="BT11" s="3" t="n">
+        <x:v>14752</x:v>
+      </x:c>
+      <x:c r="BU11" s="3" t="n">
+        <x:v>14181</x:v>
+      </x:c>
+      <x:c r="BV11" s="3" t="n">
+        <x:v>14738</x:v>
+      </x:c>
+      <x:c r="BW11" s="3" t="n">
+        <x:v>14814</x:v>
+      </x:c>
+      <x:c r="BX11" s="3" t="n">
+        <x:v>14884</x:v>
+      </x:c>
+      <x:c r="BY11" s="3" t="n">
+        <x:v>14362</x:v>
+      </x:c>
+      <x:c r="BZ11" s="3" t="n">
+        <x:v>15126</x:v>
+      </x:c>
+      <x:c r="CA11" s="3" t="n">
+        <x:v>14617</x:v>
+      </x:c>
+      <x:c r="CB11" s="3" t="n">
+        <x:v>14727</x:v>
+      </x:c>
+      <x:c r="CC11" s="3" t="n">
+        <x:v>14176</x:v>
+      </x:c>
+      <x:c r="CD11" s="3" t="n">
+        <x:v>14916</x:v>
+      </x:c>
+      <x:c r="CE11" s="3" t="n">
+        <x:v>14903</x:v>
+      </x:c>
+      <x:c r="CF11" s="3" t="n">
+        <x:v>14868</x:v>
+      </x:c>
+      <x:c r="CG11" s="3" t="n">
+        <x:v>14625</x:v>
+      </x:c>
+      <x:c r="CH11" s="3" t="n">
+        <x:v>15402</x:v>
+      </x:c>
+      <x:c r="CI11" s="3" t="n">
+        <x:v>15408</x:v>
+      </x:c>
+      <x:c r="CJ11" s="3" t="n">
+        <x:v>15449</x:v>
+      </x:c>
+      <x:c r="CK11" s="3" t="n">
+        <x:v>15043</x:v>
+      </x:c>
+      <x:c r="CL11" s="3" t="n">
+        <x:v>15444</x:v>
+      </x:c>
+      <x:c r="CM11" s="3" t="n">
+        <x:v>15610</x:v>
+      </x:c>
+      <x:c r="CN11" s="3" t="n">
+        <x:v>15869</x:v>
+      </x:c>
+      <x:c r="CO11" s="3" t="n">
+        <x:v>15111</x:v>
+      </x:c>
+      <x:c r="CP11" s="3" t="n">
+        <x:v>15987</x:v>
+      </x:c>
+      <x:c r="CQ11" s="3" t="n">
+        <x:v>15333</x:v>
+      </x:c>
+      <x:c r="CR11" s="3" t="n">
+        <x:v>15353</x:v>
+      </x:c>
+      <x:c r="CS11" s="3" t="n">
+        <x:v>15966</x:v>
+      </x:c>
+      <x:c r="CT11" s="3" t="n">
+        <x:v>16550</x:v>
+      </x:c>
+      <x:c r="CU11" s="3" t="n">
+        <x:v>16010</x:v>
+      </x:c>
+      <x:c r="CV11" s="3" t="n">
+        <x:v>15881</x:v>
+      </x:c>
+      <x:c r="CW11" s="3" t="n">
+        <x:v>16426</x:v>
+      </x:c>
+      <x:c r="CX11" s="3" t="n">
+        <x:v>16809</x:v>
+      </x:c>
+      <x:c r="CY11" s="3" t="n">
+        <x:v>16338</x:v>
+      </x:c>
+      <x:c r="CZ11" s="3" t="n">
+        <x:v>16224</x:v>
+      </x:c>
+      <x:c r="DA11" s="3" t="n">
+        <x:v>16693</x:v>
+      </x:c>
+      <x:c r="DB11" s="3" t="n">
+        <x:v>18680</x:v>
+      </x:c>
+      <x:c r="DC11" s="3" t="n">
+        <x:v>18041</x:v>
+      </x:c>
+      <x:c r="DD11" s="3" t="n">
+        <x:v>17899</x:v>
+      </x:c>
+      <x:c r="DE11" s="3" t="n">
+        <x:v>18420</x:v>
+      </x:c>
+      <x:c r="DF11" s="3" t="n">
+        <x:v>19300</x:v>
+      </x:c>
+      <x:c r="DG11" s="3" t="n">
+        <x:v>18758</x:v>
+      </x:c>
+      <x:c r="DH11" s="3" t="n">
+        <x:v>18864</x:v>
+      </x:c>
+      <x:c r="DI11" s="3" t="n">
+        <x:v>19436</x:v>
+      </x:c>
+      <x:c r="DJ11" s="3" t="n">
+        <x:v>19240</x:v>
+      </x:c>
+      <x:c r="DK11" s="3" t="n">
+        <x:v>19425</x:v>
+      </x:c>
+      <x:c r="DL11" s="3" t="n">
+        <x:v>18845</x:v>
+      </x:c>
+      <x:c r="DM11" s="3" t="n">
+        <x:v>18932</x:v>
+      </x:c>
+      <x:c r="DN11" s="3" t="n">
+        <x:v>19070</x:v>
+      </x:c>
+      <x:c r="DO11" s="3" t="n">
+        <x:v>19091</x:v>
+      </x:c>
+      <x:c r="DP11" s="3" t="n">
+        <x:v>18633</x:v>
+      </x:c>
+      <x:c r="DQ11" s="3" t="n">
+        <x:v>18803</x:v>
+      </x:c>
+      <x:c r="DR11" s="3" t="n">
+        <x:v>19624</x:v>
+      </x:c>
+      <x:c r="DS11" s="3" t="n">
+        <x:v>19888</x:v>
+      </x:c>
+      <x:c r="DT11" s="3" t="n">
+        <x:v>18626</x:v>
+      </x:c>
+      <x:c r="DU11" s="3" t="n">
+        <x:v>19622</x:v>
+      </x:c>
+      <x:c r="DV11" s="3" t="n">
+        <x:v>20580</x:v>
+      </x:c>
+      <x:c r="DW11" s="3" t="n">
+        <x:v>19880</x:v>
+      </x:c>
+      <x:c r="DX11" s="3" t="n">
+        <x:v>19603</x:v>
+      </x:c>
+      <x:c r="DY11" s="3" t="n">
+        <x:v>21293</x:v>
+      </x:c>
+      <x:c r="DZ11" s="3" t="n">
+        <x:v>20411</x:v>
+      </x:c>
+      <x:c r="EA11" s="3" t="n">
+        <x:v>19999</x:v>
+      </x:c>
+      <x:c r="EB11" s="3" t="n">
+        <x:v>19232</x:v>
+      </x:c>
+      <x:c r="EC11" s="3" t="n">
+        <x:v>20545</x:v>
+      </x:c>
+      <x:c r="ED11" s="3" t="n">
+        <x:v>21453</x:v>
+      </x:c>
+      <x:c r="EE11" s="3" t="n">
+        <x:v>20610</x:v>
+      </x:c>
+      <x:c r="EF11" s="3" t="n">
+        <x:v>20174</x:v>
+      </x:c>
+      <x:c r="EG11" s="3" t="n">
+        <x:v>21494</x:v>
+      </x:c>
+      <x:c r="EH11" s="3" t="n">
+        <x:v>22201</x:v>
+      </x:c>
+      <x:c r="EI11" s="3" t="n">
+        <x:v>21017</x:v>
+      </x:c>
+      <x:c r="EJ11" s="3" t="n">
+        <x:v>20210</x:v>
+      </x:c>
+      <x:c r="EK11" s="3" t="n">
+        <x:v>21463</x:v>
+      </x:c>
+      <x:c r="EL11" s="3" t="n">
+        <x:v>22142</x:v>
+      </x:c>
+      <x:c r="EM11" s="3" t="n">
+        <x:v>21766</x:v>
+      </x:c>
+      <x:c r="EN11" s="3" t="n">
+        <x:v>20869</x:v>
+      </x:c>
+      <x:c r="EO11" s="3" t="n">
+        <x:v>22100</x:v>
+      </x:c>
+      <x:c r="EP11" s="3" t="n">
+        <x:v>23352</x:v>
+      </x:c>
+      <x:c r="EQ11" s="3" t="n">
+        <x:v>22569</x:v>
+      </x:c>
+      <x:c r="ER11" s="3" t="n">
+        <x:v>21995</x:v>
+      </x:c>
+      <x:c r="ES11" s="3" t="n">
+        <x:v>23252</x:v>
+      </x:c>
+      <x:c r="ET11" s="3" t="n">
+        <x:v>25271</x:v>
+      </x:c>
+      <x:c r="EU11" s="3" t="n">
+        <x:v>23550</x:v>
+      </x:c>
+      <x:c r="EV11" s="3" t="n">
+        <x:v>23695</x:v>
+      </x:c>
+      <x:c r="EW11" s="3" t="n">
+        <x:v>24705</x:v>
+      </x:c>
+      <x:c r="EX11" s="3" t="n">
+        <x:v>23876</x:v>
+      </x:c>
+      <x:c r="EY11" s="3" t="n">
+        <x:v>24730</x:v>
+      </x:c>
+      <x:c r="EZ11" s="3" t="n">
+        <x:v>22395</x:v>
+      </x:c>
+      <x:c r="FA11" s="3" t="n">
+        <x:v>24830</x:v>
+      </x:c>
+      <x:c r="FB11" s="3" t="n">
+        <x:v>24970</x:v>
+      </x:c>
+      <x:c r="FC11" s="3" t="n">
+        <x:v>23576</x:v>
+      </x:c>
+      <x:c r="FD11" s="3" t="n">
+        <x:v>22432</x:v>
+      </x:c>
+      <x:c r="FE11" s="3" t="n">
+        <x:v>24660</x:v>
+      </x:c>
+      <x:c r="FF11" s="3" t="n">
+        <x:v>25146</x:v>
+      </x:c>
+      <x:c r="FG11" s="3" t="n">
+        <x:v>25219</x:v>
+      </x:c>
+      <x:c r="FH11" s="3" t="n">
+        <x:v>22691</x:v>
+      </x:c>
+      <x:c r="FI11" s="3" t="n">
+        <x:v>25043</x:v>
+      </x:c>
+      <x:c r="FJ11" s="3" t="n">
+        <x:v>24709</x:v>
+      </x:c>
+      <x:c r="FK11" s="3" t="n">
+        <x:v>23897</x:v>
+      </x:c>
+      <x:c r="FL11" s="3" t="n">
+        <x:v>23209</x:v>
+      </x:c>
+      <x:c r="FM11" s="3" t="n">
+        <x:v>26674</x:v>
+      </x:c>
+      <x:c r="FN11" s="3" t="n">
+        <x:v>26498</x:v>
+      </x:c>
+      <x:c r="FO11" s="3" t="n">
+        <x:v>21430</x:v>
+      </x:c>
+      <x:c r="FP11" s="3" t="n">
+        <x:v>23707</x:v>
+      </x:c>
+      <x:c r="FQ11" s="3" t="n">
+        <x:v>26327</x:v>
+      </x:c>
+      <x:c r="FR11" s="3" t="n">
+        <x:v>21838</x:v>
+      </x:c>
+      <x:c r="FS11" s="3" t="n">
+        <x:v>24732</x:v>
+      </x:c>
+      <x:c r="FT11" s="3" t="n">
+        <x:v>28202</x:v>
+      </x:c>
+      <x:c r="FU11" s="3" t="n">
+        <x:v>33349</x:v>
+      </x:c>
+      <x:c r="FV11" s="3" t="n">
+        <x:v>29051</x:v>
+      </x:c>
+      <x:c r="FW11" s="3" t="n">
+        <x:v>28900</x:v>
+      </x:c>
+      <x:c r="FX11" s="3" t="n">
+        <x:v>27485</x:v>
+      </x:c>
+      <x:c r="FY11" s="3" t="n">
+        <x:v>30574</x:v>
+      </x:c>
+      <x:c r="FZ11" s="3" t="n">
+        <x:v>31952</x:v>
+      </x:c>
+      <x:c r="GA11" s="3" t="n">
+        <x:v>29893</x:v>
+      </x:c>
+      <x:c r="GB11" s="3" t="n">
+        <x:v>28441</x:v>
+      </x:c>
+      <x:c r="GC11" s="3" t="n">
+        <x:v>31783</x:v>
+      </x:c>
+      <x:c r="GD11" s="3" t="n">
+        <x:v>30076</x:v>
+      </x:c>
+      <x:c r="GE11" s="3" t="n">
+        <x:v>31278</x:v>
+      </x:c>
+      <x:c r="GF11" s="3" t="n">
+        <x:v>30871</x:v>
+      </x:c>
+      <x:c r="GG11" s="3" t="n">
+        <x:v>31745</x:v>
+      </x:c>
+      <x:c r="GH11" s="3" t="n">
+        <x:v>31022</x:v>
+      </x:c>
+      <x:c r="GI11" s="3" t="n">
+        <x:v>32068</x:v>
+      </x:c>
+      <x:c r="GJ11" s="3" t="n">
+        <x:v>31488</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:192">
+      <x:c r="A12" s="2" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="B12" s="3" t="n">
+        <x:v>84911</x:v>
+      </x:c>
+      <x:c r="C12" s="3" t="n">
+        <x:v>85856</x:v>
+      </x:c>
+      <x:c r="D12" s="3" t="n">
+        <x:v>86798</x:v>
+      </x:c>
+      <x:c r="E12" s="3" t="n">
+        <x:v>86798</x:v>
+      </x:c>
+      <x:c r="F12" s="3" t="n">
+        <x:v>89231</x:v>
+      </x:c>
+      <x:c r="G12" s="3" t="n">
+        <x:v>90219</x:v>
+      </x:c>
+      <x:c r="H12" s="3" t="n">
+        <x:v>91213</x:v>
+      </x:c>
+      <x:c r="I12" s="3" t="n">
+        <x:v>91213</x:v>
+      </x:c>
+      <x:c r="J12" s="3" t="n">
+        <x:v>93901</x:v>
+      </x:c>
+      <x:c r="K12" s="3" t="n">
+        <x:v>93901</x:v>
+      </x:c>
+      <x:c r="L12" s="3" t="n">
+        <x:v>94934</x:v>
+      </x:c>
+      <x:c r="M12" s="3" t="n">
+        <x:v>94934</x:v>
+      </x:c>
+      <x:c r="N12" s="3" t="n">
+        <x:v>96282</x:v>
+      </x:c>
+      <x:c r="O12" s="3" t="n">
+        <x:v>97353</x:v>
+      </x:c>
+      <x:c r="P12" s="3" t="n">
+        <x:v>98420</x:v>
+      </x:c>
+      <x:c r="Q12" s="3" t="n">
+        <x:v>98420</x:v>
+      </x:c>
+      <x:c r="R12" s="3" t="n">
+        <x:v>98657</x:v>
+      </x:c>
+      <x:c r="S12" s="3" t="n">
+        <x:v>99751</x:v>
+      </x:c>
+      <x:c r="T12" s="3" t="n">
+        <x:v>100851</x:v>
+      </x:c>
+      <x:c r="U12" s="3" t="n">
+        <x:v>100851</x:v>
+      </x:c>
+      <x:c r="V12" s="3" t="n">
+        <x:v>101633</x:v>
+      </x:c>
+      <x:c r="W12" s="3" t="n">
+        <x:v>102762</x:v>
+      </x:c>
+      <x:c r="X12" s="3" t="n">
+        <x:v>103892</x:v>
+      </x:c>
+      <x:c r="Y12" s="3" t="n">
+        <x:v>103892</x:v>
+      </x:c>
+      <x:c r="Z12" s="3" t="n">
+        <x:v>104036</x:v>
+      </x:c>
+      <x:c r="AA12" s="3" t="n">
+        <x:v>104036</x:v>
+      </x:c>
+      <x:c r="AB12" s="3" t="n">
+        <x:v>105182</x:v>
+      </x:c>
+      <x:c r="AC12" s="3" t="n">
+        <x:v>105182</x:v>
+      </x:c>
+      <x:c r="AD12" s="3" t="n">
+        <x:v>105940</x:v>
+      </x:c>
+      <x:c r="AE12" s="3" t="n">
+        <x:v>107115</x:v>
+      </x:c>
+      <x:c r="AF12" s="3" t="n">
+        <x:v>108294</x:v>
+      </x:c>
+      <x:c r="AG12" s="3" t="n">
+        <x:v>108294</x:v>
+      </x:c>
+      <x:c r="AH12" s="3" t="n">
+        <x:v>108283</x:v>
+      </x:c>
+      <x:c r="AI12" s="3" t="n">
+        <x:v>109486</x:v>
+      </x:c>
+      <x:c r="AJ12" s="3" t="n">
+        <x:v>110691</x:v>
+      </x:c>
+      <x:c r="AK12" s="3" t="n">
+        <x:v>110691</x:v>
+      </x:c>
+      <x:c r="AL12" s="3" t="n">
+        <x:v>112896</x:v>
+      </x:c>
+      <x:c r="AM12" s="3" t="n">
+        <x:v>114152</x:v>
+      </x:c>
+      <x:c r="AN12" s="3" t="n">
+        <x:v>115405</x:v>
+      </x:c>
+      <x:c r="AO12" s="3" t="n">
+        <x:v>115405</x:v>
+      </x:c>
+      <x:c r="AP12" s="3" t="n">
+        <x:v>112718</x:v>
+      </x:c>
+      <x:c r="AQ12" s="3" t="n">
+        <x:v>112718</x:v>
+      </x:c>
+      <x:c r="AR12" s="3" t="n">
+        <x:v>113955</x:v>
+      </x:c>
+      <x:c r="AS12" s="3" t="n">
+        <x:v>113955</x:v>
+      </x:c>
+      <x:c r="AT12" s="3" t="n">
+        <x:v>115277</x:v>
+      </x:c>
+      <x:c r="AU12" s="3" t="n">
+        <x:v>116553</x:v>
+      </x:c>
+      <x:c r="AV12" s="3" t="n">
+        <x:v>117838</x:v>
+      </x:c>
+      <x:c r="AW12" s="3" t="n">
+        <x:v>117838</x:v>
+      </x:c>
+      <x:c r="AX12" s="3" t="n">
+        <x:v>120444</x:v>
+      </x:c>
+      <x:c r="AY12" s="3" t="n">
+        <x:v>121780</x:v>
+      </x:c>
+      <x:c r="AZ12" s="3" t="n">
+        <x:v>123123</x:v>
+      </x:c>
+      <x:c r="BA12" s="3" t="n">
+        <x:v>123123</x:v>
+      </x:c>
+      <x:c r="BB12" s="3" t="n">
+        <x:v>128096</x:v>
+      </x:c>
+      <x:c r="BC12" s="3" t="n">
+        <x:v>127691</x:v>
+      </x:c>
+      <x:c r="BD12" s="3" t="n">
+        <x:v>127502</x:v>
+      </x:c>
+      <x:c r="BE12" s="3" t="n">
+        <x:v>133670</x:v>
+      </x:c>
+      <x:c r="BF12" s="3" t="n">
+        <x:v>140835</x:v>
+      </x:c>
+      <x:c r="BG12" s="3" t="n">
+        <x:v>132388</x:v>
+      </x:c>
+      <x:c r="BH12" s="3" t="n">
+        <x:v>133857</x:v>
+      </x:c>
+      <x:c r="BI12" s="3" t="n">
+        <x:v>141216</x:v>
+      </x:c>
+      <x:c r="BJ12" s="3" t="n">
+        <x:v>145011</x:v>
+      </x:c>
+      <x:c r="BK12" s="3" t="n">
+        <x:v>138115</x:v>
+      </x:c>
+      <x:c r="BL12" s="3" t="n">
+        <x:v>135483</x:v>
+      </x:c>
+      <x:c r="BM12" s="3" t="n">
+        <x:v>149569</x:v>
+      </x:c>
+      <x:c r="BN12" s="3" t="n">
+        <x:v>141411</x:v>
+      </x:c>
+      <x:c r="BO12" s="3" t="n">
+        <x:v>141853</x:v>
+      </x:c>
+      <x:c r="BP12" s="3" t="n">
+        <x:v>142075</x:v>
+      </x:c>
+      <x:c r="BQ12" s="3" t="n">
+        <x:v>151025</x:v>
+      </x:c>
+      <x:c r="BR12" s="3" t="n">
+        <x:v>150848</x:v>
+      </x:c>
+      <x:c r="BS12" s="3" t="n">
+        <x:v>139639</x:v>
+      </x:c>
+      <x:c r="BT12" s="3" t="n">
+        <x:v>142299</x:v>
+      </x:c>
+      <x:c r="BU12" s="3" t="n">
+        <x:v>150623</x:v>
+      </x:c>
+      <x:c r="BV12" s="3" t="n">
+        <x:v>153523</x:v>
+      </x:c>
+      <x:c r="BW12" s="3" t="n">
+        <x:v>144298</x:v>
+      </x:c>
+      <x:c r="BX12" s="3" t="n">
+        <x:v>146848</x:v>
+      </x:c>
+      <x:c r="BY12" s="3" t="n">
+        <x:v>155114</x:v>
+      </x:c>
+      <x:c r="BZ12" s="3" t="n">
+        <x:v>149680</x:v>
+      </x:c>
+      <x:c r="CA12" s="3" t="n">
+        <x:v>156582</x:v>
+      </x:c>
+      <x:c r="CB12" s="3" t="n">
+        <x:v>150750</x:v>
+      </x:c>
+      <x:c r="CC12" s="3" t="n">
+        <x:v>160203</x:v>
+      </x:c>
+      <x:c r="CD12" s="3" t="n">
+        <x:v>161897</x:v>
+      </x:c>
+      <x:c r="CE12" s="3" t="n">
+        <x:v>155536</x:v>
+      </x:c>
+      <x:c r="CF12" s="3" t="n">
+        <x:v>156501</x:v>
+      </x:c>
+      <x:c r="CG12" s="3" t="n">
+        <x:v>165017</x:v>
+      </x:c>
+      <x:c r="CH12" s="3" t="n">
+        <x:v>164960</x:v>
+      </x:c>
+      <x:c r="CI12" s="3" t="n">
+        <x:v>162645</x:v>
+      </x:c>
+      <x:c r="CJ12" s="3" t="n">
+        <x:v>161387</x:v>
+      </x:c>
+      <x:c r="CK12" s="3" t="n">
+        <x:v>170157</x:v>
+      </x:c>
+      <x:c r="CL12" s="3" t="n">
+        <x:v>175026</x:v>
+      </x:c>
+      <x:c r="CM12" s="3" t="n">
+        <x:v>163459</x:v>
+      </x:c>
+      <x:c r="CN12" s="3" t="n">
+        <x:v>164436</x:v>
+      </x:c>
+      <x:c r="CO12" s="3" t="n">
+        <x:v>170387</x:v>
+      </x:c>
+      <x:c r="CP12" s="3" t="n">
+        <x:v>180397</x:v>
+      </x:c>
+      <x:c r="CQ12" s="3" t="n">
+        <x:v>169977</x:v>
+      </x:c>
+      <x:c r="CR12" s="3" t="n">
+        <x:v>171603</x:v>
+      </x:c>
+      <x:c r="CS12" s="3" t="n">
+        <x:v>178568</x:v>
+      </x:c>
+      <x:c r="CT12" s="3" t="n">
+        <x:v>179658</x:v>
+      </x:c>
+      <x:c r="CU12" s="3" t="n">
+        <x:v>182663</x:v>
+      </x:c>
+      <x:c r="CV12" s="3" t="n">
+        <x:v>180738</x:v>
+      </x:c>
+      <x:c r="CW12" s="3" t="n">
+        <x:v>184006</x:v>
+      </x:c>
+      <x:c r="CX12" s="3" t="n">
+        <x:v>188407</x:v>
+      </x:c>
+      <x:c r="CY12" s="3" t="n">
+        <x:v>180683</x:v>
+      </x:c>
+      <x:c r="CZ12" s="3" t="n">
+        <x:v>182261</x:v>
+      </x:c>
+      <x:c r="DA12" s="3" t="n">
+        <x:v>185217</x:v>
+      </x:c>
+      <x:c r="DB12" s="3" t="n">
+        <x:v>189542</x:v>
+      </x:c>
+      <x:c r="DC12" s="3" t="n">
+        <x:v>181442</x:v>
+      </x:c>
+      <x:c r="DD12" s="3" t="n">
+        <x:v>182748</x:v>
+      </x:c>
+      <x:c r="DE12" s="3" t="n">
+        <x:v>191635</x:v>
+      </x:c>
+      <x:c r="DF12" s="3" t="n">
+        <x:v>186471</x:v>
+      </x:c>
+      <x:c r="DG12" s="3" t="n">
+        <x:v>193225</x:v>
+      </x:c>
+      <x:c r="DH12" s="3" t="n">
+        <x:v>185242</x:v>
+      </x:c>
+      <x:c r="DI12" s="3" t="n">
+        <x:v>194453</x:v>
+      </x:c>
+      <x:c r="DJ12" s="3" t="n">
+        <x:v>198586</x:v>
+      </x:c>
+      <x:c r="DK12" s="3" t="n">
+        <x:v>188934</x:v>
+      </x:c>
+      <x:c r="DL12" s="3" t="n">
+        <x:v>190627</x:v>
+      </x:c>
+      <x:c r="DM12" s="3" t="n">
+        <x:v>197136</x:v>
+      </x:c>
+      <x:c r="DN12" s="3" t="n">
+        <x:v>199931</x:v>
+      </x:c>
+      <x:c r="DO12" s="3" t="n">
+        <x:v>193326</x:v>
+      </x:c>
+      <x:c r="DP12" s="3" t="n">
+        <x:v>195913</x:v>
+      </x:c>
+      <x:c r="DQ12" s="3" t="n">
+        <x:v>202577</x:v>
+      </x:c>
+      <x:c r="DR12" s="3" t="n">
+        <x:v>200425</x:v>
+      </x:c>
+      <x:c r="DS12" s="3" t="n">
+        <x:v>203342</x:v>
+      </x:c>
+      <x:c r="DT12" s="3" t="n">
+        <x:v>203924</x:v>
+      </x:c>
+      <x:c r="DU12" s="3" t="n">
+        <x:v>205391</x:v>
+      </x:c>
+      <x:c r="DV12" s="3" t="n">
+        <x:v>211327</x:v>
+      </x:c>
+      <x:c r="DW12" s="3" t="n">
+        <x:v>209942</x:v>
+      </x:c>
+      <x:c r="DX12" s="3" t="n">
+        <x:v>213072</x:v>
+      </x:c>
+      <x:c r="DY12" s="3" t="n">
+        <x:v>213466</x:v>
+      </x:c>
+      <x:c r="DZ12" s="3" t="n">
+        <x:v>218263</x:v>
+      </x:c>
+      <x:c r="EA12" s="3" t="n">
+        <x:v>216258</x:v>
+      </x:c>
+      <x:c r="EB12" s="3" t="n">
+        <x:v>217441</x:v>
+      </x:c>
+      <x:c r="EC12" s="3" t="n">
+        <x:v>216092</x:v>
+      </x:c>
+      <x:c r="ED12" s="3" t="n">
+        <x:v>219071</x:v>
+      </x:c>
+      <x:c r="EE12" s="3" t="n">
+        <x:v>218777</x:v>
+      </x:c>
+      <x:c r="EF12" s="3" t="n">
+        <x:v>221643</x:v>
+      </x:c>
+      <x:c r="EG12" s="3" t="n">
+        <x:v>218725</x:v>
+      </x:c>
+      <x:c r="EH12" s="3" t="n">
+        <x:v>222798</x:v>
+      </x:c>
+      <x:c r="EI12" s="3" t="n">
+        <x:v>223628</x:v>
+      </x:c>
+      <x:c r="EJ12" s="3" t="n">
+        <x:v>225351</x:v>
+      </x:c>
+      <x:c r="EK12" s="3" t="n">
+        <x:v>224209</x:v>
+      </x:c>
+      <x:c r="EL12" s="3" t="n">
+        <x:v>225292</x:v>
+      </x:c>
+      <x:c r="EM12" s="3" t="n">
+        <x:v>225437</x:v>
+      </x:c>
+      <x:c r="EN12" s="3" t="n">
+        <x:v>227409</x:v>
+      </x:c>
+      <x:c r="EO12" s="3" t="n">
+        <x:v>228602</x:v>
+      </x:c>
+      <x:c r="EP12" s="3" t="n">
+        <x:v>229441</x:v>
+      </x:c>
+      <x:c r="EQ12" s="3" t="n">
+        <x:v>231246</x:v>
+      </x:c>
+      <x:c r="ER12" s="3" t="n">
+        <x:v>233385</x:v>
+      </x:c>
+      <x:c r="ES12" s="3" t="n">
+        <x:v>234935</x:v>
+      </x:c>
+      <x:c r="ET12" s="3" t="n">
+        <x:v>235778</x:v>
+      </x:c>
+      <x:c r="EU12" s="3" t="n">
+        <x:v>238535</x:v>
+      </x:c>
+      <x:c r="EV12" s="3" t="n">
+        <x:v>240108</x:v>
+      </x:c>
+      <x:c r="EW12" s="3" t="n">
+        <x:v>237865</x:v>
+      </x:c>
+      <x:c r="EX12" s="3" t="n">
+        <x:v>239139</x:v>
+      </x:c>
+      <x:c r="EY12" s="3" t="n">
+        <x:v>242754</x:v>
+      </x:c>
+      <x:c r="EZ12" s="3" t="n">
+        <x:v>245496</x:v>
+      </x:c>
+      <x:c r="FA12" s="3" t="n">
+        <x:v>247173</x:v>
+      </x:c>
+      <x:c r="FB12" s="3" t="n">
+        <x:v>244777</x:v>
+      </x:c>
+      <x:c r="FC12" s="3" t="n">
+        <x:v>248815</x:v>
+      </x:c>
+      <x:c r="FD12" s="3" t="n">
+        <x:v>249365</x:v>
+      </x:c>
+      <x:c r="FE12" s="3" t="n">
+        <x:v>251081</x:v>
+      </x:c>
+      <x:c r="FF12" s="3" t="n">
+        <x:v>248433</x:v>
+      </x:c>
+      <x:c r="FG12" s="3" t="n">
+        <x:v>250079</x:v>
+      </x:c>
+      <x:c r="FH12" s="3" t="n">
+        <x:v>249816</x:v>
+      </x:c>
+      <x:c r="FI12" s="3" t="n">
+        <x:v>251785</x:v>
+      </x:c>
+      <x:c r="FJ12" s="3" t="n">
+        <x:v>250077</x:v>
+      </x:c>
+      <x:c r="FK12" s="3" t="n">
+        <x:v>252101</x:v>
+      </x:c>
+      <x:c r="FL12" s="3" t="n">
+        <x:v>252925</x:v>
+      </x:c>
+      <x:c r="FM12" s="3" t="n">
+        <x:v>255311</x:v>
+      </x:c>
+      <x:c r="FN12" s="3" t="n">
+        <x:v>253927</x:v>
+      </x:c>
+      <x:c r="FO12" s="3" t="n">
+        <x:v>243271</x:v>
+      </x:c>
+      <x:c r="FP12" s="3" t="n">
+        <x:v>253753</x:v>
+      </x:c>
+      <x:c r="FQ12" s="3" t="n">
+        <x:v>257692</x:v>
+      </x:c>
+      <x:c r="FR12" s="3" t="n">
+        <x:v>254891</x:v>
+      </x:c>
+      <x:c r="FS12" s="3" t="n">
+        <x:v>259307</x:v>
+      </x:c>
+      <x:c r="FT12" s="3" t="n">
+        <x:v>264496</x:v>
+      </x:c>
+      <x:c r="FU12" s="3" t="n">
+        <x:v>266500</x:v>
+      </x:c>
+      <x:c r="FV12" s="3" t="n">
+        <x:v>264225</x:v>
+      </x:c>
+      <x:c r="FW12" s="3" t="n">
+        <x:v>267448</x:v>
+      </x:c>
+      <x:c r="FX12" s="3" t="n">
+        <x:v>269853</x:v>
+      </x:c>
+      <x:c r="FY12" s="3" t="n">
+        <x:v>275527</x:v>
+      </x:c>
+      <x:c r="FZ12" s="3" t="n">
+        <x:v>275461</x:v>
+      </x:c>
+      <x:c r="GA12" s="3" t="n">
+        <x:v>279431</x:v>
+      </x:c>
+      <x:c r="GB12" s="3" t="n">
+        <x:v>282287</x:v>
+      </x:c>
+      <x:c r="GC12" s="3" t="n">
+        <x:v>286849</x:v>
+      </x:c>
+      <x:c r="GD12" s="3" t="n">
+        <x:v>282696</x:v>
+      </x:c>
+      <x:c r="GE12" s="3" t="n">
+        <x:v>285443</x:v>
+      </x:c>
+      <x:c r="GF12" s="3" t="n">
+        <x:v>287042</x:v>
+      </x:c>
+      <x:c r="GG12" s="3" t="n">
+        <x:v>288858</x:v>
+      </x:c>
+      <x:c r="GH12" s="3" t="n">
+        <x:v>287358</x:v>
+      </x:c>
+      <x:c r="GI12" s="3" t="n">
+        <x:v>290129</x:v>
+      </x:c>
+      <x:c r="GJ12" s="3" t="n">
+        <x:v>290286</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:192">
+      <x:c r="A13" s="2" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="B13" s="3" t="n">
+        <x:v>31403</x:v>
+      </x:c>
+      <x:c r="C13" s="3" t="n">
+        <x:v>31752</x:v>
+      </x:c>
+      <x:c r="D13" s="3" t="n">
+        <x:v>32099</x:v>
+      </x:c>
+      <x:c r="E13" s="3" t="n">
+        <x:v>32099</x:v>
+      </x:c>
+      <x:c r="F13" s="3" t="n">
+        <x:v>32706</x:v>
+      </x:c>
+      <x:c r="G13" s="3" t="n">
+        <x:v>33068</x:v>
+      </x:c>
+      <x:c r="H13" s="3" t="n">
+        <x:v>33431</x:v>
+      </x:c>
+      <x:c r="I13" s="3" t="n">
+        <x:v>33431</x:v>
+      </x:c>
+      <x:c r="J13" s="3" t="n">
+        <x:v>33503</x:v>
+      </x:c>
+      <x:c r="K13" s="3" t="n">
+        <x:v>33503</x:v>
+      </x:c>
+      <x:c r="L13" s="3" t="n">
+        <x:v>33872</x:v>
+      </x:c>
+      <x:c r="M13" s="3" t="n">
+        <x:v>33872</x:v>
+      </x:c>
+      <x:c r="N13" s="3" t="n">
+        <x:v>34555</x:v>
+      </x:c>
+      <x:c r="O13" s="3" t="n">
+        <x:v>34941</x:v>
+      </x:c>
+      <x:c r="P13" s="3" t="n">
+        <x:v>35324</x:v>
+      </x:c>
+      <x:c r="Q13" s="3" t="n">
+        <x:v>35324</x:v>
+      </x:c>
+      <x:c r="R13" s="3" t="n">
+        <x:v>35134</x:v>
+      </x:c>
+      <x:c r="S13" s="3" t="n">
+        <x:v>35523</x:v>
+      </x:c>
+      <x:c r="T13" s="3" t="n">
+        <x:v>35914</x:v>
+      </x:c>
+      <x:c r="U13" s="3" t="n">
+        <x:v>35914</x:v>
+      </x:c>
+      <x:c r="V13" s="3" t="n">
+        <x:v>35858</x:v>
+      </x:c>
+      <x:c r="W13" s="3" t="n">
+        <x:v>36255</x:v>
+      </x:c>
+      <x:c r="X13" s="3" t="n">
+        <x:v>36654</x:v>
+      </x:c>
+      <x:c r="Y13" s="3" t="n">
+        <x:v>36654</x:v>
+      </x:c>
+      <x:c r="Z13" s="3" t="n">
+        <x:v>35707</x:v>
+      </x:c>
+      <x:c r="AA13" s="3" t="n">
+        <x:v>35707</x:v>
+      </x:c>
+      <x:c r="AB13" s="3" t="n">
+        <x:v>36102</x:v>
+      </x:c>
+      <x:c r="AC13" s="3" t="n">
+        <x:v>36102</x:v>
+      </x:c>
+      <x:c r="AD13" s="3" t="n">
+        <x:v>35399</x:v>
+      </x:c>
+      <x:c r="AE13" s="3" t="n">
+        <x:v>35793</x:v>
+      </x:c>
+      <x:c r="AF13" s="3" t="n">
+        <x:v>36187</x:v>
+      </x:c>
+      <x:c r="AG13" s="3" t="n">
+        <x:v>36187</x:v>
+      </x:c>
+      <x:c r="AH13" s="3" t="n">
+        <x:v>36179</x:v>
+      </x:c>
+      <x:c r="AI13" s="3" t="n">
+        <x:v>36581</x:v>
+      </x:c>
+      <x:c r="AJ13" s="3" t="n">
+        <x:v>36983</x:v>
+      </x:c>
+      <x:c r="AK13" s="3" t="n">
+        <x:v>36983</x:v>
+      </x:c>
+      <x:c r="AL13" s="3" t="n">
+        <x:v>37915</x:v>
+      </x:c>
+      <x:c r="AM13" s="3" t="n">
+        <x:v>38336</x:v>
+      </x:c>
+      <x:c r="AN13" s="3" t="n">
+        <x:v>38756</x:v>
+      </x:c>
+      <x:c r="AO13" s="3" t="n">
+        <x:v>38756</x:v>
+      </x:c>
+      <x:c r="AP13" s="3" t="n">
+        <x:v>37117</x:v>
+      </x:c>
+      <x:c r="AQ13" s="3" t="n">
+        <x:v>37117</x:v>
+      </x:c>
+      <x:c r="AR13" s="3" t="n">
+        <x:v>37524</x:v>
+      </x:c>
+      <x:c r="AS13" s="3" t="n">
+        <x:v>37524</x:v>
+      </x:c>
+      <x:c r="AT13" s="3" t="n">
+        <x:v>39689</x:v>
+      </x:c>
+      <x:c r="AU13" s="3" t="n">
+        <x:v>40129</x:v>
+      </x:c>
+      <x:c r="AV13" s="3" t="n">
+        <x:v>40572</x:v>
+      </x:c>
+      <x:c r="AW13" s="3" t="n">
+        <x:v>40572</x:v>
+      </x:c>
+      <x:c r="AX13" s="3" t="n">
+        <x:v>42773</x:v>
+      </x:c>
+      <x:c r="AY13" s="3" t="n">
+        <x:v>43248</x:v>
+      </x:c>
+      <x:c r="AZ13" s="3" t="n">
+        <x:v>43724</x:v>
+      </x:c>
+      <x:c r="BA13" s="3" t="n">
+        <x:v>43724</x:v>
+      </x:c>
+      <x:c r="BB13" s="3" t="n">
+        <x:v>46720</x:v>
+      </x:c>
+      <x:c r="BC13" s="3" t="n">
+        <x:v>44850</x:v>
+      </x:c>
+      <x:c r="BD13" s="3" t="n">
+        <x:v>48540</x:v>
+      </x:c>
+      <x:c r="BE13" s="3" t="n">
+        <x:v>46720</x:v>
+      </x:c>
+      <x:c r="BF13" s="3" t="n">
+        <x:v>50526</x:v>
+      </x:c>
+      <x:c r="BG13" s="3" t="n">
+        <x:v>48419</x:v>
+      </x:c>
+      <x:c r="BH13" s="3" t="n">
+        <x:v>50489</x:v>
+      </x:c>
+      <x:c r="BI13" s="3" t="n">
+        <x:v>51494</x:v>
+      </x:c>
+      <x:c r="BJ13" s="3" t="n">
+        <x:v>53301</x:v>
+      </x:c>
+      <x:c r="BK13" s="3" t="n">
+        <x:v>51413</x:v>
+      </x:c>
+      <x:c r="BL13" s="3" t="n">
+        <x:v>52844</x:v>
+      </x:c>
+      <x:c r="BM13" s="3" t="n">
+        <x:v>54526</x:v>
+      </x:c>
+      <x:c r="BN13" s="3" t="n">
+        <x:v>52759</x:v>
+      </x:c>
+      <x:c r="BO13" s="3" t="n">
+        <x:v>52141</x:v>
+      </x:c>
+      <x:c r="BP13" s="3" t="n">
+        <x:v>53123</x:v>
+      </x:c>
+      <x:c r="BQ13" s="3" t="n">
+        <x:v>54790</x:v>
+      </x:c>
+      <x:c r="BR13" s="3" t="n">
+        <x:v>53795</x:v>
+      </x:c>
+      <x:c r="BS13" s="3" t="n">
+        <x:v>50600</x:v>
+      </x:c>
+      <x:c r="BT13" s="3" t="n">
+        <x:v>52249</x:v>
+      </x:c>
+      <x:c r="BU13" s="3" t="n">
+        <x:v>53919</x:v>
+      </x:c>
+      <x:c r="BV13" s="3" t="n">
+        <x:v>55415</x:v>
+      </x:c>
+      <x:c r="BW13" s="3" t="n">
+        <x:v>52185</x:v>
+      </x:c>
+      <x:c r="BX13" s="3" t="n">
+        <x:v>54385</x:v>
+      </x:c>
+      <x:c r="BY13" s="3" t="n">
+        <x:v>55627</x:v>
+      </x:c>
+      <x:c r="BZ13" s="3" t="n">
+        <x:v>54472</x:v>
+      </x:c>
+      <x:c r="CA13" s="3" t="n">
+        <x:v>56164</x:v>
+      </x:c>
+      <x:c r="CB13" s="3" t="n">
+        <x:v>55938</x:v>
+      </x:c>
+      <x:c r="CC13" s="3" t="n">
+        <x:v>57325</x:v>
+      </x:c>
+      <x:c r="CD13" s="3" t="n">
+        <x:v>57608</x:v>
+      </x:c>
+      <x:c r="CE13" s="3" t="n">
+        <x:v>54978</x:v>
+      </x:c>
+      <x:c r="CF13" s="3" t="n">
+        <x:v>56698</x:v>
+      </x:c>
+      <x:c r="CG13" s="3" t="n">
+        <x:v>58576</x:v>
+      </x:c>
+      <x:c r="CH13" s="3" t="n">
+        <x:v>58990</x:v>
+      </x:c>
+      <x:c r="CI13" s="3" t="n">
+        <x:v>57489</x:v>
+      </x:c>
+      <x:c r="CJ13" s="3" t="n">
+        <x:v>58705</x:v>
+      </x:c>
+      <x:c r="CK13" s="3" t="n">
+        <x:v>59472</x:v>
+      </x:c>
+      <x:c r="CL13" s="3" t="n">
+        <x:v>62425</x:v>
+      </x:c>
+      <x:c r="CM13" s="3" t="n">
+        <x:v>58932</x:v>
+      </x:c>
+      <x:c r="CN13" s="3" t="n">
+        <x:v>59920</x:v>
+      </x:c>
+      <x:c r="CO13" s="3" t="n">
+        <x:v>60871</x:v>
+      </x:c>
+      <x:c r="CP13" s="3" t="n">
+        <x:v>63781</x:v>
+      </x:c>
+      <x:c r="CQ13" s="3" t="n">
+        <x:v>60614</x:v>
+      </x:c>
+      <x:c r="CR13" s="3" t="n">
+        <x:v>62037</x:v>
+      </x:c>
+      <x:c r="CS13" s="3" t="n">
+        <x:v>62501</x:v>
+      </x:c>
+      <x:c r="CT13" s="3" t="n">
+        <x:v>87192</x:v>
+      </x:c>
+      <x:c r="CU13" s="3" t="n">
+        <x:v>88043</x:v>
+      </x:c>
+      <x:c r="CV13" s="3" t="n">
+        <x:v>89190</x:v>
+      </x:c>
+      <x:c r="CW13" s="3" t="n">
+        <x:v>88494</x:v>
+      </x:c>
+      <x:c r="CX13" s="3" t="n">
+        <x:v>90523</x:v>
+      </x:c>
+      <x:c r="CY13" s="3" t="n">
+        <x:v>87831</x:v>
+      </x:c>
+      <x:c r="CZ13" s="3" t="n">
+        <x:v>89655</x:v>
+      </x:c>
+      <x:c r="DA13" s="3" t="n">
+        <x:v>88929</x:v>
+      </x:c>
+      <x:c r="DB13" s="3" t="n">
+        <x:v>92118</x:v>
+      </x:c>
+      <x:c r="DC13" s="3" t="n">
+        <x:v>89419</x:v>
+      </x:c>
+      <x:c r="DD13" s="3" t="n">
+        <x:v>91671</x:v>
+      </x:c>
+      <x:c r="DE13" s="3" t="n">
+        <x:v>92774</x:v>
+      </x:c>
+      <x:c r="DF13" s="3" t="n">
+        <x:v>91551</x:v>
+      </x:c>
+      <x:c r="DG13" s="3" t="n">
+        <x:v>94153</x:v>
+      </x:c>
+      <x:c r="DH13" s="3" t="n">
+        <x:v>93580</x:v>
+      </x:c>
+      <x:c r="DI13" s="3" t="n">
+        <x:v>94513</x:v>
+      </x:c>
+      <x:c r="DJ13" s="3" t="n">
+        <x:v>96403</x:v>
+      </x:c>
+      <x:c r="DK13" s="3" t="n">
+        <x:v>92480</x:v>
+      </x:c>
+      <x:c r="DL13" s="3" t="n">
+        <x:v>95097</x:v>
+      </x:c>
+      <x:c r="DM13" s="3" t="n">
+        <x:v>95660</x:v>
+      </x:c>
+      <x:c r="DN13" s="3" t="n">
+        <x:v>97504</x:v>
+      </x:c>
+      <x:c r="DO13" s="3" t="n">
+        <x:v>94205</x:v>
+      </x:c>
+      <x:c r="DP13" s="3" t="n">
+        <x:v>96921</x:v>
+      </x:c>
+      <x:c r="DQ13" s="3" t="n">
+        <x:v>97511</x:v>
+      </x:c>
+      <x:c r="DR13" s="3" t="n">
+        <x:v>96118</x:v>
+      </x:c>
+      <x:c r="DS13" s="3" t="n">
+        <x:v>98294</x:v>
+      </x:c>
+      <x:c r="DT13" s="3" t="n">
+        <x:v>99245</x:v>
+      </x:c>
+      <x:c r="DU13" s="3" t="n">
+        <x:v>99376</x:v>
+      </x:c>
+      <x:c r="DV13" s="3" t="n">
+        <x:v>102085</x:v>
+      </x:c>
+      <x:c r="DW13" s="3" t="n">
+        <x:v>102410</x:v>
+      </x:c>
+      <x:c r="DX13" s="3" t="n">
+        <x:v>103501</x:v>
+      </x:c>
+      <x:c r="DY13" s="3" t="n">
+        <x:v>103462</x:v>
+      </x:c>
+      <x:c r="DZ13" s="3" t="n">
+        <x:v>104957</x:v>
+      </x:c>
+      <x:c r="EA13" s="3" t="n">
+        <x:v>104282</x:v>
+      </x:c>
+      <x:c r="EB13" s="3" t="n">
+        <x:v>104902</x:v>
+      </x:c>
+      <x:c r="EC13" s="3" t="n">
+        <x:v>103063</x:v>
+      </x:c>
+      <x:c r="ED13" s="3" t="n">
+        <x:v>103959</x:v>
+      </x:c>
+      <x:c r="EE13" s="3" t="n">
+        <x:v>103825</x:v>
+      </x:c>
+      <x:c r="EF13" s="3" t="n">
+        <x:v>105988</x:v>
+      </x:c>
+      <x:c r="EG13" s="3" t="n">
+        <x:v>103738</x:v>
+      </x:c>
+      <x:c r="EH13" s="3" t="n">
+        <x:v>106414</x:v>
+      </x:c>
+      <x:c r="EI13" s="3" t="n">
+        <x:v>106666</x:v>
+      </x:c>
+      <x:c r="EJ13" s="3" t="n">
+        <x:v>107780</x:v>
+      </x:c>
+      <x:c r="EK13" s="3" t="n">
+        <x:v>107263</x:v>
+      </x:c>
+      <x:c r="EL13" s="3" t="n">
+        <x:v>107888</x:v>
+      </x:c>
+      <x:c r="EM13" s="3" t="n">
+        <x:v>107529</x:v>
+      </x:c>
+      <x:c r="EN13" s="3" t="n">
+        <x:v>108764</x:v>
+      </x:c>
+      <x:c r="EO13" s="3" t="n">
+        <x:v>109286</x:v>
+      </x:c>
+      <x:c r="EP13" s="3" t="n">
+        <x:v>110561</x:v>
+      </x:c>
+      <x:c r="EQ13" s="3" t="n">
+        <x:v>111795</x:v>
+      </x:c>
+      <x:c r="ER13" s="3" t="n">
+        <x:v>113074</x:v>
+      </x:c>
+      <x:c r="ES13" s="3" t="n">
+        <x:v>113907</x:v>
+      </x:c>
+      <x:c r="ET13" s="3" t="n">
+        <x:v>115379</x:v>
+      </x:c>
+      <x:c r="EU13" s="3" t="n">
+        <x:v>115675</x:v>
+      </x:c>
+      <x:c r="EV13" s="3" t="n">
+        <x:v>116880</x:v>
+      </x:c>
+      <x:c r="EW13" s="3" t="n">
+        <x:v>116494</x:v>
+      </x:c>
+      <x:c r="EX13" s="3" t="n">
+        <x:v>117439</x:v>
+      </x:c>
+      <x:c r="EY13" s="3" t="n">
+        <x:v>118171</x:v>
+      </x:c>
+      <x:c r="EZ13" s="3" t="n">
+        <x:v>118920</x:v>
+      </x:c>
+      <x:c r="FA13" s="3" t="n">
+        <x:v>120863</x:v>
+      </x:c>
+      <x:c r="FB13" s="3" t="n">
+        <x:v>119099</x:v>
+      </x:c>
+      <x:c r="FC13" s="3" t="n">
+        <x:v>121304</x:v>
+      </x:c>
+      <x:c r="FD13" s="3" t="n">
+        <x:v>121187</x:v>
+      </x:c>
+      <x:c r="FE13" s="3" t="n">
+        <x:v>122018</x:v>
+      </x:c>
+      <x:c r="FF13" s="3" t="n">
+        <x:v>120885</x:v>
+      </x:c>
+      <x:c r="FG13" s="3" t="n">
+        <x:v>121271</x:v>
+      </x:c>
+      <x:c r="FH13" s="3" t="n">
+        <x:v>120855</x:v>
+      </x:c>
+      <x:c r="FI13" s="3" t="n">
+        <x:v>122145</x:v>
+      </x:c>
+      <x:c r="FJ13" s="3" t="n">
+        <x:v>122219</x:v>
+      </x:c>
+      <x:c r="FK13" s="3" t="n">
+        <x:v>123081</x:v>
+      </x:c>
+      <x:c r="FL13" s="3" t="n">
+        <x:v>122670</x:v>
+      </x:c>
+      <x:c r="FM13" s="3" t="n">
+        <x:v>124317</x:v>
+      </x:c>
+      <x:c r="FN13" s="3" t="n">
+        <x:v>125593</x:v>
+      </x:c>
+      <x:c r="FO13" s="3" t="n">
+        <x:v>118414</x:v>
+      </x:c>
+      <x:c r="FP13" s="3" t="n">
+        <x:v>123334</x:v>
+      </x:c>
+      <x:c r="FQ13" s="3" t="n">
+        <x:v>125621</x:v>
+      </x:c>
+      <x:c r="FR13" s="3" t="n">
+        <x:v>124991</x:v>
+      </x:c>
+      <x:c r="FS13" s="3" t="n">
+        <x:v>126786</x:v>
+      </x:c>
+      <x:c r="FT13" s="3" t="n">
+        <x:v>128232</x:v>
+      </x:c>
+      <x:c r="FU13" s="3" t="n">
+        <x:v>131498</x:v>
+      </x:c>
+      <x:c r="FV13" s="3" t="n">
+        <x:v>129845</x:v>
+      </x:c>
+      <x:c r="FW13" s="3" t="n">
+        <x:v>132651</x:v>
+      </x:c>
+      <x:c r="FX13" s="3" t="n">
+        <x:v>133884</x:v>
+      </x:c>
+      <x:c r="FY13" s="3" t="n">
+        <x:v>139499</x:v>
+      </x:c>
+      <x:c r="FZ13" s="3" t="n">
+        <x:v>139306</x:v>
+      </x:c>
+      <x:c r="GA13" s="3" t="n">
+        <x:v>141271</x:v>
+      </x:c>
+      <x:c r="GB13" s="3" t="n">
+        <x:v>142478</x:v>
+      </x:c>
+      <x:c r="GC13" s="3" t="n">
+        <x:v>147238</x:v>
+      </x:c>
+      <x:c r="GD13" s="3" t="n">
+        <x:v>145105</x:v>
+      </x:c>
+      <x:c r="GE13" s="3" t="n">
+        <x:v>146177</x:v>
+      </x:c>
+      <x:c r="GF13" s="3" t="n">
+        <x:v>146407</x:v>
+      </x:c>
+      <x:c r="GG13" s="3" t="n">
+        <x:v>148656</x:v>
+      </x:c>
+      <x:c r="GH13" s="3" t="n">
+        <x:v>148893</x:v>
+      </x:c>
+      <x:c r="GI13" s="3" t="n">
+        <x:v>149995</x:v>
+      </x:c>
+      <x:c r="GJ13" s="3" t="n">
+        <x:v>149733</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:192">
+      <x:c r="A14" s="2" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="B14" s="3" t="n">
+        <x:v>21181</x:v>
+      </x:c>
+      <x:c r="C14" s="3" t="n">
+        <x:v>21416</x:v>
+      </x:c>
+      <x:c r="D14" s="3" t="n">
+        <x:v>21649</x:v>
+      </x:c>
+      <x:c r="E14" s="3" t="n">
+        <x:v>21649</x:v>
+      </x:c>
+      <x:c r="F14" s="3" t="n">
+        <x:v>21994</x:v>
+      </x:c>
+      <x:c r="G14" s="3" t="n">
+        <x:v>22239</x:v>
+      </x:c>
+      <x:c r="H14" s="3" t="n">
+        <x:v>22482</x:v>
+      </x:c>
+      <x:c r="I14" s="3" t="n">
+        <x:v>22482</x:v>
+      </x:c>
+      <x:c r="J14" s="3" t="n">
+        <x:v>22564</x:v>
+      </x:c>
+      <x:c r="K14" s="3" t="n">
+        <x:v>22564</x:v>
+      </x:c>
+      <x:c r="L14" s="3" t="n">
+        <x:v>22812</x:v>
+      </x:c>
+      <x:c r="M14" s="3" t="n">
+        <x:v>22812</x:v>
+      </x:c>
+      <x:c r="N14" s="3" t="n">
+        <x:v>23696</x:v>
+      </x:c>
+      <x:c r="O14" s="3" t="n">
+        <x:v>23961</x:v>
+      </x:c>
+      <x:c r="P14" s="3" t="n">
+        <x:v>24224</x:v>
+      </x:c>
+      <x:c r="Q14" s="3" t="n">
+        <x:v>24224</x:v>
+      </x:c>
+      <x:c r="R14" s="3" t="n">
+        <x:v>24094</x:v>
+      </x:c>
+      <x:c r="S14" s="3" t="n">
+        <x:v>24361</x:v>
+      </x:c>
+      <x:c r="T14" s="3" t="n">
+        <x:v>24630</x:v>
+      </x:c>
+      <x:c r="U14" s="3" t="n">
+        <x:v>24630</x:v>
+      </x:c>
+      <x:c r="V14" s="3" t="n">
+        <x:v>24537</x:v>
+      </x:c>
+      <x:c r="W14" s="3" t="n">
+        <x:v>24809</x:v>
+      </x:c>
+      <x:c r="X14" s="3" t="n">
+        <x:v>25082</x:v>
+      </x:c>
+      <x:c r="Y14" s="3" t="n">
+        <x:v>25082</x:v>
+      </x:c>
+      <x:c r="Z14" s="3" t="n">
+        <x:v>24241</x:v>
+      </x:c>
+      <x:c r="AA14" s="3" t="n">
+        <x:v>24241</x:v>
+      </x:c>
+      <x:c r="AB14" s="3" t="n">
+        <x:v>24510</x:v>
+      </x:c>
+      <x:c r="AC14" s="3" t="n">
+        <x:v>24510</x:v>
+      </x:c>
+      <x:c r="AD14" s="3" t="n">
+        <x:v>23913</x:v>
+      </x:c>
+      <x:c r="AE14" s="3" t="n">
+        <x:v>24179</x:v>
+      </x:c>
+      <x:c r="AF14" s="3" t="n">
+        <x:v>24445</x:v>
+      </x:c>
+      <x:c r="AG14" s="3" t="n">
+        <x:v>24445</x:v>
+      </x:c>
+      <x:c r="AH14" s="3" t="n">
+        <x:v>24280</x:v>
+      </x:c>
+      <x:c r="AI14" s="3" t="n">
+        <x:v>24550</x:v>
+      </x:c>
+      <x:c r="AJ14" s="3" t="n">
+        <x:v>24820</x:v>
+      </x:c>
+      <x:c r="AK14" s="3" t="n">
+        <x:v>24820</x:v>
+      </x:c>
+      <x:c r="AL14" s="3" t="n">
+        <x:v>25200</x:v>
+      </x:c>
+      <x:c r="AM14" s="3" t="n">
+        <x:v>25478</x:v>
+      </x:c>
+      <x:c r="AN14" s="3" t="n">
+        <x:v>25758</x:v>
+      </x:c>
+      <x:c r="AO14" s="3" t="n">
+        <x:v>25758</x:v>
+      </x:c>
+      <x:c r="AP14" s="3" t="n">
+        <x:v>26743</x:v>
+      </x:c>
+      <x:c r="AQ14" s="3" t="n">
+        <x:v>26743</x:v>
+      </x:c>
+      <x:c r="AR14" s="3" t="n">
+        <x:v>27036</x:v>
+      </x:c>
+      <x:c r="AS14" s="3" t="n">
+        <x:v>27036</x:v>
+      </x:c>
+      <x:c r="AT14" s="3" t="n">
+        <x:v>26883</x:v>
+      </x:c>
+      <x:c r="AU14" s="3" t="n">
+        <x:v>27181</x:v>
+      </x:c>
+      <x:c r="AV14" s="3" t="n">
+        <x:v>27481</x:v>
+      </x:c>
+      <x:c r="AW14" s="3" t="n">
+        <x:v>27481</x:v>
+      </x:c>
+      <x:c r="AX14" s="3" t="n">
+        <x:v>29572</x:v>
+      </x:c>
+      <x:c r="AY14" s="3" t="n">
+        <x:v>29900</x:v>
+      </x:c>
+      <x:c r="AZ14" s="3" t="n">
+        <x:v>30229</x:v>
+      </x:c>
+      <x:c r="BA14" s="3" t="n">
+        <x:v>30229</x:v>
+      </x:c>
+      <x:c r="BB14" s="3" t="n">
+        <x:v>31896</x:v>
+      </x:c>
+      <x:c r="BC14" s="3" t="n">
+        <x:v>32632</x:v>
+      </x:c>
+      <x:c r="BD14" s="3" t="n">
+        <x:v>33788</x:v>
+      </x:c>
+      <x:c r="BE14" s="3" t="n">
+        <x:v>34110</x:v>
+      </x:c>
+      <x:c r="BF14" s="3" t="n">
+        <x:v>35558</x:v>
+      </x:c>
+      <x:c r="BG14" s="3" t="n">
+        <x:v>34149</x:v>
+      </x:c>
+      <x:c r="BH14" s="3" t="n">
+        <x:v>36123</x:v>
+      </x:c>
+      <x:c r="BI14" s="3" t="n">
+        <x:v>36640</x:v>
+      </x:c>
+      <x:c r="BJ14" s="3" t="n">
+        <x:v>38573</x:v>
+      </x:c>
+      <x:c r="BK14" s="3" t="n">
+        <x:v>37129</x:v>
+      </x:c>
+      <x:c r="BL14" s="3" t="n">
+        <x:v>38481</x:v>
+      </x:c>
+      <x:c r="BM14" s="3" t="n">
+        <x:v>39470</x:v>
+      </x:c>
+      <x:c r="BN14" s="3" t="n">
+        <x:v>38378</x:v>
+      </x:c>
+      <x:c r="BO14" s="3" t="n">
+        <x:v>37916</x:v>
+      </x:c>
+      <x:c r="BP14" s="3" t="n">
+        <x:v>38874</x:v>
+      </x:c>
+      <x:c r="BQ14" s="3" t="n">
+        <x:v>39847</x:v>
+      </x:c>
+      <x:c r="BR14" s="3" t="n">
+        <x:v>39518</x:v>
+      </x:c>
+      <x:c r="BS14" s="3" t="n">
+        <x:v>37149</x:v>
+      </x:c>
+      <x:c r="BT14" s="3" t="n">
+        <x:v>38599</x:v>
+      </x:c>
+      <x:c r="BU14" s="3" t="n">
+        <x:v>39585</x:v>
+      </x:c>
+      <x:c r="BV14" s="3" t="n">
+        <x:v>40886</x:v>
+      </x:c>
+      <x:c r="BW14" s="3" t="n">
+        <x:v>38524</x:v>
+      </x:c>
+      <x:c r="BX14" s="3" t="n">
+        <x:v>40353</x:v>
+      </x:c>
+      <x:c r="BY14" s="3" t="n">
+        <x:v>41133</x:v>
+      </x:c>
+      <x:c r="BZ14" s="3" t="n">
+        <x:v>40149</x:v>
+      </x:c>
+      <x:c r="CA14" s="3" t="n">
+        <x:v>41526</x:v>
+      </x:c>
+      <x:c r="CB14" s="3" t="n">
+        <x:v>41677</x:v>
+      </x:c>
+      <x:c r="CC14" s="3" t="n">
+        <x:v>42518</x:v>
+      </x:c>
+      <x:c r="CD14" s="3" t="n">
+        <x:v>42513</x:v>
+      </x:c>
+      <x:c r="CE14" s="3" t="n">
+        <x:v>40549</x:v>
+      </x:c>
+      <x:c r="CF14" s="3" t="n">
+        <x:v>42183</x:v>
+      </x:c>
+      <x:c r="CG14" s="3" t="n">
+        <x:v>43331</x:v>
+      </x:c>
+      <x:c r="CH14" s="3" t="n">
+        <x:v>43724</x:v>
+      </x:c>
+      <x:c r="CI14" s="3" t="n">
+        <x:v>42444</x:v>
+      </x:c>
+      <x:c r="CJ14" s="3" t="n">
+        <x:v>43839</x:v>
+      </x:c>
+      <x:c r="CK14" s="3" t="n">
+        <x:v>44084</x:v>
+      </x:c>
+      <x:c r="CL14" s="3" t="n">
+        <x:v>46669</x:v>
+      </x:c>
+      <x:c r="CM14" s="3" t="n">
+        <x:v>43981</x:v>
+      </x:c>
+      <x:c r="CN14" s="3" t="n">
+        <x:v>45234</x:v>
+      </x:c>
+      <x:c r="CO14" s="3" t="n">
+        <x:v>45578</x:v>
+      </x:c>
+      <x:c r="CP14" s="3" t="n">
+        <x:v>48425</x:v>
+      </x:c>
+      <x:c r="CQ14" s="3" t="n">
+        <x:v>46036</x:v>
+      </x:c>
+      <x:c r="CR14" s="3" t="n">
+        <x:v>47541</x:v>
+      </x:c>
+      <x:c r="CS14" s="3" t="n">
+        <x:v>47453</x:v>
+      </x:c>
+      <x:c r="CT14" s="3" t="n">
+        <x:v>72229</x:v>
+      </x:c>
+      <x:c r="CU14" s="3" t="n">
+        <x:v>73206</x:v>
+      </x:c>
+      <x:c r="CV14" s="3" t="n">
+        <x:v>74471</x:v>
+      </x:c>
+      <x:c r="CW14" s="3" t="n">
+        <x:v>73595</x:v>
+      </x:c>
+      <x:c r="CX14" s="3" t="n">
+        <x:v>75751</x:v>
+      </x:c>
+      <x:c r="CY14" s="3" t="n">
+        <x:v>73486</x:v>
+      </x:c>
+      <x:c r="CZ14" s="3" t="n">
+        <x:v>75321</x:v>
+      </x:c>
+      <x:c r="DA14" s="3" t="n">
+        <x:v>74272</x:v>
+      </x:c>
+      <x:c r="DB14" s="3" t="n">
+        <x:v>77142</x:v>
+      </x:c>
+      <x:c r="DC14" s="3" t="n">
+        <x:v>75068</x:v>
+      </x:c>
+      <x:c r="DD14" s="3" t="n">
+        <x:v>77301</x:v>
+      </x:c>
+      <x:c r="DE14" s="3" t="n">
+        <x:v>77708</x:v>
+      </x:c>
+      <x:c r="DF14" s="3" t="n">
+        <x:v>76742</x:v>
+      </x:c>
+      <x:c r="DG14" s="3" t="n">
+        <x:v>79402</x:v>
+      </x:c>
+      <x:c r="DH14" s="3" t="n">
+        <x:v>79753</x:v>
+      </x:c>
+      <x:c r="DI14" s="3" t="n">
+        <x:v>80434</x:v>
+      </x:c>
+      <x:c r="DJ14" s="3" t="n">
+        <x:v>82353</x:v>
+      </x:c>
+      <x:c r="DK14" s="3" t="n">
+        <x:v>79057</x:v>
+      </x:c>
+      <x:c r="DL14" s="3" t="n">
+        <x:v>81539</x:v>
+      </x:c>
+      <x:c r="DM14" s="3" t="n">
+        <x:v>81517</x:v>
+      </x:c>
+      <x:c r="DN14" s="3" t="n">
+        <x:v>83719</x:v>
+      </x:c>
+      <x:c r="DO14" s="3" t="n">
+        <x:v>80875</x:v>
+      </x:c>
+      <x:c r="DP14" s="3" t="n">
+        <x:v>83582</x:v>
+      </x:c>
+      <x:c r="DQ14" s="3" t="n">
+        <x:v>83697</x:v>
+      </x:c>
+      <x:c r="DR14" s="3" t="n">
+        <x:v>82924</x:v>
+      </x:c>
+      <x:c r="DS14" s="3" t="n">
+        <x:v>84928</x:v>
+      </x:c>
+      <x:c r="DT14" s="3" t="n">
+        <x:v>85838</x:v>
+      </x:c>
+      <x:c r="DU14" s="3" t="n">
+        <x:v>85642</x:v>
+      </x:c>
+      <x:c r="DV14" s="3" t="n">
+        <x:v>88562</x:v>
+      </x:c>
+      <x:c r="DW14" s="3" t="n">
+        <x:v>88547</x:v>
+      </x:c>
+      <x:c r="DX14" s="3" t="n">
+        <x:v>89930</x:v>
+      </x:c>
+      <x:c r="DY14" s="3" t="n">
+        <x:v>90305</x:v>
+      </x:c>
+      <x:c r="DZ14" s="3" t="n">
+        <x:v>90668</x:v>
+      </x:c>
+      <x:c r="EA14" s="3" t="n">
+        <x:v>90198</x:v>
+      </x:c>
+      <x:c r="EB14" s="3" t="n">
+        <x:v>91156</x:v>
+      </x:c>
+      <x:c r="EC14" s="3" t="n">
+        <x:v>89713</x:v>
+      </x:c>
+      <x:c r="ED14" s="3" t="n">
+        <x:v>90382</x:v>
+      </x:c>
+      <x:c r="EE14" s="3" t="n">
+        <x:v>90371</x:v>
+      </x:c>
+      <x:c r="EF14" s="3" t="n">
+        <x:v>92456</x:v>
+      </x:c>
+      <x:c r="EG14" s="3" t="n">
+        <x:v>90264</x:v>
+      </x:c>
+      <x:c r="EH14" s="3" t="n">
+        <x:v>92441</x:v>
+      </x:c>
+      <x:c r="EI14" s="3" t="n">
+        <x:v>92956</x:v>
+      </x:c>
+      <x:c r="EJ14" s="3" t="n">
+        <x:v>94144</x:v>
+      </x:c>
+      <x:c r="EK14" s="3" t="n">
+        <x:v>93710</x:v>
+      </x:c>
+      <x:c r="EL14" s="3" t="n">
+        <x:v>94232</x:v>
+      </x:c>
+      <x:c r="EM14" s="3" t="n">
+        <x:v>93985</x:v>
+      </x:c>
+      <x:c r="EN14" s="3" t="n">
+        <x:v>95163</x:v>
+      </x:c>
+      <x:c r="EO14" s="3" t="n">
+        <x:v>96022</x:v>
+      </x:c>
+      <x:c r="EP14" s="3" t="n">
+        <x:v>96967</x:v>
+      </x:c>
+      <x:c r="EQ14" s="3" t="n">
+        <x:v>98247</x:v>
+      </x:c>
+      <x:c r="ER14" s="3" t="n">
+        <x:v>99497</x:v>
+      </x:c>
+      <x:c r="ES14" s="3" t="n">
+        <x:v>100428</x:v>
+      </x:c>
+      <x:c r="ET14" s="3" t="n">
+        <x:v>101417</x:v>
+      </x:c>
+      <x:c r="EU14" s="3" t="n">
+        <x:v>101673</x:v>
+      </x:c>
+      <x:c r="EV14" s="3" t="n">
+        <x:v>102821</x:v>
+      </x:c>
+      <x:c r="EW14" s="3" t="n">
+        <x:v>102415</x:v>
+      </x:c>
+      <x:c r="EX14" s="3" t="n">
+        <x:v>103530</x:v>
+      </x:c>
+      <x:c r="EY14" s="3" t="n">
+        <x:v>104327</x:v>
+      </x:c>
+      <x:c r="EZ14" s="3" t="n">
+        <x:v>104909</x:v>
+      </x:c>
+      <x:c r="FA14" s="3" t="n">
+        <x:v>106809</x:v>
+      </x:c>
+      <x:c r="FB14" s="3" t="n">
+        <x:v>104955</x:v>
+      </x:c>
+      <x:c r="FC14" s="3" t="n">
+        <x:v>107189</x:v>
+      </x:c>
+      <x:c r="FD14" s="3" t="n">
+        <x:v>106893</x:v>
+      </x:c>
+      <x:c r="FE14" s="3" t="n">
+        <x:v>107834</x:v>
+      </x:c>
+      <x:c r="FF14" s="3" t="n">
+        <x:v>106648</x:v>
+      </x:c>
+      <x:c r="FG14" s="3" t="n">
+        <x:v>107139</x:v>
+      </x:c>
+      <x:c r="FH14" s="3" t="n">
+        <x:v>106648</x:v>
+      </x:c>
+      <x:c r="FI14" s="3" t="n">
+        <x:v>107804</x:v>
+      </x:c>
+      <x:c r="FJ14" s="3" t="n">
+        <x:v>107684</x:v>
+      </x:c>
+      <x:c r="FK14" s="3" t="n">
+        <x:v>108553</x:v>
+      </x:c>
+      <x:c r="FL14" s="3" t="n">
+        <x:v>107941</x:v>
+      </x:c>
+      <x:c r="FM14" s="3" t="n">
+        <x:v>109533</x:v>
+      </x:c>
+      <x:c r="FN14" s="3" t="n">
+        <x:v>110550</x:v>
+      </x:c>
+      <x:c r="FO14" s="3" t="n">
+        <x:v>103396</x:v>
+      </x:c>
+      <x:c r="FP14" s="3" t="n">
+        <x:v>108204</x:v>
+      </x:c>
+      <x:c r="FQ14" s="3" t="n">
+        <x:v>110629</x:v>
+      </x:c>
+      <x:c r="FR14" s="3" t="n">
+        <x:v>110174</x:v>
+      </x:c>
+      <x:c r="FS14" s="3" t="n">
+        <x:v>112115</x:v>
+      </x:c>
+      <x:c r="FT14" s="3" t="n">
+        <x:v>113303</x:v>
+      </x:c>
+      <x:c r="FU14" s="3" t="n">
+        <x:v>115988</x:v>
+      </x:c>
+      <x:c r="FV14" s="3" t="n">
+        <x:v>113583</x:v>
+      </x:c>
+      <x:c r="FW14" s="3" t="n">
+        <x:v>116158</x:v>
+      </x:c>
+      <x:c r="FX14" s="3" t="n">
+        <x:v>117131</x:v>
+      </x:c>
+      <x:c r="FY14" s="3" t="n">
+        <x:v>122348</x:v>
+      </x:c>
+      <x:c r="FZ14" s="3" t="n">
+        <x:v>121896</x:v>
+      </x:c>
+      <x:c r="GA14" s="3" t="n">
+        <x:v>123859</x:v>
+      </x:c>
+      <x:c r="GB14" s="3" t="n">
+        <x:v>124635</x:v>
+      </x:c>
+      <x:c r="GC14" s="3" t="n">
+        <x:v>129198</x:v>
+      </x:c>
+      <x:c r="GD14" s="3" t="n">
+        <x:v>126535</x:v>
+      </x:c>
+      <x:c r="GE14" s="3" t="n">
+        <x:v>127375</x:v>
+      </x:c>
+      <x:c r="GF14" s="3" t="n">
+        <x:v>127089</x:v>
+      </x:c>
+      <x:c r="GG14" s="3" t="n">
+        <x:v>128939</x:v>
+      </x:c>
+      <x:c r="GH14" s="3" t="n">
+        <x:v>128809</x:v>
+      </x:c>
+      <x:c r="GI14" s="3" t="n">
+        <x:v>129642</x:v>
+      </x:c>
+      <x:c r="GJ14" s="3" t="n">
+        <x:v>129059</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:192">
+      <x:c r="A15" s="2" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="B15" s="3" t="n">
+        <x:v>10424</x:v>
+      </x:c>
+      <x:c r="C15" s="3" t="n">
+        <x:v>10541</x:v>
+      </x:c>
+      <x:c r="D15" s="3" t="n">
+        <x:v>10656</x:v>
+      </x:c>
+      <x:c r="E15" s="3" t="n">
+        <x:v>10656</x:v>
+      </x:c>
+      <x:c r="F15" s="3" t="n">
+        <x:v>10924</x:v>
+      </x:c>
+      <x:c r="G15" s="3" t="n">
+        <x:v>11044</x:v>
+      </x:c>
+      <x:c r="H15" s="3" t="n">
+        <x:v>11167</x:v>
+      </x:c>
+      <x:c r="I15" s="3" t="n">
+        <x:v>11167</x:v>
+      </x:c>
+      <x:c r="J15" s="3" t="n">
+        <x:v>11156</x:v>
+      </x:c>
+      <x:c r="K15" s="3" t="n">
+        <x:v>11156</x:v>
+      </x:c>
+      <x:c r="L15" s="3" t="n">
+        <x:v>11279</x:v>
+      </x:c>
+      <x:c r="M15" s="3" t="n">
+        <x:v>11279</x:v>
+      </x:c>
+      <x:c r="N15" s="3" t="n">
+        <x:v>11068</x:v>
+      </x:c>
+      <x:c r="O15" s="3" t="n">
+        <x:v>11191</x:v>
+      </x:c>
+      <x:c r="P15" s="3" t="n">
+        <x:v>11314</x:v>
+      </x:c>
+      <x:c r="Q15" s="3" t="n">
+        <x:v>11314</x:v>
+      </x:c>
+      <x:c r="R15" s="3" t="n">
+        <x:v>11252</x:v>
+      </x:c>
+      <x:c r="S15" s="3" t="n">
+        <x:v>11376</x:v>
+      </x:c>
+      <x:c r="T15" s="3" t="n">
+        <x:v>11502</x:v>
+      </x:c>
+      <x:c r="U15" s="3" t="n">
+        <x:v>11502</x:v>
+      </x:c>
+      <x:c r="V15" s="3" t="n">
+        <x:v>11540</x:v>
+      </x:c>
+      <x:c r="W15" s="3" t="n">
+        <x:v>11667</x:v>
+      </x:c>
+      <x:c r="X15" s="3" t="n">
+        <x:v>11796</x:v>
+      </x:c>
+      <x:c r="Y15" s="3" t="n">
+        <x:v>11796</x:v>
+      </x:c>
+      <x:c r="Z15" s="3" t="n">
+        <x:v>11689</x:v>
+      </x:c>
+      <x:c r="AA15" s="3" t="n">
+        <x:v>11689</x:v>
+      </x:c>
+      <x:c r="AB15" s="3" t="n">
+        <x:v>11818</x:v>
+      </x:c>
+      <x:c r="AC15" s="3" t="n">
+        <x:v>11818</x:v>
+      </x:c>
+      <x:c r="AD15" s="3" t="n">
+        <x:v>11712</x:v>
+      </x:c>
+      <x:c r="AE15" s="3" t="n">
+        <x:v>11842</x:v>
+      </x:c>
+      <x:c r="AF15" s="3" t="n">
+        <x:v>11972</x:v>
+      </x:c>
+      <x:c r="AG15" s="3" t="n">
+        <x:v>11972</x:v>
+      </x:c>
+      <x:c r="AH15" s="3" t="n">
+        <x:v>12134</x:v>
+      </x:c>
+      <x:c r="AI15" s="3" t="n">
+        <x:v>12269</x:v>
+      </x:c>
+      <x:c r="AJ15" s="3" t="n">
+        <x:v>12404</x:v>
+      </x:c>
+      <x:c r="AK15" s="3" t="n">
+        <x:v>12404</x:v>
+      </x:c>
+      <x:c r="AL15" s="3" t="n">
+        <x:v>12973</x:v>
+      </x:c>
+      <x:c r="AM15" s="3" t="n">
+        <x:v>13118</x:v>
+      </x:c>
+      <x:c r="AN15" s="3" t="n">
+        <x:v>13261</x:v>
+      </x:c>
+      <x:c r="AO15" s="3" t="n">
+        <x:v>13261</x:v>
+      </x:c>
+      <x:c r="AP15" s="3" t="n">
+        <x:v>10491</x:v>
+      </x:c>
+      <x:c r="AQ15" s="3" t="n">
+        <x:v>10491</x:v>
+      </x:c>
+      <x:c r="AR15" s="3" t="n">
+        <x:v>10606</x:v>
+      </x:c>
+      <x:c r="AS15" s="3" t="n">
+        <x:v>10606</x:v>
+      </x:c>
+      <x:c r="AT15" s="3" t="n">
+        <x:v>13038</x:v>
+      </x:c>
+      <x:c r="AU15" s="3" t="n">
+        <x:v>13182</x:v>
+      </x:c>
+      <x:c r="AV15" s="3" t="n">
+        <x:v>13327</x:v>
+      </x:c>
+      <x:c r="AW15" s="3" t="n">
+        <x:v>13327</x:v>
+      </x:c>
+      <x:c r="AX15" s="3" t="n">
+        <x:v>13412</x:v>
+      </x:c>
+      <x:c r="AY15" s="3" t="n">
+        <x:v>13561</x:v>
+      </x:c>
+      <x:c r="AZ15" s="3" t="n">
+        <x:v>13711</x:v>
+      </x:c>
+      <x:c r="BA15" s="3" t="n">
+        <x:v>13711</x:v>
+      </x:c>
+      <x:c r="BB15" s="3" t="n">
+        <x:v>15044</x:v>
+      </x:c>
+      <x:c r="BC15" s="3" t="n">
+        <x:v>12321</x:v>
+      </x:c>
+      <x:c r="BD15" s="3" t="n">
+        <x:v>14946</x:v>
+      </x:c>
+      <x:c r="BE15" s="3" t="n">
+        <x:v>12711</x:v>
+      </x:c>
+      <x:c r="BF15" s="3" t="n">
+        <x:v>15150</x:v>
+      </x:c>
+      <x:c r="BG15" s="3" t="n">
+        <x:v>14440</x:v>
+      </x:c>
+      <x:c r="BH15" s="3" t="n">
+        <x:v>14515</x:v>
+      </x:c>
+      <x:c r="BI15" s="3" t="n">
+        <x:v>15017</x:v>
+      </x:c>
+      <x:c r="BJ15" s="3" t="n">
+        <x:v>14857</x:v>
+      </x:c>
+      <x:c r="BK15" s="3" t="n">
+        <x:v>14413</x:v>
+      </x:c>
+      <x:c r="BL15" s="3" t="n">
+        <x:v>14479</x:v>
+      </x:c>
+      <x:c r="BM15" s="3" t="n">
+        <x:v>15187</x:v>
+      </x:c>
+      <x:c r="BN15" s="3" t="n">
+        <x:v>14501</x:v>
+      </x:c>
+      <x:c r="BO15" s="3" t="n">
+        <x:v>14344</x:v>
+      </x:c>
+      <x:c r="BP15" s="3" t="n">
+        <x:v>14357</x:v>
+      </x:c>
+      <x:c r="BQ15" s="3" t="n">
+        <x:v>15068</x:v>
+      </x:c>
+      <x:c r="BR15" s="3" t="n">
+        <x:v>14381</x:v>
+      </x:c>
+      <x:c r="BS15" s="3" t="n">
+        <x:v>13550</x:v>
+      </x:c>
+      <x:c r="BT15" s="3" t="n">
+        <x:v>13739</x:v>
+      </x:c>
+      <x:c r="BU15" s="3" t="n">
+        <x:v>14440</x:v>
+      </x:c>
+      <x:c r="BV15" s="3" t="n">
+        <x:v>14624</x:v>
+      </x:c>
+      <x:c r="BW15" s="3" t="n">
+        <x:v>13750</x:v>
+      </x:c>
+      <x:c r="BX15" s="3" t="n">
+        <x:v>14113</x:v>
+      </x:c>
+      <x:c r="BY15" s="3" t="n">
+        <x:v>14586</x:v>
+      </x:c>
+      <x:c r="BZ15" s="3" t="n">
+        <x:v>14420</x:v>
+      </x:c>
+      <x:c r="CA15" s="3" t="n">
+        <x:v>14731</x:v>
+      </x:c>
+      <x:c r="CB15" s="3" t="n">
+        <x:v>14336</x:v>
+      </x:c>
+      <x:c r="CC15" s="3" t="n">
+        <x:v>14894</x:v>
+      </x:c>
+      <x:c r="CD15" s="3" t="n">
+        <x:v>15194</x:v>
+      </x:c>
+      <x:c r="CE15" s="3" t="n">
+        <x:v>14524</x:v>
+      </x:c>
+      <x:c r="CF15" s="3" t="n">
+        <x:v>14593</x:v>
+      </x:c>
+      <x:c r="CG15" s="3" t="n">
+        <x:v>15340</x:v>
+      </x:c>
+      <x:c r="CH15" s="3" t="n">
+        <x:v>15357</x:v>
+      </x:c>
+      <x:c r="CI15" s="3" t="n">
+        <x:v>15143</x:v>
+      </x:c>
+      <x:c r="CJ15" s="3" t="n">
+        <x:v>14938</x:v>
+      </x:c>
+      <x:c r="CK15" s="3" t="n">
+        <x:v>15480</x:v>
+      </x:c>
+      <x:c r="CL15" s="3" t="n">
+        <x:v>15833</x:v>
+      </x:c>
+      <x:c r="CM15" s="3" t="n">
+        <x:v>15028</x:v>
+      </x:c>
+      <x:c r="CN15" s="3" t="n">
+        <x:v>14737</x:v>
+      </x:c>
+      <x:c r="CO15" s="3" t="n">
+        <x:v>15363</x:v>
+      </x:c>
+      <x:c r="CP15" s="3" t="n">
+        <x:v>15417</x:v>
+      </x:c>
+      <x:c r="CQ15" s="3" t="n">
+        <x:v>14636</x:v>
+      </x:c>
+      <x:c r="CR15" s="3" t="n">
+        <x:v>14533</x:v>
+      </x:c>
+      <x:c r="CS15" s="3" t="n">
+        <x:v>15108</x:v>
+      </x:c>
+      <x:c r="CT15" s="3" t="n">
+        <x:v>14968</x:v>
+      </x:c>
+      <x:c r="CU15" s="3" t="n">
+        <x:v>14835</x:v>
+      </x:c>
+      <x:c r="CV15" s="3" t="n">
+        <x:v>14710</x:v>
+      </x:c>
+      <x:c r="CW15" s="3" t="n">
+        <x:v>14897</x:v>
+      </x:c>
+      <x:c r="CX15" s="3" t="n">
+        <x:v>14764</x:v>
+      </x:c>
+      <x:c r="CY15" s="3" t="n">
+        <x:v>14337</x:v>
+      </x:c>
+      <x:c r="CZ15" s="3" t="n">
+        <x:v>14318</x:v>
+      </x:c>
+      <x:c r="DA15" s="3" t="n">
+        <x:v>14653</x:v>
+      </x:c>
+      <x:c r="DB15" s="3" t="n">
+        <x:v>14967</x:v>
+      </x:c>
+      <x:c r="DC15" s="3" t="n">
+        <x:v>14338</x:v>
+      </x:c>
+      <x:c r="DD15" s="3" t="n">
+        <x:v>14350</x:v>
+      </x:c>
+      <x:c r="DE15" s="3" t="n">
+        <x:v>15056</x:v>
+      </x:c>
+      <x:c r="DF15" s="3" t="n">
+        <x:v>14793</x:v>
+      </x:c>
+      <x:c r="DG15" s="3" t="n">
+        <x:v>14725</x:v>
+      </x:c>
+      <x:c r="DH15" s="3" t="n">
+        <x:v>13785</x:v>
+      </x:c>
+      <x:c r="DI15" s="3" t="n">
+        <x:v>14039</x:v>
+      </x:c>
+      <x:c r="DJ15" s="3" t="n">
+        <x:v>14021</x:v>
+      </x:c>
+      <x:c r="DK15" s="3" t="n">
+        <x:v>13394</x:v>
+      </x:c>
+      <x:c r="DL15" s="3" t="n">
+        <x:v>13524</x:v>
+      </x:c>
+      <x:c r="DM15" s="3" t="n">
+        <x:v>14117</x:v>
+      </x:c>
+      <x:c r="DN15" s="3" t="n">
+        <x:v>13768</x:v>
+      </x:c>
+      <x:c r="DO15" s="3" t="n">
+        <x:v>13313</x:v>
+      </x:c>
+      <x:c r="DP15" s="3" t="n">
+        <x:v>13318</x:v>
+      </x:c>
+      <x:c r="DQ15" s="3" t="n">
+        <x:v>13797</x:v>
+      </x:c>
+      <x:c r="DR15" s="3" t="n">
+        <x:v>13189</x:v>
+      </x:c>
+      <x:c r="DS15" s="3" t="n">
+        <x:v>13359</x:v>
+      </x:c>
+      <x:c r="DT15" s="3" t="n">
+        <x:v>13400</x:v>
+      </x:c>
+      <x:c r="DU15" s="3" t="n">
+        <x:v>13729</x:v>
+      </x:c>
+      <x:c r="DV15" s="3" t="n">
+        <x:v>13531</x:v>
+      </x:c>
+      <x:c r="DW15" s="3" t="n">
+        <x:v>13875</x:v>
+      </x:c>
+      <x:c r="DX15" s="3" t="n">
+        <x:v>13578</x:v>
+      </x:c>
+      <x:c r="DY15" s="3" t="n">
+        <x:v>13160</x:v>
+      </x:c>
+      <x:c r="DZ15" s="3" t="n">
+        <x:v>14291</x:v>
+      </x:c>
+      <x:c r="EA15" s="3" t="n">
+        <x:v>14086</x:v>
+      </x:c>
+      <x:c r="EB15" s="3" t="n">
+        <x:v>13747</x:v>
+      </x:c>
+      <x:c r="EC15" s="3" t="n">
+        <x:v>13350</x:v>
+      </x:c>
+      <x:c r="ED15" s="3" t="n">
+        <x:v>13584</x:v>
+      </x:c>
+      <x:c r="EE15" s="3" t="n">
+        <x:v>13461</x:v>
+      </x:c>
+      <x:c r="EF15" s="3" t="n">
+        <x:v>13539</x:v>
+      </x:c>
+      <x:c r="EG15" s="3" t="n">
+        <x:v>13481</x:v>
+      </x:c>
+      <x:c r="EH15" s="3" t="n">
+        <x:v>13982</x:v>
+      </x:c>
+      <x:c r="EI15" s="3" t="n">
+        <x:v>13717</x:v>
+      </x:c>
+      <x:c r="EJ15" s="3" t="n">
+        <x:v>13640</x:v>
+      </x:c>
+      <x:c r="EK15" s="3" t="n">
+        <x:v>13557</x:v>
+      </x:c>
+      <x:c r="EL15" s="3" t="n">
+        <x:v>13664</x:v>
+      </x:c>
+      <x:c r="EM15" s="3" t="n">
+        <x:v>13552</x:v>
+      </x:c>
+      <x:c r="EN15" s="3" t="n">
+        <x:v>13610</x:v>
+      </x:c>
+      <x:c r="EO15" s="3" t="n">
+        <x:v>13274</x:v>
+      </x:c>
+      <x:c r="EP15" s="3" t="n">
+        <x:v>13617</x:v>
+      </x:c>
+      <x:c r="EQ15" s="3" t="n">
+        <x:v>13565</x:v>
+      </x:c>
+      <x:c r="ER15" s="3" t="n">
+        <x:v>13591</x:v>
+      </x:c>
+      <x:c r="ES15" s="3" t="n">
+        <x:v>13488</x:v>
+      </x:c>
+      <x:c r="ET15" s="3" t="n">
+        <x:v>13978</x:v>
+      </x:c>
+      <x:c r="EU15" s="3" t="n">
+        <x:v>14018</x:v>
+      </x:c>
+      <x:c r="EV15" s="3" t="n">
+        <x:v>14074</x:v>
+      </x:c>
+      <x:c r="EW15" s="3" t="n">
+        <x:v>14095</x:v>
+      </x:c>
+      <x:c r="EX15" s="3" t="n">
+        <x:v>13920</x:v>
+      </x:c>
+      <x:c r="EY15" s="3" t="n">
+        <x:v>13854</x:v>
+      </x:c>
+      <x:c r="EZ15" s="3" t="n">
+        <x:v>14022</x:v>
+      </x:c>
+      <x:c r="FA15" s="3" t="n">
+        <x:v>14065</x:v>
+      </x:c>
+      <x:c r="FB15" s="3" t="n">
+        <x:v>14156</x:v>
+      </x:c>
+      <x:c r="FC15" s="3" t="n">
+        <x:v>14126</x:v>
+      </x:c>
+      <x:c r="FD15" s="3" t="n">
+        <x:v>14305</x:v>
+      </x:c>
+      <x:c r="FE15" s="3" t="n">
+        <x:v>14195</x:v>
+      </x:c>
+      <x:c r="FF15" s="3" t="n">
+        <x:v>14248</x:v>
+      </x:c>
+      <x:c r="FG15" s="3" t="n">
+        <x:v>14142</x:v>
+      </x:c>
+      <x:c r="FH15" s="3" t="n">
+        <x:v>14218</x:v>
+      </x:c>
+      <x:c r="FI15" s="3" t="n">
+        <x:v>14352</x:v>
+      </x:c>
+      <x:c r="FJ15" s="3" t="n">
+        <x:v>14546</x:v>
+      </x:c>
+      <x:c r="FK15" s="3" t="n">
+        <x:v>14540</x:v>
+      </x:c>
+      <x:c r="FL15" s="3" t="n">
+        <x:v>14741</x:v>
+      </x:c>
+      <x:c r="FM15" s="3" t="n">
+        <x:v>14796</x:v>
+      </x:c>
+      <x:c r="FN15" s="3" t="n">
+        <x:v>15061</x:v>
+      </x:c>
+      <x:c r="FO15" s="3" t="n">
+        <x:v>15037</x:v>
+      </x:c>
+      <x:c r="FP15" s="3" t="n">
+        <x:v>15150</x:v>
+      </x:c>
+      <x:c r="FQ15" s="3" t="n">
+        <x:v>15010</x:v>
+      </x:c>
+      <x:c r="FR15" s="3" t="n">
+        <x:v>14807</x:v>
+      </x:c>
+      <x:c r="FS15" s="3" t="n">
+        <x:v>14659</x:v>
+      </x:c>
+      <x:c r="FT15" s="3" t="n">
+        <x:v>14917</x:v>
+      </x:c>
+      <x:c r="FU15" s="3" t="n">
+        <x:v>15499</x:v>
+      </x:c>
+      <x:c r="FV15" s="3" t="n">
+        <x:v>16265</x:v>
+      </x:c>
+      <x:c r="FW15" s="3" t="n">
+        <x:v>16495</x:v>
+      </x:c>
+      <x:c r="FX15" s="3" t="n">
+        <x:v>16756</x:v>
+      </x:c>
+      <x:c r="FY15" s="3" t="n">
+        <x:v>17153</x:v>
+      </x:c>
+      <x:c r="FZ15" s="3" t="n">
+        <x:v>17410</x:v>
+      </x:c>
+      <x:c r="GA15" s="3" t="n">
+        <x:v>17413</x:v>
+      </x:c>
+      <x:c r="GB15" s="3" t="n">
+        <x:v>17843</x:v>
+      </x:c>
+      <x:c r="GC15" s="3" t="n">
+        <x:v>18041</x:v>
+      </x:c>
+      <x:c r="GD15" s="3" t="n">
+        <x:v>18570</x:v>
+      </x:c>
+      <x:c r="GE15" s="3" t="n">
+        <x:v>18802</x:v>
+      </x:c>
+      <x:c r="GF15" s="3" t="n">
+        <x:v>19318</x:v>
+      </x:c>
+      <x:c r="GG15" s="3" t="n">
+        <x:v>19717</x:v>
+      </x:c>
+      <x:c r="GH15" s="3" t="n">
+        <x:v>20084</x:v>
+      </x:c>
+      <x:c r="GI15" s="3" t="n">
+        <x:v>20352</x:v>
+      </x:c>
+      <x:c r="GJ15" s="3" t="n">
+        <x:v>20674</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:192">
+      <x:c r="A16" s="2" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="B16" s="3" t="n">
+        <x:v>55027</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="n">
+        <x:v>55640</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="n">
+        <x:v>56251</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="n">
+        <x:v>56251</x:v>
+      </x:c>
+      <x:c r="F16" s="3" t="n">
+        <x:v>58205</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="n">
+        <x:v>58850</x:v>
+      </x:c>
+      <x:c r="H16" s="3" t="n">
+        <x:v>59499</x:v>
+      </x:c>
+      <x:c r="I16" s="3" t="n">
+        <x:v>59499</x:v>
+      </x:c>
+      <x:c r="J16" s="3" t="n">
+        <x:v>62416</x:v>
+      </x:c>
+      <x:c r="K16" s="3" t="n">
+        <x:v>62416</x:v>
+      </x:c>
+      <x:c r="L16" s="3" t="n">
+        <x:v>63103</x:v>
+      </x:c>
+      <x:c r="M16" s="3" t="n">
+        <x:v>63103</x:v>
+      </x:c>
+      <x:c r="N16" s="3" t="n">
+        <x:v>63738</x:v>
+      </x:c>
+      <x:c r="O16" s="3" t="n">
+        <x:v>64445</x:v>
+      </x:c>
+      <x:c r="P16" s="3" t="n">
+        <x:v>65152</x:v>
+      </x:c>
+      <x:c r="Q16" s="3" t="n">
+        <x:v>65152</x:v>
+      </x:c>
+      <x:c r="R16" s="3" t="n">
+        <x:v>65660</x:v>
+      </x:c>
+      <x:c r="S16" s="3" t="n">
+        <x:v>66388</x:v>
+      </x:c>
+      <x:c r="T16" s="3" t="n">
+        <x:v>67121</x:v>
+      </x:c>
+      <x:c r="U16" s="3" t="n">
+        <x:v>67121</x:v>
+      </x:c>
+      <x:c r="V16" s="3" t="n">
+        <x:v>68062</x:v>
+      </x:c>
+      <x:c r="W16" s="3" t="n">
+        <x:v>68820</x:v>
+      </x:c>
+      <x:c r="X16" s="3" t="n">
+        <x:v>69576</x:v>
+      </x:c>
+      <x:c r="Y16" s="3" t="n">
+        <x:v>69576</x:v>
+      </x:c>
+      <x:c r="Z16" s="3" t="n">
+        <x:v>70931</x:v>
+      </x:c>
+      <x:c r="AA16" s="3" t="n">
+        <x:v>70931</x:v>
+      </x:c>
+      <x:c r="AB16" s="3" t="n">
+        <x:v>71710</x:v>
+      </x:c>
+      <x:c r="AC16" s="3" t="n">
+        <x:v>71710</x:v>
+      </x:c>
+      <x:c r="AD16" s="3" t="n">
+        <x:v>73446</x:v>
+      </x:c>
+      <x:c r="AE16" s="3" t="n">
+        <x:v>74259</x:v>
+      </x:c>
+      <x:c r="AF16" s="3" t="n">
+        <x:v>75076</x:v>
+      </x:c>
+      <x:c r="AG16" s="3" t="n">
+        <x:v>75076</x:v>
+      </x:c>
+      <x:c r="AH16" s="3" t="n">
+        <x:v>75074</x:v>
+      </x:c>
+      <x:c r="AI16" s="3" t="n">
+        <x:v>75908</x:v>
+      </x:c>
+      <x:c r="AJ16" s="3" t="n">
+        <x:v>76744</x:v>
+      </x:c>
+      <x:c r="AK16" s="3" t="n">
+        <x:v>76744</x:v>
+      </x:c>
+      <x:c r="AL16" s="3" t="n">
+        <x:v>78029</x:v>
+      </x:c>
+      <x:c r="AM16" s="3" t="n">
+        <x:v>78898</x:v>
+      </x:c>
+      <x:c r="AN16" s="3" t="n">
+        <x:v>79765</x:v>
+      </x:c>
+      <x:c r="AO16" s="3" t="n">
+        <x:v>79765</x:v>
+      </x:c>
+      <x:c r="AP16" s="3" t="n">
+        <x:v>78813</x:v>
+      </x:c>
+      <x:c r="AQ16" s="3" t="n">
+        <x:v>78813</x:v>
+      </x:c>
+      <x:c r="AR16" s="3" t="n">
+        <x:v>79678</x:v>
+      </x:c>
+      <x:c r="AS16" s="3" t="n">
+        <x:v>79678</x:v>
+      </x:c>
+      <x:c r="AT16" s="3" t="n">
+        <x:v>78491</x:v>
+      </x:c>
+      <x:c r="AU16" s="3" t="n">
+        <x:v>79361</x:v>
+      </x:c>
+      <x:c r="AV16" s="3" t="n">
+        <x:v>80234</x:v>
+      </x:c>
+      <x:c r="AW16" s="3" t="n">
+        <x:v>80234</x:v>
+      </x:c>
+      <x:c r="AX16" s="3" t="n">
+        <x:v>80424</x:v>
+      </x:c>
+      <x:c r="AY16" s="3" t="n">
+        <x:v>81316</x:v>
+      </x:c>
+      <x:c r="AZ16" s="3" t="n">
+        <x:v>82213</x:v>
+      </x:c>
+      <x:c r="BA16" s="3" t="n">
+        <x:v>82213</x:v>
+      </x:c>
+      <x:c r="BB16" s="3" t="n">
+        <x:v>84085</x:v>
+      </x:c>
+      <x:c r="BC16" s="3" t="n">
+        <x:v>85743</x:v>
+      </x:c>
+      <x:c r="BD16" s="3" t="n">
+        <x:v>81422</x:v>
+      </x:c>
+      <x:c r="BE16" s="3" t="n">
+        <x:v>90015</x:v>
+      </x:c>
+      <x:c r="BF16" s="3" t="n">
+        <x:v>93312</x:v>
+      </x:c>
+      <x:c r="BG16" s="3" t="n">
+        <x:v>86686</x:v>
+      </x:c>
+      <x:c r="BH16" s="3" t="n">
         <x:v>85938</x:v>
       </x:c>
-      <x:c r="AN7" s="3" t="n">
-[...453 lines deleted...]
-        <x:v>214702</x:v>
+      <x:c r="BI16" s="3" t="n">
+        <x:v>92638</x:v>
+      </x:c>
+      <x:c r="BJ16" s="3" t="n">
+        <x:v>94554</x:v>
+      </x:c>
+      <x:c r="BK16" s="3" t="n">
+        <x:v>89337</x:v>
+      </x:c>
+      <x:c r="BL16" s="3" t="n">
+        <x:v>84946</x:v>
+      </x:c>
+      <x:c r="BM16" s="3" t="n">
+        <x:v>98029</x:v>
+      </x:c>
+      <x:c r="BN16" s="3" t="n">
+        <x:v>91399</x:v>
+      </x:c>
+      <x:c r="BO16" s="3" t="n">
+        <x:v>92560</x:v>
+      </x:c>
+      <x:c r="BP16" s="3" t="n">
+        <x:v>91698</x:v>
+      </x:c>
+      <x:c r="BQ16" s="3" t="n">
+        <x:v>99351</x:v>
+      </x:c>
+      <x:c r="BR16" s="3" t="n">
+        <x:v>100411</x:v>
+      </x:c>
+      <x:c r="BS16" s="3" t="n">
+        <x:v>92048</x:v>
+      </x:c>
+      <x:c r="BT16" s="3" t="n">
+        <x:v>93032</x:v>
+      </x:c>
+      <x:c r="BU16" s="3" t="n">
+        <x:v>100031</x:v>
+      </x:c>
+      <x:c r="BV16" s="3" t="n">
+        <x:v>101413</x:v>
+      </x:c>
+      <x:c r="BW16" s="3" t="n">
+        <x:v>95208</x:v>
+      </x:c>
+      <x:c r="BX16" s="3" t="n">
+        <x:v>95466</x:v>
+      </x:c>
+      <x:c r="BY16" s="3" t="n">
+        <x:v>102868</x:v>
+      </x:c>
+      <x:c r="BZ16" s="3" t="n">
+        <x:v>98380</x:v>
+      </x:c>
+      <x:c r="CA16" s="3" t="n">
+        <x:v>103829</x:v>
+      </x:c>
+      <x:c r="CB16" s="3" t="n">
+        <x:v>97886</x:v>
+      </x:c>
+      <x:c r="CC16" s="3" t="n">
+        <x:v>106384</x:v>
+      </x:c>
+      <x:c r="CD16" s="3" t="n">
+        <x:v>107961</x:v>
+      </x:c>
+      <x:c r="CE16" s="3" t="n">
+        <x:v>104124</x:v>
+      </x:c>
+      <x:c r="CF16" s="3" t="n">
+        <x:v>103252</x:v>
+      </x:c>
+      <x:c r="CG16" s="3" t="n">
+        <x:v>110199</x:v>
+      </x:c>
+      <x:c r="CH16" s="3" t="n">
+        <x:v>109691</x:v>
+      </x:c>
+      <x:c r="CI16" s="3" t="n">
+        <x:v>108901</x:v>
+      </x:c>
+      <x:c r="CJ16" s="3" t="n">
+        <x:v>106208</x:v>
+      </x:c>
+      <x:c r="CK16" s="3" t="n">
+        <x:v>114679</x:v>
+      </x:c>
+      <x:c r="CL16" s="3" t="n">
+        <x:v>116503</x:v>
+      </x:c>
+      <x:c r="CM16" s="3" t="n">
+        <x:v>108101</x:v>
+      </x:c>
+      <x:c r="CN16" s="3" t="n">
+        <x:v>108041</x:v>
+      </x:c>
+      <x:c r="CO16" s="3" t="n">
+        <x:v>113303</x:v>
+      </x:c>
+      <x:c r="CP16" s="3" t="n">
+        <x:v>120764</x:v>
+      </x:c>
+      <x:c r="CQ16" s="3" t="n">
+        <x:v>113223</x:v>
+      </x:c>
+      <x:c r="CR16" s="3" t="n">
+        <x:v>113381</x:v>
+      </x:c>
+      <x:c r="CS16" s="3" t="n">
+        <x:v>120235</x:v>
+      </x:c>
+      <x:c r="CT16" s="3" t="n">
+        <x:v>92576</x:v>
+      </x:c>
+      <x:c r="CU16" s="3" t="n">
+        <x:v>94808</x:v>
+      </x:c>
+      <x:c r="CV16" s="3" t="n">
+        <x:v>91471</x:v>
+      </x:c>
+      <x:c r="CW16" s="3" t="n">
+        <x:v>95726</x:v>
+      </x:c>
+      <x:c r="CX16" s="3" t="n">
+        <x:v>98119</x:v>
+      </x:c>
+      <x:c r="CY16" s="3" t="n">
+        <x:v>92949</x:v>
+      </x:c>
+      <x:c r="CZ16" s="3" t="n">
+        <x:v>92569</x:v>
+      </x:c>
+      <x:c r="DA16" s="3" t="n">
+        <x:v>96527</x:v>
+      </x:c>
+      <x:c r="DB16" s="3" t="n">
+        <x:v>97515</x:v>
+      </x:c>
+      <x:c r="DC16" s="3" t="n">
+        <x:v>91967</x:v>
+      </x:c>
+      <x:c r="DD16" s="3" t="n">
+        <x:v>90836</x:v>
+      </x:c>
+      <x:c r="DE16" s="3" t="n">
+        <x:v>98994</x:v>
+      </x:c>
+      <x:c r="DF16" s="3" t="n">
+        <x:v>94900</x:v>
+      </x:c>
+      <x:c r="DG16" s="3" t="n">
+        <x:v>99135</x:v>
+      </x:c>
+      <x:c r="DH16" s="3" t="n">
+        <x:v>91335</x:v>
+      </x:c>
+      <x:c r="DI16" s="3" t="n">
+        <x:v>100030</x:v>
+      </x:c>
+      <x:c r="DJ16" s="3" t="n">
+        <x:v>102288</x:v>
+      </x:c>
+      <x:c r="DK16" s="3" t="n">
+        <x:v>96468</x:v>
+      </x:c>
+      <x:c r="DL16" s="3" t="n">
+        <x:v>95339</x:v>
+      </x:c>
+      <x:c r="DM16" s="3" t="n">
+        <x:v>101585</x:v>
+      </x:c>
+      <x:c r="DN16" s="3" t="n">
+        <x:v>102486</x:v>
+      </x:c>
+      <x:c r="DO16" s="3" t="n">
+        <x:v>99188</x:v>
+      </x:c>
+      <x:c r="DP16" s="3" t="n">
+        <x:v>98887</x:v>
+      </x:c>
+      <x:c r="DQ16" s="3" t="n">
+        <x:v>105277</x:v>
+      </x:c>
+      <x:c r="DR16" s="3" t="n">
+        <x:v>104555</x:v>
+      </x:c>
+      <x:c r="DS16" s="3" t="n">
+        <x:v>105203</x:v>
+      </x:c>
+      <x:c r="DT16" s="3" t="n">
+        <x:v>104751</x:v>
+      </x:c>
+      <x:c r="DU16" s="3" t="n">
+        <x:v>106161</x:v>
+      </x:c>
+      <x:c r="DV16" s="3" t="n">
+        <x:v>109426</x:v>
+      </x:c>
+      <x:c r="DW16" s="3" t="n">
+        <x:v>107586</x:v>
+      </x:c>
+      <x:c r="DX16" s="3" t="n">
+        <x:v>109683</x:v>
+      </x:c>
+      <x:c r="DY16" s="3" t="n">
+        <x:v>110146</x:v>
+      </x:c>
+      <x:c r="DZ16" s="3" t="n">
+        <x:v>113503</x:v>
+      </x:c>
+      <x:c r="EA16" s="3" t="n">
+        <x:v>112139</x:v>
+      </x:c>
+      <x:c r="EB16" s="3" t="n">
+        <x:v>112698</x:v>
+      </x:c>
+      <x:c r="EC16" s="3" t="n">
+        <x:v>113318</x:v>
+      </x:c>
+      <x:c r="ED16" s="3" t="n">
+        <x:v>115424</x:v>
+      </x:c>
+      <x:c r="EE16" s="3" t="n">
+        <x:v>115263</x:v>
+      </x:c>
+      <x:c r="EF16" s="3" t="n">
+        <x:v>115883</x:v>
+      </x:c>
+      <x:c r="EG16" s="3" t="n">
+        <x:v>115306</x:v>
+      </x:c>
+      <x:c r="EH16" s="3" t="n">
+        <x:v>116641</x:v>
+      </x:c>
+      <x:c r="EI16" s="3" t="n">
+        <x:v>117234</x:v>
+      </x:c>
+      <x:c r="EJ16" s="3" t="n">
+        <x:v>117815</x:v>
+      </x:c>
+      <x:c r="EK16" s="3" t="n">
+        <x:v>117187</x:v>
+      </x:c>
+      <x:c r="EL16" s="3" t="n">
+        <x:v>117640</x:v>
+      </x:c>
+      <x:c r="EM16" s="3" t="n">
+        <x:v>118179</x:v>
+      </x:c>
+      <x:c r="EN16" s="3" t="n">
+        <x:v>118895</x:v>
+      </x:c>
+      <x:c r="EO16" s="3" t="n">
+        <x:v>119571</x:v>
+      </x:c>
+      <x:c r="EP16" s="3" t="n">
+        <x:v>119102</x:v>
+      </x:c>
+      <x:c r="EQ16" s="3" t="n">
+        <x:v>119647</x:v>
+      </x:c>
+      <x:c r="ER16" s="3" t="n">
+        <x:v>120490</x:v>
+      </x:c>
+      <x:c r="ES16" s="3" t="n">
+        <x:v>121202</x:v>
+      </x:c>
+      <x:c r="ET16" s="3" t="n">
+        <x:v>120521</x:v>
+      </x:c>
+      <x:c r="EU16" s="3" t="n">
+        <x:v>123063</x:v>
+      </x:c>
+      <x:c r="EV16" s="3" t="n">
+        <x:v>123399</x:v>
+      </x:c>
+      <x:c r="EW16" s="3" t="n">
+        <x:v>121487</x:v>
+      </x:c>
+      <x:c r="EX16" s="3" t="n">
+        <x:v>121853</x:v>
+      </x:c>
+      <x:c r="EY16" s="3" t="n">
+        <x:v>124737</x:v>
+      </x:c>
+      <x:c r="EZ16" s="3" t="n">
+        <x:v>126731</x:v>
+      </x:c>
+      <x:c r="FA16" s="3" t="n">
+        <x:v>126468</x:v>
+      </x:c>
+      <x:c r="FB16" s="3" t="n">
+        <x:v>125848</x:v>
+      </x:c>
+      <x:c r="FC16" s="3" t="n">
+        <x:v>127684</x:v>
+      </x:c>
+      <x:c r="FD16" s="3" t="n">
+        <x:v>128351</x:v>
+      </x:c>
+      <x:c r="FE16" s="3" t="n">
+        <x:v>129237</x:v>
+      </x:c>
+      <x:c r="FF16" s="3" t="n">
+        <x:v>127734</x:v>
+      </x:c>
+      <x:c r="FG16" s="3" t="n">
+        <x:v>128995</x:v>
+      </x:c>
+      <x:c r="FH16" s="3" t="n">
+        <x:v>129147</x:v>
+      </x:c>
+      <x:c r="FI16" s="3" t="n">
+        <x:v>129827</x:v>
+      </x:c>
+      <x:c r="FJ16" s="3" t="n">
+        <x:v>128026</x:v>
+      </x:c>
+      <x:c r="FK16" s="3" t="n">
+        <x:v>129190</x:v>
+      </x:c>
+      <x:c r="FL16" s="3" t="n">
+        <x:v>130425</x:v>
+      </x:c>
+      <x:c r="FM16" s="3" t="n">
+        <x:v>131166</x:v>
+      </x:c>
+      <x:c r="FN16" s="3" t="n">
+        <x:v>128495</x:v>
+      </x:c>
+      <x:c r="FO16" s="3" t="n">
+        <x:v>125011</x:v>
+      </x:c>
+      <x:c r="FP16" s="3" t="n">
+        <x:v>130580</x:v>
+      </x:c>
+      <x:c r="FQ16" s="3" t="n">
+        <x:v>132234</x:v>
+      </x:c>
+      <x:c r="FR16" s="3" t="n">
+        <x:v>130052</x:v>
+      </x:c>
+      <x:c r="FS16" s="3" t="n">
+        <x:v>132677</x:v>
+      </x:c>
+      <x:c r="FT16" s="3" t="n">
+        <x:v>136425</x:v>
+      </x:c>
+      <x:c r="FU16" s="3" t="n">
+        <x:v>135161</x:v>
+      </x:c>
+      <x:c r="FV16" s="3" t="n">
+        <x:v>134454</x:v>
+      </x:c>
+      <x:c r="FW16" s="3" t="n">
+        <x:v>134870</x:v>
+      </x:c>
+      <x:c r="FX16" s="3" t="n">
+        <x:v>136043</x:v>
+      </x:c>
+      <x:c r="FY16" s="3" t="n">
+        <x:v>136102</x:v>
+      </x:c>
+      <x:c r="FZ16" s="3" t="n">
+        <x:v>136155</x:v>
+      </x:c>
+      <x:c r="GA16" s="3" t="n">
+        <x:v>138159</x:v>
+      </x:c>
+      <x:c r="GB16" s="3" t="n">
+        <x:v>139809</x:v>
+      </x:c>
+      <x:c r="GC16" s="3" t="n">
+        <x:v>139611</x:v>
+      </x:c>
+      <x:c r="GD16" s="3" t="n">
+        <x:v>137591</x:v>
+      </x:c>
+      <x:c r="GE16" s="3" t="n">
+        <x:v>139266</x:v>
+      </x:c>
+      <x:c r="GF16" s="3" t="n">
+        <x:v>140635</x:v>
+      </x:c>
+      <x:c r="GG16" s="3" t="n">
+        <x:v>140202</x:v>
+      </x:c>
+      <x:c r="GH16" s="3" t="n">
+        <x:v>138465</x:v>
+      </x:c>
+      <x:c r="GI16" s="3" t="n">
+        <x:v>140134</x:v>
+      </x:c>
+      <x:c r="GJ16" s="3" t="n">
+        <x:v>140554</x:v>
       </x:c>
     </x:row>
-    <x:row r="8" spans="1:191">
-[...571 lines deleted...]
-        <x:v>221136</x:v>
+    <x:row r="17" spans="1:192">
+      <x:c r="A17" s="2" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="B17" s="3" t="n">
+        <x:v>97936</x:v>
+      </x:c>
+      <x:c r="C17" s="3" t="n">
+        <x:v>117642</x:v>
+      </x:c>
+      <x:c r="D17" s="3" t="n">
+        <x:v>95296</x:v>
+      </x:c>
+      <x:c r="E17" s="3" t="n">
+        <x:v>121500</x:v>
+      </x:c>
+      <x:c r="F17" s="3" t="n">
+        <x:v>98597</x:v>
+      </x:c>
+      <x:c r="G17" s="3" t="n">
+        <x:v>106335</x:v>
+      </x:c>
+      <x:c r="H17" s="3" t="n">
+        <x:v>108959</x:v>
+      </x:c>
+      <x:c r="I17" s="3" t="n">
+        <x:v>126802</x:v>
+      </x:c>
+      <x:c r="J17" s="3" t="n">
+        <x:v>104821</x:v>
+      </x:c>
+      <x:c r="K17" s="3" t="n">
+        <x:v>105206</x:v>
+      </x:c>
+      <x:c r="L17" s="3" t="n">
+        <x:v>111447</x:v>
+      </x:c>
+      <x:c r="M17" s="3" t="n">
+        <x:v>113886</x:v>
+      </x:c>
+      <x:c r="N17" s="3" t="n">
+        <x:v>102786</x:v>
+      </x:c>
+      <x:c r="O17" s="3" t="n">
+        <x:v>97890</x:v>
+      </x:c>
+      <x:c r="P17" s="3" t="n">
+        <x:v>125498</x:v>
+      </x:c>
+      <x:c r="Q17" s="3" t="n">
+        <x:v>131157</x:v>
+      </x:c>
+      <x:c r="R17" s="3" t="n">
+        <x:v>108034</x:v>
+      </x:c>
+      <x:c r="S17" s="3" t="n">
+        <x:v>121889</x:v>
+      </x:c>
+      <x:c r="T17" s="3" t="n">
+        <x:v>111726</x:v>
+      </x:c>
+      <x:c r="U17" s="3" t="n">
+        <x:v>119536</x:v>
+      </x:c>
+      <x:c r="V17" s="3" t="n">
+        <x:v>116534</x:v>
+      </x:c>
+      <x:c r="W17" s="3" t="n">
+        <x:v>122918</x:v>
+      </x:c>
+      <x:c r="X17" s="3" t="n">
+        <x:v>118605</x:v>
+      </x:c>
+      <x:c r="Y17" s="3" t="n">
+        <x:v>128281</x:v>
+      </x:c>
+      <x:c r="Z17" s="3" t="n">
+        <x:v>107481</x:v>
+      </x:c>
+      <x:c r="AA17" s="3" t="n">
+        <x:v>130626</x:v>
+      </x:c>
+      <x:c r="AB17" s="3" t="n">
+        <x:v>127890</x:v>
+      </x:c>
+      <x:c r="AC17" s="3" t="n">
+        <x:v>126604</x:v>
+      </x:c>
+      <x:c r="AD17" s="3" t="n">
+        <x:v>102947</x:v>
+      </x:c>
+      <x:c r="AE17" s="3" t="n">
+        <x:v>111931</x:v>
+      </x:c>
+      <x:c r="AF17" s="3" t="n">
+        <x:v>137377</x:v>
+      </x:c>
+      <x:c r="AG17" s="3" t="n">
+        <x:v>124762</x:v>
+      </x:c>
+      <x:c r="AH17" s="3" t="n">
+        <x:v>121629</x:v>
+      </x:c>
+      <x:c r="AI17" s="3" t="n">
+        <x:v>136486</x:v>
+      </x:c>
+      <x:c r="AJ17" s="3" t="n">
+        <x:v>134264</x:v>
+      </x:c>
+      <x:c r="AK17" s="3" t="n">
+        <x:v>120209</x:v>
+      </x:c>
+      <x:c r="AL17" s="3" t="n">
+        <x:v>108029</x:v>
+      </x:c>
+      <x:c r="AM17" s="3" t="n">
+        <x:v>118277</x:v>
+      </x:c>
+      <x:c r="AN17" s="3" t="n">
+        <x:v>137598</x:v>
+      </x:c>
+      <x:c r="AO17" s="3" t="n">
+        <x:v>152520</x:v>
+      </x:c>
+      <x:c r="AP17" s="3" t="n">
+        <x:v>115203</x:v>
+      </x:c>
+      <x:c r="AQ17" s="3" t="n">
+        <x:v>127111</x:v>
+      </x:c>
+      <x:c r="AR17" s="3" t="n">
+        <x:v>123475</x:v>
+      </x:c>
+      <x:c r="AS17" s="3" t="n">
+        <x:v>145501</x:v>
+      </x:c>
+      <x:c r="AT17" s="3" t="n">
+        <x:v>106811</x:v>
+      </x:c>
+      <x:c r="AU17" s="3" t="n">
+        <x:v>118274</x:v>
+      </x:c>
+      <x:c r="AV17" s="3" t="n">
+        <x:v>108839</x:v>
+      </x:c>
+      <x:c r="AW17" s="3" t="n">
+        <x:v>142946</x:v>
+      </x:c>
+      <x:c r="AX17" s="3" t="n">
+        <x:v>107016</x:v>
+      </x:c>
+      <x:c r="AY17" s="3" t="n">
+        <x:v>109201</x:v>
+      </x:c>
+      <x:c r="AZ17" s="3" t="n">
+        <x:v>98219</x:v>
+      </x:c>
+      <x:c r="BA17" s="3" t="n">
+        <x:v>113333</x:v>
+      </x:c>
+      <x:c r="BB17" s="3" t="n">
+        <x:v>96026</x:v>
+      </x:c>
+      <x:c r="BC17" s="3" t="n">
+        <x:v>98121</x:v>
+      </x:c>
+      <x:c r="BD17" s="3" t="n">
+        <x:v>104166</x:v>
+      </x:c>
+      <x:c r="BE17" s="3" t="n">
+        <x:v>127868</x:v>
+      </x:c>
+      <x:c r="BF17" s="3" t="n">
+        <x:v>90850</x:v>
+      </x:c>
+      <x:c r="BG17" s="3" t="n">
+        <x:v>104603</x:v>
+      </x:c>
+      <x:c r="BH17" s="3" t="n">
+        <x:v>102229</x:v>
+      </x:c>
+      <x:c r="BI17" s="3" t="n">
+        <x:v>120065</x:v>
+      </x:c>
+      <x:c r="BJ17" s="3" t="n">
+        <x:v>97129</x:v>
+      </x:c>
+      <x:c r="BK17" s="3" t="n">
+        <x:v>103076</x:v>
+      </x:c>
+      <x:c r="BL17" s="3" t="n">
+        <x:v>112944</x:v>
+      </x:c>
+      <x:c r="BM17" s="3" t="n">
+        <x:v>128130</x:v>
+      </x:c>
+      <x:c r="BN17" s="3" t="n">
+        <x:v>105696</x:v>
+      </x:c>
+      <x:c r="BO17" s="3" t="n">
+        <x:v>121804</x:v>
+      </x:c>
+      <x:c r="BP17" s="3" t="n">
+        <x:v>115238</x:v>
+      </x:c>
+      <x:c r="BQ17" s="3" t="n">
+        <x:v>120204</x:v>
+      </x:c>
+      <x:c r="BR17" s="3" t="n">
+        <x:v>112071</x:v>
+      </x:c>
+      <x:c r="BS17" s="3" t="n">
+        <x:v>117504</x:v>
+      </x:c>
+      <x:c r="BT17" s="3" t="n">
+        <x:v>117916</x:v>
+      </x:c>
+      <x:c r="BU17" s="3" t="n">
+        <x:v>131184</x:v>
+      </x:c>
+      <x:c r="BV17" s="3" t="n">
+        <x:v>133084</x:v>
+      </x:c>
+      <x:c r="BW17" s="3" t="n">
+        <x:v>135759</x:v>
+      </x:c>
+      <x:c r="BX17" s="3" t="n">
+        <x:v>124124</x:v>
+      </x:c>
+      <x:c r="BY17" s="3" t="n">
+        <x:v>129679</x:v>
+      </x:c>
+      <x:c r="BZ17" s="3" t="n">
+        <x:v>134053</x:v>
+      </x:c>
+      <x:c r="CA17" s="3" t="n">
+        <x:v>150412</x:v>
+      </x:c>
+      <x:c r="CB17" s="3" t="n">
+        <x:v>153352</x:v>
+      </x:c>
+      <x:c r="CC17" s="3" t="n">
+        <x:v>161993</x:v>
+      </x:c>
+      <x:c r="CD17" s="3" t="n">
+        <x:v>159366</x:v>
+      </x:c>
+      <x:c r="CE17" s="3" t="n">
+        <x:v>160179</x:v>
+      </x:c>
+      <x:c r="CF17" s="3" t="n">
+        <x:v>168916</x:v>
+      </x:c>
+      <x:c r="CG17" s="3" t="n">
+        <x:v>184932</x:v>
+      </x:c>
+      <x:c r="CH17" s="3" t="n">
+        <x:v>154726</x:v>
+      </x:c>
+      <x:c r="CI17" s="3" t="n">
+        <x:v>155153</x:v>
+      </x:c>
+      <x:c r="CJ17" s="3" t="n">
+        <x:v>167795</x:v>
+      </x:c>
+      <x:c r="CK17" s="3" t="n">
+        <x:v>162987</x:v>
+      </x:c>
+      <x:c r="CL17" s="3" t="n">
+        <x:v>157444</x:v>
+      </x:c>
+      <x:c r="CM17" s="3" t="n">
+        <x:v>155571</x:v>
+      </x:c>
+      <x:c r="CN17" s="3" t="n">
+        <x:v>147060</x:v>
+      </x:c>
+      <x:c r="CO17" s="3" t="n">
+        <x:v>159607</x:v>
+      </x:c>
+      <x:c r="CP17" s="3" t="n">
+        <x:v>154438</x:v>
+      </x:c>
+      <x:c r="CQ17" s="3" t="n">
+        <x:v>152077</x:v>
+      </x:c>
+      <x:c r="CR17" s="3" t="n">
+        <x:v>153343</x:v>
+      </x:c>
+      <x:c r="CS17" s="3" t="n">
+        <x:v>158967</x:v>
+      </x:c>
+      <x:c r="CT17" s="3" t="n">
+        <x:v>150101</x:v>
+      </x:c>
+      <x:c r="CU17" s="3" t="n">
+        <x:v>149015</x:v>
+      </x:c>
+      <x:c r="CV17" s="3" t="n">
+        <x:v>152737</x:v>
+      </x:c>
+      <x:c r="CW17" s="3" t="n">
+        <x:v>168323</x:v>
+      </x:c>
+      <x:c r="CX17" s="3" t="n">
+        <x:v>147855</x:v>
+      </x:c>
+      <x:c r="CY17" s="3" t="n">
+        <x:v>148332</x:v>
+      </x:c>
+      <x:c r="CZ17" s="3" t="n">
+        <x:v>156150</x:v>
+      </x:c>
+      <x:c r="DA17" s="3" t="n">
+        <x:v>170503</x:v>
+      </x:c>
+      <x:c r="DB17" s="3" t="n">
+        <x:v>152471</x:v>
+      </x:c>
+      <x:c r="DC17" s="3" t="n">
+        <x:v>163887</x:v>
+      </x:c>
+      <x:c r="DD17" s="3" t="n">
+        <x:v>171399</x:v>
+      </x:c>
+      <x:c r="DE17" s="3" t="n">
+        <x:v>209837</x:v>
+      </x:c>
+      <x:c r="DF17" s="3" t="n">
+        <x:v>173976</x:v>
+      </x:c>
+      <x:c r="DG17" s="3" t="n">
+        <x:v>188943</x:v>
+      </x:c>
+      <x:c r="DH17" s="3" t="n">
+        <x:v>185356</x:v>
+      </x:c>
+      <x:c r="DI17" s="3" t="n">
+        <x:v>223826</x:v>
+      </x:c>
+      <x:c r="DJ17" s="3" t="n">
+        <x:v>193269</x:v>
+      </x:c>
+      <x:c r="DK17" s="3" t="n">
+        <x:v>216706</x:v>
+      </x:c>
+      <x:c r="DL17" s="3" t="n">
+        <x:v>210556</x:v>
+      </x:c>
+      <x:c r="DM17" s="3" t="n">
+        <x:v>232858</x:v>
+      </x:c>
+      <x:c r="DN17" s="3" t="n">
+        <x:v>217127</x:v>
+      </x:c>
+      <x:c r="DO17" s="3" t="n">
+        <x:v>238363</x:v>
+      </x:c>
+      <x:c r="DP17" s="3" t="n">
+        <x:v>241432</x:v>
+      </x:c>
+      <x:c r="DQ17" s="3" t="n">
+        <x:v>272524</x:v>
+      </x:c>
+      <x:c r="DR17" s="3" t="n">
+        <x:v>239446</x:v>
+      </x:c>
+      <x:c r="DS17" s="3" t="n">
+        <x:v>246889</x:v>
+      </x:c>
+      <x:c r="DT17" s="3" t="n">
+        <x:v>249015</x:v>
+      </x:c>
+      <x:c r="DU17" s="3" t="n">
+        <x:v>261400</x:v>
+      </x:c>
+      <x:c r="DV17" s="3" t="n">
+        <x:v>222376</x:v>
+      </x:c>
+      <x:c r="DW17" s="3" t="n">
+        <x:v>225914</x:v>
+      </x:c>
+      <x:c r="DX17" s="3" t="n">
+        <x:v>219071</x:v>
+      </x:c>
+      <x:c r="DY17" s="3" t="n">
+        <x:v>255063</x:v>
+      </x:c>
+      <x:c r="DZ17" s="3" t="n">
+        <x:v>197841</x:v>
+      </x:c>
+      <x:c r="EA17" s="3" t="n">
+        <x:v>215521</x:v>
+      </x:c>
+      <x:c r="EB17" s="3" t="n">
+        <x:v>208500</x:v>
+      </x:c>
+      <x:c r="EC17" s="3" t="n">
+        <x:v>238023</x:v>
+      </x:c>
+      <x:c r="ED17" s="3" t="n">
+        <x:v>223809</x:v>
+      </x:c>
+      <x:c r="EE17" s="3" t="n">
+        <x:v>225649</x:v>
+      </x:c>
+      <x:c r="EF17" s="3" t="n">
+        <x:v>232673</x:v>
+      </x:c>
+      <x:c r="EG17" s="3" t="n">
+        <x:v>250313</x:v>
+      </x:c>
+      <x:c r="EH17" s="3" t="n">
+        <x:v>228464</x:v>
+      </x:c>
+      <x:c r="EI17" s="3" t="n">
+        <x:v>243297</x:v>
+      </x:c>
+      <x:c r="EJ17" s="3" t="n">
+        <x:v>252837</x:v>
+      </x:c>
+      <x:c r="EK17" s="3" t="n">
+        <x:v>278668</x:v>
+      </x:c>
+      <x:c r="EL17" s="3" t="n">
+        <x:v>242449</x:v>
+      </x:c>
+      <x:c r="EM17" s="3" t="n">
+        <x:v>271034</x:v>
+      </x:c>
+      <x:c r="EN17" s="3" t="n">
+        <x:v>269427</x:v>
+      </x:c>
+      <x:c r="EO17" s="3" t="n">
+        <x:v>284309</x:v>
+      </x:c>
+      <x:c r="EP17" s="3" t="n">
+        <x:v>259541</x:v>
+      </x:c>
+      <x:c r="EQ17" s="3" t="n">
+        <x:v>275318</x:v>
+      </x:c>
+      <x:c r="ER17" s="3" t="n">
+        <x:v>266820</x:v>
+      </x:c>
+      <x:c r="ES17" s="3" t="n">
+        <x:v>271782</x:v>
+      </x:c>
+      <x:c r="ET17" s="3" t="n">
+        <x:v>250896</x:v>
+      </x:c>
+      <x:c r="EU17" s="3" t="n">
+        <x:v>264304</x:v>
+      </x:c>
+      <x:c r="EV17" s="3" t="n">
+        <x:v>255625</x:v>
+      </x:c>
+      <x:c r="EW17" s="3" t="n">
+        <x:v>263439</x:v>
+      </x:c>
+      <x:c r="EX17" s="3" t="n">
+        <x:v>244429</x:v>
+      </x:c>
+      <x:c r="EY17" s="3" t="n">
+        <x:v>270848</x:v>
+      </x:c>
+      <x:c r="EZ17" s="3" t="n">
+        <x:v>274037</x:v>
+      </x:c>
+      <x:c r="FA17" s="3" t="n">
+        <x:v>294767</x:v>
+      </x:c>
+      <x:c r="FB17" s="3" t="n">
+        <x:v>263385</x:v>
+      </x:c>
+      <x:c r="FC17" s="3" t="n">
+        <x:v>275827</x:v>
+      </x:c>
+      <x:c r="FD17" s="3" t="n">
+        <x:v>271854</x:v>
+      </x:c>
+      <x:c r="FE17" s="3" t="n">
+        <x:v>300415</x:v>
+      </x:c>
+      <x:c r="FF17" s="3" t="n">
+        <x:v>257892</x:v>
+      </x:c>
+      <x:c r="FG17" s="3" t="n">
+        <x:v>282936</x:v>
+      </x:c>
+      <x:c r="FH17" s="3" t="n">
+        <x:v>283190</x:v>
+      </x:c>
+      <x:c r="FI17" s="3" t="n">
+        <x:v>312713</x:v>
+      </x:c>
+      <x:c r="FJ17" s="3" t="n">
+        <x:v>285635</x:v>
+      </x:c>
+      <x:c r="FK17" s="3" t="n">
+        <x:v>312101</x:v>
+      </x:c>
+      <x:c r="FL17" s="3" t="n">
+        <x:v>316960</x:v>
+      </x:c>
+      <x:c r="FM17" s="3" t="n">
+        <x:v>343332</x:v>
+      </x:c>
+      <x:c r="FN17" s="3" t="n">
+        <x:v>293050</x:v>
+      </x:c>
+      <x:c r="FO17" s="3" t="n">
+        <x:v>298102</x:v>
+      </x:c>
+      <x:c r="FP17" s="3" t="n">
+        <x:v>296028</x:v>
+      </x:c>
+      <x:c r="FQ17" s="3" t="n">
+        <x:v>323608</x:v>
+      </x:c>
+      <x:c r="FR17" s="3" t="n">
+        <x:v>295481</x:v>
+      </x:c>
+      <x:c r="FS17" s="3" t="n">
+        <x:v>302176</x:v>
+      </x:c>
+      <x:c r="FT17" s="3" t="n">
+        <x:v>299276</x:v>
+      </x:c>
+      <x:c r="FU17" s="3" t="n">
+        <x:v>332631</x:v>
+      </x:c>
+      <x:c r="FV17" s="3" t="n">
+        <x:v>294439</x:v>
+      </x:c>
+      <x:c r="FW17" s="3" t="n">
+        <x:v>305108</x:v>
+      </x:c>
+      <x:c r="FX17" s="3" t="n">
+        <x:v>302427</x:v>
+      </x:c>
+      <x:c r="FY17" s="3" t="n">
+        <x:v>326348</x:v>
+      </x:c>
+      <x:c r="FZ17" s="3" t="n">
+        <x:v>286716</x:v>
+      </x:c>
+      <x:c r="GA17" s="3" t="n">
+        <x:v>293011</x:v>
+      </x:c>
+      <x:c r="GB17" s="3" t="n">
+        <x:v>294376</x:v>
+      </x:c>
+      <x:c r="GC17" s="3" t="n">
+        <x:v>323682</x:v>
+      </x:c>
+      <x:c r="GD17" s="3" t="n">
+        <x:v>265722</x:v>
+      </x:c>
+      <x:c r="GE17" s="3" t="n">
+        <x:v>291159</x:v>
+      </x:c>
+      <x:c r="GF17" s="3" t="n">
+        <x:v>294469</x:v>
+      </x:c>
+      <x:c r="GG17" s="3" t="n">
+        <x:v>329678</x:v>
+      </x:c>
+      <x:c r="GH17" s="3" t="n">
+        <x:v>269676</x:v>
+      </x:c>
+      <x:c r="GI17" s="3" t="n">
+        <x:v>295904</x:v>
+      </x:c>
+      <x:c r="GJ17" s="3" t="n">
+        <x:v>288434</x:v>
       </x:c>
     </x:row>
-    <x:row r="9" spans="1:191">
-[...255 lines deleted...]
-      <x:c r="CH9" s="3" t="n">
+    <x:row r="18" spans="1:192">
+      <x:c r="A18" s="2" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="B18" s="3" t="n">
+        <x:v>11603</x:v>
+      </x:c>
+      <x:c r="C18" s="3" t="n">
+        <x:v>9396</x:v>
+      </x:c>
+      <x:c r="D18" s="3" t="n">
+        <x:v>11386</x:v>
+      </x:c>
+      <x:c r="E18" s="3" t="n">
+        <x:v>12807</x:v>
+      </x:c>
+      <x:c r="F18" s="3" t="n">
+        <x:v>14043</x:v>
+      </x:c>
+      <x:c r="G18" s="3" t="n">
+        <x:v>17833</x:v>
+      </x:c>
+      <x:c r="H18" s="3" t="n">
+        <x:v>17400</x:v>
+      </x:c>
+      <x:c r="I18" s="3" t="n">
+        <x:v>19863</x:v>
+      </x:c>
+      <x:c r="J18" s="3" t="n">
+        <x:v>15138</x:v>
+      </x:c>
+      <x:c r="K18" s="3" t="n">
+        <x:v>15314</x:v>
+      </x:c>
+      <x:c r="L18" s="3" t="n">
+        <x:v>15996</x:v>
+      </x:c>
+      <x:c r="M18" s="3" t="n">
+        <x:v>16645</x:v>
+      </x:c>
+      <x:c r="N18" s="3" t="n">
+        <x:v>13823</x:v>
+      </x:c>
+      <x:c r="O18" s="3" t="n">
+        <x:v>12087</x:v>
+      </x:c>
+      <x:c r="P18" s="3" t="n">
+        <x:v>15666</x:v>
+      </x:c>
+      <x:c r="Q18" s="3" t="n">
+        <x:v>15769</x:v>
+      </x:c>
+      <x:c r="R18" s="3" t="n">
+        <x:v>17245</x:v>
+      </x:c>
+      <x:c r="S18" s="3" t="n">
+        <x:v>16454</x:v>
+      </x:c>
+      <x:c r="T18" s="3" t="n">
+        <x:v>15130</x:v>
+      </x:c>
+      <x:c r="U18" s="3" t="n">
+        <x:v>17196</x:v>
+      </x:c>
+      <x:c r="V18" s="3" t="n">
+        <x:v>27643</x:v>
+      </x:c>
+      <x:c r="W18" s="3" t="n">
+        <x:v>29911</x:v>
+      </x:c>
+      <x:c r="X18" s="3" t="n">
+        <x:v>23625</x:v>
+      </x:c>
+      <x:c r="Y18" s="3" t="n">
+        <x:v>32402</x:v>
+      </x:c>
+      <x:c r="Z18" s="3" t="n">
+        <x:v>24713</x:v>
+      </x:c>
+      <x:c r="AA18" s="3" t="n">
+        <x:v>39616</x:v>
+      </x:c>
+      <x:c r="AB18" s="3" t="n">
+        <x:v>34407</x:v>
+      </x:c>
+      <x:c r="AC18" s="3" t="n">
+        <x:v>31290</x:v>
+      </x:c>
+      <x:c r="AD18" s="3" t="n">
+        <x:v>27738</x:v>
+      </x:c>
+      <x:c r="AE18" s="3" t="n">
+        <x:v>26515</x:v>
+      </x:c>
+      <x:c r="AF18" s="3" t="n">
+        <x:v>31940</x:v>
+      </x:c>
+      <x:c r="AG18" s="3" t="n">
+        <x:v>31285</x:v>
+      </x:c>
+      <x:c r="AH18" s="3" t="n">
+        <x:v>31177</x:v>
+      </x:c>
+      <x:c r="AI18" s="3" t="n">
+        <x:v>31560</x:v>
+      </x:c>
+      <x:c r="AJ18" s="3" t="n">
+        <x:v>25489</x:v>
+      </x:c>
+      <x:c r="AK18" s="3" t="n">
+        <x:v>24372</x:v>
+      </x:c>
+      <x:c r="AL18" s="3" t="n">
+        <x:v>21830</x:v>
+      </x:c>
+      <x:c r="AM18" s="3" t="n">
+        <x:v>27685</x:v>
+      </x:c>
+      <x:c r="AN18" s="3" t="n">
+        <x:v>30804</x:v>
+      </x:c>
+      <x:c r="AO18" s="3" t="n">
+        <x:v>24969</x:v>
+      </x:c>
+      <x:c r="AP18" s="3" t="n">
+        <x:v>14895</x:v>
+      </x:c>
+      <x:c r="AQ18" s="3" t="n">
+        <x:v>21225</x:v>
+      </x:c>
+      <x:c r="AR18" s="3" t="n">
+        <x:v>21883</x:v>
+      </x:c>
+      <x:c r="AS18" s="3" t="n">
+        <x:v>27529</x:v>
+      </x:c>
+      <x:c r="AT18" s="3" t="n">
+        <x:v>17028</x:v>
+      </x:c>
+      <x:c r="AU18" s="3" t="n">
+        <x:v>22364</x:v>
+      </x:c>
+      <x:c r="AV18" s="3" t="n">
+        <x:v>21252</x:v>
+      </x:c>
+      <x:c r="AW18" s="3" t="n">
+        <x:v>28052</x:v>
+      </x:c>
+      <x:c r="AX18" s="3" t="n">
+        <x:v>19026</x:v>
+      </x:c>
+      <x:c r="AY18" s="3" t="n">
+        <x:v>21006</x:v>
+      </x:c>
+      <x:c r="AZ18" s="3" t="n">
+        <x:v>21822</x:v>
+      </x:c>
+      <x:c r="BA18" s="3" t="n">
+        <x:v>24858</x:v>
+      </x:c>
+      <x:c r="BB18" s="3" t="n">
+        <x:v>23136</x:v>
+      </x:c>
+      <x:c r="BC18" s="3" t="n">
+        <x:v>27042</x:v>
+      </x:c>
+      <x:c r="BD18" s="3" t="n">
+        <x:v>30827</x:v>
+      </x:c>
+      <x:c r="BE18" s="3" t="n">
+        <x:v>32099</x:v>
+      </x:c>
+      <x:c r="BF18" s="3" t="n">
+        <x:v>27769</x:v>
+      </x:c>
+      <x:c r="BG18" s="3" t="n">
+        <x:v>31314</x:v>
+      </x:c>
+      <x:c r="BH18" s="3" t="n">
+        <x:v>33009</x:v>
+      </x:c>
+      <x:c r="BI18" s="3" t="n">
+        <x:v>34724</x:v>
+      </x:c>
+      <x:c r="BJ18" s="3" t="n">
+        <x:v>31456</x:v>
+      </x:c>
+      <x:c r="BK18" s="3" t="n">
+        <x:v>35550</x:v>
+      </x:c>
+      <x:c r="BL18" s="3" t="n">
+        <x:v>35871</x:v>
+      </x:c>
+      <x:c r="BM18" s="3" t="n">
+        <x:v>38973</x:v>
+      </x:c>
+      <x:c r="BN18" s="3" t="n">
+        <x:v>31532</x:v>
+      </x:c>
+      <x:c r="BO18" s="3" t="n">
+        <x:v>41986</x:v>
+      </x:c>
+      <x:c r="BP18" s="3" t="n">
+        <x:v>32941</x:v>
+      </x:c>
+      <x:c r="BQ18" s="3" t="n">
+        <x:v>28476</x:v>
+      </x:c>
+      <x:c r="BR18" s="3" t="n">
+        <x:v>25356</x:v>
+      </x:c>
+      <x:c r="BS18" s="3" t="n">
+        <x:v>28953</x:v>
+      </x:c>
+      <x:c r="BT18" s="3" t="n">
+        <x:v>29538</x:v>
+      </x:c>
+      <x:c r="BU18" s="3" t="n">
+        <x:v>32074</x:v>
+      </x:c>
+      <x:c r="BV18" s="3" t="n">
+        <x:v>23684</x:v>
+      </x:c>
+      <x:c r="BW18" s="3" t="n">
+        <x:v>28284</x:v>
+      </x:c>
+      <x:c r="BX18" s="3" t="n">
+        <x:v>28421</x:v>
+      </x:c>
+      <x:c r="BY18" s="3" t="n">
+        <x:v>29239</x:v>
+      </x:c>
+      <x:c r="BZ18" s="3" t="n">
+        <x:v>28779</x:v>
+      </x:c>
+      <x:c r="CA18" s="3" t="n">
+        <x:v>38088</x:v>
+      </x:c>
+      <x:c r="CB18" s="3" t="n">
+        <x:v>33213</x:v>
+      </x:c>
+      <x:c r="CC18" s="3" t="n">
+        <x:v>35983</x:v>
+      </x:c>
+      <x:c r="CD18" s="3" t="n">
+        <x:v>35263</x:v>
+      </x:c>
+      <x:c r="CE18" s="3" t="n">
+        <x:v>42325</x:v>
+      </x:c>
+      <x:c r="CF18" s="3" t="n">
+        <x:v>43769</x:v>
+      </x:c>
+      <x:c r="CG18" s="3" t="n">
+        <x:v>44166</x:v>
+      </x:c>
+      <x:c r="CH18" s="3" t="n">
+        <x:v>40501</x:v>
+      </x:c>
+      <x:c r="CI18" s="3" t="n">
+        <x:v>40656</x:v>
+      </x:c>
+      <x:c r="CJ18" s="3" t="n">
+        <x:v>35596</x:v>
+      </x:c>
+      <x:c r="CK18" s="3" t="n">
+        <x:v>28023</x:v>
+      </x:c>
+      <x:c r="CL18" s="3" t="n">
+        <x:v>28598</x:v>
+      </x:c>
+      <x:c r="CM18" s="3" t="n">
+        <x:v>29909</x:v>
+      </x:c>
+      <x:c r="CN18" s="3" t="n">
+        <x:v>27379</x:v>
+      </x:c>
+      <x:c r="CO18" s="3" t="n">
+        <x:v>26894</x:v>
+      </x:c>
+      <x:c r="CP18" s="3" t="n">
+        <x:v>24438</x:v>
+      </x:c>
+      <x:c r="CQ18" s="3" t="n">
+        <x:v>26278</x:v>
+      </x:c>
+      <x:c r="CR18" s="3" t="n">
+        <x:v>27750</x:v>
+      </x:c>
+      <x:c r="CS18" s="3" t="n">
+        <x:v>31341</x:v>
+      </x:c>
+      <x:c r="CT18" s="3" t="n">
+        <x:v>24331</x:v>
+      </x:c>
+      <x:c r="CU18" s="3" t="n">
+        <x:v>24928</x:v>
+      </x:c>
+      <x:c r="CV18" s="3" t="n">
+        <x:v>26477</x:v>
+      </x:c>
+      <x:c r="CW18" s="3" t="n">
+        <x:v>28581</x:v>
+      </x:c>
+      <x:c r="CX18" s="3" t="n">
+        <x:v>27180</x:v>
+      </x:c>
+      <x:c r="CY18" s="3" t="n">
+        <x:v>30972</x:v>
+      </x:c>
+      <x:c r="CZ18" s="3" t="n">
+        <x:v>31655</x:v>
+      </x:c>
+      <x:c r="DA18" s="3" t="n">
+        <x:v>29378</x:v>
+      </x:c>
+      <x:c r="DB18" s="3" t="n">
+        <x:v>28829</x:v>
+      </x:c>
+      <x:c r="DC18" s="3" t="n">
+        <x:v>33121</x:v>
+      </x:c>
+      <x:c r="DD18" s="3" t="n">
+        <x:v>33865</x:v>
+      </x:c>
+      <x:c r="DE18" s="3" t="n">
+        <x:v>36321</x:v>
+      </x:c>
+      <x:c r="DF18" s="3" t="n">
+        <x:v>33535</x:v>
+      </x:c>
+      <x:c r="DG18" s="3" t="n">
+        <x:v>40705</x:v>
+      </x:c>
+      <x:c r="DH18" s="3" t="n">
+        <x:v>39786</x:v>
+      </x:c>
+      <x:c r="DI18" s="3" t="n">
+        <x:v>44665</x:v>
+      </x:c>
+      <x:c r="DJ18" s="3" t="n">
+        <x:v>34976</x:v>
+      </x:c>
+      <x:c r="DK18" s="3" t="n">
+        <x:v>41255</x:v>
+      </x:c>
+      <x:c r="DL18" s="3" t="n">
+        <x:v>44330</x:v>
+      </x:c>
+      <x:c r="DM18" s="3" t="n">
+        <x:v>43973</x:v>
+      </x:c>
+      <x:c r="DN18" s="3" t="n">
+        <x:v>37403</x:v>
+      </x:c>
+      <x:c r="DO18" s="3" t="n">
+        <x:v>45755</x:v>
+      </x:c>
+      <x:c r="DP18" s="3" t="n">
+        <x:v>49332</x:v>
+      </x:c>
+      <x:c r="DQ18" s="3" t="n">
+        <x:v>48191</x:v>
+      </x:c>
+      <x:c r="DR18" s="3" t="n">
+        <x:v>43136</x:v>
+      </x:c>
+      <x:c r="DS18" s="3" t="n">
+        <x:v>46720</x:v>
+      </x:c>
+      <x:c r="DT18" s="3" t="n">
+        <x:v>52140</x:v>
+      </x:c>
+      <x:c r="DU18" s="3" t="n">
+        <x:v>49418</x:v>
+      </x:c>
+      <x:c r="DV18" s="3" t="n">
+        <x:v>50229</x:v>
+      </x:c>
+      <x:c r="DW18" s="3" t="n">
+        <x:v>50131</x:v>
+      </x:c>
+      <x:c r="DX18" s="3" t="n">
+        <x:v>48691</x:v>
+      </x:c>
+      <x:c r="DY18" s="3" t="n">
+        <x:v>48736</x:v>
+      </x:c>
+      <x:c r="DZ18" s="3" t="n">
+        <x:v>43173</x:v>
+      </x:c>
+      <x:c r="EA18" s="3" t="n">
+        <x:v>47946</x:v>
+      </x:c>
+      <x:c r="EB18" s="3" t="n">
+        <x:v>43575</x:v>
+      </x:c>
+      <x:c r="EC18" s="3" t="n">
+        <x:v>47972</x:v>
+      </x:c>
+      <x:c r="ED18" s="3" t="n">
+        <x:v>45963</x:v>
+      </x:c>
+      <x:c r="EE18" s="3" t="n">
+        <x:v>49221</x:v>
+      </x:c>
+      <x:c r="EF18" s="3" t="n">
+        <x:v>54563</x:v>
+      </x:c>
+      <x:c r="EG18" s="3" t="n">
+        <x:v>54621</x:v>
+      </x:c>
+      <x:c r="EH18" s="3" t="n">
+        <x:v>51815</x:v>
+      </x:c>
+      <x:c r="EI18" s="3" t="n">
+        <x:v>59065</x:v>
+      </x:c>
+      <x:c r="EJ18" s="3" t="n">
+        <x:v>59390</x:v>
+      </x:c>
+      <x:c r="EK18" s="3" t="n">
+        <x:v>64909</x:v>
+      </x:c>
+      <x:c r="EL18" s="3" t="n">
+        <x:v>60332</x:v>
+      </x:c>
+      <x:c r="EM18" s="3" t="n">
+        <x:v>70742</x:v>
+      </x:c>
+      <x:c r="EN18" s="3" t="n">
+        <x:v>75323</x:v>
+      </x:c>
+      <x:c r="EO18" s="3" t="n">
+        <x:v>74356</x:v>
+      </x:c>
+      <x:c r="EP18" s="3" t="n">
+        <x:v>69017</x:v>
+      </x:c>
+      <x:c r="EQ18" s="3" t="n">
+        <x:v>72437</x:v>
+      </x:c>
+      <x:c r="ER18" s="3" t="n">
+        <x:v>69966</x:v>
+      </x:c>
+      <x:c r="ES18" s="3" t="n">
+        <x:v>65369</x:v>
+      </x:c>
+      <x:c r="ET18" s="3" t="n">
+        <x:v>61303</x:v>
+      </x:c>
+      <x:c r="EU18" s="3" t="n">
+        <x:v>64772</x:v>
+      </x:c>
+      <x:c r="EV18" s="3" t="n">
+        <x:v>60489</x:v>
+      </x:c>
+      <x:c r="EW18" s="3" t="n">
+        <x:v>57232</x:v>
+      </x:c>
+      <x:c r="EX18" s="3" t="n">
+        <x:v>49680</x:v>
+      </x:c>
+      <x:c r="EY18" s="3" t="n">
+        <x:v>52863</x:v>
+      </x:c>
+      <x:c r="EZ18" s="3" t="n">
+        <x:v>52281</x:v>
+      </x:c>
+      <x:c r="FA18" s="3" t="n">
+        <x:v>50902</x:v>
+      </x:c>
+      <x:c r="FB18" s="3" t="n">
+        <x:v>47362</x:v>
+      </x:c>
+      <x:c r="FC18" s="3" t="n">
+        <x:v>50860</x:v>
+      </x:c>
+      <x:c r="FD18" s="3" t="n">
+        <x:v>46854</x:v>
+      </x:c>
+      <x:c r="FE18" s="3" t="n">
+        <x:v>50317</x:v>
+      </x:c>
+      <x:c r="FF18" s="3" t="n">
+        <x:v>42005</x:v>
+      </x:c>
+      <x:c r="FG18" s="3" t="n">
+        <x:v>49765</x:v>
+      </x:c>
+      <x:c r="FH18" s="3" t="n">
+        <x:v>51690</x:v>
+      </x:c>
+      <x:c r="FI18" s="3" t="n">
+        <x:v>54223</x:v>
+      </x:c>
+      <x:c r="FJ18" s="3" t="n">
+        <x:v>50870</x:v>
+      </x:c>
+      <x:c r="FK18" s="3" t="n">
+        <x:v>56925</x:v>
+      </x:c>
+      <x:c r="FL18" s="3" t="n">
+        <x:v>58301</x:v>
+      </x:c>
+      <x:c r="FM18" s="3" t="n">
+        <x:v>60913</x:v>
+      </x:c>
+      <x:c r="FN18" s="3" t="n">
+        <x:v>56150</x:v>
+      </x:c>
+      <x:c r="FO18" s="3" t="n">
+        <x:v>54118</x:v>
+      </x:c>
+      <x:c r="FP18" s="3" t="n">
+        <x:v>54017</x:v>
+      </x:c>
+      <x:c r="FQ18" s="3" t="n">
+        <x:v>55939</x:v>
+      </x:c>
+      <x:c r="FR18" s="3" t="n">
+        <x:v>52125</x:v>
+      </x:c>
+      <x:c r="FS18" s="3" t="n">
+        <x:v>53966</x:v>
+      </x:c>
+      <x:c r="FT18" s="3" t="n">
+        <x:v>55845</x:v>
+      </x:c>
+      <x:c r="FU18" s="3" t="n">
+        <x:v>57116</x:v>
+      </x:c>
+      <x:c r="FV18" s="3" t="n">
+        <x:v>49514</x:v>
+      </x:c>
+      <x:c r="FW18" s="3" t="n">
+        <x:v>51822</x:v>
+      </x:c>
+      <x:c r="FX18" s="3" t="n">
+        <x:v>52301</x:v>
+      </x:c>
+      <x:c r="FY18" s="3" t="n">
+        <x:v>53213</x:v>
+      </x:c>
+      <x:c r="FZ18" s="3" t="n">
+        <x:v>50918</x:v>
+      </x:c>
+      <x:c r="GA18" s="3" t="n">
+        <x:v>55400</x:v>
+      </x:c>
+      <x:c r="GB18" s="3" t="n">
+        <x:v>61865</x:v>
+      </x:c>
+      <x:c r="GC18" s="3" t="n">
+        <x:v>64879</x:v>
+      </x:c>
+      <x:c r="GD18" s="3" t="n">
+        <x:v>55176</x:v>
+      </x:c>
+      <x:c r="GE18" s="3" t="n">
+        <x:v>61375</x:v>
+      </x:c>
+      <x:c r="GF18" s="3" t="n">
+        <x:v>62310</x:v>
+      </x:c>
+      <x:c r="GG18" s="3" t="n">
+        <x:v>65423</x:v>
+      </x:c>
+      <x:c r="GH18" s="3" t="n">
+        <x:v>58066</x:v>
+      </x:c>
+      <x:c r="GI18" s="3" t="n">
+        <x:v>66660</x:v>
+      </x:c>
+      <x:c r="GJ18" s="3" t="n">
+        <x:v>67340</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:192">
+      <x:c r="A19" s="2" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="B19" s="3" t="n">
+        <x:v>12839</x:v>
+      </x:c>
+      <x:c r="C19" s="3" t="n">
+        <x:v>12715</x:v>
+      </x:c>
+      <x:c r="D19" s="3" t="n">
         <x:v>9500</x:v>
       </x:c>
-      <x:c r="CI9" s="3" t="n">
-[...29 lines deleted...]
-      <x:c r="CS9" s="3" t="n">
+      <x:c r="E19" s="3" t="n">
+        <x:v>12539</x:v>
+      </x:c>
+      <x:c r="F19" s="3" t="n">
+        <x:v>13700</x:v>
+      </x:c>
+      <x:c r="G19" s="3" t="n">
+        <x:v>12008</x:v>
+      </x:c>
+      <x:c r="H19" s="3" t="n">
+        <x:v>11079</x:v>
+      </x:c>
+      <x:c r="I19" s="3" t="n">
+        <x:v>11855</x:v>
+      </x:c>
+      <x:c r="J19" s="3" t="n">
+        <x:v>8642</x:v>
+      </x:c>
+      <x:c r="K19" s="3" t="n">
+        <x:v>7793</x:v>
+      </x:c>
+      <x:c r="L19" s="3" t="n">
+        <x:v>7000</x:v>
+      </x:c>
+      <x:c r="M19" s="3" t="n">
+        <x:v>7826</x:v>
+      </x:c>
+      <x:c r="N19" s="3" t="n">
+        <x:v>14845</x:v>
+      </x:c>
+      <x:c r="O19" s="3" t="n">
+        <x:v>12679</x:v>
+      </x:c>
+      <x:c r="P19" s="3" t="n">
+        <x:v>12897</x:v>
+      </x:c>
+      <x:c r="Q19" s="3" t="n">
+        <x:v>15164</x:v>
+      </x:c>
+      <x:c r="R19" s="3" t="n">
+        <x:v>18053</x:v>
+      </x:c>
+      <x:c r="S19" s="3" t="n">
+        <x:v>19716</x:v>
+      </x:c>
+      <x:c r="T19" s="3" t="n">
+        <x:v>14110</x:v>
+      </x:c>
+      <x:c r="U19" s="3" t="n">
+        <x:v>17946</x:v>
+      </x:c>
+      <x:c r="V19" s="3" t="n">
+        <x:v>16429</x:v>
+      </x:c>
+      <x:c r="W19" s="3" t="n">
+        <x:v>12259</x:v>
+      </x:c>
+      <x:c r="X19" s="3" t="n">
+        <x:v>8969</x:v>
+      </x:c>
+      <x:c r="Y19" s="3" t="n">
+        <x:v>10439</x:v>
+      </x:c>
+      <x:c r="Z19" s="3" t="n">
+        <x:v>13969</x:v>
+      </x:c>
+      <x:c r="AA19" s="3" t="n">
+        <x:v>10216</x:v>
+      </x:c>
+      <x:c r="AB19" s="3" t="n">
+        <x:v>8631</x:v>
+      </x:c>
+      <x:c r="AC19" s="3" t="n">
+        <x:v>7533</x:v>
+      </x:c>
+      <x:c r="AD19" s="3" t="n">
+        <x:v>16249</x:v>
+      </x:c>
+      <x:c r="AE19" s="3" t="n">
+        <x:v>14686</x:v>
+      </x:c>
+      <x:c r="AF19" s="3" t="n">
+        <x:v>12323</x:v>
+      </x:c>
+      <x:c r="AG19" s="3" t="n">
+        <x:v>6631</x:v>
+      </x:c>
+      <x:c r="AH19" s="3" t="n">
+        <x:v>7511</x:v>
+      </x:c>
+      <x:c r="AI19" s="3" t="n">
+        <x:v>11447</x:v>
+      </x:c>
+      <x:c r="AJ19" s="3" t="n">
+        <x:v>10121</x:v>
+      </x:c>
+      <x:c r="AK19" s="3" t="n">
+        <x:v>5098</x:v>
+      </x:c>
+      <x:c r="AL19" s="3" t="n">
+        <x:v>3068</x:v>
+      </x:c>
+      <x:c r="AM19" s="3" t="n">
+        <x:v>4468</x:v>
+      </x:c>
+      <x:c r="AN19" s="3" t="n">
+        <x:v>10371</x:v>
+      </x:c>
+      <x:c r="AO19" s="3" t="n">
+        <x:v>14178</x:v>
+      </x:c>
+      <x:c r="AP19" s="3" t="n">
+        <x:v>8046</x:v>
+      </x:c>
+      <x:c r="AQ19" s="3" t="n">
+        <x:v>10954</x:v>
+      </x:c>
+      <x:c r="AR19" s="3" t="n">
+        <x:v>8520</x:v>
+      </x:c>
+      <x:c r="AS19" s="3" t="n">
+        <x:v>17708</x:v>
+      </x:c>
+      <x:c r="AT19" s="3" t="n">
+        <x:v>12735</x:v>
+      </x:c>
+      <x:c r="AU19" s="3" t="n">
+        <x:v>14176</x:v>
+      </x:c>
+      <x:c r="AV19" s="3" t="n">
+        <x:v>12580</x:v>
+      </x:c>
+      <x:c r="AW19" s="3" t="n">
+        <x:v>24338</x:v>
+      </x:c>
+      <x:c r="AX19" s="3" t="n">
+        <x:v>13670</x:v>
+      </x:c>
+      <x:c r="AY19" s="3" t="n">
+        <x:v>16559</x:v>
+      </x:c>
+      <x:c r="AZ19" s="3" t="n">
+        <x:v>7295</x:v>
+      </x:c>
+      <x:c r="BA19" s="3" t="n">
+        <x:v>5547</x:v>
+      </x:c>
+      <x:c r="BB19" s="3" t="n">
+        <x:v>13434</x:v>
+      </x:c>
+      <x:c r="BC19" s="3" t="n">
+        <x:v>7569</x:v>
+      </x:c>
+      <x:c r="BD19" s="3" t="n">
+        <x:v>5309</x:v>
+      </x:c>
+      <x:c r="BE19" s="3" t="n">
+        <x:v>13258</x:v>
+      </x:c>
+      <x:c r="BF19" s="3" t="n">
+        <x:v>2540</x:v>
+      </x:c>
+      <x:c r="BG19" s="3" t="n">
+        <x:v>7628</x:v>
+      </x:c>
+      <x:c r="BH19" s="3" t="n">
+        <x:v>6171</x:v>
+      </x:c>
+      <x:c r="BI19" s="3" t="n">
+        <x:v>6144</x:v>
+      </x:c>
+      <x:c r="BJ19" s="3" t="n">
+        <x:v>10019</x:v>
+      </x:c>
+      <x:c r="BK19" s="3" t="n">
+        <x:v>3753</x:v>
+      </x:c>
+      <x:c r="BL19" s="3" t="n">
+        <x:v>9189</x:v>
+      </x:c>
+      <x:c r="BM19" s="3" t="n">
+        <x:v>10214</x:v>
+      </x:c>
+      <x:c r="BN19" s="3" t="n">
+        <x:v>10610</x:v>
+      </x:c>
+      <x:c r="BO19" s="3" t="n">
+        <x:v>9088</x:v>
+      </x:c>
+      <x:c r="BP19" s="3" t="n">
+        <x:v>5107</x:v>
+      </x:c>
+      <x:c r="BQ19" s="3" t="n">
+        <x:v>3663</x:v>
+      </x:c>
+      <x:c r="BR19" s="3" t="n">
+        <x:v>8904</x:v>
+      </x:c>
+      <x:c r="BS19" s="3" t="n">
+        <x:v>5411</x:v>
+      </x:c>
+      <x:c r="BT19" s="3" t="n">
+        <x:v>3804</x:v>
+      </x:c>
+      <x:c r="BU19" s="3" t="n">
+        <x:v>8338</x:v>
+      </x:c>
+      <x:c r="BV19" s="3" t="n">
+        <x:v>7331</x:v>
+      </x:c>
+      <x:c r="BW19" s="3" t="n">
+        <x:v>4932</x:v>
+      </x:c>
+      <x:c r="BX19" s="3" t="n">
+        <x:v>6956</x:v>
+      </x:c>
+      <x:c r="BY19" s="3" t="n">
+        <x:v>7050</x:v>
+      </x:c>
+      <x:c r="BZ19" s="3" t="n">
+        <x:v>11892</x:v>
+      </x:c>
+      <x:c r="CA19" s="3" t="n">
+        <x:v>9551</x:v>
+      </x:c>
+      <x:c r="CB19" s="3" t="n">
+        <x:v>10931</x:v>
+      </x:c>
+      <x:c r="CC19" s="3" t="n">
+        <x:v>8275</x:v>
+      </x:c>
+      <x:c r="CD19" s="3" t="n">
+        <x:v>14847</x:v>
+      </x:c>
+      <x:c r="CE19" s="3" t="n">
+        <x:v>7960</x:v>
+      </x:c>
+      <x:c r="CF19" s="3" t="n">
+        <x:v>9867</x:v>
+      </x:c>
+      <x:c r="CG19" s="3" t="n">
         <x:v>10390</x:v>
       </x:c>
-      <x:c r="CT9" s="3" t="n">
-[...279 lines deleted...]
-        <x:v>39758</x:v>
+      <x:c r="CH19" s="3" t="n">
+        <x:v>7705</x:v>
+      </x:c>
+      <x:c r="CI19" s="3" t="n">
+        <x:v>4957</x:v>
+      </x:c>
+      <x:c r="CJ19" s="3" t="n">
+        <x:v>17228</x:v>
+      </x:c>
+      <x:c r="CK19" s="3" t="n">
+        <x:v>10010</x:v>
+      </x:c>
+      <x:c r="CL19" s="3" t="n">
+        <x:v>14935</x:v>
+      </x:c>
+      <x:c r="CM19" s="3" t="n">
+        <x:v>15464</x:v>
+      </x:c>
+      <x:c r="CN19" s="3" t="n">
+        <x:v>10869</x:v>
+      </x:c>
+      <x:c r="CO19" s="3" t="n">
+        <x:v>7403</x:v>
+      </x:c>
+      <x:c r="CP19" s="3" t="n">
+        <x:v>14309</x:v>
+      </x:c>
+      <x:c r="CQ19" s="3" t="n">
+        <x:v>7526</x:v>
+      </x:c>
+      <x:c r="CR19" s="3" t="n">
+        <x:v>7849</x:v>
+      </x:c>
+      <x:c r="CS19" s="3" t="n">
+        <x:v>9539</x:v>
+      </x:c>
+      <x:c r="CT19" s="3" t="n">
+        <x:v>2951</x:v>
+      </x:c>
+      <x:c r="CU19" s="3" t="n">
+        <x:v>3812</x:v>
+      </x:c>
+      <x:c r="CV19" s="3" t="n">
+        <x:v>3335</x:v>
+      </x:c>
+      <x:c r="CW19" s="3" t="n">
+        <x:v>4573</x:v>
+      </x:c>
+      <x:c r="CX19" s="3" t="n">
+        <x:v>10803</x:v>
+      </x:c>
+      <x:c r="CY19" s="3" t="n">
+        <x:v>9065</x:v>
+      </x:c>
+      <x:c r="CZ19" s="3" t="n">
+        <x:v>7490</x:v>
+      </x:c>
+      <x:c r="DA19" s="3" t="n">
+        <x:v>5987</x:v>
+      </x:c>
+      <x:c r="DB19" s="3" t="n">
+        <x:v>5638</x:v>
+      </x:c>
+      <x:c r="DC19" s="3" t="n">
+        <x:v>4546</x:v>
+      </x:c>
+      <x:c r="DD19" s="3" t="n">
+        <x:v>5966</x:v>
+      </x:c>
+      <x:c r="DE19" s="3" t="n">
+        <x:v>11712</x:v>
+      </x:c>
+      <x:c r="DF19" s="3" t="n">
+        <x:v>4958</x:v>
+      </x:c>
+      <x:c r="DG19" s="3" t="n">
+        <x:v>5143</x:v>
+      </x:c>
+      <x:c r="DH19" s="3" t="n">
+        <x:v>2167</x:v>
+      </x:c>
+      <x:c r="DI19" s="3" t="n">
+        <x:v>6799</x:v>
+      </x:c>
+      <x:c r="DJ19" s="3" t="n">
+        <x:v>8665</x:v>
+      </x:c>
+      <x:c r="DK19" s="3" t="n">
+        <x:v>8374</x:v>
+      </x:c>
+      <x:c r="DL19" s="3" t="n">
+        <x:v>8366</x:v>
+      </x:c>
+      <x:c r="DM19" s="3" t="n">
+        <x:v>6083</x:v>
+      </x:c>
+      <x:c r="DN19" s="3" t="n">
+        <x:v>7045</x:v>
+      </x:c>
+      <x:c r="DO19" s="3" t="n">
+        <x:v>6413</x:v>
+      </x:c>
+      <x:c r="DP19" s="3" t="n">
+        <x:v>9043</x:v>
+      </x:c>
+      <x:c r="DQ19" s="3" t="n">
+        <x:v>6332</x:v>
+      </x:c>
+      <x:c r="DR19" s="3" t="n">
+        <x:v>3679</x:v>
+      </x:c>
+      <x:c r="DS19" s="3" t="n">
+        <x:v>3691</x:v>
+      </x:c>
+      <x:c r="DT19" s="3" t="n">
+        <x:v>2779</x:v>
+      </x:c>
+      <x:c r="DU19" s="3" t="n">
+        <x:v>5172</x:v>
+      </x:c>
+      <x:c r="DV19" s="3" t="n">
+        <x:v>5047</x:v>
+      </x:c>
+      <x:c r="DW19" s="3" t="n">
+        <x:v>5636</x:v>
+      </x:c>
+      <x:c r="DX19" s="3" t="n">
+        <x:v>5302</x:v>
+      </x:c>
+      <x:c r="DY19" s="3" t="n">
+        <x:v>6018</x:v>
+      </x:c>
+      <x:c r="DZ19" s="3" t="n">
+        <x:v>5617</x:v>
+      </x:c>
+      <x:c r="EA19" s="3" t="n">
+        <x:v>6883</x:v>
+      </x:c>
+      <x:c r="EB19" s="3" t="n">
+        <x:v>6039</x:v>
+      </x:c>
+      <x:c r="EC19" s="3" t="n">
+        <x:v>5931</x:v>
+      </x:c>
+      <x:c r="ED19" s="3" t="n">
+        <x:v>9153</x:v>
+      </x:c>
+      <x:c r="EE19" s="3" t="n">
+        <x:v>8032</x:v>
+      </x:c>
+      <x:c r="EF19" s="3" t="n">
+        <x:v>8477</x:v>
+      </x:c>
+      <x:c r="EG19" s="3" t="n">
+        <x:v>9827</x:v>
+      </x:c>
+      <x:c r="EH19" s="3" t="n">
+        <x:v>5060</x:v>
+      </x:c>
+      <x:c r="EI19" s="3" t="n">
+        <x:v>4436</x:v>
+      </x:c>
+      <x:c r="EJ19" s="3" t="n">
+        <x:v>3990</x:v>
+      </x:c>
+      <x:c r="EK19" s="3" t="n">
+        <x:v>5256</x:v>
+      </x:c>
+      <x:c r="EL19" s="3" t="n">
+        <x:v>1424</x:v>
+      </x:c>
+      <x:c r="EM19" s="3" t="n">
+        <x:v>1796</x:v>
+      </x:c>
+      <x:c r="EN19" s="3" t="n">
+        <x:v>1500</x:v>
+      </x:c>
+      <x:c r="EO19" s="3" t="n">
+        <x:v>1249</x:v>
+      </x:c>
+      <x:c r="EP19" s="3" t="n">
+        <x:v>1714</x:v>
+      </x:c>
+      <x:c r="EQ19" s="3" t="n">
+        <x:v>2482</x:v>
+      </x:c>
+      <x:c r="ER19" s="3" t="n">
+        <x:v>2744</x:v>
+      </x:c>
+      <x:c r="ES19" s="3" t="n">
+        <x:v>2586</x:v>
+      </x:c>
+      <x:c r="ET19" s="3" t="n">
+        <x:v>-303</x:v>
+      </x:c>
+      <x:c r="EU19" s="3" t="n">
+        <x:v>-433</x:v>
+      </x:c>
+      <x:c r="EV19" s="3" t="n">
+        <x:v>-339</x:v>
+      </x:c>
+      <x:c r="EW19" s="3" t="n">
+        <x:v>-323</x:v>
+      </x:c>
+      <x:c r="EX19" s="3" t="n">
+        <x:v>3373</x:v>
+      </x:c>
+      <x:c r="EY19" s="3" t="n">
+        <x:v>5562</x:v>
+      </x:c>
+      <x:c r="EZ19" s="3" t="n">
+        <x:v>8884</x:v>
+      </x:c>
+      <x:c r="FA19" s="3" t="n">
+        <x:v>6857</x:v>
+      </x:c>
+      <x:c r="FB19" s="3" t="n">
+        <x:v>3755</x:v>
+      </x:c>
+      <x:c r="FC19" s="3" t="n">
+        <x:v>3780</x:v>
+      </x:c>
+      <x:c r="FD19" s="3" t="n">
+        <x:v>5707</x:v>
+      </x:c>
+      <x:c r="FE19" s="3" t="n">
+        <x:v>4144</x:v>
+      </x:c>
+      <x:c r="FF19" s="3" t="n">
+        <x:v>4822</x:v>
+      </x:c>
+      <x:c r="FG19" s="3" t="n">
+        <x:v>4308</x:v>
+      </x:c>
+      <x:c r="FH19" s="3" t="n">
+        <x:v>4030</x:v>
+      </x:c>
+      <x:c r="FI19" s="3" t="n">
+        <x:v>4734</x:v>
+      </x:c>
+      <x:c r="FJ19" s="3" t="n">
+        <x:v>5055</x:v>
+      </x:c>
+      <x:c r="FK19" s="3" t="n">
+        <x:v>5253</x:v>
+      </x:c>
+      <x:c r="FL19" s="3" t="n">
+        <x:v>8553</x:v>
+      </x:c>
+      <x:c r="FM19" s="3" t="n">
+        <x:v>11920</x:v>
+      </x:c>
+      <x:c r="FN19" s="3" t="n">
+        <x:v>7826</x:v>
+      </x:c>
+      <x:c r="FO19" s="3" t="n">
+        <x:v>3844</x:v>
+      </x:c>
+      <x:c r="FP19" s="3" t="n">
+        <x:v>7128</x:v>
+      </x:c>
+      <x:c r="FQ19" s="3" t="n">
+        <x:v>5942</x:v>
+      </x:c>
+      <x:c r="FR19" s="3" t="n">
+        <x:v>9538</x:v>
+      </x:c>
+      <x:c r="FS19" s="3" t="n">
+        <x:v>2283</x:v>
+      </x:c>
+      <x:c r="FT19" s="3" t="n">
+        <x:v>2104</x:v>
+      </x:c>
+      <x:c r="FU19" s="3" t="n">
+        <x:v>6448</x:v>
+      </x:c>
+      <x:c r="FV19" s="3" t="n">
+        <x:v>7665</x:v>
+      </x:c>
+      <x:c r="FW19" s="3" t="n">
+        <x:v>3616</x:v>
+      </x:c>
+      <x:c r="FX19" s="3" t="n">
+        <x:v>1662</x:v>
+      </x:c>
+      <x:c r="FY19" s="3" t="n">
+        <x:v>6910</x:v>
+      </x:c>
+      <x:c r="FZ19" s="3" t="n">
+        <x:v>5223</x:v>
+      </x:c>
+      <x:c r="GA19" s="3" t="n">
+        <x:v>3632</x:v>
+      </x:c>
+      <x:c r="GB19" s="3" t="n">
+        <x:v>11500</x:v>
+      </x:c>
+      <x:c r="GC19" s="3" t="n">
+        <x:v>1039</x:v>
+      </x:c>
+      <x:c r="GD19" s="3" t="n">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="GE19" s="3" t="n">
+        <x:v>872</x:v>
+      </x:c>
+      <x:c r="GF19" s="3" t="n">
+        <x:v>2735</x:v>
+      </x:c>
+      <x:c r="GG19" s="3" t="n">
+        <x:v>5190</x:v>
+      </x:c>
+      <x:c r="GH19" s="3" t="n">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="GI19" s="3" t="n">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="GJ19" s="3" t="n">
+        <x:v>174</x:v>
       </x:c>
     </x:row>
-    <x:row r="10" spans="1:191">
-[...571 lines deleted...]
-        <x:v>-22085</x:v>
+    <x:row r="20" spans="1:192">
+      <x:c r="A20" s="2" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="B20" s="3" t="n">
+        <x:v>75212</x:v>
+      </x:c>
+      <x:c r="C20" s="3" t="n">
+        <x:v>85431</x:v>
+      </x:c>
+      <x:c r="D20" s="3" t="n">
+        <x:v>81587</x:v>
+      </x:c>
+      <x:c r="E20" s="3" t="n">
+        <x:v>89387</x:v>
+      </x:c>
+      <x:c r="F20" s="3" t="n">
+        <x:v>71412</x:v>
+      </x:c>
+      <x:c r="G20" s="3" t="n">
+        <x:v>72790</x:v>
+      </x:c>
+      <x:c r="H20" s="3" t="n">
+        <x:v>77183</x:v>
+      </x:c>
+      <x:c r="I20" s="3" t="n">
+        <x:v>95921</x:v>
+      </x:c>
+      <x:c r="J20" s="3" t="n">
+        <x:v>79758</x:v>
+      </x:c>
+      <x:c r="K20" s="3" t="n">
+        <x:v>75971</x:v>
+      </x:c>
+      <x:c r="L20" s="3" t="n">
+        <x:v>82979</x:v>
+      </x:c>
+      <x:c r="M20" s="3" t="n">
+        <x:v>83194</x:v>
+      </x:c>
+      <x:c r="N20" s="3" t="n">
+        <x:v>74713</x:v>
+      </x:c>
+      <x:c r="O20" s="3" t="n">
+        <x:v>81771</x:v>
+      </x:c>
+      <x:c r="P20" s="3" t="n">
+        <x:v>87609</x:v>
+      </x:c>
+      <x:c r="Q20" s="3" t="n">
+        <x:v>89024</x:v>
+      </x:c>
+      <x:c r="R20" s="3" t="n">
+        <x:v>71568</x:v>
+      </x:c>
+      <x:c r="S20" s="3" t="n">
+        <x:v>90625</x:v>
+      </x:c>
+      <x:c r="T20" s="3" t="n">
+        <x:v>82723</x:v>
+      </x:c>
+      <x:c r="U20" s="3" t="n">
+        <x:v>84768</x:v>
+      </x:c>
+      <x:c r="V20" s="3" t="n">
+        <x:v>74635</x:v>
+      </x:c>
+      <x:c r="W20" s="3" t="n">
+        <x:v>82155</x:v>
+      </x:c>
+      <x:c r="X20" s="3" t="n">
+        <x:v>83866</x:v>
+      </x:c>
+      <x:c r="Y20" s="3" t="n">
+        <x:v>85595</x:v>
+      </x:c>
+      <x:c r="Z20" s="3" t="n">
+        <x:v>72520</x:v>
+      </x:c>
+      <x:c r="AA20" s="3" t="n">
+        <x:v>80461</x:v>
+      </x:c>
+      <x:c r="AB20" s="3" t="n">
+        <x:v>87509</x:v>
+      </x:c>
+      <x:c r="AC20" s="3" t="n">
+        <x:v>90004</x:v>
+      </x:c>
+      <x:c r="AD20" s="3" t="n">
+        <x:v>74763</x:v>
+      </x:c>
+      <x:c r="AE20" s="3" t="n">
+        <x:v>83812</x:v>
+      </x:c>
+      <x:c r="AF20" s="3" t="n">
+        <x:v>87731</x:v>
+      </x:c>
+      <x:c r="AG20" s="3" t="n">
+        <x:v>105331</x:v>
+      </x:c>
+      <x:c r="AH20" s="3" t="n">
+        <x:v>95424</x:v>
+      </x:c>
+      <x:c r="AI20" s="3" t="n">
+        <x:v>101397</x:v>
+      </x:c>
+      <x:c r="AJ20" s="3" t="n">
+        <x:v>106970</x:v>
+      </x:c>
+      <x:c r="AK20" s="3" t="n">
+        <x:v>95740</x:v>
+      </x:c>
+      <x:c r="AL20" s="3" t="n">
+        <x:v>88561</x:v>
+      </x:c>
+      <x:c r="AM20" s="3" t="n">
+        <x:v>85368</x:v>
+      </x:c>
+      <x:c r="AN20" s="3" t="n">
+        <x:v>98532</x:v>
+      </x:c>
+      <x:c r="AO20" s="3" t="n">
+        <x:v>125905</x:v>
+      </x:c>
+      <x:c r="AP20" s="3" t="n">
+        <x:v>90793</x:v>
+      </x:c>
+      <x:c r="AQ20" s="3" t="n">
+        <x:v>93695</x:v>
+      </x:c>
+      <x:c r="AR20" s="3" t="n">
+        <x:v>91578</x:v>
+      </x:c>
+      <x:c r="AS20" s="3" t="n">
+        <x:v>100317</x:v>
+      </x:c>
+      <x:c r="AT20" s="3" t="n">
+        <x:v>79955</x:v>
+      </x:c>
+      <x:c r="AU20" s="3" t="n">
+        <x:v>83303</x:v>
+      </x:c>
+      <x:c r="AV20" s="3" t="n">
+        <x:v>74351</x:v>
+      </x:c>
+      <x:c r="AW20" s="3" t="n">
+        <x:v>88425</x:v>
+      </x:c>
+      <x:c r="AX20" s="3" t="n">
+        <x:v>72658</x:v>
+      </x:c>
+      <x:c r="AY20" s="3" t="n">
+        <x:v>82724</x:v>
+      </x:c>
+      <x:c r="AZ20" s="3" t="n">
+        <x:v>74007</x:v>
+      </x:c>
+      <x:c r="BA20" s="3" t="n">
+        <x:v>84087</x:v>
+      </x:c>
+      <x:c r="BB20" s="3" t="n">
+        <x:v>66046</x:v>
+      </x:c>
+      <x:c r="BC20" s="3" t="n">
+        <x:v>72059</x:v>
+      </x:c>
+      <x:c r="BD20" s="3" t="n">
+        <x:v>68033</x:v>
+      </x:c>
+      <x:c r="BE20" s="3" t="n">
+        <x:v>91282</x:v>
+      </x:c>
+      <x:c r="BF20" s="3" t="n">
+        <x:v>69540</x:v>
+      </x:c>
+      <x:c r="BG20" s="3" t="n">
+        <x:v>70161</x:v>
+      </x:c>
+      <x:c r="BH20" s="3" t="n">
+        <x:v>67440</x:v>
+      </x:c>
+      <x:c r="BI20" s="3" t="n">
+        <x:v>80421</x:v>
+      </x:c>
+      <x:c r="BJ20" s="3" t="n">
+        <x:v>62008</x:v>
+      </x:c>
+      <x:c r="BK20" s="3" t="n">
+        <x:v>67838</x:v>
+      </x:c>
+      <x:c r="BL20" s="3" t="n">
+        <x:v>71603</x:v>
+      </x:c>
+      <x:c r="BM20" s="3" t="n">
+        <x:v>82760</x:v>
+      </x:c>
+      <x:c r="BN20" s="3" t="n">
+        <x:v>70624</x:v>
+      </x:c>
+      <x:c r="BO20" s="3" t="n">
+        <x:v>74790</x:v>
+      </x:c>
+      <x:c r="BP20" s="3" t="n">
+        <x:v>80858</x:v>
+      </x:c>
+      <x:c r="BQ20" s="3" t="n">
+        <x:v>88114</x:v>
+      </x:c>
+      <x:c r="BR20" s="3" t="n">
+        <x:v>82026</x:v>
+      </x:c>
+      <x:c r="BS20" s="3" t="n">
+        <x:v>85185</x:v>
+      </x:c>
+      <x:c r="BT20" s="3" t="n">
+        <x:v>89095</x:v>
+      </x:c>
+      <x:c r="BU20" s="3" t="n">
+        <x:v>94936</x:v>
+      </x:c>
+      <x:c r="BV20" s="3" t="n">
+        <x:v>90406</x:v>
+      </x:c>
+      <x:c r="BW20" s="3" t="n">
+        <x:v>93284</x:v>
+      </x:c>
+      <x:c r="BX20" s="3" t="n">
+        <x:v>98766</x:v>
+      </x:c>
+      <x:c r="BY20" s="3" t="n">
+        <x:v>112321</x:v>
+      </x:c>
+      <x:c r="BZ20" s="3" t="n">
+        <x:v>96330</x:v>
+      </x:c>
+      <x:c r="CA20" s="3" t="n">
+        <x:v>101459</x:v>
+      </x:c>
+      <x:c r="CB20" s="3" t="n">
+        <x:v>115631</x:v>
+      </x:c>
+      <x:c r="CC20" s="3" t="n">
+        <x:v>117108</x:v>
+      </x:c>
+      <x:c r="CD20" s="3" t="n">
+        <x:v>116180</x:v>
+      </x:c>
+      <x:c r="CE20" s="3" t="n">
+        <x:v>110387</x:v>
+      </x:c>
+      <x:c r="CF20" s="3" t="n">
+        <x:v>116534</x:v>
+      </x:c>
+      <x:c r="CG20" s="3" t="n">
+        <x:v>124811</x:v>
+      </x:c>
+      <x:c r="CH20" s="3" t="n">
+        <x:v>106063</x:v>
+      </x:c>
+      <x:c r="CI20" s="3" t="n">
+        <x:v>108668</x:v>
+      </x:c>
+      <x:c r="CJ20" s="3" t="n">
+        <x:v>116954</x:v>
+      </x:c>
+      <x:c r="CK20" s="3" t="n">
+        <x:v>129708</x:v>
+      </x:c>
+      <x:c r="CL20" s="3" t="n">
+        <x:v>112084</x:v>
+      </x:c>
+      <x:c r="CM20" s="3" t="n">
+        <x:v>115061</x:v>
+      </x:c>
+      <x:c r="CN20" s="3" t="n">
+        <x:v>114016</x:v>
+      </x:c>
+      <x:c r="CO20" s="3" t="n">
+        <x:v>126197</x:v>
+      </x:c>
+      <x:c r="CP20" s="3" t="n">
+        <x:v>124509</x:v>
+      </x:c>
+      <x:c r="CQ20" s="3" t="n">
+        <x:v>118689</x:v>
+      </x:c>
+      <x:c r="CR20" s="3" t="n">
+        <x:v>124171</x:v>
+      </x:c>
+      <x:c r="CS20" s="3" t="n">
+        <x:v>116767</x:v>
+      </x:c>
+      <x:c r="CT20" s="3" t="n">
+        <x:v>121210</x:v>
+      </x:c>
+      <x:c r="CU20" s="3" t="n">
+        <x:v>128898</x:v>
+      </x:c>
+      <x:c r="CV20" s="3" t="n">
+        <x:v>124669</x:v>
+      </x:c>
+      <x:c r="CW20" s="3" t="n">
+        <x:v>132389</x:v>
+      </x:c>
+      <x:c r="CX20" s="3" t="n">
+        <x:v>112277</x:v>
+      </x:c>
+      <x:c r="CY20" s="3" t="n">
+        <x:v>118013</x:v>
+      </x:c>
+      <x:c r="CZ20" s="3" t="n">
+        <x:v>120036</x:v>
+      </x:c>
+      <x:c r="DA20" s="3" t="n">
+        <x:v>131640</x:v>
+      </x:c>
+      <x:c r="DB20" s="3" t="n">
+        <x:v>120230</x:v>
+      </x:c>
+      <x:c r="DC20" s="3" t="n">
+        <x:v>128057</x:v>
+      </x:c>
+      <x:c r="DD20" s="3" t="n">
+        <x:v>133182</x:v>
+      </x:c>
+      <x:c r="DE20" s="3" t="n">
+        <x:v>164742</x:v>
+      </x:c>
+      <x:c r="DF20" s="3" t="n">
+        <x:v>136730</x:v>
+      </x:c>
+      <x:c r="DG20" s="3" t="n">
+        <x:v>143630</x:v>
+      </x:c>
+      <x:c r="DH20" s="3" t="n">
+        <x:v>144183</x:v>
+      </x:c>
+      <x:c r="DI20" s="3" t="n">
+        <x:v>173012</x:v>
+      </x:c>
+      <x:c r="DJ20" s="3" t="n">
+        <x:v>151454</x:v>
+      </x:c>
+      <x:c r="DK20" s="3" t="n">
+        <x:v>168273</x:v>
+      </x:c>
+      <x:c r="DL20" s="3" t="n">
+        <x:v>158026</x:v>
+      </x:c>
+      <x:c r="DM20" s="3" t="n">
+        <x:v>184554</x:v>
+      </x:c>
+      <x:c r="DN20" s="3" t="n">
+        <x:v>174997</x:v>
+      </x:c>
+      <x:c r="DO20" s="3" t="n">
+        <x:v>187503</x:v>
+      </x:c>
+      <x:c r="DP20" s="3" t="n">
+        <x:v>185081</x:v>
+      </x:c>
+      <x:c r="DQ20" s="3" t="n">
+        <x:v>219636</x:v>
+      </x:c>
+      <x:c r="DR20" s="3" t="n">
+        <x:v>193422</x:v>
+      </x:c>
+      <x:c r="DS20" s="3" t="n">
+        <x:v>196846</x:v>
+      </x:c>
+      <x:c r="DT20" s="3" t="n">
+        <x:v>193394</x:v>
+      </x:c>
+      <x:c r="DU20" s="3" t="n">
+        <x:v>207377</x:v>
+      </x:c>
+      <x:c r="DV20" s="3" t="n">
+        <x:v>166396</x:v>
+      </x:c>
+      <x:c r="DW20" s="3" t="n">
+        <x:v>169680</x:v>
+      </x:c>
+      <x:c r="DX20" s="3" t="n">
+        <x:v>164598</x:v>
+      </x:c>
+      <x:c r="DY20" s="3" t="n">
+        <x:v>200961</x:v>
+      </x:c>
+      <x:c r="DZ20" s="3" t="n">
+        <x:v>149235</x:v>
+      </x:c>
+      <x:c r="EA20" s="3" t="n">
+        <x:v>160168</x:v>
+      </x:c>
+      <x:c r="EB20" s="3" t="n">
+        <x:v>158698</x:v>
+      </x:c>
+      <x:c r="EC20" s="3" t="n">
+        <x:v>183958</x:v>
+      </x:c>
+      <x:c r="ED20" s="3" t="n">
+        <x:v>168973</x:v>
+      </x:c>
+      <x:c r="EE20" s="3" t="n">
+        <x:v>168253</x:v>
+      </x:c>
+      <x:c r="EF20" s="3" t="n">
+        <x:v>169426</x:v>
+      </x:c>
+      <x:c r="EG20" s="3" t="n">
+        <x:v>185744</x:v>
+      </x:c>
+      <x:c r="EH20" s="3" t="n">
+        <x:v>170854</x:v>
+      </x:c>
+      <x:c r="EI20" s="3" t="n">
+        <x:v>178173</x:v>
+      </x:c>
+      <x:c r="EJ20" s="3" t="n">
+        <x:v>187838</x:v>
+      </x:c>
+      <x:c r="EK20" s="3" t="n">
+        <x:v>206843</x:v>
+      </x:c>
+      <x:c r="EL20" s="3" t="n">
+        <x:v>177980</x:v>
+      </x:c>
+      <x:c r="EM20" s="3" t="n">
+        <x:v>194758</x:v>
+      </x:c>
+      <x:c r="EN20" s="3" t="n">
+        <x:v>188027</x:v>
+      </x:c>
+      <x:c r="EO20" s="3" t="n">
+        <x:v>204844</x:v>
+      </x:c>
+      <x:c r="EP20" s="3" t="n">
+        <x:v>186187</x:v>
+      </x:c>
+      <x:c r="EQ20" s="3" t="n">
+        <x:v>197406</x:v>
+      </x:c>
+      <x:c r="ER20" s="3" t="n">
+        <x:v>191168</x:v>
+      </x:c>
+      <x:c r="ES20" s="3" t="n">
+        <x:v>201883</x:v>
+      </x:c>
+      <x:c r="ET20" s="3" t="n">
+        <x:v>186324</x:v>
+      </x:c>
+      <x:c r="EU20" s="3" t="n">
+        <x:v>195722</x:v>
+      </x:c>
+      <x:c r="EV20" s="3" t="n">
+        <x:v>192061</x:v>
+      </x:c>
+      <x:c r="EW20" s="3" t="n">
+        <x:v>204050</x:v>
+      </x:c>
+      <x:c r="EX20" s="3" t="n">
+        <x:v>191440</x:v>
+      </x:c>
+      <x:c r="EY20" s="3" t="n">
+        <x:v>212490</x:v>
+      </x:c>
+      <x:c r="EZ20" s="3" t="n">
+        <x:v>212954</x:v>
+      </x:c>
+      <x:c r="FA20" s="3" t="n">
+        <x:v>237047</x:v>
+      </x:c>
+      <x:c r="FB20" s="3" t="n">
+        <x:v>214913</x:v>
+      </x:c>
+      <x:c r="FC20" s="3" t="n">
+        <x:v>223961</x:v>
+      </x:c>
+      <x:c r="FD20" s="3" t="n">
+        <x:v>222021</x:v>
+      </x:c>
+      <x:c r="FE20" s="3" t="n">
+        <x:v>248953</x:v>
+      </x:c>
+      <x:c r="FF20" s="3" t="n">
+        <x:v>211573</x:v>
+      </x:c>
+      <x:c r="FG20" s="3" t="n">
+        <x:v>229429</x:v>
+      </x:c>
+      <x:c r="FH20" s="3" t="n">
+        <x:v>228041</x:v>
+      </x:c>
+      <x:c r="FI20" s="3" t="n">
+        <x:v>254379</x:v>
+      </x:c>
+      <x:c r="FJ20" s="3" t="n">
+        <x:v>228221</x:v>
+      </x:c>
+      <x:c r="FK20" s="3" t="n">
+        <x:v>248300</x:v>
+      </x:c>
+      <x:c r="FL20" s="3" t="n">
+        <x:v>248471</x:v>
+      </x:c>
+      <x:c r="FM20" s="3" t="n">
+        <x:v>268729</x:v>
+      </x:c>
+      <x:c r="FN20" s="3" t="n">
+        <x:v>229010</x:v>
+      </x:c>
+      <x:c r="FO20" s="3" t="n">
+        <x:v>240064</x:v>
+      </x:c>
+      <x:c r="FP20" s="3" t="n">
+        <x:v>234814</x:v>
+      </x:c>
+      <x:c r="FQ20" s="3" t="n">
+        <x:v>261643</x:v>
+      </x:c>
+      <x:c r="FR20" s="3" t="n">
+        <x:v>233970</x:v>
+      </x:c>
+      <x:c r="FS20" s="3" t="n">
+        <x:v>246055</x:v>
+      </x:c>
+      <x:c r="FT20" s="3" t="n">
+        <x:v>241463</x:v>
+      </x:c>
+      <x:c r="FU20" s="3" t="n">
+        <x:v>269216</x:v>
+      </x:c>
+      <x:c r="FV20" s="3" t="n">
+        <x:v>237353</x:v>
+      </x:c>
+      <x:c r="FW20" s="3" t="n">
+        <x:v>249765</x:v>
+      </x:c>
+      <x:c r="FX20" s="3" t="n">
+        <x:v>248557</x:v>
+      </x:c>
+      <x:c r="FY20" s="3" t="n">
+        <x:v>266327</x:v>
+      </x:c>
+      <x:c r="FZ20" s="3" t="n">
+        <x:v>230575</x:v>
+      </x:c>
+      <x:c r="GA20" s="3" t="n">
+        <x:v>233979</x:v>
+      </x:c>
+      <x:c r="GB20" s="3" t="n">
+        <x:v>221011</x:v>
+      </x:c>
+      <x:c r="GC20" s="3" t="n">
+        <x:v>257763</x:v>
+      </x:c>
+      <x:c r="GD20" s="3" t="n">
+        <x:v>210335</x:v>
+      </x:c>
+      <x:c r="GE20" s="3" t="n">
+        <x:v>228912</x:v>
+      </x:c>
+      <x:c r="GF20" s="3" t="n">
+        <x:v>229424</x:v>
+      </x:c>
+      <x:c r="GG20" s="3" t="n">
+        <x:v>259065</x:v>
+      </x:c>
+      <x:c r="GH20" s="3" t="n">
+        <x:v>211154</x:v>
+      </x:c>
+      <x:c r="GI20" s="3" t="n">
+        <x:v>228965</x:v>
+      </x:c>
+      <x:c r="GJ20" s="3" t="n">
+        <x:v>220921</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:191">
-[...571 lines deleted...]
-        <x:v>27595</x:v>
+    <x:row r="21" spans="1:192">
+      <x:c r="A21" s="2" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="B21" s="3" t="n">
+        <x:v>57281</x:v>
+      </x:c>
+      <x:c r="C21" s="3" t="n">
+        <x:v>65207</x:v>
+      </x:c>
+      <x:c r="D21" s="3" t="n">
+        <x:v>64723</x:v>
+      </x:c>
+      <x:c r="E21" s="3" t="n">
+        <x:v>72588</x:v>
+      </x:c>
+      <x:c r="F21" s="3" t="n">
+        <x:v>54750</x:v>
+      </x:c>
+      <x:c r="G21" s="3" t="n">
+        <x:v>58539</x:v>
+      </x:c>
+      <x:c r="H21" s="3" t="n">
+        <x:v>62136</x:v>
+      </x:c>
+      <x:c r="I21" s="3" t="n">
+        <x:v>75158</x:v>
+      </x:c>
+      <x:c r="J21" s="3" t="n">
+        <x:v>59479</x:v>
+      </x:c>
+      <x:c r="K21" s="3" t="n">
+        <x:v>60055</x:v>
+      </x:c>
+      <x:c r="L21" s="3" t="n">
+        <x:v>65821</x:v>
+      </x:c>
+      <x:c r="M21" s="3" t="n">
+        <x:v>66636</x:v>
+      </x:c>
+      <x:c r="N21" s="3" t="n">
+        <x:v>57388</x:v>
+      </x:c>
+      <x:c r="O21" s="3" t="n">
+        <x:v>64258</x:v>
+      </x:c>
+      <x:c r="P21" s="3" t="n">
+        <x:v>68412</x:v>
+      </x:c>
+      <x:c r="Q21" s="3" t="n">
+        <x:v>70609</x:v>
+      </x:c>
+      <x:c r="R21" s="3" t="n">
+        <x:v>57440</x:v>
+      </x:c>
+      <x:c r="S21" s="3" t="n">
+        <x:v>69814</x:v>
+      </x:c>
+      <x:c r="T21" s="3" t="n">
+        <x:v>65936</x:v>
+      </x:c>
+      <x:c r="U21" s="3" t="n">
+        <x:v>68090</x:v>
+      </x:c>
+      <x:c r="V21" s="3" t="n">
+        <x:v>56078</x:v>
+      </x:c>
+      <x:c r="W21" s="3" t="n">
+        <x:v>63016</x:v>
+      </x:c>
+      <x:c r="X21" s="3" t="n">
+        <x:v>68390</x:v>
+      </x:c>
+      <x:c r="Y21" s="3" t="n">
+        <x:v>67568</x:v>
+      </x:c>
+      <x:c r="Z21" s="3" t="n">
+        <x:v>55706</x:v>
+      </x:c>
+      <x:c r="AA21" s="3" t="n">
+        <x:v>63991</x:v>
+      </x:c>
+      <x:c r="AB21" s="3" t="n">
+        <x:v>68865</x:v>
+      </x:c>
+      <x:c r="AC21" s="3" t="n">
+        <x:v>71646</x:v>
+      </x:c>
+      <x:c r="AD21" s="3" t="n">
+        <x:v>51256</x:v>
+      </x:c>
+      <x:c r="AE21" s="3" t="n">
+        <x:v>63376</x:v>
+      </x:c>
+      <x:c r="AF21" s="3" t="n">
+        <x:v>84379</x:v>
+      </x:c>
+      <x:c r="AG21" s="3" t="n">
+        <x:v>81440</x:v>
+      </x:c>
+      <x:c r="AH21" s="3" t="n">
+        <x:v>73301</x:v>
+      </x:c>
+      <x:c r="AI21" s="3" t="n">
+        <x:v>81592</x:v>
+      </x:c>
+      <x:c r="AJ21" s="3" t="n">
+        <x:v>86332</x:v>
+      </x:c>
+      <x:c r="AK21" s="3" t="n">
+        <x:v>79338</x:v>
+      </x:c>
+      <x:c r="AL21" s="3" t="n">
+        <x:v>69947</x:v>
+      </x:c>
+      <x:c r="AM21" s="3" t="n">
+        <x:v>70805</x:v>
+      </x:c>
+      <x:c r="AN21" s="3" t="n">
+        <x:v>78369</x:v>
+      </x:c>
+      <x:c r="AO21" s="3" t="n">
+        <x:v>92032</x:v>
+      </x:c>
+      <x:c r="AP21" s="3" t="n">
+        <x:v>68893</x:v>
+      </x:c>
+      <x:c r="AQ21" s="3" t="n">
+        <x:v>71567</x:v>
+      </x:c>
+      <x:c r="AR21" s="3" t="n">
+        <x:v>68674</x:v>
+      </x:c>
+      <x:c r="AS21" s="3" t="n">
+        <x:v>73066</x:v>
+      </x:c>
+      <x:c r="AT21" s="3" t="n">
+        <x:v>58294</x:v>
+      </x:c>
+      <x:c r="AU21" s="3" t="n">
+        <x:v>59261</x:v>
+      </x:c>
+      <x:c r="AV21" s="3" t="n">
+        <x:v>54887</x:v>
+      </x:c>
+      <x:c r="AW21" s="3" t="n">
+        <x:v>60376</x:v>
+      </x:c>
+      <x:c r="AX21" s="3" t="n">
+        <x:v>57171</x:v>
+      </x:c>
+      <x:c r="AY21" s="3" t="n">
+        <x:v>54145</x:v>
+      </x:c>
+      <x:c r="AZ21" s="3" t="n">
+        <x:v>52034</x:v>
+      </x:c>
+      <x:c r="BA21" s="3" t="n">
+        <x:v>56597</x:v>
+      </x:c>
+      <x:c r="BB21" s="3" t="n">
+        <x:v>44329</x:v>
+      </x:c>
+      <x:c r="BC21" s="3" t="n">
+        <x:v>49028</x:v>
+      </x:c>
+      <x:c r="BD21" s="3" t="n">
+        <x:v>49090</x:v>
+      </x:c>
+      <x:c r="BE21" s="3" t="n">
+        <x:v>54090</x:v>
+      </x:c>
+      <x:c r="BF21" s="3" t="n">
+        <x:v>44824</x:v>
+      </x:c>
+      <x:c r="BG21" s="3" t="n">
+        <x:v>44696</x:v>
+      </x:c>
+      <x:c r="BH21" s="3" t="n">
+        <x:v>45504</x:v>
+      </x:c>
+      <x:c r="BI21" s="3" t="n">
+        <x:v>48969</x:v>
+      </x:c>
+      <x:c r="BJ21" s="3" t="n">
+        <x:v>41300</x:v>
+      </x:c>
+      <x:c r="BK21" s="3" t="n">
+        <x:v>46195</x:v>
+      </x:c>
+      <x:c r="BL21" s="3" t="n">
+        <x:v>49551</x:v>
+      </x:c>
+      <x:c r="BM21" s="3" t="n">
+        <x:v>53464</x:v>
+      </x:c>
+      <x:c r="BN21" s="3" t="n">
+        <x:v>47755</x:v>
+      </x:c>
+      <x:c r="BO21" s="3" t="n">
+        <x:v>52794</x:v>
+      </x:c>
+      <x:c r="BP21" s="3" t="n">
+        <x:v>57579</x:v>
+      </x:c>
+      <x:c r="BQ21" s="3" t="n">
+        <x:v>61026</x:v>
+      </x:c>
+      <x:c r="BR21" s="3" t="n">
+        <x:v>60264</x:v>
+      </x:c>
+      <x:c r="BS21" s="3" t="n">
+        <x:v>63500</x:v>
+      </x:c>
+      <x:c r="BT21" s="3" t="n">
+        <x:v>64376</x:v>
+      </x:c>
+      <x:c r="BU21" s="3" t="n">
+        <x:v>66022</x:v>
+      </x:c>
+      <x:c r="BV21" s="3" t="n">
+        <x:v>67602</x:v>
+      </x:c>
+      <x:c r="BW21" s="3" t="n">
+        <x:v>70289</x:v>
+      </x:c>
+      <x:c r="BX21" s="3" t="n">
+        <x:v>73909</x:v>
+      </x:c>
+      <x:c r="BY21" s="3" t="n">
+        <x:v>81692</x:v>
+      </x:c>
+      <x:c r="BZ21" s="3" t="n">
+        <x:v>68085</x:v>
+      </x:c>
+      <x:c r="CA21" s="3" t="n">
+        <x:v>75071</x:v>
+      </x:c>
+      <x:c r="CB21" s="3" t="n">
+        <x:v>85235</x:v>
+      </x:c>
+      <x:c r="CC21" s="3" t="n">
+        <x:v>85370</x:v>
+      </x:c>
+      <x:c r="CD21" s="3" t="n">
+        <x:v>84582</x:v>
+      </x:c>
+      <x:c r="CE21" s="3" t="n">
+        <x:v>82603</x:v>
+      </x:c>
+      <x:c r="CF21" s="3" t="n">
+        <x:v>85854</x:v>
+      </x:c>
+      <x:c r="CG21" s="3" t="n">
+        <x:v>90796</x:v>
+      </x:c>
+      <x:c r="CH21" s="3" t="n">
+        <x:v>77594</x:v>
+      </x:c>
+      <x:c r="CI21" s="3" t="n">
+        <x:v>80979</x:v>
+      </x:c>
+      <x:c r="CJ21" s="3" t="n">
+        <x:v>85241</x:v>
+      </x:c>
+      <x:c r="CK21" s="3" t="n">
+        <x:v>93938</x:v>
+      </x:c>
+      <x:c r="CL21" s="3" t="n">
+        <x:v>85943</x:v>
+      </x:c>
+      <x:c r="CM21" s="3" t="n">
+        <x:v>88031</x:v>
+      </x:c>
+      <x:c r="CN21" s="3" t="n">
+        <x:v>86078</x:v>
+      </x:c>
+      <x:c r="CO21" s="3" t="n">
+        <x:v>94743</x:v>
+      </x:c>
+      <x:c r="CP21" s="3" t="n">
+        <x:v>93624</x:v>
+      </x:c>
+      <x:c r="CQ21" s="3" t="n">
+        <x:v>91114</x:v>
+      </x:c>
+      <x:c r="CR21" s="3" t="n">
+        <x:v>93824</x:v>
+      </x:c>
+      <x:c r="CS21" s="3" t="n">
+        <x:v>91475</x:v>
+      </x:c>
+      <x:c r="CT21" s="3" t="n">
+        <x:v>98038</x:v>
+      </x:c>
+      <x:c r="CU21" s="3" t="n">
+        <x:v>91835</x:v>
+      </x:c>
+      <x:c r="CV21" s="3" t="n">
+        <x:v>92108</x:v>
+      </x:c>
+      <x:c r="CW21" s="3" t="n">
+        <x:v>104077</x:v>
+      </x:c>
+      <x:c r="CX21" s="3" t="n">
+        <x:v>85548</x:v>
+      </x:c>
+      <x:c r="CY21" s="3" t="n">
+        <x:v>85125</x:v>
+      </x:c>
+      <x:c r="CZ21" s="3" t="n">
+        <x:v>84037</x:v>
+      </x:c>
+      <x:c r="DA21" s="3" t="n">
+        <x:v>94064</x:v>
+      </x:c>
+      <x:c r="DB21" s="3" t="n">
+        <x:v>92073</x:v>
+      </x:c>
+      <x:c r="DC21" s="3" t="n">
+        <x:v>95964</x:v>
+      </x:c>
+      <x:c r="DD21" s="3" t="n">
+        <x:v>101481</x:v>
+      </x:c>
+      <x:c r="DE21" s="3" t="n">
+        <x:v>118505</x:v>
+      </x:c>
+      <x:c r="DF21" s="3" t="n">
+        <x:v>104896</x:v>
+      </x:c>
+      <x:c r="DG21" s="3" t="n">
+        <x:v>114156</x:v>
+      </x:c>
+      <x:c r="DH21" s="3" t="n">
+        <x:v>111484</x:v>
+      </x:c>
+      <x:c r="DI21" s="3" t="n">
+        <x:v>129592</x:v>
+      </x:c>
+      <x:c r="DJ21" s="3" t="n">
+        <x:v>123124</x:v>
+      </x:c>
+      <x:c r="DK21" s="3" t="n">
+        <x:v>125747</x:v>
+      </x:c>
+      <x:c r="DL21" s="3" t="n">
+        <x:v>125686</x:v>
+      </x:c>
+      <x:c r="DM21" s="3" t="n">
+        <x:v>139279</x:v>
+      </x:c>
+      <x:c r="DN21" s="3" t="n">
+        <x:v>142496</x:v>
+      </x:c>
+      <x:c r="DO21" s="3" t="n">
+        <x:v>148541</x:v>
+      </x:c>
+      <x:c r="DP21" s="3" t="n">
+        <x:v>148482</x:v>
+      </x:c>
+      <x:c r="DQ21" s="3" t="n">
+        <x:v>165426</x:v>
+      </x:c>
+      <x:c r="DR21" s="3" t="n">
+        <x:v>152351</x:v>
+      </x:c>
+      <x:c r="DS21" s="3" t="n">
+        <x:v>156757</x:v>
+      </x:c>
+      <x:c r="DT21" s="3" t="n">
+        <x:v>146569</x:v>
+      </x:c>
+      <x:c r="DU21" s="3" t="n">
+        <x:v>161621</x:v>
+      </x:c>
+      <x:c r="DV21" s="3" t="n">
+        <x:v>125030</x:v>
+      </x:c>
+      <x:c r="DW21" s="3" t="n">
+        <x:v>132755</x:v>
+      </x:c>
+      <x:c r="DX21" s="3" t="n">
+        <x:v>124262</x:v>
+      </x:c>
+      <x:c r="DY21" s="3" t="n">
+        <x:v>135712</x:v>
+      </x:c>
+      <x:c r="DZ21" s="3" t="n">
+        <x:v>110275</x:v>
+      </x:c>
+      <x:c r="EA21" s="3" t="n">
+        <x:v>119915</x:v>
+      </x:c>
+      <x:c r="EB21" s="3" t="n">
+        <x:v>114493</x:v>
+      </x:c>
+      <x:c r="EC21" s="3" t="n">
+        <x:v>133460</x:v>
+      </x:c>
+      <x:c r="ED21" s="3" t="n">
+        <x:v>120866</x:v>
+      </x:c>
+      <x:c r="EE21" s="3" t="n">
+        <x:v>130412</x:v>
+      </x:c>
+      <x:c r="EF21" s="3" t="n">
+        <x:v>125091</x:v>
+      </x:c>
+      <x:c r="EG21" s="3" t="n">
+        <x:v>139779</x:v>
+      </x:c>
+      <x:c r="EH21" s="3" t="n">
+        <x:v>133482</x:v>
+      </x:c>
+      <x:c r="EI21" s="3" t="n">
+        <x:v>139559</x:v>
+      </x:c>
+      <x:c r="EJ21" s="3" t="n">
+        <x:v>141652</x:v>
+      </x:c>
+      <x:c r="EK21" s="3" t="n">
+        <x:v>155261</x:v>
+      </x:c>
+      <x:c r="EL21" s="3" t="n">
+        <x:v>131440</x:v>
+      </x:c>
+      <x:c r="EM21" s="3" t="n">
+        <x:v>149014</x:v>
+      </x:c>
+      <x:c r="EN21" s="3" t="n">
+        <x:v>138774</x:v>
+      </x:c>
+      <x:c r="EO21" s="3" t="n">
+        <x:v>152772</x:v>
+      </x:c>
+      <x:c r="EP21" s="3" t="n">
+        <x:v>137238</x:v>
+      </x:c>
+      <x:c r="EQ21" s="3" t="n">
+        <x:v>145319</x:v>
+      </x:c>
+      <x:c r="ER21" s="3" t="n">
+        <x:v>140898</x:v>
+      </x:c>
+      <x:c r="ES21" s="3" t="n">
+        <x:v>151132</x:v>
+      </x:c>
+      <x:c r="ET21" s="3" t="n">
+        <x:v>135839</x:v>
+      </x:c>
+      <x:c r="EU21" s="3" t="n">
+        <x:v>148498</x:v>
+      </x:c>
+      <x:c r="EV21" s="3" t="n">
+        <x:v>139438</x:v>
+      </x:c>
+      <x:c r="EW21" s="3" t="n">
+        <x:v>151970</x:v>
+      </x:c>
+      <x:c r="EX21" s="3" t="n">
+        <x:v>147626</x:v>
+      </x:c>
+      <x:c r="EY21" s="3" t="n">
+        <x:v>160540</x:v>
+      </x:c>
+      <x:c r="EZ21" s="3" t="n">
+        <x:v>159501</x:v>
+      </x:c>
+      <x:c r="FA21" s="3" t="n">
+        <x:v>170915</x:v>
+      </x:c>
+      <x:c r="FB21" s="3" t="n">
+        <x:v>169943</x:v>
+      </x:c>
+      <x:c r="FC21" s="3" t="n">
+        <x:v>169699</x:v>
+      </x:c>
+      <x:c r="FD21" s="3" t="n">
+        <x:v>172860</x:v>
+      </x:c>
+      <x:c r="FE21" s="3" t="n">
+        <x:v>176401</x:v>
+      </x:c>
+      <x:c r="FF21" s="3" t="n">
+        <x:v>162989</x:v>
+      </x:c>
+      <x:c r="FG21" s="3" t="n">
+        <x:v>170974</x:v>
+      </x:c>
+      <x:c r="FH21" s="3" t="n">
+        <x:v>169105</x:v>
+      </x:c>
+      <x:c r="FI21" s="3" t="n">
+        <x:v>181526</x:v>
+      </x:c>
+      <x:c r="FJ21" s="3" t="n">
+        <x:v>177614</x:v>
+      </x:c>
+      <x:c r="FK21" s="3" t="n">
+        <x:v>184256</x:v>
+      </x:c>
+      <x:c r="FL21" s="3" t="n">
+        <x:v>186099</x:v>
+      </x:c>
+      <x:c r="FM21" s="3" t="n">
+        <x:v>188984</x:v>
+      </x:c>
+      <x:c r="FN21" s="3" t="n">
+        <x:v>177504</x:v>
+      </x:c>
+      <x:c r="FO21" s="3" t="n">
+        <x:v>176068</x:v>
+      </x:c>
+      <x:c r="FP21" s="3" t="n">
+        <x:v>172716</x:v>
+      </x:c>
+      <x:c r="FQ21" s="3" t="n">
+        <x:v>185276</x:v>
+      </x:c>
+      <x:c r="FR21" s="3" t="n">
+        <x:v>182641</x:v>
+      </x:c>
+      <x:c r="FS21" s="3" t="n">
+        <x:v>187501</x:v>
+      </x:c>
+      <x:c r="FT21" s="3" t="n">
+        <x:v>181562</x:v>
+      </x:c>
+      <x:c r="FU21" s="3" t="n">
+        <x:v>191295</x:v>
+      </x:c>
+      <x:c r="FV21" s="3" t="n">
+        <x:v>187037</x:v>
+      </x:c>
+      <x:c r="FW21" s="3" t="n">
+        <x:v>189256</x:v>
+      </x:c>
+      <x:c r="FX21" s="3" t="n">
+        <x:v>185974</x:v>
+      </x:c>
+      <x:c r="FY21" s="3" t="n">
+        <x:v>185877</x:v>
+      </x:c>
+      <x:c r="FZ21" s="3" t="n">
+        <x:v>176260</x:v>
+      </x:c>
+      <x:c r="GA21" s="3" t="n">
+        <x:v>172403</x:v>
+      </x:c>
+      <x:c r="GB21" s="3" t="n">
+        <x:v>160089</x:v>
+      </x:c>
+      <x:c r="GC21" s="3" t="n">
+        <x:v>172220</x:v>
+      </x:c>
+      <x:c r="GD21" s="3" t="n">
+        <x:v>156097</x:v>
+      </x:c>
+      <x:c r="GE21" s="3" t="n">
+        <x:v>166191</x:v>
+      </x:c>
+      <x:c r="GF21" s="3" t="n">
+        <x:v>159103</x:v>
+      </x:c>
+      <x:c r="GG21" s="3" t="n">
+        <x:v>169498</x:v>
+      </x:c>
+      <x:c r="GH21" s="3" t="n">
+        <x:v>158252</x:v>
+      </x:c>
+      <x:c r="GI21" s="3" t="n">
+        <x:v>167032</x:v>
+      </x:c>
+      <x:c r="GJ21" s="3" t="n">
+        <x:v>159503</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:191">
-[...571 lines deleted...]
-        <x:v>277462</x:v>
+    <x:row r="22" spans="1:192">
+      <x:c r="A22" s="2" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="B22" s="3" t="n">
+        <x:v>32649</x:v>
+      </x:c>
+      <x:c r="C22" s="3" t="n">
+        <x:v>40241</x:v>
+      </x:c>
+      <x:c r="D22" s="3" t="n">
+        <x:v>33357</x:v>
+      </x:c>
+      <x:c r="E22" s="3" t="n">
+        <x:v>41446</x:v>
+      </x:c>
+      <x:c r="F22" s="3" t="n">
+        <x:v>30554</x:v>
+      </x:c>
+      <x:c r="G22" s="3" t="n">
+        <x:v>29755</x:v>
+      </x:c>
+      <x:c r="H22" s="3" t="n">
+        <x:v>30857</x:v>
+      </x:c>
+      <x:c r="I22" s="3" t="n">
+        <x:v>49477</x:v>
+      </x:c>
+      <x:c r="J22" s="3" t="n">
+        <x:v>37327</x:v>
+      </x:c>
+      <x:c r="K22" s="3" t="n">
+        <x:v>31604</x:v>
+      </x:c>
+      <x:c r="L22" s="3" t="n">
+        <x:v>35232</x:v>
+      </x:c>
+      <x:c r="M22" s="3" t="n">
+        <x:v>36132</x:v>
+      </x:c>
+      <x:c r="N22" s="3" t="n">
+        <x:v>32039</x:v>
+      </x:c>
+      <x:c r="O22" s="3" t="n">
+        <x:v>36756</x:v>
+      </x:c>
+      <x:c r="P22" s="3" t="n">
+        <x:v>39187</x:v>
+      </x:c>
+      <x:c r="Q22" s="3" t="n">
+        <x:v>41261</x:v>
+      </x:c>
+      <x:c r="R22" s="3" t="n">
+        <x:v>29069</x:v>
+      </x:c>
+      <x:c r="S22" s="3" t="n">
+        <x:v>45640</x:v>
+      </x:c>
+      <x:c r="T22" s="3" t="n">
+        <x:v>34415</x:v>
+      </x:c>
+      <x:c r="U22" s="3" t="n">
+        <x:v>37337</x:v>
+      </x:c>
+      <x:c r="V22" s="3" t="n">
+        <x:v>32603</x:v>
+      </x:c>
+      <x:c r="W22" s="3" t="n">
+        <x:v>36348</x:v>
+      </x:c>
+      <x:c r="X22" s="3" t="n">
+        <x:v>34536</x:v>
+      </x:c>
+      <x:c r="Y22" s="3" t="n">
+        <x:v>37874</x:v>
+      </x:c>
+      <x:c r="Z22" s="3" t="n">
+        <x:v>29362</x:v>
+      </x:c>
+      <x:c r="AA22" s="3" t="n">
+        <x:v>35962</x:v>
+      </x:c>
+      <x:c r="AB22" s="3" t="n">
+        <x:v>38742</x:v>
+      </x:c>
+      <x:c r="AC22" s="3" t="n">
+        <x:v>41929</x:v>
+      </x:c>
+      <x:c r="AD22" s="3" t="n">
+        <x:v>32121</x:v>
+      </x:c>
+      <x:c r="AE22" s="3" t="n">
+        <x:v>38681</x:v>
+      </x:c>
+      <x:c r="AF22" s="3" t="n">
+        <x:v>37848</x:v>
+      </x:c>
+      <x:c r="AG22" s="3" t="n">
+        <x:v>54366</x:v>
+      </x:c>
+      <x:c r="AH22" s="3" t="n">
+        <x:v>49755</x:v>
+      </x:c>
+      <x:c r="AI22" s="3" t="n">
+        <x:v>51987</x:v>
+      </x:c>
+      <x:c r="AJ22" s="3" t="n">
+        <x:v>51024</x:v>
+      </x:c>
+      <x:c r="AK22" s="3" t="n">
+        <x:v>37762</x:v>
+      </x:c>
+      <x:c r="AL22" s="3" t="n">
+        <x:v>38278</x:v>
+      </x:c>
+      <x:c r="AM22" s="3" t="n">
+        <x:v>34776</x:v>
+      </x:c>
+      <x:c r="AN22" s="3" t="n">
+        <x:v>43313</x:v>
+      </x:c>
+      <x:c r="AO22" s="3" t="n">
+        <x:v>64317</x:v>
+      </x:c>
+      <x:c r="AP22" s="3" t="n">
+        <x:v>37261</x:v>
+      </x:c>
+      <x:c r="AQ22" s="3" t="n">
+        <x:v>41651</x:v>
+      </x:c>
+      <x:c r="AR22" s="3" t="n">
+        <x:v>38205</x:v>
+      </x:c>
+      <x:c r="AS22" s="3" t="n">
+        <x:v>44997</x:v>
+      </x:c>
+      <x:c r="AT22" s="3" t="n">
+        <x:v>32746</x:v>
+      </x:c>
+      <x:c r="AU22" s="3" t="n">
+        <x:v>35467</x:v>
+      </x:c>
+      <x:c r="AV22" s="3" t="n">
+        <x:v>27051</x:v>
+      </x:c>
+      <x:c r="AW22" s="3" t="n">
+        <x:v>35021</x:v>
+      </x:c>
+      <x:c r="AX22" s="3" t="n">
+        <x:v>26983</x:v>
+      </x:c>
+      <x:c r="AY22" s="3" t="n">
+        <x:v>37722</x:v>
+      </x:c>
+      <x:c r="AZ22" s="3" t="n">
+        <x:v>30940</x:v>
+      </x:c>
+      <x:c r="BA22" s="3" t="n">
+        <x:v>34765</x:v>
+      </x:c>
+      <x:c r="BB22" s="3" t="n">
+        <x:v>23025</x:v>
+      </x:c>
+      <x:c r="BC22" s="3" t="n">
+        <x:v>30292</x:v>
+      </x:c>
+      <x:c r="BD22" s="3" t="n">
+        <x:v>25304</x:v>
+      </x:c>
+      <x:c r="BE22" s="3" t="n">
+        <x:v>40110</x:v>
+      </x:c>
+      <x:c r="BF22" s="3" t="n">
+        <x:v>28921</x:v>
+      </x:c>
+      <x:c r="BG22" s="3" t="n">
+        <x:v>26892</x:v>
+      </x:c>
+      <x:c r="BH22" s="3" t="n">
+        <x:v>26747</x:v>
+      </x:c>
+      <x:c r="BI22" s="3" t="n">
+        <x:v>29749</x:v>
+      </x:c>
+      <x:c r="BJ22" s="3" t="n">
+        <x:v>25589</x:v>
+      </x:c>
+      <x:c r="BK22" s="3" t="n">
+        <x:v>30122</x:v>
+      </x:c>
+      <x:c r="BL22" s="3" t="n">
+        <x:v>30546</x:v>
+      </x:c>
+      <x:c r="BM22" s="3" t="n">
+        <x:v>31670</x:v>
+      </x:c>
+      <x:c r="BN22" s="3" t="n">
+        <x:v>31700</x:v>
+      </x:c>
+      <x:c r="BO22" s="3" t="n">
+        <x:v>33873</x:v>
+      </x:c>
+      <x:c r="BP22" s="3" t="n">
+        <x:v>34621</x:v>
+      </x:c>
+      <x:c r="BQ22" s="3" t="n">
+        <x:v>31892</x:v>
+      </x:c>
+      <x:c r="BR22" s="3" t="n">
+        <x:v>35725</x:v>
+      </x:c>
+      <x:c r="BS22" s="3" t="n">
+        <x:v>39205</x:v>
+      </x:c>
+      <x:c r="BT22" s="3" t="n">
+        <x:v>40131</x:v>
+      </x:c>
+      <x:c r="BU22" s="3" t="n">
+        <x:v>40727</x:v>
+      </x:c>
+      <x:c r="BV22" s="3" t="n">
+        <x:v>42127</x:v>
+      </x:c>
+      <x:c r="BW22" s="3" t="n">
+        <x:v>45281</x:v>
+      </x:c>
+      <x:c r="BX22" s="3" t="n">
+        <x:v>46367</x:v>
+      </x:c>
+      <x:c r="BY22" s="3" t="n">
+        <x:v>53057</x:v>
+      </x:c>
+      <x:c r="BZ22" s="3" t="n">
+        <x:v>41342</x:v>
+      </x:c>
+      <x:c r="CA22" s="3" t="n">
+        <x:v>44184</x:v>
+      </x:c>
+      <x:c r="CB22" s="3" t="n">
+        <x:v>55913</x:v>
+      </x:c>
+      <x:c r="CC22" s="3" t="n">
+        <x:v>55284</x:v>
+      </x:c>
+      <x:c r="CD22" s="3" t="n">
+        <x:v>54160</x:v>
+      </x:c>
+      <x:c r="CE22" s="3" t="n">
+        <x:v>51094</x:v>
+      </x:c>
+      <x:c r="CF22" s="3" t="n">
+        <x:v>55417</x:v>
+      </x:c>
+      <x:c r="CG22" s="3" t="n">
+        <x:v>56171</x:v>
+      </x:c>
+      <x:c r="CH22" s="3" t="n">
+        <x:v>46711</x:v>
+      </x:c>
+      <x:c r="CI22" s="3" t="n">
+        <x:v>50684</x:v>
+      </x:c>
+      <x:c r="CJ22" s="3" t="n">
+        <x:v>54323</x:v>
+      </x:c>
+      <x:c r="CK22" s="3" t="n">
+        <x:v>57759</x:v>
+      </x:c>
+      <x:c r="CL22" s="3" t="n">
+        <x:v>52458</x:v>
+      </x:c>
+      <x:c r="CM22" s="3" t="n">
+        <x:v>56085</x:v>
+      </x:c>
+      <x:c r="CN22" s="3" t="n">
+        <x:v>53317</x:v>
+      </x:c>
+      <x:c r="CO22" s="3" t="n">
+        <x:v>57784</x:v>
+      </x:c>
+      <x:c r="CP22" s="3" t="n">
+        <x:v>59697</x:v>
+      </x:c>
+      <x:c r="CQ22" s="3" t="n">
+        <x:v>56625</x:v>
+      </x:c>
+      <x:c r="CR22" s="3" t="n">
+        <x:v>60460</x:v>
+      </x:c>
+      <x:c r="CS22" s="3" t="n">
+        <x:v>49053</x:v>
+      </x:c>
+      <x:c r="CT22" s="3" t="n">
+        <x:v>54524</x:v>
+      </x:c>
+      <x:c r="CU22" s="3" t="n">
+        <x:v>62848</x:v>
+      </x:c>
+      <x:c r="CV22" s="3" t="n">
+        <x:v>59569</x:v>
+      </x:c>
+      <x:c r="CW22" s="3" t="n">
+        <x:v>63395</x:v>
+      </x:c>
+      <x:c r="CX22" s="3" t="n">
+        <x:v>44684</x:v>
+      </x:c>
+      <x:c r="CY22" s="3" t="n">
+        <x:v>51225</x:v>
+      </x:c>
+      <x:c r="CZ22" s="3" t="n">
+        <x:v>51145</x:v>
+      </x:c>
+      <x:c r="DA22" s="3" t="n">
+        <x:v>58653</x:v>
+      </x:c>
+      <x:c r="DB22" s="3" t="n">
+        <x:v>50743</x:v>
+      </x:c>
+      <x:c r="DC22" s="3" t="n">
+        <x:v>54261</x:v>
+      </x:c>
+      <x:c r="DD22" s="3" t="n">
+        <x:v>58214</x:v>
+      </x:c>
+      <x:c r="DE22" s="3" t="n">
+        <x:v>78191</x:v>
+      </x:c>
+      <x:c r="DF22" s="3" t="n">
+        <x:v>61906</x:v>
+      </x:c>
+      <x:c r="DG22" s="3" t="n">
+        <x:v>64400</x:v>
+      </x:c>
+      <x:c r="DH22" s="3" t="n">
+        <x:v>67620</x:v>
+      </x:c>
+      <x:c r="DI22" s="3" t="n">
+        <x:v>82240</x:v>
+      </x:c>
+      <x:c r="DJ22" s="3" t="n">
+        <x:v>71757</x:v>
+      </x:c>
+      <x:c r="DK22" s="3" t="n">
+        <x:v>77902</x:v>
+      </x:c>
+      <x:c r="DL22" s="3" t="n">
+        <x:v>80506</x:v>
+      </x:c>
+      <x:c r="DM22" s="3" t="n">
+        <x:v>89937</x:v>
+      </x:c>
+      <x:c r="DN22" s="3" t="n">
+        <x:v>87823</x:v>
+      </x:c>
+      <x:c r="DO22" s="3" t="n">
+        <x:v>99581</x:v>
+      </x:c>
+      <x:c r="DP22" s="3" t="n">
+        <x:v>100611</x:v>
+      </x:c>
+      <x:c r="DQ22" s="3" t="n">
+        <x:v>112921</x:v>
+      </x:c>
+      <x:c r="DR22" s="3" t="n">
+        <x:v>105171</x:v>
+      </x:c>
+      <x:c r="DS22" s="3" t="n">
+        <x:v>111035</x:v>
+      </x:c>
+      <x:c r="DT22" s="3" t="n">
+        <x:v>98217</x:v>
+      </x:c>
+      <x:c r="DU22" s="3" t="n">
+        <x:v>113638</x:v>
+      </x:c>
+      <x:c r="DV22" s="3" t="n">
+        <x:v>85068</x:v>
+      </x:c>
+      <x:c r="DW22" s="3" t="n">
+        <x:v>84595</x:v>
+      </x:c>
+      <x:c r="DX22" s="3" t="n">
+        <x:v>80014</x:v>
+      </x:c>
+      <x:c r="DY22" s="3" t="n">
+        <x:v>97122</x:v>
+      </x:c>
+      <x:c r="DZ22" s="3" t="n">
+        <x:v>69481</x:v>
+      </x:c>
+      <x:c r="EA22" s="3" t="n">
+        <x:v>79249</x:v>
+      </x:c>
+      <x:c r="EB22" s="3" t="n">
+        <x:v>73815</x:v>
+      </x:c>
+      <x:c r="EC22" s="3" t="n">
+        <x:v>89068</x:v>
+      </x:c>
+      <x:c r="ED22" s="3" t="n">
+        <x:v>74726</x:v>
+      </x:c>
+      <x:c r="EE22" s="3" t="n">
+        <x:v>81943</x:v>
+      </x:c>
+      <x:c r="EF22" s="3" t="n">
+        <x:v>77054</x:v>
+      </x:c>
+      <x:c r="EG22" s="3" t="n">
+        <x:v>89467</x:v>
+      </x:c>
+      <x:c r="EH22" s="3" t="n">
+        <x:v>80970</x:v>
+      </x:c>
+      <x:c r="EI22" s="3" t="n">
+        <x:v>85860</x:v>
+      </x:c>
+      <x:c r="EJ22" s="3" t="n">
+        <x:v>89009</x:v>
+      </x:c>
+      <x:c r="EK22" s="3" t="n">
+        <x:v>100187</x:v>
+      </x:c>
+      <x:c r="EL22" s="3" t="n">
+        <x:v>74127</x:v>
+      </x:c>
+      <x:c r="EM22" s="3" t="n">
+        <x:v>93708</x:v>
+      </x:c>
+      <x:c r="EN22" s="3" t="n">
+        <x:v>84432</x:v>
+      </x:c>
+      <x:c r="EO22" s="3" t="n">
+        <x:v>95320</x:v>
+      </x:c>
+      <x:c r="EP22" s="3" t="n">
+        <x:v>80326</x:v>
+      </x:c>
+      <x:c r="EQ22" s="3" t="n">
+        <x:v>89519</x:v>
+      </x:c>
+      <x:c r="ER22" s="3" t="n">
+        <x:v>86664</x:v>
+      </x:c>
+      <x:c r="ES22" s="3" t="n">
+        <x:v>96620</x:v>
+      </x:c>
+      <x:c r="ET22" s="3" t="n">
+        <x:v>80594</x:v>
+      </x:c>
+      <x:c r="EU22" s="3" t="n">
+        <x:v>92153</x:v>
+      </x:c>
+      <x:c r="EV22" s="3" t="n">
+        <x:v>83237</x:v>
+      </x:c>
+      <x:c r="EW22" s="3" t="n">
+        <x:v>91483</x:v>
+      </x:c>
+      <x:c r="EX22" s="3" t="n">
+        <x:v>91092</x:v>
+      </x:c>
+      <x:c r="EY22" s="3" t="n">
+        <x:v>100001</x:v>
+      </x:c>
+      <x:c r="EZ22" s="3" t="n">
+        <x:v>97812</x:v>
+      </x:c>
+      <x:c r="FA22" s="3" t="n">
+        <x:v>105931</x:v>
+      </x:c>
+      <x:c r="FB22" s="3" t="n">
+        <x:v>104285</x:v>
+      </x:c>
+      <x:c r="FC22" s="3" t="n">
+        <x:v>104058</x:v>
+      </x:c>
+      <x:c r="FD22" s="3" t="n">
+        <x:v>107179</x:v>
+      </x:c>
+      <x:c r="FE22" s="3" t="n">
+        <x:v>111790</x:v>
+      </x:c>
+      <x:c r="FF22" s="3" t="n">
+        <x:v>101115</x:v>
+      </x:c>
+      <x:c r="FG22" s="3" t="n">
+        <x:v>110498</x:v>
+      </x:c>
+      <x:c r="FH22" s="3" t="n">
+        <x:v>108538</x:v>
+      </x:c>
+      <x:c r="FI22" s="3" t="n">
+        <x:v>119227</x:v>
+      </x:c>
+      <x:c r="FJ22" s="3" t="n">
+        <x:v>116480</x:v>
+      </x:c>
+      <x:c r="FK22" s="3" t="n">
+        <x:v>122793</x:v>
+      </x:c>
+      <x:c r="FL22" s="3" t="n">
+        <x:v>124942</x:v>
+      </x:c>
+      <x:c r="FM22" s="3" t="n">
+        <x:v>129531</x:v>
+      </x:c>
+      <x:c r="FN22" s="3" t="n">
+        <x:v>118434</x:v>
+      </x:c>
+      <x:c r="FO22" s="3" t="n">
+        <x:v>115722</x:v>
+      </x:c>
+      <x:c r="FP22" s="3" t="n">
+        <x:v>113414</x:v>
+      </x:c>
+      <x:c r="FQ22" s="3" t="n">
+        <x:v>124860</x:v>
+      </x:c>
+      <x:c r="FR22" s="3" t="n">
+        <x:v>120771</x:v>
+      </x:c>
+      <x:c r="FS22" s="3" t="n">
+        <x:v>124189</x:v>
+      </x:c>
+      <x:c r="FT22" s="3" t="n">
+        <x:v>121548</x:v>
+      </x:c>
+      <x:c r="FU22" s="3" t="n">
+        <x:v>128830</x:v>
+      </x:c>
+      <x:c r="FV22" s="3" t="n">
+        <x:v>122851</x:v>
+      </x:c>
+      <x:c r="FW22" s="3" t="n">
+        <x:v>126167</x:v>
+      </x:c>
+      <x:c r="FX22" s="3" t="n">
+        <x:v>124511</x:v>
+      </x:c>
+      <x:c r="FY22" s="3" t="n">
+        <x:v>122838</x:v>
+      </x:c>
+      <x:c r="FZ22" s="3" t="n">
+        <x:v>112650</x:v>
+      </x:c>
+      <x:c r="GA22" s="3" t="n">
+        <x:v>115322</x:v>
+      </x:c>
+      <x:c r="GB22" s="3" t="n">
+        <x:v>106098</x:v>
+      </x:c>
+      <x:c r="GC22" s="3" t="n">
+        <x:v>119373</x:v>
+      </x:c>
+      <x:c r="GD22" s="3" t="n">
+        <x:v>105663</x:v>
+      </x:c>
+      <x:c r="GE22" s="3" t="n">
+        <x:v>117594</x:v>
+      </x:c>
+      <x:c r="GF22" s="3" t="n">
+        <x:v>111964</x:v>
+      </x:c>
+      <x:c r="GG22" s="3" t="n">
+        <x:v>123994</x:v>
+      </x:c>
+      <x:c r="GH22" s="3" t="n">
+        <x:v>111981</x:v>
+      </x:c>
+      <x:c r="GI22" s="3" t="n">
+        <x:v>119392</x:v>
+      </x:c>
+      <x:c r="GJ22" s="3" t="n">
+        <x:v>112243</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:191">
-[...5749 lines deleted...]
-    <x:row r="23" spans="1:191">
+    <x:row r="23" spans="1:192">
       <x:c r="A23" s="2" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>448</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>439</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="D23" s="3" t="n">
-        <x:v>1218</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="E23" s="3" t="n">
-        <x:v>2906</x:v>
+        <x:v>3233</x:v>
       </x:c>
       <x:c r="F23" s="3" t="n">
-        <x:v>127</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="G23" s="3" t="n">
-        <x:v>271</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="H23" s="3" t="n">
-        <x:v>123</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I23" s="3" t="n">
-        <x:v>551</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="J23" s="3" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K23" s="3" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="L23" s="3" t="n">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="K23" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="M23" s="3" t="n">
-        <x:v>95</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>-22</x:v>
+        <x:v>-24</x:v>
       </x:c>
       <x:c r="O23" s="3" t="n">
         <x:v>-6</x:v>
       </x:c>
       <x:c r="P23" s="3" t="n">
-        <x:v>-343</x:v>
+        <x:v>-381</x:v>
       </x:c>
       <x:c r="Q23" s="3" t="n">
-        <x:v>-36</x:v>
+        <x:v>-40</x:v>
       </x:c>
       <x:c r="R23" s="3" t="n">
+        <x:v>2185</x:v>
+      </x:c>
+      <x:c r="S23" s="3" t="n">
+        <x:v>1479</x:v>
+      </x:c>
+      <x:c r="T23" s="3" t="n">
+        <x:v>1703</x:v>
+      </x:c>
+      <x:c r="U23" s="3" t="n">
+        <x:v>1866</x:v>
+      </x:c>
+      <x:c r="V23" s="3" t="n">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="W23" s="3" t="n">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="X23" s="3" t="n">
+        <x:v>3899</x:v>
+      </x:c>
+      <x:c r="Y23" s="3" t="n">
+        <x:v>1068</x:v>
+      </x:c>
+      <x:c r="Z23" s="3" t="n">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="AA23" s="3" t="n">
+        <x:v>2179</x:v>
+      </x:c>
+      <x:c r="AB23" s="3" t="n">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="AC23" s="3" t="n">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="AD23" s="3" t="n">
+        <x:v>-5788</x:v>
+      </x:c>
+      <x:c r="AE23" s="3" t="n">
+        <x:v>-2261</x:v>
+      </x:c>
+      <x:c r="AF23" s="3" t="n">
+        <x:v>13682</x:v>
+      </x:c>
+      <x:c r="AG23" s="3" t="n">
+        <x:v>-2169</x:v>
+      </x:c>
+      <x:c r="AH23" s="3" t="n">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="AI23" s="3" t="n">
         <x:v>1964</x:v>
       </x:c>
-      <x:c r="S23" s="3" t="n">
-[...49 lines deleted...]
-      </x:c>
       <x:c r="AJ23" s="3" t="n">
-        <x:v>2063</x:v>
+        <x:v>2296</x:v>
       </x:c>
       <x:c r="AK23" s="3" t="n">
-        <x:v>547</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="AL23" s="3" t="n">
-        <x:v>281</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="AM23" s="3" t="n">
-        <x:v>608</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="AN23" s="3" t="n">
-        <x:v>321</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="AO23" s="3" t="n">
-        <x:v>298</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="AP23" s="3" t="n">
-        <x:v>-14</x:v>
+        <x:v>-16</x:v>
       </x:c>
       <x:c r="AQ23" s="3" t="n">
-        <x:v>144</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="AR23" s="3" t="n">
-        <x:v>-429</x:v>
+        <x:v>-477</x:v>
       </x:c>
       <x:c r="AS23" s="3" t="n">
-        <x:v>-279</x:v>
+        <x:v>-310</x:v>
       </x:c>
       <x:c r="AT23" s="3" t="n">
-        <x:v>-902</x:v>
+        <x:v>-1004</x:v>
       </x:c>
       <x:c r="AU23" s="3" t="n">
-        <x:v>218</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="AV23" s="3" t="n">
-        <x:v>-264</x:v>
+        <x:v>-294</x:v>
       </x:c>
       <x:c r="AW23" s="3" t="n">
-        <x:v>7</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="AX23" s="3" t="n">
-        <x:v>6366</x:v>
+        <x:v>7083</x:v>
       </x:c>
       <x:c r="AY23" s="3" t="n">
-        <x:v>-945</x:v>
+        <x:v>-1051</x:v>
       </x:c>
       <x:c r="AZ23" s="3" t="n">
-        <x:v>850</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="BA23" s="3" t="n">
-        <x:v>2227</x:v>
+        <x:v>2477</x:v>
       </x:c>
       <x:c r="BB23" s="3" t="n">
-        <x:v>-24</x:v>
+        <x:v>-27</x:v>
       </x:c>
       <x:c r="BC23" s="3" t="n">
-        <x:v>-57</x:v>
+        <x:v>-64</x:v>
       </x:c>
       <x:c r="BD23" s="3" t="n">
-        <x:v>3502</x:v>
+        <x:v>3896</x:v>
       </x:c>
       <x:c r="BE23" s="3" t="n">
-        <x:v>-496</x:v>
+        <x:v>-552</x:v>
       </x:c>
       <x:c r="BF23" s="3" t="n">
-        <x:v>30</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="BG23" s="3" t="n">
-        <x:v>144</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="BH23" s="3" t="n">
-        <x:v>94</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="BI23" s="3" t="n">
-        <x:v>168</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="BJ23" s="3" t="n">
-        <x:v>142</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="BK23" s="3" t="n">
-        <x:v>137</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="BL23" s="3" t="n">
-        <x:v>1000</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="BM23" s="3" t="n">
-        <x:v>132</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="BN23" s="3" t="n">
-        <x:v>-880</x:v>
+        <x:v>-979</x:v>
       </x:c>
       <x:c r="BO23" s="3" t="n">
-        <x:v>-239</x:v>
+        <x:v>-266</x:v>
       </x:c>
       <x:c r="BP23" s="3" t="n">
         <x:v>-7</x:v>
       </x:c>
       <x:c r="BQ23" s="3" t="n">
-        <x:v>-14</x:v>
+        <x:v>-15</x:v>
       </x:c>
       <x:c r="BR23" s="3" t="n">
-        <x:v>361</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="BS23" s="3" t="n">
-        <x:v>108</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="BT23" s="3" t="n">
-        <x:v>-195</x:v>
+        <x:v>-217</x:v>
       </x:c>
       <x:c r="BU23" s="3" t="n">
-        <x:v>-116</x:v>
+        <x:v>-129</x:v>
       </x:c>
       <x:c r="BV23" s="3" t="n">
-        <x:v>15489</x:v>
+        <x:v>17233</x:v>
       </x:c>
       <x:c r="BW23" s="3" t="n">
-        <x:v>11208</x:v>
+        <x:v>12469</x:v>
       </x:c>
       <x:c r="BX23" s="3" t="n">
-        <x:v>-4649</x:v>
+        <x:v>-5172</x:v>
       </x:c>
       <x:c r="BY23" s="3" t="n">
-        <x:v>-12723</x:v>
+        <x:v>-14155</x:v>
       </x:c>
       <x:c r="BZ23" s="3" t="n">
-        <x:v>616</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="CA23" s="3" t="n">
-        <x:v>581</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="CB23" s="3" t="n">
-        <x:v>-210</x:v>
+        <x:v>-233</x:v>
       </x:c>
       <x:c r="CC23" s="3" t="n">
-        <x:v>204</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="CD23" s="3" t="n">
-        <x:v>169</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="CE23" s="3" t="n">
-        <x:v>889</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="CF23" s="3" t="n">
-        <x:v>453</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="CG23" s="3" t="n">
-        <x:v>2289</x:v>
+        <x:v>2546</x:v>
       </x:c>
       <x:c r="CH23" s="3" t="n">
-        <x:v>96</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="CI23" s="3" t="n">
-        <x:v>41</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="CJ23" s="3" t="n">
-        <x:v>1019</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="CK23" s="3" t="n">
-        <x:v>-5225</x:v>
+        <x:v>-5813</x:v>
       </x:c>
       <x:c r="CL23" s="3" t="n">
-        <x:v>7491</x:v>
+        <x:v>8334</x:v>
       </x:c>
       <x:c r="CM23" s="3" t="n">
-        <x:v>709</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="CN23" s="3" t="n">
-        <x:v>680</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="CO23" s="3" t="n">
-        <x:v>693</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="CP23" s="3" t="n">
-        <x:v>1749</x:v>
+        <x:v>1976</x:v>
       </x:c>
       <x:c r="CQ23" s="3" t="n">
-        <x:v>4621</x:v>
+        <x:v>5221</x:v>
       </x:c>
       <x:c r="CR23" s="3" t="n">
-        <x:v>1917</x:v>
+        <x:v>2166</x:v>
       </x:c>
       <x:c r="CS23" s="3" t="n">
-        <x:v>-1009</x:v>
+        <x:v>-1140</x:v>
       </x:c>
       <x:c r="CT23" s="3" t="n">
-        <x:v>1818</x:v>
+        <x:v>2058</x:v>
       </x:c>
       <x:c r="CU23" s="3" t="n">
-        <x:v>3360</x:v>
+        <x:v>3804</x:v>
       </x:c>
       <x:c r="CV23" s="3" t="n">
-        <x:v>5189</x:v>
+        <x:v>5875</x:v>
       </x:c>
       <x:c r="CW23" s="3" t="n">
-        <x:v>2738</x:v>
+        <x:v>3100</x:v>
       </x:c>
       <x:c r="CX23" s="3" t="n">
-        <x:v>299</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="CY23" s="3" t="n">
-        <x:v>-3697</x:v>
+        <x:v>-4544</x:v>
       </x:c>
       <x:c r="CZ23" s="3" t="n">
-        <x:v>508</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="DA23" s="3" t="n">
-        <x:v>4047</x:v>
+        <x:v>4973</x:v>
       </x:c>
       <x:c r="DB23" s="3" t="n">
-        <x:v>-619</x:v>
+        <x:v>-701</x:v>
       </x:c>
       <x:c r="DC23" s="3" t="n">
-        <x:v>733</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="DD23" s="3" t="n">
-        <x:v>284</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="DE23" s="3" t="n">
-        <x:v>7035</x:v>
+        <x:v>7970</x:v>
       </x:c>
       <x:c r="DF23" s="3" t="n">
-        <x:v>2831</x:v>
+        <x:v>3631</x:v>
       </x:c>
       <x:c r="DG23" s="3" t="n">
-        <x:v>-2602</x:v>
+        <x:v>-3338</x:v>
       </x:c>
       <x:c r="DH23" s="3" t="n">
-        <x:v>1094</x:v>
+        <x:v>1404</x:v>
       </x:c>
       <x:c r="DI23" s="3" t="n">
-        <x:v>2347</x:v>
+        <x:v>3010</x:v>
       </x:c>
       <x:c r="DJ23" s="3" t="n">
-        <x:v>-610</x:v>
+        <x:v>-743</x:v>
       </x:c>
       <x:c r="DK23" s="3" t="n">
-        <x:v>1183</x:v>
+        <x:v>1440</x:v>
       </x:c>
       <x:c r="DL23" s="3" t="n">
-        <x:v>1943</x:v>
+        <x:v>2366</x:v>
       </x:c>
       <x:c r="DM23" s="3" t="n">
-        <x:v>3555</x:v>
+        <x:v>4329</x:v>
       </x:c>
       <x:c r="DN23" s="3" t="n">
-        <x:v>1488</x:v>
+        <x:v>1797</x:v>
       </x:c>
       <x:c r="DO23" s="3" t="n">
-        <x:v>5029</x:v>
+        <x:v>6072</x:v>
       </x:c>
       <x:c r="DP23" s="3" t="n">
-        <x:v>3829</x:v>
+        <x:v>4622</x:v>
       </x:c>
       <x:c r="DQ23" s="3" t="n">
-        <x:v>2691</x:v>
+        <x:v>3249</x:v>
       </x:c>
       <x:c r="DR23" s="3" t="n">
-        <x:v>6419</x:v>
+        <x:v>7771</x:v>
       </x:c>
       <x:c r="DS23" s="3" t="n">
-        <x:v>5430</x:v>
+        <x:v>6572</x:v>
       </x:c>
       <x:c r="DT23" s="3" t="n">
-        <x:v>1076</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="DU23" s="3" t="n">
-        <x:v>2384</x:v>
+        <x:v>2886</x:v>
       </x:c>
       <x:c r="DV23" s="3" t="n">
+        <x:v>8673</x:v>
+      </x:c>
+      <x:c r="DW23" s="3" t="n">
+        <x:v>-158</x:v>
+      </x:c>
+      <x:c r="DX23" s="3" t="n">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="DY23" s="3" t="n">
+        <x:v>8727</x:v>
+      </x:c>
+      <x:c r="DZ23" s="3" t="n">
+        <x:v>1081</x:v>
+      </x:c>
+      <x:c r="EA23" s="3" t="n">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="EB23" s="3" t="n">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="EC23" s="3" t="n">
+        <x:v>1151</x:v>
+      </x:c>
+      <x:c r="ED23" s="3" t="n">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="EE23" s="3" t="n">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="EF23" s="3" t="n">
+        <x:v>-527</x:v>
+      </x:c>
+      <x:c r="EG23" s="3" t="n">
+        <x:v>-168</x:v>
+      </x:c>
+      <x:c r="EH23" s="3" t="n">
+        <x:v>2181</x:v>
+      </x:c>
+      <x:c r="EI23" s="3" t="n">
+        <x:v>2396</x:v>
+      </x:c>
+      <x:c r="EJ23" s="3" t="n">
+        <x:v>5361</x:v>
+      </x:c>
+      <x:c r="EK23" s="3" t="n">
+        <x:v>5987</x:v>
+      </x:c>
+      <x:c r="EL23" s="3" t="n">
+        <x:v>-1924</x:v>
+      </x:c>
+      <x:c r="EM23" s="3" t="n">
+        <x:v>3806</x:v>
+      </x:c>
+      <x:c r="EN23" s="3" t="n">
+        <x:v>1578</x:v>
+      </x:c>
+      <x:c r="EO23" s="3" t="n">
+        <x:v>4908</x:v>
+      </x:c>
+      <x:c r="EP23" s="3" t="n">
+        <x:v>1484</x:v>
+      </x:c>
+      <x:c r="EQ23" s="3" t="n">
+        <x:v>2240</x:v>
+      </x:c>
+      <x:c r="ER23" s="3" t="n">
+        <x:v>1666</x:v>
+      </x:c>
+      <x:c r="ES23" s="3" t="n">
+        <x:v>1659</x:v>
+      </x:c>
+      <x:c r="ET23" s="3" t="n">
+        <x:v>2402</x:v>
+      </x:c>
+      <x:c r="EU23" s="3" t="n">
+        <x:v>2678</x:v>
+      </x:c>
+      <x:c r="EV23" s="3" t="n">
+        <x:v>1476</x:v>
+      </x:c>
+      <x:c r="EW23" s="3" t="n">
+        <x:v>1215</x:v>
+      </x:c>
+      <x:c r="EX23" s="3" t="n">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="EY23" s="3" t="n">
+        <x:v>717</x:v>
+      </x:c>
+      <x:c r="EZ23" s="3" t="n">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="FA23" s="3" t="n">
+        <x:v>916</x:v>
+      </x:c>
+      <x:c r="FB23" s="3" t="n">
+        <x:v>1327</x:v>
+      </x:c>
+      <x:c r="FC23" s="3" t="n">
+        <x:v>1353</x:v>
+      </x:c>
+      <x:c r="FD23" s="3" t="n">
+        <x:v>1929</x:v>
+      </x:c>
+      <x:c r="FE23" s="3" t="n">
+        <x:v>1707</x:v>
+      </x:c>
+      <x:c r="FF23" s="3" t="n">
+        <x:v>1056</x:v>
+      </x:c>
+      <x:c r="FG23" s="3" t="n">
+        <x:v>1095</x:v>
+      </x:c>
+      <x:c r="FH23" s="3" t="n">
+        <x:v>795</x:v>
+      </x:c>
+      <x:c r="FI23" s="3" t="n">
+        <x:v>1072</x:v>
+      </x:c>
+      <x:c r="FJ23" s="3" t="n">
+        <x:v>1257</x:v>
+      </x:c>
+      <x:c r="FK23" s="3" t="n">
+        <x:v>1507</x:v>
+      </x:c>
+      <x:c r="FL23" s="3" t="n">
+        <x:v>1495</x:v>
+      </x:c>
+      <x:c r="FM23" s="3" t="n">
+        <x:v>1726</x:v>
+      </x:c>
+      <x:c r="FN23" s="3" t="n">
+        <x:v>2785</x:v>
+      </x:c>
+      <x:c r="FO23" s="3" t="n">
+        <x:v>2617</x:v>
+      </x:c>
+      <x:c r="FP23" s="3" t="n">
+        <x:v>1815</x:v>
+      </x:c>
+      <x:c r="FQ23" s="3" t="n">
+        <x:v>1642</x:v>
+      </x:c>
+      <x:c r="FR23" s="3" t="n">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="FS23" s="3" t="n">
+        <x:v>819</x:v>
+      </x:c>
+      <x:c r="FT23" s="3" t="n">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="FU23" s="3" t="n">
+        <x:v>962</x:v>
+      </x:c>
+      <x:c r="FV23" s="3" t="n">
+        <x:v>1368</x:v>
+      </x:c>
+      <x:c r="FW23" s="3" t="n">
+        <x:v>1996</x:v>
+      </x:c>
+      <x:c r="FX23" s="3" t="n">
+        <x:v>1324</x:v>
+      </x:c>
+      <x:c r="FY23" s="3" t="n">
+        <x:v>1886</x:v>
+      </x:c>
+      <x:c r="FZ23" s="3" t="n">
+        <x:v>901</x:v>
+      </x:c>
+      <x:c r="GA23" s="3" t="n">
+        <x:v>1087</x:v>
+      </x:c>
+      <x:c r="GB23" s="3" t="n">
+        <x:v>961</x:v>
+      </x:c>
+      <x:c r="GC23" s="3" t="n">
+        <x:v>1228</x:v>
+      </x:c>
+      <x:c r="GD23" s="3" t="n">
+        <x:v>1868</x:v>
+      </x:c>
+      <x:c r="GE23" s="3" t="n">
+        <x:v>2189</x:v>
+      </x:c>
+      <x:c r="GF23" s="3" t="n">
+        <x:v>3316</x:v>
+      </x:c>
+      <x:c r="GG23" s="3" t="n">
+        <x:v>2686</x:v>
+      </x:c>
+      <x:c r="GH23" s="3" t="n">
+        <x:v>1665</x:v>
+      </x:c>
+      <x:c r="GI23" s="3" t="n">
+        <x:v>1662</x:v>
+      </x:c>
+      <x:c r="GJ23" s="3" t="n">
+        <x:v>2007</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:192">
+      <x:c r="A24" s="2" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="B24" s="3" t="n">
+        <x:v>14571</x:v>
+      </x:c>
+      <x:c r="C24" s="3" t="n">
+        <x:v>13782</x:v>
+      </x:c>
+      <x:c r="D24" s="3" t="n">
+        <x:v>12906</x:v>
+      </x:c>
+      <x:c r="E24" s="3" t="n">
+        <x:v>14479</x:v>
+      </x:c>
+      <x:c r="F24" s="3" t="n">
+        <x:v>15379</x:v>
+      </x:c>
+      <x:c r="G24" s="3" t="n">
+        <x:v>10480</x:v>
+      </x:c>
+      <x:c r="H24" s="3" t="n">
+        <x:v>9712</x:v>
+      </x:c>
+      <x:c r="I24" s="3" t="n">
+        <x:v>22790</x:v>
+      </x:c>
+      <x:c r="J24" s="3" t="n">
+        <x:v>19235</x:v>
+      </x:c>
+      <x:c r="K24" s="3" t="n">
+        <x:v>11256</x:v>
+      </x:c>
+      <x:c r="L24" s="3" t="n">
+        <x:v>12028</x:v>
+      </x:c>
+      <x:c r="M24" s="3" t="n">
+        <x:v>13614</x:v>
+      </x:c>
+      <x:c r="N24" s="3" t="n">
+        <x:v>14974</x:v>
+      </x:c>
+      <x:c r="O24" s="3" t="n">
+        <x:v>15021</x:v>
+      </x:c>
+      <x:c r="P24" s="3" t="n">
+        <x:v>15014</x:v>
+      </x:c>
+      <x:c r="Q24" s="3" t="n">
+        <x:v>15799</x:v>
+      </x:c>
+      <x:c r="R24" s="3" t="n">
+        <x:v>13752</x:v>
+      </x:c>
+      <x:c r="S24" s="3" t="n">
+        <x:v>20372</x:v>
+      </x:c>
+      <x:c r="T24" s="3" t="n">
+        <x:v>14438</x:v>
+      </x:c>
+      <x:c r="U24" s="3" t="n">
+        <x:v>15501</x:v>
+      </x:c>
+      <x:c r="V24" s="3" t="n">
+        <x:v>16383</x:v>
+      </x:c>
+      <x:c r="W24" s="3" t="n">
+        <x:v>16353</x:v>
+      </x:c>
+      <x:c r="X24" s="3" t="n">
+        <x:v>16134</x:v>
+      </x:c>
+      <x:c r="Y24" s="3" t="n">
+        <x:v>17403</x:v>
+      </x:c>
+      <x:c r="Z24" s="3" t="n">
+        <x:v>14063</x:v>
+      </x:c>
+      <x:c r="AA24" s="3" t="n">
+        <x:v>17764</x:v>
+      </x:c>
+      <x:c r="AB24" s="3" t="n">
+        <x:v>18313</x:v>
+      </x:c>
+      <x:c r="AC24" s="3" t="n">
+        <x:v>20842</x:v>
+      </x:c>
+      <x:c r="AD24" s="3" t="n">
+        <x:v>16869</x:v>
+      </x:c>
+      <x:c r="AE24" s="3" t="n">
+        <x:v>17681</x:v>
+      </x:c>
+      <x:c r="AF24" s="3" t="n">
+        <x:v>17670</x:v>
+      </x:c>
+      <x:c r="AG24" s="3" t="n">
+        <x:v>26389</x:v>
+      </x:c>
+      <x:c r="AH24" s="3" t="n">
+        <x:v>25108</x:v>
+      </x:c>
+      <x:c r="AI24" s="3" t="n">
+        <x:v>25535</x:v>
+      </x:c>
+      <x:c r="AJ24" s="3" t="n">
+        <x:v>23649</x:v>
+      </x:c>
+      <x:c r="AK24" s="3" t="n">
+        <x:v>16348</x:v>
+      </x:c>
+      <x:c r="AL24" s="3" t="n">
+        <x:v>20044</x:v>
+      </x:c>
+      <x:c r="AM24" s="3" t="n">
+        <x:v>20374</x:v>
+      </x:c>
+      <x:c r="AN24" s="3" t="n">
+        <x:v>19688</x:v>
+      </x:c>
+      <x:c r="AO24" s="3" t="n">
+        <x:v>21612</x:v>
+      </x:c>
+      <x:c r="AP24" s="3" t="n">
+        <x:v>20152</x:v>
+      </x:c>
+      <x:c r="AQ24" s="3" t="n">
+        <x:v>18751</x:v>
+      </x:c>
+      <x:c r="AR24" s="3" t="n">
+        <x:v>18068</x:v>
+      </x:c>
+      <x:c r="AS24" s="3" t="n">
+        <x:v>17917</x:v>
+      </x:c>
+      <x:c r="AT24" s="3" t="n">
+        <x:v>17871</x:v>
+      </x:c>
+      <x:c r="AU24" s="3" t="n">
+        <x:v>17513</x:v>
+      </x:c>
+      <x:c r="AV24" s="3" t="n">
+        <x:v>12180</x:v>
+      </x:c>
+      <x:c r="AW24" s="3" t="n">
+        <x:v>16287</x:v>
+      </x:c>
+      <x:c r="AX24" s="3" t="n">
+        <x:v>14074</x:v>
+      </x:c>
+      <x:c r="AY24" s="3" t="n">
+        <x:v>16671</x:v>
+      </x:c>
+      <x:c r="AZ24" s="3" t="n">
+        <x:v>13884</x:v>
+      </x:c>
+      <x:c r="BA24" s="3" t="n">
+        <x:v>14985</x:v>
+      </x:c>
+      <x:c r="BB24" s="3" t="n">
+        <x:v>12700</x:v>
+      </x:c>
+      <x:c r="BC24" s="3" t="n">
+        <x:v>14474</x:v>
+      </x:c>
+      <x:c r="BD24" s="3" t="n">
+        <x:v>11872</x:v>
+      </x:c>
+      <x:c r="BE24" s="3" t="n">
+        <x:v>20183</x:v>
+      </x:c>
+      <x:c r="BF24" s="3" t="n">
+        <x:v>15585</x:v>
+      </x:c>
+      <x:c r="BG24" s="3" t="n">
+        <x:v>12923</x:v>
+      </x:c>
+      <x:c r="BH24" s="3" t="n">
+        <x:v>12821</x:v>
+      </x:c>
+      <x:c r="BI24" s="3" t="n">
+        <x:v>14132</x:v>
+      </x:c>
+      <x:c r="BJ24" s="3" t="n">
+        <x:v>14843</x:v>
+      </x:c>
+      <x:c r="BK24" s="3" t="n">
+        <x:v>16083</x:v>
+      </x:c>
+      <x:c r="BL24" s="3" t="n">
+        <x:v>15109</x:v>
+      </x:c>
+      <x:c r="BM24" s="3" t="n">
+        <x:v>17430</x:v>
+      </x:c>
+      <x:c r="BN24" s="3" t="n">
+        <x:v>19452</x:v>
+      </x:c>
+      <x:c r="BO24" s="3" t="n">
+        <x:v>18362</x:v>
+      </x:c>
+      <x:c r="BP24" s="3" t="n">
+        <x:v>18717</x:v>
+      </x:c>
+      <x:c r="BQ24" s="3" t="n">
+        <x:v>17639</x:v>
+      </x:c>
+      <x:c r="BR24" s="3" t="n">
+        <x:v>21597</x:v>
+      </x:c>
+      <x:c r="BS24" s="3" t="n">
+        <x:v>20230</x:v>
+      </x:c>
+      <x:c r="BT24" s="3" t="n">
+        <x:v>21252</x:v>
+      </x:c>
+      <x:c r="BU24" s="3" t="n">
+        <x:v>22030</x:v>
+      </x:c>
+      <x:c r="BV24" s="3" t="n">
+        <x:v>24338</x:v>
+      </x:c>
+      <x:c r="BW24" s="3" t="n">
+        <x:v>23937</x:v>
+      </x:c>
+      <x:c r="BX24" s="3" t="n">
+        <x:v>24492</x:v>
+      </x:c>
+      <x:c r="BY24" s="3" t="n">
+        <x:v>28060</x:v>
+      </x:c>
+      <x:c r="BZ24" s="3" t="n">
+        <x:v>24335</x:v>
+      </x:c>
+      <x:c r="CA24" s="3" t="n">
+        <x:v>24186</x:v>
+      </x:c>
+      <x:c r="CB24" s="3" t="n">
+        <x:v>31409</x:v>
+      </x:c>
+      <x:c r="CC24" s="3" t="n">
+        <x:v>31954</x:v>
+      </x:c>
+      <x:c r="CD24" s="3" t="n">
+        <x:v>33444</x:v>
+      </x:c>
+      <x:c r="CE24" s="3" t="n">
+        <x:v>28665</x:v>
+      </x:c>
+      <x:c r="CF24" s="3" t="n">
+        <x:v>31343</x:v>
+      </x:c>
+      <x:c r="CG24" s="3" t="n">
+        <x:v>31895</x:v>
+      </x:c>
+      <x:c r="CH24" s="3" t="n">
+        <x:v>30997</x:v>
+      </x:c>
+      <x:c r="CI24" s="3" t="n">
+        <x:v>30262</x:v>
+      </x:c>
+      <x:c r="CJ24" s="3" t="n">
+        <x:v>31710</x:v>
+      </x:c>
+      <x:c r="CK24" s="3" t="n">
+        <x:v>34620</x:v>
+      </x:c>
+      <x:c r="CL24" s="3" t="n">
+        <x:v>33419</x:v>
+      </x:c>
+      <x:c r="CM24" s="3" t="n">
+        <x:v>31696</x:v>
+      </x:c>
+      <x:c r="CN24" s="3" t="n">
+        <x:v>30748</x:v>
+      </x:c>
+      <x:c r="CO24" s="3" t="n">
+        <x:v>33993</x:v>
+      </x:c>
+      <x:c r="CP24" s="3" t="n">
+        <x:v>36907</x:v>
+      </x:c>
+      <x:c r="CQ24" s="3" t="n">
+        <x:v>33371</x:v>
+      </x:c>
+      <x:c r="CR24" s="3" t="n">
+        <x:v>34944</x:v>
+      </x:c>
+      <x:c r="CS24" s="3" t="n">
+        <x:v>28986</x:v>
+      </x:c>
+      <x:c r="CT24" s="3" t="n">
+        <x:v>35226</x:v>
+      </x:c>
+      <x:c r="CU24" s="3" t="n">
+        <x:v>34046</x:v>
+      </x:c>
+      <x:c r="CV24" s="3" t="n">
+        <x:v>32584</x:v>
+      </x:c>
+      <x:c r="CW24" s="3" t="n">
+        <x:v>32971</x:v>
+      </x:c>
+      <x:c r="CX24" s="3" t="n">
+        <x:v>27379</x:v>
+      </x:c>
+      <x:c r="CY24" s="3" t="n">
+        <x:v>28108</x:v>
+      </x:c>
+      <x:c r="CZ24" s="3" t="n">
+        <x:v>28895</x:v>
+      </x:c>
+      <x:c r="DA24" s="3" t="n">
+        <x:v>32234</x:v>
+      </x:c>
+      <x:c r="DB24" s="3" t="n">
+        <x:v>33287</x:v>
+      </x:c>
+      <x:c r="DC24" s="3" t="n">
+        <x:v>30309</x:v>
+      </x:c>
+      <x:c r="DD24" s="3" t="n">
+        <x:v>34927</x:v>
+      </x:c>
+      <x:c r="DE24" s="3" t="n">
+        <x:v>44187</x:v>
+      </x:c>
+      <x:c r="DF24" s="3" t="n">
+        <x:v>40772</x:v>
+      </x:c>
+      <x:c r="DG24" s="3" t="n">
+        <x:v>41910</x:v>
+      </x:c>
+      <x:c r="DH24" s="3" t="n">
+        <x:v>40546</x:v>
+      </x:c>
+      <x:c r="DI24" s="3" t="n">
+        <x:v>46579</x:v>
+      </x:c>
+      <x:c r="DJ24" s="3" t="n">
+        <x:v>51607</x:v>
+      </x:c>
+      <x:c r="DK24" s="3" t="n">
+        <x:v>49559</x:v>
+      </x:c>
+      <x:c r="DL24" s="3" t="n">
+        <x:v>50004</x:v>
+      </x:c>
+      <x:c r="DM24" s="3" t="n">
+        <x:v>51063</x:v>
+      </x:c>
+      <x:c r="DN24" s="3" t="n">
+        <x:v>64281</x:v>
+      </x:c>
+      <x:c r="DO24" s="3" t="n">
+        <x:v>61595</x:v>
+      </x:c>
+      <x:c r="DP24" s="3" t="n">
+        <x:v>62250</x:v>
+      </x:c>
+      <x:c r="DQ24" s="3" t="n">
+        <x:v>69945</x:v>
+      </x:c>
+      <x:c r="DR24" s="3" t="n">
+        <x:v>67694</x:v>
+      </x:c>
+      <x:c r="DS24" s="3" t="n">
+        <x:v>68154</x:v>
+      </x:c>
+      <x:c r="DT24" s="3" t="n">
+        <x:v>61836</x:v>
+      </x:c>
+      <x:c r="DU24" s="3" t="n">
+        <x:v>71031</x:v>
+      </x:c>
+      <x:c r="DV24" s="3" t="n">
+        <x:v>52362</x:v>
+      </x:c>
+      <x:c r="DW24" s="3" t="n">
+        <x:v>57587</x:v>
+      </x:c>
+      <x:c r="DX24" s="3" t="n">
+        <x:v>54103</x:v>
+      </x:c>
+      <x:c r="DY24" s="3" t="n">
+        <x:v>60012</x:v>
+      </x:c>
+      <x:c r="DZ24" s="3" t="n">
+        <x:v>48890</x:v>
+      </x:c>
+      <x:c r="EA24" s="3" t="n">
+        <x:v>51792</x:v>
+      </x:c>
+      <x:c r="EB24" s="3" t="n">
+        <x:v>48713</x:v>
+      </x:c>
+      <x:c r="EC24" s="3" t="n">
+        <x:v>57195</x:v>
+      </x:c>
+      <x:c r="ED24" s="3" t="n">
+        <x:v>52880</x:v>
+      </x:c>
+      <x:c r="EE24" s="3" t="n">
+        <x:v>52779</x:v>
+      </x:c>
+      <x:c r="EF24" s="3" t="n">
+        <x:v>49455</x:v>
+      </x:c>
+      <x:c r="EG24" s="3" t="n">
+        <x:v>56110</x:v>
+      </x:c>
+      <x:c r="EH24" s="3" t="n">
+        <x:v>52664</x:v>
+      </x:c>
+      <x:c r="EI24" s="3" t="n">
+        <x:v>53336</x:v>
+      </x:c>
+      <x:c r="EJ24" s="3" t="n">
+        <x:v>55148</x:v>
+      </x:c>
+      <x:c r="EK24" s="3" t="n">
+        <x:v>58509</x:v>
+      </x:c>
+      <x:c r="EL24" s="3" t="n">
+        <x:v>52721</x:v>
+      </x:c>
+      <x:c r="EM24" s="3" t="n">
+        <x:v>57995</x:v>
+      </x:c>
+      <x:c r="EN24" s="3" t="n">
+        <x:v>54030</x:v>
+      </x:c>
+      <x:c r="EO24" s="3" t="n">
+        <x:v>56644</x:v>
+      </x:c>
+      <x:c r="EP24" s="3" t="n">
+        <x:v>52968</x:v>
+      </x:c>
+      <x:c r="EQ24" s="3" t="n">
+        <x:v>55476</x:v>
+      </x:c>
+      <x:c r="ER24" s="3" t="n">
+        <x:v>55518</x:v>
+      </x:c>
+      <x:c r="ES24" s="3" t="n">
+        <x:v>60345</x:v>
+      </x:c>
+      <x:c r="ET24" s="3" t="n">
+        <x:v>53512</x:v>
+      </x:c>
+      <x:c r="EU24" s="3" t="n">
+        <x:v>59246</x:v>
+      </x:c>
+      <x:c r="EV24" s="3" t="n">
+        <x:v>52556</x:v>
+      </x:c>
+      <x:c r="EW24" s="3" t="n">
+        <x:v>57722</x:v>
+      </x:c>
+      <x:c r="EX24" s="3" t="n">
+        <x:v>59981</x:v>
+      </x:c>
+      <x:c r="EY24" s="3" t="n">
+        <x:v>65016</x:v>
+      </x:c>
+      <x:c r="EZ24" s="3" t="n">
+        <x:v>63989</x:v>
+      </x:c>
+      <x:c r="FA24" s="3" t="n">
+        <x:v>65936</x:v>
+      </x:c>
+      <x:c r="FB24" s="3" t="n">
+        <x:v>70706</x:v>
+      </x:c>
+      <x:c r="FC24" s="3" t="n">
+        <x:v>68353</x:v>
+      </x:c>
+      <x:c r="FD24" s="3" t="n">
+        <x:v>68925</x:v>
+      </x:c>
+      <x:c r="FE24" s="3" t="n">
+        <x:v>70922</x:v>
+      </x:c>
+      <x:c r="FF24" s="3" t="n">
+        <x:v>67865</x:v>
+      </x:c>
+      <x:c r="FG24" s="3" t="n">
+        <x:v>70613</x:v>
+      </x:c>
+      <x:c r="FH24" s="3" t="n">
+        <x:v>69269</x:v>
+      </x:c>
+      <x:c r="FI24" s="3" t="n">
+        <x:v>75528</x:v>
+      </x:c>
+      <x:c r="FJ24" s="3" t="n">
+        <x:v>76127</x:v>
+      </x:c>
+      <x:c r="FK24" s="3" t="n">
+        <x:v>77822</x:v>
+      </x:c>
+      <x:c r="FL24" s="3" t="n">
+        <x:v>77790</x:v>
+      </x:c>
+      <x:c r="FM24" s="3" t="n">
+        <x:v>78664</x:v>
+      </x:c>
+      <x:c r="FN24" s="3" t="n">
+        <x:v>78807</x:v>
+      </x:c>
+      <x:c r="FO24" s="3" t="n">
+        <x:v>73622</x:v>
+      </x:c>
+      <x:c r="FP24" s="3" t="n">
+        <x:v>72373</x:v>
+      </x:c>
+      <x:c r="FQ24" s="3" t="n">
+        <x:v>81714</x:v>
+      </x:c>
+      <x:c r="FR24" s="3" t="n">
+        <x:v>84214</x:v>
+      </x:c>
+      <x:c r="FS24" s="3" t="n">
+        <x:v>84301</x:v>
+      </x:c>
+      <x:c r="FT24" s="3" t="n">
+        <x:v>84944</x:v>
+      </x:c>
+      <x:c r="FU24" s="3" t="n">
+        <x:v>86294</x:v>
+      </x:c>
+      <x:c r="FV24" s="3" t="n">
+        <x:v>87899</x:v>
+      </x:c>
+      <x:c r="FW24" s="3" t="n">
+        <x:v>85680</x:v>
+      </x:c>
+      <x:c r="FX24" s="3" t="n">
+        <x:v>85970</x:v>
+      </x:c>
+      <x:c r="FY24" s="3" t="n">
+        <x:v>78570</x:v>
+      </x:c>
+      <x:c r="FZ24" s="3" t="n">
+        <x:v>77546</x:v>
+      </x:c>
+      <x:c r="GA24" s="3" t="n">
+        <x:v>77646</x:v>
+      </x:c>
+      <x:c r="GB24" s="3" t="n">
+        <x:v>70277</x:v>
+      </x:c>
+      <x:c r="GC24" s="3" t="n">
+        <x:v>75353</x:v>
+      </x:c>
+      <x:c r="GD24" s="3" t="n">
+        <x:v>72092</x:v>
+      </x:c>
+      <x:c r="GE24" s="3" t="n">
+        <x:v>78155</x:v>
+      </x:c>
+      <x:c r="GF24" s="3" t="n">
+        <x:v>74158</x:v>
+      </x:c>
+      <x:c r="GG24" s="3" t="n">
+        <x:v>82375</x:v>
+      </x:c>
+      <x:c r="GH24" s="3" t="n">
+        <x:v>77575</x:v>
+      </x:c>
+      <x:c r="GI24" s="3" t="n">
+        <x:v>79057</x:v>
+      </x:c>
+      <x:c r="GJ24" s="3" t="n">
+        <x:v>74245</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:192">
+      <x:c r="A25" s="2" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="B25" s="3" t="n">
+        <x:v>9047</x:v>
+      </x:c>
+      <x:c r="C25" s="3" t="n">
+        <x:v>9181</x:v>
+      </x:c>
+      <x:c r="D25" s="3" t="n">
+        <x:v>8810</x:v>
+      </x:c>
+      <x:c r="E25" s="3" t="n">
+        <x:v>11966</x:v>
+      </x:c>
+      <x:c r="F25" s="3" t="n">
+        <x:v>6618</x:v>
+      </x:c>
+      <x:c r="G25" s="3" t="n">
+        <x:v>7914</x:v>
+      </x:c>
+      <x:c r="H25" s="3" t="n">
+        <x:v>7606</x:v>
+      </x:c>
+      <x:c r="I25" s="3" t="n">
+        <x:v>11395</x:v>
+      </x:c>
+      <x:c r="J25" s="3" t="n">
+        <x:v>7616</x:v>
+      </x:c>
+      <x:c r="K25" s="3" t="n">
+        <x:v>9196</x:v>
+      </x:c>
+      <x:c r="L25" s="3" t="n">
+        <x:v>9233</x:v>
+      </x:c>
+      <x:c r="M25" s="3" t="n">
+        <x:v>12036</x:v>
+      </x:c>
+      <x:c r="N25" s="3" t="n">
+        <x:v>9249</x:v>
+      </x:c>
+      <x:c r="O25" s="3" t="n">
+        <x:v>10629</x:v>
+      </x:c>
+      <x:c r="P25" s="3" t="n">
+        <x:v>9869</x:v>
+      </x:c>
+      <x:c r="Q25" s="3" t="n">
+        <x:v>13595</x:v>
+      </x:c>
+      <x:c r="R25" s="3" t="n">
+        <x:v>7830</x:v>
+      </x:c>
+      <x:c r="S25" s="3" t="n">
+        <x:v>8889</x:v>
+      </x:c>
+      <x:c r="T25" s="3" t="n">
+        <x:v>7389</x:v>
+      </x:c>
+      <x:c r="U25" s="3" t="n">
+        <x:v>9486</x:v>
+      </x:c>
+      <x:c r="V25" s="3" t="n">
+        <x:v>6217</x:v>
+      </x:c>
+      <x:c r="W25" s="3" t="n">
+        <x:v>6961</x:v>
+      </x:c>
+      <x:c r="X25" s="3" t="n">
+        <x:v>6553</x:v>
+      </x:c>
+      <x:c r="Y25" s="3" t="n">
+        <x:v>9283</x:v>
+      </x:c>
+      <x:c r="Z25" s="3" t="n">
+        <x:v>5839</x:v>
+      </x:c>
+      <x:c r="AA25" s="3" t="n">
+        <x:v>6826</x:v>
+      </x:c>
+      <x:c r="AB25" s="3" t="n">
+        <x:v>8229</x:v>
+      </x:c>
+      <x:c r="AC25" s="3" t="n">
+        <x:v>10836</x:v>
+      </x:c>
+      <x:c r="AD25" s="3" t="n">
+        <x:v>6430</x:v>
+      </x:c>
+      <x:c r="AE25" s="3" t="n">
+        <x:v>9186</x:v>
+      </x:c>
+      <x:c r="AF25" s="3" t="n">
+        <x:v>9509</x:v>
+      </x:c>
+      <x:c r="AG25" s="3" t="n">
+        <x:v>14320</x:v>
+      </x:c>
+      <x:c r="AH25" s="3" t="n">
+        <x:v>9803</x:v>
+      </x:c>
+      <x:c r="AI25" s="3" t="n">
+        <x:v>11381</x:v>
+      </x:c>
+      <x:c r="AJ25" s="3" t="n">
+        <x:v>12975</x:v>
+      </x:c>
+      <x:c r="AK25" s="3" t="n">
+        <x:v>15177</x:v>
+      </x:c>
+      <x:c r="AL25" s="3" t="n">
+        <x:v>10432</x:v>
+      </x:c>
+      <x:c r="AM25" s="3" t="n">
+        <x:v>11211</x:v>
+      </x:c>
+      <x:c r="AN25" s="3" t="n">
+        <x:v>13174</x:v>
+      </x:c>
+      <x:c r="AO25" s="3" t="n">
+        <x:v>18653</x:v>
+      </x:c>
+      <x:c r="AP25" s="3" t="n">
+        <x:v>10948</x:v>
+      </x:c>
+      <x:c r="AQ25" s="3" t="n">
+        <x:v>11976</x:v>
+      </x:c>
+      <x:c r="AR25" s="3" t="n">
+        <x:v>10740</x:v>
+      </x:c>
+      <x:c r="AS25" s="3" t="n">
+        <x:v>11954</x:v>
+      </x:c>
+      <x:c r="AT25" s="3" t="n">
+        <x:v>8467</x:v>
+      </x:c>
+      <x:c r="AU25" s="3" t="n">
+        <x:v>8459</x:v>
+      </x:c>
+      <x:c r="AV25" s="3" t="n">
+        <x:v>8130</x:v>
+      </x:c>
+      <x:c r="AW25" s="3" t="n">
+        <x:v>9113</x:v>
+      </x:c>
+      <x:c r="AX25" s="3" t="n">
+        <x:v>7093</x:v>
+      </x:c>
+      <x:c r="AY25" s="3" t="n">
+        <x:v>8862</x:v>
+      </x:c>
+      <x:c r="AZ25" s="3" t="n">
+        <x:v>8701</x:v>
+      </x:c>
+      <x:c r="BA25" s="3" t="n">
+        <x:v>11866</x:v>
+      </x:c>
+      <x:c r="BB25" s="3" t="n">
+        <x:v>7053</x:v>
+      </x:c>
+      <x:c r="BC25" s="3" t="n">
+        <x:v>8839</x:v>
+      </x:c>
+      <x:c r="BD25" s="3" t="n">
+        <x:v>8258</x:v>
+      </x:c>
+      <x:c r="BE25" s="3" t="n">
+        <x:v>9016</x:v>
+      </x:c>
+      <x:c r="BF25" s="3" t="n">
+        <x:v>6409</x:v>
+      </x:c>
+      <x:c r="BG25" s="3" t="n">
+        <x:v>7474</x:v>
+      </x:c>
+      <x:c r="BH25" s="3" t="n">
+        <x:v>8502</x:v>
+      </x:c>
+      <x:c r="BI25" s="3" t="n">
+        <x:v>10694</x:v>
+      </x:c>
+      <x:c r="BJ25" s="3" t="n">
+        <x:v>5124</x:v>
+      </x:c>
+      <x:c r="BK25" s="3" t="n">
+        <x:v>6330</x:v>
+      </x:c>
+      <x:c r="BL25" s="3" t="n">
+        <x:v>7367</x:v>
+      </x:c>
+      <x:c r="BM25" s="3" t="n">
+        <x:v>8537</x:v>
+      </x:c>
+      <x:c r="BN25" s="3" t="n">
+        <x:v>5429</x:v>
+      </x:c>
+      <x:c r="BO25" s="3" t="n">
+        <x:v>6679</x:v>
+      </x:c>
+      <x:c r="BP25" s="3" t="n">
+        <x:v>8074</x:v>
+      </x:c>
+      <x:c r="BQ25" s="3" t="n">
+        <x:v>10413</x:v>
+      </x:c>
+      <x:c r="BR25" s="3" t="n">
+        <x:v>6991</x:v>
+      </x:c>
+      <x:c r="BS25" s="3" t="n">
+        <x:v>9709</x:v>
+      </x:c>
+      <x:c r="BT25" s="3" t="n">
+        <x:v>10846</x:v>
+      </x:c>
+      <x:c r="BU25" s="3" t="n">
+        <x:v>12014</x:v>
+      </x:c>
+      <x:c r="BV25" s="3" t="n">
+        <x:v>9183</x:v>
+      </x:c>
+      <x:c r="BW25" s="3" t="n">
+        <x:v>10419</x:v>
+      </x:c>
+      <x:c r="BX25" s="3" t="n">
+        <x:v>11070</x:v>
+      </x:c>
+      <x:c r="BY25" s="3" t="n">
+        <x:v>12961</x:v>
+      </x:c>
+      <x:c r="BZ25" s="3" t="n">
+        <x:v>8741</x:v>
+      </x:c>
+      <x:c r="CA25" s="3" t="n">
+        <x:v>11250</x:v>
+      </x:c>
+      <x:c r="CB25" s="3" t="n">
+        <x:v>10777</x:v>
+      </x:c>
+      <x:c r="CC25" s="3" t="n">
+        <x:v>14403</x:v>
+      </x:c>
+      <x:c r="CD25" s="3" t="n">
+        <x:v>8873</x:v>
+      </x:c>
+      <x:c r="CE25" s="3" t="n">
+        <x:v>12217</x:v>
+      </x:c>
+      <x:c r="CF25" s="3" t="n">
+        <x:v>13604</x:v>
+      </x:c>
+      <x:c r="CG25" s="3" t="n">
+        <x:v>17015</x:v>
+      </x:c>
+      <x:c r="CH25" s="3" t="n">
+        <x:v>9213</x:v>
+      </x:c>
+      <x:c r="CI25" s="3" t="n">
+        <x:v>11366</x:v>
+      </x:c>
+      <x:c r="CJ25" s="3" t="n">
+        <x:v>11368</x:v>
+      </x:c>
+      <x:c r="CK25" s="3" t="n">
+        <x:v>15249</x:v>
+      </x:c>
+      <x:c r="CL25" s="3" t="n">
+        <x:v>8192</x:v>
+      </x:c>
+      <x:c r="CM25" s="3" t="n">
+        <x:v>11849</x:v>
+      </x:c>
+      <x:c r="CN25" s="3" t="n">
+        <x:v>10625</x:v>
+      </x:c>
+      <x:c r="CO25" s="3" t="n">
+        <x:v>13301</x:v>
+      </x:c>
+      <x:c r="CP25" s="3" t="n">
+        <x:v>8482</x:v>
+      </x:c>
+      <x:c r="CQ25" s="3" t="n">
+        <x:v>11308</x:v>
+      </x:c>
+      <x:c r="CR25" s="3" t="n">
+        <x:v>11660</x:v>
+      </x:c>
+      <x:c r="CS25" s="3" t="n">
+        <x:v>15277</x:v>
+      </x:c>
+      <x:c r="CT25" s="3" t="n">
+        <x:v>10232</x:v>
+      </x:c>
+      <x:c r="CU25" s="3" t="n">
+        <x:v>13701</x:v>
+      </x:c>
+      <x:c r="CV25" s="3" t="n">
+        <x:v>13786</x:v>
+      </x:c>
+      <x:c r="CW25" s="3" t="n">
+        <x:v>16847</x:v>
+      </x:c>
+      <x:c r="CX25" s="3" t="n">
+        <x:v>10068</x:v>
+      </x:c>
+      <x:c r="CY25" s="3" t="n">
+        <x:v>12268</x:v>
+      </x:c>
+      <x:c r="CZ25" s="3" t="n">
+        <x:v>10886</x:v>
+      </x:c>
+      <x:c r="DA25" s="3" t="n">
+        <x:v>13927</x:v>
+      </x:c>
+      <x:c r="DB25" s="3" t="n">
+        <x:v>10624</x:v>
+      </x:c>
+      <x:c r="DC25" s="3" t="n">
+        <x:v>12871</x:v>
+      </x:c>
+      <x:c r="DD25" s="3" t="n">
+        <x:v>13117</x:v>
+      </x:c>
+      <x:c r="DE25" s="3" t="n">
+        <x:v>15039</x:v>
+      </x:c>
+      <x:c r="DF25" s="3" t="n">
+        <x:v>8653</x:v>
+      </x:c>
+      <x:c r="DG25" s="3" t="n">
+        <x:v>13053</x:v>
+      </x:c>
+      <x:c r="DH25" s="3" t="n">
+        <x:v>12734</x:v>
+      </x:c>
+      <x:c r="DI25" s="3" t="n">
+        <x:v>20536</x:v>
+      </x:c>
+      <x:c r="DJ25" s="3" t="n">
+        <x:v>10443</x:v>
+      </x:c>
+      <x:c r="DK25" s="3" t="n">
+        <x:v>12822</x:v>
+      </x:c>
+      <x:c r="DL25" s="3" t="n">
+        <x:v>14745</x:v>
+      </x:c>
+      <x:c r="DM25" s="3" t="n">
+        <x:v>20089</x:v>
+      </x:c>
+      <x:c r="DN25" s="3" t="n">
+        <x:v>10815</x:v>
+      </x:c>
+      <x:c r="DO25" s="3" t="n">
+        <x:v>16993</x:v>
+      </x:c>
+      <x:c r="DP25" s="3" t="n">
+        <x:v>18809</x:v>
+      </x:c>
+      <x:c r="DQ25" s="3" t="n">
+        <x:v>24632</x:v>
+      </x:c>
+      <x:c r="DR25" s="3" t="n">
+        <x:v>17100</x:v>
+      </x:c>
+      <x:c r="DS25" s="3" t="n">
+        <x:v>21646</x:v>
+      </x:c>
+      <x:c r="DT25" s="3" t="n">
+        <x:v>21082</x:v>
+      </x:c>
+      <x:c r="DU25" s="3" t="n">
+        <x:v>27153</x:v>
+      </x:c>
+      <x:c r="DV25" s="3" t="n">
+        <x:v>14816</x:v>
+      </x:c>
+      <x:c r="DW25" s="3" t="n">
+        <x:v>15788</x:v>
+      </x:c>
+      <x:c r="DX25" s="3" t="n">
+        <x:v>13113</x:v>
+      </x:c>
+      <x:c r="DY25" s="3" t="n">
+        <x:v>17067</x:v>
+      </x:c>
+      <x:c r="DZ25" s="3" t="n">
+        <x:v>9964</x:v>
+      </x:c>
+      <x:c r="EA25" s="3" t="n">
+        <x:v>12643</x:v>
+      </x:c>
+      <x:c r="EB25" s="3" t="n">
+        <x:v>10422</x:v>
+      </x:c>
+      <x:c r="EC25" s="3" t="n">
+        <x:v>16323</x:v>
+      </x:c>
+      <x:c r="ED25" s="3" t="n">
+        <x:v>9717</x:v>
+      </x:c>
+      <x:c r="EE25" s="3" t="n">
+        <x:v>12682</x:v>
+      </x:c>
+      <x:c r="EF25" s="3" t="n">
+        <x:v>13078</x:v>
+      </x:c>
+      <x:c r="EG25" s="3" t="n">
+        <x:v>17605</x:v>
+      </x:c>
+      <x:c r="EH25" s="3" t="n">
+        <x:v>12464</x:v>
+      </x:c>
+      <x:c r="EI25" s="3" t="n">
+        <x:v>14324</x:v>
+      </x:c>
+      <x:c r="EJ25" s="3" t="n">
+        <x:v>12526</x:v>
+      </x:c>
+      <x:c r="EK25" s="3" t="n">
+        <x:v>17431</x:v>
+      </x:c>
+      <x:c r="EL25" s="3" t="n">
+        <x:v>11413</x:v>
+      </x:c>
+      <x:c r="EM25" s="3" t="n">
+        <x:v>14135</x:v>
+      </x:c>
+      <x:c r="EN25" s="3" t="n">
+        <x:v>12263</x:v>
+      </x:c>
+      <x:c r="EO25" s="3" t="n">
+        <x:v>16050</x:v>
+      </x:c>
+      <x:c r="EP25" s="3" t="n">
+        <x:v>12463</x:v>
+      </x:c>
+      <x:c r="EQ25" s="3" t="n">
+        <x:v>13813</x:v>
+      </x:c>
+      <x:c r="ER25" s="3" t="n">
+        <x:v>12867</x:v>
+      </x:c>
+      <x:c r="ES25" s="3" t="n">
+        <x:v>17961</x:v>
+      </x:c>
+      <x:c r="ET25" s="3" t="n">
+        <x:v>10860</x:v>
+      </x:c>
+      <x:c r="EU25" s="3" t="n">
+        <x:v>12550</x:v>
+      </x:c>
+      <x:c r="EV25" s="3" t="n">
+        <x:v>11931</x:v>
+      </x:c>
+      <x:c r="EW25" s="3" t="n">
+        <x:v>15099</x:v>
+      </x:c>
+      <x:c r="EX25" s="3" t="n">
+        <x:v>13588</x:v>
+      </x:c>
+      <x:c r="EY25" s="3" t="n">
+        <x:v>14821</x:v>
+      </x:c>
+      <x:c r="EZ25" s="3" t="n">
+        <x:v>13797</x:v>
+      </x:c>
+      <x:c r="FA25" s="3" t="n">
+        <x:v>17921</x:v>
+      </x:c>
+      <x:c r="FB25" s="3" t="n">
+        <x:v>13971</x:v>
+      </x:c>
+      <x:c r="FC25" s="3" t="n">
+        <x:v>14138</x:v>
+      </x:c>
+      <x:c r="FD25" s="3" t="n">
+        <x:v>13570</x:v>
+      </x:c>
+      <x:c r="FE25" s="3" t="n">
+        <x:v>17416</x:v>
+      </x:c>
+      <x:c r="FF25" s="3" t="n">
+        <x:v>13787</x:v>
+      </x:c>
+      <x:c r="FG25" s="3" t="n">
+        <x:v>15622</x:v>
+      </x:c>
+      <x:c r="FH25" s="3" t="n">
+        <x:v>14762</x:v>
+      </x:c>
+      <x:c r="FI25" s="3" t="n">
+        <x:v>18372</x:v>
+      </x:c>
+      <x:c r="FJ25" s="3" t="n">
+        <x:v>18118</x:v>
+      </x:c>
+      <x:c r="FK25" s="3" t="n">
+        <x:v>19279</x:v>
+      </x:c>
+      <x:c r="FL25" s="3" t="n">
+        <x:v>19800</x:v>
+      </x:c>
+      <x:c r="FM25" s="3" t="n">
+        <x:v>23030</x:v>
+      </x:c>
+      <x:c r="FN25" s="3" t="n">
+        <x:v>16255</x:v>
+      </x:c>
+      <x:c r="FO25" s="3" t="n">
+        <x:v>15545</x:v>
+      </x:c>
+      <x:c r="FP25" s="3" t="n">
+        <x:v>15121</x:v>
+      </x:c>
+      <x:c r="FQ25" s="3" t="n">
+        <x:v>17877</x:v>
+      </x:c>
+      <x:c r="FR25" s="3" t="n">
+        <x:v>16109</x:v>
+      </x:c>
+      <x:c r="FS25" s="3" t="n">
+        <x:v>16558</x:v>
+      </x:c>
+      <x:c r="FT25" s="3" t="n">
+        <x:v>15209</x:v>
+      </x:c>
+      <x:c r="FU25" s="3" t="n">
+        <x:v>20151</x:v>
+      </x:c>
+      <x:c r="FV25" s="3" t="n">
+        <x:v>16291</x:v>
+      </x:c>
+      <x:c r="FW25" s="3" t="n">
+        <x:v>19135</x:v>
+      </x:c>
+      <x:c r="FX25" s="3" t="n">
+        <x:v>17626</x:v>
+      </x:c>
+      <x:c r="FY25" s="3" t="n">
+        <x:v>21814</x:v>
+      </x:c>
+      <x:c r="FZ25" s="3" t="n">
+        <x:v>16446</x:v>
+      </x:c>
+      <x:c r="GA25" s="3" t="n">
+        <x:v>16922</x:v>
+      </x:c>
+      <x:c r="GB25" s="3" t="n">
+        <x:v>16332</x:v>
+      </x:c>
+      <x:c r="GC25" s="3" t="n">
+        <x:v>21204</x:v>
+      </x:c>
+      <x:c r="GD25" s="3" t="n">
+        <x:v>16417</x:v>
+      </x:c>
+      <x:c r="GE25" s="3" t="n">
+        <x:v>17284</x:v>
+      </x:c>
+      <x:c r="GF25" s="3" t="n">
+        <x:v>16177</x:v>
+      </x:c>
+      <x:c r="GG25" s="3" t="n">
+        <x:v>20343</x:v>
+      </x:c>
+      <x:c r="GH25" s="3" t="n">
+        <x:v>15210</x:v>
+      </x:c>
+      <x:c r="GI25" s="3" t="n">
+        <x:v>17224</x:v>
+      </x:c>
+      <x:c r="GJ25" s="3" t="n">
+        <x:v>17211</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:192">
+      <x:c r="A26" s="2" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="B26" s="3" t="n">
+        <x:v>10561</x:v>
+      </x:c>
+      <x:c r="C26" s="3" t="n">
+        <x:v>17140</x:v>
+      </x:c>
+      <x:c r="D26" s="3" t="n">
+        <x:v>14016</x:v>
+      </x:c>
+      <x:c r="E26" s="3" t="n">
+        <x:v>16499</x:v>
+      </x:c>
+      <x:c r="F26" s="3" t="n">
+        <x:v>9375</x:v>
+      </x:c>
+      <x:c r="G26" s="3" t="n">
+        <x:v>14611</x:v>
+      </x:c>
+      <x:c r="H26" s="3" t="n">
+        <x:v>16370</x:v>
+      </x:c>
+      <x:c r="I26" s="3" t="n">
+        <x:v>14245</x:v>
+      </x:c>
+      <x:c r="J26" s="3" t="n">
+        <x:v>9440</x:v>
+      </x:c>
+      <x:c r="K26" s="3" t="n">
+        <x:v>14202</x:v>
+      </x:c>
+      <x:c r="L26" s="3" t="n">
+        <x:v>16201</x:v>
+      </x:c>
+      <x:c r="M26" s="3" t="n">
+        <x:v>13649</x:v>
+      </x:c>
+      <x:c r="N26" s="3" t="n">
+        <x:v>9636</x:v>
+      </x:c>
+      <x:c r="O26" s="3" t="n">
+        <x:v>13407</x:v>
+      </x:c>
+      <x:c r="P26" s="3" t="n">
+        <x:v>15628</x:v>
+      </x:c>
+      <x:c r="Q26" s="3" t="n">
+        <x:v>14096</x:v>
+      </x:c>
+      <x:c r="R26" s="3" t="n">
+        <x:v>9323</x:v>
+      </x:c>
+      <x:c r="S26" s="3" t="n">
+        <x:v>13708</x:v>
+      </x:c>
+      <x:c r="T26" s="3" t="n">
+        <x:v>13208</x:v>
+      </x:c>
+      <x:c r="U26" s="3" t="n">
+        <x:v>13187</x:v>
+      </x:c>
+      <x:c r="V26" s="3" t="n">
+        <x:v>9414</x:v>
+      </x:c>
+      <x:c r="W26" s="3" t="n">
+        <x:v>12631</x:v>
+      </x:c>
+      <x:c r="X26" s="3" t="n">
+        <x:v>11954</x:v>
+      </x:c>
+      <x:c r="Y26" s="3" t="n">
+        <x:v>11609</x:v>
+      </x:c>
+      <x:c r="Z26" s="3" t="n">
+        <x:v>10141</x:v>
+      </x:c>
+      <x:c r="AA26" s="3" t="n">
+        <x:v>11034</x:v>
+      </x:c>
+      <x:c r="AB26" s="3" t="n">
+        <x:v>12303</x:v>
+      </x:c>
+      <x:c r="AC26" s="3" t="n">
+        <x:v>11154</x:v>
+      </x:c>
+      <x:c r="AD26" s="3" t="n">
+        <x:v>9343</x:v>
+      </x:c>
+      <x:c r="AE26" s="3" t="n">
+        <x:v>12466</x:v>
+      </x:c>
+      <x:c r="AF26" s="3" t="n">
+        <x:v>12050</x:v>
+      </x:c>
+      <x:c r="AG26" s="3" t="n">
+        <x:v>12516</x:v>
+      </x:c>
+      <x:c r="AH26" s="3" t="n">
+        <x:v>11684</x:v>
+      </x:c>
+      <x:c r="AI26" s="3" t="n">
+        <x:v>13510</x:v>
+      </x:c>
+      <x:c r="AJ26" s="3" t="n">
+        <x:v>13647</x:v>
+      </x:c>
+      <x:c r="AK26" s="3" t="n">
+        <x:v>12411</x:v>
+      </x:c>
+      <x:c r="AL26" s="3" t="n">
+        <x:v>10686</x:v>
+      </x:c>
+      <x:c r="AM26" s="3" t="n">
+        <x:v>9633</x:v>
+      </x:c>
+      <x:c r="AN26" s="3" t="n">
+        <x:v>12888</x:v>
+      </x:c>
+      <x:c r="AO26" s="3" t="n">
+        <x:v>18027</x:v>
+      </x:c>
+      <x:c r="AP26" s="3" t="n">
+        <x:v>8998</x:v>
+      </x:c>
+      <x:c r="AQ26" s="3" t="n">
+        <x:v>12681</x:v>
+      </x:c>
+      <x:c r="AR26" s="3" t="n">
+        <x:v>11468</x:v>
+      </x:c>
+      <x:c r="AS26" s="3" t="n">
+        <x:v>15294</x:v>
+      </x:c>
+      <x:c r="AT26" s="3" t="n">
+        <x:v>7653</x:v>
+      </x:c>
+      <x:c r="AU26" s="3" t="n">
+        <x:v>8587</x:v>
+      </x:c>
+      <x:c r="AV26" s="3" t="n">
+        <x:v>9815</x:v>
+      </x:c>
+      <x:c r="AW26" s="3" t="n">
+        <x:v>10741</x:v>
+      </x:c>
+      <x:c r="AX26" s="3" t="n">
+        <x:v>6502</x:v>
+      </x:c>
+      <x:c r="AY26" s="3" t="n">
+        <x:v>8799</x:v>
+      </x:c>
+      <x:c r="AZ26" s="3" t="n">
+        <x:v>8094</x:v>
+      </x:c>
+      <x:c r="BA26" s="3" t="n">
+        <x:v>7640</x:v>
+      </x:c>
+      <x:c r="BB26" s="3" t="n">
+        <x:v>4630</x:v>
+      </x:c>
+      <x:c r="BC26" s="3" t="n">
+        <x:v>7126</x:v>
+      </x:c>
+      <x:c r="BD26" s="3" t="n">
         <x:v>7077</x:v>
       </x:c>
-      <x:c r="DW23" s="3" t="n">
-[...192 lines deleted...]
-        <x:v>3029</x:v>
+      <x:c r="BE26" s="3" t="n">
+        <x:v>7669</x:v>
+      </x:c>
+      <x:c r="BF26" s="3" t="n">
+        <x:v>4957</x:v>
+      </x:c>
+      <x:c r="BG26" s="3" t="n">
+        <x:v>7383</x:v>
+      </x:c>
+      <x:c r="BH26" s="3" t="n">
+        <x:v>6940</x:v>
+      </x:c>
+      <x:c r="BI26" s="3" t="n">
+        <x:v>7199</x:v>
+      </x:c>
+      <x:c r="BJ26" s="3" t="n">
+        <x:v>5181</x:v>
+      </x:c>
+      <x:c r="BK26" s="3" t="n">
+        <x:v>7582</x:v>
+      </x:c>
+      <x:c r="BL26" s="3" t="n">
+        <x:v>8045</x:v>
+      </x:c>
+      <x:c r="BM26" s="3" t="n">
+        <x:v>6846</x:v>
+      </x:c>
+      <x:c r="BN26" s="3" t="n">
+        <x:v>5515</x:v>
+      </x:c>
+      <x:c r="BO26" s="3" t="n">
+        <x:v>8384</x:v>
+      </x:c>
+      <x:c r="BP26" s="3" t="n">
+        <x:v>8228</x:v>
+      </x:c>
+      <x:c r="BQ26" s="3" t="n">
+        <x:v>7718</x:v>
+      </x:c>
+      <x:c r="BR26" s="3" t="n">
+        <x:v>7723</x:v>
+      </x:c>
+      <x:c r="BS26" s="3" t="n">
+        <x:v>10138</x:v>
+      </x:c>
+      <x:c r="BT26" s="3" t="n">
+        <x:v>8395</x:v>
+      </x:c>
+      <x:c r="BU26" s="3" t="n">
+        <x:v>6740</x:v>
+      </x:c>
+      <x:c r="BV26" s="3" t="n">
+        <x:v>7123</x:v>
+      </x:c>
+      <x:c r="BW26" s="3" t="n">
+        <x:v>9414</x:v>
+      </x:c>
+      <x:c r="BX26" s="3" t="n">
+        <x:v>9864</x:v>
+      </x:c>
+      <x:c r="BY26" s="3" t="n">
+        <x:v>10165</x:v>
+      </x:c>
+      <x:c r="BZ26" s="3" t="n">
+        <x:v>8988</x:v>
+      </x:c>
+      <x:c r="CA26" s="3" t="n">
+        <x:v>10938</x:v>
+      </x:c>
+      <x:c r="CB26" s="3" t="n">
+        <x:v>11423</x:v>
+      </x:c>
+      <x:c r="CC26" s="3" t="n">
+        <x:v>9052</x:v>
+      </x:c>
+      <x:c r="CD26" s="3" t="n">
+        <x:v>8689</x:v>
+      </x:c>
+      <x:c r="CE26" s="3" t="n">
+        <x:v>9888</x:v>
+      </x:c>
+      <x:c r="CF26" s="3" t="n">
+        <x:v>9876</x:v>
+      </x:c>
+      <x:c r="CG26" s="3" t="n">
+        <x:v>9261</x:v>
+      </x:c>
+      <x:c r="CH26" s="3" t="n">
+        <x:v>7323</x:v>
+      </x:c>
+      <x:c r="CI26" s="3" t="n">
+        <x:v>9810</x:v>
+      </x:c>
+      <x:c r="CJ26" s="3" t="n">
+        <x:v>11041</x:v>
+      </x:c>
+      <x:c r="CK26" s="3" t="n">
+        <x:v>10128</x:v>
+      </x:c>
+      <x:c r="CL26" s="3" t="n">
+        <x:v>8306</x:v>
+      </x:c>
+      <x:c r="CM26" s="3" t="n">
+        <x:v>10367</x:v>
+      </x:c>
+      <x:c r="CN26" s="3" t="n">
+        <x:v>9738</x:v>
+      </x:c>
+      <x:c r="CO26" s="3" t="n">
+        <x:v>9724</x:v>
+      </x:c>
+      <x:c r="CP26" s="3" t="n">
+        <x:v>9680</x:v>
+      </x:c>
+      <x:c r="CQ26" s="3" t="n">
+        <x:v>9555</x:v>
+      </x:c>
+      <x:c r="CR26" s="3" t="n">
+        <x:v>10075</x:v>
+      </x:c>
+      <x:c r="CS26" s="3" t="n">
+        <x:v>9686</x:v>
+      </x:c>
+      <x:c r="CT26" s="3" t="n">
+        <x:v>10854</x:v>
+      </x:c>
+      <x:c r="CU26" s="3" t="n">
+        <x:v>5756</x:v>
+      </x:c>
+      <x:c r="CV26" s="3" t="n">
+        <x:v>8962</x:v>
+      </x:c>
+      <x:c r="CW26" s="3" t="n">
+        <x:v>15434</x:v>
+      </x:c>
+      <x:c r="CX26" s="3" t="n">
+        <x:v>10630</x:v>
+      </x:c>
+      <x:c r="CY26" s="3" t="n">
+        <x:v>10019</x:v>
+      </x:c>
+      <x:c r="CZ26" s="3" t="n">
+        <x:v>10162</x:v>
+      </x:c>
+      <x:c r="DA26" s="3" t="n">
+        <x:v>11505</x:v>
+      </x:c>
+      <x:c r="DB26" s="3" t="n">
+        <x:v>8722</x:v>
+      </x:c>
+      <x:c r="DC26" s="3" t="n">
+        <x:v>10841</x:v>
+      </x:c>
+      <x:c r="DD26" s="3" t="n">
+        <x:v>10797</x:v>
+      </x:c>
+      <x:c r="DE26" s="3" t="n">
+        <x:v>11733</x:v>
+      </x:c>
+      <x:c r="DF26" s="3" t="n">
+        <x:v>9479</x:v>
+      </x:c>
+      <x:c r="DG26" s="3" t="n">
+        <x:v>12636</x:v>
+      </x:c>
+      <x:c r="DH26" s="3" t="n">
+        <x:v>13002</x:v>
+      </x:c>
+      <x:c r="DI26" s="3" t="n">
+        <x:v>13133</x:v>
+      </x:c>
+      <x:c r="DJ26" s="3" t="n">
+        <x:v>10932</x:v>
+      </x:c>
+      <x:c r="DK26" s="3" t="n">
+        <x:v>14122</x:v>
+      </x:c>
+      <x:c r="DL26" s="3" t="n">
+        <x:v>13684</x:v>
+      </x:c>
+      <x:c r="DM26" s="3" t="n">
+        <x:v>14980</x:v>
+      </x:c>
+      <x:c r="DN26" s="3" t="n">
+        <x:v>11316</x:v>
+      </x:c>
+      <x:c r="DO26" s="3" t="n">
+        <x:v>15076</x:v>
+      </x:c>
+      <x:c r="DP26" s="3" t="n">
+        <x:v>15242</x:v>
+      </x:c>
+      <x:c r="DQ26" s="3" t="n">
+        <x:v>15963</x:v>
+      </x:c>
+      <x:c r="DR26" s="3" t="n">
+        <x:v>13169</x:v>
+      </x:c>
+      <x:c r="DS26" s="3" t="n">
+        <x:v>15090</x:v>
+      </x:c>
+      <x:c r="DT26" s="3" t="n">
+        <x:v>14467</x:v>
+      </x:c>
+      <x:c r="DU26" s="3" t="n">
+        <x:v>14160</x:v>
+      </x:c>
+      <x:c r="DV26" s="3" t="n">
+        <x:v>9937</x:v>
+      </x:c>
+      <x:c r="DW26" s="3" t="n">
+        <x:v>11989</x:v>
+      </x:c>
+      <x:c r="DX26" s="3" t="n">
+        <x:v>12270</x:v>
+      </x:c>
+      <x:c r="DY26" s="3" t="n">
+        <x:v>11962</x:v>
+      </x:c>
+      <x:c r="DZ26" s="3" t="n">
+        <x:v>10083</x:v>
+      </x:c>
+      <x:c r="EA26" s="3" t="n">
+        <x:v>14394</x:v>
+      </x:c>
+      <x:c r="EB26" s="3" t="n">
+        <x:v>14074</x:v>
+      </x:c>
+      <x:c r="EC26" s="3" t="n">
+        <x:v>14701</x:v>
+      </x:c>
+      <x:c r="ED26" s="3" t="n">
+        <x:v>12247</x:v>
+      </x:c>
+      <x:c r="EE26" s="3" t="n">
+        <x:v>16217</x:v>
+      </x:c>
+      <x:c r="EF26" s="3" t="n">
+        <x:v>15298</x:v>
+      </x:c>
+      <x:c r="EG26" s="3" t="n">
+        <x:v>16157</x:v>
+      </x:c>
+      <x:c r="EH26" s="3" t="n">
+        <x:v>13927</x:v>
+      </x:c>
+      <x:c r="EI26" s="3" t="n">
+        <x:v>15878</x:v>
+      </x:c>
+      <x:c r="EJ26" s="3" t="n">
+        <x:v>15868</x:v>
+      </x:c>
+      <x:c r="EK26" s="3" t="n">
+        <x:v>18214</x:v>
+      </x:c>
+      <x:c r="EL26" s="3" t="n">
+        <x:v>12547</x:v>
+      </x:c>
+      <x:c r="EM26" s="3" t="n">
+        <x:v>17591</x:v>
+      </x:c>
+      <x:c r="EN26" s="3" t="n">
+        <x:v>16448</x:v>
+      </x:c>
+      <x:c r="EO26" s="3" t="n">
+        <x:v>17546</x:v>
+      </x:c>
+      <x:c r="EP26" s="3" t="n">
+        <x:v>13759</x:v>
+      </x:c>
+      <x:c r="EQ26" s="3" t="n">
+        <x:v>17735</x:v>
+      </x:c>
+      <x:c r="ER26" s="3" t="n">
+        <x:v>16552</x:v>
+      </x:c>
+      <x:c r="ES26" s="3" t="n">
+        <x:v>16964</x:v>
+      </x:c>
+      <x:c r="ET26" s="3" t="n">
+        <x:v>14292</x:v>
+      </x:c>
+      <x:c r="EU26" s="3" t="n">
+        <x:v>17671</x:v>
+      </x:c>
+      <x:c r="EV26" s="3" t="n">
+        <x:v>16896</x:v>
+      </x:c>
+      <x:c r="EW26" s="3" t="n">
+        <x:v>17422</x:v>
+      </x:c>
+      <x:c r="EX26" s="3" t="n">
+        <x:v>16722</x:v>
+      </x:c>
+      <x:c r="EY26" s="3" t="n">
+        <x:v>19442</x:v>
+      </x:c>
+      <x:c r="EZ26" s="3" t="n">
+        <x:v>19278</x:v>
+      </x:c>
+      <x:c r="FA26" s="3" t="n">
+        <x:v>21166</x:v>
+      </x:c>
+      <x:c r="FB26" s="3" t="n">
+        <x:v>18262</x:v>
+      </x:c>
+      <x:c r="FC26" s="3" t="n">
+        <x:v>20169</x:v>
+      </x:c>
+      <x:c r="FD26" s="3" t="n">
+        <x:v>22681</x:v>
+      </x:c>
+      <x:c r="FE26" s="3" t="n">
+        <x:v>21707</x:v>
+      </x:c>
+      <x:c r="FF26" s="3" t="n">
+        <x:v>18414</x:v>
+      </x:c>
+      <x:c r="FG26" s="3" t="n">
+        <x:v>23141</x:v>
+      </x:c>
+      <x:c r="FH26" s="3" t="n">
+        <x:v>23676</x:v>
+      </x:c>
+      <x:c r="FI26" s="3" t="n">
+        <x:v>24238</x:v>
+      </x:c>
+      <x:c r="FJ26" s="3" t="n">
+        <x:v>21069</x:v>
+      </x:c>
+      <x:c r="FK26" s="3" t="n">
+        <x:v>24271</x:v>
+      </x:c>
+      <x:c r="FL26" s="3" t="n">
+        <x:v>25940</x:v>
+      </x:c>
+      <x:c r="FM26" s="3" t="n">
+        <x:v>26217</x:v>
+      </x:c>
+      <x:c r="FN26" s="3" t="n">
+        <x:v>20634</x:v>
+      </x:c>
+      <x:c r="FO26" s="3" t="n">
+        <x:v>23925</x:v>
+      </x:c>
+      <x:c r="FP26" s="3" t="n">
+        <x:v>24084</x:v>
+      </x:c>
+      <x:c r="FQ26" s="3" t="n">
+        <x:v>23652</x:v>
+      </x:c>
+      <x:c r="FR26" s="3" t="n">
+        <x:v>19675</x:v>
+      </x:c>
+      <x:c r="FS26" s="3" t="n">
+        <x:v>22392</x:v>
+      </x:c>
+      <x:c r="FT26" s="3" t="n">
+        <x:v>20634</x:v>
+      </x:c>
+      <x:c r="FU26" s="3" t="n">
+        <x:v>21350</x:v>
+      </x:c>
+      <x:c r="FV26" s="3" t="n">
+        <x:v>17266</x:v>
+      </x:c>
+      <x:c r="FW26" s="3" t="n">
+        <x:v>19347</x:v>
+      </x:c>
+      <x:c r="FX26" s="3" t="n">
+        <x:v>19578</x:v>
+      </x:c>
+      <x:c r="FY26" s="3" t="n">
+        <x:v>20581</x:v>
+      </x:c>
+      <x:c r="FZ26" s="3" t="n">
+        <x:v>17757</x:v>
+      </x:c>
+      <x:c r="GA26" s="3" t="n">
+        <x:v>19667</x:v>
+      </x:c>
+      <x:c r="GB26" s="3" t="n">
+        <x:v>18529</x:v>
+      </x:c>
+      <x:c r="GC26" s="3" t="n">
+        <x:v>21587</x:v>
+      </x:c>
+      <x:c r="GD26" s="3" t="n">
+        <x:v>15287</x:v>
+      </x:c>
+      <x:c r="GE26" s="3" t="n">
+        <x:v>19967</x:v>
+      </x:c>
+      <x:c r="GF26" s="3" t="n">
+        <x:v>18314</x:v>
+      </x:c>
+      <x:c r="GG26" s="3" t="n">
+        <x:v>18589</x:v>
+      </x:c>
+      <x:c r="GH26" s="3" t="n">
+        <x:v>17532</x:v>
+      </x:c>
+      <x:c r="GI26" s="3" t="n">
+        <x:v>21449</x:v>
+      </x:c>
+      <x:c r="GJ26" s="3" t="n">
+        <x:v>18779</x:v>
       </x:c>
     </x:row>
-    <x:row r="24" spans="1:191">
-[...105 lines deleted...]
-      <x:c r="AJ24" s="3" t="n">
+    <x:row r="27" spans="1:192">
+      <x:c r="A27" s="2" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="B27" s="3" t="n">
+        <x:v>28234</x:v>
+      </x:c>
+      <x:c r="C27" s="3" t="n">
+        <x:v>30214</x:v>
+      </x:c>
+      <x:c r="D27" s="3" t="n">
+        <x:v>33571</x:v>
+      </x:c>
+      <x:c r="E27" s="3" t="n">
+        <x:v>32711</x:v>
+      </x:c>
+      <x:c r="F27" s="3" t="n">
+        <x:v>28077</x:v>
+      </x:c>
+      <x:c r="G27" s="3" t="n">
+        <x:v>30006</x:v>
+      </x:c>
+      <x:c r="H27" s="3" t="n">
+        <x:v>33336</x:v>
+      </x:c>
+      <x:c r="I27" s="3" t="n">
+        <x:v>32499</x:v>
+      </x:c>
+      <x:c r="J27" s="3" t="n">
+        <x:v>28703</x:v>
+      </x:c>
+      <x:c r="K27" s="3" t="n">
+        <x:v>30723</x:v>
+      </x:c>
+      <x:c r="L27" s="3" t="n">
+        <x:v>34155</x:v>
+      </x:c>
+      <x:c r="M27" s="3" t="n">
+        <x:v>33299</x:v>
+      </x:c>
+      <x:c r="N27" s="3" t="n">
+        <x:v>27887</x:v>
+      </x:c>
+      <x:c r="O27" s="3" t="n">
+        <x:v>29814</x:v>
+      </x:c>
+      <x:c r="P27" s="3" t="n">
+        <x:v>33121</x:v>
+      </x:c>
+      <x:c r="Q27" s="3" t="n">
+        <x:v>32270</x:v>
+      </x:c>
+      <x:c r="R27" s="3" t="n">
+        <x:v>29359</x:v>
+      </x:c>
+      <x:c r="S27" s="3" t="n">
+        <x:v>31388</x:v>
+      </x:c>
+      <x:c r="T27" s="3" t="n">
+        <x:v>34836</x:v>
+      </x:c>
+      <x:c r="U27" s="3" t="n">
+        <x:v>33865</x:v>
+      </x:c>
+      <x:c r="V27" s="3" t="n">
+        <x:v>28378</x:v>
+      </x:c>
+      <x:c r="W27" s="3" t="n">
+        <x:v>31756</x:v>
+      </x:c>
+      <x:c r="X27" s="3" t="n">
+        <x:v>35392</x:v>
+      </x:c>
+      <x:c r="Y27" s="3" t="n">
+        <x:v>33928</x:v>
+      </x:c>
+      <x:c r="Z27" s="3" t="n">
+        <x:v>29606</x:v>
+      </x:c>
+      <x:c r="AA27" s="3" t="n">
+        <x:v>30608</x:v>
+      </x:c>
+      <x:c r="AB27" s="3" t="n">
+        <x:v>34641</x:v>
+      </x:c>
+      <x:c r="AC27" s="3" t="n">
+        <x:v>33734</x:v>
+      </x:c>
+      <x:c r="AD27" s="3" t="n">
+        <x:v>27901</x:v>
+      </x:c>
+      <x:c r="AE27" s="3" t="n">
+        <x:v>29862</x:v>
+      </x:c>
+      <x:c r="AF27" s="3" t="n">
+        <x:v>34591</x:v>
+      </x:c>
+      <x:c r="AG27" s="3" t="n">
+        <x:v>35100</x:v>
+      </x:c>
+      <x:c r="AH27" s="3" t="n">
+        <x:v>29237</x:v>
+      </x:c>
+      <x:c r="AI27" s="3" t="n">
+        <x:v>32416</x:v>
+      </x:c>
+      <x:c r="AJ27" s="3" t="n">
+        <x:v>37347</x:v>
+      </x:c>
+      <x:c r="AK27" s="3" t="n">
+        <x:v>38375</x:v>
+      </x:c>
+      <x:c r="AL27" s="3" t="n">
+        <x:v>32950</x:v>
+      </x:c>
+      <x:c r="AM27" s="3" t="n">
+        <x:v>33537</x:v>
+      </x:c>
+      <x:c r="AN27" s="3" t="n">
+        <x:v>36982</x:v>
+      </x:c>
+      <x:c r="AO27" s="3" t="n">
+        <x:v>38240</x:v>
+      </x:c>
+      <x:c r="AP27" s="3" t="n">
+        <x:v>33640</x:v>
+      </x:c>
+      <x:c r="AQ27" s="3" t="n">
+        <x:v>32469</x:v>
+      </x:c>
+      <x:c r="AR27" s="3" t="n">
+        <x:v>33371</x:v>
+      </x:c>
+      <x:c r="AS27" s="3" t="n">
+        <x:v>32486</x:v>
+      </x:c>
+      <x:c r="AT27" s="3" t="n">
+        <x:v>29569</x:v>
+      </x:c>
+      <x:c r="AU27" s="3" t="n">
+        <x:v>28617</x:v>
+      </x:c>
+      <x:c r="AV27" s="3" t="n">
+        <x:v>28975</x:v>
+      </x:c>
+      <x:c r="AW27" s="3" t="n">
+        <x:v>28298</x:v>
+      </x:c>
+      <x:c r="AX27" s="3" t="n">
+        <x:v>25349</x:v>
+      </x:c>
+      <x:c r="AY27" s="3" t="n">
+        <x:v>23736</x:v>
+      </x:c>
+      <x:c r="AZ27" s="3" t="n">
+        <x:v>23230</x:v>
+      </x:c>
+      <x:c r="BA27" s="3" t="n">
+        <x:v>22570</x:v>
+      </x:c>
+      <x:c r="BB27" s="3" t="n">
+        <x:v>21676</x:v>
+      </x:c>
+      <x:c r="BC27" s="3" t="n">
+        <x:v>20260</x:v>
+      </x:c>
+      <x:c r="BD27" s="3" t="n">
+        <x:v>19496</x:v>
+      </x:c>
+      <x:c r="BE27" s="3" t="n">
+        <x:v>19050</x:v>
+      </x:c>
+      <x:c r="BF27" s="3" t="n">
+        <x:v>18972</x:v>
+      </x:c>
+      <x:c r="BG27" s="3" t="n">
+        <x:v>17828</x:v>
+      </x:c>
+      <x:c r="BH27" s="3" t="n">
+        <x:v>18313</x:v>
+      </x:c>
+      <x:c r="BI27" s="3" t="n">
+        <x:v>17982</x:v>
+      </x:c>
+      <x:c r="BJ27" s="3" t="n">
+        <x:v>16462</x:v>
+      </x:c>
+      <x:c r="BK27" s="3" t="n">
+        <x:v>16439</x:v>
+      </x:c>
+      <x:c r="BL27" s="3" t="n">
+        <x:v>18396</x:v>
+      </x:c>
+      <x:c r="BM27" s="3" t="n">
+        <x:v>21201</x:v>
+      </x:c>
+      <x:c r="BN27" s="3" t="n">
+        <x:v>19122</x:v>
+      </x:c>
+      <x:c r="BO27" s="3" t="n">
+        <x:v>20554</x:v>
+      </x:c>
+      <x:c r="BP27" s="3" t="n">
+        <x:v>23762</x:v>
+      </x:c>
+      <x:c r="BQ27" s="3" t="n">
+        <x:v>26851</x:v>
+      </x:c>
+      <x:c r="BR27" s="3" t="n">
+        <x:v>24682</x:v>
+      </x:c>
+      <x:c r="BS27" s="3" t="n">
+        <x:v>24112</x:v>
+      </x:c>
+      <x:c r="BT27" s="3" t="n">
+        <x:v>24720</x:v>
+      </x:c>
+      <x:c r="BU27" s="3" t="n">
+        <x:v>26283</x:v>
+      </x:c>
+      <x:c r="BV27" s="3" t="n">
+        <x:v>24733</x:v>
+      </x:c>
+      <x:c r="BW27" s="3" t="n">
+        <x:v>24116</x:v>
+      </x:c>
+      <x:c r="BX27" s="3" t="n">
+        <x:v>26033</x:v>
+      </x:c>
+      <x:c r="BY27" s="3" t="n">
+        <x:v>27743</x:v>
+      </x:c>
+      <x:c r="BZ27" s="3" t="n">
+        <x:v>25730</x:v>
+      </x:c>
+      <x:c r="CA27" s="3" t="n">
+        <x:v>28464</x:v>
+      </x:c>
+      <x:c r="CB27" s="3" t="n">
+        <x:v>31147</x:v>
+      </x:c>
+      <x:c r="CC27" s="3" t="n">
+        <x:v>29698</x:v>
+      </x:c>
+      <x:c r="CD27" s="3" t="n">
+        <x:v>32135</x:v>
+      </x:c>
+      <x:c r="CE27" s="3" t="n">
+        <x:v>30666</x:v>
+      </x:c>
+      <x:c r="CF27" s="3" t="n">
+        <x:v>29669</x:v>
+      </x:c>
+      <x:c r="CG27" s="3" t="n">
+        <x:v>31456</x:v>
+      </x:c>
+      <x:c r="CH27" s="3" t="n">
+        <x:v>30774</x:v>
+      </x:c>
+      <x:c r="CI27" s="3" t="n">
+        <x:v>30214</x:v>
+      </x:c>
+      <x:c r="CJ27" s="3" t="n">
+        <x:v>31767</x:v>
+      </x:c>
+      <x:c r="CK27" s="3" t="n">
+        <x:v>34895</x:v>
+      </x:c>
+      <x:c r="CL27" s="3" t="n">
+        <x:v>34082</x:v>
+      </x:c>
+      <x:c r="CM27" s="3" t="n">
+        <x:v>32002</x:v>
+      </x:c>
+      <x:c r="CN27" s="3" t="n">
+        <x:v>33004</x:v>
+      </x:c>
+      <x:c r="CO27" s="3" t="n">
+        <x:v>35664</x:v>
+      </x:c>
+      <x:c r="CP27" s="3" t="n">
+        <x:v>37327</x:v>
+      </x:c>
+      <x:c r="CQ27" s="3" t="n">
+        <x:v>35792</x:v>
+      </x:c>
+      <x:c r="CR27" s="3" t="n">
+        <x:v>35934</x:v>
+      </x:c>
+      <x:c r="CS27" s="3" t="n">
+        <x:v>36678</x:v>
+      </x:c>
+      <x:c r="CT27" s="3" t="n">
+        <x:v>38821</x:v>
+      </x:c>
+      <x:c r="CU27" s="3" t="n">
+        <x:v>36374</x:v>
+      </x:c>
+      <x:c r="CV27" s="3" t="n">
+        <x:v>34308</x:v>
+      </x:c>
+      <x:c r="CW27" s="3" t="n">
+        <x:v>35279</x:v>
+      </x:c>
+      <x:c r="CX27" s="3" t="n">
+        <x:v>38610</x:v>
+      </x:c>
+      <x:c r="CY27" s="3" t="n">
+        <x:v>35962</x:v>
+      </x:c>
+      <x:c r="CZ27" s="3" t="n">
+        <x:v>35224</x:v>
+      </x:c>
+      <x:c r="DA27" s="3" t="n">
+        <x:v>37663</x:v>
+      </x:c>
+      <x:c r="DB27" s="3" t="n">
+        <x:v>39585</x:v>
+      </x:c>
+      <x:c r="DC27" s="3" t="n">
+        <x:v>41598</x:v>
+      </x:c>
+      <x:c r="DD27" s="3" t="n">
+        <x:v>42528</x:v>
+      </x:c>
+      <x:c r="DE27" s="3" t="n">
+        <x:v>47736</x:v>
+      </x:c>
+      <x:c r="DF27" s="3" t="n">
+        <x:v>46451</x:v>
+      </x:c>
+      <x:c r="DG27" s="3" t="n">
+        <x:v>46616</x:v>
+      </x:c>
+      <x:c r="DH27" s="3" t="n">
+        <x:v>45090</x:v>
+      </x:c>
+      <x:c r="DI27" s="3" t="n">
+        <x:v>49946</x:v>
+      </x:c>
+      <x:c r="DJ27" s="3" t="n">
+        <x:v>49368</x:v>
+      </x:c>
+      <x:c r="DK27" s="3" t="n">
+        <x:v>47929</x:v>
+      </x:c>
+      <x:c r="DL27" s="3" t="n">
+        <x:v>46142</x:v>
+      </x:c>
+      <x:c r="DM27" s="3" t="n">
+        <x:v>52126</x:v>
+      </x:c>
+      <x:c r="DN27" s="3" t="n">
+        <x:v>52070</x:v>
+      </x:c>
+      <x:c r="DO27" s="3" t="n">
+        <x:v>50442</x:v>
+      </x:c>
+      <x:c r="DP27" s="3" t="n">
+        <x:v>47854</x:v>
+      </x:c>
+      <x:c r="DQ27" s="3" t="n">
+        <x:v>50524</x:v>
+      </x:c>
+      <x:c r="DR27" s="3" t="n">
+        <x:v>48833</x:v>
+      </x:c>
+      <x:c r="DS27" s="3" t="n">
+        <x:v>46024</x:v>
+      </x:c>
+      <x:c r="DT27" s="3" t="n">
+        <x:v>43567</x:v>
+      </x:c>
+      <x:c r="DU27" s="3" t="n">
+        <x:v>44296</x:v>
+      </x:c>
+      <x:c r="DV27" s="3" t="n">
+        <x:v>43663</x:v>
+      </x:c>
+      <x:c r="DW27" s="3" t="n">
+        <x:v>42523</x:v>
+      </x:c>
+      <x:c r="DX27" s="3" t="n">
+        <x:v>39670</x:v>
+      </x:c>
+      <x:c r="DY27" s="3" t="n">
+        <x:v>41996</x:v>
+      </x:c>
+      <x:c r="DZ27" s="3" t="n">
+        <x:v>40888</x:v>
+      </x:c>
+      <x:c r="EA27" s="3" t="n">
+        <x:v>39961</x:v>
+      </x:c>
+      <x:c r="EB27" s="3" t="n">
+        <x:v>39942</x:v>
+      </x:c>
+      <x:c r="EC27" s="3" t="n">
+        <x:v>44449</x:v>
+      </x:c>
+      <x:c r="ED27" s="3" t="n">
+        <x:v>46621</x:v>
+      </x:c>
+      <x:c r="EE27" s="3" t="n">
+        <x:v>48839</x:v>
+      </x:c>
+      <x:c r="EF27" s="3" t="n">
+        <x:v>47384</x:v>
+      </x:c>
+      <x:c r="EG27" s="3" t="n">
+        <x:v>50517</x:v>
+      </x:c>
+      <x:c r="EH27" s="3" t="n">
+        <x:v>51002</x:v>
+      </x:c>
+      <x:c r="EI27" s="3" t="n">
+        <x:v>52281</x:v>
+      </x:c>
+      <x:c r="EJ27" s="3" t="n">
+        <x:v>54191</x:v>
+      </x:c>
+      <x:c r="EK27" s="3" t="n">
+        <x:v>56985</x:v>
+      </x:c>
+      <x:c r="EL27" s="3" t="n">
+        <x:v>57194</x:v>
+      </x:c>
+      <x:c r="EM27" s="3" t="n">
+        <x:v>55900</x:v>
+      </x:c>
+      <x:c r="EN27" s="3" t="n">
+        <x:v>54680</x:v>
+      </x:c>
+      <x:c r="EO27" s="3" t="n">
+        <x:v>58003</x:v>
+      </x:c>
+      <x:c r="EP27" s="3" t="n">
+        <x:v>56776</x:v>
+      </x:c>
+      <x:c r="EQ27" s="3" t="n">
+        <x:v>56098</x:v>
+      </x:c>
+      <x:c r="ER27" s="3" t="n">
+        <x:v>54510</x:v>
+      </x:c>
+      <x:c r="ES27" s="3" t="n">
+        <x:v>55169</x:v>
+      </x:c>
+      <x:c r="ET27" s="3" t="n">
+        <x:v>55443</x:v>
+      </x:c>
+      <x:c r="EU27" s="3" t="n">
+        <x:v>57006</x:v>
+      </x:c>
+      <x:c r="EV27" s="3" t="n">
+        <x:v>56459</x:v>
+      </x:c>
+      <x:c r="EW27" s="3" t="n">
+        <x:v>60853</x:v>
+      </x:c>
+      <x:c r="EX27" s="3" t="n">
+        <x:v>56790</x:v>
+      </x:c>
+      <x:c r="EY27" s="3" t="n">
+        <x:v>60812</x:v>
+      </x:c>
+      <x:c r="EZ27" s="3" t="n">
+        <x:v>61970</x:v>
+      </x:c>
+      <x:c r="FA27" s="3" t="n">
+        <x:v>65276</x:v>
+      </x:c>
+      <x:c r="FB27" s="3" t="n">
+        <x:v>65938</x:v>
+      </x:c>
+      <x:c r="FC27" s="3" t="n">
+        <x:v>65920</x:v>
+      </x:c>
+      <x:c r="FD27" s="3" t="n">
+        <x:v>65961</x:v>
+      </x:c>
+      <x:c r="FE27" s="3" t="n">
+        <x:v>64888</x:v>
+      </x:c>
+      <x:c r="FF27" s="3" t="n">
+        <x:v>62003</x:v>
+      </x:c>
+      <x:c r="FG27" s="3" t="n">
+        <x:v>60607</x:v>
+      </x:c>
+      <x:c r="FH27" s="3" t="n">
+        <x:v>60697</x:v>
+      </x:c>
+      <x:c r="FI27" s="3" t="n">
+        <x:v>62436</x:v>
+      </x:c>
+      <x:c r="FJ27" s="3" t="n">
+        <x:v>61113</x:v>
+      </x:c>
+      <x:c r="FK27" s="3" t="n">
+        <x:v>61431</x:v>
+      </x:c>
+      <x:c r="FL27" s="3" t="n">
+        <x:v>61119</x:v>
+      </x:c>
+      <x:c r="FM27" s="3" t="n">
+        <x:v>59399</x:v>
+      </x:c>
+      <x:c r="FN27" s="3" t="n">
+        <x:v>59074</x:v>
+      </x:c>
+      <x:c r="FO27" s="3" t="n">
+        <x:v>60353</x:v>
+      </x:c>
+      <x:c r="FP27" s="3" t="n">
+        <x:v>59309</x:v>
+      </x:c>
+      <x:c r="FQ27" s="3" t="n">
+        <x:v>60417</x:v>
+      </x:c>
+      <x:c r="FR27" s="3" t="n">
+        <x:v>61861</x:v>
+      </x:c>
+      <x:c r="FS27" s="3" t="n">
+        <x:v>63300</x:v>
+      </x:c>
+      <x:c r="FT27" s="3" t="n">
+        <x:v>59993</x:v>
+      </x:c>
+      <x:c r="FU27" s="3" t="n">
+        <x:v>62438</x:v>
+      </x:c>
+      <x:c r="FV27" s="3" t="n">
+        <x:v>64177</x:v>
+      </x:c>
+      <x:c r="FW27" s="3" t="n">
+        <x:v>63077</x:v>
+      </x:c>
+      <x:c r="FX27" s="3" t="n">
+        <x:v>61451</x:v>
+      </x:c>
+      <x:c r="FY27" s="3" t="n">
+        <x:v>63029</x:v>
+      </x:c>
+      <x:c r="FZ27" s="3" t="n">
+        <x:v>63610</x:v>
+      </x:c>
+      <x:c r="GA27" s="3" t="n">
+        <x:v>57081</x:v>
+      </x:c>
+      <x:c r="GB27" s="3" t="n">
+        <x:v>53990</x:v>
+      </x:c>
+      <x:c r="GC27" s="3" t="n">
+        <x:v>52848</x:v>
+      </x:c>
+      <x:c r="GD27" s="3" t="n">
+        <x:v>50434</x:v>
+      </x:c>
+      <x:c r="GE27" s="3" t="n">
+        <x:v>48598</x:v>
+      </x:c>
+      <x:c r="GF27" s="3" t="n">
+        <x:v>47139</x:v>
+      </x:c>
+      <x:c r="GG27" s="3" t="n">
+        <x:v>45504</x:v>
+      </x:c>
+      <x:c r="GH27" s="3" t="n">
+        <x:v>46270</x:v>
+      </x:c>
+      <x:c r="GI27" s="3" t="n">
+        <x:v>47640</x:v>
+      </x:c>
+      <x:c r="GJ27" s="3" t="n">
+        <x:v>47260</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:192">
+      <x:c r="A28" s="2" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="B28" s="3" t="n">
+        <x:v>16798</x:v>
+      </x:c>
+      <x:c r="C28" s="3" t="n">
+        <x:v>17472</x:v>
+      </x:c>
+      <x:c r="D28" s="3" t="n">
+        <x:v>17733</x:v>
+      </x:c>
+      <x:c r="E28" s="3" t="n">
+        <x:v>17922</x:v>
+      </x:c>
+      <x:c r="F28" s="3" t="n">
+        <x:v>15889</x:v>
+      </x:c>
+      <x:c r="G28" s="3" t="n">
+        <x:v>16297</x:v>
+      </x:c>
+      <x:c r="H28" s="3" t="n">
+        <x:v>16222</x:v>
+      </x:c>
+      <x:c r="I28" s="3" t="n">
+        <x:v>16367</x:v>
+      </x:c>
+      <x:c r="J28" s="3" t="n">
+        <x:v>16950</x:v>
+      </x:c>
+      <x:c r="K28" s="3" t="n">
+        <x:v>17170</x:v>
+      </x:c>
+      <x:c r="L28" s="3" t="n">
+        <x:v>16922</x:v>
+      </x:c>
+      <x:c r="M28" s="3" t="n">
+        <x:v>17032</x:v>
+      </x:c>
+      <x:c r="N28" s="3" t="n">
+        <x:v>17629</x:v>
+      </x:c>
+      <x:c r="O28" s="3" t="n">
+        <x:v>17792</x:v>
+      </x:c>
+      <x:c r="P28" s="3" t="n">
+        <x:v>17549</x:v>
+      </x:c>
+      <x:c r="Q28" s="3" t="n">
+        <x:v>17583</x:v>
+      </x:c>
+      <x:c r="R28" s="3" t="n">
+        <x:v>16587</x:v>
+      </x:c>
+      <x:c r="S28" s="3" t="n">
+        <x:v>16732</x:v>
+      </x:c>
+      <x:c r="T28" s="3" t="n">
+        <x:v>16490</x:v>
+      </x:c>
+      <x:c r="U28" s="3" t="n">
+        <x:v>16492</x:v>
+      </x:c>
+      <x:c r="V28" s="3" t="n">
+        <x:v>17356</x:v>
+      </x:c>
+      <x:c r="W28" s="3" t="n">
+        <x:v>17570</x:v>
+      </x:c>
+      <x:c r="X28" s="3" t="n">
+        <x:v>17298</x:v>
+      </x:c>
+      <x:c r="Y28" s="3" t="n">
+        <x:v>17089</x:v>
+      </x:c>
+      <x:c r="Z28" s="3" t="n">
+        <x:v>17079</x:v>
+      </x:c>
+      <x:c r="AA28" s="3" t="n">
+        <x:v>17067</x:v>
+      </x:c>
+      <x:c r="AB28" s="3" t="n">
+        <x:v>17035</x:v>
+      </x:c>
+      <x:c r="AC28" s="3" t="n">
+        <x:v>17062</x:v>
+      </x:c>
+      <x:c r="AD28" s="3" t="n">
+        <x:v>17166</x:v>
+      </x:c>
+      <x:c r="AE28" s="3" t="n">
+        <x:v>17430</x:v>
+      </x:c>
+      <x:c r="AF28" s="3" t="n">
+        <x:v>17086</x:v>
+      </x:c>
+      <x:c r="AG28" s="3" t="n">
+        <x:v>17055</x:v>
+      </x:c>
+      <x:c r="AH28" s="3" t="n">
+        <x:v>17456</x:v>
+      </x:c>
+      <x:c r="AI28" s="3" t="n">
+        <x:v>18005</x:v>
+      </x:c>
+      <x:c r="AJ28" s="3" t="n">
+        <x:v>19590</x:v>
+      </x:c>
+      <x:c r="AK28" s="3" t="n">
+        <x:v>20992</x:v>
+      </x:c>
+      <x:c r="AL28" s="3" t="n">
+        <x:v>20275</x:v>
+      </x:c>
+      <x:c r="AM28" s="3" t="n">
+        <x:v>20007</x:v>
+      </x:c>
+      <x:c r="AN28" s="3" t="n">
+        <x:v>19997</x:v>
+      </x:c>
+      <x:c r="AO28" s="3" t="n">
+        <x:v>24727</x:v>
+      </x:c>
+      <x:c r="AP28" s="3" t="n">
+        <x:v>22422</x:v>
+      </x:c>
+      <x:c r="AQ28" s="3" t="n">
+        <x:v>21477</x:v>
+      </x:c>
+      <x:c r="AR28" s="3" t="n">
+        <x:v>22344</x:v>
+      </x:c>
+      <x:c r="AS28" s="3" t="n">
+        <x:v>26949</x:v>
+      </x:c>
+      <x:c r="AT28" s="3" t="n">
+        <x:v>18931</x:v>
+      </x:c>
+      <x:c r="AU28" s="3" t="n">
         <x:v>21720</x:v>
       </x:c>
-      <x:c r="AK24" s="3" t="n">
-[...462 lines deleted...]
-        <x:v>58900</x:v>
+      <x:c r="AV28" s="3" t="n">
+        <x:v>21129</x:v>
+      </x:c>
+      <x:c r="AW28" s="3" t="n">
+        <x:v>31742</x:v>
+      </x:c>
+      <x:c r="AX28" s="3" t="n">
+        <x:v>21062</x:v>
+      </x:c>
+      <x:c r="AY28" s="3" t="n">
+        <x:v>21857</x:v>
+      </x:c>
+      <x:c r="AZ28" s="3" t="n">
+        <x:v>20445</x:v>
+      </x:c>
+      <x:c r="BA28" s="3" t="n">
+        <x:v>30864</x:v>
+      </x:c>
+      <x:c r="BB28" s="3" t="n">
+        <x:v>21368</x:v>
+      </x:c>
+      <x:c r="BC28" s="3" t="n">
+        <x:v>21151</x:v>
+      </x:c>
+      <x:c r="BD28" s="3" t="n">
+        <x:v>24168</x:v>
+      </x:c>
+      <x:c r="BE28" s="3" t="n">
+        <x:v>35996</x:v>
+      </x:c>
+      <x:c r="BF28" s="3" t="n">
+        <x:v>20746</x:v>
+      </x:c>
+      <x:c r="BG28" s="3" t="n">
+        <x:v>26639</x:v>
+      </x:c>
+      <x:c r="BH28" s="3" t="n">
+        <x:v>22012</x:v>
+      </x:c>
+      <x:c r="BI28" s="3" t="n">
+        <x:v>36471</x:v>
+      </x:c>
+      <x:c r="BJ28" s="3" t="n">
+        <x:v>19557</x:v>
+      </x:c>
+      <x:c r="BK28" s="3" t="n">
+        <x:v>21492</x:v>
+      </x:c>
+      <x:c r="BL28" s="3" t="n">
+        <x:v>22973</x:v>
+      </x:c>
+      <x:c r="BM28" s="3" t="n">
+        <x:v>31197</x:v>
+      </x:c>
+      <x:c r="BN28" s="3" t="n">
+        <x:v>19752</x:v>
+      </x:c>
+      <x:c r="BO28" s="3" t="n">
+        <x:v>21022</x:v>
+      </x:c>
+      <x:c r="BP28" s="3" t="n">
+        <x:v>22796</x:v>
+      </x:c>
+      <x:c r="BQ28" s="3" t="n">
+        <x:v>32636</x:v>
+      </x:c>
+      <x:c r="BR28" s="3" t="n">
+        <x:v>21427</x:v>
+      </x:c>
+      <x:c r="BS28" s="3" t="n">
+        <x:v>22417</x:v>
+      </x:c>
+      <x:c r="BT28" s="3" t="n">
+        <x:v>24377</x:v>
+      </x:c>
+      <x:c r="BU28" s="3" t="n">
+        <x:v>29119</x:v>
+      </x:c>
+      <x:c r="BV28" s="3" t="n">
+        <x:v>21793</x:v>
+      </x:c>
+      <x:c r="BW28" s="3" t="n">
+        <x:v>22924</x:v>
+      </x:c>
+      <x:c r="BX28" s="3" t="n">
+        <x:v>24484</x:v>
+      </x:c>
+      <x:c r="BY28" s="3" t="n">
+        <x:v>31585</x:v>
+      </x:c>
+      <x:c r="BZ28" s="3" t="n">
+        <x:v>28186</x:v>
+      </x:c>
+      <x:c r="CA28" s="3" t="n">
+        <x:v>28261</x:v>
+      </x:c>
+      <x:c r="CB28" s="3" t="n">
+        <x:v>26403</x:v>
+      </x:c>
+      <x:c r="CC28" s="3" t="n">
+        <x:v>34008</x:v>
+      </x:c>
+      <x:c r="CD28" s="3" t="n">
+        <x:v>27522</x:v>
+      </x:c>
+      <x:c r="CE28" s="3" t="n">
+        <x:v>27549</x:v>
+      </x:c>
+      <x:c r="CF28" s="3" t="n">
+        <x:v>29865</x:v>
+      </x:c>
+      <x:c r="CG28" s="3" t="n">
+        <x:v>38980</x:v>
+      </x:c>
+      <x:c r="CH28" s="3" t="n">
+        <x:v>27510</x:v>
+      </x:c>
+      <x:c r="CI28" s="3" t="n">
+        <x:v>27058</x:v>
+      </x:c>
+      <x:c r="CJ28" s="3" t="n">
+        <x:v>29879</x:v>
+      </x:c>
+      <x:c r="CK28" s="3" t="n">
+        <x:v>39132</x:v>
+      </x:c>
+      <x:c r="CL28" s="3" t="n">
+        <x:v>24036</x:v>
+      </x:c>
+      <x:c r="CM28" s="3" t="n">
+        <x:v>26703</x:v>
+      </x:c>
+      <x:c r="CN28" s="3" t="n">
+        <x:v>26688</x:v>
+      </x:c>
+      <x:c r="CO28" s="3" t="n">
+        <x:v>34296</x:v>
+      </x:c>
+      <x:c r="CP28" s="3" t="n">
+        <x:v>26816</x:v>
+      </x:c>
+      <x:c r="CQ28" s="3" t="n">
+        <x:v>26442</x:v>
+      </x:c>
+      <x:c r="CR28" s="3" t="n">
+        <x:v>26775</x:v>
+      </x:c>
+      <x:c r="CS28" s="3" t="n">
+        <x:v>33060</x:v>
+      </x:c>
+      <x:c r="CT28" s="3" t="n">
+        <x:v>27658</x:v>
+      </x:c>
+      <x:c r="CU28" s="3" t="n">
+        <x:v>29642</x:v>
+      </x:c>
+      <x:c r="CV28" s="3" t="n">
+        <x:v>29527</x:v>
+      </x:c>
+      <x:c r="CW28" s="3" t="n">
+        <x:v>33323</x:v>
+      </x:c>
+      <x:c r="CX28" s="3" t="n">
+        <x:v>30010</x:v>
+      </x:c>
+      <x:c r="CY28" s="3" t="n">
+        <x:v>32010</x:v>
+      </x:c>
+      <x:c r="CZ28" s="3" t="n">
+        <x:v>34388</x:v>
+      </x:c>
+      <x:c r="DA28" s="3" t="n">
+        <x:v>36493</x:v>
+      </x:c>
+      <x:c r="DB28" s="3" t="n">
+        <x:v>30871</x:v>
+      </x:c>
+      <x:c r="DC28" s="3" t="n">
+        <x:v>33228</x:v>
+      </x:c>
+      <x:c r="DD28" s="3" t="n">
+        <x:v>33479</x:v>
+      </x:c>
+      <x:c r="DE28" s="3" t="n">
+        <x:v>39997</x:v>
+      </x:c>
+      <x:c r="DF28" s="3" t="n">
+        <x:v>29135</x:v>
+      </x:c>
+      <x:c r="DG28" s="3" t="n">
+        <x:v>33443</x:v>
+      </x:c>
+      <x:c r="DH28" s="3" t="n">
+        <x:v>32172</x:v>
+      </x:c>
+      <x:c r="DI28" s="3" t="n">
+        <x:v>41617</x:v>
+      </x:c>
+      <x:c r="DJ28" s="3" t="n">
+        <x:v>30483</x:v>
+      </x:c>
+      <x:c r="DK28" s="3" t="n">
+        <x:v>42641</x:v>
+      </x:c>
+      <x:c r="DL28" s="3" t="n">
+        <x:v>31402</x:v>
+      </x:c>
+      <x:c r="DM28" s="3" t="n">
+        <x:v>42608</x:v>
+      </x:c>
+      <x:c r="DN28" s="3" t="n">
+        <x:v>33994</x:v>
+      </x:c>
+      <x:c r="DO28" s="3" t="n">
+        <x:v>36215</x:v>
+      </x:c>
+      <x:c r="DP28" s="3" t="n">
+        <x:v>35337</x:v>
+      </x:c>
+      <x:c r="DQ28" s="3" t="n">
+        <x:v>54738</x:v>
+      </x:c>
+      <x:c r="DR28" s="3" t="n">
+        <x:v>37435</x:v>
+      </x:c>
+      <x:c r="DS28" s="3" t="n">
+        <x:v>37850</x:v>
+      </x:c>
+      <x:c r="DT28" s="3" t="n">
+        <x:v>49466</x:v>
+      </x:c>
+      <x:c r="DU28" s="3" t="n">
+        <x:v>47320</x:v>
+      </x:c>
+      <x:c r="DV28" s="3" t="n">
+        <x:v>37115</x:v>
+      </x:c>
+      <x:c r="DW28" s="3" t="n">
+        <x:v>41932</x:v>
+      </x:c>
+      <x:c r="DX28" s="3" t="n">
+        <x:v>44238</x:v>
+      </x:c>
+      <x:c r="DY28" s="3" t="n">
+        <x:v>60953</x:v>
+      </x:c>
+      <x:c r="DZ28" s="3" t="n">
+        <x:v>38670</x:v>
+      </x:c>
+      <x:c r="EA28" s="3" t="n">
+        <x:v>40844</x:v>
+      </x:c>
+      <x:c r="EB28" s="3" t="n">
+        <x:v>44675</x:v>
+      </x:c>
+      <x:c r="EC28" s="3" t="n">
+        <x:v>50223</x:v>
+      </x:c>
+      <x:c r="ED28" s="3" t="n">
+        <x:v>47506</x:v>
+      </x:c>
+      <x:c r="EE28" s="3" t="n">
+        <x:v>37833</x:v>
+      </x:c>
+      <x:c r="EF28" s="3" t="n">
+        <x:v>45003</x:v>
+      </x:c>
+      <x:c r="EG28" s="3" t="n">
+        <x:v>46051</x:v>
+      </x:c>
+      <x:c r="EH28" s="3" t="n">
+        <x:v>38865</x:v>
+      </x:c>
+      <x:c r="EI28" s="3" t="n">
+        <x:v>40081</x:v>
+      </x:c>
+      <x:c r="EJ28" s="3" t="n">
+        <x:v>44592</x:v>
+      </x:c>
+      <x:c r="EK28" s="3" t="n">
+        <x:v>49704</x:v>
+      </x:c>
+      <x:c r="EL28" s="3" t="n">
+        <x:v>46451</x:v>
+      </x:c>
+      <x:c r="EM28" s="3" t="n">
+        <x:v>45981</x:v>
+      </x:c>
+      <x:c r="EN28" s="3" t="n">
+        <x:v>49152</x:v>
+      </x:c>
+      <x:c r="EO28" s="3" t="n">
+        <x:v>52065</x:v>
+      </x:c>
+      <x:c r="EP28" s="3" t="n">
+        <x:v>48960</x:v>
+      </x:c>
+      <x:c r="EQ28" s="3" t="n">
+        <x:v>52080</x:v>
+      </x:c>
+      <x:c r="ER28" s="3" t="n">
+        <x:v>50279</x:v>
+      </x:c>
+      <x:c r="ES28" s="3" t="n">
+        <x:v>50980</x:v>
+      </x:c>
+      <x:c r="ET28" s="3" t="n">
+        <x:v>50343</x:v>
+      </x:c>
+      <x:c r="EU28" s="3" t="n">
+        <x:v>47649</x:v>
+      </x:c>
+      <x:c r="EV28" s="3" t="n">
+        <x:v>52419</x:v>
+      </x:c>
+      <x:c r="EW28" s="3" t="n">
+        <x:v>52242</x:v>
+      </x:c>
+      <x:c r="EX28" s="3" t="n">
+        <x:v>43879</x:v>
+      </x:c>
+      <x:c r="EY28" s="3" t="n">
+        <x:v>52021</x:v>
+      </x:c>
+      <x:c r="EZ28" s="3" t="n">
+        <x:v>53523</x:v>
+      </x:c>
+      <x:c r="FA28" s="3" t="n">
+        <x:v>66207</x:v>
+      </x:c>
+      <x:c r="FB28" s="3" t="n">
+        <x:v>45041</x:v>
+      </x:c>
+      <x:c r="FC28" s="3" t="n">
+        <x:v>54337</x:v>
+      </x:c>
+      <x:c r="FD28" s="3" t="n">
+        <x:v>49234</x:v>
+      </x:c>
+      <x:c r="FE28" s="3" t="n">
+        <x:v>72634</x:v>
+      </x:c>
+      <x:c r="FF28" s="3" t="n">
+        <x:v>48652</x:v>
+      </x:c>
+      <x:c r="FG28" s="3" t="n">
+        <x:v>58517</x:v>
+      </x:c>
+      <x:c r="FH28" s="3" t="n">
+        <x:v>58995</x:v>
+      </x:c>
+      <x:c r="FI28" s="3" t="n">
+        <x:v>72903</x:v>
+      </x:c>
+      <x:c r="FJ28" s="3" t="n">
+        <x:v>50660</x:v>
+      </x:c>
+      <x:c r="FK28" s="3" t="n">
+        <x:v>64108</x:v>
+      </x:c>
+      <x:c r="FL28" s="3" t="n">
+        <x:v>62435</x:v>
+      </x:c>
+      <x:c r="FM28" s="3" t="n">
+        <x:v>79824</x:v>
+      </x:c>
+      <x:c r="FN28" s="3" t="n">
+        <x:v>51568</x:v>
+      </x:c>
+      <x:c r="FO28" s="3" t="n">
+        <x:v>64054</x:v>
+      </x:c>
+      <x:c r="FP28" s="3" t="n">
+        <x:v>62154</x:v>
+      </x:c>
+      <x:c r="FQ28" s="3" t="n">
+        <x:v>76424</x:v>
+      </x:c>
+      <x:c r="FR28" s="3" t="n">
+        <x:v>51354</x:v>
+      </x:c>
+      <x:c r="FS28" s="3" t="n">
+        <x:v>58597</x:v>
+      </x:c>
+      <x:c r="FT28" s="3" t="n">
+        <x:v>59952</x:v>
+      </x:c>
+      <x:c r="FU28" s="3" t="n">
+        <x:v>78016</x:v>
+      </x:c>
+      <x:c r="FV28" s="3" t="n">
+        <x:v>50363</x:v>
+      </x:c>
+      <x:c r="FW28" s="3" t="n">
+        <x:v>60566</x:v>
+      </x:c>
+      <x:c r="FX28" s="3" t="n">
+        <x:v>62642</x:v>
+      </x:c>
+      <x:c r="FY28" s="3" t="n">
+        <x:v>80525</x:v>
+      </x:c>
+      <x:c r="FZ28" s="3" t="n">
+        <x:v>54315</x:v>
+      </x:c>
+      <x:c r="GA28" s="3" t="n">
+        <x:v>61576</x:v>
+      </x:c>
+      <x:c r="GB28" s="3" t="n">
+        <x:v>60922</x:v>
+      </x:c>
+      <x:c r="GC28" s="3" t="n">
+        <x:v>85543</x:v>
+      </x:c>
+      <x:c r="GD28" s="3" t="n">
+        <x:v>54238</x:v>
+      </x:c>
+      <x:c r="GE28" s="3" t="n">
+        <x:v>62721</x:v>
+      </x:c>
+      <x:c r="GF28" s="3" t="n">
+        <x:v>70321</x:v>
+      </x:c>
+      <x:c r="GG28" s="3" t="n">
+        <x:v>89567</x:v>
+      </x:c>
+      <x:c r="GH28" s="3" t="n">
+        <x:v>52903</x:v>
+      </x:c>
+      <x:c r="GI28" s="3" t="n">
+        <x:v>61933</x:v>
+      </x:c>
+      <x:c r="GJ28" s="3" t="n">
+        <x:v>61418</x:v>
       </x:c>
     </x:row>
-    <x:row r="25" spans="1:191">
-[...2299 lines deleted...]
-    <x:row r="29" spans="1:191">
+    <x:row r="29" spans="1:192">
       <x:c r="A29" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="J29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="K29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="L29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="M29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="N29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="O29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="P29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="Q29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="R29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="S29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="T29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="U29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="V29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="W29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="X29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="Y29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="Z29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AA29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AB29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AC29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AD29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AE29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AF29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AG29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AH29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AI29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AJ29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AK29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AL29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AM29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AN29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AO29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AP29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AQ29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AR29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AS29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AT29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AU29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AV29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AW29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AX29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AY29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AZ29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="BA29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="BB29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="BC29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="BD29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="BE29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="BF29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="C29" s="3" t="n">
+      <x:c r="BG29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="D29" s="3" t="n">
+      <x:c r="BH29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="E29" s="3" t="n">
+      <x:c r="BI29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="F29" s="3" t="n">
+      <x:c r="BJ29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="G29" s="3" t="n">
+      <x:c r="BK29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="H29" s="3" t="n">
+      <x:c r="BL29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="I29" s="3" t="n">
+      <x:c r="BM29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="J29" s="3" t="n">
+      <x:c r="BN29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="K29" s="3" t="n">
+      <x:c r="BO29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="L29" s="3" t="n">
+      <x:c r="BP29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="M29" s="3" t="n">
+      <x:c r="BQ29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="N29" s="3" t="n">
+      <x:c r="BR29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="O29" s="3" t="n">
+      <x:c r="BS29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="P29" s="3" t="n">
+      <x:c r="BT29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="Q29" s="3" t="n">
+      <x:c r="BU29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="R29" s="3" t="n">
+      <x:c r="BV29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="S29" s="3" t="n">
+      <x:c r="BW29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="T29" s="3" t="n">
+      <x:c r="BX29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="U29" s="3" t="n">
+      <x:c r="BY29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="V29" s="3" t="n">
+      <x:c r="BZ29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="W29" s="3" t="n">
+      <x:c r="CA29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="X29" s="3" t="n">
+      <x:c r="CB29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="Y29" s="3" t="n">
+      <x:c r="CC29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="Z29" s="3" t="n">
-[...35 lines deleted...]
-      <x:c r="AL29" s="3" t="n">
+      <x:c r="CD29" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="AM29" s="3" t="n">
+      <x:c r="CE29" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="AN29" s="3" t="n">
+      <x:c r="CF29" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="AO29" s="3" t="n">
+      <x:c r="CG29" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="AP29" s="3" t="n">
-[...83 lines deleted...]
-      <x:c r="BR29" s="3" t="n">
+      <x:c r="CH29" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="BS29" s="3" t="n">
+      <x:c r="CI29" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="BT29" s="3" t="n">
+      <x:c r="CJ29" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="BU29" s="3" t="n">
+      <x:c r="CK29" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="BV29" s="3" t="n">
+      <x:c r="CL29" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="BW29" s="3" t="n">
+      <x:c r="CM29" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="BX29" s="3" t="n">
+      <x:c r="CN29" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="BY29" s="3" t="n">
+      <x:c r="CO29" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="BZ29" s="3" t="n">
-[...11 lines deleted...]
-      <x:c r="CD29" s="3" t="n">
+      <x:c r="CP29" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="CE29" s="3" t="n">
+      <x:c r="CQ29" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="CF29" s="3" t="n">
+      <x:c r="CR29" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="CG29" s="3" t="n">
+      <x:c r="CS29" s="3" t="n">
         <x:v>5</x:v>
-      </x:c>
-[...34 lines deleted...]
-        <x:v>6</x:v>
       </x:c>
       <x:c r="CT29" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="CU29" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="CV29" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="CW29" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="CX29" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="CY29" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="CZ29" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="DA29" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="DB29" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="DC29" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="DD29" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="DE29" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="DF29" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="DG29" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="DH29" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="DI29" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="DJ29" s="3" t="n">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="DK29" s="3" t="n">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="DL29" s="3" t="n">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="DM29" s="3" t="n">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="DN29" s="3" t="n">
-        <x:v>13</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="DO29" s="3" t="n">
-        <x:v>13</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="DP29" s="3" t="n">
-        <x:v>13</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="DQ29" s="3" t="n">
-        <x:v>13</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="DR29" s="3" t="n">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="DS29" s="3" t="n">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="DT29" s="3" t="n">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="DU29" s="3" t="n">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="DV29" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="DW29" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="DX29" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="DY29" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="DZ29" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="EA29" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="EB29" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="EC29" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="ED29" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="EE29" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="EF29" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="EG29" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="EH29" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="EI29" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="EJ29" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="EK29" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="EL29" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="EM29" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="EN29" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="EO29" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="EP29" s="3" t="n">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="EQ29" s="3" t="n">
-        <x:v>15</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="ER29" s="3" t="n">
-        <x:v>15</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="ES29" s="3" t="n">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="ET29" s="3" t="n">
-        <x:v>14</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="EU29" s="3" t="n">
-        <x:v>13</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="EV29" s="3" t="n">
-        <x:v>13</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="EW29" s="3" t="n">
-        <x:v>14</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="EX29" s="3" t="n">
-        <x:v>10</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="EY29" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="EZ29" s="3" t="n">
-        <x:v>-2</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="FA29" s="3" t="n">
-        <x:v>25</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="FB29" s="3" t="n">
-        <x:v>186</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="FC29" s="3" t="n">
-        <x:v>176</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="FD29" s="3" t="n">
-        <x:v>159</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="FE29" s="3" t="n">
-        <x:v>193</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="FF29" s="3" t="n">
-        <x:v>168</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="FG29" s="3" t="n">
-        <x:v>178</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="FH29" s="3" t="n">
-        <x:v>146</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="FI29" s="3" t="n">
-        <x:v>185</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="FJ29" s="3" t="n">
-        <x:v>157</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="FK29" s="3" t="n">
-        <x:v>152</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="FL29" s="3" t="n">
-        <x:v>131</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="FM29" s="3" t="n">
-        <x:v>165</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="FN29" s="3" t="n">
-        <x:v>84</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="FO29" s="3" t="n">
-        <x:v>38</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="FP29" s="3" t="n">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="FQ29" s="3" t="n">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="FR29" s="3" t="n">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="FS29" s="3" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="FT29" s="3" t="n">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="FU29" s="3" t="n">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="FV29" s="3" t="n">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="FW29" s="3" t="n">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="FQ29" s="3" t="n">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="FX29" s="3" t="n">
-        <x:v>138</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="FY29" s="3" t="n">
-        <x:v>152</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="FZ29" s="3" t="n">
-        <x:v>167</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="GA29" s="3" t="n">
-        <x:v>152</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="GB29" s="3" t="n">
-        <x:v>133</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="GC29" s="3" t="n">
-        <x:v>172</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="GD29" s="3" t="n">
-        <x:v>163</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="GE29" s="3" t="n">
-        <x:v>172</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="GF29" s="3" t="n">
-        <x:v>147</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="GG29" s="3" t="n">
-        <x:v>182</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="GH29" s="3" t="n">
-        <x:v>179</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="GI29" s="3" t="n">
-        <x:v>178</x:v>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="GJ29" s="3" t="n">
+        <x:v>71</x:v>
       </x:c>
     </x:row>
-    <x:row r="30" spans="1:191">
+    <x:row r="30" spans="1:192">
       <x:c r="A30" s="2" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>-16979</x:v>
+        <x:v>-66593</x:v>
       </x:c>
       <x:c r="C30" s="3" t="n">
-        <x:v>-30392</x:v>
+        <x:v>-80005</x:v>
       </x:c>
       <x:c r="D30" s="3" t="n">
-        <x:v>-17449</x:v>
+        <x:v>-67063</x:v>
       </x:c>
       <x:c r="E30" s="3" t="n">
-        <x:v>-19859</x:v>
+        <x:v>-69472</x:v>
       </x:c>
       <x:c r="F30" s="3" t="n">
-        <x:v>-18882</x:v>
+        <x:v>-65935</x:v>
       </x:c>
       <x:c r="G30" s="3" t="n">
-        <x:v>-20790</x:v>
+        <x:v>-67843</x:v>
       </x:c>
       <x:c r="H30" s="3" t="n">
-        <x:v>-17346</x:v>
+        <x:v>-64399</x:v>
       </x:c>
       <x:c r="I30" s="3" t="n">
-        <x:v>-22540</x:v>
+        <x:v>-69593</x:v>
       </x:c>
       <x:c r="J30" s="3" t="n">
-        <x:v>10829</x:v>
+        <x:v>17300</x:v>
       </x:c>
       <x:c r="K30" s="3" t="n">
-        <x:v>11199</x:v>
+        <x:v>17670</x:v>
       </x:c>
       <x:c r="L30" s="3" t="n">
-        <x:v>7872</x:v>
+        <x:v>14343</x:v>
       </x:c>
       <x:c r="M30" s="3" t="n">
-        <x:v>-467</x:v>
+        <x:v>6004</x:v>
       </x:c>
       <x:c r="N30" s="3" t="n">
-        <x:v>2886</x:v>
+        <x:v>-4826</x:v>
       </x:c>
       <x:c r="O30" s="3" t="n">
-        <x:v>-2920</x:v>
+        <x:v>-10632</x:v>
       </x:c>
       <x:c r="P30" s="3" t="n">
-        <x:v>-162</x:v>
+        <x:v>-7874</x:v>
       </x:c>
       <x:c r="Q30" s="3" t="n">
-        <x:v>-6325</x:v>
+        <x:v>-14037</x:v>
       </x:c>
       <x:c r="R30" s="3" t="n">
-        <x:v>9376</x:v>
+        <x:v>16944</x:v>
       </x:c>
       <x:c r="S30" s="3" t="n">
-        <x:v>4330</x:v>
+        <x:v>11897</x:v>
       </x:c>
       <x:c r="T30" s="3" t="n">
-        <x:v>6497</x:v>
+        <x:v>14065</x:v>
       </x:c>
       <x:c r="U30" s="3" t="n">
-        <x:v>587</x:v>
+        <x:v>8154</x:v>
       </x:c>
       <x:c r="V30" s="3" t="n">
-        <x:v>-17853</x:v>
+        <x:v>-73121</x:v>
       </x:c>
       <x:c r="W30" s="3" t="n">
-        <x:v>-21012</x:v>
+        <x:v>-76279</x:v>
       </x:c>
       <x:c r="X30" s="3" t="n">
-        <x:v>-19221</x:v>
+        <x:v>-74489</x:v>
       </x:c>
       <x:c r="Y30" s="3" t="n">
-        <x:v>-25616</x:v>
+        <x:v>-80883</x:v>
       </x:c>
       <x:c r="Z30" s="3" t="n">
-        <x:v>8151</x:v>
+        <x:v>7851</x:v>
       </x:c>
       <x:c r="AA30" s="3" t="n">
-        <x:v>-3202</x:v>
+        <x:v>-3502</x:v>
       </x:c>
       <x:c r="AB30" s="3" t="n">
-        <x:v>3700</x:v>
+        <x:v>3399</x:v>
       </x:c>
       <x:c r="AC30" s="3" t="n">
-        <x:v>-539</x:v>
+        <x:v>-839</x:v>
       </x:c>
       <x:c r="AD30" s="3" t="n">
-        <x:v>18726</x:v>
+        <x:v>85788</x:v>
       </x:c>
       <x:c r="AE30" s="3" t="n">
-        <x:v>17140</x:v>
+        <x:v>84203</x:v>
       </x:c>
       <x:c r="AF30" s="3" t="n">
-        <x:v>19146</x:v>
+        <x:v>86208</x:v>
       </x:c>
       <x:c r="AG30" s="3" t="n">
-        <x:v>18678</x:v>
+        <x:v>85740</x:v>
       </x:c>
       <x:c r="AH30" s="3" t="n">
-        <x:v>44485</x:v>
+        <x:v>220349</x:v>
       </x:c>
       <x:c r="AI30" s="3" t="n">
-        <x:v>45450</x:v>
+        <x:v>221313</x:v>
       </x:c>
       <x:c r="AJ30" s="3" t="n">
-        <x:v>48369</x:v>
+        <x:v>224233</x:v>
       </x:c>
       <x:c r="AK30" s="3" t="n">
-        <x:v>43811</x:v>
+        <x:v>219675</x:v>
       </x:c>
       <x:c r="AL30" s="3" t="n">
-        <x:v>30646</x:v>
+        <x:v>135708</x:v>
       </x:c>
       <x:c r="AM30" s="3" t="n">
-        <x:v>24693</x:v>
+        <x:v>129756</x:v>
       </x:c>
       <x:c r="AN30" s="3" t="n">
-        <x:v>28554</x:v>
+        <x:v>133616</x:v>
       </x:c>
       <x:c r="AO30" s="3" t="n">
-        <x:v>27038</x:v>
+        <x:v>132100</x:v>
       </x:c>
       <x:c r="AP30" s="3" t="n">
-        <x:v>20607</x:v>
+        <x:v>54528</x:v>
       </x:c>
       <x:c r="AQ30" s="3" t="n">
-        <x:v>11395</x:v>
+        <x:v>45316</x:v>
       </x:c>
       <x:c r="AR30" s="3" t="n">
-        <x:v>8994</x:v>
+        <x:v>42915</x:v>
       </x:c>
       <x:c r="AS30" s="3" t="n">
-        <x:v>3427</x:v>
+        <x:v>37347</x:v>
       </x:c>
       <x:c r="AT30" s="3" t="n">
+        <x:v>42655</x:v>
+      </x:c>
+      <x:c r="AU30" s="3" t="n">
+        <x:v>41581</x:v>
+      </x:c>
+      <x:c r="AV30" s="3" t="n">
+        <x:v>39481</x:v>
+      </x:c>
+      <x:c r="AW30" s="3" t="n">
+        <x:v>34756</x:v>
+      </x:c>
+      <x:c r="AX30" s="3" t="n">
+        <x:v>122746</x:v>
+      </x:c>
+      <x:c r="AY30" s="3" t="n">
+        <x:v>115115</x:v>
+      </x:c>
+      <x:c r="AZ30" s="3" t="n">
+        <x:v>114912</x:v>
+      </x:c>
+      <x:c r="BA30" s="3" t="n">
+        <x:v>116711</x:v>
+      </x:c>
+      <x:c r="BB30" s="3" t="n">
+        <x:v>19938</x:v>
+      </x:c>
+      <x:c r="BC30" s="3" t="n">
+        <x:v>20620</x:v>
+      </x:c>
+      <x:c r="BD30" s="3" t="n">
+        <x:v>14993</x:v>
+      </x:c>
+      <x:c r="BE30" s="3" t="n">
+        <x:v>14935</x:v>
+      </x:c>
+      <x:c r="BF30" s="3" t="n">
+        <x:v>42072</x:v>
+      </x:c>
+      <x:c r="BG30" s="3" t="n">
+        <x:v>34873</x:v>
+      </x:c>
+      <x:c r="BH30" s="3" t="n">
+        <x:v>36875</x:v>
+      </x:c>
+      <x:c r="BI30" s="3" t="n">
+        <x:v>33755</x:v>
+      </x:c>
+      <x:c r="BJ30" s="3" t="n">
+        <x:v>48778</x:v>
+      </x:c>
+      <x:c r="BK30" s="3" t="n">
+        <x:v>40641</x:v>
+      </x:c>
+      <x:c r="BL30" s="3" t="n">
+        <x:v>50897</x:v>
+      </x:c>
+      <x:c r="BM30" s="3" t="n">
+        <x:v>43717</x:v>
+      </x:c>
+      <x:c r="BN30" s="3" t="n">
+        <x:v>132507</x:v>
+      </x:c>
+      <x:c r="BO30" s="3" t="n">
+        <x:v>131906</x:v>
+      </x:c>
+      <x:c r="BP30" s="3" t="n">
+        <x:v>132918</x:v>
+      </x:c>
+      <x:c r="BQ30" s="3" t="n">
+        <x:v>131609</x:v>
+      </x:c>
+      <x:c r="BR30" s="3" t="n">
+        <x:v>280953</x:v>
+      </x:c>
+      <x:c r="BS30" s="3" t="n">
+        <x:v>280906</x:v>
+      </x:c>
+      <x:c r="BT30" s="3" t="n">
+        <x:v>279238</x:v>
+      </x:c>
+      <x:c r="BU30" s="3" t="n">
+        <x:v>278386</x:v>
+      </x:c>
+      <x:c r="BV30" s="3" t="n">
+        <x:v>41027</x:v>
+      </x:c>
+      <x:c r="BW30" s="3" t="n">
+        <x:v>39484</x:v>
+      </x:c>
+      <x:c r="BX30" s="3" t="n">
+        <x:v>40985</x:v>
+      </x:c>
+      <x:c r="BY30" s="3" t="n">
+        <x:v>38211</x:v>
+      </x:c>
+      <x:c r="BZ30" s="3" t="n">
+        <x:v>109947</x:v>
+      </x:c>
+      <x:c r="CA30" s="3" t="n">
+        <x:v>110373</x:v>
+      </x:c>
+      <x:c r="CB30" s="3" t="n">
+        <x:v>107563</x:v>
+      </x:c>
+      <x:c r="CC30" s="3" t="n">
+        <x:v>108827</x:v>
+      </x:c>
+      <x:c r="CD30" s="3" t="n">
+        <x:v>143603</x:v>
+      </x:c>
+      <x:c r="CE30" s="3" t="n">
+        <x:v>144556</x:v>
+      </x:c>
+      <x:c r="CF30" s="3" t="n">
+        <x:v>143649</x:v>
+      </x:c>
+      <x:c r="CG30" s="3" t="n">
+        <x:v>145221</x:v>
+      </x:c>
+      <x:c r="CH30" s="3" t="n">
+        <x:v>-9627</x:v>
+      </x:c>
+      <x:c r="CI30" s="3" t="n">
+        <x:v>-15951</x:v>
+      </x:c>
+      <x:c r="CJ30" s="3" t="n">
+        <x:v>-16940</x:v>
+      </x:c>
+      <x:c r="CK30" s="3" t="n">
+        <x:v>-13733</x:v>
+      </x:c>
+      <x:c r="CL30" s="3" t="n">
+        <x:v>-111277</x:v>
+      </x:c>
+      <x:c r="CM30" s="3" t="n">
+        <x:v>-118393</x:v>
+      </x:c>
+      <x:c r="CN30" s="3" t="n">
+        <x:v>-117962</x:v>
+      </x:c>
+      <x:c r="CO30" s="3" t="n">
+        <x:v>-121792</x:v>
+      </x:c>
+      <x:c r="CP30" s="3" t="n">
+        <x:v>-204</x:v>
+      </x:c>
+      <x:c r="CQ30" s="3" t="n">
+        <x:v>-4180</x:v>
+      </x:c>
+      <x:c r="CR30" s="3" t="n">
+        <x:v>-3285</x:v>
+      </x:c>
+      <x:c r="CS30" s="3" t="n">
+        <x:v>-8368</x:v>
+      </x:c>
+      <x:c r="CT30" s="3" t="n">
+        <x:v>25297</x:v>
+      </x:c>
+      <x:c r="CU30" s="3" t="n">
+        <x:v>20867</x:v>
+      </x:c>
+      <x:c r="CV30" s="3" t="n">
+        <x:v>21499</x:v>
+      </x:c>
+      <x:c r="CW30" s="3" t="n">
+        <x:v>18799</x:v>
+      </x:c>
+      <x:c r="CX30" s="3" t="n">
+        <x:v>61772</x:v>
+      </x:c>
+      <x:c r="CY30" s="3" t="n">
+        <x:v>49009</x:v>
+      </x:c>
+      <x:c r="CZ30" s="3" t="n">
+        <x:v>59147</x:v>
+      </x:c>
+      <x:c r="DA30" s="3" t="n">
+        <x:v>56287</x:v>
+      </x:c>
+      <x:c r="DB30" s="3" t="n">
+        <x:v>-16245</x:v>
+      </x:c>
+      <x:c r="DC30" s="3" t="n">
+        <x:v>-26015</x:v>
+      </x:c>
+      <x:c r="DD30" s="3" t="n">
+        <x:v>-25357</x:v>
+      </x:c>
+      <x:c r="DE30" s="3" t="n">
+        <x:v>-29893</x:v>
+      </x:c>
+      <x:c r="DF30" s="3" t="n">
+        <x:v>-16014</x:v>
+      </x:c>
+      <x:c r="DG30" s="3" t="n">
+        <x:v>-19163</x:v>
+      </x:c>
+      <x:c r="DH30" s="3" t="n">
+        <x:v>-12791</x:v>
+      </x:c>
+      <x:c r="DI30" s="3" t="n">
+        <x:v>-17194</x:v>
+      </x:c>
+      <x:c r="DJ30" s="3" t="n">
+        <x:v>-16184</x:v>
+      </x:c>
+      <x:c r="DK30" s="3" t="n">
+        <x:v>-32112</x:v>
+      </x:c>
+      <x:c r="DL30" s="3" t="n">
+        <x:v>-22466</x:v>
+      </x:c>
+      <x:c r="DM30" s="3" t="n">
+        <x:v>-18056</x:v>
+      </x:c>
+      <x:c r="DN30" s="3" t="n">
+        <x:v>-11762</x:v>
+      </x:c>
+      <x:c r="DO30" s="3" t="n">
+        <x:v>-28059</x:v>
+      </x:c>
+      <x:c r="DP30" s="3" t="n">
+        <x:v>-25149</x:v>
+      </x:c>
+      <x:c r="DQ30" s="3" t="n">
+        <x:v>-17904</x:v>
+      </x:c>
+      <x:c r="DR30" s="3" t="n">
+        <x:v>-17516</x:v>
+      </x:c>
+      <x:c r="DS30" s="3" t="n">
+        <x:v>-27081</x:v>
+      </x:c>
+      <x:c r="DT30" s="3" t="n">
+        <x:v>-18353</x:v>
+      </x:c>
+      <x:c r="DU30" s="3" t="n">
+        <x:v>-8470</x:v>
+      </x:c>
+      <x:c r="DV30" s="3" t="n">
+        <x:v>11299</x:v>
+      </x:c>
+      <x:c r="DW30" s="3" t="n">
+        <x:v>4212</x:v>
+      </x:c>
+      <x:c r="DX30" s="3" t="n">
+        <x:v>4284</x:v>
+      </x:c>
+      <x:c r="DY30" s="3" t="n">
+        <x:v>-1536</x:v>
+      </x:c>
+      <x:c r="DZ30" s="3" t="n">
+        <x:v>-15226</x:v>
+      </x:c>
+      <x:c r="EA30" s="3" t="n">
+        <x:v>-7723</x:v>
+      </x:c>
+      <x:c r="EB30" s="3" t="n">
+        <x:v>-17246</x:v>
+      </x:c>
+      <x:c r="EC30" s="3" t="n">
+        <x:v>-11991</x:v>
+      </x:c>
+      <x:c r="ED30" s="3" t="n">
+        <x:v>13599</x:v>
+      </x:c>
+      <x:c r="EE30" s="3" t="n">
+        <x:v>-27157</x:v>
+      </x:c>
+      <x:c r="EF30" s="3" t="n">
+        <x:v>-22149</x:v>
+      </x:c>
+      <x:c r="EG30" s="3" t="n">
+        <x:v>-2509</x:v>
+      </x:c>
+      <x:c r="EH30" s="3" t="n">
+        <x:v>9097</x:v>
+      </x:c>
+      <x:c r="EI30" s="3" t="n">
+        <x:v>-7623</x:v>
+      </x:c>
+      <x:c r="EJ30" s="3" t="n">
+        <x:v>-14239</x:v>
+      </x:c>
+      <x:c r="EK30" s="3" t="n">
+        <x:v>-10187</x:v>
+      </x:c>
+      <x:c r="EL30" s="3" t="n">
+        <x:v>-7748</x:v>
+      </x:c>
+      <x:c r="EM30" s="3" t="n">
+        <x:v>-5366</x:v>
+      </x:c>
+      <x:c r="EN30" s="3" t="n">
+        <x:v>-10721</x:v>
+      </x:c>
+      <x:c r="EO30" s="3" t="n">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="EP30" s="3" t="n">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="EQ30" s="3" t="n">
+        <x:v>-12806</x:v>
+      </x:c>
+      <x:c r="ER30" s="3" t="n">
+        <x:v>3821</x:v>
+      </x:c>
+      <x:c r="ES30" s="3" t="n">
+        <x:v>-6712</x:v>
+      </x:c>
+      <x:c r="ET30" s="3" t="n">
+        <x:v>4545</x:v>
+      </x:c>
+      <x:c r="EU30" s="3" t="n">
+        <x:v>-6223</x:v>
+      </x:c>
+      <x:c r="EV30" s="3" t="n">
+        <x:v>-10039</x:v>
+      </x:c>
+      <x:c r="EW30" s="3" t="n">
+        <x:v>-2170</x:v>
+      </x:c>
+      <x:c r="EX30" s="3" t="n">
+        <x:v>18762</x:v>
+      </x:c>
+      <x:c r="EY30" s="3" t="n">
+        <x:v>3905</x:v>
+      </x:c>
+      <x:c r="EZ30" s="3" t="n">
+        <x:v>-13521</x:v>
+      </x:c>
+      <x:c r="FA30" s="3" t="n">
+        <x:v>-9951</x:v>
+      </x:c>
+      <x:c r="FB30" s="3" t="n">
+        <x:v>32099</x:v>
+      </x:c>
+      <x:c r="FC30" s="3" t="n">
+        <x:v>-20130</x:v>
+      </x:c>
+      <x:c r="FD30" s="3" t="n">
+        <x:v>-13541</x:v>
+      </x:c>
+      <x:c r="FE30" s="3" t="n">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="FF30" s="3" t="n">
+        <x:v>18585</x:v>
+      </x:c>
+      <x:c r="FG30" s="3" t="n">
+        <x:v>-1809</x:v>
+      </x:c>
+      <x:c r="FH30" s="3" t="n">
+        <x:v>-14656</x:v>
+      </x:c>
+      <x:c r="FI30" s="3" t="n">
+        <x:v>-3448</x:v>
+      </x:c>
+      <x:c r="FJ30" s="3" t="n">
+        <x:v>31358</x:v>
+      </x:c>
+      <x:c r="FK30" s="3" t="n">
+        <x:v>-8515</x:v>
+      </x:c>
+      <x:c r="FL30" s="3" t="n">
+        <x:v>-7363</x:v>
+      </x:c>
+      <x:c r="FM30" s="3" t="n">
+        <x:v>-15038</x:v>
+      </x:c>
+      <x:c r="FN30" s="3" t="n">
+        <x:v>35847</x:v>
+      </x:c>
+      <x:c r="FO30" s="3" t="n">
+        <x:v>-17339</x:v>
+      </x:c>
+      <x:c r="FP30" s="3" t="n">
+        <x:v>-7680</x:v>
+      </x:c>
+      <x:c r="FQ30" s="3" t="n">
+        <x:v>-8332</x:v>
+      </x:c>
+      <x:c r="FR30" s="3" t="n">
+        <x:v>1016</x:v>
+      </x:c>
+      <x:c r="FS30" s="3" t="n">
+        <x:v>-29217</x:v>
+      </x:c>
+      <x:c r="FT30" s="3" t="n">
+        <x:v>-10488</x:v>
+      </x:c>
+      <x:c r="FU30" s="3" t="n">
+        <x:v>-16483</x:v>
+      </x:c>
+      <x:c r="FV30" s="3" t="n">
+        <x:v>47080</x:v>
+      </x:c>
+      <x:c r="FW30" s="3" t="n">
+        <x:v>1555</x:v>
+      </x:c>
+      <x:c r="FX30" s="3" t="n">
+        <x:v>4751</x:v>
+      </x:c>
+      <x:c r="FY30" s="3" t="n">
+        <x:v>21044</x:v>
+      </x:c>
+      <x:c r="FZ30" s="3" t="n">
+        <x:v>65385</x:v>
+      </x:c>
+      <x:c r="GA30" s="3" t="n">
+        <x:v>1795</x:v>
+      </x:c>
+      <x:c r="GB30" s="3" t="n">
+        <x:v>-17913</x:v>
+      </x:c>
+      <x:c r="GC30" s="3" t="n">
+        <x:v>5087</x:v>
+      </x:c>
+      <x:c r="GD30" s="3" t="n">
+        <x:v>44456</x:v>
+      </x:c>
+      <x:c r="GE30" s="3" t="n">
+        <x:v>-15148</x:v>
+      </x:c>
+      <x:c r="GF30" s="3" t="n">
+        <x:v>17164</x:v>
+      </x:c>
+      <x:c r="GG30" s="3" t="n">
+        <x:v>-9194</x:v>
+      </x:c>
+      <x:c r="GH30" s="3" t="n">
+        <x:v>47044</x:v>
+      </x:c>
+      <x:c r="GI30" s="3" t="n">
+        <x:v>-27077</x:v>
+      </x:c>
+      <x:c r="GJ30" s="3" t="n">
+        <x:v>4105</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:192">
+      <x:c r="A31" s="2" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="B31" s="3" t="n">
+        <x:v>123947</x:v>
+      </x:c>
+      <x:c r="C31" s="3" t="n">
+        <x:v>123525</x:v>
+      </x:c>
+      <x:c r="D31" s="3" t="n">
+        <x:v>119418</x:v>
+      </x:c>
+      <x:c r="E31" s="3" t="n">
+        <x:v>150063</x:v>
+      </x:c>
+      <x:c r="F31" s="3" t="n">
+        <x:v>118640</x:v>
+      </x:c>
+      <x:c r="G31" s="3" t="n">
+        <x:v>125316</x:v>
+      </x:c>
+      <x:c r="H31" s="3" t="n">
+        <x:v>135726</x:v>
+      </x:c>
+      <x:c r="I31" s="3" t="n">
+        <x:v>149540</x:v>
+      </x:c>
+      <x:c r="J31" s="3" t="n">
+        <x:v>142526</x:v>
+      </x:c>
+      <x:c r="K31" s="3" t="n">
+        <x:v>143714</x:v>
+      </x:c>
+      <x:c r="L31" s="3" t="n">
+        <x:v>145315</x:v>
+      </x:c>
+      <x:c r="M31" s="3" t="n">
+        <x:v>132595</x:v>
+      </x:c>
+      <x:c r="N31" s="3" t="n">
+        <x:v>138580</x:v>
+      </x:c>
+      <x:c r="O31" s="3" t="n">
+        <x:v>121243</x:v>
+      </x:c>
+      <x:c r="P31" s="3" t="n">
+        <x:v>161604</x:v>
+      </x:c>
+      <x:c r="Q31" s="3" t="n">
+        <x:v>156996</x:v>
+      </x:c>
+      <x:c r="R31" s="3" t="n">
+        <x:v>148560</x:v>
+      </x:c>
+      <x:c r="S31" s="3" t="n">
+        <x:v>156754</x:v>
+      </x:c>
+      <x:c r="T31" s="3" t="n">
+        <x:v>147894</x:v>
+      </x:c>
+      <x:c r="U31" s="3" t="n">
+        <x:v>146819</x:v>
+      </x:c>
+      <x:c r="V31" s="3" t="n">
+        <x:v>141180</x:v>
+      </x:c>
+      <x:c r="W31" s="3" t="n">
+        <x:v>143471</x:v>
+      </x:c>
+      <x:c r="X31" s="3" t="n">
+        <x:v>141301</x:v>
+      </x:c>
+      <x:c r="Y31" s="3" t="n">
+        <x:v>141865</x:v>
+      </x:c>
+      <x:c r="Z31" s="3" t="n">
+        <x:v>148901</x:v>
+      </x:c>
+      <x:c r="AA31" s="3" t="n">
+        <x:v>157781</x:v>
+      </x:c>
+      <x:c r="AB31" s="3" t="n">
+        <x:v>166842</x:v>
+      </x:c>
+      <x:c r="AC31" s="3" t="n">
+        <x:v>157493</x:v>
+      </x:c>
+      <x:c r="AD31" s="3" t="n">
+        <x:v>142445</x:v>
+      </x:c>
+      <x:c r="AE31" s="3" t="n">
+        <x:v>150836</x:v>
+      </x:c>
+      <x:c r="AF31" s="3" t="n">
+        <x:v>186404</x:v>
+      </x:c>
+      <x:c r="AG31" s="3" t="n">
+        <x:v>169728</x:v>
+      </x:c>
+      <x:c r="AH31" s="3" t="n">
+        <x:v>178472</x:v>
+      </x:c>
+      <x:c r="AI31" s="3" t="n">
+        <x:v>198838</x:v>
+      </x:c>
+      <x:c r="AJ31" s="3" t="n">
+        <x:v>201375</x:v>
+      </x:c>
+      <x:c r="AK31" s="3" t="n">
+        <x:v>175467</x:v>
+      </x:c>
+      <x:c r="AL31" s="3" t="n">
+        <x:v>158569</x:v>
+      </x:c>
+      <x:c r="AM31" s="3" t="n">
+        <x:v>160636</x:v>
+      </x:c>
+      <x:c r="AN31" s="3" t="n">
+        <x:v>192824</x:v>
+      </x:c>
+      <x:c r="AO31" s="3" t="n">
+        <x:v>209248</x:v>
+      </x:c>
+      <x:c r="AP31" s="3" t="n">
+        <x:v>170938</x:v>
+      </x:c>
+      <x:c r="AQ31" s="3" t="n">
+        <x:v>168961</x:v>
+      </x:c>
+      <x:c r="AR31" s="3" t="n">
+        <x:v>159420</x:v>
+      </x:c>
+      <x:c r="AS31" s="3" t="n">
+        <x:v>178085</x:v>
+      </x:c>
+      <x:c r="AT31" s="3" t="n">
+        <x:v>147330</x:v>
+      </x:c>
+      <x:c r="AU31" s="3" t="n">
+        <x:v>160153</x:v>
+      </x:c>
+      <x:c r="AV31" s="3" t="n">
+        <x:v>144052</x:v>
+      </x:c>
+      <x:c r="AW31" s="3" t="n">
+        <x:v>179359</x:v>
+      </x:c>
+      <x:c r="AX31" s="3" t="n">
+        <x:v>158902</x:v>
+      </x:c>
+      <x:c r="AY31" s="3" t="n">
+        <x:v>147933</x:v>
+      </x:c>
+      <x:c r="AZ31" s="3" t="n">
+        <x:v>133497</x:v>
+      </x:c>
+      <x:c r="BA31" s="3" t="n">
+        <x:v>156106</x:v>
+      </x:c>
+      <x:c r="BB31" s="3" t="n">
+        <x:v>130676</x:v>
+      </x:c>
+      <x:c r="BC31" s="3" t="n">
+        <x:v>134378</x:v>
+      </x:c>
+      <x:c r="BD31" s="3" t="n">
+        <x:v>132200</x:v>
+      </x:c>
+      <x:c r="BE31" s="3" t="n">
+        <x:v>160919</x:v>
+      </x:c>
+      <x:c r="BF31" s="3" t="n">
+        <x:v>130392</x:v>
+      </x:c>
+      <x:c r="BG31" s="3" t="n">
+        <x:v>135018</x:v>
+      </x:c>
+      <x:c r="BH31" s="3" t="n">
+        <x:v>135489</x:v>
+      </x:c>
+      <x:c r="BI31" s="3" t="n">
+        <x:v>151884</x:v>
+      </x:c>
+      <x:c r="BJ31" s="3" t="n">
+        <x:v>134918</x:v>
+      </x:c>
+      <x:c r="BK31" s="3" t="n">
+        <x:v>128287</x:v>
+      </x:c>
+      <x:c r="BL31" s="3" t="n">
+        <x:v>157943</x:v>
+      </x:c>
+      <x:c r="BM31" s="3" t="n">
+        <x:v>164281</x:v>
+      </x:c>
+      <x:c r="BN31" s="3" t="n">
+        <x:v>145130</x:v>
+      </x:c>
+      <x:c r="BO31" s="3" t="n">
+        <x:v>164207</x:v>
+      </x:c>
+      <x:c r="BP31" s="3" t="n">
+        <x:v>157764</x:v>
+      </x:c>
+      <x:c r="BQ31" s="3" t="n">
+        <x:v>161693</x:v>
+      </x:c>
+      <x:c r="BR31" s="3" t="n">
+        <x:v>162170</x:v>
+      </x:c>
+      <x:c r="BS31" s="3" t="n">
+        <x:v>168665</x:v>
+      </x:c>
+      <x:c r="BT31" s="3" t="n">
+        <x:v>166312</x:v>
+      </x:c>
+      <x:c r="BU31" s="3" t="n">
+        <x:v>180915</x:v>
+      </x:c>
+      <x:c r="BV31" s="3" t="n">
+        <x:v>175883</x:v>
+      </x:c>
+      <x:c r="BW31" s="3" t="n">
+        <x:v>176444</x:v>
+      </x:c>
+      <x:c r="BX31" s="3" t="n">
+        <x:v>165080</x:v>
+      </x:c>
+      <x:c r="BY31" s="3" t="n">
+        <x:v>166982</x:v>
+      </x:c>
+      <x:c r="BZ31" s="3" t="n">
+        <x:v>182323</x:v>
+      </x:c>
+      <x:c r="CA31" s="3" t="n">
+        <x:v>202591</x:v>
+      </x:c>
+      <x:c r="CB31" s="3" t="n">
+        <x:v>201293</x:v>
+      </x:c>
+      <x:c r="CC31" s="3" t="n">
+        <x:v>213775</x:v>
+      </x:c>
+      <x:c r="CD31" s="3" t="n">
+        <x:v>213559</x:v>
+      </x:c>
+      <x:c r="CE31" s="3" t="n">
+        <x:v>216187</x:v>
+      </x:c>
+      <x:c r="CF31" s="3" t="n">
+        <x:v>225183</x:v>
+      </x:c>
+      <x:c r="CG31" s="3" t="n">
+        <x:v>247257</x:v>
+      </x:c>
+      <x:c r="CH31" s="3" t="n">
+        <x:v>209546</x:v>
+      </x:c>
+      <x:c r="CI31" s="3" t="n">
+        <x:v>199153</x:v>
+      </x:c>
+      <x:c r="CJ31" s="3" t="n">
+        <x:v>212645</x:v>
+      </x:c>
+      <x:c r="CK31" s="3" t="n">
+        <x:v>212395</x:v>
+      </x:c>
+      <x:c r="CL31" s="3" t="n">
+        <x:v>224489</x:v>
+      </x:c>
+      <x:c r="CM31" s="3" t="n">
+        <x:v>209721</x:v>
+      </x:c>
+      <x:c r="CN31" s="3" t="n">
+        <x:v>200096</x:v>
+      </x:c>
+      <x:c r="CO31" s="3" t="n">
+        <x:v>208678</x:v>
+      </x:c>
+      <x:c r="CP31" s="3" t="n">
+        <x:v>205409</x:v>
+      </x:c>
+      <x:c r="CQ31" s="3" t="n">
+        <x:v>195900</x:v>
+      </x:c>
+      <x:c r="CR31" s="3" t="n">
+        <x:v>198907</x:v>
+      </x:c>
+      <x:c r="CS31" s="3" t="n">
+        <x:v>196936</x:v>
+      </x:c>
+      <x:c r="CT31" s="3" t="n">
+        <x:v>194295</x:v>
+      </x:c>
+      <x:c r="CU31" s="3" t="n">
+        <x:v>185564</x:v>
+      </x:c>
+      <x:c r="CV31" s="3" t="n">
+        <x:v>191016</x:v>
+      </x:c>
+      <x:c r="CW31" s="3" t="n">
+        <x:v>204855</x:v>
+      </x:c>
+      <x:c r="CX31" s="3" t="n">
+        <x:v>189471</x:v>
+      </x:c>
+      <x:c r="CY31" s="3" t="n">
+        <x:v>168354</x:v>
+      </x:c>
+      <x:c r="CZ31" s="3" t="n">
+        <x:v>194518</x:v>
+      </x:c>
+      <x:c r="DA31" s="3" t="n">
+        <x:v>206102</x:v>
+      </x:c>
+      <x:c r="DB31" s="3" t="n">
+        <x:v>210480</x:v>
+      </x:c>
+      <x:c r="DC31" s="3" t="n">
+        <x:v>207189</x:v>
+      </x:c>
+      <x:c r="DD31" s="3" t="n">
+        <x:v>216862</x:v>
+      </x:c>
+      <x:c r="DE31" s="3" t="n">
+        <x:v>253162</x:v>
+      </x:c>
+      <x:c r="DF31" s="3" t="n">
+        <x:v>222954</x:v>
+      </x:c>
+      <x:c r="DG31" s="3" t="n">
+        <x:v>234522</x:v>
+      </x:c>
+      <x:c r="DH31" s="3" t="n">
+        <x:v>240784</x:v>
+      </x:c>
+      <x:c r="DI31" s="3" t="n">
+        <x:v>276452</x:v>
+      </x:c>
+      <x:c r="DJ31" s="3" t="n">
+        <x:v>259249</x:v>
+      </x:c>
+      <x:c r="DK31" s="3" t="n">
+        <x:v>259339</x:v>
+      </x:c>
+      <x:c r="DL31" s="3" t="n">
+        <x:v>268144</x:v>
+      </x:c>
+      <x:c r="DM31" s="3" t="n">
+        <x:v>299829</x:v>
+      </x:c>
+      <x:c r="DN31" s="3" t="n">
+        <x:v>293039</x:v>
+      </x:c>
+      <x:c r="DO31" s="3" t="n">
+        <x:v>289959</x:v>
+      </x:c>
+      <x:c r="DP31" s="3" t="n">
+        <x:v>297500</x:v>
+      </x:c>
+      <x:c r="DQ31" s="3" t="n">
+        <x:v>340169</x:v>
+      </x:c>
+      <x:c r="DR31" s="3" t="n">
+        <x:v>301069</x:v>
+      </x:c>
+      <x:c r="DS31" s="3" t="n">
+        <x:v>294090</x:v>
+      </x:c>
+      <x:c r="DT31" s="3" t="n">
+        <x:v>309298</x:v>
+      </x:c>
+      <x:c r="DU31" s="3" t="n">
+        <x:v>336411</x:v>
+      </x:c>
+      <x:c r="DV31" s="3" t="n">
+        <x:v>265102</x:v>
+      </x:c>
+      <x:c r="DW31" s="3" t="n">
+        <x:v>257941</x:v>
+      </x:c>
+      <x:c r="DX31" s="3" t="n">
+        <x:v>251166</x:v>
+      </x:c>
+      <x:c r="DY31" s="3" t="n">
+        <x:v>278571</x:v>
+      </x:c>
+      <x:c r="DZ31" s="3" t="n">
+        <x:v>249658</x:v>
+      </x:c>
+      <x:c r="EA31" s="3" t="n">
+        <x:v>278152</x:v>
+      </x:c>
+      <x:c r="EB31" s="3" t="n">
+        <x:v>257152</x:v>
+      </x:c>
+      <x:c r="EC31" s="3" t="n">
+        <x:v>293966</x:v>
+      </x:c>
+      <x:c r="ED31" s="3" t="n">
+        <x:v>307105</x:v>
+      </x:c>
+      <x:c r="EE31" s="3" t="n">
+        <x:v>247907</x:v>
+      </x:c>
+      <x:c r="EF31" s="3" t="n">
+        <x:v>262321</x:v>
+      </x:c>
+      <x:c r="EG31" s="3" t="n">
+        <x:v>309096</x:v>
+      </x:c>
+      <x:c r="EH31" s="3" t="n">
+        <x:v>290670</x:v>
+      </x:c>
+      <x:c r="EI31" s="3" t="n">
+        <x:v>280383</x:v>
+      </x:c>
+      <x:c r="EJ31" s="3" t="n">
+        <x:v>279878</x:v>
+      </x:c>
+      <x:c r="EK31" s="3" t="n">
+        <x:v>310957</x:v>
+      </x:c>
+      <x:c r="EL31" s="3" t="n">
+        <x:v>281203</x:v>
+      </x:c>
+      <x:c r="EM31" s="3" t="n">
+        <x:v>313038</x:v>
+      </x:c>
+      <x:c r="EN31" s="3" t="n">
+        <x:v>303799</x:v>
+      </x:c>
+      <x:c r="EO31" s="3" t="n">
+        <x:v>334432</x:v>
+      </x:c>
+      <x:c r="EP31" s="3" t="n">
+        <x:v>298934</x:v>
+      </x:c>
+      <x:c r="EQ31" s="3" t="n">
+        <x:v>296680</x:v>
+      </x:c>
+      <x:c r="ER31" s="3" t="n">
+        <x:v>310638</x:v>
+      </x:c>
+      <x:c r="ES31" s="3" t="n">
+        <x:v>301400</x:v>
+      </x:c>
+      <x:c r="ET31" s="3" t="n">
+        <x:v>293298</x:v>
+      </x:c>
+      <x:c r="EU31" s="3" t="n">
+        <x:v>291734</x:v>
+      </x:c>
+      <x:c r="EV31" s="3" t="n">
+        <x:v>278193</x:v>
+      </x:c>
+      <x:c r="EW31" s="3" t="n">
+        <x:v>296370</x:v>
+      </x:c>
+      <x:c r="EX31" s="3" t="n">
+        <x:v>285745</x:v>
+      </x:c>
+      <x:c r="EY31" s="3" t="n">
+        <x:v>297226</x:v>
+      </x:c>
+      <x:c r="EZ31" s="3" t="n">
+        <x:v>283258</x:v>
+      </x:c>
+      <x:c r="FA31" s="3" t="n">
+        <x:v>307217</x:v>
+      </x:c>
+      <x:c r="FB31" s="3" t="n">
+        <x:v>318898</x:v>
+      </x:c>
+      <x:c r="FC31" s="3" t="n">
+        <x:v>280976</x:v>
+      </x:c>
+      <x:c r="FD31" s="3" t="n">
+        <x:v>283408</x:v>
+      </x:c>
+      <x:c r="FE31" s="3" t="n">
+        <x:v>324496</x:v>
+      </x:c>
+      <x:c r="FF31" s="3" t="n">
+        <x:v>302582</x:v>
+      </x:c>
+      <x:c r="FG31" s="3" t="n">
+        <x:v>307009</x:v>
+      </x:c>
+      <x:c r="FH31" s="3" t="n">
+        <x:v>295251</x:v>
+      </x:c>
+      <x:c r="FI31" s="3" t="n">
+        <x:v>333311</x:v>
+      </x:c>
+      <x:c r="FJ31" s="3" t="n">
+        <x:v>326559</x:v>
+      </x:c>
+      <x:c r="FK31" s="3" t="n">
+        <x:v>313908</x:v>
+      </x:c>
+      <x:c r="FL31" s="3" t="n">
+        <x:v>319515</x:v>
+      </x:c>
+      <x:c r="FM31" s="3" t="n">
+        <x:v>337057</x:v>
+      </x:c>
+      <x:c r="FN31" s="3" t="n">
+        <x:v>327307</x:v>
+      </x:c>
+      <x:c r="FO31" s="3" t="n">
+        <x:v>283567</x:v>
+      </x:c>
+      <x:c r="FP31" s="3" t="n">
+        <x:v>290477</x:v>
+      </x:c>
+      <x:c r="FQ31" s="3" t="n">
+        <x:v>314942</x:v>
+      </x:c>
+      <x:c r="FR31" s="3" t="n">
+        <x:v>297617</x:v>
+      </x:c>
+      <x:c r="FS31" s="3" t="n">
+        <x:v>276956</x:v>
+      </x:c>
+      <x:c r="FT31" s="3" t="n">
+        <x:v>290907</x:v>
+      </x:c>
+      <x:c r="FU31" s="3" t="n">
+        <x:v>315121</x:v>
+      </x:c>
+      <x:c r="FV31" s="3" t="n">
+        <x:v>342561</x:v>
+      </x:c>
+      <x:c r="FW31" s="3" t="n">
+        <x:v>307811</x:v>
+      </x:c>
+      <x:c r="FX31" s="3" t="n">
+        <x:v>308319</x:v>
+      </x:c>
+      <x:c r="FY31" s="3" t="n">
+        <x:v>348451</x:v>
+      </x:c>
+      <x:c r="FZ31" s="3" t="n">
+        <x:v>352172</x:v>
+      </x:c>
+      <x:c r="GA31" s="3" t="n">
+        <x:v>294876</x:v>
+      </x:c>
+      <x:c r="GB31" s="3" t="n">
+        <x:v>276529</x:v>
+      </x:c>
+      <x:c r="GC31" s="3" t="n">
+        <x:v>328841</x:v>
+      </x:c>
+      <x:c r="GD31" s="3" t="n">
+        <x:v>310248</x:v>
+      </x:c>
+      <x:c r="GE31" s="3" t="n">
+        <x:v>276084</x:v>
+      </x:c>
+      <x:c r="GF31" s="3" t="n">
+        <x:v>311703</x:v>
+      </x:c>
+      <x:c r="GG31" s="3" t="n">
+        <x:v>320558</x:v>
+      </x:c>
+      <x:c r="GH31" s="3" t="n">
+        <x:v>316792</x:v>
+      </x:c>
+      <x:c r="GI31" s="3" t="n">
+        <x:v>268902</x:v>
+      </x:c>
+      <x:c r="GJ31" s="3" t="n">
+        <x:v>292611</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:192">
+      <x:c r="A32" s="2" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="B32" s="3" t="n">
+        <x:v>340350</x:v>
+      </x:c>
+      <x:c r="C32" s="3" t="n">
+        <x:v>345259</x:v>
+      </x:c>
+      <x:c r="D32" s="3" t="n">
+        <x:v>343334</x:v>
+      </x:c>
+      <x:c r="E32" s="3" t="n">
+        <x:v>380337</x:v>
+      </x:c>
+      <x:c r="F32" s="3" t="n">
+        <x:v>347804</x:v>
+      </x:c>
+      <x:c r="G32" s="3" t="n">
+        <x:v>357143</x:v>
+      </x:c>
+      <x:c r="H32" s="3" t="n">
+        <x:v>364161</x:v>
+      </x:c>
+      <x:c r="I32" s="3" t="n">
+        <x:v>393497</x:v>
+      </x:c>
+      <x:c r="J32" s="3" t="n">
+        <x:v>376228</x:v>
+      </x:c>
+      <x:c r="K32" s="3" t="n">
+        <x:v>374655</x:v>
+      </x:c>
+      <x:c r="L32" s="3" t="n">
+        <x:v>378183</x:v>
+      </x:c>
+      <x:c r="M32" s="3" t="n">
+        <x:v>389624</x:v>
+      </x:c>
+      <x:c r="N32" s="3" t="n">
+        <x:v>373545</x:v>
+      </x:c>
+      <x:c r="O32" s="3" t="n">
+        <x:v>363802</x:v>
+      </x:c>
+      <x:c r="P32" s="3" t="n">
+        <x:v>392657</x:v>
+      </x:c>
+      <x:c r="Q32" s="3" t="n">
+        <x:v>412535</x:v>
+      </x:c>
+      <x:c r="R32" s="3" t="n">
+        <x:v>385596</x:v>
+      </x:c>
+      <x:c r="S32" s="3" t="n">
+        <x:v>395964</x:v>
+      </x:c>
+      <x:c r="T32" s="3" t="n">
+        <x:v>390168</x:v>
+      </x:c>
+      <x:c r="U32" s="3" t="n">
+        <x:v>404311</x:v>
+      </x:c>
+      <x:c r="V32" s="3" t="n">
+        <x:v>386762</x:v>
+      </x:c>
+      <x:c r="W32" s="3" t="n">
+        <x:v>390115</x:v>
+      </x:c>
+      <x:c r="X32" s="3" t="n">
+        <x:v>391916</x:v>
+      </x:c>
+      <x:c r="Y32" s="3" t="n">
+        <x:v>406520</x:v>
+      </x:c>
+      <x:c r="Z32" s="3" t="n">
+        <x:v>400894</x:v>
+      </x:c>
+      <x:c r="AA32" s="3" t="n">
+        <x:v>408975</x:v>
+      </x:c>
+      <x:c r="AB32" s="3" t="n">
+        <x:v>416883</x:v>
+      </x:c>
+      <x:c r="AC32" s="3" t="n">
+        <x:v>429413</x:v>
+      </x:c>
+      <x:c r="AD32" s="3" t="n">
+        <x:v>414557</x:v>
+      </x:c>
+      <x:c r="AE32" s="3" t="n">
+        <x:v>423550</x:v>
+      </x:c>
+      <x:c r="AF32" s="3" t="n">
+        <x:v>454302</x:v>
+      </x:c>
+      <x:c r="AG32" s="3" t="n">
+        <x:v>463312</x:v>
+      </x:c>
+      <x:c r="AH32" s="3" t="n">
+        <x:v>456856</x:v>
+      </x:c>
+      <x:c r="AI32" s="3" t="n">
+        <x:v>482479</x:v>
+      </x:c>
+      <x:c r="AJ32" s="3" t="n">
+        <x:v>476009</x:v>
+      </x:c>
+      <x:c r="AK32" s="3" t="n">
+        <x:v>477343</x:v>
+      </x:c>
+      <x:c r="AL32" s="3" t="n">
+        <x:v>443664</x:v>
+      </x:c>
+      <x:c r="AM32" s="3" t="n">
+        <x:v>451229</x:v>
+      </x:c>
+      <x:c r="AN32" s="3" t="n">
+        <x:v>474846</x:v>
+      </x:c>
+      <x:c r="AO32" s="3" t="n">
+        <x:v>505172</x:v>
+      </x:c>
+      <x:c r="AP32" s="3" t="n">
+        <x:v>452871</x:v>
+      </x:c>
+      <x:c r="AQ32" s="3" t="n">
+        <x:v>450058</x:v>
+      </x:c>
+      <x:c r="AR32" s="3" t="n">
+        <x:v>443236</x:v>
+      </x:c>
+      <x:c r="AS32" s="3" t="n">
+        <x:v>470578</x:v>
+      </x:c>
+      <x:c r="AT32" s="3" t="n">
+        <x:v>428222</x:v>
+      </x:c>
+      <x:c r="AU32" s="3" t="n">
+        <x:v>446415</x:v>
+      </x:c>
+      <x:c r="AV32" s="3" t="n">
+        <x:v>434016</x:v>
+      </x:c>
+      <x:c r="AW32" s="3" t="n">
+        <x:v>475303</x:v>
+      </x:c>
+      <x:c r="AX32" s="3" t="n">
+        <x:v>442230</x:v>
+      </x:c>
+      <x:c r="AY32" s="3" t="n">
+        <x:v>441348</x:v>
+      </x:c>
+      <x:c r="AZ32" s="3" t="n">
+        <x:v>433030</x:v>
+      </x:c>
+      <x:c r="BA32" s="3" t="n">
+        <x:v>463530</x:v>
+      </x:c>
+      <x:c r="BB32" s="3" t="n">
+        <x:v>433047</x:v>
+      </x:c>
+      <x:c r="BC32" s="3" t="n">
+        <x:v>437469</x:v>
+      </x:c>
+      <x:c r="BD32" s="3" t="n">
+        <x:v>438489</x:v>
+      </x:c>
+      <x:c r="BE32" s="3" t="n">
+        <x:v>481975</x:v>
+      </x:c>
+      <x:c r="BF32" s="3" t="n">
+        <x:v>449906</x:v>
+      </x:c>
+      <x:c r="BG32" s="3" t="n">
+        <x:v>448513</x:v>
+      </x:c>
+      <x:c r="BH32" s="3" t="n">
+        <x:v>449267</x:v>
+      </x:c>
+      <x:c r="BI32" s="3" t="n">
+        <x:v>487053</x:v>
+      </x:c>
+      <x:c r="BJ32" s="3" t="n">
+        <x:v>458476</x:v>
+      </x:c>
+      <x:c r="BK32" s="3" t="n">
+        <x:v>450098</x:v>
+      </x:c>
+      <x:c r="BL32" s="3" t="n">
+        <x:v>476705</x:v>
+      </x:c>
+      <x:c r="BM32" s="3" t="n">
+        <x:v>512882</x:v>
+      </x:c>
+      <x:c r="BN32" s="3" t="n">
+        <x:v>472970</x:v>
+      </x:c>
+      <x:c r="BO32" s="3" t="n">
+        <x:v>490811</x:v>
+      </x:c>
+      <x:c r="BP32" s="3" t="n">
+        <x:v>491385</x:v>
+      </x:c>
+      <x:c r="BQ32" s="3" t="n">
+        <x:v>516267</x:v>
+      </x:c>
+      <x:c r="BR32" s="3" t="n">
+        <x:v>501259</x:v>
+      </x:c>
+      <x:c r="BS32" s="3" t="n">
+        <x:v>502205</x:v>
+      </x:c>
+      <x:c r="BT32" s="3" t="n">
+        <x:v>508257</x:v>
+      </x:c>
+      <x:c r="BU32" s="3" t="n">
+        <x:v>541143</x:v>
+      </x:c>
+      <x:c r="BV32" s="3" t="n">
+        <x:v>532367</x:v>
+      </x:c>
+      <x:c r="BW32" s="3" t="n">
+        <x:v>526103</x:v>
+      </x:c>
+      <x:c r="BX32" s="3" t="n">
+        <x:v>528001</x:v>
+      </x:c>
+      <x:c r="BY32" s="3" t="n">
+        <x:v>553225</x:v>
+      </x:c>
+      <x:c r="BZ32" s="3" t="n">
+        <x:v>533074</x:v>
+      </x:c>
+      <x:c r="CA32" s="3" t="n">
+        <x:v>569753</x:v>
+      </x:c>
+      <x:c r="CB32" s="3" t="n">
+        <x:v>569397</x:v>
+      </x:c>
+      <x:c r="CC32" s="3" t="n">
+        <x:v>605673</x:v>
+      </x:c>
+      <x:c r="CD32" s="3" t="n">
+        <x:v>578984</x:v>
+      </x:c>
+      <x:c r="CE32" s="3" t="n">
+        <x:v>587859</x:v>
+      </x:c>
+      <x:c r="CF32" s="3" t="n">
+        <x:v>601546</x:v>
+      </x:c>
+      <x:c r="CG32" s="3" t="n">
+        <x:v>637900</x:v>
+      </x:c>
+      <x:c r="CH32" s="3" t="n">
+        <x:v>592523</x:v>
+      </x:c>
+      <x:c r="CI32" s="3" t="n">
+        <x:v>586000</x:v>
+      </x:c>
+      <x:c r="CJ32" s="3" t="n">
+        <x:v>609063</x:v>
+      </x:c>
+      <x:c r="CK32" s="3" t="n">
+        <x:v>631740</x:v>
+      </x:c>
+      <x:c r="CL32" s="3" t="n">
+        <x:v>628823</x:v>
+      </x:c>
+      <x:c r="CM32" s="3" t="n">
+        <x:v>614057</x:v>
+      </x:c>
+      <x:c r="CN32" s="3" t="n">
+        <x:v>614745</x:v>
+      </x:c>
+      <x:c r="CO32" s="3" t="n">
+        <x:v>634997</x:v>
+      </x:c>
+      <x:c r="CP32" s="3" t="n">
+        <x:v>625126</x:v>
+      </x:c>
+      <x:c r="CQ32" s="3" t="n">
+        <x:v>614806</x:v>
+      </x:c>
+      <x:c r="CR32" s="3" t="n">
+        <x:v>626849</x:v>
+      </x:c>
+      <x:c r="CS32" s="3" t="n">
+        <x:v>645294</x:v>
+      </x:c>
+      <x:c r="CT32" s="3" t="n">
+        <x:v>623495</x:v>
+      </x:c>
+      <x:c r="CU32" s="3" t="n">
+        <x:v>629125</x:v>
+      </x:c>
+      <x:c r="CV32" s="3" t="n">
+        <x:v>641799</x:v>
+      </x:c>
+      <x:c r="CW32" s="3" t="n">
+        <x:v>672722</x:v>
+      </x:c>
+      <x:c r="CX32" s="3" t="n">
+        <x:v>637945</x:v>
+      </x:c>
+      <x:c r="CY32" s="3" t="n">
+        <x:v>623447</x:v>
+      </x:c>
+      <x:c r="CZ32" s="3" t="n">
+        <x:v>660450</x:v>
+      </x:c>
+      <x:c r="DA32" s="3" t="n">
+        <x:v>687816</x:v>
+      </x:c>
+      <x:c r="DB32" s="3" t="n">
+        <x:v>676656</x:v>
+      </x:c>
+      <x:c r="DC32" s="3" t="n">
+        <x:v>676969</x:v>
+      </x:c>
+      <x:c r="DD32" s="3" t="n">
+        <x:v>698198</x:v>
+      </x:c>
+      <x:c r="DE32" s="3" t="n">
+        <x:v>746207</x:v>
+      </x:c>
+      <x:c r="DF32" s="3" t="n">
+        <x:v>693497</x:v>
+      </x:c>
+      <x:c r="DG32" s="3" t="n">
+        <x:v>733028</x:v>
+      </x:c>
+      <x:c r="DH32" s="3" t="n">
+        <x:v>743711</x:v>
+      </x:c>
+      <x:c r="DI32" s="3" t="n">
+        <x:v>786048</x:v>
+      </x:c>
+      <x:c r="DJ32" s="3" t="n">
+        <x:v>758860</x:v>
+      </x:c>
+      <x:c r="DK32" s="3" t="n">
+        <x:v>768939</x:v>
+      </x:c>
+      <x:c r="DL32" s="3" t="n">
+        <x:v>789401</x:v>
+      </x:c>
+      <x:c r="DM32" s="3" t="n">
+        <x:v>832324</x:v>
+      </x:c>
+      <x:c r="DN32" s="3" t="n">
+        <x:v>811488</x:v>
+      </x:c>
+      <x:c r="DO32" s="3" t="n">
+        <x:v>818979</x:v>
+      </x:c>
+      <x:c r="DP32" s="3" t="n">
+        <x:v>838662</x:v>
+      </x:c>
+      <x:c r="DQ32" s="3" t="n">
+        <x:v>895816</x:v>
+      </x:c>
+      <x:c r="DR32" s="3" t="n">
+        <x:v>829844</x:v>
+      </x:c>
+      <x:c r="DS32" s="3" t="n">
+        <x:v>847345</x:v>
+      </x:c>
+      <x:c r="DT32" s="3" t="n">
+        <x:v>860001</x:v>
+      </x:c>
+      <x:c r="DU32" s="3" t="n">
+        <x:v>889675</x:v>
+      </x:c>
+      <x:c r="DV32" s="3" t="n">
+        <x:v>806496</x:v>
+      </x:c>
+      <x:c r="DW32" s="3" t="n">
+        <x:v>819766</x:v>
+      </x:c>
+      <x:c r="DX32" s="3" t="n">
+        <x:v>826184</x:v>
+      </x:c>
+      <x:c r="DY32" s="3" t="n">
+        <x:v>865330</x:v>
+      </x:c>
+      <x:c r="DZ32" s="3" t="n">
+        <x:v>825310</x:v>
+      </x:c>
+      <x:c r="EA32" s="3" t="n">
+        <x:v>857367</x:v>
+      </x:c>
+      <x:c r="EB32" s="3" t="n">
+        <x:v>851586</x:v>
+      </x:c>
+      <x:c r="EC32" s="3" t="n">
+        <x:v>897362</x:v>
+      </x:c>
+      <x:c r="ED32" s="3" t="n">
+        <x:v>886104</x:v>
+      </x:c>
+      <x:c r="EE32" s="3" t="n">
+        <x:v>850657</x:v>
+      </x:c>
+      <x:c r="EF32" s="3" t="n">
+        <x:v>873667</x:v>
+      </x:c>
+      <x:c r="EG32" s="3" t="n">
+        <x:v>924023</x:v>
+      </x:c>
+      <x:c r="EH32" s="3" t="n">
+        <x:v>894455</x:v>
+      </x:c>
+      <x:c r="EI32" s="3" t="n">
+        <x:v>899837</x:v>
+      </x:c>
+      <x:c r="EJ32" s="3" t="n">
+        <x:v>910963</x:v>
+      </x:c>
+      <x:c r="EK32" s="3" t="n">
+        <x:v>946386</x:v>
+      </x:c>
+      <x:c r="EL32" s="3" t="n">
+        <x:v>900180</x:v>
+      </x:c>
+      <x:c r="EM32" s="3" t="n">
+        <x:v>951108</x:v>
+      </x:c>
+      <x:c r="EN32" s="3" t="n">
+        <x:v>952994</x:v>
+      </x:c>
+      <x:c r="EO32" s="3" t="n">
+        <x:v>987314</x:v>
+      </x:c>
+      <x:c r="EP32" s="3" t="n">
+        <x:v>933230</x:v>
+      </x:c>
+      <x:c r="EQ32" s="3" t="n">
+        <x:v>954565</x:v>
+      </x:c>
+      <x:c r="ER32" s="3" t="n">
+        <x:v>978046</x:v>
+      </x:c>
+      <x:c r="ES32" s="3" t="n">
+        <x:v>976967</x:v>
+      </x:c>
+      <x:c r="ET32" s="3" t="n">
+        <x:v>954380</x:v>
+      </x:c>
+      <x:c r="EU32" s="3" t="n">
+        <x:v>972027</x:v>
+      </x:c>
+      <x:c r="EV32" s="3" t="n">
+        <x:v>970844</x:v>
+      </x:c>
+      <x:c r="EW32" s="3" t="n">
+        <x:v>991043</x:v>
+      </x:c>
+      <x:c r="EX32" s="3" t="n">
+        <x:v>957405</x:v>
+      </x:c>
+      <x:c r="EY32" s="3" t="n">
+        <x:v>1000169</x:v>
+      </x:c>
+      <x:c r="EZ32" s="3" t="n">
+        <x:v>973209</x:v>
+      </x:c>
+      <x:c r="FA32" s="3" t="n">
+        <x:v>1032481</x:v>
+      </x:c>
+      <x:c r="FB32" s="3" t="n">
+        <x:v>1016267</x:v>
+      </x:c>
+      <x:c r="FC32" s="3" t="n">
+        <x:v>994332</x:v>
+      </x:c>
+      <x:c r="FD32" s="3" t="n">
+        <x:v>993001</x:v>
+      </x:c>
+      <x:c r="FE32" s="3" t="n">
+        <x:v>1070160</x:v>
+      </x:c>
+      <x:c r="FF32" s="3" t="n">
+        <x:v>1011091</x:v>
+      </x:c>
+      <x:c r="FG32" s="3" t="n">
+        <x:v>1043855</x:v>
+      </x:c>
+      <x:c r="FH32" s="3" t="n">
+        <x:v>1016130</x:v>
+      </x:c>
+      <x:c r="FI32" s="3" t="n">
+        <x:v>1089774</x:v>
+      </x:c>
+      <x:c r="FJ32" s="3" t="n">
+        <x:v>1049522</x:v>
+      </x:c>
+      <x:c r="FK32" s="3" t="n">
+        <x:v>1053527</x:v>
+      </x:c>
+      <x:c r="FL32" s="3" t="n">
+        <x:v>1057754</x:v>
+      </x:c>
+      <x:c r="FM32" s="3" t="n">
+        <x:v>1103351</x:v>
+      </x:c>
+      <x:c r="FN32" s="3" t="n">
+        <x:v>1055098</x:v>
+      </x:c>
+      <x:c r="FO32" s="3" t="n">
+        <x:v>965751</x:v>
+      </x:c>
+      <x:c r="FP32" s="3" t="n">
+        <x:v>1008664</x:v>
+      </x:c>
+      <x:c r="FQ32" s="3" t="n">
+        <x:v>1069347</x:v>
+      </x:c>
+      <x:c r="FR32" s="3" t="n">
+        <x:v>1008655</x:v>
+      </x:c>
+      <x:c r="FS32" s="3" t="n">
+        <x:v>1015589</x:v>
+      </x:c>
+      <x:c r="FT32" s="3" t="n">
+        <x:v>1057595</x:v>
+      </x:c>
+      <x:c r="FU32" s="3" t="n">
+        <x:v>1134309</x:v>
+      </x:c>
+      <x:c r="FV32" s="3" t="n">
+        <x:v>1107194</x:v>
+      </x:c>
+      <x:c r="FW32" s="3" t="n">
+        <x:v>1113538</x:v>
+      </x:c>
+      <x:c r="FX32" s="3" t="n">
+        <x:v>1100686</x:v>
+      </x:c>
+      <x:c r="FY32" s="3" t="n">
+        <x:v>1194715</x:v>
+      </x:c>
+      <x:c r="FZ32" s="3" t="n">
+        <x:v>1148669</x:v>
+      </x:c>
+      <x:c r="GA32" s="3" t="n">
+        <x:v>1103813</x:v>
+      </x:c>
+      <x:c r="GB32" s="3" t="n">
+        <x:v>1070224</x:v>
+      </x:c>
+      <x:c r="GC32" s="3" t="n">
+        <x:v>1164777</x:v>
+      </x:c>
+      <x:c r="GD32" s="3" t="n">
+        <x:v>1099564</x:v>
+      </x:c>
+      <x:c r="GE32" s="3" t="n">
+        <x:v>1104726</x:v>
+      </x:c>
+      <x:c r="GF32" s="3" t="n">
+        <x:v>1124371</x:v>
+      </x:c>
+      <x:c r="GG32" s="3" t="n">
+        <x:v>1172111</x:v>
+      </x:c>
+      <x:c r="GH32" s="3" t="n">
+        <x:v>1125754</x:v>
+      </x:c>
+      <x:c r="GI32" s="3" t="n">
+        <x:v>1108528</x:v>
+      </x:c>
+      <x:c r="GJ32" s="3" t="n">
+        <x:v>1118564</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:192">
+      <x:c r="A33" s="2" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="B33" s="3" t="n">
+        <x:v>297661</x:v>
+      </x:c>
+      <x:c r="C33" s="3" t="n">
+        <x:v>310361</x:v>
+      </x:c>
+      <x:c r="D33" s="3" t="n">
+        <x:v>310950</x:v>
+      </x:c>
+      <x:c r="E33" s="3" t="n">
+        <x:v>332763</x:v>
+      </x:c>
+      <x:c r="F33" s="3" t="n">
+        <x:v>303810</x:v>
+      </x:c>
+      <x:c r="G33" s="3" t="n">
+        <x:v>311879</x:v>
+      </x:c>
+      <x:c r="H33" s="3" t="n">
+        <x:v>314906</x:v>
+      </x:c>
+      <x:c r="I33" s="3" t="n">
+        <x:v>344956</x:v>
+      </x:c>
+      <x:c r="J33" s="3" t="n">
+        <x:v>318934</x:v>
+      </x:c>
+      <x:c r="K33" s="3" t="n">
+        <x:v>317398</x:v>
+      </x:c>
+      <x:c r="L33" s="3" t="n">
+        <x:v>324703</x:v>
+      </x:c>
+      <x:c r="M33" s="3" t="n">
+        <x:v>344541</x:v>
+      </x:c>
+      <x:c r="N33" s="3" t="n">
+        <x:v>317971</x:v>
+      </x:c>
+      <x:c r="O33" s="3" t="n">
+        <x:v>326912</x:v>
+      </x:c>
+      <x:c r="P33" s="3" t="n">
+        <x:v>330244</x:v>
+      </x:c>
+      <x:c r="Q33" s="3" t="n">
+        <x:v>353625</x:v>
+      </x:c>
+      <x:c r="R33" s="3" t="n">
+        <x:v>320937</x:v>
+      </x:c>
+      <x:c r="S33" s="3" t="n">
+        <x:v>336415</x:v>
+      </x:c>
+      <x:c r="T33" s="3" t="n">
+        <x:v>333347</x:v>
+      </x:c>
+      <x:c r="U33" s="3" t="n">
+        <x:v>349132</x:v>
+      </x:c>
+      <x:c r="V33" s="3" t="n">
+        <x:v>326709</x:v>
+      </x:c>
+      <x:c r="W33" s="3" t="n">
+        <x:v>334761</x:v>
+      </x:c>
+      <x:c r="X33" s="3" t="n">
+        <x:v>342664</x:v>
+      </x:c>
+      <x:c r="Y33" s="3" t="n">
+        <x:v>354946</x:v>
+      </x:c>
+      <x:c r="Z33" s="3" t="n">
+        <x:v>333231</x:v>
+      </x:c>
+      <x:c r="AA33" s="3" t="n">
+        <x:v>342146</x:v>
+      </x:c>
+      <x:c r="AB33" s="3" t="n">
+        <x:v>347626</x:v>
+      </x:c>
+      <x:c r="AC33" s="3" t="n">
+        <x:v>368339</x:v>
+      </x:c>
+      <x:c r="AD33" s="3" t="n">
+        <x:v>346865</x:v>
+      </x:c>
+      <x:c r="AE33" s="3" t="n">
+        <x:v>360498</x:v>
+      </x:c>
+      <x:c r="AF33" s="3" t="n">
+        <x:v>382802</x:v>
+      </x:c>
+      <x:c r="AG33" s="3" t="n">
+        <x:v>400296</x:v>
+      </x:c>
+      <x:c r="AH33" s="3" t="n">
+        <x:v>381253</x:v>
+      </x:c>
+      <x:c r="AI33" s="3" t="n">
+        <x:v>398802</x:v>
+      </x:c>
+      <x:c r="AJ33" s="3" t="n">
+        <x:v>396594</x:v>
+      </x:c>
+      <x:c r="AK33" s="3" t="n">
+        <x:v>410860</x:v>
+      </x:c>
+      <x:c r="AL33" s="3" t="n">
+        <x:v>382225</x:v>
+      </x:c>
+      <x:c r="AM33" s="3" t="n">
+        <x:v>388381</x:v>
+      </x:c>
+      <x:c r="AN33" s="3" t="n">
+        <x:v>395236</x:v>
+      </x:c>
+      <x:c r="AO33" s="3" t="n">
+        <x:v>428346</x:v>
+      </x:c>
+      <x:c r="AP33" s="3" t="n">
+        <x:v>383244</x:v>
+      </x:c>
+      <x:c r="AQ33" s="3" t="n">
+        <x:v>383640</x:v>
+      </x:c>
+      <x:c r="AR33" s="3" t="n">
+        <x:v>381674</x:v>
+      </x:c>
+      <x:c r="AS33" s="3" t="n">
+        <x:v>402222</x:v>
+      </x:c>
+      <x:c r="AT33" s="3" t="n">
+        <x:v>363055</x:v>
+      </x:c>
+      <x:c r="AU33" s="3" t="n">
+        <x:v>374283</x:v>
+      </x:c>
+      <x:c r="AV33" s="3" t="n">
+        <x:v>369237</x:v>
+      </x:c>
+      <x:c r="AW33" s="3" t="n">
+        <x:v>396999</x:v>
+      </x:c>
+      <x:c r="AX33" s="3" t="n">
+        <x:v>368905</x:v>
+      </x:c>
+      <x:c r="AY33" s="3" t="n">
+        <x:v>373550</x:v>
+      </x:c>
+      <x:c r="AZ33" s="3" t="n">
+        <x:v>372738</x:v>
+      </x:c>
+      <x:c r="BA33" s="3" t="n">
+        <x:v>397964</x:v>
+      </x:c>
+      <x:c r="BB33" s="3" t="n">
+        <x:v>368729</x:v>
+      </x:c>
+      <x:c r="BC33" s="3" t="n">
+        <x:v>374186</x:v>
+      </x:c>
+      <x:c r="BD33" s="3" t="n">
+        <x:v>379256</x:v>
+      </x:c>
+      <x:c r="BE33" s="3" t="n">
+        <x:v>413134</x:v>
+      </x:c>
+      <x:c r="BF33" s="3" t="n">
+        <x:v>384342</x:v>
+      </x:c>
+      <x:c r="BG33" s="3" t="n">
+        <x:v>384283</x:v>
+      </x:c>
+      <x:c r="BH33" s="3" t="n">
+        <x:v>381564</x:v>
+      </x:c>
+      <x:c r="BI33" s="3" t="n">
+        <x:v>419931</x:v>
+      </x:c>
+      <x:c r="BJ33" s="3" t="n">
+        <x:v>384940</x:v>
+      </x:c>
+      <x:c r="BK33" s="3" t="n">
+        <x:v>387728</x:v>
+      </x:c>
+      <x:c r="BL33" s="3" t="n">
+        <x:v>395191</x:v>
+      </x:c>
+      <x:c r="BM33" s="3" t="n">
+        <x:v>434768</x:v>
+      </x:c>
+      <x:c r="BN33" s="3" t="n">
+        <x:v>397235</x:v>
+      </x:c>
+      <x:c r="BO33" s="3" t="n">
+        <x:v>405684</x:v>
+      </x:c>
+      <x:c r="BP33" s="3" t="n">
+        <x:v>416571</x:v>
+      </x:c>
+      <x:c r="BQ33" s="3" t="n">
+        <x:v>448174</x:v>
+      </x:c>
+      <x:c r="BR33" s="3" t="n">
+        <x:v>424444</x:v>
+      </x:c>
+      <x:c r="BS33" s="3" t="n">
+        <x:v>424197</x:v>
+      </x:c>
+      <x:c r="BT33" s="3" t="n">
+        <x:v>434043</x:v>
+      </x:c>
+      <x:c r="BU33" s="3" t="n">
+        <x:v>459653</x:v>
+      </x:c>
+      <x:c r="BV33" s="3" t="n">
+        <x:v>450747</x:v>
+      </x:c>
+      <x:c r="BW33" s="3" t="n">
+        <x:v>447621</x:v>
+      </x:c>
+      <x:c r="BX33" s="3" t="n">
+        <x:v>462394</x:v>
+      </x:c>
+      <x:c r="BY33" s="3" t="n">
+        <x:v>497571</x:v>
+      </x:c>
+      <x:c r="BZ33" s="3" t="n">
+        <x:v>453040</x:v>
+      </x:c>
+      <x:c r="CA33" s="3" t="n">
+        <x:v>478896</x:v>
+      </x:c>
+      <x:c r="CB33" s="3" t="n">
+        <x:v>487020</x:v>
+      </x:c>
+      <x:c r="CC33" s="3" t="n">
+        <x:v>518508</x:v>
+      </x:c>
+      <x:c r="CD33" s="3" t="n">
+        <x:v>488085</x:v>
+      </x:c>
+      <x:c r="CE33" s="3" t="n">
+        <x:v>492825</x:v>
+      </x:c>
+      <x:c r="CF33" s="3" t="n">
+        <x:v>503897</x:v>
+      </x:c>
+      <x:c r="CG33" s="3" t="n">
+        <x:v>533867</x:v>
+      </x:c>
+      <x:c r="CH33" s="3" t="n">
+        <x:v>496515</x:v>
+      </x:c>
+      <x:c r="CI33" s="3" t="n">
+        <x:v>500854</x:v>
+      </x:c>
+      <x:c r="CJ33" s="3" t="n">
+        <x:v>518748</x:v>
+      </x:c>
+      <x:c r="CK33" s="3" t="n">
+        <x:v>555971</x:v>
+      </x:c>
+      <x:c r="CL33" s="3" t="n">
+        <x:v>524099</x:v>
+      </x:c>
+      <x:c r="CM33" s="3" t="n">
+        <x:v>525226</x:v>
+      </x:c>
+      <x:c r="CN33" s="3" t="n">
+        <x:v>531332</x:v>
+      </x:c>
+      <x:c r="CO33" s="3" t="n">
+        <x:v>558137</x:v>
+      </x:c>
+      <x:c r="CP33" s="3" t="n">
+        <x:v>543186</x:v>
+      </x:c>
+      <x:c r="CQ33" s="3" t="n">
+        <x:v>538160</x:v>
+      </x:c>
+      <x:c r="CR33" s="3" t="n">
+        <x:v>550013</x:v>
+      </x:c>
+      <x:c r="CS33" s="3" t="n">
+        <x:v>572310</x:v>
+      </x:c>
+      <x:c r="CT33" s="3" t="n">
+        <x:v>553961</x:v>
+      </x:c>
+      <x:c r="CU33" s="3" t="n">
+        <x:v>562522</x:v>
+      </x:c>
+      <x:c r="CV33" s="3" t="n">
+        <x:v>570469</x:v>
+      </x:c>
+      <x:c r="CW33" s="3" t="n">
+        <x:v>603044</x:v>
+      </x:c>
+      <x:c r="CX33" s="3" t="n">
+        <x:v>561963</x:v>
+      </x:c>
+      <x:c r="CY33" s="3" t="n">
+        <x:v>566253</x:v>
+      </x:c>
+      <x:c r="CZ33" s="3" t="n">
+        <x:v>581866</x:v>
+      </x:c>
+      <x:c r="DA33" s="3" t="n">
+        <x:v>609769</x:v>
+      </x:c>
+      <x:c r="DB33" s="3" t="n">
+        <x:v>590610</x:v>
+      </x:c>
+      <x:c r="DC33" s="3" t="n">
+        <x:v>599146</x:v>
+      </x:c>
+      <x:c r="DD33" s="3" t="n">
+        <x:v>616876</x:v>
+      </x:c>
+      <x:c r="DE33" s="3" t="n">
+        <x:v>654527</x:v>
+      </x:c>
+      <x:c r="DF33" s="3" t="n">
+        <x:v>607574</x:v>
+      </x:c>
+      <x:c r="DG33" s="3" t="n">
+        <x:v>648557</x:v>
+      </x:c>
+      <x:c r="DH33" s="3" t="n">
+        <x:v>650038</x:v>
+      </x:c>
+      <x:c r="DI33" s="3" t="n">
+        <x:v>685969</x:v>
+      </x:c>
+      <x:c r="DJ33" s="3" t="n">
+        <x:v>659382</x:v>
+      </x:c>
+      <x:c r="DK33" s="3" t="n">
+        <x:v>682579</x:v>
+      </x:c>
+      <x:c r="DL33" s="3" t="n">
+        <x:v>684783</x:v>
+      </x:c>
+      <x:c r="DM33" s="3" t="n">
+        <x:v>722119</x:v>
+      </x:c>
+      <x:c r="DN33" s="3" t="n">
+        <x:v>704029</x:v>
+      </x:c>
+      <x:c r="DO33" s="3" t="n">
+        <x:v>721840</x:v>
+      </x:c>
+      <x:c r="DP33" s="3" t="n">
+        <x:v>733813</x:v>
+      </x:c>
+      <x:c r="DQ33" s="3" t="n">
+        <x:v>784849</x:v>
+      </x:c>
+      <x:c r="DR33" s="3" t="n">
+        <x:v>726787</x:v>
+      </x:c>
+      <x:c r="DS33" s="3" t="n">
+        <x:v>755313</x:v>
+      </x:c>
+      <x:c r="DT33" s="3" t="n">
+        <x:v>755739</x:v>
+      </x:c>
+      <x:c r="DU33" s="3" t="n">
+        <x:v>771535</x:v>
+      </x:c>
+      <x:c r="DV33" s="3" t="n">
+        <x:v>706605</x:v>
+      </x:c>
+      <x:c r="DW33" s="3" t="n">
+        <x:v>737865</x:v>
+      </x:c>
+      <x:c r="DX33" s="3" t="n">
+        <x:v>745351</x:v>
+      </x:c>
+      <x:c r="DY33" s="3" t="n">
+        <x:v>784672</x:v>
+      </x:c>
+      <x:c r="DZ33" s="3" t="n">
+        <x:v>727744</x:v>
+      </x:c>
+      <x:c r="EA33" s="3" t="n">
+        <x:v>743554</x:v>
+      </x:c>
+      <x:c r="EB33" s="3" t="n">
+        <x:v>756465</x:v>
+      </x:c>
+      <x:c r="EC33" s="3" t="n">
+        <x:v>789740</x:v>
+      </x:c>
+      <x:c r="ED33" s="3" t="n">
+        <x:v>752628</x:v>
+      </x:c>
+      <x:c r="EE33" s="3" t="n">
+        <x:v>772716</x:v>
+      </x:c>
+      <x:c r="EF33" s="3" t="n">
+        <x:v>784089</x:v>
+      </x:c>
+      <x:c r="EG33" s="3" t="n">
+        <x:v>804567</x:v>
+      </x:c>
+      <x:c r="EH33" s="3" t="n">
+        <x:v>780131</x:v>
+      </x:c>
+      <x:c r="EI33" s="3" t="n">
+        <x:v>802123</x:v>
+      </x:c>
+      <x:c r="EJ33" s="3" t="n">
+        <x:v>820046</x:v>
+      </x:c>
+      <x:c r="EK33" s="3" t="n">
+        <x:v>842731</x:v>
+      </x:c>
+      <x:c r="EL33" s="3" t="n">
+        <x:v>800325</x:v>
+      </x:c>
+      <x:c r="EM33" s="3" t="n">
+        <x:v>836628</x:v>
+      </x:c>
+      <x:c r="EN33" s="3" t="n">
+        <x:v>841101</x:v>
+      </x:c>
+      <x:c r="EO33" s="3" t="n">
+        <x:v>861914</x:v>
+      </x:c>
+      <x:c r="EP33" s="3" t="n">
+        <x:v>823355</x:v>
+      </x:c>
+      <x:c r="EQ33" s="3" t="n">
+        <x:v>857741</x:v>
+      </x:c>
+      <x:c r="ER33" s="3" t="n">
+        <x:v>861878</x:v>
+      </x:c>
+      <x:c r="ES33" s="3" t="n">
+        <x:v>879974</x:v>
+      </x:c>
+      <x:c r="ET33" s="3" t="n">
+        <x:v>849276</x:v>
+      </x:c>
+      <x:c r="EU33" s="3" t="n">
+        <x:v>877454</x:v>
+      </x:c>
+      <x:c r="EV33" s="3" t="n">
+        <x:v>886290</x:v>
+      </x:c>
+      <x:c r="EW33" s="3" t="n">
+        <x:v>899868</x:v>
+      </x:c>
+      <x:c r="EX33" s="3" t="n">
+        <x:v>863680</x:v>
+      </x:c>
+      <x:c r="EY33" s="3" t="n">
+        <x:v>916005</x:v>
+      </x:c>
+      <x:c r="EZ33" s="3" t="n">
+        <x:v>903499</x:v>
+      </x:c>
+      <x:c r="FA33" s="3" t="n">
+        <x:v>962831</x:v>
+      </x:c>
+      <x:c r="FB33" s="3" t="n">
+        <x:v>911916</x:v>
+      </x:c>
+      <x:c r="FC33" s="3" t="n">
+        <x:v>938032</x:v>
+      </x:c>
+      <x:c r="FD33" s="3" t="n">
+        <x:v>932233</x:v>
+      </x:c>
+      <x:c r="FE33" s="3" t="n">
+        <x:v>994550</x:v>
+      </x:c>
+      <x:c r="FF33" s="3" t="n">
+        <x:v>920417</x:v>
+      </x:c>
+      <x:c r="FG33" s="3" t="n">
+        <x:v>966945</x:v>
+      </x:c>
+      <x:c r="FH33" s="3" t="n">
+        <x:v>949798</x:v>
+      </x:c>
+      <x:c r="FI33" s="3" t="n">
+        <x:v>1010616</x:v>
+      </x:c>
+      <x:c r="FJ33" s="3" t="n">
+        <x:v>951249</x:v>
+      </x:c>
+      <x:c r="FK33" s="3" t="n">
+        <x:v>988784</x:v>
+      </x:c>
+      <x:c r="FL33" s="3" t="n">
+        <x:v>987321</x:v>
+      </x:c>
+      <x:c r="FM33" s="3" t="n">
+        <x:v>1035422</x:v>
+      </x:c>
+      <x:c r="FN33" s="3" t="n">
+        <x:v>955148</x:v>
+      </x:c>
+      <x:c r="FO33" s="3" t="n">
+        <x:v>922422</x:v>
+      </x:c>
+      <x:c r="FP33" s="3" t="n">
+        <x:v>953737</x:v>
+      </x:c>
+      <x:c r="FQ33" s="3" t="n">
+        <x:v>1016136</x:v>
+      </x:c>
+      <x:c r="FR33" s="3" t="n">
+        <x:v>942261</x:v>
+      </x:c>
+      <x:c r="FS33" s="3" t="n">
+        <x:v>985095</x:v>
+      </x:c>
+      <x:c r="FT33" s="3" t="n">
+        <x:v>1008158</x:v>
+      </x:c>
+      <x:c r="FU33" s="3" t="n">
+        <x:v>1088034</x:v>
+      </x:c>
+      <x:c r="FV33" s="3" t="n">
+        <x:v>1001802</x:v>
+      </x:c>
+      <x:c r="FW33" s="3" t="n">
+        <x:v>1055351</x:v>
+      </x:c>
+      <x:c r="FX33" s="3" t="n">
+        <x:v>1040778</x:v>
+      </x:c>
+      <x:c r="FY33" s="3" t="n">
+        <x:v>1112416</x:v>
+      </x:c>
+      <x:c r="FZ33" s="3" t="n">
+        <x:v>1027072</x:v>
+      </x:c>
+      <x:c r="GA33" s="3" t="n">
+        <x:v>1042916</x:v>
+      </x:c>
+      <x:c r="GB33" s="3" t="n">
+        <x:v>1014705</x:v>
+      </x:c>
+      <x:c r="GC33" s="3" t="n">
+        <x:v>1093699</x:v>
+      </x:c>
+      <x:c r="GD33" s="3" t="n">
+        <x:v>999651</x:v>
+      </x:c>
+      <x:c r="GE33" s="3" t="n">
+        <x:v>1057554</x:v>
+      </x:c>
+      <x:c r="GF33" s="3" t="n">
+        <x:v>1042092</x:v>
+      </x:c>
+      <x:c r="GG33" s="3" t="n">
+        <x:v>1110618</x:v>
+      </x:c>
+      <x:c r="GH33" s="3" t="n">
+        <x:v>1020117</x:v>
+      </x:c>
+      <x:c r="GI33" s="3" t="n">
+        <x:v>1068591</x:v>
+      </x:c>
+      <x:c r="GJ33" s="3" t="n">
+        <x:v>1046874</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:192">
+      <x:c r="A34" s="2" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="B34" s="3" t="n">
+        <x:v>102448</x:v>
+      </x:c>
+      <x:c r="C34" s="3" t="n">
+        <x:v>104019</x:v>
+      </x:c>
+      <x:c r="D34" s="3" t="n">
+        <x:v>105220</x:v>
+      </x:c>
+      <x:c r="E34" s="3" t="n">
+        <x:v>105387</x:v>
+      </x:c>
+      <x:c r="F34" s="3" t="n">
+        <x:v>105165</x:v>
+      </x:c>
+      <x:c r="G34" s="3" t="n">
+        <x:v>106533</x:v>
+      </x:c>
+      <x:c r="H34" s="3" t="n">
+        <x:v>107484</x:v>
+      </x:c>
+      <x:c r="I34" s="3" t="n">
+        <x:v>107611</x:v>
+      </x:c>
+      <x:c r="J34" s="3" t="n">
+        <x:v>110925</x:v>
+      </x:c>
+      <x:c r="K34" s="3" t="n">
+        <x:v>111117</x:v>
+      </x:c>
+      <x:c r="L34" s="3" t="n">
+        <x:v>111958</x:v>
+      </x:c>
+      <x:c r="M34" s="3" t="n">
+        <x:v>112053</x:v>
+      </x:c>
+      <x:c r="N34" s="3" t="n">
+        <x:v>113977</x:v>
+      </x:c>
+      <x:c r="O34" s="3" t="n">
+        <x:v>115215</x:v>
+      </x:c>
+      <x:c r="P34" s="3" t="n">
+        <x:v>116092</x:v>
+      </x:c>
+      <x:c r="Q34" s="3" t="n">
+        <x:v>116122</x:v>
+      </x:c>
+      <x:c r="R34" s="3" t="n">
+        <x:v>114841</x:v>
+      </x:c>
+      <x:c r="S34" s="3" t="n">
+        <x:v>116080</x:v>
+      </x:c>
+      <x:c r="T34" s="3" t="n">
+        <x:v>116984</x:v>
+      </x:c>
+      <x:c r="U34" s="3" t="n">
+        <x:v>116986</x:v>
+      </x:c>
+      <x:c r="V34" s="3" t="n">
+        <x:v>118648</x:v>
+      </x:c>
+      <x:c r="W34" s="3" t="n">
+        <x:v>119985</x:v>
+      </x:c>
+      <x:c r="X34" s="3" t="n">
+        <x:v>120893</x:v>
+      </x:c>
+      <x:c r="Y34" s="3" t="n">
+        <x:v>120708</x:v>
+      </x:c>
+      <x:c r="Z34" s="3" t="n">
+        <x:v>120637</x:v>
+      </x:c>
+      <x:c r="AA34" s="3" t="n">
+        <x:v>120627</x:v>
+      </x:c>
+      <x:c r="AB34" s="3" t="n">
+        <x:v>121761</x:v>
+      </x:c>
+      <x:c r="AC34" s="3" t="n">
+        <x:v>121784</x:v>
+      </x:c>
+      <x:c r="AD34" s="3" t="n">
+        <x:v>122521</x:v>
+      </x:c>
+      <x:c r="AE34" s="3" t="n">
+        <x:v>123945</x:v>
+      </x:c>
+      <x:c r="AF34" s="3" t="n">
+        <x:v>124833</x:v>
+      </x:c>
+      <x:c r="AG34" s="3" t="n">
+        <x:v>124805</x:v>
+      </x:c>
+      <x:c r="AH34" s="3" t="n">
+        <x:v>125697</x:v>
+      </x:c>
+      <x:c r="AI34" s="3" t="n">
+        <x:v>127407</x:v>
+      </x:c>
+      <x:c r="AJ34" s="3" t="n">
+        <x:v>130034</x:v>
+      </x:c>
+      <x:c r="AK34" s="3" t="n">
+        <x:v>131272</x:v>
+      </x:c>
+      <x:c r="AL34" s="3" t="n">
+        <x:v>133412</x:v>
+      </x:c>
+      <x:c r="AM34" s="3" t="n">
+        <x:v>134462</x:v>
+      </x:c>
+      <x:c r="AN34" s="3" t="n">
+        <x:v>135736</x:v>
+      </x:c>
+      <x:c r="AO34" s="3" t="n">
+        <x:v>139897</x:v>
+      </x:c>
+      <x:c r="AP34" s="3" t="n">
+        <x:v>135923</x:v>
+      </x:c>
+      <x:c r="AQ34" s="3" t="n">
+        <x:v>135073</x:v>
+      </x:c>
+      <x:c r="AR34" s="3" t="n">
+        <x:v>137124</x:v>
+      </x:c>
+      <x:c r="AS34" s="3" t="n">
+        <x:v>141266</x:v>
+      </x:c>
+      <x:c r="AT34" s="3" t="n">
+        <x:v>135160</x:v>
+      </x:c>
+      <x:c r="AU34" s="3" t="n">
+        <x:v>138992</x:v>
+      </x:c>
+      <x:c r="AV34" s="3" t="n">
+        <x:v>139773</x:v>
+      </x:c>
+      <x:c r="AW34" s="3" t="n">
+        <x:v>149381</x:v>
+      </x:c>
+      <x:c r="AX34" s="3" t="n">
+        <x:v>142091</x:v>
+      </x:c>
+      <x:c r="AY34" s="3" t="n">
+        <x:v>144180</x:v>
+      </x:c>
+      <x:c r="AZ34" s="3" t="n">
+        <x:v>144261</x:v>
+      </x:c>
+      <x:c r="BA34" s="3" t="n">
+        <x:v>153766</x:v>
+      </x:c>
+      <x:c r="BB34" s="3" t="n">
+        <x:v>150362</x:v>
+      </x:c>
+      <x:c r="BC34" s="3" t="n">
+        <x:v>149749</x:v>
+      </x:c>
+      <x:c r="BD34" s="3" t="n">
+        <x:v>152329</x:v>
+      </x:c>
+      <x:c r="BE34" s="3" t="n">
+        <x:v>169494</x:v>
+      </x:c>
+      <x:c r="BF34" s="3" t="n">
+        <x:v>162553</x:v>
+      </x:c>
+      <x:c r="BG34" s="3" t="n">
+        <x:v>159404</x:v>
+      </x:c>
+      <x:c r="BH34" s="3" t="n">
+        <x:v>156621</x:v>
+      </x:c>
+      <x:c r="BI34" s="3" t="n">
+        <x:v>177485</x:v>
+      </x:c>
+      <x:c r="BJ34" s="3" t="n">
+        <x:v>164846</x:v>
+      </x:c>
+      <x:c r="BK34" s="3" t="n">
+        <x:v>159638</x:v>
+      </x:c>
+      <x:c r="BL34" s="3" t="n">
+        <x:v>158332</x:v>
+      </x:c>
+      <x:c r="BM34" s="3" t="n">
+        <x:v>180153</x:v>
+      </x:c>
+      <x:c r="BN34" s="3" t="n">
+        <x:v>161374</x:v>
+      </x:c>
+      <x:c r="BO34" s="3" t="n">
+        <x:v>162981</x:v>
+      </x:c>
+      <x:c r="BP34" s="3" t="n">
+        <x:v>164828</x:v>
+      </x:c>
+      <x:c r="BQ34" s="3" t="n">
+        <x:v>182891</x:v>
+      </x:c>
+      <x:c r="BR34" s="3" t="n">
+        <x:v>172480</x:v>
+      </x:c>
+      <x:c r="BS34" s="3" t="n">
+        <x:v>162013</x:v>
+      </x:c>
+      <x:c r="BT34" s="3" t="n">
+        <x:v>166495</x:v>
+      </x:c>
+      <x:c r="BU34" s="3" t="n">
+        <x:v>179253</x:v>
+      </x:c>
+      <x:c r="BV34" s="3" t="n">
+        <x:v>175592</x:v>
+      </x:c>
+      <x:c r="BW34" s="3" t="n">
+        <x:v>167248</x:v>
+      </x:c>
+      <x:c r="BX34" s="3" t="n">
+        <x:v>171248</x:v>
+      </x:c>
+      <x:c r="BY34" s="3" t="n">
+        <x:v>186062</x:v>
+      </x:c>
+      <x:c r="BZ34" s="3" t="n">
+        <x:v>178181</x:v>
+      </x:c>
+      <x:c r="CA34" s="3" t="n">
+        <x:v>185289</x:v>
+      </x:c>
+      <x:c r="CB34" s="3" t="n">
+        <x:v>177657</x:v>
+      </x:c>
+      <x:c r="CC34" s="3" t="n">
+        <x:v>194189</x:v>
+      </x:c>
+      <x:c r="CD34" s="3" t="n">
+        <x:v>190213</x:v>
+      </x:c>
+      <x:c r="CE34" s="3" t="n">
+        <x:v>183738</x:v>
+      </x:c>
+      <x:c r="CF34" s="3" t="n">
+        <x:v>186807</x:v>
+      </x:c>
+      <x:c r="CG34" s="3" t="n">
+        <x:v>203710</x:v>
+      </x:c>
+      <x:c r="CH34" s="3" t="n">
+        <x:v>193128</x:v>
+      </x:c>
+      <x:c r="CI34" s="3" t="n">
+        <x:v>190359</x:v>
+      </x:c>
+      <x:c r="CJ34" s="3" t="n">
+        <x:v>191616</x:v>
+      </x:c>
+      <x:c r="CK34" s="3" t="n">
+        <x:v>208903</x:v>
+      </x:c>
+      <x:c r="CL34" s="3" t="n">
+        <x:v>199638</x:v>
+      </x:c>
+      <x:c r="CM34" s="3" t="n">
+        <x:v>190264</x:v>
+      </x:c>
+      <x:c r="CN34" s="3" t="n">
+        <x:v>191244</x:v>
+      </x:c>
+      <x:c r="CO34" s="3" t="n">
+        <x:v>204127</x:v>
+      </x:c>
+      <x:c r="CP34" s="3" t="n">
+        <x:v>207476</x:v>
+      </x:c>
+      <x:c r="CQ34" s="3" t="n">
+        <x:v>196538</x:v>
+      </x:c>
+      <x:c r="CR34" s="3" t="n">
+        <x:v>198489</x:v>
+      </x:c>
+      <x:c r="CS34" s="3" t="n">
+        <x:v>211173</x:v>
+      </x:c>
+      <x:c r="CT34" s="3" t="n">
+        <x:v>207455</x:v>
+      </x:c>
+      <x:c r="CU34" s="3" t="n">
+        <x:v>212364</x:v>
+      </x:c>
+      <x:c r="CV34" s="3" t="n">
+        <x:v>210314</x:v>
+      </x:c>
+      <x:c r="CW34" s="3" t="n">
+        <x:v>217204</x:v>
+      </x:c>
+      <x:c r="CX34" s="3" t="n">
+        <x:v>218691</x:v>
+      </x:c>
+      <x:c r="CY34" s="3" t="n">
+        <x:v>212777</x:v>
+      </x:c>
+      <x:c r="CZ34" s="3" t="n">
+        <x:v>216619</x:v>
+      </x:c>
+      <x:c r="DA34" s="3" t="n">
+        <x:v>221594</x:v>
+      </x:c>
+      <x:c r="DB34" s="3" t="n">
+        <x:v>220706</x:v>
+      </x:c>
+      <x:c r="DC34" s="3" t="n">
+        <x:v>214724</x:v>
+      </x:c>
+      <x:c r="DD34" s="3" t="n">
+        <x:v>216281</x:v>
+      </x:c>
+      <x:c r="DE34" s="3" t="n">
+        <x:v>231388</x:v>
+      </x:c>
+      <x:c r="DF34" s="3" t="n">
+        <x:v>215902</x:v>
+      </x:c>
+      <x:c r="DG34" s="3" t="n">
+        <x:v>226789</x:v>
+      </x:c>
+      <x:c r="DH34" s="3" t="n">
+        <x:v>217524</x:v>
+      </x:c>
+      <x:c r="DI34" s="3" t="n">
+        <x:v>235736</x:v>
+      </x:c>
+      <x:c r="DJ34" s="3" t="n">
+        <x:v>229488</x:v>
+      </x:c>
+      <x:c r="DK34" s="3" t="n">
+        <x:v>231237</x:v>
+      </x:c>
+      <x:c r="DL34" s="3" t="n">
+        <x:v>222317</x:v>
+      </x:c>
+      <x:c r="DM34" s="3" t="n">
+        <x:v>239492</x:v>
+      </x:c>
+      <x:c r="DN34" s="3" t="n">
+        <x:v>234282</x:v>
+      </x:c>
+      <x:c r="DO34" s="3" t="n">
+        <x:v>229710</x:v>
+      </x:c>
+      <x:c r="DP34" s="3" t="n">
+        <x:v>231492</x:v>
+      </x:c>
+      <x:c r="DQ34" s="3" t="n">
+        <x:v>256602</x:v>
+      </x:c>
+      <x:c r="DR34" s="3" t="n">
+        <x:v>238121</x:v>
+      </x:c>
+      <x:c r="DS34" s="3" t="n">
+        <x:v>241464</x:v>
+      </x:c>
+      <x:c r="DT34" s="3" t="n">
+        <x:v>253082</x:v>
+      </x:c>
+      <x:c r="DU34" s="3" t="n">
+        <x:v>252527</x:v>
+      </x:c>
+      <x:c r="DV34" s="3" t="n">
+        <x:v>248822</x:v>
+      </x:c>
+      <x:c r="DW34" s="3" t="n">
+        <x:v>252025</x:v>
+      </x:c>
+      <x:c r="DX34" s="3" t="n">
+        <x:v>257390</x:v>
+      </x:c>
+      <x:c r="DY34" s="3" t="n">
+        <x:v>273757</x:v>
+      </x:c>
+      <x:c r="DZ34" s="3" t="n">
+        <x:v>257213</x:v>
+      </x:c>
+      <x:c r="EA34" s="3" t="n">
+        <x:v>257287</x:v>
+      </x:c>
+      <x:c r="EB34" s="3" t="n">
+        <x:v>262169</x:v>
+      </x:c>
+      <x:c r="EC34" s="3" t="n">
+        <x:v>266153</x:v>
+      </x:c>
+      <x:c r="ED34" s="3" t="n">
+        <x:v>266542</x:v>
+      </x:c>
+      <x:c r="EE34" s="3" t="n">
+        <x:v>256920</x:v>
+      </x:c>
+      <x:c r="EF34" s="3" t="n">
+        <x:v>266720</x:v>
+      </x:c>
+      <x:c r="EG34" s="3" t="n">
+        <x:v>264791</x:v>
+      </x:c>
+      <x:c r="EH34" s="3" t="n">
+        <x:v>261950</x:v>
+      </x:c>
+      <x:c r="EI34" s="3" t="n">
+        <x:v>263963</x:v>
+      </x:c>
+      <x:c r="EJ34" s="3" t="n">
+        <x:v>270063</x:v>
+      </x:c>
+      <x:c r="EK34" s="3" t="n">
+        <x:v>273860</x:v>
+      </x:c>
+      <x:c r="EL34" s="3" t="n">
+        <x:v>271793</x:v>
+      </x:c>
+      <x:c r="EM34" s="3" t="n">
+        <x:v>271484</x:v>
+      </x:c>
+      <x:c r="EN34" s="3" t="n">
+        <x:v>276539</x:v>
+      </x:c>
+      <x:c r="EO34" s="3" t="n">
+        <x:v>280560</x:v>
+      </x:c>
+      <x:c r="EP34" s="3" t="n">
+        <x:v>278370</x:v>
+      </x:c>
+      <x:c r="EQ34" s="3" t="n">
+        <x:v>283242</x:v>
+      </x:c>
+      <x:c r="ER34" s="3" t="n">
+        <x:v>283624</x:v>
+      </x:c>
+      <x:c r="ES34" s="3" t="n">
+        <x:v>285868</x:v>
+      </x:c>
+      <x:c r="ET34" s="3" t="n">
+        <x:v>286106</x:v>
+      </x:c>
+      <x:c r="EU34" s="3" t="n">
+        <x:v>286227</x:v>
+      </x:c>
+      <x:c r="EV34" s="3" t="n">
+        <x:v>292491</x:v>
+      </x:c>
+      <x:c r="EW34" s="3" t="n">
+        <x:v>290066</x:v>
+      </x:c>
+      <x:c r="EX34" s="3" t="n">
+        <x:v>282954</x:v>
+      </x:c>
+      <x:c r="EY34" s="3" t="n">
+        <x:v>294723</x:v>
+      </x:c>
+      <x:c r="EZ34" s="3" t="n">
+        <x:v>298969</x:v>
+      </x:c>
+      <x:c r="FA34" s="3" t="n">
+        <x:v>313351</x:v>
+      </x:c>
+      <x:c r="FB34" s="3" t="n">
+        <x:v>289764</x:v>
+      </x:c>
+      <x:c r="FC34" s="3" t="n">
+        <x:v>303097</x:v>
+      </x:c>
+      <x:c r="FD34" s="3" t="n">
+        <x:v>298544</x:v>
+      </x:c>
+      <x:c r="FE34" s="3" t="n">
+        <x:v>323660</x:v>
+      </x:c>
+      <x:c r="FF34" s="3" t="n">
+        <x:v>296962</x:v>
+      </x:c>
+      <x:c r="FG34" s="3" t="n">
+        <x:v>308471</x:v>
+      </x:c>
+      <x:c r="FH34" s="3" t="n">
+        <x:v>308685</x:v>
+      </x:c>
+      <x:c r="FI34" s="3" t="n">
+        <x:v>324560</x:v>
+      </x:c>
+      <x:c r="FJ34" s="3" t="n">
+        <x:v>300543</x:v>
+      </x:c>
+      <x:c r="FK34" s="3" t="n">
+        <x:v>316001</x:v>
+      </x:c>
+      <x:c r="FL34" s="3" t="n">
+        <x:v>315153</x:v>
+      </x:c>
+      <x:c r="FM34" s="3" t="n">
+        <x:v>334908</x:v>
+      </x:c>
+      <x:c r="FN34" s="3" t="n">
+        <x:v>305312</x:v>
+      </x:c>
+      <x:c r="FO34" s="3" t="n">
+        <x:v>307137</x:v>
+      </x:c>
+      <x:c r="FP34" s="3" t="n">
+        <x:v>315716</x:v>
+      </x:c>
+      <x:c r="FQ34" s="3" t="n">
+        <x:v>333911</x:v>
+      </x:c>
+      <x:c r="FR34" s="3" t="n">
+        <x:v>306217</x:v>
+      </x:c>
+      <x:c r="FS34" s="3" t="n">
+        <x:v>317877</x:v>
+      </x:c>
+      <x:c r="FT34" s="3" t="n">
+        <x:v>324420</x:v>
+      </x:c>
+      <x:c r="FU34" s="3" t="n">
+        <x:v>344493</x:v>
+      </x:c>
+      <x:c r="FV34" s="3" t="n">
+        <x:v>314583</x:v>
+      </x:c>
+      <x:c r="FW34" s="3" t="n">
+        <x:v>328003</x:v>
+      </x:c>
+      <x:c r="FX34" s="3" t="n">
+        <x:v>332482</x:v>
+      </x:c>
+      <x:c r="FY34" s="3" t="n">
+        <x:v>356030</x:v>
+      </x:c>
+      <x:c r="FZ34" s="3" t="n">
+        <x:v>329776</x:v>
+      </x:c>
+      <x:c r="GA34" s="3" t="n">
+        <x:v>341006</x:v>
+      </x:c>
+      <x:c r="GB34" s="3" t="n">
+        <x:v>343209</x:v>
+      </x:c>
+      <x:c r="GC34" s="3" t="n">
+        <x:v>372391</x:v>
+      </x:c>
+      <x:c r="GD34" s="3" t="n">
+        <x:v>336934</x:v>
+      </x:c>
+      <x:c r="GE34" s="3" t="n">
+        <x:v>348164</x:v>
+      </x:c>
+      <x:c r="GF34" s="3" t="n">
+        <x:v>357362</x:v>
+      </x:c>
+      <x:c r="GG34" s="3" t="n">
+        <x:v>378425</x:v>
+      </x:c>
+      <x:c r="GH34" s="3" t="n">
+        <x:v>340261</x:v>
+      </x:c>
+      <x:c r="GI34" s="3" t="n">
+        <x:v>352061</x:v>
+      </x:c>
+      <x:c r="GJ34" s="3" t="n">
+        <x:v>351704</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:192">
+      <x:c r="A35" s="2" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="B35" s="3" t="n">
+        <x:v>139923</x:v>
+      </x:c>
+      <x:c r="C35" s="3" t="n">
+        <x:v>194741</x:v>
+      </x:c>
+      <x:c r="D35" s="3" t="n">
+        <x:v>155962</x:v>
+      </x:c>
+      <x:c r="E35" s="3" t="n">
+        <x:v>168196</x:v>
+      </x:c>
+      <x:c r="F35" s="3" t="n">
+        <x:v>160311</x:v>
+      </x:c>
+      <x:c r="G35" s="3" t="n">
+        <x:v>161599</x:v>
+      </x:c>
+      <x:c r="H35" s="3" t="n">
+        <x:v>170975</x:v>
+      </x:c>
+      <x:c r="I35" s="3" t="n">
+        <x:v>180018</x:v>
+      </x:c>
+      <x:c r="J35" s="3" t="n">
+        <x:v>190093</x:v>
+      </x:c>
+      <x:c r="K35" s="3" t="n">
+        <x:v>177665</x:v>
+      </x:c>
+      <x:c r="L35" s="3" t="n">
+        <x:v>157213</x:v>
+      </x:c>
+      <x:c r="M35" s="3" t="n">
+        <x:v>178384</x:v>
+      </x:c>
+      <x:c r="N35" s="3" t="n">
+        <x:v>170828</x:v>
+      </x:c>
+      <x:c r="O35" s="3" t="n">
+        <x:v>183421</x:v>
+      </x:c>
+      <x:c r="P35" s="3" t="n">
+        <x:v>181232</x:v>
+      </x:c>
+      <x:c r="Q35" s="3" t="n">
+        <x:v>180549</x:v>
+      </x:c>
+      <x:c r="R35" s="3" t="n">
+        <x:v>174281</x:v>
+      </x:c>
+      <x:c r="S35" s="3" t="n">
+        <x:v>176561</x:v>
+      </x:c>
+      <x:c r="T35" s="3" t="n">
+        <x:v>185211</x:v>
+      </x:c>
+      <x:c r="U35" s="3" t="n">
+        <x:v>183167</x:v>
+      </x:c>
+      <x:c r="V35" s="3" t="n">
+        <x:v>180226</x:v>
+      </x:c>
+      <x:c r="W35" s="3" t="n">
+        <x:v>192088</x:v>
+      </x:c>
+      <x:c r="X35" s="3" t="n">
+        <x:v>195049</x:v>
+      </x:c>
+      <x:c r="Y35" s="3" t="n">
+        <x:v>202858</x:v>
+      </x:c>
+      <x:c r="Z35" s="3" t="n">
+        <x:v>201965</x:v>
+      </x:c>
+      <x:c r="AA35" s="3" t="n">
+        <x:v>199497</x:v>
+      </x:c>
+      <x:c r="AB35" s="3" t="n">
+        <x:v>206323</x:v>
+      </x:c>
+      <x:c r="AC35" s="3" t="n">
+        <x:v>221371</x:v>
+      </x:c>
+      <x:c r="AD35" s="3" t="n">
+        <x:v>208217</x:v>
+      </x:c>
+      <x:c r="AE35" s="3" t="n">
+        <x:v>213323</x:v>
+      </x:c>
+      <x:c r="AF35" s="3" t="n">
+        <x:v>223508</x:v>
+      </x:c>
+      <x:c r="AG35" s="3" t="n">
+        <x:v>244762</x:v>
+      </x:c>
+      <x:c r="AH35" s="3" t="n">
+        <x:v>226393</x:v>
+      </x:c>
+      <x:c r="AI35" s="3" t="n">
+        <x:v>201158</x:v>
+      </x:c>
+      <x:c r="AJ35" s="3" t="n">
+        <x:v>225962</x:v>
+      </x:c>
+      <x:c r="AK35" s="3" t="n">
+        <x:v>256072</x:v>
+      </x:c>
+      <x:c r="AL35" s="3" t="n">
+        <x:v>228630</x:v>
+      </x:c>
+      <x:c r="AM35" s="3" t="n">
+        <x:v>233619</x:v>
+      </x:c>
+      <x:c r="AN35" s="3" t="n">
+        <x:v>219912</x:v>
+      </x:c>
+      <x:c r="AO35" s="3" t="n">
+        <x:v>236062</x:v>
+      </x:c>
+      <x:c r="AP35" s="3" t="n">
+        <x:v>241535</x:v>
+      </x:c>
+      <x:c r="AQ35" s="3" t="n">
+        <x:v>234072</x:v>
+      </x:c>
+      <x:c r="AR35" s="3" t="n">
+        <x:v>238272</x:v>
+      </x:c>
+      <x:c r="AS35" s="3" t="n">
+        <x:v>261308</x:v>
+      </x:c>
+      <x:c r="AT35" s="3" t="n">
+        <x:v>259459</x:v>
+      </x:c>
+      <x:c r="AU35" s="3" t="n">
+        <x:v>268128</x:v>
+      </x:c>
+      <x:c r="AV35" s="3" t="n">
+        <x:v>278446</x:v>
+      </x:c>
+      <x:c r="AW35" s="3" t="n">
+        <x:v>278103</x:v>
+      </x:c>
+      <x:c r="AX35" s="3" t="n">
+        <x:v>280376</x:v>
+      </x:c>
+      <x:c r="AY35" s="3" t="n">
+        <x:v>287515</x:v>
+      </x:c>
+      <x:c r="AZ35" s="3" t="n">
+        <x:v>289693</x:v>
+      </x:c>
+      <x:c r="BA35" s="3" t="n">
+        <x:v>314394</x:v>
+      </x:c>
+      <x:c r="BB35" s="3" t="n">
+        <x:v>298442</x:v>
+      </x:c>
+      <x:c r="BC35" s="3" t="n">
+        <x:v>319371</x:v>
+      </x:c>
+      <x:c r="BD35" s="3" t="n">
+        <x:v>306128</x:v>
+      </x:c>
+      <x:c r="BE35" s="3" t="n">
+        <x:v>320626</x:v>
+      </x:c>
+      <x:c r="BF35" s="3" t="n">
+        <x:v>327109</x:v>
+      </x:c>
+      <x:c r="BG35" s="3" t="n">
+        <x:v>320960</x:v>
+      </x:c>
+      <x:c r="BH35" s="3" t="n">
+        <x:v>325057</x:v>
+      </x:c>
+      <x:c r="BI35" s="3" t="n">
+        <x:v>330018</x:v>
+      </x:c>
+      <x:c r="BJ35" s="3" t="n">
+        <x:v>314771</x:v>
+      </x:c>
+      <x:c r="BK35" s="3" t="n">
+        <x:v>339746</x:v>
+      </x:c>
+      <x:c r="BL35" s="3" t="n">
+        <x:v>329285</x:v>
+      </x:c>
+      <x:c r="BM35" s="3" t="n">
+        <x:v>359887</x:v>
+      </x:c>
+      <x:c r="BN35" s="3" t="n">
+        <x:v>356758</x:v>
+      </x:c>
+      <x:c r="BO35" s="3" t="n">
+        <x:v>357270</x:v>
+      </x:c>
+      <x:c r="BP35" s="3" t="n">
+        <x:v>347326</x:v>
+      </x:c>
+      <x:c r="BQ35" s="3" t="n">
+        <x:v>393923</x:v>
+      </x:c>
+      <x:c r="BR35" s="3" t="n">
+        <x:v>380439</x:v>
+      </x:c>
+      <x:c r="BS35" s="3" t="n">
+        <x:v>368873</x:v>
+      </x:c>
+      <x:c r="BT35" s="3" t="n">
+        <x:v>380688</x:v>
+      </x:c>
+      <x:c r="BU35" s="3" t="n">
+        <x:v>403668</x:v>
+      </x:c>
+      <x:c r="BV35" s="3" t="n">
+        <x:v>418394</x:v>
+      </x:c>
+      <x:c r="BW35" s="3" t="n">
+        <x:v>413047</x:v>
+      </x:c>
+      <x:c r="BX35" s="3" t="n">
+        <x:v>421799</x:v>
+      </x:c>
+      <x:c r="BY35" s="3" t="n">
+        <x:v>434938</x:v>
+      </x:c>
+      <x:c r="BZ35" s="3" t="n">
+        <x:v>448599</x:v>
+      </x:c>
+      <x:c r="CA35" s="3" t="n">
+        <x:v>457845</x:v>
+      </x:c>
+      <x:c r="CB35" s="3" t="n">
+        <x:v>449079</x:v>
+      </x:c>
+      <x:c r="CC35" s="3" t="n">
+        <x:v>462893</x:v>
+      </x:c>
+      <x:c r="CD35" s="3" t="n">
+        <x:v>493467</x:v>
+      </x:c>
+      <x:c r="CE35" s="3" t="n">
+        <x:v>457373</x:v>
+      </x:c>
+      <x:c r="CF35" s="3" t="n">
+        <x:v>432537</x:v>
+      </x:c>
+      <x:c r="CG35" s="3" t="n">
+        <x:v>458879</x:v>
+      </x:c>
+      <x:c r="CH35" s="3" t="n">
+        <x:v>464726</x:v>
+      </x:c>
+      <x:c r="CI35" s="3" t="n">
+        <x:v>458920</x:v>
+      </x:c>
+      <x:c r="CJ35" s="3" t="n">
+        <x:v>465738</x:v>
+      </x:c>
+      <x:c r="CK35" s="3" t="n">
+        <x:v>507140</x:v>
+      </x:c>
+      <x:c r="CL35" s="3" t="n">
+        <x:v>496970</x:v>
+      </x:c>
+      <x:c r="CM35" s="3" t="n">
+        <x:v>473146</x:v>
+      </x:c>
+      <x:c r="CN35" s="3" t="n">
+        <x:v>480940</x:v>
+      </x:c>
+      <x:c r="CO35" s="3" t="n">
+        <x:v>519504</x:v>
+      </x:c>
+      <x:c r="CP35" s="3" t="n">
+        <x:v>517310</x:v>
+      </x:c>
+      <x:c r="CQ35" s="3" t="n">
+        <x:v>483929</x:v>
+      </x:c>
+      <x:c r="CR35" s="3" t="n">
+        <x:v>508976</x:v>
+      </x:c>
+      <x:c r="CS35" s="3" t="n">
+        <x:v>550613</x:v>
+      </x:c>
+      <x:c r="CT35" s="3" t="n">
+        <x:v>499395</x:v>
+      </x:c>
+      <x:c r="CU35" s="3" t="n">
+        <x:v>516565</x:v>
+      </x:c>
+      <x:c r="CV35" s="3" t="n">
+        <x:v>496990</x:v>
+      </x:c>
+      <x:c r="CW35" s="3" t="n">
+        <x:v>535882</x:v>
+      </x:c>
+      <x:c r="CX35" s="3" t="n">
+        <x:v>524690</x:v>
+      </x:c>
+      <x:c r="CY35" s="3" t="n">
+        <x:v>487110</x:v>
+      </x:c>
+      <x:c r="CZ35" s="3" t="n">
+        <x:v>488229</x:v>
+      </x:c>
+      <x:c r="DA35" s="3" t="n">
+        <x:v>541982</x:v>
+      </x:c>
+      <x:c r="DB35" s="3" t="n">
+        <x:v>497058</x:v>
+      </x:c>
+      <x:c r="DC35" s="3" t="n">
+        <x:v>495782</x:v>
+      </x:c>
+      <x:c r="DD35" s="3" t="n">
+        <x:v>521527</x:v>
+      </x:c>
+      <x:c r="DE35" s="3" t="n">
+        <x:v>551277</x:v>
+      </x:c>
+      <x:c r="DF35" s="3" t="n">
+        <x:v>471422</x:v>
+      </x:c>
+      <x:c r="DG35" s="3" t="n">
+        <x:v>500997</x:v>
+      </x:c>
+      <x:c r="DH35" s="3" t="n">
+        <x:v>529371</x:v>
+      </x:c>
+      <x:c r="DI35" s="3" t="n">
+        <x:v>575379</x:v>
+      </x:c>
+      <x:c r="DJ35" s="3" t="n">
+        <x:v>530585</x:v>
+      </x:c>
+      <x:c r="DK35" s="3" t="n">
+        <x:v>508292</x:v>
+      </x:c>
+      <x:c r="DL35" s="3" t="n">
+        <x:v>503881</x:v>
+      </x:c>
+      <x:c r="DM35" s="3" t="n">
+        <x:v>522548</x:v>
+      </x:c>
+      <x:c r="DN35" s="3" t="n">
+        <x:v>505294</x:v>
+      </x:c>
+      <x:c r="DO35" s="3" t="n">
+        <x:v>500246</x:v>
+      </x:c>
+      <x:c r="DP35" s="3" t="n">
+        <x:v>502335</x:v>
+      </x:c>
+      <x:c r="DQ35" s="3" t="n">
+        <x:v>577500</x:v>
+      </x:c>
+      <x:c r="DR35" s="3" t="n">
+        <x:v>541200</x:v>
+      </x:c>
+      <x:c r="DS35" s="3" t="n">
+        <x:v>533535</x:v>
+      </x:c>
+      <x:c r="DT35" s="3" t="n">
+        <x:v>493794</x:v>
+      </x:c>
+      <x:c r="DU35" s="3" t="n">
+        <x:v>543502</x:v>
+      </x:c>
+      <x:c r="DV35" s="3" t="n">
+        <x:v>526943</x:v>
+      </x:c>
+      <x:c r="DW35" s="3" t="n">
+        <x:v>481196</x:v>
+      </x:c>
+      <x:c r="DX35" s="3" t="n">
+        <x:v>483449</x:v>
+      </x:c>
+      <x:c r="DY35" s="3" t="n">
+        <x:v>531323</x:v>
+      </x:c>
+      <x:c r="DZ35" s="3" t="n">
+        <x:v>539354</x:v>
+      </x:c>
+      <x:c r="EA35" s="3" t="n">
+        <x:v>497727</x:v>
+      </x:c>
+      <x:c r="EB35" s="3" t="n">
+        <x:v>470081</x:v>
+      </x:c>
+      <x:c r="EC35" s="3" t="n">
+        <x:v>525057</x:v>
+      </x:c>
+      <x:c r="ED35" s="3" t="n">
+        <x:v>518693</x:v>
+      </x:c>
+      <x:c r="EE35" s="3" t="n">
+        <x:v>486510</x:v>
+      </x:c>
+      <x:c r="EF35" s="3" t="n">
+        <x:v>496330</x:v>
+      </x:c>
+      <x:c r="EG35" s="3" t="n">
+        <x:v>522474</x:v>
+      </x:c>
+      <x:c r="EH35" s="3" t="n">
+        <x:v>540198</x:v>
+      </x:c>
+      <x:c r="EI35" s="3" t="n">
+        <x:v>518225</x:v>
+      </x:c>
+      <x:c r="EJ35" s="3" t="n">
+        <x:v>485394</x:v>
+      </x:c>
+      <x:c r="EK35" s="3" t="n">
+        <x:v>523367</x:v>
+      </x:c>
+      <x:c r="EL35" s="3" t="n">
+        <x:v>502034</x:v>
+      </x:c>
+      <x:c r="EM35" s="3" t="n">
+        <x:v>507663</x:v>
+      </x:c>
+      <x:c r="EN35" s="3" t="n">
+        <x:v>498018</x:v>
+      </x:c>
+      <x:c r="EO35" s="3" t="n">
+        <x:v>527167</x:v>
+      </x:c>
+      <x:c r="EP35" s="3" t="n">
+        <x:v>525438</x:v>
+      </x:c>
+      <x:c r="EQ35" s="3" t="n">
+        <x:v>507288</x:v>
+      </x:c>
+      <x:c r="ER35" s="3" t="n">
+        <x:v>508688</x:v>
+      </x:c>
+      <x:c r="ES35" s="3" t="n">
+        <x:v>572352</x:v>
+      </x:c>
+      <x:c r="ET35" s="3" t="n">
+        <x:v>544654</x:v>
+      </x:c>
+      <x:c r="EU35" s="3" t="n">
+        <x:v>528484</x:v>
+      </x:c>
+      <x:c r="EV35" s="3" t="n">
+        <x:v>545823</x:v>
+      </x:c>
+      <x:c r="EW35" s="3" t="n">
+        <x:v>578735</x:v>
+      </x:c>
+      <x:c r="EX35" s="3" t="n">
+        <x:v>557021</x:v>
+      </x:c>
+      <x:c r="EY35" s="3" t="n">
+        <x:v>535588</x:v>
+      </x:c>
+      <x:c r="EZ35" s="3" t="n">
+        <x:v>528081</x:v>
+      </x:c>
+      <x:c r="FA35" s="3" t="n">
+        <x:v>578383</x:v>
+      </x:c>
+      <x:c r="FB35" s="3" t="n">
+        <x:v>556967</x:v>
+      </x:c>
+      <x:c r="FC35" s="3" t="n">
+        <x:v>552573</x:v>
+      </x:c>
+      <x:c r="FD35" s="3" t="n">
+        <x:v>559711</x:v>
+      </x:c>
+      <x:c r="FE35" s="3" t="n">
+        <x:v>564288</x:v>
+      </x:c>
+      <x:c r="FF35" s="3" t="n">
+        <x:v>551430</x:v>
+      </x:c>
+      <x:c r="FG35" s="3" t="n">
+        <x:v>538965</x:v>
+      </x:c>
+      <x:c r="FH35" s="3" t="n">
+        <x:v>550258</x:v>
+      </x:c>
+      <x:c r="FI35" s="3" t="n">
+        <x:v>562521</x:v>
+      </x:c>
+      <x:c r="FJ35" s="3" t="n">
+        <x:v>573168</x:v>
+      </x:c>
+      <x:c r="FK35" s="3" t="n">
+        <x:v>552389</x:v>
+      </x:c>
+      <x:c r="FL35" s="3" t="n">
+        <x:v>534840</x:v>
+      </x:c>
+      <x:c r="FM35" s="3" t="n">
+        <x:v>592638</x:v>
+      </x:c>
+      <x:c r="FN35" s="3" t="n">
+        <x:v>581229</x:v>
+      </x:c>
+      <x:c r="FO35" s="3" t="n">
+        <x:v>520436</x:v>
+      </x:c>
+      <x:c r="FP35" s="3" t="n">
+        <x:v>531128</x:v>
+      </x:c>
+      <x:c r="FQ35" s="3" t="n">
+        <x:v>565460</x:v>
+      </x:c>
+      <x:c r="FR35" s="3" t="n">
+        <x:v>565393</x:v>
+      </x:c>
+      <x:c r="FS35" s="3" t="n">
+        <x:v>568294</x:v>
+      </x:c>
+      <x:c r="FT35" s="3" t="n">
+        <x:v>576599</x:v>
+      </x:c>
+      <x:c r="FU35" s="3" t="n">
+        <x:v>615716</x:v>
+      </x:c>
+      <x:c r="FV35" s="3" t="n">
+        <x:v>588230</x:v>
+      </x:c>
+      <x:c r="FW35" s="3" t="n">
+        <x:v>588788</x:v>
+      </x:c>
+      <x:c r="FX35" s="3" t="n">
+        <x:v>635539</x:v>
+      </x:c>
+      <x:c r="FY35" s="3" t="n">
+        <x:v>626435</x:v>
+      </x:c>
+      <x:c r="FZ35" s="3" t="n">
+        <x:v>603369</x:v>
+      </x:c>
+      <x:c r="GA35" s="3" t="n">
+        <x:v>598435</x:v>
+      </x:c>
+      <x:c r="GB35" s="3" t="n">
+        <x:v>618154</x:v>
+      </x:c>
+      <x:c r="GC35" s="3" t="n">
+        <x:v>641772</x:v>
+      </x:c>
+      <x:c r="GD35" s="3" t="n">
+        <x:v>630620</x:v>
+      </x:c>
+      <x:c r="GE35" s="3" t="n">
+        <x:v>671800</x:v>
+      </x:c>
+      <x:c r="GF35" s="3" t="n">
+        <x:v>644273</x:v>
+      </x:c>
+      <x:c r="GG35" s="3" t="n">
+        <x:v>662915</x:v>
+      </x:c>
+      <x:c r="GH35" s="3" t="n">
+        <x:v>641059</x:v>
+      </x:c>
+      <x:c r="GI35" s="3" t="n">
+        <x:v>660340</x:v>
+      </x:c>
+      <x:c r="GJ35" s="3" t="n">
+        <x:v>675670</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:192">
+      <x:c r="A36" s="2" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="B36" s="3" t="n">
+        <x:v>34841</x:v>
+      </x:c>
+      <x:c r="C36" s="3" t="n">
+        <x:v>37628</x:v>
+      </x:c>
+      <x:c r="D36" s="3" t="n">
+        <x:v>34335</x:v>
+      </x:c>
+      <x:c r="E36" s="3" t="n">
+        <x:v>37850</x:v>
+      </x:c>
+      <x:c r="F36" s="3" t="n">
+        <x:v>36853</x:v>
+      </x:c>
+      <x:c r="G36" s="3" t="n">
+        <x:v>39980</x:v>
+      </x:c>
+      <x:c r="H36" s="3" t="n">
+        <x:v>36705</x:v>
+      </x:c>
+      <x:c r="I36" s="3" t="n">
+        <x:v>40408</x:v>
+      </x:c>
+      <x:c r="J36" s="3" t="n">
+        <x:v>39803</x:v>
+      </x:c>
+      <x:c r="K36" s="3" t="n">
+        <x:v>38593</x:v>
+      </x:c>
+      <x:c r="L36" s="3" t="n">
+        <x:v>34430</x:v>
+      </x:c>
+      <x:c r="M36" s="3" t="n">
+        <x:v>40483</x:v>
+      </x:c>
+      <x:c r="N36" s="3" t="n">
+        <x:v>37522</x:v>
+      </x:c>
+      <x:c r="O36" s="3" t="n">
+        <x:v>41063</x:v>
+      </x:c>
+      <x:c r="P36" s="3" t="n">
+        <x:v>36828</x:v>
+      </x:c>
+      <x:c r="Q36" s="3" t="n">
+        <x:v>43237</x:v>
+      </x:c>
+      <x:c r="R36" s="3" t="n">
+        <x:v>39288</x:v>
+      </x:c>
+      <x:c r="S36" s="3" t="n">
+        <x:v>40336</x:v>
+      </x:c>
+      <x:c r="T36" s="3" t="n">
+        <x:v>37129</x:v>
+      </x:c>
+      <x:c r="U36" s="3" t="n">
+        <x:v>41590</x:v>
+      </x:c>
+      <x:c r="V36" s="3" t="n">
+        <x:v>41541</x:v>
+      </x:c>
+      <x:c r="W36" s="3" t="n">
+        <x:v>43810</x:v>
+      </x:c>
+      <x:c r="X36" s="3" t="n">
+        <x:v>40809</x:v>
+      </x:c>
+      <x:c r="Y36" s="3" t="n">
+        <x:v>47387</x:v>
+      </x:c>
+      <x:c r="Z36" s="3" t="n">
+        <x:v>44887</x:v>
+      </x:c>
+      <x:c r="AA36" s="3" t="n">
+        <x:v>44120</x:v>
+      </x:c>
+      <x:c r="AB36" s="3" t="n">
+        <x:v>43294</x:v>
+      </x:c>
+      <x:c r="AC36" s="3" t="n">
+        <x:v>48601</x:v>
+      </x:c>
+      <x:c r="AD36" s="3" t="n">
+        <x:v>46790</x:v>
+      </x:c>
+      <x:c r="AE36" s="3" t="n">
+        <x:v>47213</x:v>
+      </x:c>
+      <x:c r="AF36" s="3" t="n">
+        <x:v>44161</x:v>
+      </x:c>
+      <x:c r="AG36" s="3" t="n">
+        <x:v>47801</x:v>
+      </x:c>
+      <x:c r="AH36" s="3" t="n">
+        <x:v>44330</x:v>
+      </x:c>
+      <x:c r="AI36" s="3" t="n">
+        <x:v>46937</x:v>
+      </x:c>
+      <x:c r="AJ36" s="3" t="n">
+        <x:v>41903</x:v>
+      </x:c>
+      <x:c r="AK36" s="3" t="n">
+        <x:v>45878</x:v>
+      </x:c>
+      <x:c r="AL36" s="3" t="n">
+        <x:v>46356</x:v>
+      </x:c>
+      <x:c r="AM36" s="3" t="n">
+        <x:v>47433</x:v>
+      </x:c>
+      <x:c r="AN36" s="3" t="n">
+        <x:v>45673</x:v>
+      </x:c>
+      <x:c r="AO36" s="3" t="n">
+        <x:v>49776</x:v>
+      </x:c>
+      <x:c r="AP36" s="3" t="n">
+        <x:v>52105</x:v>
+      </x:c>
+      <x:c r="AQ36" s="3" t="n">
+        <x:v>51003</x:v>
+      </x:c>
+      <x:c r="AR36" s="3" t="n">
+        <x:v>49407</x:v>
+      </x:c>
+      <x:c r="AS36" s="3" t="n">
+        <x:v>53358</x:v>
+      </x:c>
+      <x:c r="AT36" s="3" t="n">
+        <x:v>49513</x:v>
+      </x:c>
+      <x:c r="AU36" s="3" t="n">
+        <x:v>57025</x:v>
+      </x:c>
+      <x:c r="AV36" s="3" t="n">
+        <x:v>53997</x:v>
+      </x:c>
+      <x:c r="AW36" s="3" t="n">
+        <x:v>60797</x:v>
+      </x:c>
+      <x:c r="AX36" s="3" t="n">
+        <x:v>57092</x:v>
+      </x:c>
+      <x:c r="AY36" s="3" t="n">
+        <x:v>60803</x:v>
+      </x:c>
+      <x:c r="AZ36" s="3" t="n">
+        <x:v>59770</x:v>
+      </x:c>
+      <x:c r="BA36" s="3" t="n">
+        <x:v>60350</x:v>
+      </x:c>
+      <x:c r="BB36" s="3" t="n">
+        <x:v>58153</x:v>
+      </x:c>
+      <x:c r="BC36" s="3" t="n">
+        <x:v>63449</x:v>
+      </x:c>
+      <x:c r="BD36" s="3" t="n">
+        <x:v>57401</x:v>
+      </x:c>
+      <x:c r="BE36" s="3" t="n">
+        <x:v>57769</x:v>
+      </x:c>
+      <x:c r="BF36" s="3" t="n">
+        <x:v>60276</x:v>
+      </x:c>
+      <x:c r="BG36" s="3" t="n">
+        <x:v>62727</x:v>
+      </x:c>
+      <x:c r="BH36" s="3" t="n">
+        <x:v>61171</x:v>
+      </x:c>
+      <x:c r="BI36" s="3" t="n">
+        <x:v>64337</x:v>
+      </x:c>
+      <x:c r="BJ36" s="3" t="n">
+        <x:v>61097</x:v>
+      </x:c>
+      <x:c r="BK36" s="3" t="n">
+        <x:v>65445</x:v>
+      </x:c>
+      <x:c r="BL36" s="3" t="n">
+        <x:v>62224</x:v>
+      </x:c>
+      <x:c r="BM36" s="3" t="n">
+        <x:v>69164</x:v>
+      </x:c>
+      <x:c r="BN36" s="3" t="n">
+        <x:v>67836</x:v>
+      </x:c>
+      <x:c r="BO36" s="3" t="n">
+        <x:v>71379</x:v>
+      </x:c>
+      <x:c r="BP36" s="3" t="n">
+        <x:v>71697</x:v>
+      </x:c>
+      <x:c r="BQ36" s="3" t="n">
+        <x:v>76561</x:v>
+      </x:c>
+      <x:c r="BR36" s="3" t="n">
+        <x:v>80977</x:v>
+      </x:c>
+      <x:c r="BS36" s="3" t="n">
+        <x:v>71437</x:v>
+      </x:c>
+      <x:c r="BT36" s="3" t="n">
+        <x:v>74490</x:v>
+      </x:c>
+      <x:c r="BU36" s="3" t="n">
+        <x:v>73798</x:v>
+      </x:c>
+      <x:c r="BV36" s="3" t="n">
+        <x:v>87660</x:v>
+      </x:c>
+      <x:c r="BW36" s="3" t="n">
+        <x:v>78945</x:v>
+      </x:c>
+      <x:c r="BX36" s="3" t="n">
+        <x:v>80078</x:v>
+      </x:c>
+      <x:c r="BY36" s="3" t="n">
+        <x:v>86320</x:v>
+      </x:c>
+      <x:c r="BZ36" s="3" t="n">
+        <x:v>84129</x:v>
+      </x:c>
+      <x:c r="CA36" s="3" t="n">
+        <x:v>90933</x:v>
+      </x:c>
+      <x:c r="CB36" s="3" t="n">
+        <x:v>89871</x:v>
+      </x:c>
+      <x:c r="CC36" s="3" t="n">
+        <x:v>92994</x:v>
+      </x:c>
+      <x:c r="CD36" s="3" t="n">
+        <x:v>102133</x:v>
+      </x:c>
+      <x:c r="CE36" s="3" t="n">
+        <x:v>91284</x:v>
+      </x:c>
+      <x:c r="CF36" s="3" t="n">
+        <x:v>91252</x:v>
+      </x:c>
+      <x:c r="CG36" s="3" t="n">
+        <x:v>99119</x:v>
+      </x:c>
+      <x:c r="CH36" s="3" t="n">
+        <x:v>97775</x:v>
+      </x:c>
+      <x:c r="CI36" s="3" t="n">
+        <x:v>92536</x:v>
+      </x:c>
+      <x:c r="CJ36" s="3" t="n">
+        <x:v>96279</x:v>
+      </x:c>
+      <x:c r="CK36" s="3" t="n">
+        <x:v>105574</x:v>
+      </x:c>
+      <x:c r="CL36" s="3" t="n">
+        <x:v>105134</x:v>
+      </x:c>
+      <x:c r="CM36" s="3" t="n">
+        <x:v>101017</x:v>
+      </x:c>
+      <x:c r="CN36" s="3" t="n">
+        <x:v>96407</x:v>
+      </x:c>
+      <x:c r="CO36" s="3" t="n">
+        <x:v>108566</x:v>
+      </x:c>
+      <x:c r="CP36" s="3" t="n">
+        <x:v>110048</x:v>
+      </x:c>
+      <x:c r="CQ36" s="3" t="n">
+        <x:v>104838</x:v>
+      </x:c>
+      <x:c r="CR36" s="3" t="n">
+        <x:v>97335</x:v>
+      </x:c>
+      <x:c r="CS36" s="3" t="n">
+        <x:v>109839</x:v>
+      </x:c>
+      <x:c r="CT36" s="3" t="n">
+        <x:v>104787</x:v>
+      </x:c>
+      <x:c r="CU36" s="3" t="n">
+        <x:v>107906</x:v>
+      </x:c>
+      <x:c r="CV36" s="3" t="n">
+        <x:v>103018</x:v>
+      </x:c>
+      <x:c r="CW36" s="3" t="n">
+        <x:v>105421</x:v>
+      </x:c>
+      <x:c r="CX36" s="3" t="n">
+        <x:v>102182</x:v>
+      </x:c>
+      <x:c r="CY36" s="3" t="n">
+        <x:v>109024</x:v>
+      </x:c>
+      <x:c r="CZ36" s="3" t="n">
+        <x:v>104888</x:v>
+      </x:c>
+      <x:c r="DA36" s="3" t="n">
+        <x:v>116677</x:v>
+      </x:c>
+      <x:c r="DB36" s="3" t="n">
+        <x:v>110966</x:v>
+      </x:c>
+      <x:c r="DC36" s="3" t="n">
+        <x:v>105099</x:v>
+      </x:c>
+      <x:c r="DD36" s="3" t="n">
+        <x:v>109064</x:v>
+      </x:c>
+      <x:c r="DE36" s="3" t="n">
+        <x:v>123377</x:v>
+      </x:c>
+      <x:c r="DF36" s="3" t="n">
+        <x:v>110475</x:v>
+      </x:c>
+      <x:c r="DG36" s="3" t="n">
+        <x:v>114977</x:v>
+      </x:c>
+      <x:c r="DH36" s="3" t="n">
+        <x:v>115962</x:v>
+      </x:c>
+      <x:c r="DI36" s="3" t="n">
+        <x:v>129630</x:v>
+      </x:c>
+      <x:c r="DJ36" s="3" t="n">
+        <x:v>119905</x:v>
+      </x:c>
+      <x:c r="DK36" s="3" t="n">
+        <x:v>124464</x:v>
+      </x:c>
+      <x:c r="DL36" s="3" t="n">
+        <x:v>121335</x:v>
+      </x:c>
+      <x:c r="DM36" s="3" t="n">
+        <x:v>135733</x:v>
+      </x:c>
+      <x:c r="DN36" s="3" t="n">
+        <x:v>133544</x:v>
+      </x:c>
+      <x:c r="DO36" s="3" t="n">
+        <x:v>134516</x:v>
+      </x:c>
+      <x:c r="DP36" s="3" t="n">
+        <x:v>125977</x:v>
+      </x:c>
+      <x:c r="DQ36" s="3" t="n">
+        <x:v>147700</x:v>
+      </x:c>
+      <x:c r="DR36" s="3" t="n">
+        <x:v>143617</x:v>
+      </x:c>
+      <x:c r="DS36" s="3" t="n">
+        <x:v>148566</x:v>
+      </x:c>
+      <x:c r="DT36" s="3" t="n">
+        <x:v>141702</x:v>
+      </x:c>
+      <x:c r="DU36" s="3" t="n">
+        <x:v>145573</x:v>
+      </x:c>
+      <x:c r="DV36" s="3" t="n">
+        <x:v>131025</x:v>
+      </x:c>
+      <x:c r="DW36" s="3" t="n">
+        <x:v>126016</x:v>
+      </x:c>
+      <x:c r="DX36" s="3" t="n">
+        <x:v>133933</x:v>
+      </x:c>
+      <x:c r="DY36" s="3" t="n">
+        <x:v>146515</x:v>
+      </x:c>
+      <x:c r="DZ36" s="3" t="n">
+        <x:v>139060</x:v>
+      </x:c>
+      <x:c r="EA36" s="3" t="n">
+        <x:v>132752</x:v>
+      </x:c>
+      <x:c r="EB36" s="3" t="n">
+        <x:v>135134</x:v>
+      </x:c>
+      <x:c r="EC36" s="3" t="n">
+        <x:v>139578</x:v>
+      </x:c>
+      <x:c r="ED36" s="3" t="n">
+        <x:v>132503</x:v>
+      </x:c>
+      <x:c r="EE36" s="3" t="n">
+        <x:v>137141</x:v>
+      </x:c>
+      <x:c r="EF36" s="3" t="n">
+        <x:v>136917</x:v>
+      </x:c>
+      <x:c r="EG36" s="3" t="n">
+        <x:v>138623</x:v>
+      </x:c>
+      <x:c r="EH36" s="3" t="n">
+        <x:v>136558</x:v>
+      </x:c>
+      <x:c r="EI36" s="3" t="n">
+        <x:v>133503</x:v>
+      </x:c>
+      <x:c r="EJ36" s="3" t="n">
+        <x:v>135252</x:v>
+      </x:c>
+      <x:c r="EK36" s="3" t="n">
+        <x:v>144094</x:v>
+      </x:c>
+      <x:c r="EL36" s="3" t="n">
+        <x:v>138077</x:v>
+      </x:c>
+      <x:c r="EM36" s="3" t="n">
+        <x:v>142701</x:v>
+      </x:c>
+      <x:c r="EN36" s="3" t="n">
+        <x:v>136851</x:v>
+      </x:c>
+      <x:c r="EO36" s="3" t="n">
+        <x:v>145698</x:v>
+      </x:c>
+      <x:c r="EP36" s="3" t="n">
+        <x:v>142989</x:v>
+      </x:c>
+      <x:c r="EQ36" s="3" t="n">
+        <x:v>143356</x:v>
+      </x:c>
+      <x:c r="ER36" s="3" t="n">
+        <x:v>143501</x:v>
+      </x:c>
+      <x:c r="ES36" s="3" t="n">
+        <x:v>157099</x:v>
+      </x:c>
+      <x:c r="ET36" s="3" t="n">
+        <x:v>155656</x:v>
+      </x:c>
+      <x:c r="EU36" s="3" t="n">
+        <x:v>154622</x:v>
+      </x:c>
+      <x:c r="EV36" s="3" t="n">
+        <x:v>153177</x:v>
+      </x:c>
+      <x:c r="EW36" s="3" t="n">
+        <x:v>161535</x:v>
+      </x:c>
+      <x:c r="EX36" s="3" t="n">
+        <x:v>140079</x:v>
+      </x:c>
+      <x:c r="EY36" s="3" t="n">
+        <x:v>141392</x:v>
+      </x:c>
+      <x:c r="EZ36" s="3" t="n">
+        <x:v>138052</x:v>
+      </x:c>
+      <x:c r="FA36" s="3" t="n">
+        <x:v>135337</x:v>
+      </x:c>
+      <x:c r="FB36" s="3" t="n">
+        <x:v>135152</x:v>
+      </x:c>
+      <x:c r="FC36" s="3" t="n">
+        <x:v>137082</x:v>
+      </x:c>
+      <x:c r="FD36" s="3" t="n">
+        <x:v>139413</x:v>
+      </x:c>
+      <x:c r="FE36" s="3" t="n">
+        <x:v>148347</x:v>
+      </x:c>
+      <x:c r="FF36" s="3" t="n">
+        <x:v>139932</x:v>
+      </x:c>
+      <x:c r="FG36" s="3" t="n">
+        <x:v>140859</x:v>
+      </x:c>
+      <x:c r="FH36" s="3" t="n">
+        <x:v>137562</x:v>
+      </x:c>
+      <x:c r="FI36" s="3" t="n">
+        <x:v>152655</x:v>
+      </x:c>
+      <x:c r="FJ36" s="3" t="n">
+        <x:v>149945</x:v>
+      </x:c>
+      <x:c r="FK36" s="3" t="n">
+        <x:v>146077</x:v>
+      </x:c>
+      <x:c r="FL36" s="3" t="n">
+        <x:v>146586</x:v>
+      </x:c>
+      <x:c r="FM36" s="3" t="n">
+        <x:v>157297</x:v>
+      </x:c>
+      <x:c r="FN36" s="3" t="n">
+        <x:v>147557</x:v>
+      </x:c>
+      <x:c r="FO36" s="3" t="n">
+        <x:v>137557</x:v>
+      </x:c>
+      <x:c r="FP36" s="3" t="n">
+        <x:v>146416</x:v>
+      </x:c>
+      <x:c r="FQ36" s="3" t="n">
+        <x:v>163314</x:v>
+      </x:c>
+      <x:c r="FR36" s="3" t="n">
+        <x:v>154583</x:v>
+      </x:c>
+      <x:c r="FS36" s="3" t="n">
+        <x:v>155073</x:v>
+      </x:c>
+      <x:c r="FT36" s="3" t="n">
+        <x:v>157415</x:v>
+      </x:c>
+      <x:c r="FU36" s="3" t="n">
+        <x:v>167658</x:v>
+      </x:c>
+      <x:c r="FV36" s="3" t="n">
+        <x:v>153063</x:v>
+      </x:c>
+      <x:c r="FW36" s="3" t="n">
+        <x:v>142955</x:v>
+      </x:c>
+      <x:c r="FX36" s="3" t="n">
+        <x:v>163752</x:v>
+      </x:c>
+      <x:c r="FY36" s="3" t="n">
+        <x:v>171522</x:v>
+      </x:c>
+      <x:c r="FZ36" s="3" t="n">
+        <x:v>160633</x:v>
+      </x:c>
+      <x:c r="GA36" s="3" t="n">
+        <x:v>157977</x:v>
+      </x:c>
+      <x:c r="GB36" s="3" t="n">
+        <x:v>164098</x:v>
+      </x:c>
+      <x:c r="GC36" s="3" t="n">
+        <x:v>175880</x:v>
+      </x:c>
+      <x:c r="GD36" s="3" t="n">
+        <x:v>158519</x:v>
+      </x:c>
+      <x:c r="GE36" s="3" t="n">
+        <x:v>165470</x:v>
+      </x:c>
+      <x:c r="GF36" s="3" t="n">
+        <x:v>171823</x:v>
+      </x:c>
+      <x:c r="GG36" s="3" t="n">
+        <x:v>185029</x:v>
+      </x:c>
+      <x:c r="GH36" s="3" t="n">
+        <x:v>167987</x:v>
+      </x:c>
+      <x:c r="GI36" s="3" t="n">
+        <x:v>171379</x:v>
+      </x:c>
+      <x:c r="GJ36" s="3" t="n">
+        <x:v>186381</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:192">
+      <x:c r="A37" s="2" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="B37" s="3" t="n">
+        <x:v>44097</x:v>
+      </x:c>
+      <x:c r="C37" s="3" t="n">
+        <x:v>45314</x:v>
+      </x:c>
+      <x:c r="D37" s="3" t="n">
+        <x:v>50480</x:v>
+      </x:c>
+      <x:c r="E37" s="3" t="n">
+        <x:v>55482</x:v>
+      </x:c>
+      <x:c r="F37" s="3" t="n">
+        <x:v>54287</x:v>
+      </x:c>
+      <x:c r="G37" s="3" t="n">
+        <x:v>55584</x:v>
+      </x:c>
+      <x:c r="H37" s="3" t="n">
+        <x:v>63413</x:v>
+      </x:c>
+      <x:c r="I37" s="3" t="n">
+        <x:v>69021</x:v>
+      </x:c>
+      <x:c r="J37" s="3" t="n">
+        <x:v>81578</x:v>
+      </x:c>
+      <x:c r="K37" s="3" t="n">
+        <x:v>75507</x:v>
+      </x:c>
+      <x:c r="L37" s="3" t="n">
+        <x:v>59616</x:v>
+      </x:c>
+      <x:c r="M37" s="3" t="n">
+        <x:v>76261</x:v>
+      </x:c>
+      <x:c r="N37" s="3" t="n">
+        <x:v>68968</x:v>
+      </x:c>
+      <x:c r="O37" s="3" t="n">
+        <x:v>72531</x:v>
+      </x:c>
+      <x:c r="P37" s="3" t="n">
+        <x:v>65195</x:v>
+      </x:c>
+      <x:c r="Q37" s="3" t="n">
+        <x:v>66550</x:v>
+      </x:c>
+      <x:c r="R37" s="3" t="n">
+        <x:v>67484</x:v>
+      </x:c>
+      <x:c r="S37" s="3" t="n">
+        <x:v>69031</x:v>
+      </x:c>
+      <x:c r="T37" s="3" t="n">
+        <x:v>69904</x:v>
+      </x:c>
+      <x:c r="U37" s="3" t="n">
+        <x:v>65051</x:v>
+      </x:c>
+      <x:c r="V37" s="3" t="n">
+        <x:v>70599</x:v>
+      </x:c>
+      <x:c r="W37" s="3" t="n">
+        <x:v>81098</x:v>
+      </x:c>
+      <x:c r="X37" s="3" t="n">
+        <x:v>78176</x:v>
+      </x:c>
+      <x:c r="Y37" s="3" t="n">
+        <x:v>80141</x:v>
+      </x:c>
+      <x:c r="Z37" s="3" t="n">
+        <x:v>85250</x:v>
+      </x:c>
+      <x:c r="AA37" s="3" t="n">
+        <x:v>81964</x:v>
+      </x:c>
+      <x:c r="AB37" s="3" t="n">
+        <x:v>87222</x:v>
+      </x:c>
+      <x:c r="AC37" s="3" t="n">
+        <x:v>96314</x:v>
+      </x:c>
+      <x:c r="AD37" s="3" t="n">
+        <x:v>85130</x:v>
+      </x:c>
+      <x:c r="AE37" s="3" t="n">
+        <x:v>84263</x:v>
+      </x:c>
+      <x:c r="AF37" s="3" t="n">
+        <x:v>98536</x:v>
+      </x:c>
+      <x:c r="AG37" s="3" t="n">
+        <x:v>100287</x:v>
+      </x:c>
+      <x:c r="AH37" s="3" t="n">
+        <x:v>99406</x:v>
+      </x:c>
+      <x:c r="AI37" s="3" t="n">
+        <x:v>78809</x:v>
+      </x:c>
+      <x:c r="AJ37" s="3" t="n">
+        <x:v>104420</x:v>
+      </x:c>
+      <x:c r="AK37" s="3" t="n">
+        <x:v>121521</x:v>
+      </x:c>
+      <x:c r="AL37" s="3" t="n">
+        <x:v>110526</x:v>
+      </x:c>
+      <x:c r="AM37" s="3" t="n">
+        <x:v>115394</x:v>
+      </x:c>
+      <x:c r="AN37" s="3" t="n">
+        <x:v>108726</x:v>
+      </x:c>
+      <x:c r="AO37" s="3" t="n">
+        <x:v>126076</x:v>
+      </x:c>
+      <x:c r="AP37" s="3" t="n">
+        <x:v>129397</x:v>
+      </x:c>
+      <x:c r="AQ37" s="3" t="n">
+        <x:v>120356</x:v>
+      </x:c>
+      <x:c r="AR37" s="3" t="n">
+        <x:v>124914</x:v>
+      </x:c>
+      <x:c r="AS37" s="3" t="n">
+        <x:v>145323</x:v>
+      </x:c>
+      <x:c r="AT37" s="3" t="n">
+        <x:v>158353</x:v>
+      </x:c>
+      <x:c r="AU37" s="3" t="n">
+        <x:v>158903</x:v>
+      </x:c>
+      <x:c r="AV37" s="3" t="n">
+        <x:v>166910</x:v>
+      </x:c>
+      <x:c r="AW37" s="3" t="n">
+        <x:v>163568</x:v>
+      </x:c>
+      <x:c r="AX37" s="3" t="n">
+        <x:v>162865</x:v>
+      </x:c>
+      <x:c r="AY37" s="3" t="n">
+        <x:v>159645</x:v>
+      </x:c>
+      <x:c r="AZ37" s="3" t="n">
+        <x:v>161339</x:v>
+      </x:c>
+      <x:c r="BA37" s="3" t="n">
+        <x:v>186983</x:v>
+      </x:c>
+      <x:c r="BB37" s="3" t="n">
+        <x:v>190846</x:v>
+      </x:c>
+      <x:c r="BC37" s="3" t="n">
+        <x:v>197771</x:v>
+      </x:c>
+      <x:c r="BD37" s="3" t="n">
+        <x:v>184901</x:v>
+      </x:c>
+      <x:c r="BE37" s="3" t="n">
+        <x:v>205135</x:v>
+      </x:c>
+      <x:c r="BF37" s="3" t="n">
+        <x:v>219335</x:v>
+      </x:c>
+      <x:c r="BG37" s="3" t="n">
+        <x:v>212690</x:v>
+      </x:c>
+      <x:c r="BH37" s="3" t="n">
+        <x:v>212276</x:v>
+      </x:c>
+      <x:c r="BI37" s="3" t="n">
+        <x:v>222949</x:v>
+      </x:c>
+      <x:c r="BJ37" s="3" t="n">
+        <x:v>216781</x:v>
+      </x:c>
+      <x:c r="BK37" s="3" t="n">
+        <x:v>229961</x:v>
+      </x:c>
+      <x:c r="BL37" s="3" t="n">
+        <x:v>216871</x:v>
+      </x:c>
+      <x:c r="BM37" s="3" t="n">
+        <x:v>255582</x:v>
+      </x:c>
+      <x:c r="BN37" s="3" t="n">
+        <x:v>262192</x:v>
+      </x:c>
+      <x:c r="BO37" s="3" t="n">
+        <x:v>257746</x:v>
+      </x:c>
+      <x:c r="BP37" s="3" t="n">
+        <x:v>240937</x:v>
+      </x:c>
+      <x:c r="BQ37" s="3" t="n">
+        <x:v>284199</x:v>
+      </x:c>
+      <x:c r="BR37" s="3" t="n">
+        <x:v>281162</x:v>
+      </x:c>
+      <x:c r="BS37" s="3" t="n">
+        <x:v>274419</x:v>
+      </x:c>
+      <x:c r="BT37" s="3" t="n">
+        <x:v>279037</x:v>
+      </x:c>
+      <x:c r="BU37" s="3" t="n">
+        <x:v>315978</x:v>
+      </x:c>
+      <x:c r="BV37" s="3" t="n">
+        <x:v>319197</x:v>
+      </x:c>
+      <x:c r="BW37" s="3" t="n">
+        <x:v>321451</x:v>
+      </x:c>
+      <x:c r="BX37" s="3" t="n">
+        <x:v>326125</x:v>
+      </x:c>
+      <x:c r="BY37" s="3" t="n">
+        <x:v>336032</x:v>
+      </x:c>
+      <x:c r="BZ37" s="3" t="n">
+        <x:v>341445</x:v>
+      </x:c>
+      <x:c r="CA37" s="3" t="n">
+        <x:v>339904</x:v>
+      </x:c>
+      <x:c r="CB37" s="3" t="n">
+        <x:v>326821</x:v>
+      </x:c>
+      <x:c r="CC37" s="3" t="n">
+        <x:v>348478</x:v>
+      </x:c>
+      <x:c r="CD37" s="3" t="n">
+        <x:v>349124</x:v>
+      </x:c>
+      <x:c r="CE37" s="3" t="n">
+        <x:v>320176</x:v>
+      </x:c>
+      <x:c r="CF37" s="3" t="n">
+        <x:v>292980</x:v>
+      </x:c>
+      <x:c r="CG37" s="3" t="n">
+        <x:v>319809</x:v>
+      </x:c>
+      <x:c r="CH37" s="3" t="n">
+        <x:v>317944</x:v>
+      </x:c>
+      <x:c r="CI37" s="3" t="n">
+        <x:v>312978</x:v>
+      </x:c>
+      <x:c r="CJ37" s="3" t="n">
+        <x:v>310688</x:v>
+      </x:c>
+      <x:c r="CK37" s="3" t="n">
+        <x:v>353126</x:v>
+      </x:c>
+      <x:c r="CL37" s="3" t="n">
+        <x:v>345419</x:v>
+      </x:c>
+      <x:c r="CM37" s="3" t="n">
+        <x:v>321993</x:v>
+      </x:c>
+      <x:c r="CN37" s="3" t="n">
+        <x:v>330304</x:v>
+      </x:c>
+      <x:c r="CO37" s="3" t="n">
+        <x:v>354146</x:v>
+      </x:c>
+      <x:c r="CP37" s="3" t="n">
+        <x:v>363136</x:v>
+      </x:c>
+      <x:c r="CQ37" s="3" t="n">
+        <x:v>328572</x:v>
+      </x:c>
+      <x:c r="CR37" s="3" t="n">
+        <x:v>357453</x:v>
+      </x:c>
+      <x:c r="CS37" s="3" t="n">
+        <x:v>390189</x:v>
+      </x:c>
+      <x:c r="CT37" s="3" t="n">
+        <x:v>351641</x:v>
+      </x:c>
+      <x:c r="CU37" s="3" t="n">
+        <x:v>367034</x:v>
+      </x:c>
+      <x:c r="CV37" s="3" t="n">
+        <x:v>353254</x:v>
+      </x:c>
+      <x:c r="CW37" s="3" t="n">
+        <x:v>397543</x:v>
+      </x:c>
+      <x:c r="CX37" s="3" t="n">
+        <x:v>395842</x:v>
+      </x:c>
+      <x:c r="CY37" s="3" t="n">
+        <x:v>341723</x:v>
+      </x:c>
+      <x:c r="CZ37" s="3" t="n">
+        <x:v>342377</x:v>
+      </x:c>
+      <x:c r="DA37" s="3" t="n">
+        <x:v>379870</x:v>
+      </x:c>
+      <x:c r="DB37" s="3" t="n">
+        <x:v>346597</x:v>
+      </x:c>
+      <x:c r="DC37" s="3" t="n">
+        <x:v>346767</x:v>
+      </x:c>
+      <x:c r="DD37" s="3" t="n">
+        <x:v>371508</x:v>
+      </x:c>
+      <x:c r="DE37" s="3" t="n">
+        <x:v>389240</x:v>
+      </x:c>
+      <x:c r="DF37" s="3" t="n">
+        <x:v>311996</x:v>
+      </x:c>
+      <x:c r="DG37" s="3" t="n">
+        <x:v>325506</x:v>
+      </x:c>
+      <x:c r="DH37" s="3" t="n">
+        <x:v>356118</x:v>
+      </x:c>
+      <x:c r="DI37" s="3" t="n">
+        <x:v>394208</x:v>
+      </x:c>
+      <x:c r="DJ37" s="3" t="n">
+        <x:v>354766</x:v>
+      </x:c>
+      <x:c r="DK37" s="3" t="n">
+        <x:v>321116</x:v>
+      </x:c>
+      <x:c r="DL37" s="3" t="n">
+        <x:v>313047</x:v>
+      </x:c>
+      <x:c r="DM37" s="3" t="n">
+        <x:v>313293</x:v>
+      </x:c>
+      <x:c r="DN37" s="3" t="n">
+        <x:v>310089</x:v>
+      </x:c>
+      <x:c r="DO37" s="3" t="n">
+        <x:v>294340</x:v>
+      </x:c>
+      <x:c r="DP37" s="3" t="n">
+        <x:v>301196</x:v>
+      </x:c>
+      <x:c r="DQ37" s="3" t="n">
+        <x:v>361963</x:v>
+      </x:c>
+      <x:c r="DR37" s="3" t="n">
+        <x:v>334714</x:v>
+      </x:c>
+      <x:c r="DS37" s="3" t="n">
+        <x:v>306977</x:v>
+      </x:c>
+      <x:c r="DT37" s="3" t="n">
+        <x:v>279879</x:v>
+      </x:c>
+      <x:c r="DU37" s="3" t="n">
+        <x:v>330385</x:v>
+      </x:c>
+      <x:c r="DV37" s="3" t="n">
+        <x:v>333521</x:v>
+      </x:c>
+      <x:c r="DW37" s="3" t="n">
+        <x:v>285107</x:v>
+      </x:c>
+      <x:c r="DX37" s="3" t="n">
+        <x:v>287197</x:v>
+      </x:c>
+      <x:c r="DY37" s="3" t="n">
+        <x:v>313761</x:v>
+      </x:c>
+      <x:c r="DZ37" s="3" t="n">
+        <x:v>319178</x:v>
+      </x:c>
+      <x:c r="EA37" s="3" t="n">
+        <x:v>280820</x:v>
+      </x:c>
+      <x:c r="EB37" s="3" t="n">
+        <x:v>251310</x:v>
+      </x:c>
+      <x:c r="EC37" s="3" t="n">
+        <x:v>292624</x:v>
+      </x:c>
+      <x:c r="ED37" s="3" t="n">
+        <x:v>299750</x:v>
+      </x:c>
+      <x:c r="EE37" s="3" t="n">
+        <x:v>247267</x:v>
+      </x:c>
+      <x:c r="EF37" s="3" t="n">
+        <x:v>263151</x:v>
+      </x:c>
+      <x:c r="EG37" s="3" t="n">
+        <x:v>279675</x:v>
+      </x:c>
+      <x:c r="EH37" s="3" t="n">
+        <x:v>305469</x:v>
+      </x:c>
+      <x:c r="EI37" s="3" t="n">
+        <x:v>272646</x:v>
+      </x:c>
+      <x:c r="EJ37" s="3" t="n">
+        <x:v>243247</x:v>
+      </x:c>
+      <x:c r="EK37" s="3" t="n">
+        <x:v>275367</x:v>
+      </x:c>
+      <x:c r="EL37" s="3" t="n">
+        <x:v>270581</x:v>
+      </x:c>
+      <x:c r="EM37" s="3" t="n">
+        <x:v>253320</x:v>
+      </x:c>
+      <x:c r="EN37" s="3" t="n">
+        <x:v>248718</x:v>
+      </x:c>
+      <x:c r="EO37" s="3" t="n">
+        <x:v>263976</x:v>
+      </x:c>
+      <x:c r="EP37" s="3" t="n">
+        <x:v>281834</x:v>
+      </x:c>
+      <x:c r="EQ37" s="3" t="n">
+        <x:v>243087</x:v>
+      </x:c>
+      <x:c r="ER37" s="3" t="n">
+        <x:v>246395</x:v>
+      </x:c>
+      <x:c r="ES37" s="3" t="n">
+        <x:v>296855</x:v>
+      </x:c>
+      <x:c r="ET37" s="3" t="n">
+        <x:v>279084</x:v>
+      </x:c>
+      <x:c r="EU37" s="3" t="n">
+        <x:v>248476</x:v>
+      </x:c>
+      <x:c r="EV37" s="3" t="n">
+        <x:v>266012</x:v>
+      </x:c>
+      <x:c r="EW37" s="3" t="n">
+        <x:v>288455</x:v>
+      </x:c>
+      <x:c r="EX37" s="3" t="n">
+        <x:v>302728</x:v>
+      </x:c>
+      <x:c r="EY37" s="3" t="n">
+        <x:v>268394</x:v>
+      </x:c>
+      <x:c r="EZ37" s="3" t="n">
+        <x:v>257660</x:v>
+      </x:c>
+      <x:c r="FA37" s="3" t="n">
+        <x:v>312005</x:v>
+      </x:c>
+      <x:c r="FB37" s="3" t="n">
+        <x:v>311867</x:v>
+      </x:c>
+      <x:c r="FC37" s="3" t="n">
+        <x:v>293509</x:v>
+      </x:c>
+      <x:c r="FD37" s="3" t="n">
+        <x:v>294550</x:v>
+      </x:c>
+      <x:c r="FE37" s="3" t="n">
+        <x:v>300002</x:v>
+      </x:c>
+      <x:c r="FF37" s="3" t="n">
+        <x:v>302642</x:v>
+      </x:c>
+      <x:c r="FG37" s="3" t="n">
+        <x:v>270458</x:v>
+      </x:c>
+      <x:c r="FH37" s="3" t="n">
+        <x:v>280008</x:v>
+      </x:c>
+      <x:c r="FI37" s="3" t="n">
+        <x:v>291467</x:v>
+      </x:c>
+      <x:c r="FJ37" s="3" t="n">
+        <x:v>295566</x:v>
+      </x:c>
+      <x:c r="FK37" s="3" t="n">
+        <x:v>264039</x:v>
+      </x:c>
+      <x:c r="FL37" s="3" t="n">
+        <x:v>243596</x:v>
+      </x:c>
+      <x:c r="FM37" s="3" t="n">
+        <x:v>308608</x:v>
+      </x:c>
+      <x:c r="FN37" s="3" t="n">
+        <x:v>330620</x:v>
+      </x:c>
+      <x:c r="FO37" s="3" t="n">
+        <x:v>292753</x:v>
+      </x:c>
+      <x:c r="FP37" s="3" t="n">
+        <x:v>293971</x:v>
+      </x:c>
+      <x:c r="FQ37" s="3" t="n">
+        <x:v>311193</x:v>
+      </x:c>
+      <x:c r="FR37" s="3" t="n">
+        <x:v>313304</x:v>
+      </x:c>
+      <x:c r="FS37" s="3" t="n">
+        <x:v>305425</x:v>
+      </x:c>
+      <x:c r="FT37" s="3" t="n">
+        <x:v>295309</x:v>
+      </x:c>
+      <x:c r="FU37" s="3" t="n">
+        <x:v>316743</x:v>
+      </x:c>
+      <x:c r="FV37" s="3" t="n">
+        <x:v>314538</x:v>
+      </x:c>
+      <x:c r="FW37" s="3" t="n">
+        <x:v>297497</x:v>
+      </x:c>
+      <x:c r="FX37" s="3" t="n">
+        <x:v>307195</x:v>
+      </x:c>
+      <x:c r="FY37" s="3" t="n">
+        <x:v>313567</x:v>
+      </x:c>
+      <x:c r="FZ37" s="3" t="n">
+        <x:v>312213</x:v>
+      </x:c>
+      <x:c r="GA37" s="3" t="n">
+        <x:v>293251</x:v>
+      </x:c>
+      <x:c r="GB37" s="3" t="n">
+        <x:v>292722</x:v>
+      </x:c>
+      <x:c r="GC37" s="3" t="n">
+        <x:v>327716</x:v>
+      </x:c>
+      <x:c r="GD37" s="3" t="n">
+        <x:v>328879</x:v>
+      </x:c>
+      <x:c r="GE37" s="3" t="n">
+        <x:v>338627</x:v>
+      </x:c>
+      <x:c r="GF37" s="3" t="n">
+        <x:v>298834</x:v>
+      </x:c>
+      <x:c r="GG37" s="3" t="n">
+        <x:v>319587</x:v>
+      </x:c>
+      <x:c r="GH37" s="3" t="n">
+        <x:v>314090</x:v>
+      </x:c>
+      <x:c r="GI37" s="3" t="n">
+        <x:v>311573</x:v>
+      </x:c>
+      <x:c r="GJ37" s="3" t="n">
+        <x:v>312406</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:192">
+      <x:c r="A38" s="2" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="B38" s="3" t="n">
+        <x:v>3578</x:v>
+      </x:c>
+      <x:c r="C38" s="3" t="n">
+        <x:v>28159</x:v>
+      </x:c>
+      <x:c r="D38" s="3" t="n">
+        <x:v>5003</x:v>
+      </x:c>
+      <x:c r="E38" s="3" t="n">
+        <x:v>3956</x:v>
+      </x:c>
+      <x:c r="F38" s="3" t="n">
+        <x:v>7024</x:v>
+      </x:c>
+      <x:c r="G38" s="3" t="n">
+        <x:v>5103</x:v>
+      </x:c>
+      <x:c r="H38" s="3" t="n">
+        <x:v>4507</x:v>
+      </x:c>
+      <x:c r="I38" s="3" t="n">
+        <x:v>6532</x:v>
+      </x:c>
+      <x:c r="J38" s="3" t="n">
+        <x:v>4410</x:v>
+      </x:c>
+      <x:c r="K38" s="3" t="n">
+        <x:v>3876</x:v>
+      </x:c>
+      <x:c r="L38" s="3" t="n">
+        <x:v>3681</x:v>
+      </x:c>
+      <x:c r="M38" s="3" t="n">
+        <x:v>5897</x:v>
+      </x:c>
+      <x:c r="N38" s="3" t="n">
+        <x:v>4804</x:v>
+      </x:c>
+      <x:c r="O38" s="3" t="n">
+        <x:v>2601</x:v>
+      </x:c>
+      <x:c r="P38" s="3" t="n">
+        <x:v>6690</x:v>
+      </x:c>
+      <x:c r="Q38" s="3" t="n">
+        <x:v>4542</x:v>
+      </x:c>
+      <x:c r="R38" s="3" t="n">
+        <x:v>4690</x:v>
+      </x:c>
+      <x:c r="S38" s="3" t="n">
+        <x:v>5292</x:v>
+      </x:c>
+      <x:c r="T38" s="3" t="n">
+        <x:v>8808</x:v>
+      </x:c>
+      <x:c r="U38" s="3" t="n">
+        <x:v>9707</x:v>
+      </x:c>
+      <x:c r="V38" s="3" t="n">
+        <x:v>5773</x:v>
+      </x:c>
+      <x:c r="W38" s="3" t="n">
+        <x:v>8358</x:v>
+      </x:c>
+      <x:c r="X38" s="3" t="n">
+        <x:v>11350</x:v>
+      </x:c>
+      <x:c r="Y38" s="3" t="n">
+        <x:v>8238</x:v>
+      </x:c>
+      <x:c r="Z38" s="3" t="n">
+        <x:v>8014</x:v>
+      </x:c>
+      <x:c r="AA38" s="3" t="n">
+        <x:v>9496</x:v>
+      </x:c>
+      <x:c r="AB38" s="3" t="n">
+        <x:v>5958</x:v>
+      </x:c>
+      <x:c r="AC38" s="3" t="n">
+        <x:v>6319</x:v>
+      </x:c>
+      <x:c r="AD38" s="3" t="n">
+        <x:v>7537</x:v>
+      </x:c>
+      <x:c r="AE38" s="3" t="n">
+        <x:v>11430</x:v>
+      </x:c>
+      <x:c r="AF38" s="3" t="n">
+        <x:v>11071</x:v>
+      </x:c>
+      <x:c r="AG38" s="3" t="n">
+        <x:v>26017</x:v>
+      </x:c>
+      <x:c r="AH38" s="3" t="n">
+        <x:v>15854</x:v>
+      </x:c>
+      <x:c r="AI38" s="3" t="n">
+        <x:v>7820</x:v>
+      </x:c>
+      <x:c r="AJ38" s="3" t="n">
+        <x:v>9523</x:v>
+      </x:c>
+      <x:c r="AK38" s="3" t="n">
+        <x:v>17839</x:v>
+      </x:c>
+      <x:c r="AL38" s="3" t="n">
+        <x:v>17981</x:v>
+      </x:c>
+      <x:c r="AM38" s="3" t="n">
+        <x:v>13988</x:v>
+      </x:c>
+      <x:c r="AN38" s="3" t="n">
+        <x:v>5042</x:v>
+      </x:c>
+      <x:c r="AO38" s="3" t="n">
+        <x:v>5843</x:v>
+      </x:c>
+      <x:c r="AP38" s="3" t="n">
+        <x:v>5037</x:v>
+      </x:c>
+      <x:c r="AQ38" s="3" t="n">
+        <x:v>6438</x:v>
+      </x:c>
+      <x:c r="AR38" s="3" t="n">
+        <x:v>6258</x:v>
+      </x:c>
+      <x:c r="AS38" s="3" t="n">
+        <x:v>7912</x:v>
+      </x:c>
+      <x:c r="AT38" s="3" t="n">
+        <x:v>5972</x:v>
+      </x:c>
+      <x:c r="AU38" s="3" t="n">
+        <x:v>4770</x:v>
+      </x:c>
+      <x:c r="AV38" s="3" t="n">
+        <x:v>5891</x:v>
+      </x:c>
+      <x:c r="AW38" s="3" t="n">
+        <x:v>4830</x:v>
+      </x:c>
+      <x:c r="AX38" s="3" t="n">
+        <x:v>6873</x:v>
+      </x:c>
+      <x:c r="AY38" s="3" t="n">
+        <x:v>12008</x:v>
+      </x:c>
+      <x:c r="AZ38" s="3" t="n">
+        <x:v>8505</x:v>
+      </x:c>
+      <x:c r="BA38" s="3" t="n">
+        <x:v>9083</x:v>
+      </x:c>
+      <x:c r="BB38" s="3" t="n">
+        <x:v>5770</x:v>
+      </x:c>
+      <x:c r="BC38" s="3" t="n">
+        <x:v>11401</x:v>
+      </x:c>
+      <x:c r="BD38" s="3" t="n">
+        <x:v>12241</x:v>
+      </x:c>
+      <x:c r="BE38" s="3" t="n">
+        <x:v>11907</x:v>
+      </x:c>
+      <x:c r="BF38" s="3" t="n">
+        <x:v>16545</x:v>
+      </x:c>
+      <x:c r="BG38" s="3" t="n">
+        <x:v>8353</x:v>
+      </x:c>
+      <x:c r="BH38" s="3" t="n">
+        <x:v>5974</x:v>
+      </x:c>
+      <x:c r="BI38" s="3" t="n">
+        <x:v>9818</x:v>
+      </x:c>
+      <x:c r="BJ38" s="3" t="n">
+        <x:v>6501</x:v>
+      </x:c>
+      <x:c r="BK38" s="3" t="n">
+        <x:v>12136</x:v>
+      </x:c>
+      <x:c r="BL38" s="3" t="n">
+        <x:v>9261</x:v>
+      </x:c>
+      <x:c r="BM38" s="3" t="n">
+        <x:v>5960</x:v>
+      </x:c>
+      <x:c r="BN38" s="3" t="n">
+        <x:v>5673</x:v>
+      </x:c>
+      <x:c r="BO38" s="3" t="n">
+        <x:v>4524</x:v>
+      </x:c>
+      <x:c r="BP38" s="3" t="n">
+        <x:v>6879</x:v>
+      </x:c>
+      <x:c r="BQ38" s="3" t="n">
+        <x:v>10929</x:v>
+      </x:c>
+      <x:c r="BR38" s="3" t="n">
+        <x:v>5049</x:v>
+      </x:c>
+      <x:c r="BS38" s="3" t="n">
+        <x:v>8323</x:v>
+      </x:c>
+      <x:c r="BT38" s="3" t="n">
+        <x:v>8865</x:v>
+      </x:c>
+      <x:c r="BU38" s="3" t="n">
+        <x:v>5470</x:v>
+      </x:c>
+      <x:c r="BV38" s="3" t="n">
+        <x:v>6612</x:v>
+      </x:c>
+      <x:c r="BW38" s="3" t="n">
+        <x:v>5766</x:v>
+      </x:c>
+      <x:c r="BX38" s="3" t="n">
+        <x:v>3849</x:v>
+      </x:c>
+      <x:c r="BY38" s="3" t="n">
+        <x:v>7889</x:v>
+      </x:c>
+      <x:c r="BZ38" s="3" t="n">
+        <x:v>8551</x:v>
+      </x:c>
+      <x:c r="CA38" s="3" t="n">
+        <x:v>10660</x:v>
+      </x:c>
+      <x:c r="CB38" s="3" t="n">
+        <x:v>8647</x:v>
+      </x:c>
+      <x:c r="CC38" s="3" t="n">
+        <x:v>6018</x:v>
+      </x:c>
+      <x:c r="CD38" s="3" t="n">
+        <x:v>9204</x:v>
+      </x:c>
+      <x:c r="CE38" s="3" t="n">
+        <x:v>8400</x:v>
+      </x:c>
+      <x:c r="CF38" s="3" t="n">
+        <x:v>5131</x:v>
+      </x:c>
+      <x:c r="CG38" s="3" t="n">
+        <x:v>5386</x:v>
+      </x:c>
+      <x:c r="CH38" s="3" t="n">
+        <x:v>8029</x:v>
+      </x:c>
+      <x:c r="CI38" s="3" t="n">
+        <x:v>12079</x:v>
+      </x:c>
+      <x:c r="CJ38" s="3" t="n">
+        <x:v>10771</x:v>
+      </x:c>
+      <x:c r="CK38" s="3" t="n">
+        <x:v>10372</x:v>
+      </x:c>
+      <x:c r="CL38" s="3" t="n">
+        <x:v>3653</x:v>
+      </x:c>
+      <x:c r="CM38" s="3" t="n">
+        <x:v>4167</x:v>
+      </x:c>
+      <x:c r="CN38" s="3" t="n">
+        <x:v>7876</x:v>
+      </x:c>
+      <x:c r="CO38" s="3" t="n">
+        <x:v>7613</x:v>
+      </x:c>
+      <x:c r="CP38" s="3" t="n">
+        <x:v>5693</x:v>
+      </x:c>
+      <x:c r="CQ38" s="3" t="n">
+        <x:v>7993</x:v>
+      </x:c>
+      <x:c r="CR38" s="3" t="n">
+        <x:v>9727</x:v>
+      </x:c>
+      <x:c r="CS38" s="3" t="n">
+        <x:v>14719</x:v>
+      </x:c>
+      <x:c r="CT38" s="3" t="n">
+        <x:v>9194</x:v>
+      </x:c>
+      <x:c r="CU38" s="3" t="n">
+        <x:v>7771</x:v>
+      </x:c>
+      <x:c r="CV38" s="3" t="n">
+        <x:v>5545</x:v>
+      </x:c>
+      <x:c r="CW38" s="3" t="n">
+        <x:v>4910</x:v>
+      </x:c>
+      <x:c r="CX38" s="3" t="n">
+        <x:v>4781</x:v>
+      </x:c>
+      <x:c r="CY38" s="3" t="n">
+        <x:v>5689</x:v>
+      </x:c>
+      <x:c r="CZ38" s="3" t="n">
+        <x:v>6194</x:v>
+      </x:c>
+      <x:c r="DA38" s="3" t="n">
+        <x:v>14495</x:v>
+      </x:c>
+      <x:c r="DB38" s="3" t="n">
+        <x:v>6433</x:v>
+      </x:c>
+      <x:c r="DC38" s="3" t="n">
+        <x:v>6491</x:v>
+      </x:c>
+      <x:c r="DD38" s="3" t="n">
+        <x:v>3791</x:v>
+      </x:c>
+      <x:c r="DE38" s="3" t="n">
+        <x:v>2822</x:v>
+      </x:c>
+      <x:c r="DF38" s="3" t="n">
+        <x:v>2880</x:v>
+      </x:c>
+      <x:c r="DG38" s="3" t="n">
+        <x:v>9927</x:v>
+      </x:c>
+      <x:c r="DH38" s="3" t="n">
+        <x:v>7470</x:v>
+      </x:c>
+      <x:c r="DI38" s="3" t="n">
+        <x:v>2371</x:v>
+      </x:c>
+      <x:c r="DJ38" s="3" t="n">
+        <x:v>6566</x:v>
+      </x:c>
+      <x:c r="DK38" s="3" t="n">
+        <x:v>3821</x:v>
+      </x:c>
+      <x:c r="DL38" s="3" t="n">
+        <x:v>7196</x:v>
+      </x:c>
+      <x:c r="DM38" s="3" t="n">
+        <x:v>8885</x:v>
+      </x:c>
+      <x:c r="DN38" s="3" t="n">
+        <x:v>4801</x:v>
+      </x:c>
+      <x:c r="DO38" s="3" t="n">
+        <x:v>5657</x:v>
+      </x:c>
+      <x:c r="DP38" s="3" t="n">
+        <x:v>7284</x:v>
+      </x:c>
+      <x:c r="DQ38" s="3" t="n">
+        <x:v>5093</x:v>
+      </x:c>
+      <x:c r="DR38" s="3" t="n">
+        <x:v>4952</x:v>
+      </x:c>
+      <x:c r="DS38" s="3" t="n">
+        <x:v>5460</x:v>
+      </x:c>
+      <x:c r="DT38" s="3" t="n">
+        <x:v>8209</x:v>
+      </x:c>
+      <x:c r="DU38" s="3" t="n">
+        <x:v>4826</x:v>
+      </x:c>
+      <x:c r="DV38" s="3" t="n">
+        <x:v>7176</x:v>
+      </x:c>
+      <x:c r="DW38" s="3" t="n">
+        <x:v>4081</x:v>
+      </x:c>
+      <x:c r="DX38" s="3" t="n">
+        <x:v>2931</x:v>
+      </x:c>
+      <x:c r="DY38" s="3" t="n">
+        <x:v>3417</x:v>
+      </x:c>
+      <x:c r="DZ38" s="3" t="n">
+        <x:v>5881</x:v>
+      </x:c>
+      <x:c r="EA38" s="3" t="n">
+        <x:v>3441</x:v>
+      </x:c>
+      <x:c r="EB38" s="3" t="n">
+        <x:v>3159</x:v>
+      </x:c>
+      <x:c r="EC38" s="3" t="n">
+        <x:v>2785</x:v>
+      </x:c>
+      <x:c r="ED38" s="3" t="n">
+        <x:v>2592</x:v>
+      </x:c>
+      <x:c r="EE38" s="3" t="n">
+        <x:v>11040</x:v>
+      </x:c>
+      <x:c r="EF38" s="3" t="n">
+        <x:v>5417</x:v>
+      </x:c>
+      <x:c r="EG38" s="3" t="n">
+        <x:v>4057</x:v>
+      </x:c>
+      <x:c r="EH38" s="3" t="n">
+        <x:v>3126</x:v>
+      </x:c>
+      <x:c r="EI38" s="3" t="n">
+        <x:v>5275</x:v>
+      </x:c>
+      <x:c r="EJ38" s="3" t="n">
+        <x:v>3841</x:v>
+      </x:c>
+      <x:c r="EK38" s="3" t="n">
+        <x:v>2040</x:v>
+      </x:c>
+      <x:c r="EL38" s="3" t="n">
+        <x:v>3154</x:v>
+      </x:c>
+      <x:c r="EM38" s="3" t="n">
+        <x:v>2807</x:v>
+      </x:c>
+      <x:c r="EN38" s="3" t="n">
+        <x:v>3974</x:v>
+      </x:c>
+      <x:c r="EO38" s="3" t="n">
+        <x:v>4162</x:v>
+      </x:c>
+      <x:c r="EP38" s="3" t="n">
+        <x:v>6005</x:v>
+      </x:c>
+      <x:c r="EQ38" s="3" t="n">
+        <x:v>2700</x:v>
+      </x:c>
+      <x:c r="ER38" s="3" t="n">
+        <x:v>1733</x:v>
+      </x:c>
+      <x:c r="ES38" s="3" t="n">
+        <x:v>3367</x:v>
+      </x:c>
+      <x:c r="ET38" s="3" t="n">
+        <x:v>3617</x:v>
+      </x:c>
+      <x:c r="EU38" s="3" t="n">
+        <x:v>3064</x:v>
+      </x:c>
+      <x:c r="EV38" s="3" t="n">
+        <x:v>3711</x:v>
+      </x:c>
+      <x:c r="EW38" s="3" t="n">
+        <x:v>3420</x:v>
+      </x:c>
+      <x:c r="EX38" s="3" t="n">
+        <x:v>2344</x:v>
+      </x:c>
+      <x:c r="EY38" s="3" t="n">
+        <x:v>2992</x:v>
+      </x:c>
+      <x:c r="EZ38" s="3" t="n">
+        <x:v>3462</x:v>
+      </x:c>
+      <x:c r="FA38" s="3" t="n">
+        <x:v>11099</x:v>
+      </x:c>
+      <x:c r="FB38" s="3" t="n">
+        <x:v>10998</x:v>
+      </x:c>
+      <x:c r="FC38" s="3" t="n">
+        <x:v>4770</x:v>
+      </x:c>
+      <x:c r="FD38" s="3" t="n">
+        <x:v>2165</x:v>
+      </x:c>
+      <x:c r="FE38" s="3" t="n">
+        <x:v>2957</x:v>
+      </x:c>
+      <x:c r="FF38" s="3" t="n">
+        <x:v>4832</x:v>
+      </x:c>
+      <x:c r="FG38" s="3" t="n">
+        <x:v>4628</x:v>
+      </x:c>
+      <x:c r="FH38" s="3" t="n">
+        <x:v>3549</x:v>
+      </x:c>
+      <x:c r="FI38" s="3" t="n">
+        <x:v>1159</x:v>
+      </x:c>
+      <x:c r="FJ38" s="3" t="n">
+        <x:v>3617</x:v>
+      </x:c>
+      <x:c r="FK38" s="3" t="n">
+        <x:v>5423</x:v>
+      </x:c>
+      <x:c r="FL38" s="3" t="n">
+        <x:v>3014</x:v>
+      </x:c>
+      <x:c r="FM38" s="3" t="n">
+        <x:v>2104</x:v>
+      </x:c>
+      <x:c r="FN38" s="3" t="n">
+        <x:v>4099</x:v>
+      </x:c>
+      <x:c r="FO38" s="3" t="n">
+        <x:v>1930</x:v>
+      </x:c>
+      <x:c r="FP38" s="3" t="n">
+        <x:v>2308</x:v>
+      </x:c>
+      <x:c r="FQ38" s="3" t="n">
+        <x:v>1216</x:v>
+      </x:c>
+      <x:c r="FR38" s="3" t="n">
+        <x:v>1579</x:v>
+      </x:c>
+      <x:c r="FS38" s="3" t="n">
+        <x:v>3109</x:v>
+      </x:c>
+      <x:c r="FT38" s="3" t="n">
+        <x:v>8783</x:v>
+      </x:c>
+      <x:c r="FU38" s="3" t="n">
+        <x:v>8962</x:v>
+      </x:c>
+      <x:c r="FV38" s="3" t="n">
+        <x:v>1919</x:v>
+      </x:c>
+      <x:c r="FW38" s="3" t="n">
+        <x:v>2871</x:v>
+      </x:c>
+      <x:c r="FX38" s="3" t="n">
+        <x:v>6425</x:v>
+      </x:c>
+      <x:c r="FY38" s="3" t="n">
+        <x:v>1994</x:v>
+      </x:c>
+      <x:c r="FZ38" s="3" t="n">
+        <x:v>992</x:v>
+      </x:c>
+      <x:c r="GA38" s="3" t="n">
+        <x:v>2013</x:v>
+      </x:c>
+      <x:c r="GB38" s="3" t="n">
+        <x:v>5063</x:v>
+      </x:c>
+      <x:c r="GC38" s="3" t="n">
+        <x:v>1022</x:v>
+      </x:c>
+      <x:c r="GD38" s="3" t="n">
+        <x:v>3191</x:v>
+      </x:c>
+      <x:c r="GE38" s="3" t="n">
+        <x:v>2893</x:v>
+      </x:c>
+      <x:c r="GF38" s="3" t="n">
+        <x:v>2123</x:v>
+      </x:c>
+      <x:c r="GG38" s="3" t="n">
+        <x:v>3649</x:v>
+      </x:c>
+      <x:c r="GH38" s="3" t="n">
+        <x:v>5228</x:v>
+      </x:c>
+      <x:c r="GI38" s="3" t="n">
+        <x:v>2778</x:v>
+      </x:c>
+      <x:c r="GJ38" s="3" t="n">
+        <x:v>2671</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:192">
+      <x:c r="A39" s="2" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="B39" s="3" t="n">
+        <x:v>33390</x:v>
+      </x:c>
+      <x:c r="C39" s="3" t="n">
+        <x:v>38078</x:v>
+      </x:c>
+      <x:c r="D39" s="3" t="n">
+        <x:v>38566</x:v>
+      </x:c>
+      <x:c r="E39" s="3" t="n">
+        <x:v>41968</x:v>
+      </x:c>
+      <x:c r="F39" s="3" t="n">
+        <x:v>38489</x:v>
+      </x:c>
+      <x:c r="G39" s="3" t="n">
+        <x:v>37765</x:v>
+      </x:c>
+      <x:c r="H39" s="3" t="n">
+        <x:v>42076</x:v>
+      </x:c>
+      <x:c r="I39" s="3" t="n">
+        <x:v>39642</x:v>
+      </x:c>
+      <x:c r="J39" s="3" t="n">
+        <x:v>44475</x:v>
+      </x:c>
+      <x:c r="K39" s="3" t="n">
+        <x:v>41223</x:v>
+      </x:c>
+      <x:c r="L39" s="3" t="n">
+        <x:v>41223</x:v>
+      </x:c>
+      <x:c r="M39" s="3" t="n">
+        <x:v>37461</x:v>
+      </x:c>
+      <x:c r="N39" s="3" t="n">
+        <x:v>39674</x:v>
+      </x:c>
+      <x:c r="O39" s="3" t="n">
+        <x:v>45151</x:v>
+      </x:c>
+      <x:c r="P39" s="3" t="n">
+        <x:v>48957</x:v>
+      </x:c>
+      <x:c r="Q39" s="3" t="n">
+        <x:v>43981</x:v>
+      </x:c>
+      <x:c r="R39" s="3" t="n">
+        <x:v>41360</x:v>
+      </x:c>
+      <x:c r="S39" s="3" t="n">
+        <x:v>40514</x:v>
+      </x:c>
+      <x:c r="T39" s="3" t="n">
+        <x:v>45492</x:v>
+      </x:c>
+      <x:c r="U39" s="3" t="n">
+        <x:v>43077</x:v>
+      </x:c>
+      <x:c r="V39" s="3" t="n">
+        <x:v>40507</x:v>
+      </x:c>
+      <x:c r="W39" s="3" t="n">
+        <x:v>37539</x:v>
+      </x:c>
+      <x:c r="X39" s="3" t="n">
+        <x:v>41618</x:v>
+      </x:c>
+      <x:c r="Y39" s="3" t="n">
+        <x:v>43166</x:v>
+      </x:c>
+      <x:c r="Z39" s="3" t="n">
+        <x:v>41641</x:v>
+      </x:c>
+      <x:c r="AA39" s="3" t="n">
+        <x:v>41773</x:v>
+      </x:c>
+      <x:c r="AB39" s="3" t="n">
+        <x:v>46168</x:v>
+      </x:c>
+      <x:c r="AC39" s="3" t="n">
+        <x:v>45859</x:v>
+      </x:c>
+      <x:c r="AD39" s="3" t="n">
+        <x:v>45274</x:v>
+      </x:c>
+      <x:c r="AE39" s="3" t="n">
+        <x:v>46428</x:v>
+      </x:c>
+      <x:c r="AF39" s="3" t="n">
+        <x:v>45905</x:v>
+      </x:c>
+      <x:c r="AG39" s="3" t="n">
+        <x:v>46165</x:v>
+      </x:c>
+      <x:c r="AH39" s="3" t="n">
+        <x:v>44668</x:v>
+      </x:c>
+      <x:c r="AI39" s="3" t="n">
+        <x:v>45477</x:v>
+      </x:c>
+      <x:c r="AJ39" s="3" t="n">
+        <x:v>47169</x:v>
+      </x:c>
+      <x:c r="AK39" s="3" t="n">
+        <x:v>47130</x:v>
+      </x:c>
+      <x:c r="AL39" s="3" t="n">
+        <x:v>38634</x:v>
+      </x:c>
+      <x:c r="AM39" s="3" t="n">
+        <x:v>40881</x:v>
+      </x:c>
+      <x:c r="AN39" s="3" t="n">
+        <x:v>43842</x:v>
+      </x:c>
+      <x:c r="AO39" s="3" t="n">
+        <x:v>38647</x:v>
+      </x:c>
+      <x:c r="AP39" s="3" t="n">
+        <x:v>42250</x:v>
+      </x:c>
+      <x:c r="AQ39" s="3" t="n">
+        <x:v>43204</x:v>
+      </x:c>
+      <x:c r="AR39" s="3" t="n">
+        <x:v>44416</x:v>
+      </x:c>
+      <x:c r="AS39" s="3" t="n">
+        <x:v>41964</x:v>
+      </x:c>
+      <x:c r="AT39" s="3" t="n">
+        <x:v>44400</x:v>
+      </x:c>
+      <x:c r="AU39" s="3" t="n">
+        <x:v>45935</x:v>
+      </x:c>
+      <x:c r="AV39" s="3" t="n">
+        <x:v>49801</x:v>
+      </x:c>
+      <x:c r="AW39" s="3" t="n">
+        <x:v>47369</x:v>
+      </x:c>
+      <x:c r="AX39" s="3" t="n">
+        <x:v>47323</x:v>
+      </x:c>
+      <x:c r="AY39" s="3" t="n">
+        <x:v>48552</x:v>
+      </x:c>
+      <x:c r="AZ39" s="3" t="n">
+        <x:v>52716</x:v>
+      </x:c>
+      <x:c r="BA39" s="3" t="n">
+        <x:v>51782</x:v>
+      </x:c>
+      <x:c r="BB39" s="3" t="n">
+        <x:v>47720</x:v>
+      </x:c>
+      <x:c r="BC39" s="3" t="n">
+        <x:v>51278</x:v>
+      </x:c>
+      <x:c r="BD39" s="3" t="n">
+        <x:v>54941</x:v>
+      </x:c>
+      <x:c r="BE39" s="3" t="n">
+        <x:v>51007</x:v>
+      </x:c>
+      <x:c r="BF39" s="3" t="n">
+        <x:v>46182</x:v>
+      </x:c>
+      <x:c r="BG39" s="3" t="n">
+        <x:v>50180</x:v>
+      </x:c>
+      <x:c r="BH39" s="3" t="n">
+        <x:v>57185</x:v>
+      </x:c>
+      <x:c r="BI39" s="3" t="n">
+        <x:v>47492</x:v>
+      </x:c>
+      <x:c r="BJ39" s="3" t="n">
+        <x:v>47694</x:v>
+      </x:c>
+      <x:c r="BK39" s="3" t="n">
+        <x:v>51236</x:v>
+      </x:c>
+      <x:c r="BL39" s="3" t="n">
+        <x:v>57128</x:v>
+      </x:c>
+      <x:c r="BM39" s="3" t="n">
+        <x:v>50254</x:v>
+      </x:c>
+      <x:c r="BN39" s="3" t="n">
+        <x:v>50137</x:v>
+      </x:c>
+      <x:c r="BO39" s="3" t="n">
+        <x:v>51920</x:v>
+      </x:c>
+      <x:c r="BP39" s="3" t="n">
+        <x:v>54311</x:v>
+      </x:c>
+      <x:c r="BQ39" s="3" t="n">
+        <x:v>54708</x:v>
+      </x:c>
+      <x:c r="BR39" s="3" t="n">
+        <x:v>52555</x:v>
+      </x:c>
+      <x:c r="BS39" s="3" t="n">
+        <x:v>52868</x:v>
+      </x:c>
+      <x:c r="BT39" s="3" t="n">
+        <x:v>57079</x:v>
+      </x:c>
+      <x:c r="BU39" s="3" t="n">
+        <x:v>51567</x:v>
+      </x:c>
+      <x:c r="BV39" s="3" t="n">
+        <x:v>55434</x:v>
+      </x:c>
+      <x:c r="BW39" s="3" t="n">
+        <x:v>56545</x:v>
+      </x:c>
+      <x:c r="BX39" s="3" t="n">
+        <x:v>61448</x:v>
+      </x:c>
+      <x:c r="BY39" s="3" t="n">
+        <x:v>57482</x:v>
+      </x:c>
+      <x:c r="BZ39" s="3" t="n">
+        <x:v>60908</x:v>
+      </x:c>
+      <x:c r="CA39" s="3" t="n">
+        <x:v>63403</x:v>
+      </x:c>
+      <x:c r="CB39" s="3" t="n">
+        <x:v>68363</x:v>
+      </x:c>
+      <x:c r="CC39" s="3" t="n">
+        <x:v>62995</x:v>
+      </x:c>
+      <x:c r="CD39" s="3" t="n">
+        <x:v>67210</x:v>
+      </x:c>
+      <x:c r="CE39" s="3" t="n">
+        <x:v>67931</x:v>
+      </x:c>
+      <x:c r="CF39" s="3" t="n">
+        <x:v>70517</x:v>
+      </x:c>
+      <x:c r="CG39" s="3" t="n">
+        <x:v>65640</x:v>
+      </x:c>
+      <x:c r="CH39" s="3" t="n">
+        <x:v>67415</x:v>
+      </x:c>
+      <x:c r="CI39" s="3" t="n">
+        <x:v>67198</x:v>
+      </x:c>
+      <x:c r="CJ39" s="3" t="n">
+        <x:v>73091</x:v>
+      </x:c>
+      <x:c r="CK39" s="3" t="n">
+        <x:v>68203</x:v>
+      </x:c>
+      <x:c r="CL39" s="3" t="n">
+        <x:v>72642</x:v>
+      </x:c>
+      <x:c r="CM39" s="3" t="n">
+        <x:v>73395</x:v>
+      </x:c>
+      <x:c r="CN39" s="3" t="n">
+        <x:v>74198</x:v>
+      </x:c>
+      <x:c r="CO39" s="3" t="n">
+        <x:v>79479</x:v>
+      </x:c>
+      <x:c r="CP39" s="3" t="n">
+        <x:v>72922</x:v>
+      </x:c>
+      <x:c r="CQ39" s="3" t="n">
+        <x:v>73584</x:v>
+      </x:c>
+      <x:c r="CR39" s="3" t="n">
+        <x:v>76888</x:v>
+      </x:c>
+      <x:c r="CS39" s="3" t="n">
+        <x:v>73237</x:v>
+      </x:c>
+      <x:c r="CT39" s="3" t="n">
+        <x:v>71615</x:v>
+      </x:c>
+      <x:c r="CU39" s="3" t="n">
+        <x:v>73302</x:v>
+      </x:c>
+      <x:c r="CV39" s="3" t="n">
+        <x:v>72747</x:v>
+      </x:c>
+      <x:c r="CW39" s="3" t="n">
+        <x:v>70434</x:v>
+      </x:c>
+      <x:c r="CX39" s="3" t="n">
+        <x:v>64299</x:v>
+      </x:c>
+      <x:c r="CY39" s="3" t="n">
+        <x:v>67639</x:v>
+      </x:c>
+      <x:c r="CZ39" s="3" t="n">
+        <x:v>71147</x:v>
+      </x:c>
+      <x:c r="DA39" s="3" t="n">
+        <x:v>72544</x:v>
+      </x:c>
+      <x:c r="DB39" s="3" t="n">
+        <x:v>68178</x:v>
+      </x:c>
+      <x:c r="DC39" s="3" t="n">
+        <x:v>71717</x:v>
+      </x:c>
+      <x:c r="DD39" s="3" t="n">
+        <x:v>73817</x:v>
+      </x:c>
+      <x:c r="DE39" s="3" t="n">
+        <x:v>75094</x:v>
+      </x:c>
+      <x:c r="DF39" s="3" t="n">
+        <x:v>69725</x:v>
+      </x:c>
+      <x:c r="DG39" s="3" t="n">
+        <x:v>75220</x:v>
+      </x:c>
+      <x:c r="DH39" s="3" t="n">
+        <x:v>76828</x:v>
+      </x:c>
+      <x:c r="DI39" s="3" t="n">
+        <x:v>79663</x:v>
+      </x:c>
+      <x:c r="DJ39" s="3" t="n">
+        <x:v>71214</x:v>
+      </x:c>
+      <x:c r="DK39" s="3" t="n">
+        <x:v>77155</x:v>
+      </x:c>
+      <x:c r="DL39" s="3" t="n">
+        <x:v>79463</x:v>
+      </x:c>
+      <x:c r="DM39" s="3" t="n">
+        <x:v>82055</x:v>
+      </x:c>
+      <x:c r="DN39" s="3" t="n">
+        <x:v>72865</x:v>
+      </x:c>
+      <x:c r="DO39" s="3" t="n">
+        <x:v>79504</x:v>
+      </x:c>
+      <x:c r="DP39" s="3" t="n">
+        <x:v>81518</x:v>
+      </x:c>
+      <x:c r="DQ39" s="3" t="n">
+        <x:v>81668</x:v>
+      </x:c>
+      <x:c r="DR39" s="3" t="n">
+        <x:v>74220</x:v>
+      </x:c>
+      <x:c r="DS39" s="3" t="n">
+        <x:v>85263</x:v>
+      </x:c>
+      <x:c r="DT39" s="3" t="n">
+        <x:v>76286</x:v>
+      </x:c>
+      <x:c r="DU39" s="3" t="n">
+        <x:v>78122</x:v>
+      </x:c>
+      <x:c r="DV39" s="3" t="n">
+        <x:v>71243</x:v>
+      </x:c>
+      <x:c r="DW39" s="3" t="n">
+        <x:v>77710</x:v>
+      </x:c>
+      <x:c r="DX39" s="3" t="n">
+        <x:v>72582</x:v>
+      </x:c>
+      <x:c r="DY39" s="3" t="n">
+        <x:v>81662</x:v>
+      </x:c>
+      <x:c r="DZ39" s="3" t="n">
+        <x:v>81653</x:v>
+      </x:c>
+      <x:c r="EA39" s="3" t="n">
+        <x:v>84241</x:v>
+      </x:c>
+      <x:c r="EB39" s="3" t="n">
+        <x:v>82765</x:v>
+      </x:c>
+      <x:c r="EC39" s="3" t="n">
+        <x:v>92774</x:v>
+      </x:c>
+      <x:c r="ED39" s="3" t="n">
+        <x:v>85077</x:v>
+      </x:c>
+      <x:c r="EE39" s="3" t="n">
+        <x:v>88608</x:v>
+      </x:c>
+      <x:c r="EF39" s="3" t="n">
+        <x:v>89274</x:v>
+      </x:c>
+      <x:c r="EG39" s="3" t="n">
+        <x:v>97725</x:v>
+      </x:c>
+      <x:c r="EH39" s="3" t="n">
+        <x:v>94013</x:v>
+      </x:c>
+      <x:c r="EI39" s="3" t="n">
+        <x:v>102446</x:v>
+      </x:c>
+      <x:c r="EJ39" s="3" t="n">
+        <x:v>98341</x:v>
+      </x:c>
+      <x:c r="EK39" s="3" t="n">
+        <x:v>98831</x:v>
+      </x:c>
+      <x:c r="EL39" s="3" t="n">
+        <x:v>90333</x:v>
+      </x:c>
+      <x:c r="EM39" s="3" t="n">
+        <x:v>103257</x:v>
+      </x:c>
+      <x:c r="EN39" s="3" t="n">
+        <x:v>102436</x:v>
+      </x:c>
+      <x:c r="EO39" s="3" t="n">
+        <x:v>107336</x:v>
+      </x:c>
+      <x:c r="EP39" s="3" t="n">
+        <x:v>96406</x:v>
+      </x:c>
+      <x:c r="EQ39" s="3" t="n">
+        <x:v>107787</x:v>
+      </x:c>
+      <x:c r="ER39" s="3" t="n">
+        <x:v>107916</x:v>
+      </x:c>
+      <x:c r="ES39" s="3" t="n">
+        <x:v>112816</x:v>
+      </x:c>
+      <x:c r="ET39" s="3" t="n">
+        <x:v>104930</x:v>
+      </x:c>
+      <x:c r="EU39" s="3" t="n">
+        <x:v>111480</x:v>
+      </x:c>
+      <x:c r="EV39" s="3" t="n">
+        <x:v>114597</x:v>
+      </x:c>
+      <x:c r="EW39" s="3" t="n">
+        <x:v>119315</x:v>
+      </x:c>
+      <x:c r="EX39" s="3" t="n">
+        <x:v>108311</x:v>
+      </x:c>
+      <x:c r="EY39" s="3" t="n">
+        <x:v>119185</x:v>
+      </x:c>
+      <x:c r="EZ39" s="3" t="n">
+        <x:v>125167</x:v>
+      </x:c>
+      <x:c r="FA39" s="3" t="n">
+        <x:v>115472</x:v>
+      </x:c>
+      <x:c r="FB39" s="3" t="n">
+        <x:v>100899</x:v>
+      </x:c>
+      <x:c r="FC39" s="3" t="n">
+        <x:v>118846</x:v>
+      </x:c>
+      <x:c r="FD39" s="3" t="n">
+        <x:v>125139</x:v>
+      </x:c>
+      <x:c r="FE39" s="3" t="n">
+        <x:v>114732</x:v>
+      </x:c>
+      <x:c r="FF39" s="3" t="n">
+        <x:v>101666</x:v>
+      </x:c>
+      <x:c r="FG39" s="3" t="n">
+        <x:v>120762</x:v>
+      </x:c>
+      <x:c r="FH39" s="3" t="n">
+        <x:v>126799</x:v>
+      </x:c>
+      <x:c r="FI39" s="3" t="n">
+        <x:v>115198</x:v>
+      </x:c>
+      <x:c r="FJ39" s="3" t="n">
+        <x:v>116972</x:v>
+      </x:c>
+      <x:c r="FK39" s="3" t="n">
+        <x:v>129800</x:v>
+      </x:c>
+      <x:c r="FL39" s="3" t="n">
+        <x:v>135129</x:v>
+      </x:c>
+      <x:c r="FM39" s="3" t="n">
+        <x:v>117550</x:v>
+      </x:c>
+      <x:c r="FN39" s="3" t="n">
+        <x:v>109456</x:v>
+      </x:c>
+      <x:c r="FO39" s="3" t="n">
+        <x:v>97715</x:v>
+      </x:c>
+      <x:c r="FP39" s="3" t="n">
+        <x:v>98031</x:v>
+      </x:c>
+      <x:c r="FQ39" s="3" t="n">
+        <x:v>100065</x:v>
+      </x:c>
+      <x:c r="FR39" s="3" t="n">
+        <x:v>95471</x:v>
+      </x:c>
+      <x:c r="FS39" s="3" t="n">
+        <x:v>103964</x:v>
+      </x:c>
+      <x:c r="FT39" s="3" t="n">
+        <x:v>113894</x:v>
+      </x:c>
+      <x:c r="FU39" s="3" t="n">
+        <x:v>121117</x:v>
+      </x:c>
+      <x:c r="FV39" s="3" t="n">
+        <x:v>116284</x:v>
+      </x:c>
+      <x:c r="FW39" s="3" t="n">
+        <x:v>142646</x:v>
+      </x:c>
+      <x:c r="FX39" s="3" t="n">
+        <x:v>154672</x:v>
+      </x:c>
+      <x:c r="FY39" s="3" t="n">
+        <x:v>136229</x:v>
+      </x:c>
+      <x:c r="FZ39" s="3" t="n">
+        <x:v>129531</x:v>
+      </x:c>
+      <x:c r="GA39" s="3" t="n">
+        <x:v>145194</x:v>
+      </x:c>
+      <x:c r="GB39" s="3" t="n">
+        <x:v>156270</x:v>
+      </x:c>
+      <x:c r="GC39" s="3" t="n">
+        <x:v>137153</x:v>
+      </x:c>
+      <x:c r="GD39" s="3" t="n">
+        <x:v>140031</x:v>
+      </x:c>
+      <x:c r="GE39" s="3" t="n">
+        <x:v>164811</x:v>
+      </x:c>
+      <x:c r="GF39" s="3" t="n">
+        <x:v>171493</x:v>
+      </x:c>
+      <x:c r="GG39" s="3" t="n">
+        <x:v>154649</x:v>
+      </x:c>
+      <x:c r="GH39" s="3" t="n">
+        <x:v>153753</x:v>
+      </x:c>
+      <x:c r="GI39" s="3" t="n">
+        <x:v>174610</x:v>
+      </x:c>
+      <x:c r="GJ39" s="3" t="n">
+        <x:v>174211</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:192">
+      <x:c r="A40" s="2" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="B40" s="3" t="n">
+        <x:v>496369</x:v>
+      </x:c>
+      <x:c r="C40" s="3" t="n">
+        <x:v>549284</x:v>
+      </x:c>
+      <x:c r="D40" s="3" t="n">
+        <x:v>513557</x:v>
+      </x:c>
+      <x:c r="E40" s="3" t="n">
+        <x:v>564942</x:v>
+      </x:c>
+      <x:c r="F40" s="3" t="n">
+        <x:v>522305</x:v>
+      </x:c>
+      <x:c r="G40" s="3" t="n">
+        <x:v>533732</x:v>
+      </x:c>
+      <x:c r="H40" s="3" t="n">
+        <x:v>549556</x:v>
+      </x:c>
+      <x:c r="I40" s="3" t="n">
+        <x:v>589757</x:v>
+      </x:c>
+      <x:c r="J40" s="3" t="n">
+        <x:v>579472</x:v>
+      </x:c>
+      <x:c r="K40" s="3" t="n">
+        <x:v>566996</x:v>
+      </x:c>
+      <x:c r="L40" s="3" t="n">
+        <x:v>553216</x:v>
+      </x:c>
+      <x:c r="M40" s="3" t="n">
+        <x:v>584138</x:v>
+      </x:c>
+      <x:c r="N40" s="3" t="n">
+        <x:v>559928</x:v>
+      </x:c>
+      <x:c r="O40" s="3" t="n">
+        <x:v>559993</x:v>
+      </x:c>
+      <x:c r="P40" s="3" t="n">
+        <x:v>590006</x:v>
+      </x:c>
+      <x:c r="Q40" s="3" t="n">
+        <x:v>611392</x:v>
+      </x:c>
+      <x:c r="R40" s="3" t="n">
+        <x:v>575774</x:v>
+      </x:c>
+      <x:c r="S40" s="3" t="n">
+        <x:v>589196</x:v>
+      </x:c>
+      <x:c r="T40" s="3" t="n">
+        <x:v>590181</x:v>
+      </x:c>
+      <x:c r="U40" s="3" t="n">
+        <x:v>604084</x:v>
+      </x:c>
+      <x:c r="V40" s="3" t="n">
+        <x:v>583725</x:v>
+      </x:c>
+      <x:c r="W40" s="3" t="n">
+        <x:v>597592</x:v>
+      </x:c>
+      <x:c r="X40" s="3" t="n">
+        <x:v>602125</x:v>
+      </x:c>
+      <x:c r="Y40" s="3" t="n">
+        <x:v>625024</x:v>
+      </x:c>
+      <x:c r="Z40" s="3" t="n">
+        <x:v>618496</x:v>
+      </x:c>
+      <x:c r="AA40" s="3" t="n">
+        <x:v>625382</x:v>
+      </x:c>
+      <x:c r="AB40" s="3" t="n">
+        <x:v>640008</x:v>
+      </x:c>
+      <x:c r="AC40" s="3" t="n">
+        <x:v>666797</x:v>
+      </x:c>
+      <x:c r="AD40" s="3" t="n">
+        <x:v>639309</x:v>
+      </x:c>
+      <x:c r="AE40" s="3" t="n">
+        <x:v>653683</x:v>
+      </x:c>
+      <x:c r="AF40" s="3" t="n">
+        <x:v>696598</x:v>
+      </x:c>
+      <x:c r="AG40" s="3" t="n">
+        <x:v>724833</x:v>
+      </x:c>
+      <x:c r="AH40" s="3" t="n">
+        <x:v>700921</x:v>
+      </x:c>
+      <x:c r="AI40" s="3" t="n">
+        <x:v>707692</x:v>
+      </x:c>
+      <x:c r="AJ40" s="3" t="n">
+        <x:v>721794</x:v>
+      </x:c>
+      <x:c r="AK40" s="3" t="n">
+        <x:v>749103</x:v>
+      </x:c>
+      <x:c r="AL40" s="3" t="n">
+        <x:v>688091</x:v>
+      </x:c>
+      <x:c r="AM40" s="3" t="n">
+        <x:v>700784</x:v>
+      </x:c>
+      <x:c r="AN40" s="3" t="n">
+        <x:v>714636</x:v>
+      </x:c>
+      <x:c r="AO40" s="3" t="n">
+        <x:v>762129</x:v>
+      </x:c>
+      <x:c r="AP40" s="3" t="n">
+        <x:v>706338</x:v>
+      </x:c>
+      <x:c r="AQ40" s="3" t="n">
+        <x:v>696624</x:v>
+      </x:c>
+      <x:c r="AR40" s="3" t="n">
+        <x:v>692986</x:v>
+      </x:c>
+      <x:c r="AS40" s="3" t="n">
+        <x:v>743183</x:v>
+      </x:c>
+      <x:c r="AT40" s="3" t="n">
+        <x:v>689695</x:v>
+      </x:c>
+      <x:c r="AU40" s="3" t="n">
+        <x:v>716857</x:v>
+      </x:c>
+      <x:c r="AV40" s="3" t="n">
+        <x:v>713091</x:v>
+      </x:c>
+      <x:c r="AW40" s="3" t="n">
+        <x:v>756543</x:v>
+      </x:c>
+      <x:c r="AX40" s="3" t="n">
+        <x:v>719578</x:v>
+      </x:c>
+      <x:c r="AY40" s="3" t="n">
+        <x:v>725066</x:v>
+      </x:c>
+      <x:c r="AZ40" s="3" t="n">
+        <x:v>718234</x:v>
+      </x:c>
+      <x:c r="BA40" s="3" t="n">
+        <x:v>772685</x:v>
+      </x:c>
+      <x:c r="BB40" s="3" t="n">
+        <x:v>723462</x:v>
+      </x:c>
+      <x:c r="BC40" s="3" t="n">
+        <x:v>747024</x:v>
+      </x:c>
+      <x:c r="BD40" s="3" t="n">
+        <x:v>736113</x:v>
+      </x:c>
+      <x:c r="BE40" s="3" t="n">
+        <x:v>794769</x:v>
+      </x:c>
+      <x:c r="BF40" s="3" t="n">
+        <x:v>765880</x:v>
+      </x:c>
+      <x:c r="BG40" s="3" t="n">
+        <x:v>758755</x:v>
+      </x:c>
+      <x:c r="BH40" s="3" t="n">
+        <x:v>763323</x:v>
+      </x:c>
+      <x:c r="BI40" s="3" t="n">
+        <x:v>806818</x:v>
+      </x:c>
+      <x:c r="BJ40" s="3" t="n">
+        <x:v>763449</x:v>
+      </x:c>
+      <x:c r="BK40" s="3" t="n">
+        <x:v>778291</x:v>
+      </x:c>
+      <x:c r="BL40" s="3" t="n">
+        <x:v>795677</x:v>
+      </x:c>
+      <x:c r="BM40" s="3" t="n">
+        <x:v>861320</x:v>
+      </x:c>
+      <x:c r="BN40" s="3" t="n">
+        <x:v>813833</x:v>
+      </x:c>
+      <x:c r="BO40" s="3" t="n">
+        <x:v>832345</x:v>
+      </x:c>
+      <x:c r="BP40" s="3" t="n">
+        <x:v>823563</x:v>
+      </x:c>
+      <x:c r="BQ40" s="3" t="n">
+        <x:v>892576</x:v>
+      </x:c>
+      <x:c r="BR40" s="3" t="n">
+        <x:v>863439</x:v>
+      </x:c>
+      <x:c r="BS40" s="3" t="n">
+        <x:v>853461</x:v>
+      </x:c>
+      <x:c r="BT40" s="3" t="n">
+        <x:v>870710</x:v>
+      </x:c>
+      <x:c r="BU40" s="3" t="n">
+        <x:v>925486</x:v>
+      </x:c>
+      <x:c r="BV40" s="3" t="n">
+        <x:v>923864</x:v>
+      </x:c>
+      <x:c r="BW40" s="3" t="n">
+        <x:v>912590</x:v>
+      </x:c>
+      <x:c r="BX40" s="3" t="n">
+        <x:v>922773</x:v>
+      </x:c>
+      <x:c r="BY40" s="3" t="n">
+        <x:v>960203</x:v>
+      </x:c>
+      <x:c r="BZ40" s="3" t="n">
+        <x:v>951514</x:v>
+      </x:c>
+      <x:c r="CA40" s="3" t="n">
+        <x:v>996760</x:v>
+      </x:c>
+      <x:c r="CB40" s="3" t="n">
+        <x:v>988206</x:v>
+      </x:c>
+      <x:c r="CC40" s="3" t="n">
+        <x:v>1037325</x:v>
+      </x:c>
+      <x:c r="CD40" s="3" t="n">
+        <x:v>1043682</x:v>
+      </x:c>
+      <x:c r="CE40" s="3" t="n">
+        <x:v>1019460</x:v>
+      </x:c>
+      <x:c r="CF40" s="3" t="n">
+        <x:v>1010505</x:v>
+      </x:c>
+      <x:c r="CG40" s="3" t="n">
+        <x:v>1071760</x:v>
+      </x:c>
+      <x:c r="CH40" s="3" t="n">
+        <x:v>1027671</x:v>
+      </x:c>
+      <x:c r="CI40" s="3" t="n">
+        <x:v>1015730</x:v>
+      </x:c>
+      <x:c r="CJ40" s="3" t="n">
+        <x:v>1045474</x:v>
+      </x:c>
+      <x:c r="CK40" s="3" t="n">
+        <x:v>1106295</x:v>
+      </x:c>
+      <x:c r="CL40" s="3" t="n">
+        <x:v>1092976</x:v>
+      </x:c>
+      <x:c r="CM40" s="3" t="n">
+        <x:v>1056209</x:v>
+      </x:c>
+      <x:c r="CN40" s="3" t="n">
+        <x:v>1064028</x:v>
+      </x:c>
+      <x:c r="CO40" s="3" t="n">
+        <x:v>1119833</x:v>
+      </x:c>
+      <x:c r="CP40" s="3" t="n">
+        <x:v>1105305</x:v>
+      </x:c>
+      <x:c r="CQ40" s="3" t="n">
+        <x:v>1064574</x:v>
+      </x:c>
+      <x:c r="CR40" s="3" t="n">
+        <x:v>1099517</x:v>
+      </x:c>
+      <x:c r="CS40" s="3" t="n">
+        <x:v>1156004</x:v>
+      </x:c>
+      <x:c r="CT40" s="3" t="n">
+        <x:v>1089526</x:v>
+      </x:c>
+      <x:c r="CU40" s="3" t="n">
+        <x:v>1110942</x:v>
+      </x:c>
+      <x:c r="CV40" s="3" t="n">
+        <x:v>1105907</x:v>
+      </x:c>
+      <x:c r="CW40" s="3" t="n">
+        <x:v>1172858</x:v>
+      </x:c>
+      <x:c r="CX40" s="3" t="n">
+        <x:v>1129708</x:v>
+      </x:c>
+      <x:c r="CY40" s="3" t="n">
+        <x:v>1080354</x:v>
+      </x:c>
+      <x:c r="CZ40" s="3" t="n">
+        <x:v>1118823</x:v>
+      </x:c>
+      <x:c r="DA40" s="3" t="n">
+        <x:v>1196124</x:v>
+      </x:c>
+      <x:c r="DB40" s="3" t="n">
+        <x:v>1150228</x:v>
+      </x:c>
+      <x:c r="DC40" s="3" t="n">
+        <x:v>1149370</x:v>
+      </x:c>
+      <x:c r="DD40" s="3" t="n">
+        <x:v>1194820</x:v>
+      </x:c>
+      <x:c r="DE40" s="3" t="n">
+        <x:v>1271340</x:v>
+      </x:c>
+      <x:c r="DF40" s="3" t="n">
+        <x:v>1148447</x:v>
+      </x:c>
+      <x:c r="DG40" s="3" t="n">
+        <x:v>1216373</x:v>
+      </x:c>
+      <x:c r="DH40" s="3" t="n">
+        <x:v>1253281</x:v>
+      </x:c>
+      <x:c r="DI40" s="3" t="n">
+        <x:v>1339076</x:v>
+      </x:c>
+      <x:c r="DJ40" s="3" t="n">
+        <x:v>1273555</x:v>
+      </x:c>
+      <x:c r="DK40" s="3" t="n">
+        <x:v>1263782</x:v>
+      </x:c>
+      <x:c r="DL40" s="3" t="n">
+        <x:v>1281096</x:v>
+      </x:c>
+      <x:c r="DM40" s="3" t="n">
+        <x:v>1342813</x:v>
+      </x:c>
+      <x:c r="DN40" s="3" t="n">
+        <x:v>1306550</x:v>
+      </x:c>
+      <x:c r="DO40" s="3" t="n">
+        <x:v>1309906</x:v>
+      </x:c>
+      <x:c r="DP40" s="3" t="n">
+        <x:v>1332486</x:v>
+      </x:c>
+      <x:c r="DQ40" s="3" t="n">
+        <x:v>1459975</x:v>
+      </x:c>
+      <x:c r="DR40" s="3" t="n">
+        <x:v>1357871</x:v>
+      </x:c>
+      <x:c r="DS40" s="3" t="n">
+        <x:v>1369590</x:v>
+      </x:c>
+      <x:c r="DT40" s="3" t="n">
+        <x:v>1347743</x:v>
+      </x:c>
+      <x:c r="DU40" s="3" t="n">
+        <x:v>1423214</x:v>
+      </x:c>
+      <x:c r="DV40" s="3" t="n">
+        <x:v>1320595</x:v>
+      </x:c>
+      <x:c r="DW40" s="3" t="n">
+        <x:v>1293637</x:v>
+      </x:c>
+      <x:c r="DX40" s="3" t="n">
+        <x:v>1302410</x:v>
+      </x:c>
+      <x:c r="DY40" s="3" t="n">
+        <x:v>1386460</x:v>
+      </x:c>
+      <x:c r="DZ40" s="3" t="n">
+        <x:v>1352230</x:v>
+      </x:c>
+      <x:c r="EA40" s="3" t="n">
+        <x:v>1349401</x:v>
+      </x:c>
+      <x:c r="EB40" s="3" t="n">
+        <x:v>1318817</x:v>
+      </x:c>
+      <x:c r="EC40" s="3" t="n">
+        <x:v>1415985</x:v>
+      </x:c>
+      <x:c r="ED40" s="3" t="n">
+        <x:v>1399337</x:v>
+      </x:c>
+      <x:c r="EE40" s="3" t="n">
+        <x:v>1333273</x:v>
+      </x:c>
+      <x:c r="EF40" s="3" t="n">
+        <x:v>1366390</x:v>
+      </x:c>
+      <x:c r="EG40" s="3" t="n">
+        <x:v>1442972</x:v>
+      </x:c>
+      <x:c r="EH40" s="3" t="n">
+        <x:v>1427036</x:v>
+      </x:c>
+      <x:c r="EI40" s="3" t="n">
+        <x:v>1413482</x:v>
+      </x:c>
+      <x:c r="EJ40" s="3" t="n">
+        <x:v>1396516</x:v>
+      </x:c>
+      <x:c r="EK40" s="3" t="n">
+        <x:v>1467584</x:v>
+      </x:c>
+      <x:c r="EL40" s="3" t="n">
+        <x:v>1398932</x:v>
+      </x:c>
+      <x:c r="EM40" s="3" t="n">
+        <x:v>1458704</x:v>
+      </x:c>
+      <x:c r="EN40" s="3" t="n">
+        <x:v>1452534</x:v>
+      </x:c>
+      <x:c r="EO40" s="3" t="n">
+        <x:v>1514384</x:v>
+      </x:c>
+      <x:c r="EP40" s="3" t="n">
+        <x:v>1453978</x:v>
+      </x:c>
+      <x:c r="EQ40" s="3" t="n">
+        <x:v>1463793</x:v>
+      </x:c>
+      <x:c r="ER40" s="3" t="n">
+        <x:v>1491197</x:v>
+      </x:c>
+      <x:c r="ES40" s="3" t="n">
+        <x:v>1539430</x:v>
+      </x:c>
+      <x:c r="ET40" s="3" t="n">
+        <x:v>1493765</x:v>
+      </x:c>
+      <x:c r="EU40" s="3" t="n">
+        <x:v>1500694</x:v>
+      </x:c>
+      <x:c r="EV40" s="3" t="n">
+        <x:v>1513047</x:v>
+      </x:c>
+      <x:c r="EW40" s="3" t="n">
+        <x:v>1561524</x:v>
+      </x:c>
+      <x:c r="EX40" s="3" t="n">
+        <x:v>1512001</x:v>
+      </x:c>
+      <x:c r="EY40" s="3" t="n">
+        <x:v>1533706</x:v>
+      </x:c>
+      <x:c r="EZ40" s="3" t="n">
+        <x:v>1499222</x:v>
+      </x:c>
+      <x:c r="FA40" s="3" t="n">
+        <x:v>1608481</x:v>
+      </x:c>
+      <x:c r="FB40" s="3" t="n">
+        <x:v>1572672</x:v>
+      </x:c>
+      <x:c r="FC40" s="3" t="n">
+        <x:v>1546355</x:v>
+      </x:c>
+      <x:c r="FD40" s="3" t="n">
+        <x:v>1552163</x:v>
+      </x:c>
+      <x:c r="FE40" s="3" t="n">
+        <x:v>1633856</x:v>
+      </x:c>
+      <x:c r="FF40" s="3" t="n">
+        <x:v>1566262</x:v>
+      </x:c>
+      <x:c r="FG40" s="3" t="n">
+        <x:v>1586856</x:v>
+      </x:c>
+      <x:c r="FH40" s="3" t="n">
+        <x:v>1570170</x:v>
+      </x:c>
+      <x:c r="FI40" s="3" t="n">
+        <x:v>1656510</x:v>
+      </x:c>
+      <x:c r="FJ40" s="3" t="n">
+        <x:v>1626668</x:v>
+      </x:c>
+      <x:c r="FK40" s="3" t="n">
+        <x:v>1610166</x:v>
+      </x:c>
+      <x:c r="FL40" s="3" t="n">
+        <x:v>1597085</x:v>
+      </x:c>
+      <x:c r="FM40" s="3" t="n">
+        <x:v>1700282</x:v>
+      </x:c>
+      <x:c r="FN40" s="3" t="n">
+        <x:v>1638562</x:v>
+      </x:c>
+      <x:c r="FO40" s="3" t="n">
+        <x:v>1488314</x:v>
+      </x:c>
+      <x:c r="FP40" s="3" t="n">
+        <x:v>1542101</x:v>
+      </x:c>
+      <x:c r="FQ40" s="3" t="n">
+        <x:v>1637238</x:v>
+      </x:c>
+      <x:c r="FR40" s="3" t="n">
+        <x:v>1571098</x:v>
+      </x:c>
+      <x:c r="FS40" s="3" t="n">
+        <x:v>1580939</x:v>
+      </x:c>
+      <x:c r="FT40" s="3" t="n">
+        <x:v>1631543</x:v>
+      </x:c>
+      <x:c r="FU40" s="3" t="n">
+        <x:v>1747255</x:v>
+      </x:c>
+      <x:c r="FV40" s="3" t="n">
+        <x:v>1693577</x:v>
+      </x:c>
+      <x:c r="FW40" s="3" t="n">
+        <x:v>1700502</x:v>
+      </x:c>
+      <x:c r="FX40" s="3" t="n">
+        <x:v>1733797</x:v>
+      </x:c>
+      <x:c r="FY40" s="3" t="n">
+        <x:v>1819254</x:v>
+      </x:c>
+      <x:c r="FZ40" s="3" t="n">
+        <x:v>1752037</x:v>
+      </x:c>
+      <x:c r="GA40" s="3" t="n">
+        <x:v>1702248</x:v>
+      </x:c>
+      <x:c r="GB40" s="3" t="n">
+        <x:v>1688378</x:v>
+      </x:c>
+      <x:c r="GC40" s="3" t="n">
+        <x:v>1806549</x:v>
+      </x:c>
+      <x:c r="GD40" s="3" t="n">
+        <x:v>1730183</x:v>
+      </x:c>
+      <x:c r="GE40" s="3" t="n">
+        <x:v>1776527</x:v>
+      </x:c>
+      <x:c r="GF40" s="3" t="n">
+        <x:v>1768644</x:v>
+      </x:c>
+      <x:c r="GG40" s="3" t="n">
+        <x:v>1835026</x:v>
+      </x:c>
+      <x:c r="GH40" s="3" t="n">
+        <x:v>1766813</x:v>
+      </x:c>
+      <x:c r="GI40" s="3" t="n">
+        <x:v>1768868</x:v>
+      </x:c>
+      <x:c r="GJ40" s="3" t="n">
+        <x:v>1794233</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:192">
+      <x:c r="A41" s="2" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="B41" s="3" t="n">
+        <x:v>91166</x:v>
+      </x:c>
+      <x:c r="C41" s="3" t="n">
+        <x:v>104366</x:v>
+      </x:c>
+      <x:c r="D41" s="3" t="n">
+        <x:v>92552</x:v>
+      </x:c>
+      <x:c r="E41" s="3" t="n">
+        <x:v>106377</x:v>
+      </x:c>
+      <x:c r="F41" s="3" t="n">
+        <x:v>90883</x:v>
+      </x:c>
+      <x:c r="G41" s="3" t="n">
+        <x:v>100298</x:v>
+      </x:c>
+      <x:c r="H41" s="3" t="n">
+        <x:v>99803</x:v>
+      </x:c>
+      <x:c r="I41" s="3" t="n">
+        <x:v>105601</x:v>
+      </x:c>
+      <x:c r="J41" s="3" t="n">
+        <x:v>102021</x:v>
+      </x:c>
+      <x:c r="K41" s="3" t="n">
+        <x:v>104502</x:v>
+      </x:c>
+      <x:c r="L41" s="3" t="n">
+        <x:v>97480</x:v>
+      </x:c>
+      <x:c r="M41" s="3" t="n">
+        <x:v>103186</x:v>
+      </x:c>
+      <x:c r="N41" s="3" t="n">
+        <x:v>98495</x:v>
+      </x:c>
+      <x:c r="O41" s="3" t="n">
+        <x:v>92857</x:v>
+      </x:c>
+      <x:c r="P41" s="3" t="n">
+        <x:v>103496</x:v>
+      </x:c>
+      <x:c r="Q41" s="3" t="n">
+        <x:v>118665</x:v>
+      </x:c>
+      <x:c r="R41" s="3" t="n">
+        <x:v>100255</x:v>
+      </x:c>
+      <x:c r="S41" s="3" t="n">
+        <x:v>105540</x:v>
+      </x:c>
+      <x:c r="T41" s="3" t="n">
+        <x:v>106460</x:v>
+      </x:c>
+      <x:c r="U41" s="3" t="n">
+        <x:v>124311</x:v>
+      </x:c>
+      <x:c r="V41" s="3" t="n">
+        <x:v>109641</x:v>
+      </x:c>
+      <x:c r="W41" s="3" t="n">
+        <x:v>102495</x:v>
+      </x:c>
+      <x:c r="X41" s="3" t="n">
+        <x:v>105250</x:v>
+      </x:c>
+      <x:c r="Y41" s="3" t="n">
+        <x:v>105668</x:v>
+      </x:c>
+      <x:c r="Z41" s="3" t="n">
+        <x:v>105917</x:v>
+      </x:c>
+      <x:c r="AA41" s="3" t="n">
+        <x:v>105259</x:v>
+      </x:c>
+      <x:c r="AB41" s="3" t="n">
+        <x:v>110257</x:v>
+      </x:c>
+      <x:c r="AC41" s="3" t="n">
+        <x:v>124440</x:v>
+      </x:c>
+      <x:c r="AD41" s="3" t="n">
+        <x:v>115888</x:v>
+      </x:c>
+      <x:c r="AE41" s="3" t="n">
+        <x:v>116544</x:v>
+      </x:c>
+      <x:c r="AF41" s="3" t="n">
+        <x:v>123593</x:v>
+      </x:c>
+      <x:c r="AG41" s="3" t="n">
+        <x:v>129989</x:v>
+      </x:c>
+      <x:c r="AH41" s="3" t="n">
+        <x:v>136059</x:v>
+      </x:c>
+      <x:c r="AI41" s="3" t="n">
+        <x:v>144370</x:v>
+      </x:c>
+      <x:c r="AJ41" s="3" t="n">
+        <x:v>133570</x:v>
+      </x:c>
+      <x:c r="AK41" s="3" t="n">
+        <x:v>130197</x:v>
+      </x:c>
+      <x:c r="AL41" s="3" t="n">
+        <x:v>121493</x:v>
+      </x:c>
+      <x:c r="AM41" s="3" t="n">
+        <x:v>124732</x:v>
+      </x:c>
+      <x:c r="AN41" s="3" t="n">
+        <x:v>132088</x:v>
+      </x:c>
+      <x:c r="AO41" s="3" t="n">
+        <x:v>130422</x:v>
+      </x:c>
+      <x:c r="AP41" s="3" t="n">
+        <x:v>120713</x:v>
+      </x:c>
+      <x:c r="AQ41" s="3" t="n">
+        <x:v>124720</x:v>
+      </x:c>
+      <x:c r="AR41" s="3" t="n">
+        <x:v>120527</x:v>
+      </x:c>
+      <x:c r="AS41" s="3" t="n">
+        <x:v>129169</x:v>
+      </x:c>
+      <x:c r="AT41" s="3" t="n">
+        <x:v>116208</x:v>
+      </x:c>
+      <x:c r="AU41" s="3" t="n">
+        <x:v>126269</x:v>
+      </x:c>
+      <x:c r="AV41" s="3" t="n">
+        <x:v>123138</x:v>
+      </x:c>
+      <x:c r="AW41" s="3" t="n">
+        <x:v>140106</x:v>
+      </x:c>
+      <x:c r="AX41" s="3" t="n">
+        <x:v>122404</x:v>
+      </x:c>
+      <x:c r="AY41" s="3" t="n">
+        <x:v>133375</x:v>
+      </x:c>
+      <x:c r="AZ41" s="3" t="n">
+        <x:v>122379</x:v>
+      </x:c>
+      <x:c r="BA41" s="3" t="n">
+        <x:v>139610</x:v>
+      </x:c>
+      <x:c r="BB41" s="3" t="n">
+        <x:v>116683</x:v>
+      </x:c>
+      <x:c r="BC41" s="3" t="n">
+        <x:v>139007</x:v>
+      </x:c>
+      <x:c r="BD41" s="3" t="n">
+        <x:v>126561</x:v>
+      </x:c>
+      <x:c r="BE41" s="3" t="n">
+        <x:v>137421</x:v>
+      </x:c>
+      <x:c r="BF41" s="3" t="n">
+        <x:v>127145</x:v>
+      </x:c>
+      <x:c r="BG41" s="3" t="n">
+        <x:v>134254</x:v>
+      </x:c>
+      <x:c r="BH41" s="3" t="n">
+        <x:v>134217</x:v>
+      </x:c>
+      <x:c r="BI41" s="3" t="n">
+        <x:v>132736</x:v>
+      </x:c>
+      <x:c r="BJ41" s="3" t="n">
+        <x:v>130725</x:v>
+      </x:c>
+      <x:c r="BK41" s="3" t="n">
+        <x:v>133385</x:v>
+      </x:c>
+      <x:c r="BL41" s="3" t="n">
+        <x:v>145644</x:v>
+      </x:c>
+      <x:c r="BM41" s="3" t="n">
+        <x:v>144780</x:v>
+      </x:c>
+      <x:c r="BN41" s="3" t="n">
+        <x:v>139148</x:v>
+      </x:c>
+      <x:c r="BO41" s="3" t="n">
+        <x:v>141853</x:v>
+      </x:c>
+      <x:c r="BP41" s="3" t="n">
+        <x:v>144923</x:v>
+      </x:c>
+      <x:c r="BQ41" s="3" t="n">
+        <x:v>158306</x:v>
+      </x:c>
+      <x:c r="BR41" s="3" t="n">
+        <x:v>150608</x:v>
+      </x:c>
+      <x:c r="BS41" s="3" t="n">
+        <x:v>155373</x:v>
+      </x:c>
+      <x:c r="BT41" s="3" t="n">
+        <x:v>154620</x:v>
+      </x:c>
+      <x:c r="BU41" s="3" t="n">
+        <x:v>156024</x:v>
+      </x:c>
+      <x:c r="BV41" s="3" t="n">
+        <x:v>157771</x:v>
+      </x:c>
+      <x:c r="BW41" s="3" t="n">
+        <x:v>160196</x:v>
+      </x:c>
+      <x:c r="BX41" s="3" t="n">
+        <x:v>169888</x:v>
+      </x:c>
+      <x:c r="BY41" s="3" t="n">
+        <x:v>182940</x:v>
+      </x:c>
+      <x:c r="BZ41" s="3" t="n">
+        <x:v>172488</x:v>
+      </x:c>
+      <x:c r="CA41" s="3" t="n">
+        <x:v>194014</x:v>
+      </x:c>
+      <x:c r="CB41" s="3" t="n">
+        <x:v>191097</x:v>
+      </x:c>
+      <x:c r="CC41" s="3" t="n">
+        <x:v>196705</x:v>
+      </x:c>
+      <x:c r="CD41" s="3" t="n">
+        <x:v>203263</x:v>
+      </x:c>
+      <x:c r="CE41" s="3" t="n">
+        <x:v>201097</x:v>
+      </x:c>
+      <x:c r="CF41" s="3" t="n">
+        <x:v>205781</x:v>
+      </x:c>
+      <x:c r="CG41" s="3" t="n">
+        <x:v>213720</x:v>
+      </x:c>
+      <x:c r="CH41" s="3" t="n">
+        <x:v>196071</x:v>
+      </x:c>
+      <x:c r="CI41" s="3" t="n">
+        <x:v>198014</x:v>
+      </x:c>
+      <x:c r="CJ41" s="3" t="n">
+        <x:v>207121</x:v>
+      </x:c>
+      <x:c r="CK41" s="3" t="n">
+        <x:v>209596</x:v>
+      </x:c>
+      <x:c r="CL41" s="3" t="n">
+        <x:v>209665</x:v>
+      </x:c>
+      <x:c r="CM41" s="3" t="n">
+        <x:v>206810</x:v>
+      </x:c>
+      <x:c r="CN41" s="3" t="n">
+        <x:v>207868</x:v>
+      </x:c>
+      <x:c r="CO41" s="3" t="n">
+        <x:v>209072</x:v>
+      </x:c>
+      <x:c r="CP41" s="3" t="n">
+        <x:v>209126</x:v>
+      </x:c>
+      <x:c r="CQ41" s="3" t="n">
+        <x:v>210452</x:v>
+      </x:c>
+      <x:c r="CR41" s="3" t="n">
+        <x:v>213835</x:v>
+      </x:c>
+      <x:c r="CS41" s="3" t="n">
+        <x:v>216844</x:v>
+      </x:c>
+      <x:c r="CT41" s="3" t="n">
+        <x:v>199241</x:v>
+      </x:c>
+      <x:c r="CU41" s="3" t="n">
+        <x:v>222065</x:v>
+      </x:c>
+      <x:c r="CV41" s="3" t="n">
+        <x:v>214202</x:v>
+      </x:c>
+      <x:c r="CW41" s="3" t="n">
+        <x:v>217881</x:v>
+      </x:c>
+      <x:c r="CX41" s="3" t="n">
+        <x:v>205851</x:v>
+      </x:c>
+      <x:c r="CY41" s="3" t="n">
+        <x:v>209914</x:v>
+      </x:c>
+      <x:c r="CZ41" s="3" t="n">
+        <x:v>220647</x:v>
+      </x:c>
+      <x:c r="DA41" s="3" t="n">
+        <x:v>223353</x:v>
+      </x:c>
+      <x:c r="DB41" s="3" t="n">
+        <x:v>217155</x:v>
+      </x:c>
+      <x:c r="DC41" s="3" t="n">
+        <x:v>228680</x:v>
+      </x:c>
+      <x:c r="DD41" s="3" t="n">
+        <x:v>244396</x:v>
+      </x:c>
+      <x:c r="DE41" s="3" t="n">
+        <x:v>247043</x:v>
+      </x:c>
+      <x:c r="DF41" s="3" t="n">
+        <x:v>222482</x:v>
+      </x:c>
+      <x:c r="DG41" s="3" t="n">
+        <x:v>253899</x:v>
+      </x:c>
+      <x:c r="DH41" s="3" t="n">
+        <x:v>264274</x:v>
+      </x:c>
+      <x:c r="DI41" s="3" t="n">
+        <x:v>269740</x:v>
+      </x:c>
+      <x:c r="DJ41" s="3" t="n">
+        <x:v>250991</x:v>
+      </x:c>
+      <x:c r="DK41" s="3" t="n">
+        <x:v>268287</x:v>
+      </x:c>
+      <x:c r="DL41" s="3" t="n">
+        <x:v>279581</x:v>
+      </x:c>
+      <x:c r="DM41" s="3" t="n">
+        <x:v>300621</x:v>
+      </x:c>
+      <x:c r="DN41" s="3" t="n">
+        <x:v>282717</x:v>
+      </x:c>
+      <x:c r="DO41" s="3" t="n">
+        <x:v>298122</x:v>
+      </x:c>
+      <x:c r="DP41" s="3" t="n">
+        <x:v>302219</x:v>
+      </x:c>
+      <x:c r="DQ41" s="3" t="n">
+        <x:v>321644</x:v>
+      </x:c>
+      <x:c r="DR41" s="3" t="n">
+        <x:v>298870</x:v>
+      </x:c>
+      <x:c r="DS41" s="3" t="n">
+        <x:v>321721</x:v>
+      </x:c>
+      <x:c r="DT41" s="3" t="n">
+        <x:v>321604</x:v>
+      </x:c>
+      <x:c r="DU41" s="3" t="n">
+        <x:v>316452</x:v>
+      </x:c>
+      <x:c r="DV41" s="3" t="n">
+        <x:v>268623</x:v>
+      </x:c>
+      <x:c r="DW41" s="3" t="n">
+        <x:v>280722</x:v>
+      </x:c>
+      <x:c r="DX41" s="3" t="n">
+        <x:v>288892</x:v>
+      </x:c>
+      <x:c r="DY41" s="3" t="n">
+        <x:v>293128</x:v>
+      </x:c>
+      <x:c r="DZ41" s="3" t="n">
+        <x:v>282163</x:v>
+      </x:c>
+      <x:c r="EA41" s="3" t="n">
+        <x:v>312414</x:v>
+      </x:c>
+      <x:c r="EB41" s="3" t="n">
+        <x:v>316504</x:v>
+      </x:c>
+      <x:c r="EC41" s="3" t="n">
+        <x:v>311662</x:v>
+      </x:c>
+      <x:c r="ED41" s="3" t="n">
+        <x:v>317709</x:v>
+      </x:c>
+      <x:c r="EE41" s="3" t="n">
+        <x:v>305596</x:v>
+      </x:c>
+      <x:c r="EF41" s="3" t="n">
+        <x:v>318386</x:v>
+      </x:c>
+      <x:c r="EG41" s="3" t="n">
+        <x:v>329496</x:v>
+      </x:c>
+      <x:c r="EH41" s="3" t="n">
+        <x:v>313212</x:v>
+      </x:c>
+      <x:c r="EI41" s="3" t="n">
+        <x:v>333360</x:v>
+      </x:c>
+      <x:c r="EJ41" s="3" t="n">
+        <x:v>338791</x:v>
+      </x:c>
+      <x:c r="EK41" s="3" t="n">
+        <x:v>328287</x:v>
+      </x:c>
+      <x:c r="EL41" s="3" t="n">
+        <x:v>319701</x:v>
+      </x:c>
+      <x:c r="EM41" s="3" t="n">
+        <x:v>350075</x:v>
+      </x:c>
+      <x:c r="EN41" s="3" t="n">
+        <x:v>360312</x:v>
+      </x:c>
+      <x:c r="EO41" s="3" t="n">
+        <x:v>352036</x:v>
+      </x:c>
+      <x:c r="EP41" s="3" t="n">
+        <x:v>328726</x:v>
+      </x:c>
+      <x:c r="EQ41" s="3" t="n">
+        <x:v>352886</x:v>
+      </x:c>
+      <x:c r="ER41" s="3" t="n">
+        <x:v>381029</x:v>
+      </x:c>
+      <x:c r="ES41" s="3" t="n">
+        <x:v>350442</x:v>
+      </x:c>
+      <x:c r="ET41" s="3" t="n">
+        <x:v>350791</x:v>
+      </x:c>
+      <x:c r="EU41" s="3" t="n">
+        <x:v>360490</x:v>
+      </x:c>
+      <x:c r="EV41" s="3" t="n">
+        <x:v>364602</x:v>
+      </x:c>
+      <x:c r="EW41" s="3" t="n">
+        <x:v>365056</x:v>
+      </x:c>
+      <x:c r="EX41" s="3" t="n">
+        <x:v>340658</x:v>
+      </x:c>
+      <x:c r="EY41" s="3" t="n">
+        <x:v>371136</x:v>
+      </x:c>
+      <x:c r="EZ41" s="3" t="n">
+        <x:v>379554</x:v>
+      </x:c>
+      <x:c r="FA41" s="3" t="n">
+        <x:v>374211</x:v>
+      </x:c>
+      <x:c r="FB41" s="3" t="n">
+        <x:v>358108</x:v>
+      </x:c>
+      <x:c r="FC41" s="3" t="n">
+        <x:v>374994</x:v>
+      </x:c>
+      <x:c r="FD41" s="3" t="n">
+        <x:v>374897</x:v>
+      </x:c>
+      <x:c r="FE41" s="3" t="n">
+        <x:v>384341</x:v>
+      </x:c>
+      <x:c r="FF41" s="3" t="n">
+        <x:v>350567</x:v>
+      </x:c>
+      <x:c r="FG41" s="3" t="n">
+        <x:v>393863</x:v>
+      </x:c>
+      <x:c r="FH41" s="3" t="n">
+        <x:v>386301</x:v>
+      </x:c>
+      <x:c r="FI41" s="3" t="n">
+        <x:v>382875</x:v>
+      </x:c>
+      <x:c r="FJ41" s="3" t="n">
+        <x:v>377925</x:v>
+      </x:c>
+      <x:c r="FK41" s="3" t="n">
+        <x:v>403764</x:v>
+      </x:c>
+      <x:c r="FL41" s="3" t="n">
+        <x:v>412373</x:v>
+      </x:c>
+      <x:c r="FM41" s="3" t="n">
+        <x:v>402772</x:v>
+      </x:c>
+      <x:c r="FN41" s="3" t="n">
+        <x:v>383762</x:v>
+      </x:c>
+      <x:c r="FO41" s="3" t="n">
+        <x:v>328757</x:v>
+      </x:c>
+      <x:c r="FP41" s="3" t="n">
+        <x:v>357034</x:v>
+      </x:c>
+      <x:c r="FQ41" s="3" t="n">
+        <x:v>369142</x:v>
+      </x:c>
+      <x:c r="FR41" s="3" t="n">
+        <x:v>327801</x:v>
+      </x:c>
+      <x:c r="FS41" s="3" t="n">
+        <x:v>361933</x:v>
+      </x:c>
+      <x:c r="FT41" s="3" t="n">
+        <x:v>373384</x:v>
+      </x:c>
+      <x:c r="FU41" s="3" t="n">
+        <x:v>400703</x:v>
+      </x:c>
+      <x:c r="FV41" s="3" t="n">
+        <x:v>373340</x:v>
+      </x:c>
+      <x:c r="FW41" s="3" t="n">
+        <x:v>416019</x:v>
+      </x:c>
+      <x:c r="FX41" s="3" t="n">
+        <x:v>430688</x:v>
+      </x:c>
+      <x:c r="FY41" s="3" t="n">
+        <x:v>444160</x:v>
+      </x:c>
+      <x:c r="FZ41" s="3" t="n">
+        <x:v>395520</x:v>
+      </x:c>
+      <x:c r="GA41" s="3" t="n">
+        <x:v>420919</x:v>
+      </x:c>
+      <x:c r="GB41" s="3" t="n">
+        <x:v>412588</x:v>
+      </x:c>
+      <x:c r="GC41" s="3" t="n">
+        <x:v>415286</x:v>
+      </x:c>
+      <x:c r="GD41" s="3" t="n">
+        <x:v>386997</x:v>
+      </x:c>
+      <x:c r="GE41" s="3" t="n">
+        <x:v>439792</x:v>
+      </x:c>
+      <x:c r="GF41" s="3" t="n">
+        <x:v>453788</x:v>
+      </x:c>
+      <x:c r="GG41" s="3" t="n">
+        <x:v>445639</x:v>
+      </x:c>
+      <x:c r="GH41" s="3" t="n">
+        <x:v>412186</x:v>
+      </x:c>
+      <x:c r="GI41" s="3" t="n">
+        <x:v>440788</x:v>
+      </x:c>
+      <x:c r="GJ41" s="3" t="n">
+        <x:v>452243</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:192">
+      <x:c r="A42" s="2" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="B42" s="3" t="n">
+        <x:v>41577</x:v>
+      </x:c>
+      <x:c r="C42" s="3" t="n">
+        <x:v>43767</x:v>
+      </x:c>
+      <x:c r="D42" s="3" t="n">
+        <x:v>40210</x:v>
+      </x:c>
+      <x:c r="E42" s="3" t="n">
+        <x:v>48393</x:v>
+      </x:c>
+      <x:c r="F42" s="3" t="n">
+        <x:v>43180</x:v>
+      </x:c>
+      <x:c r="G42" s="3" t="n">
+        <x:v>45531</x:v>
+      </x:c>
+      <x:c r="H42" s="3" t="n">
+        <x:v>41720</x:v>
+      </x:c>
+      <x:c r="I42" s="3" t="n">
+        <x:v>50340</x:v>
+      </x:c>
+      <x:c r="J42" s="3" t="n">
+        <x:v>50900</x:v>
+      </x:c>
+      <x:c r="K42" s="3" t="n">
+        <x:v>50698</x:v>
+      </x:c>
+      <x:c r="L42" s="3" t="n">
+        <x:v>46149</x:v>
+      </x:c>
+      <x:c r="M42" s="3" t="n">
+        <x:v>52484</x:v>
+      </x:c>
+      <x:c r="N42" s="3" t="n">
+        <x:v>49121</x:v>
+      </x:c>
+      <x:c r="O42" s="3" t="n">
+        <x:v>48810</x:v>
+      </x:c>
+      <x:c r="P42" s="3" t="n">
+        <x:v>45869</x:v>
+      </x:c>
+      <x:c r="Q42" s="3" t="n">
+        <x:v>54256</x:v>
+      </x:c>
+      <x:c r="R42" s="3" t="n">
+        <x:v>53027</x:v>
+      </x:c>
+      <x:c r="S42" s="3" t="n">
+        <x:v>52921</x:v>
+      </x:c>
+      <x:c r="T42" s="3" t="n">
+        <x:v>49218</x:v>
+      </x:c>
+      <x:c r="U42" s="3" t="n">
+        <x:v>53774</x:v>
+      </x:c>
+      <x:c r="V42" s="3" t="n">
+        <x:v>47456</x:v>
+      </x:c>
+      <x:c r="W42" s="3" t="n">
+        <x:v>49516</x:v>
+      </x:c>
+      <x:c r="X42" s="3" t="n">
+        <x:v>46645</x:v>
+      </x:c>
+      <x:c r="Y42" s="3" t="n">
+        <x:v>53713</x:v>
+      </x:c>
+      <x:c r="Z42" s="3" t="n">
+        <x:v>53568</x:v>
+      </x:c>
+      <x:c r="AA42" s="3" t="n">
+        <x:v>52275</x:v>
+      </x:c>
+      <x:c r="AB42" s="3" t="n">
+        <x:v>52122</x:v>
+      </x:c>
+      <x:c r="AC42" s="3" t="n">
+        <x:v>59822</x:v>
+      </x:c>
+      <x:c r="AD42" s="3" t="n">
+        <x:v>60312</x:v>
+      </x:c>
+      <x:c r="AE42" s="3" t="n">
+        <x:v>60661</x:v>
+      </x:c>
+      <x:c r="AF42" s="3" t="n">
+        <x:v>60225</x:v>
+      </x:c>
+      <x:c r="AG42" s="3" t="n">
+        <x:v>70361</x:v>
+      </x:c>
+      <x:c r="AH42" s="3" t="n">
+        <x:v>69332</x:v>
+      </x:c>
+      <x:c r="AI42" s="3" t="n">
+        <x:v>75370</x:v>
+      </x:c>
+      <x:c r="AJ42" s="3" t="n">
+        <x:v>67608</x:v>
+      </x:c>
+      <x:c r="AK42" s="3" t="n">
+        <x:v>73651</x:v>
+      </x:c>
+      <x:c r="AL42" s="3" t="n">
+        <x:v>66689</x:v>
+      </x:c>
+      <x:c r="AM42" s="3" t="n">
+        <x:v>66319</x:v>
+      </x:c>
+      <x:c r="AN42" s="3" t="n">
+        <x:v>63700</x:v>
+      </x:c>
+      <x:c r="AO42" s="3" t="n">
+        <x:v>69674</x:v>
+      </x:c>
+      <x:c r="AP42" s="3" t="n">
+        <x:v>64680</x:v>
+      </x:c>
+      <x:c r="AQ42" s="3" t="n">
+        <x:v>63631</x:v>
+      </x:c>
+      <x:c r="AR42" s="3" t="n">
+        <x:v>56900</x:v>
+      </x:c>
+      <x:c r="AS42" s="3" t="n">
+        <x:v>64517</x:v>
+      </x:c>
+      <x:c r="AT42" s="3" t="n">
+        <x:v>57629</x:v>
+      </x:c>
+      <x:c r="AU42" s="3" t="n">
+        <x:v>60979</x:v>
+      </x:c>
+      <x:c r="AV42" s="3" t="n">
+        <x:v>54637</x:v>
+      </x:c>
+      <x:c r="AW42" s="3" t="n">
+        <x:v>62508</x:v>
+      </x:c>
+      <x:c r="AX42" s="3" t="n">
+        <x:v>64279</x:v>
+      </x:c>
+      <x:c r="AY42" s="3" t="n">
+        <x:v>62812</x:v>
+      </x:c>
+      <x:c r="AZ42" s="3" t="n">
+        <x:v>59681</x:v>
+      </x:c>
+      <x:c r="BA42" s="3" t="n">
+        <x:v>66886</x:v>
+      </x:c>
+      <x:c r="BB42" s="3" t="n">
+        <x:v>61581</x:v>
+      </x:c>
+      <x:c r="BC42" s="3" t="n">
+        <x:v>67526</x:v>
+      </x:c>
+      <x:c r="BD42" s="3" t="n">
+        <x:v>61439</x:v>
+      </x:c>
+      <x:c r="BE42" s="3" t="n">
+        <x:v>68597</x:v>
+      </x:c>
+      <x:c r="BF42" s="3" t="n">
+        <x:v>68977</x:v>
+      </x:c>
+      <x:c r="BG42" s="3" t="n">
+        <x:v>66675</x:v>
+      </x:c>
+      <x:c r="BH42" s="3" t="n">
+        <x:v>68211</x:v>
+      </x:c>
+      <x:c r="BI42" s="3" t="n">
+        <x:v>71246</x:v>
+      </x:c>
+      <x:c r="BJ42" s="3" t="n">
+        <x:v>67303</x:v>
+      </x:c>
+      <x:c r="BK42" s="3" t="n">
+        <x:v>68600</x:v>
+      </x:c>
+      <x:c r="BL42" s="3" t="n">
+        <x:v>70848</x:v>
+      </x:c>
+      <x:c r="BM42" s="3" t="n">
+        <x:v>76597</x:v>
+      </x:c>
+      <x:c r="BN42" s="3" t="n">
+        <x:v>76944</x:v>
+      </x:c>
+      <x:c r="BO42" s="3" t="n">
+        <x:v>79890</x:v>
+      </x:c>
+      <x:c r="BP42" s="3" t="n">
+        <x:v>80249</x:v>
+      </x:c>
+      <x:c r="BQ42" s="3" t="n">
+        <x:v>86372</x:v>
+      </x:c>
+      <x:c r="BR42" s="3" t="n">
+        <x:v>86039</x:v>
+      </x:c>
+      <x:c r="BS42" s="3" t="n">
+        <x:v>88725</x:v>
+      </x:c>
+      <x:c r="BT42" s="3" t="n">
+        <x:v>86348</x:v>
+      </x:c>
+      <x:c r="BU42" s="3" t="n">
+        <x:v>92229</x:v>
+      </x:c>
+      <x:c r="BV42" s="3" t="n">
+        <x:v>94871</x:v>
+      </x:c>
+      <x:c r="BW42" s="3" t="n">
+        <x:v>94390</x:v>
+      </x:c>
+      <x:c r="BX42" s="3" t="n">
+        <x:v>96603</x:v>
+      </x:c>
+      <x:c r="BY42" s="3" t="n">
+        <x:v>105614</x:v>
+      </x:c>
+      <x:c r="BZ42" s="3" t="n">
+        <x:v>96368</x:v>
+      </x:c>
+      <x:c r="CA42" s="3" t="n">
+        <x:v>110089</x:v>
+      </x:c>
+      <x:c r="CB42" s="3" t="n">
+        <x:v>103379</x:v>
+      </x:c>
+      <x:c r="CC42" s="3" t="n">
+        <x:v>115929</x:v>
+      </x:c>
+      <x:c r="CD42" s="3" t="n">
+        <x:v>115508</x:v>
+      </x:c>
+      <x:c r="CE42" s="3" t="n">
+        <x:v>117257</x:v>
+      </x:c>
+      <x:c r="CF42" s="3" t="n">
+        <x:v>112994</x:v>
+      </x:c>
+      <x:c r="CG42" s="3" t="n">
+        <x:v>122110</x:v>
+      </x:c>
+      <x:c r="CH42" s="3" t="n">
+        <x:v>114349</x:v>
+      </x:c>
+      <x:c r="CI42" s="3" t="n">
+        <x:v>111718</x:v>
+      </x:c>
+      <x:c r="CJ42" s="3" t="n">
+        <x:v>107302</x:v>
+      </x:c>
+      <x:c r="CK42" s="3" t="n">
+        <x:v>123132</x:v>
+      </x:c>
+      <x:c r="CL42" s="3" t="n">
+        <x:v>116230</x:v>
+      </x:c>
+      <x:c r="CM42" s="3" t="n">
+        <x:v>118857</x:v>
+      </x:c>
+      <x:c r="CN42" s="3" t="n">
+        <x:v>114430</x:v>
+      </x:c>
+      <x:c r="CO42" s="3" t="n">
+        <x:v>123590</x:v>
+      </x:c>
+      <x:c r="CP42" s="3" t="n">
+        <x:v>122760</x:v>
+      </x:c>
+      <x:c r="CQ42" s="3" t="n">
+        <x:v>124183</x:v>
+      </x:c>
+      <x:c r="CR42" s="3" t="n">
+        <x:v>120838</x:v>
+      </x:c>
+      <x:c r="CS42" s="3" t="n">
+        <x:v>128693</x:v>
+      </x:c>
+      <x:c r="CT42" s="3" t="n">
+        <x:v>122311</x:v>
+      </x:c>
+      <x:c r="CU42" s="3" t="n">
+        <x:v>130118</x:v>
+      </x:c>
+      <x:c r="CV42" s="3" t="n">
+        <x:v>122934</x:v>
+      </x:c>
+      <x:c r="CW42" s="3" t="n">
+        <x:v>132945</x:v>
+      </x:c>
+      <x:c r="CX42" s="3" t="n">
+        <x:v>130085</x:v>
+      </x:c>
+      <x:c r="CY42" s="3" t="n">
+        <x:v>131031</x:v>
+      </x:c>
+      <x:c r="CZ42" s="3" t="n">
+        <x:v>130540</x:v>
+      </x:c>
+      <x:c r="DA42" s="3" t="n">
+        <x:v>142297</x:v>
+      </x:c>
+      <x:c r="DB42" s="3" t="n">
+        <x:v>142308</x:v>
+      </x:c>
+      <x:c r="DC42" s="3" t="n">
+        <x:v>147745</x:v>
+      </x:c>
+      <x:c r="DD42" s="3" t="n">
+        <x:v>150758</x:v>
+      </x:c>
+      <x:c r="DE42" s="3" t="n">
+        <x:v>156697</x:v>
+      </x:c>
+      <x:c r="DF42" s="3" t="n">
+        <x:v>146364</x:v>
+      </x:c>
+      <x:c r="DG42" s="3" t="n">
+        <x:v>164464</x:v>
+      </x:c>
+      <x:c r="DH42" s="3" t="n">
+        <x:v>163620</x:v>
+      </x:c>
+      <x:c r="DI42" s="3" t="n">
+        <x:v>173169</x:v>
+      </x:c>
+      <x:c r="DJ42" s="3" t="n">
+        <x:v>173077</x:v>
+      </x:c>
+      <x:c r="DK42" s="3" t="n">
+        <x:v>171798</x:v>
+      </x:c>
+      <x:c r="DL42" s="3" t="n">
+        <x:v>172824</x:v>
+      </x:c>
+      <x:c r="DM42" s="3" t="n">
+        <x:v>203247</x:v>
+      </x:c>
+      <x:c r="DN42" s="3" t="n">
+        <x:v>189821</x:v>
+      </x:c>
+      <x:c r="DO42" s="3" t="n">
+        <x:v>190442</x:v>
+      </x:c>
+      <x:c r="DP42" s="3" t="n">
+        <x:v>183096</x:v>
+      </x:c>
+      <x:c r="DQ42" s="3" t="n">
+        <x:v>205234</x:v>
+      </x:c>
+      <x:c r="DR42" s="3" t="n">
+        <x:v>198014</x:v>
+      </x:c>
+      <x:c r="DS42" s="3" t="n">
+        <x:v>209006</x:v>
+      </x:c>
+      <x:c r="DT42" s="3" t="n">
+        <x:v>194751</x:v>
+      </x:c>
+      <x:c r="DU42" s="3" t="n">
+        <x:v>190769</x:v>
+      </x:c>
+      <x:c r="DV42" s="3" t="n">
+        <x:v>173999</x:v>
+      </x:c>
+      <x:c r="DW42" s="3" t="n">
+        <x:v>170458</x:v>
+      </x:c>
+      <x:c r="DX42" s="3" t="n">
+        <x:v>172669</x:v>
+      </x:c>
+      <x:c r="DY42" s="3" t="n">
+        <x:v>179220</x:v>
+      </x:c>
+      <x:c r="DZ42" s="3" t="n">
+        <x:v>177898</x:v>
+      </x:c>
+      <x:c r="EA42" s="3" t="n">
+        <x:v>190982</x:v>
+      </x:c>
+      <x:c r="EB42" s="3" t="n">
+        <x:v>186718</x:v>
+      </x:c>
+      <x:c r="EC42" s="3" t="n">
+        <x:v>199715</x:v>
+      </x:c>
+      <x:c r="ED42" s="3" t="n">
+        <x:v>194984</x:v>
+      </x:c>
+      <x:c r="EE42" s="3" t="n">
+        <x:v>194525</x:v>
+      </x:c>
+      <x:c r="EF42" s="3" t="n">
+        <x:v>194452</x:v>
+      </x:c>
+      <x:c r="EG42" s="3" t="n">
+        <x:v>207204</x:v>
+      </x:c>
+      <x:c r="EH42" s="3" t="n">
+        <x:v>197019</x:v>
+      </x:c>
+      <x:c r="EI42" s="3" t="n">
+        <x:v>201103</x:v>
+      </x:c>
+      <x:c r="EJ42" s="3" t="n">
+        <x:v>202038</x:v>
+      </x:c>
+      <x:c r="EK42" s="3" t="n">
+        <x:v>209730</x:v>
+      </x:c>
+      <x:c r="EL42" s="3" t="n">
+        <x:v>195152</x:v>
+      </x:c>
+      <x:c r="EM42" s="3" t="n">
+        <x:v>211217</x:v>
+      </x:c>
+      <x:c r="EN42" s="3" t="n">
+        <x:v>207702</x:v>
+      </x:c>
+      <x:c r="EO42" s="3" t="n">
+        <x:v>215241</x:v>
+      </x:c>
+      <x:c r="EP42" s="3" t="n">
+        <x:v>205104</x:v>
+      </x:c>
+      <x:c r="EQ42" s="3" t="n">
+        <x:v>211584</x:v>
+      </x:c>
+      <x:c r="ER42" s="3" t="n">
+        <x:v>213121</x:v>
+      </x:c>
+      <x:c r="ES42" s="3" t="n">
+        <x:v>217245</x:v>
+      </x:c>
+      <x:c r="ET42" s="3" t="n">
+        <x:v>215541</x:v>
+      </x:c>
+      <x:c r="EU42" s="3" t="n">
+        <x:v>218764</x:v>
+      </x:c>
+      <x:c r="EV42" s="3" t="n">
+        <x:v>210925</x:v>
+      </x:c>
+      <x:c r="EW42" s="3" t="n">
+        <x:v>224547</x:v>
+      </x:c>
+      <x:c r="EX42" s="3" t="n">
+        <x:v>205016</x:v>
+      </x:c>
+      <x:c r="EY42" s="3" t="n">
+        <x:v>218458</x:v>
+      </x:c>
+      <x:c r="EZ42" s="3" t="n">
+        <x:v>212603</x:v>
+      </x:c>
+      <x:c r="FA42" s="3" t="n">
+        <x:v>221517</x:v>
+      </x:c>
+      <x:c r="FB42" s="3" t="n">
+        <x:v>217570</x:v>
+      </x:c>
+      <x:c r="FC42" s="3" t="n">
+        <x:v>220110</x:v>
+      </x:c>
+      <x:c r="FD42" s="3" t="n">
+        <x:v>215537</x:v>
+      </x:c>
+      <x:c r="FE42" s="3" t="n">
+        <x:v>234286</x:v>
+      </x:c>
+      <x:c r="FF42" s="3" t="n">
+        <x:v>216697</x:v>
+      </x:c>
+      <x:c r="FG42" s="3" t="n">
+        <x:v>235685</x:v>
+      </x:c>
+      <x:c r="FH42" s="3" t="n">
+        <x:v>223468</x:v>
+      </x:c>
+      <x:c r="FI42" s="3" t="n">
+        <x:v>236863</x:v>
+      </x:c>
+      <x:c r="FJ42" s="3" t="n">
+        <x:v>243534</x:v>
+      </x:c>
+      <x:c r="FK42" s="3" t="n">
+        <x:v>245821</x:v>
+      </x:c>
+      <x:c r="FL42" s="3" t="n">
+        <x:v>238018</x:v>
+      </x:c>
+      <x:c r="FM42" s="3" t="n">
+        <x:v>242072</x:v>
+      </x:c>
+      <x:c r="FN42" s="3" t="n">
+        <x:v>234631</x:v>
+      </x:c>
+      <x:c r="FO42" s="3" t="n">
+        <x:v>219400</x:v>
+      </x:c>
+      <x:c r="FP42" s="3" t="n">
+        <x:v>236915</x:v>
+      </x:c>
+      <x:c r="FQ42" s="3" t="n">
+        <x:v>252482</x:v>
+      </x:c>
+      <x:c r="FR42" s="3" t="n">
+        <x:v>229053</x:v>
+      </x:c>
+      <x:c r="FS42" s="3" t="n">
+        <x:v>257745</x:v>
+      </x:c>
+      <x:c r="FT42" s="3" t="n">
+        <x:v>247460</x:v>
+      </x:c>
+      <x:c r="FU42" s="3" t="n">
+        <x:v>259875</x:v>
+      </x:c>
+      <x:c r="FV42" s="3" t="n">
+        <x:v>248356</x:v>
+      </x:c>
+      <x:c r="FW42" s="3" t="n">
+        <x:v>262959</x:v>
+      </x:c>
+      <x:c r="FX42" s="3" t="n">
+        <x:v>265460</x:v>
+      </x:c>
+      <x:c r="FY42" s="3" t="n">
+        <x:v>284885</x:v>
+      </x:c>
+      <x:c r="FZ42" s="3" t="n">
+        <x:v>250517</x:v>
+      </x:c>
+      <x:c r="GA42" s="3" t="n">
+        <x:v>254892</x:v>
+      </x:c>
+      <x:c r="GB42" s="3" t="n">
+        <x:v>239499</x:v>
+      </x:c>
+      <x:c r="GC42" s="3" t="n">
+        <x:v>250544</x:v>
+      </x:c>
+      <x:c r="GD42" s="3" t="n">
+        <x:v>231725</x:v>
+      </x:c>
+      <x:c r="GE42" s="3" t="n">
+        <x:v>266758</x:v>
+      </x:c>
+      <x:c r="GF42" s="3" t="n">
+        <x:v>258383</x:v>
+      </x:c>
+      <x:c r="GG42" s="3" t="n">
+        <x:v>260778</x:v>
+      </x:c>
+      <x:c r="GH42" s="3" t="n">
+        <x:v>249312</x:v>
+      </x:c>
+      <x:c r="GI42" s="3" t="n">
+        <x:v>264076</x:v>
+      </x:c>
+      <x:c r="GJ42" s="3" t="n">
+        <x:v>260909</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:192">
+      <x:c r="A43" s="2" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="B43" s="3" t="n">
+        <x:v>14000</x:v>
+      </x:c>
+      <x:c r="C43" s="3" t="n">
+        <x:v>16744</x:v>
+      </x:c>
+      <x:c r="D43" s="3" t="n">
+        <x:v>16007</x:v>
+      </x:c>
+      <x:c r="E43" s="3" t="n">
+        <x:v>18582</x:v>
+      </x:c>
+      <x:c r="F43" s="3" t="n">
+        <x:v>14192</x:v>
+      </x:c>
+      <x:c r="G43" s="3" t="n">
+        <x:v>16653</x:v>
+      </x:c>
+      <x:c r="H43" s="3" t="n">
+        <x:v>16247</x:v>
+      </x:c>
+      <x:c r="I43" s="3" t="n">
+        <x:v>18563</x:v>
+      </x:c>
+      <x:c r="J43" s="3" t="n">
+        <x:v>15366</x:v>
+      </x:c>
+      <x:c r="K43" s="3" t="n">
+        <x:v>16055</x:v>
+      </x:c>
+      <x:c r="L43" s="3" t="n">
+        <x:v>11437</x:v>
+      </x:c>
+      <x:c r="M43" s="3" t="n">
+        <x:v>13009</x:v>
+      </x:c>
+      <x:c r="N43" s="3" t="n">
+        <x:v>10604</x:v>
+      </x:c>
+      <x:c r="O43" s="3" t="n">
+        <x:v>7316</x:v>
+      </x:c>
+      <x:c r="P43" s="3" t="n">
+        <x:v>9389</x:v>
+      </x:c>
+      <x:c r="Q43" s="3" t="n">
+        <x:v>11293</x:v>
+      </x:c>
+      <x:c r="R43" s="3" t="n">
+        <x:v>8344</x:v>
+      </x:c>
+      <x:c r="S43" s="3" t="n">
+        <x:v>5654</x:v>
+      </x:c>
+      <x:c r="T43" s="3" t="n">
+        <x:v>9586</x:v>
+      </x:c>
+      <x:c r="U43" s="3" t="n">
+        <x:v>9107</x:v>
+      </x:c>
+      <x:c r="V43" s="3" t="n">
+        <x:v>6446</x:v>
+      </x:c>
+      <x:c r="W43" s="3" t="n">
+        <x:v>4810</x:v>
+      </x:c>
+      <x:c r="X43" s="3" t="n">
+        <x:v>6993</x:v>
+      </x:c>
+      <x:c r="Y43" s="3" t="n">
+        <x:v>7130</x:v>
+      </x:c>
+      <x:c r="Z43" s="3" t="n">
+        <x:v>7540</x:v>
+      </x:c>
+      <x:c r="AA43" s="3" t="n">
+        <x:v>8192</x:v>
+      </x:c>
+      <x:c r="AB43" s="3" t="n">
+        <x:v>5976</x:v>
+      </x:c>
+      <x:c r="AC43" s="3" t="n">
+        <x:v>6855</x:v>
+      </x:c>
+      <x:c r="AD43" s="3" t="n">
+        <x:v>7338</x:v>
+      </x:c>
+      <x:c r="AE43" s="3" t="n">
+        <x:v>5255</x:v>
+      </x:c>
+      <x:c r="AF43" s="3" t="n">
+        <x:v>6875</x:v>
+      </x:c>
+      <x:c r="AG43" s="3" t="n">
+        <x:v>5738</x:v>
+      </x:c>
+      <x:c r="AH43" s="3" t="n">
+        <x:v>5356</x:v>
+      </x:c>
+      <x:c r="AI43" s="3" t="n">
+        <x:v>11821</x:v>
+      </x:c>
+      <x:c r="AJ43" s="3" t="n">
+        <x:v>7018</x:v>
+      </x:c>
+      <x:c r="AK43" s="3" t="n">
+        <x:v>4156</x:v>
+      </x:c>
+      <x:c r="AL43" s="3" t="n">
+        <x:v>5354</x:v>
+      </x:c>
+      <x:c r="AM43" s="3" t="n">
+        <x:v>5813</x:v>
+      </x:c>
+      <x:c r="AN43" s="3" t="n">
+        <x:v>7732</x:v>
+      </x:c>
+      <x:c r="AO43" s="3" t="n">
+        <x:v>8401</x:v>
+      </x:c>
+      <x:c r="AP43" s="3" t="n">
+        <x:v>4725</x:v>
+      </x:c>
+      <x:c r="AQ43" s="3" t="n">
+        <x:v>4278</x:v>
+      </x:c>
+      <x:c r="AR43" s="3" t="n">
+        <x:v>4681</x:v>
+      </x:c>
+      <x:c r="AS43" s="3" t="n">
+        <x:v>3952</x:v>
+      </x:c>
+      <x:c r="AT43" s="3" t="n">
+        <x:v>3372</x:v>
+      </x:c>
+      <x:c r="AU43" s="3" t="n">
+        <x:v>4541</x:v>
+      </x:c>
+      <x:c r="AV43" s="3" t="n">
+        <x:v>4717</x:v>
+      </x:c>
+      <x:c r="AW43" s="3" t="n">
+        <x:v>3239</x:v>
+      </x:c>
+      <x:c r="AX43" s="3" t="n">
+        <x:v>3727</x:v>
+      </x:c>
+      <x:c r="AY43" s="3" t="n">
+        <x:v>6478</x:v>
+      </x:c>
+      <x:c r="AZ43" s="3" t="n">
+        <x:v>4543</x:v>
+      </x:c>
+      <x:c r="BA43" s="3" t="n">
+        <x:v>4235</x:v>
+      </x:c>
+      <x:c r="BB43" s="3" t="n">
+        <x:v>3893</x:v>
+      </x:c>
+      <x:c r="BC43" s="3" t="n">
+        <x:v>6950</x:v>
+      </x:c>
+      <x:c r="BD43" s="3" t="n">
+        <x:v>3513</x:v>
+      </x:c>
+      <x:c r="BE43" s="3" t="n">
+        <x:v>4790</x:v>
+      </x:c>
+      <x:c r="BF43" s="3" t="n">
+        <x:v>3853</x:v>
+      </x:c>
+      <x:c r="BG43" s="3" t="n">
+        <x:v>5091</x:v>
+      </x:c>
+      <x:c r="BH43" s="3" t="n">
+        <x:v>4889</x:v>
+      </x:c>
+      <x:c r="BI43" s="3" t="n">
+        <x:v>4007</x:v>
+      </x:c>
+      <x:c r="BJ43" s="3" t="n">
+        <x:v>4510</x:v>
+      </x:c>
+      <x:c r="BK43" s="3" t="n">
+        <x:v>4314</x:v>
+      </x:c>
+      <x:c r="BL43" s="3" t="n">
+        <x:v>4824</x:v>
+      </x:c>
+      <x:c r="BM43" s="3" t="n">
+        <x:v>4715</x:v>
+      </x:c>
+      <x:c r="BN43" s="3" t="n">
+        <x:v>4181</x:v>
+      </x:c>
+      <x:c r="BO43" s="3" t="n">
+        <x:v>4578</x:v>
+      </x:c>
+      <x:c r="BP43" s="3" t="n">
+        <x:v>4937</x:v>
+      </x:c>
+      <x:c r="BQ43" s="3" t="n">
+        <x:v>4247</x:v>
+      </x:c>
+      <x:c r="BR43" s="3" t="n">
+        <x:v>5453</x:v>
+      </x:c>
+      <x:c r="BS43" s="3" t="n">
+        <x:v>6298</x:v>
+      </x:c>
+      <x:c r="BT43" s="3" t="n">
+        <x:v>5913</x:v>
+      </x:c>
+      <x:c r="BU43" s="3" t="n">
+        <x:v>4334</x:v>
+      </x:c>
+      <x:c r="BV43" s="3" t="n">
+        <x:v>4577</x:v>
+      </x:c>
+      <x:c r="BW43" s="3" t="n">
+        <x:v>4857</x:v>
+      </x:c>
+      <x:c r="BX43" s="3" t="n">
+        <x:v>5303</x:v>
+      </x:c>
+      <x:c r="BY43" s="3" t="n">
+        <x:v>7367</x:v>
+      </x:c>
+      <x:c r="BZ43" s="3" t="n">
+        <x:v>5919</x:v>
+      </x:c>
+      <x:c r="CA43" s="3" t="n">
+        <x:v>6257</x:v>
+      </x:c>
+      <x:c r="CB43" s="3" t="n">
+        <x:v>6000</x:v>
+      </x:c>
+      <x:c r="CC43" s="3" t="n">
+        <x:v>5838</x:v>
+      </x:c>
+      <x:c r="CD43" s="3" t="n">
+        <x:v>6655</x:v>
+      </x:c>
+      <x:c r="CE43" s="3" t="n">
+        <x:v>5589</x:v>
+      </x:c>
+      <x:c r="CF43" s="3" t="n">
+        <x:v>6197</x:v>
+      </x:c>
+      <x:c r="CG43" s="3" t="n">
+        <x:v>5557</x:v>
+      </x:c>
+      <x:c r="CH43" s="3" t="n">
+        <x:v>5256</x:v>
+      </x:c>
+      <x:c r="CI43" s="3" t="n">
+        <x:v>6758</x:v>
+      </x:c>
+      <x:c r="CJ43" s="3" t="n">
+        <x:v>6709</x:v>
+      </x:c>
+      <x:c r="CK43" s="3" t="n">
+        <x:v>6880</x:v>
+      </x:c>
+      <x:c r="CL43" s="3" t="n">
+        <x:v>4038</x:v>
+      </x:c>
+      <x:c r="CM43" s="3" t="n">
+        <x:v>3298</x:v>
+      </x:c>
+      <x:c r="CN43" s="3" t="n">
+        <x:v>6036</x:v>
+      </x:c>
+      <x:c r="CO43" s="3" t="n">
+        <x:v>6385</x:v>
+      </x:c>
+      <x:c r="CP43" s="3" t="n">
+        <x:v>4422</x:v>
+      </x:c>
+      <x:c r="CQ43" s="3" t="n">
+        <x:v>4579</x:v>
+      </x:c>
+      <x:c r="CR43" s="3" t="n">
+        <x:v>4510</x:v>
+      </x:c>
+      <x:c r="CS43" s="3" t="n">
+        <x:v>6050</x:v>
+      </x:c>
+      <x:c r="CT43" s="3" t="n">
+        <x:v>4135</x:v>
+      </x:c>
+      <x:c r="CU43" s="3" t="n">
+        <x:v>4113</x:v>
+      </x:c>
+      <x:c r="CV43" s="3" t="n">
+        <x:v>4725</x:v>
+      </x:c>
+      <x:c r="CW43" s="3" t="n">
+        <x:v>4747</x:v>
+      </x:c>
+      <x:c r="CX43" s="3" t="n">
+        <x:v>5760</x:v>
+      </x:c>
+      <x:c r="CY43" s="3" t="n">
+        <x:v>3531</x:v>
+      </x:c>
+      <x:c r="CZ43" s="3" t="n">
+        <x:v>4074</x:v>
+      </x:c>
+      <x:c r="DA43" s="3" t="n">
+        <x:v>4422</x:v>
+      </x:c>
+      <x:c r="DB43" s="3" t="n">
+        <x:v>3243</x:v>
+      </x:c>
+      <x:c r="DC43" s="3" t="n">
+        <x:v>4472</x:v>
+      </x:c>
+      <x:c r="DD43" s="3" t="n">
+        <x:v>5416</x:v>
+      </x:c>
+      <x:c r="DE43" s="3" t="n">
+        <x:v>5332</x:v>
+      </x:c>
+      <x:c r="DF43" s="3" t="n">
+        <x:v>3924</x:v>
+      </x:c>
+      <x:c r="DG43" s="3" t="n">
+        <x:v>3815</x:v>
+      </x:c>
+      <x:c r="DH43" s="3" t="n">
+        <x:v>4293</x:v>
+      </x:c>
+      <x:c r="DI43" s="3" t="n">
+        <x:v>7272</x:v>
+      </x:c>
+      <x:c r="DJ43" s="3" t="n">
+        <x:v>3712</x:v>
+      </x:c>
+      <x:c r="DK43" s="3" t="n">
+        <x:v>2882</x:v>
+      </x:c>
+      <x:c r="DL43" s="3" t="n">
+        <x:v>3447</x:v>
+      </x:c>
+      <x:c r="DM43" s="3" t="n">
+        <x:v>5178</x:v>
+      </x:c>
+      <x:c r="DN43" s="3" t="n">
+        <x:v>6907</x:v>
+      </x:c>
+      <x:c r="DO43" s="3" t="n">
+        <x:v>10918</x:v>
+      </x:c>
+      <x:c r="DP43" s="3" t="n">
+        <x:v>6854</x:v>
+      </x:c>
+      <x:c r="DQ43" s="3" t="n">
+        <x:v>9735</x:v>
+      </x:c>
+      <x:c r="DR43" s="3" t="n">
+        <x:v>4220</x:v>
+      </x:c>
+      <x:c r="DS43" s="3" t="n">
+        <x:v>4671</x:v>
+      </x:c>
+      <x:c r="DT43" s="3" t="n">
+        <x:v>4155</x:v>
+      </x:c>
+      <x:c r="DU43" s="3" t="n">
+        <x:v>7239</x:v>
+      </x:c>
+      <x:c r="DV43" s="3" t="n">
+        <x:v>6080</x:v>
+      </x:c>
+      <x:c r="DW43" s="3" t="n">
+        <x:v>6933</x:v>
+      </x:c>
+      <x:c r="DX43" s="3" t="n">
+        <x:v>9117</x:v>
+      </x:c>
+      <x:c r="DY43" s="3" t="n">
+        <x:v>8397</x:v>
+      </x:c>
+      <x:c r="DZ43" s="3" t="n">
+        <x:v>4010</x:v>
+      </x:c>
+      <x:c r="EA43" s="3" t="n">
+        <x:v>6759</x:v>
+      </x:c>
+      <x:c r="EB43" s="3" t="n">
+        <x:v>7596</x:v>
+      </x:c>
+      <x:c r="EC43" s="3" t="n">
+        <x:v>5068</x:v>
+      </x:c>
+      <x:c r="ED43" s="3" t="n">
+        <x:v>7132</x:v>
+      </x:c>
+      <x:c r="EE43" s="3" t="n">
+        <x:v>4132</x:v>
+      </x:c>
+      <x:c r="EF43" s="3" t="n">
+        <x:v>5184</x:v>
+      </x:c>
+      <x:c r="EG43" s="3" t="n">
+        <x:v>5186</x:v>
+      </x:c>
+      <x:c r="EH43" s="3" t="n">
+        <x:v>4580</x:v>
+      </x:c>
+      <x:c r="EI43" s="3" t="n">
+        <x:v>7975</x:v>
+      </x:c>
+      <x:c r="EJ43" s="3" t="n">
+        <x:v>5292</x:v>
+      </x:c>
+      <x:c r="EK43" s="3" t="n">
+        <x:v>4323</x:v>
+      </x:c>
+      <x:c r="EL43" s="3" t="n">
+        <x:v>5234</x:v>
+      </x:c>
+      <x:c r="EM43" s="3" t="n">
+        <x:v>5853</x:v>
+      </x:c>
+      <x:c r="EN43" s="3" t="n">
+        <x:v>9276</x:v>
+      </x:c>
+      <x:c r="EO43" s="3" t="n">
+        <x:v>4329</x:v>
+      </x:c>
+      <x:c r="EP43" s="3" t="n">
+        <x:v>4885</x:v>
+      </x:c>
+      <x:c r="EQ43" s="3" t="n">
+        <x:v>4922</x:v>
+      </x:c>
+      <x:c r="ER43" s="3" t="n">
+        <x:v>6452</x:v>
+      </x:c>
+      <x:c r="ES43" s="3" t="n">
+        <x:v>5514</x:v>
+      </x:c>
+      <x:c r="ET43" s="3" t="n">
+        <x:v>5725</x:v>
+      </x:c>
+      <x:c r="EU43" s="3" t="n">
+        <x:v>5483</x:v>
+      </x:c>
+      <x:c r="EV43" s="3" t="n">
+        <x:v>5401</x:v>
+      </x:c>
+      <x:c r="EW43" s="3" t="n">
+        <x:v>5134</x:v>
+      </x:c>
+      <x:c r="EX43" s="3" t="n">
+        <x:v>5331</x:v>
+      </x:c>
+      <x:c r="EY43" s="3" t="n">
+        <x:v>5027</x:v>
+      </x:c>
+      <x:c r="EZ43" s="3" t="n">
+        <x:v>5856</x:v>
+      </x:c>
+      <x:c r="FA43" s="3" t="n">
+        <x:v>3930</x:v>
+      </x:c>
+      <x:c r="FB43" s="3" t="n">
+        <x:v>5330</x:v>
+      </x:c>
+      <x:c r="FC43" s="3" t="n">
+        <x:v>7346</x:v>
+      </x:c>
+      <x:c r="FD43" s="3" t="n">
+        <x:v>6611</x:v>
+      </x:c>
+      <x:c r="FE43" s="3" t="n">
+        <x:v>6243</x:v>
+      </x:c>
+      <x:c r="FF43" s="3" t="n">
+        <x:v>8550</x:v>
+      </x:c>
+      <x:c r="FG43" s="3" t="n">
+        <x:v>9708</x:v>
+      </x:c>
+      <x:c r="FH43" s="3" t="n">
+        <x:v>8668</x:v>
+      </x:c>
+      <x:c r="FI43" s="3" t="n">
+        <x:v>8464</x:v>
+      </x:c>
+      <x:c r="FJ43" s="3" t="n">
+        <x:v>6743</x:v>
+      </x:c>
+      <x:c r="FK43" s="3" t="n">
+        <x:v>7901</x:v>
+      </x:c>
+      <x:c r="FL43" s="3" t="n">
+        <x:v>11869</x:v>
+      </x:c>
+      <x:c r="FM43" s="3" t="n">
+        <x:v>10219</x:v>
+      </x:c>
+      <x:c r="FN43" s="3" t="n">
+        <x:v>10415</x:v>
+      </x:c>
+      <x:c r="FO43" s="3" t="n">
+        <x:v>7574</x:v>
+      </x:c>
+      <x:c r="FP43" s="3" t="n">
+        <x:v>8008</x:v>
+      </x:c>
+      <x:c r="FQ43" s="3" t="n">
+        <x:v>8038</x:v>
+      </x:c>
+      <x:c r="FR43" s="3" t="n">
+        <x:v>8858</x:v>
+      </x:c>
+      <x:c r="FS43" s="3" t="n">
+        <x:v>9955</x:v>
+      </x:c>
+      <x:c r="FT43" s="3" t="n">
+        <x:v>5304</x:v>
+      </x:c>
+      <x:c r="FU43" s="3" t="n">
+        <x:v>5886</x:v>
+      </x:c>
+      <x:c r="FV43" s="3" t="n">
+        <x:v>4807</x:v>
+      </x:c>
+      <x:c r="FW43" s="3" t="n">
+        <x:v>6855</x:v>
+      </x:c>
+      <x:c r="FX43" s="3" t="n">
+        <x:v>6369</x:v>
+      </x:c>
+      <x:c r="FY43" s="3" t="n">
+        <x:v>7657</x:v>
+      </x:c>
+      <x:c r="FZ43" s="3" t="n">
+        <x:v>7800</x:v>
+      </x:c>
+      <x:c r="GA43" s="3" t="n">
+        <x:v>5410</x:v>
+      </x:c>
+      <x:c r="GB43" s="3" t="n">
+        <x:v>6791</x:v>
+      </x:c>
+      <x:c r="GC43" s="3" t="n">
+        <x:v>6439</x:v>
+      </x:c>
+      <x:c r="GD43" s="3" t="n">
+        <x:v>5002</x:v>
+      </x:c>
+      <x:c r="GE43" s="3" t="n">
+        <x:v>4344</x:v>
+      </x:c>
+      <x:c r="GF43" s="3" t="n">
+        <x:v>8377</x:v>
+      </x:c>
+      <x:c r="GG43" s="3" t="n">
+        <x:v>5050</x:v>
+      </x:c>
+      <x:c r="GH43" s="3" t="n">
+        <x:v>6260</x:v>
+      </x:c>
+      <x:c r="GI43" s="3" t="n">
+        <x:v>5057</x:v>
+      </x:c>
+      <x:c r="GJ43" s="3" t="n">
+        <x:v>6641</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:192">
+      <x:c r="A44" s="2" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="B44" s="3" t="n">
+        <x:v>10407</x:v>
+      </x:c>
+      <x:c r="C44" s="3" t="n">
+        <x:v>19603</x:v>
+      </x:c>
+      <x:c r="D44" s="3" t="n">
+        <x:v>4585</x:v>
+      </x:c>
+      <x:c r="E44" s="3" t="n">
+        <x:v>11567</x:v>
+      </x:c>
+      <x:c r="F44" s="3" t="n">
+        <x:v>9337</x:v>
+      </x:c>
+      <x:c r="G44" s="3" t="n">
+        <x:v>11546</x:v>
+      </x:c>
+      <x:c r="H44" s="3" t="n">
+        <x:v>14960</x:v>
+      </x:c>
+      <x:c r="I44" s="3" t="n">
+        <x:v>7787</x:v>
+      </x:c>
+      <x:c r="J44" s="3" t="n">
+        <x:v>6982</x:v>
+      </x:c>
+      <x:c r="K44" s="3" t="n">
+        <x:v>7216</x:v>
+      </x:c>
+      <x:c r="L44" s="3" t="n">
+        <x:v>10701</x:v>
+      </x:c>
+      <x:c r="M44" s="3" t="n">
+        <x:v>8280</x:v>
+      </x:c>
+      <x:c r="N44" s="3" t="n">
+        <x:v>13227</x:v>
+      </x:c>
+      <x:c r="O44" s="3" t="n">
+        <x:v>5580</x:v>
+      </x:c>
+      <x:c r="P44" s="3" t="n">
+        <x:v>17248</x:v>
+      </x:c>
+      <x:c r="Q44" s="3" t="n">
+        <x:v>19775</x:v>
+      </x:c>
+      <x:c r="R44" s="3" t="n">
+        <x:v>12496</x:v>
+      </x:c>
+      <x:c r="S44" s="3" t="n">
+        <x:v>22437</x:v>
+      </x:c>
+      <x:c r="T44" s="3" t="n">
+        <x:v>17436</x:v>
+      </x:c>
+      <x:c r="U44" s="3" t="n">
+        <x:v>21958</x:v>
+      </x:c>
+      <x:c r="V44" s="3" t="n">
+        <x:v>28950</x:v>
+      </x:c>
+      <x:c r="W44" s="3" t="n">
+        <x:v>20613</x:v>
+      </x:c>
+      <x:c r="X44" s="3" t="n">
+        <x:v>10596</x:v>
+      </x:c>
+      <x:c r="Y44" s="3" t="n">
+        <x:v>13558</x:v>
+      </x:c>
+      <x:c r="Z44" s="3" t="n">
+        <x:v>20921</x:v>
+      </x:c>
+      <x:c r="AA44" s="3" t="n">
         <x:v>12795</x:v>
       </x:c>
-      <x:c r="AU30" s="3" t="n">
-[...432 lines deleted...]
-        <x:v>-13217</x:v>
+      <x:c r="AB44" s="3" t="n">
+        <x:v>15383</x:v>
+      </x:c>
+      <x:c r="AC44" s="3" t="n">
+        <x:v>7176</x:v>
+      </x:c>
+      <x:c r="AD44" s="3" t="n">
+        <x:v>10460</x:v>
+      </x:c>
+      <x:c r="AE44" s="3" t="n">
+        <x:v>10982</x:v>
+      </x:c>
+      <x:c r="AF44" s="3" t="n">
+        <x:v>9318</x:v>
+      </x:c>
+      <x:c r="AG44" s="3" t="n">
+        <x:v>14885</x:v>
+      </x:c>
+      <x:c r="AH44" s="3" t="n">
+        <x:v>19772</x:v>
+      </x:c>
+      <x:c r="AI44" s="3" t="n">
+        <x:v>12955</x:v>
+      </x:c>
+      <x:c r="AJ44" s="3" t="n">
+        <x:v>7638</x:v>
+      </x:c>
+      <x:c r="AK44" s="3" t="n">
+        <x:v>10232</x:v>
+      </x:c>
+      <x:c r="AL44" s="3" t="n">
+        <x:v>8939</x:v>
+      </x:c>
+      <x:c r="AM44" s="3" t="n">
+        <x:v>9169</x:v>
+      </x:c>
+      <x:c r="AN44" s="3" t="n">
+        <x:v>11910</x:v>
+      </x:c>
+      <x:c r="AO44" s="3" t="n">
+        <x:v>17556</x:v>
+      </x:c>
+      <x:c r="AP44" s="3" t="n">
+        <x:v>12269</x:v>
+      </x:c>
+      <x:c r="AQ44" s="3" t="n">
+        <x:v>15289</x:v>
+      </x:c>
+      <x:c r="AR44" s="3" t="n">
+        <x:v>11387</x:v>
+      </x:c>
+      <x:c r="AS44" s="3" t="n">
+        <x:v>28753</x:v>
+      </x:c>
+      <x:c r="AT44" s="3" t="n">
+        <x:v>17757</x:v>
+      </x:c>
+      <x:c r="AU44" s="3" t="n">
+        <x:v>22579</x:v>
+      </x:c>
+      <x:c r="AV44" s="3" t="n">
+        <x:v>21796</x:v>
+      </x:c>
+      <x:c r="AW44" s="3" t="n">
+        <x:v>38938</x:v>
+      </x:c>
+      <x:c r="AX44" s="3" t="n">
+        <x:v>14071</x:v>
+      </x:c>
+      <x:c r="AY44" s="3" t="n">
+        <x:v>28966</x:v>
+      </x:c>
+      <x:c r="AZ44" s="3" t="n">
+        <x:v>14196</x:v>
+      </x:c>
+      <x:c r="BA44" s="3" t="n">
+        <x:v>30103</x:v>
+      </x:c>
+      <x:c r="BB44" s="3" t="n">
+        <x:v>12942</x:v>
+      </x:c>
+      <x:c r="BC44" s="3" t="n">
+        <x:v>23515</x:v>
+      </x:c>
+      <x:c r="BD44" s="3" t="n">
+        <x:v>13128</x:v>
+      </x:c>
+      <x:c r="BE44" s="3" t="n">
+        <x:v>19096</x:v>
+      </x:c>
+      <x:c r="BF44" s="3" t="n">
+        <x:v>10591</x:v>
+      </x:c>
+      <x:c r="BG44" s="3" t="n">
+        <x:v>12884</x:v>
+      </x:c>
+      <x:c r="BH44" s="3" t="n">
+        <x:v>7968</x:v>
+      </x:c>
+      <x:c r="BI44" s="3" t="n">
+        <x:v>12900</x:v>
+      </x:c>
+      <x:c r="BJ44" s="3" t="n">
+        <x:v>14310</x:v>
+      </x:c>
+      <x:c r="BK44" s="3" t="n">
+        <x:v>11871</x:v>
+      </x:c>
+      <x:c r="BL44" s="3" t="n">
+        <x:v>14120</x:v>
+      </x:c>
+      <x:c r="BM44" s="3" t="n">
+        <x:v>16205</x:v>
+      </x:c>
+      <x:c r="BN44" s="3" t="n">
+        <x:v>13766</x:v>
+      </x:c>
+      <x:c r="BO44" s="3" t="n">
+        <x:v>10633</x:v>
+      </x:c>
+      <x:c r="BP44" s="3" t="n">
+        <x:v>7601</x:v>
+      </x:c>
+      <x:c r="BQ44" s="3" t="n">
+        <x:v>7886</x:v>
+      </x:c>
+      <x:c r="BR44" s="3" t="n">
+        <x:v>12005</x:v>
+      </x:c>
+      <x:c r="BS44" s="3" t="n">
+        <x:v>10139</x:v>
+      </x:c>
+      <x:c r="BT44" s="3" t="n">
+        <x:v>8299</x:v>
+      </x:c>
+      <x:c r="BU44" s="3" t="n">
+        <x:v>10974</x:v>
+      </x:c>
+      <x:c r="BV44" s="3" t="n">
+        <x:v>12031</x:v>
+      </x:c>
+      <x:c r="BW44" s="3" t="n">
+        <x:v>13211</x:v>
+      </x:c>
+      <x:c r="BX44" s="3" t="n">
+        <x:v>12292</x:v>
+      </x:c>
+      <x:c r="BY44" s="3" t="n">
+        <x:v>18044</x:v>
+      </x:c>
+      <x:c r="BZ44" s="3" t="n">
+        <x:v>21646</x:v>
+      </x:c>
+      <x:c r="CA44" s="3" t="n">
+        <x:v>19875</x:v>
+      </x:c>
+      <x:c r="CB44" s="3" t="n">
+        <x:v>17677</x:v>
+      </x:c>
+      <x:c r="CC44" s="3" t="n">
+        <x:v>15051</x:v>
+      </x:c>
+      <x:c r="CD44" s="3" t="n">
+        <x:v>25161</x:v>
+      </x:c>
+      <x:c r="CE44" s="3" t="n">
+        <x:v>17533</x:v>
+      </x:c>
+      <x:c r="CF44" s="3" t="n">
+        <x:v>19761</x:v>
+      </x:c>
+      <x:c r="CG44" s="3" t="n">
+        <x:v>24323</x:v>
+      </x:c>
+      <x:c r="CH44" s="3" t="n">
+        <x:v>15279</x:v>
+      </x:c>
+      <x:c r="CI44" s="3" t="n">
+        <x:v>16133</x:v>
+      </x:c>
+      <x:c r="CJ44" s="3" t="n">
+        <x:v>23703</x:v>
+      </x:c>
+      <x:c r="CK44" s="3" t="n">
+        <x:v>16051</x:v>
+      </x:c>
+      <x:c r="CL44" s="3" t="n">
+        <x:v>27807</x:v>
+      </x:c>
+      <x:c r="CM44" s="3" t="n">
+        <x:v>17550</x:v>
+      </x:c>
+      <x:c r="CN44" s="3" t="n">
+        <x:v>14140</x:v>
+      </x:c>
+      <x:c r="CO44" s="3" t="n">
+        <x:v>8611</x:v>
+      </x:c>
+      <x:c r="CP44" s="3" t="n">
+        <x:v>13696</x:v>
+      </x:c>
+      <x:c r="CQ44" s="3" t="n">
+        <x:v>8251</x:v>
+      </x:c>
+      <x:c r="CR44" s="3" t="n">
+        <x:v>9633</x:v>
+      </x:c>
+      <x:c r="CS44" s="3" t="n">
+        <x:v>12011</x:v>
+      </x:c>
+      <x:c r="CT44" s="3" t="n">
+        <x:v>5527</x:v>
+      </x:c>
+      <x:c r="CU44" s="3" t="n">
+        <x:v>18337</x:v>
+      </x:c>
+      <x:c r="CV44" s="3" t="n">
+        <x:v>5978</x:v>
+      </x:c>
+      <x:c r="CW44" s="3" t="n">
+        <x:v>8304</x:v>
+      </x:c>
+      <x:c r="CX44" s="3" t="n">
+        <x:v>8288</x:v>
+      </x:c>
+      <x:c r="CY44" s="3" t="n">
+        <x:v>7141</x:v>
+      </x:c>
+      <x:c r="CZ44" s="3" t="n">
+        <x:v>7286</x:v>
+      </x:c>
+      <x:c r="DA44" s="3" t="n">
+        <x:v>5318</x:v>
+      </x:c>
+      <x:c r="DB44" s="3" t="n">
+        <x:v>6288</x:v>
+      </x:c>
+      <x:c r="DC44" s="3" t="n">
+        <x:v>8098</x:v>
+      </x:c>
+      <x:c r="DD44" s="3" t="n">
+        <x:v>7959</x:v>
+      </x:c>
+      <x:c r="DE44" s="3" t="n">
+        <x:v>11503</x:v>
+      </x:c>
+      <x:c r="DF44" s="3" t="n">
+        <x:v>6836</x:v>
+      </x:c>
+      <x:c r="DG44" s="3" t="n">
+        <x:v>9804</x:v>
+      </x:c>
+      <x:c r="DH44" s="3" t="n">
+        <x:v>8688</x:v>
+      </x:c>
+      <x:c r="DI44" s="3" t="n">
+        <x:v>9131</x:v>
+      </x:c>
+      <x:c r="DJ44" s="3" t="n">
+        <x:v>7152</x:v>
+      </x:c>
+      <x:c r="DK44" s="3" t="n">
+        <x:v>14140</x:v>
+      </x:c>
+      <x:c r="DL44" s="3" t="n">
+        <x:v>10338</x:v>
+      </x:c>
+      <x:c r="DM44" s="3" t="n">
+        <x:v>6157</x:v>
+      </x:c>
+      <x:c r="DN44" s="3" t="n">
+        <x:v>7852</x:v>
+      </x:c>
+      <x:c r="DO44" s="3" t="n">
+        <x:v>10517</x:v>
+      </x:c>
+      <x:c r="DP44" s="3" t="n">
+        <x:v>14022</x:v>
+      </x:c>
+      <x:c r="DQ44" s="3" t="n">
+        <x:v>13652</x:v>
+      </x:c>
+      <x:c r="DR44" s="3" t="n">
+        <x:v>12806</x:v>
+      </x:c>
+      <x:c r="DS44" s="3" t="n">
+        <x:v>14911</x:v>
+      </x:c>
+      <x:c r="DT44" s="3" t="n">
+        <x:v>20553</x:v>
+      </x:c>
+      <x:c r="DU44" s="3" t="n">
+        <x:v>26458</x:v>
+      </x:c>
+      <x:c r="DV44" s="3" t="n">
+        <x:v>11115</x:v>
+      </x:c>
+      <x:c r="DW44" s="3" t="n">
+        <x:v>14884</x:v>
+      </x:c>
+      <x:c r="DX44" s="3" t="n">
+        <x:v>11438</x:v>
+      </x:c>
+      <x:c r="DY44" s="3" t="n">
+        <x:v>19955</x:v>
+      </x:c>
+      <x:c r="DZ44" s="3" t="n">
+        <x:v>13715</x:v>
+      </x:c>
+      <x:c r="EA44" s="3" t="n">
+        <x:v>15840</x:v>
+      </x:c>
+      <x:c r="EB44" s="3" t="n">
+        <x:v>14390</x:v>
+      </x:c>
+      <x:c r="EC44" s="3" t="n">
+        <x:v>12614</x:v>
+      </x:c>
+      <x:c r="ED44" s="3" t="n">
+        <x:v>30923</x:v>
+      </x:c>
+      <x:c r="EE44" s="3" t="n">
+        <x:v>9862</x:v>
+      </x:c>
+      <x:c r="EF44" s="3" t="n">
+        <x:v>9867</x:v>
+      </x:c>
+      <x:c r="EG44" s="3" t="n">
+        <x:v>9650</x:v>
+      </x:c>
+      <x:c r="EH44" s="3" t="n">
+        <x:v>8749</x:v>
+      </x:c>
+      <x:c r="EI44" s="3" t="n">
+        <x:v>9876</x:v>
+      </x:c>
+      <x:c r="EJ44" s="3" t="n">
+        <x:v>8641</x:v>
+      </x:c>
+      <x:c r="EK44" s="3" t="n">
+        <x:v>10726</x:v>
+      </x:c>
+      <x:c r="EL44" s="3" t="n">
+        <x:v>12486</x:v>
+      </x:c>
+      <x:c r="EM44" s="3" t="n">
+        <x:v>13549</x:v>
+      </x:c>
+      <x:c r="EN44" s="3" t="n">
+        <x:v>14952</x:v>
+      </x:c>
+      <x:c r="EO44" s="3" t="n">
+        <x:v>11475</x:v>
+      </x:c>
+      <x:c r="EP44" s="3" t="n">
+        <x:v>8250</x:v>
+      </x:c>
+      <x:c r="EQ44" s="3" t="n">
+        <x:v>10841</x:v>
+      </x:c>
+      <x:c r="ER44" s="3" t="n">
+        <x:v>27105</x:v>
+      </x:c>
+      <x:c r="ES44" s="3" t="n">
+        <x:v>8542</x:v>
+      </x:c>
+      <x:c r="ET44" s="3" t="n">
+        <x:v>14578</x:v>
+      </x:c>
+      <x:c r="EU44" s="3" t="n">
+        <x:v>14760</x:v>
+      </x:c>
+      <x:c r="EV44" s="3" t="n">
+        <x:v>16103</x:v>
+      </x:c>
+      <x:c r="EW44" s="3" t="n">
+        <x:v>12039</x:v>
+      </x:c>
+      <x:c r="EX44" s="3" t="n">
+        <x:v>14105</x:v>
+      </x:c>
+      <x:c r="EY44" s="3" t="n">
+        <x:v>17483</x:v>
+      </x:c>
+      <x:c r="EZ44" s="3" t="n">
+        <x:v>22054</x:v>
+      </x:c>
+      <x:c r="FA44" s="3" t="n">
+        <x:v>19008</x:v>
+      </x:c>
+      <x:c r="FB44" s="3" t="n">
+        <x:v>21575</x:v>
+      </x:c>
+      <x:c r="FC44" s="3" t="n">
+        <x:v>15939</x:v>
+      </x:c>
+      <x:c r="FD44" s="3" t="n">
+        <x:v>13386</x:v>
+      </x:c>
+      <x:c r="FE44" s="3" t="n">
+        <x:v>13004</x:v>
+      </x:c>
+      <x:c r="FF44" s="3" t="n">
+        <x:v>12948</x:v>
+      </x:c>
+      <x:c r="FG44" s="3" t="n">
+        <x:v>16139</x:v>
+      </x:c>
+      <x:c r="FH44" s="3" t="n">
+        <x:v>13263</x:v>
+      </x:c>
+      <x:c r="FI44" s="3" t="n">
+        <x:v>10899</x:v>
+      </x:c>
+      <x:c r="FJ44" s="3" t="n">
+        <x:v>8871</x:v>
+      </x:c>
+      <x:c r="FK44" s="3" t="n">
+        <x:v>14180</x:v>
+      </x:c>
+      <x:c r="FL44" s="3" t="n">
+        <x:v>13994</x:v>
+      </x:c>
+      <x:c r="FM44" s="3" t="n">
+        <x:v>10080</x:v>
+      </x:c>
+      <x:c r="FN44" s="3" t="n">
+        <x:v>14800</x:v>
+      </x:c>
+      <x:c r="FO44" s="3" t="n">
+        <x:v>13747</x:v>
+      </x:c>
+      <x:c r="FP44" s="3" t="n">
+        <x:v>14545</x:v>
+      </x:c>
+      <x:c r="FQ44" s="3" t="n">
+        <x:v>10157</x:v>
+      </x:c>
+      <x:c r="FR44" s="3" t="n">
+        <x:v>8356</x:v>
+      </x:c>
+      <x:c r="FS44" s="3" t="n">
+        <x:v>8570</x:v>
+      </x:c>
+      <x:c r="FT44" s="3" t="n">
+        <x:v>13887</x:v>
+      </x:c>
+      <x:c r="FU44" s="3" t="n">
+        <x:v>14297</x:v>
+      </x:c>
+      <x:c r="FV44" s="3" t="n">
+        <x:v>9950</x:v>
+      </x:c>
+      <x:c r="FW44" s="3" t="n">
+        <x:v>6145</x:v>
+      </x:c>
+      <x:c r="FX44" s="3" t="n">
+        <x:v>6142</x:v>
+      </x:c>
+      <x:c r="FY44" s="3" t="n">
+        <x:v>8294</x:v>
+      </x:c>
+      <x:c r="FZ44" s="3" t="n">
+        <x:v>5774</x:v>
+      </x:c>
+      <x:c r="GA44" s="3" t="n">
+        <x:v>10304</x:v>
+      </x:c>
+      <x:c r="GB44" s="3" t="n">
+        <x:v>8218</x:v>
+      </x:c>
+      <x:c r="GC44" s="3" t="n">
+        <x:v>7437</x:v>
+      </x:c>
+      <x:c r="GD44" s="3" t="n">
+        <x:v>5448</x:v>
+      </x:c>
+      <x:c r="GE44" s="3" t="n">
+        <x:v>6387</x:v>
+      </x:c>
+      <x:c r="GF44" s="3" t="n">
+        <x:v>9564</x:v>
+      </x:c>
+      <x:c r="GG44" s="3" t="n">
+        <x:v>16983</x:v>
+      </x:c>
+      <x:c r="GH44" s="3" t="n">
+        <x:v>6120</x:v>
+      </x:c>
+      <x:c r="GI44" s="3" t="n">
+        <x:v>6163</x:v>
+      </x:c>
+      <x:c r="GJ44" s="3" t="n">
+        <x:v>4300</x:v>
       </x:c>
     </x:row>
-    <x:row r="31" spans="1:191">
-[...201 lines deleted...]
-      <x:c r="BP31" s="3" t="n">
+    <x:row r="45" spans="1:192">
+      <x:c r="A45" s="2" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="B45" s="3" t="n">
+        <x:v>34056</x:v>
+      </x:c>
+      <x:c r="C45" s="3" t="n">
+        <x:v>36735</x:v>
+      </x:c>
+      <x:c r="D45" s="3" t="n">
+        <x:v>38211</x:v>
+      </x:c>
+      <x:c r="E45" s="3" t="n">
+        <x:v>37762</x:v>
+      </x:c>
+      <x:c r="F45" s="3" t="n">
+        <x:v>31661</x:v>
+      </x:c>
+      <x:c r="G45" s="3" t="n">
+        <x:v>35038</x:v>
+      </x:c>
+      <x:c r="H45" s="3" t="n">
+        <x:v>36157</x:v>
+      </x:c>
+      <x:c r="I45" s="3" t="n">
+        <x:v>36430</x:v>
+      </x:c>
+      <x:c r="J45" s="3" t="n">
+        <x:v>31898</x:v>
+      </x:c>
+      <x:c r="K45" s="3" t="n">
+        <x:v>33641</x:v>
+      </x:c>
+      <x:c r="L45" s="3" t="n">
+        <x:v>33771</x:v>
+      </x:c>
+      <x:c r="M45" s="3" t="n">
+        <x:v>33263</x:v>
+      </x:c>
+      <x:c r="N45" s="3" t="n">
+        <x:v>31332</x:v>
+      </x:c>
+      <x:c r="O45" s="3" t="n">
+        <x:v>34332</x:v>
+      </x:c>
+      <x:c r="P45" s="3" t="n">
+        <x:v>38207</x:v>
+      </x:c>
+      <x:c r="Q45" s="3" t="n">
+        <x:v>41647</x:v>
+      </x:c>
+      <x:c r="R45" s="3" t="n">
+        <x:v>32071</x:v>
+      </x:c>
+      <x:c r="S45" s="3" t="n">
+        <x:v>33961</x:v>
+      </x:c>
+      <x:c r="T45" s="3" t="n">
+        <x:v>37423</x:v>
+      </x:c>
+      <x:c r="U45" s="3" t="n">
+        <x:v>48385</x:v>
+      </x:c>
+      <x:c r="V45" s="3" t="n">
+        <x:v>38842</x:v>
+      </x:c>
+      <x:c r="W45" s="3" t="n">
+        <x:v>36661</x:v>
+      </x:c>
+      <x:c r="X45" s="3" t="n">
+        <x:v>46023</x:v>
+      </x:c>
+      <x:c r="Y45" s="3" t="n">
+        <x:v>37953</x:v>
+      </x:c>
+      <x:c r="Z45" s="3" t="n">
+        <x:v>32515</x:v>
+      </x:c>
+      <x:c r="AA45" s="3" t="n">
+        <x:v>37209</x:v>
+      </x:c>
+      <x:c r="AB45" s="3" t="n">
+        <x:v>42554</x:v>
+      </x:c>
+      <x:c r="AC45" s="3" t="n">
+        <x:v>53032</x:v>
+      </x:c>
+      <x:c r="AD45" s="3" t="n">
+        <x:v>40060</x:v>
+      </x:c>
+      <x:c r="AE45" s="3" t="n">
+        <x:v>42012</x:v>
+      </x:c>
+      <x:c r="AF45" s="3" t="n">
+        <x:v>48691</x:v>
+      </x:c>
+      <x:c r="AG45" s="3" t="n">
+        <x:v>42719</x:v>
+      </x:c>
+      <x:c r="AH45" s="3" t="n">
+        <x:v>46352</x:v>
+      </x:c>
+      <x:c r="AI45" s="3" t="n">
+        <x:v>46236</x:v>
+      </x:c>
+      <x:c r="AJ45" s="3" t="n">
+        <x:v>51763</x:v>
+      </x:c>
+      <x:c r="AK45" s="3" t="n">
+        <x:v>43826</x:v>
+      </x:c>
+      <x:c r="AL45" s="3" t="n">
+        <x:v>42090</x:v>
+      </x:c>
+      <x:c r="AM45" s="3" t="n">
+        <x:v>45056</x:v>
+      </x:c>
+      <x:c r="AN45" s="3" t="n">
+        <x:v>51049</x:v>
+      </x:c>
+      <x:c r="AO45" s="3" t="n">
+        <x:v>38521</x:v>
+      </x:c>
+      <x:c r="AP45" s="3" t="n">
+        <x:v>41613</x:v>
+      </x:c>
+      <x:c r="AQ45" s="3" t="n">
+        <x:v>45050</x:v>
+      </x:c>
+      <x:c r="AR45" s="3" t="n">
+        <x:v>50107</x:v>
+      </x:c>
+      <x:c r="AS45" s="3" t="n">
+        <x:v>39440</x:v>
+      </x:c>
+      <x:c r="AT45" s="3" t="n">
+        <x:v>42870</x:v>
+      </x:c>
+      <x:c r="AU45" s="3" t="n">
+        <x:v>45056</x:v>
+      </x:c>
+      <x:c r="AV45" s="3" t="n">
+        <x:v>48787</x:v>
+      </x:c>
+      <x:c r="AW45" s="3" t="n">
+        <x:v>47066</x:v>
+      </x:c>
+      <x:c r="AX45" s="3" t="n">
+        <x:v>44780</x:v>
+      </x:c>
+      <x:c r="AY45" s="3" t="n">
+        <x:v>43411</x:v>
+      </x:c>
+      <x:c r="AZ45" s="3" t="n">
+        <x:v>48371</x:v>
+      </x:c>
+      <x:c r="BA45" s="3" t="n">
+        <x:v>47129</x:v>
+      </x:c>
+      <x:c r="BB45" s="3" t="n">
+        <x:v>42610</x:v>
+      </x:c>
+      <x:c r="BC45" s="3" t="n">
+        <x:v>48109</x:v>
+      </x:c>
+      <x:c r="BD45" s="3" t="n">
+        <x:v>52920</x:v>
+      </x:c>
+      <x:c r="BE45" s="3" t="n">
+        <x:v>50995</x:v>
+      </x:c>
+      <x:c r="BF45" s="3" t="n">
+        <x:v>47224</x:v>
+      </x:c>
+      <x:c r="BG45" s="3" t="n">
+        <x:v>53419</x:v>
+      </x:c>
+      <x:c r="BH45" s="3" t="n">
+        <x:v>55592</x:v>
+      </x:c>
+      <x:c r="BI45" s="3" t="n">
+        <x:v>48729</x:v>
+      </x:c>
+      <x:c r="BJ45" s="3" t="n">
+        <x:v>49004</x:v>
+      </x:c>
+      <x:c r="BK45" s="3" t="n">
+        <x:v>52309</x:v>
+      </x:c>
+      <x:c r="BL45" s="3" t="n">
+        <x:v>59806</x:v>
+      </x:c>
+      <x:c r="BM45" s="3" t="n">
+        <x:v>52431</x:v>
+      </x:c>
+      <x:c r="BN45" s="3" t="n">
+        <x:v>47414</x:v>
+      </x:c>
+      <x:c r="BO45" s="3" t="n">
+        <x:v>49196</x:v>
+      </x:c>
+      <x:c r="BP45" s="3" t="n">
+        <x:v>53696</x:v>
+      </x:c>
+      <x:c r="BQ45" s="3" t="n">
+        <x:v>61201</x:v>
+      </x:c>
+      <x:c r="BR45" s="3" t="n">
+        <x:v>49367</x:v>
+      </x:c>
+      <x:c r="BS45" s="3" t="n">
+        <x:v>52077</x:v>
+      </x:c>
+      <x:c r="BT45" s="3" t="n">
+        <x:v>55331</x:v>
+      </x:c>
+      <x:c r="BU45" s="3" t="n">
+        <x:v>50660</x:v>
+      </x:c>
+      <x:c r="BV45" s="3" t="n">
+        <x:v>47926</x:v>
+      </x:c>
+      <x:c r="BW45" s="3" t="n">
+        <x:v>49487</x:v>
+      </x:c>
+      <x:c r="BX45" s="3" t="n">
+        <x:v>56992</x:v>
+      </x:c>
+      <x:c r="BY45" s="3" t="n">
+        <x:v>54474</x:v>
+      </x:c>
+      <x:c r="BZ45" s="3" t="n">
+        <x:v>52409</x:v>
+      </x:c>
+      <x:c r="CA45" s="3" t="n">
+        <x:v>61365</x:v>
+      </x:c>
+      <x:c r="CB45" s="3" t="n">
+        <x:v>66819</x:v>
+      </x:c>
+      <x:c r="CC45" s="3" t="n">
+        <x:v>62810</x:v>
+      </x:c>
+      <x:c r="CD45" s="3" t="n">
+        <x:v>60008</x:v>
+      </x:c>
+      <x:c r="CE45" s="3" t="n">
+        <x:v>63527</x:v>
+      </x:c>
+      <x:c r="CF45" s="3" t="n">
+        <x:v>69439</x:v>
+      </x:c>
+      <x:c r="CG45" s="3" t="n">
+        <x:v>65640</x:v>
+      </x:c>
+      <x:c r="CH45" s="3" t="n">
+        <x:v>64155</x:v>
+      </x:c>
+      <x:c r="CI45" s="3" t="n">
+        <x:v>66166</x:v>
+      </x:c>
+      <x:c r="CJ45" s="3" t="n">
+        <x:v>72898</x:v>
+      </x:c>
+      <x:c r="CK45" s="3" t="n">
+        <x:v>66705</x:v>
+      </x:c>
+      <x:c r="CL45" s="3" t="n">
+        <x:v>65234</x:v>
+      </x:c>
+      <x:c r="CM45" s="3" t="n">
+        <x:v>69174</x:v>
+      </x:c>
+      <x:c r="CN45" s="3" t="n">
+        <x:v>74285</x:v>
+      </x:c>
+      <x:c r="CO45" s="3" t="n">
+        <x:v>71308</x:v>
+      </x:c>
+      <x:c r="CP45" s="3" t="n">
+        <x:v>69594</x:v>
+      </x:c>
+      <x:c r="CQ45" s="3" t="n">
+        <x:v>73609</x:v>
+      </x:c>
+      <x:c r="CR45" s="3" t="n">
+        <x:v>78812</x:v>
+      </x:c>
+      <x:c r="CS45" s="3" t="n">
+        <x:v>71199</x:v>
+      </x:c>
+      <x:c r="CT45" s="3" t="n">
+        <x:v>67010</x:v>
+      </x:c>
+      <x:c r="CU45" s="3" t="n">
+        <x:v>71327</x:v>
+      </x:c>
+      <x:c r="CV45" s="3" t="n">
+        <x:v>79493</x:v>
+      </x:c>
+      <x:c r="CW45" s="3" t="n">
+        <x:v>72061</x:v>
+      </x:c>
+      <x:c r="CX45" s="3" t="n">
+        <x:v>62399</x:v>
+      </x:c>
+      <x:c r="CY45" s="3" t="n">
+        <x:v>68178</x:v>
+      </x:c>
+      <x:c r="CZ45" s="3" t="n">
+        <x:v>77875</x:v>
+      </x:c>
+      <x:c r="DA45" s="3" t="n">
+        <x:v>71191</x:v>
+      </x:c>
+      <x:c r="DB45" s="3" t="n">
+        <x:v>65606</x:v>
+      </x:c>
+      <x:c r="DC45" s="3" t="n">
+        <x:v>68828</x:v>
+      </x:c>
+      <x:c r="DD45" s="3" t="n">
+        <x:v>79805</x:v>
+      </x:c>
+      <x:c r="DE45" s="3" t="n">
+        <x:v>74252</x:v>
+      </x:c>
+      <x:c r="DF45" s="3" t="n">
+        <x:v>65773</x:v>
+      </x:c>
+      <x:c r="DG45" s="3" t="n">
+        <x:v>76319</x:v>
+      </x:c>
+      <x:c r="DH45" s="3" t="n">
+        <x:v>87083</x:v>
+      </x:c>
+      <x:c r="DI45" s="3" t="n">
+        <x:v>80469</x:v>
+      </x:c>
+      <x:c r="DJ45" s="3" t="n">
+        <x:v>67780</x:v>
+      </x:c>
+      <x:c r="DK45" s="3" t="n">
+        <x:v>80132</x:v>
+      </x:c>
+      <x:c r="DL45" s="3" t="n">
+        <x:v>92189</x:v>
+      </x:c>
+      <x:c r="DM45" s="3" t="n">
+        <x:v>86071</x:v>
+      </x:c>
+      <x:c r="DN45" s="3" t="n">
+        <x:v>79643</x:v>
+      </x:c>
+      <x:c r="DO45" s="3" t="n">
+        <x:v>87466</x:v>
+      </x:c>
+      <x:c r="DP45" s="3" t="n">
+        <x:v>98839</x:v>
+      </x:c>
+      <x:c r="DQ45" s="3" t="n">
+        <x:v>94671</x:v>
+      </x:c>
+      <x:c r="DR45" s="3" t="n">
+        <x:v>85225</x:v>
+      </x:c>
+      <x:c r="DS45" s="3" t="n">
+        <x:v>94325</x:v>
+      </x:c>
+      <x:c r="DT45" s="3" t="n">
+        <x:v>102603</x:v>
+      </x:c>
+      <x:c r="DU45" s="3" t="n">
+        <x:v>93941</x:v>
+      </x:c>
+      <x:c r="DV45" s="3" t="n">
+        <x:v>78689</x:v>
+      </x:c>
+      <x:c r="DW45" s="3" t="n">
+        <x:v>88975</x:v>
+      </x:c>
+      <x:c r="DX45" s="3" t="n">
+        <x:v>95168</x:v>
+      </x:c>
+      <x:c r="DY45" s="3" t="n">
+        <x:v>87313</x:v>
+      </x:c>
+      <x:c r="DZ45" s="3" t="n">
+        <x:v>86973</x:v>
+      </x:c>
+      <x:c r="EA45" s="3" t="n">
+        <x:v>98833</x:v>
+      </x:c>
+      <x:c r="EB45" s="3" t="n">
+        <x:v>106725</x:v>
+      </x:c>
+      <x:c r="EC45" s="3" t="n">
+        <x:v>94568</x:v>
+      </x:c>
+      <x:c r="ED45" s="3" t="n">
+        <x:v>87810</x:v>
+      </x:c>
+      <x:c r="EE45" s="3" t="n">
+        <x:v>96610</x:v>
+      </x:c>
+      <x:c r="EF45" s="3" t="n">
+        <x:v>107407</x:v>
+      </x:c>
+      <x:c r="EG45" s="3" t="n">
+        <x:v>106475</x:v>
+      </x:c>
+      <x:c r="EH45" s="3" t="n">
+        <x:v>101682</x:v>
+      </x:c>
+      <x:c r="EI45" s="3" t="n">
+        <x:v>112466</x:v>
+      </x:c>
+      <x:c r="EJ45" s="3" t="n">
+        <x:v>120332</x:v>
+      </x:c>
+      <x:c r="EK45" s="3" t="n">
+        <x:v>102876</x:v>
+      </x:c>
+      <x:c r="EL45" s="3" t="n">
+        <x:v>105678</x:v>
+      </x:c>
+      <x:c r="EM45" s="3" t="n">
+        <x:v>117894</x:v>
+      </x:c>
+      <x:c r="EN45" s="3" t="n">
+        <x:v>126312</x:v>
+      </x:c>
+      <x:c r="EO45" s="3" t="n">
+        <x:v>119038</x:v>
+      </x:c>
+      <x:c r="EP45" s="3" t="n">
+        <x:v>109347</x:v>
+      </x:c>
+      <x:c r="EQ45" s="3" t="n">
+        <x:v>123352</x:v>
+      </x:c>
+      <x:c r="ER45" s="3" t="n">
+        <x:v>131921</x:v>
+      </x:c>
+      <x:c r="ES45" s="3" t="n">
+        <x:v>117841</x:v>
+      </x:c>
+      <x:c r="ET45" s="3" t="n">
+        <x:v>114100</x:v>
+      </x:c>
+      <x:c r="EU45" s="3" t="n">
+        <x:v>120146</x:v>
+      </x:c>
+      <x:c r="EV45" s="3" t="n">
+        <x:v>129909</x:v>
+      </x:c>
+      <x:c r="EW45" s="3" t="n">
+        <x:v>121588</x:v>
+      </x:c>
+      <x:c r="EX45" s="3" t="n">
+        <x:v>114058</x:v>
+      </x:c>
+      <x:c r="EY45" s="3" t="n">
+        <x:v>127853</x:v>
+      </x:c>
+      <x:c r="EZ45" s="3" t="n">
+        <x:v>136605</x:v>
+      </x:c>
+      <x:c r="FA45" s="3" t="n">
+        <x:v>127463</x:v>
+      </x:c>
+      <x:c r="FB45" s="3" t="n">
+        <x:v>112352</x:v>
+      </x:c>
+      <x:c r="FC45" s="3" t="n">
+        <x:v>129959</x:v>
+      </x:c>
+      <x:c r="FD45" s="3" t="n">
+        <x:v>137697</x:v>
+      </x:c>
+      <x:c r="FE45" s="3" t="n">
+        <x:v>129117</x:v>
+      </x:c>
+      <x:c r="FF45" s="3" t="n">
+        <x:v>111661</x:v>
+      </x:c>
+      <x:c r="FG45" s="3" t="n">
+        <x:v>131552</x:v>
+      </x:c>
+      <x:c r="FH45" s="3" t="n">
+        <x:v>140063</x:v>
+      </x:c>
+      <x:c r="FI45" s="3" t="n">
+        <x:v>125808</x:v>
+      </x:c>
+      <x:c r="FJ45" s="3" t="n">
+        <x:v>117913</x:v>
+      </x:c>
+      <x:c r="FK45" s="3" t="n">
+        <x:v>134943</x:v>
+      </x:c>
+      <x:c r="FL45" s="3" t="n">
+        <x:v>147397</x:v>
+      </x:c>
+      <x:c r="FM45" s="3" t="n">
+        <x:v>139363</x:v>
+      </x:c>
+      <x:c r="FN45" s="3" t="n">
+        <x:v>125708</x:v>
+      </x:c>
+      <x:c r="FO45" s="3" t="n">
+        <x:v>89051</x:v>
+      </x:c>
+      <x:c r="FP45" s="3" t="n">
+        <x:v>98745</x:v>
+      </x:c>
+      <x:c r="FQ45" s="3" t="n">
+        <x:v>99647</x:v>
+      </x:c>
+      <x:c r="FR45" s="3" t="n">
+        <x:v>82652</x:v>
+      </x:c>
+      <x:c r="FS45" s="3" t="n">
+        <x:v>86770</x:v>
+      </x:c>
+      <x:c r="FT45" s="3" t="n">
+        <x:v>108510</x:v>
+      </x:c>
+      <x:c r="FU45" s="3" t="n">
+        <x:v>122733</x:v>
+      </x:c>
+      <x:c r="FV45" s="3" t="n">
+        <x:v>110088</x:v>
+      </x:c>
+      <x:c r="FW45" s="3" t="n">
+        <x:v>139846</x:v>
+      </x:c>
+      <x:c r="FX45" s="3" t="n">
+        <x:v>152491</x:v>
+      </x:c>
+      <x:c r="FY45" s="3" t="n">
+        <x:v>143102</x:v>
+      </x:c>
+      <x:c r="FZ45" s="3" t="n">
+        <x:v>131428</x:v>
+      </x:c>
+      <x:c r="GA45" s="3" t="n">
+        <x:v>150314</x:v>
+      </x:c>
+      <x:c r="GB45" s="3" t="n">
+        <x:v>158080</x:v>
+      </x:c>
+      <x:c r="GC45" s="3" t="n">
+        <x:v>150866</x:v>
+      </x:c>
+      <x:c r="GD45" s="3" t="n">
+        <x:v>144821</x:v>
+      </x:c>
+      <x:c r="GE45" s="3" t="n">
+        <x:v>162303</x:v>
+      </x:c>
+      <x:c r="GF45" s="3" t="n">
+        <x:v>177463</x:v>
+      </x:c>
+      <x:c r="GG45" s="3" t="n">
+        <x:v>162828</x:v>
+      </x:c>
+      <x:c r="GH45" s="3" t="n">
+        <x:v>150494</x:v>
+      </x:c>
+      <x:c r="GI45" s="3" t="n">
+        <x:v>165492</x:v>
+      </x:c>
+      <x:c r="GJ45" s="3" t="n">
+        <x:v>180393</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:192">
+      <x:c r="A46" s="2" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="B46" s="3" t="n">
+        <x:v>417936</x:v>
+      </x:c>
+      <x:c r="C46" s="3" t="n">
+        <x:v>431440</x:v>
+      </x:c>
+      <x:c r="D46" s="3" t="n">
+        <x:v>432463</x:v>
+      </x:c>
+      <x:c r="E46" s="3" t="n">
+        <x:v>452981</x:v>
+      </x:c>
+      <x:c r="F46" s="3" t="n">
+        <x:v>440613</x:v>
+      </x:c>
+      <x:c r="G46" s="3" t="n">
+        <x:v>427144</x:v>
+      </x:c>
+      <x:c r="H46" s="3" t="n">
+        <x:v>456573</x:v>
+      </x:c>
+      <x:c r="I46" s="3" t="n">
+        <x:v>485977</x:v>
+      </x:c>
+      <x:c r="J46" s="3" t="n">
+        <x:v>485180</x:v>
+      </x:c>
+      <x:c r="K46" s="3" t="n">
+        <x:v>464682</x:v>
+      </x:c>
+      <x:c r="L46" s="3" t="n">
+        <x:v>451419</x:v>
+      </x:c>
+      <x:c r="M46" s="3" t="n">
+        <x:v>490974</x:v>
+      </x:c>
+      <x:c r="N46" s="3" t="n">
+        <x:v>485785</x:v>
+      </x:c>
+      <x:c r="O46" s="3" t="n">
+        <x:v>474923</x:v>
+      </x:c>
+      <x:c r="P46" s="3" t="n">
+        <x:v>467507</x:v>
+      </x:c>
+      <x:c r="Q46" s="3" t="n">
+        <x:v>495721</x:v>
+      </x:c>
+      <x:c r="R46" s="3" t="n">
+        <x:v>485960</x:v>
+      </x:c>
+      <x:c r="S46" s="3" t="n">
+        <x:v>473845</x:v>
+      </x:c>
+      <x:c r="T46" s="3" t="n">
+        <x:v>469241</x:v>
+      </x:c>
+      <x:c r="U46" s="3" t="n">
+        <x:v>499554</x:v>
+      </x:c>
+      <x:c r="V46" s="3" t="n">
+        <x:v>494728</x:v>
+      </x:c>
+      <x:c r="W46" s="3" t="n">
+        <x:v>498208</x:v>
+      </x:c>
+      <x:c r="X46" s="3" t="n">
+        <x:v>489364</x:v>
+      </x:c>
+      <x:c r="Y46" s="3" t="n">
+        <x:v>522305</x:v>
+      </x:c>
+      <x:c r="Z46" s="3" t="n">
+        <x:v>527366</x:v>
+      </x:c>
+      <x:c r="AA46" s="3" t="n">
+        <x:v>516766</x:v>
+      </x:c>
+      <x:c r="AB46" s="3" t="n">
+        <x:v>527660</x:v>
+      </x:c>
+      <x:c r="AC46" s="3" t="n">
+        <x:v>554603</x:v>
+      </x:c>
+      <x:c r="AD46" s="3" t="n">
+        <x:v>561083</x:v>
+      </x:c>
+      <x:c r="AE46" s="3" t="n">
+        <x:v>541198</x:v>
+      </x:c>
+      <x:c r="AF46" s="3" t="n">
+        <x:v>551569</x:v>
+      </x:c>
+      <x:c r="AG46" s="3" t="n">
+        <x:v>590796</x:v>
+      </x:c>
+      <x:c r="AH46" s="3" t="n">
+        <x:v>575493</x:v>
+      </x:c>
+      <x:c r="AI46" s="3" t="n">
+        <x:v>572218</x:v>
+      </x:c>
+      <x:c r="AJ46" s="3" t="n">
+        <x:v>571800</x:v>
+      </x:c>
+      <x:c r="AK46" s="3" t="n">
+        <x:v>615991</x:v>
+      </x:c>
+      <x:c r="AL46" s="3" t="n">
+        <x:v>590357</x:v>
+      </x:c>
+      <x:c r="AM46" s="3" t="n">
+        <x:v>592384</x:v>
+      </x:c>
+      <x:c r="AN46" s="3" t="n">
+        <x:v>569702</x:v>
+      </x:c>
+      <x:c r="AO46" s="3" t="n">
+        <x:v>623796</x:v>
+      </x:c>
+      <x:c r="AP46" s="3" t="n">
+        <x:v>600055</x:v>
+      </x:c>
+      <x:c r="AQ46" s="3" t="n">
+        <x:v>579481</x:v>
+      </x:c>
+      <x:c r="AR46" s="3" t="n">
+        <x:v>574253</x:v>
+      </x:c>
+      <x:c r="AS46" s="3" t="n">
+        <x:v>614608</x:v>
+      </x:c>
+      <x:c r="AT46" s="3" t="n">
+        <x:v>584420</x:v>
+      </x:c>
+      <x:c r="AU46" s="3" t="n">
+        <x:v>597751</x:v>
+      </x:c>
+      <x:c r="AV46" s="3" t="n">
+        <x:v>583455</x:v>
+      </x:c>
+      <x:c r="AW46" s="3" t="n">
+        <x:v>627155</x:v>
+      </x:c>
+      <x:c r="AX46" s="3" t="n">
+        <x:v>612233</x:v>
+      </x:c>
+      <x:c r="AY46" s="3" t="n">
+        <x:v>596585</x:v>
+      </x:c>
+      <x:c r="AZ46" s="3" t="n">
+        <x:v>589840</x:v>
+      </x:c>
+      <x:c r="BA46" s="3" t="n">
+        <x:v>640998</x:v>
+      </x:c>
+      <x:c r="BB46" s="3" t="n">
+        <x:v>619495</x:v>
+      </x:c>
+      <x:c r="BC46" s="3" t="n">
+        <x:v>628138</x:v>
+      </x:c>
+      <x:c r="BD46" s="3" t="n">
+        <x:v>610295</x:v>
+      </x:c>
+      <x:c r="BE46" s="3" t="n">
+        <x:v>651469</x:v>
+      </x:c>
+      <x:c r="BF46" s="3" t="n">
+        <x:v>653120</x:v>
+      </x:c>
+      <x:c r="BG46" s="3" t="n">
+        <x:v>633606</x:v>
+      </x:c>
+      <x:c r="BH46" s="3" t="n">
+        <x:v>638944</x:v>
+      </x:c>
+      <x:c r="BI46" s="3" t="n">
+        <x:v>673167</x:v>
+      </x:c>
+      <x:c r="BJ46" s="3" t="n">
+        <x:v>653316</x:v>
+      </x:c>
+      <x:c r="BK46" s="3" t="n">
+        <x:v>645036</x:v>
+      </x:c>
+      <x:c r="BL46" s="3" t="n">
+        <x:v>655472</x:v>
+      </x:c>
+      <x:c r="BM46" s="3" t="n">
+        <x:v>719679</x:v>
+      </x:c>
+      <x:c r="BN46" s="3" t="n">
+        <x:v>688823</x:v>
+      </x:c>
+      <x:c r="BO46" s="3" t="n">
+        <x:v>694685</x:v>
+      </x:c>
+      <x:c r="BP46" s="3" t="n">
+        <x:v>677621</x:v>
+      </x:c>
+      <x:c r="BQ46" s="3" t="n">
+        <x:v>747100</x:v>
+      </x:c>
+      <x:c r="BR46" s="3" t="n">
+        <x:v>725609</x:v>
+      </x:c>
+      <x:c r="BS46" s="3" t="n">
+        <x:v>703014</x:v>
+      </x:c>
+      <x:c r="BT46" s="3" t="n">
+        <x:v>721548</x:v>
+      </x:c>
+      <x:c r="BU46" s="3" t="n">
+        <x:v>774683</x:v>
+      </x:c>
+      <x:c r="BV46" s="3" t="n">
+        <x:v>765529</x:v>
+      </x:c>
+      <x:c r="BW46" s="3" t="n">
+        <x:v>742866</x:v>
+      </x:c>
+      <x:c r="BX46" s="3" t="n">
+        <x:v>765168</x:v>
+      </x:c>
+      <x:c r="BY46" s="3" t="n">
+        <x:v>796640</x:v>
+      </x:c>
+      <x:c r="BZ46" s="3" t="n">
+        <x:v>781209</x:v>
+      </x:c>
+      <x:c r="CA46" s="3" t="n">
+        <x:v>807856</x:v>
+      </x:c>
+      <x:c r="CB46" s="3" t="n">
+        <x:v>787499</x:v>
+      </x:c>
+      <x:c r="CC46" s="3" t="n">
+        <x:v>849977</x:v>
+      </x:c>
+      <x:c r="CD46" s="3" t="n">
+        <x:v>839997</x:v>
+      </x:c>
+      <x:c r="CE46" s="3" t="n">
+        <x:v>817639</x:v>
+      </x:c>
+      <x:c r="CF46" s="3" t="n">
+        <x:v>801407</x:v>
+      </x:c>
+      <x:c r="CG46" s="3" t="n">
+        <x:v>855449</x:v>
+      </x:c>
+      <x:c r="CH46" s="3" t="n">
+        <x:v>839621</x:v>
+      </x:c>
+      <x:c r="CI46" s="3" t="n">
+        <x:v>820125</x:v>
+      </x:c>
+      <x:c r="CJ46" s="3" t="n">
+        <x:v>831381</x:v>
+      </x:c>
+      <x:c r="CK46" s="3" t="n">
+        <x:v>895709</x:v>
+      </x:c>
+      <x:c r="CL46" s="3" t="n">
+        <x:v>897236</x:v>
+      </x:c>
+      <x:c r="CM46" s="3" t="n">
+        <x:v>844714</x:v>
+      </x:c>
+      <x:c r="CN46" s="3" t="n">
+        <x:v>851972</x:v>
+      </x:c>
+      <x:c r="CO46" s="3" t="n">
+        <x:v>909537</x:v>
+      </x:c>
+      <x:c r="CP46" s="3" t="n">
+        <x:v>904982</x:v>
+      </x:c>
+      <x:c r="CQ46" s="3" t="n">
+        <x:v>864630</x:v>
+      </x:c>
+      <x:c r="CR46" s="3" t="n">
+        <x:v>873642</x:v>
+      </x:c>
+      <x:c r="CS46" s="3" t="n">
+        <x:v>935999</x:v>
+      </x:c>
+      <x:c r="CT46" s="3" t="n">
+        <x:v>893788</x:v>
+      </x:c>
+      <x:c r="CU46" s="3" t="n">
+        <x:v>912901</x:v>
+      </x:c>
+      <x:c r="CV46" s="3" t="n">
+        <x:v>877314</x:v>
+      </x:c>
+      <x:c r="CW46" s="3" t="n">
+        <x:v>947418</x:v>
+      </x:c>
+      <x:c r="CX46" s="3" t="n">
+        <x:v>928986</x:v>
+      </x:c>
+      <x:c r="CY46" s="3" t="n">
+        <x:v>887446</x:v>
+      </x:c>
+      <x:c r="CZ46" s="3" t="n">
+        <x:v>897317</x:v>
+      </x:c>
+      <x:c r="DA46" s="3" t="n">
+        <x:v>957486</x:v>
+      </x:c>
+      <x:c r="DB46" s="3" t="n">
+        <x:v>975159</x:v>
+      </x:c>
+      <x:c r="DC46" s="3" t="n">
+        <x:v>937573</x:v>
+      </x:c>
+      <x:c r="DD46" s="3" t="n">
+        <x:v>920381</x:v>
+      </x:c>
+      <x:c r="DE46" s="3" t="n">
+        <x:v>997092</x:v>
+      </x:c>
+      <x:c r="DF46" s="3" t="n">
+        <x:v>967086</x:v>
+      </x:c>
+      <x:c r="DG46" s="3" t="n">
+        <x:v>982642</x:v>
+      </x:c>
+      <x:c r="DH46" s="3" t="n">
+        <x:v>963838</x:v>
+      </x:c>
+      <x:c r="DI46" s="3" t="n">
+        <x:v>1030385</x:v>
+      </x:c>
+      <x:c r="DJ46" s="3" t="n">
+        <x:v>1017760</x:v>
+      </x:c>
+      <x:c r="DK46" s="3" t="n">
+        <x:v>980797</x:v>
+      </x:c>
+      <x:c r="DL46" s="3" t="n">
+        <x:v>986518</x:v>
+      </x:c>
+      <x:c r="DM46" s="3" t="n">
+        <x:v>1071172</x:v>
+      </x:c>
+      <x:c r="DN46" s="3" t="n">
+        <x:v>1048111</x:v>
+      </x:c>
+      <x:c r="DO46" s="3" t="n">
+        <x:v>1010707</x:v>
+      </x:c>
+      <x:c r="DP46" s="3" t="n">
+        <x:v>1023755</x:v>
+      </x:c>
+      <x:c r="DQ46" s="3" t="n">
+        <x:v>1112409</x:v>
+      </x:c>
+      <x:c r="DR46" s="3" t="n">
+        <x:v>1045853</x:v>
+      </x:c>
+      <x:c r="DS46" s="3" t="n">
+        <x:v>1052735</x:v>
+      </x:c>
+      <x:c r="DT46" s="3" t="n">
+        <x:v>1026281</x:v>
+      </x:c>
+      <x:c r="DU46" s="3" t="n">
+        <x:v>1104630</x:v>
+      </x:c>
+      <x:c r="DV46" s="3" t="n">
+        <x:v>1058104</x:v>
+      </x:c>
+      <x:c r="DW46" s="3" t="n">
+        <x:v>1008023</x:v>
+      </x:c>
+      <x:c r="DX46" s="3" t="n">
+        <x:v>1011819</x:v>
+      </x:c>
+      <x:c r="DY46" s="3" t="n">
+        <x:v>1083320</x:v>
+      </x:c>
+      <x:c r="DZ46" s="3" t="n">
+        <x:v>1069775</x:v>
+      </x:c>
+      <x:c r="EA46" s="3" t="n">
+        <x:v>1035842</x:v>
+      </x:c>
+      <x:c r="EB46" s="3" t="n">
+        <x:v>999992</x:v>
+      </x:c>
+      <x:c r="EC46" s="3" t="n">
+        <x:v>1097474</x:v>
+      </x:c>
+      <x:c r="ED46" s="3" t="n">
+        <x:v>1071203</x:v>
+      </x:c>
+      <x:c r="EE46" s="3" t="n">
+        <x:v>1030099</x:v>
+      </x:c>
+      <x:c r="EF46" s="3" t="n">
+        <x:v>1045460</x:v>
+      </x:c>
+      <x:c r="EG46" s="3" t="n">
+        <x:v>1114535</x:v>
+      </x:c>
+      <x:c r="EH46" s="3" t="n">
+        <x:v>1110312</x:v>
+      </x:c>
+      <x:c r="EI46" s="3" t="n">
+        <x:v>1078411</x:v>
+      </x:c>
+      <x:c r="EJ46" s="3" t="n">
+        <x:v>1056755</x:v>
+      </x:c>
+      <x:c r="EK46" s="3" t="n">
+        <x:v>1136158</x:v>
+      </x:c>
+      <x:c r="EL46" s="3" t="n">
+        <x:v>1081314</x:v>
+      </x:c>
+      <x:c r="EM46" s="3" t="n">
+        <x:v>1106796</x:v>
+      </x:c>
+      <x:c r="EN46" s="3" t="n">
+        <x:v>1092141</x:v>
+      </x:c>
+      <x:c r="EO46" s="3" t="n">
+        <x:v>1157157</x:v>
+      </x:c>
+      <x:c r="EP46" s="3" t="n">
+        <x:v>1121271</x:v>
+      </x:c>
+      <x:c r="EQ46" s="3" t="n">
+        <x:v>1109251</x:v>
+      </x:c>
+      <x:c r="ER46" s="3" t="n">
+        <x:v>1113299</x:v>
+      </x:c>
+      <x:c r="ES46" s="3" t="n">
+        <x:v>1186561</x:v>
+      </x:c>
+      <x:c r="ET46" s="3" t="n">
+        <x:v>1141835</x:v>
+      </x:c>
+      <x:c r="EU46" s="3" t="n">
+        <x:v>1138820</x:v>
+      </x:c>
+      <x:c r="EV46" s="3" t="n">
+        <x:v>1147015</x:v>
+      </x:c>
+      <x:c r="EW46" s="3" t="n">
+        <x:v>1195325</x:v>
+      </x:c>
+      <x:c r="EX46" s="3" t="n">
+        <x:v>1160058</x:v>
+      </x:c>
+      <x:c r="EY46" s="3" t="n">
+        <x:v>1163465</x:v>
+      </x:c>
+      <x:c r="EZ46" s="3" t="n">
+        <x:v>1126135</x:v>
+      </x:c>
+      <x:c r="FA46" s="3" t="n">
+        <x:v>1233048</x:v>
+      </x:c>
+      <x:c r="FB46" s="3" t="n">
+        <x:v>1215445</x:v>
+      </x:c>
+      <x:c r="FC46" s="3" t="n">
+        <x:v>1172769</x:v>
+      </x:c>
+      <x:c r="FD46" s="3" t="n">
+        <x:v>1174291</x:v>
+      </x:c>
+      <x:c r="FE46" s="3" t="n">
+        <x:v>1245214</x:v>
+      </x:c>
+      <x:c r="FF46" s="3" t="n">
+        <x:v>1214133</x:v>
+      </x:c>
+      <x:c r="FG46" s="3" t="n">
+        <x:v>1198176</x:v>
+      </x:c>
+      <x:c r="FH46" s="3" t="n">
+        <x:v>1183932</x:v>
+      </x:c>
+      <x:c r="FI46" s="3" t="n">
+        <x:v>1264861</x:v>
+      </x:c>
+      <x:c r="FJ46" s="3" t="n">
+        <x:v>1235510</x:v>
+      </x:c>
+      <x:c r="FK46" s="3" t="n">
+        <x:v>1190331</x:v>
+      </x:c>
+      <x:c r="FL46" s="3" t="n">
+        <x:v>1195033</x:v>
+      </x:c>
+      <x:c r="FM46" s="3" t="n">
+        <x:v>1311673</x:v>
+      </x:c>
+      <x:c r="FN46" s="3" t="n">
+        <x:v>1248461</x:v>
+      </x:c>
+      <x:c r="FO46" s="3" t="n">
+        <x:v>1154037</x:v>
+      </x:c>
+      <x:c r="FP46" s="3" t="n">
+        <x:v>1190373</x:v>
+      </x:c>
+      <x:c r="FQ46" s="3" t="n">
+        <x:v>1272565</x:v>
+      </x:c>
+      <x:c r="FR46" s="3" t="n">
+        <x:v>1244318</x:v>
+      </x:c>
+      <x:c r="FS46" s="3" t="n">
+        <x:v>1211664</x:v>
+      </x:c>
+      <x:c r="FT46" s="3" t="n">
+        <x:v>1254397</x:v>
+      </x:c>
+      <x:c r="FU46" s="3" t="n">
+        <x:v>1356640</x:v>
+      </x:c>
+      <x:c r="FV46" s="3" t="n">
+        <x:v>1312313</x:v>
+      </x:c>
+      <x:c r="FW46" s="3" t="n">
+        <x:v>1280778</x:v>
+      </x:c>
+      <x:c r="FX46" s="3" t="n">
+        <x:v>1304759</x:v>
+      </x:c>
+      <x:c r="FY46" s="3" t="n">
+        <x:v>1388400</x:v>
+      </x:c>
+      <x:c r="FZ46" s="3" t="n">
+        <x:v>1356518</x:v>
+      </x:c>
+      <x:c r="GA46" s="3" t="n">
+        <x:v>1281328</x:v>
+      </x:c>
+      <x:c r="GB46" s="3" t="n">
+        <x:v>1275789</x:v>
+      </x:c>
+      <x:c r="GC46" s="3" t="n">
+        <x:v>1391263</x:v>
+      </x:c>
+      <x:c r="GD46" s="3" t="n">
+        <x:v>1343186</x:v>
+      </x:c>
+      <x:c r="GE46" s="3" t="n">
+        <x:v>1336735</x:v>
+      </x:c>
+      <x:c r="GF46" s="3" t="n">
+        <x:v>1314856</x:v>
+      </x:c>
+      <x:c r="GG46" s="3" t="n">
+        <x:v>1389387</x:v>
+      </x:c>
+      <x:c r="GH46" s="3" t="n">
+        <x:v>1354627</x:v>
+      </x:c>
+      <x:c r="GI46" s="3" t="n">
+        <x:v>1328081</x:v>
+      </x:c>
+      <x:c r="GJ46" s="3" t="n">
+        <x:v>1341990</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:192">
+      <x:c r="A47" s="2" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="B47" s="3" t="n">
+        <x:v>320407</x:v>
+      </x:c>
+      <x:c r="C47" s="3" t="n">
+        <x:v>330621</x:v>
+      </x:c>
+      <x:c r="D47" s="3" t="n">
+        <x:v>320823</x:v>
+      </x:c>
+      <x:c r="E47" s="3" t="n">
+        <x:v>343761</x:v>
+      </x:c>
+      <x:c r="F47" s="3" t="n">
+        <x:v>342737</x:v>
+      </x:c>
+      <x:c r="G47" s="3" t="n">
+        <x:v>332180</x:v>
+      </x:c>
+      <x:c r="H47" s="3" t="n">
+        <x:v>330783</x:v>
+      </x:c>
+      <x:c r="I47" s="3" t="n">
+        <x:v>354520</x:v>
+      </x:c>
+      <x:c r="J47" s="3" t="n">
+        <x:v>354128</x:v>
+      </x:c>
+      <x:c r="K47" s="3" t="n">
+        <x:v>338509</x:v>
+      </x:c>
+      <x:c r="L47" s="3" t="n">
+        <x:v>336049</x:v>
+      </x:c>
+      <x:c r="M47" s="3" t="n">
+        <x:v>360696</x:v>
+      </x:c>
+      <x:c r="N47" s="3" t="n">
+        <x:v>359100</x:v>
+      </x:c>
+      <x:c r="O47" s="3" t="n">
+        <x:v>345326</x:v>
+      </x:c>
+      <x:c r="P47" s="3" t="n">
+        <x:v>341688</x:v>
+      </x:c>
+      <x:c r="Q47" s="3" t="n">
+        <x:v>367835</x:v>
+      </x:c>
+      <x:c r="R47" s="3" t="n">
+        <x:v>361770</x:v>
+      </x:c>
+      <x:c r="S47" s="3" t="n">
+        <x:v>346972</x:v>
+      </x:c>
+      <x:c r="T47" s="3" t="n">
+        <x:v>342962</x:v>
+      </x:c>
+      <x:c r="U47" s="3" t="n">
+        <x:v>368540</x:v>
+      </x:c>
+      <x:c r="V47" s="3" t="n">
+        <x:v>360608</x:v>
+      </x:c>
+      <x:c r="W47" s="3" t="n">
+        <x:v>358104</x:v>
+      </x:c>
+      <x:c r="X47" s="3" t="n">
+        <x:v>352389</x:v>
+      </x:c>
+      <x:c r="Y47" s="3" t="n">
+        <x:v>378269</x:v>
+      </x:c>
+      <x:c r="Z47" s="3" t="n">
+        <x:v>383524</x:v>
+      </x:c>
+      <x:c r="AA47" s="3" t="n">
+        <x:v>361941</x:v>
+      </x:c>
+      <x:c r="AB47" s="3" t="n">
+        <x:v>364953</x:v>
+      </x:c>
+      <x:c r="AC47" s="3" t="n">
+        <x:v>397036</x:v>
+      </x:c>
+      <x:c r="AD47" s="3" t="n">
+        <x:v>406005</x:v>
+      </x:c>
+      <x:c r="AE47" s="3" t="n">
+        <x:v>386959</x:v>
+      </x:c>
+      <x:c r="AF47" s="3" t="n">
+        <x:v>385589</x:v>
+      </x:c>
+      <x:c r="AG47" s="3" t="n">
+        <x:v>418132</x:v>
+      </x:c>
+      <x:c r="AH47" s="3" t="n">
+        <x:v>400134</x:v>
+      </x:c>
+      <x:c r="AI47" s="3" t="n">
+        <x:v>419665</x:v>
+      </x:c>
+      <x:c r="AJ47" s="3" t="n">
+        <x:v>399040</x:v>
+      </x:c>
+      <x:c r="AK47" s="3" t="n">
+        <x:v>431026</x:v>
+      </x:c>
+      <x:c r="AL47" s="3" t="n">
+        <x:v>417106</x:v>
+      </x:c>
+      <x:c r="AM47" s="3" t="n">
+        <x:v>413786</x:v>
+      </x:c>
+      <x:c r="AN47" s="3" t="n">
+        <x:v>401045</x:v>
+      </x:c>
+      <x:c r="AO47" s="3" t="n">
+        <x:v>438798</x:v>
+      </x:c>
+      <x:c r="AP47" s="3" t="n">
+        <x:v>418567</x:v>
+      </x:c>
+      <x:c r="AQ47" s="3" t="n">
+        <x:v>406833</x:v>
+      </x:c>
+      <x:c r="AR47" s="3" t="n">
+        <x:v>398606</x:v>
+      </x:c>
+      <x:c r="AS47" s="3" t="n">
+        <x:v>425313</x:v>
+      </x:c>
+      <x:c r="AT47" s="3" t="n">
+        <x:v>400432</x:v>
+      </x:c>
+      <x:c r="AU47" s="3" t="n">
+        <x:v>406069</x:v>
+      </x:c>
+      <x:c r="AV47" s="3" t="n">
+        <x:v>391626</x:v>
+      </x:c>
+      <x:c r="AW47" s="3" t="n">
+        <x:v>426436</x:v>
+      </x:c>
+      <x:c r="AX47" s="3" t="n">
+        <x:v>415876</x:v>
+      </x:c>
+      <x:c r="AY47" s="3" t="n">
+        <x:v>401643</x:v>
+      </x:c>
+      <x:c r="AZ47" s="3" t="n">
+        <x:v>401427</x:v>
+      </x:c>
+      <x:c r="BA47" s="3" t="n">
+        <x:v>421980</x:v>
+      </x:c>
+      <x:c r="BB47" s="3" t="n">
+        <x:v>408757</x:v>
+      </x:c>
+      <x:c r="BC47" s="3" t="n">
+        <x:v>415632</x:v>
+      </x:c>
+      <x:c r="BD47" s="3" t="n">
+        <x:v>408124</x:v>
+      </x:c>
+      <x:c r="BE47" s="3" t="n">
+        <x:v>428482</x:v>
+      </x:c>
+      <x:c r="BF47" s="3" t="n">
+        <x:v>429642</x:v>
+      </x:c>
+      <x:c r="BG47" s="3" t="n">
+        <x:v>414869</x:v>
+      </x:c>
+      <x:c r="BH47" s="3" t="n">
+        <x:v>416932</x:v>
+      </x:c>
+      <x:c r="BI47" s="3" t="n">
+        <x:v>442231</x:v>
+      </x:c>
+      <x:c r="BJ47" s="3" t="n">
+        <x:v>433602</x:v>
+      </x:c>
+      <x:c r="BK47" s="3" t="n">
+        <x:v>422675</x:v>
+      </x:c>
+      <x:c r="BL47" s="3" t="n">
+        <x:v>428286</x:v>
+      </x:c>
+      <x:c r="BM47" s="3" t="n">
+        <x:v>466333</x:v>
+      </x:c>
+      <x:c r="BN47" s="3" t="n">
+        <x:v>443923</x:v>
+      </x:c>
+      <x:c r="BO47" s="3" t="n">
+        <x:v>446489</x:v>
+      </x:c>
+      <x:c r="BP47" s="3" t="n">
+        <x:v>445830</x:v>
+      </x:c>
+      <x:c r="BQ47" s="3" t="n">
+        <x:v>477540</x:v>
+      </x:c>
+      <x:c r="BR47" s="3" t="n">
+        <x:v>471988</x:v>
+      </x:c>
+      <x:c r="BS47" s="3" t="n">
+        <x:v>451527</x:v>
+      </x:c>
+      <x:c r="BT47" s="3" t="n">
+        <x:v>463012</x:v>
+      </x:c>
+      <x:c r="BU47" s="3" t="n">
+        <x:v>487991</x:v>
+      </x:c>
+      <x:c r="BV47" s="3" t="n">
+        <x:v>492109</x:v>
+      </x:c>
+      <x:c r="BW47" s="3" t="n">
+        <x:v>468767</x:v>
+      </x:c>
+      <x:c r="BX47" s="3" t="n">
+        <x:v>480999</x:v>
+      </x:c>
+      <x:c r="BY47" s="3" t="n">
+        <x:v>507792</x:v>
+      </x:c>
+      <x:c r="BZ47" s="3" t="n">
+        <x:v>482547</x:v>
+      </x:c>
+      <x:c r="CA47" s="3" t="n">
+        <x:v>514162</x:v>
+      </x:c>
+      <x:c r="CB47" s="3" t="n">
+        <x:v>506480</x:v>
+      </x:c>
+      <x:c r="CC47" s="3" t="n">
+        <x:v>543097</x:v>
+      </x:c>
+      <x:c r="CD47" s="3" t="n">
+        <x:v>527048</x:v>
+      </x:c>
+      <x:c r="CE47" s="3" t="n">
+        <x:v>518378</x:v>
+      </x:c>
+      <x:c r="CF47" s="3" t="n">
+        <x:v>525042</x:v>
+      </x:c>
+      <x:c r="CG47" s="3" t="n">
+        <x:v>555467</x:v>
+      </x:c>
+      <x:c r="CH47" s="3" t="n">
+        <x:v>538619</x:v>
+      </x:c>
+      <x:c r="CI47" s="3" t="n">
+        <x:v>531015</x:v>
+      </x:c>
+      <x:c r="CJ47" s="3" t="n">
+        <x:v>538140</x:v>
+      </x:c>
+      <x:c r="CK47" s="3" t="n">
+        <x:v>571201</x:v>
+      </x:c>
+      <x:c r="CL47" s="3" t="n">
+        <x:v>570372</x:v>
+      </x:c>
+      <x:c r="CM47" s="3" t="n">
+        <x:v>545718</x:v>
+      </x:c>
+      <x:c r="CN47" s="3" t="n">
+        <x:v>550022</x:v>
+      </x:c>
+      <x:c r="CO47" s="3" t="n">
+        <x:v>579859</x:v>
+      </x:c>
+      <x:c r="CP47" s="3" t="n">
+        <x:v>583831</x:v>
+      </x:c>
+      <x:c r="CQ47" s="3" t="n">
+        <x:v>557190</x:v>
+      </x:c>
+      <x:c r="CR47" s="3" t="n">
+        <x:v>554372</x:v>
+      </x:c>
+      <x:c r="CS47" s="3" t="n">
+        <x:v>592575</x:v>
+      </x:c>
+      <x:c r="CT47" s="3" t="n">
+        <x:v>570952</x:v>
+      </x:c>
+      <x:c r="CU47" s="3" t="n">
+        <x:v>583429</x:v>
+      </x:c>
+      <x:c r="CV47" s="3" t="n">
+        <x:v>571832</x:v>
+      </x:c>
+      <x:c r="CW47" s="3" t="n">
+        <x:v>597995</x:v>
+      </x:c>
+      <x:c r="CX47" s="3" t="n">
+        <x:v>589489</x:v>
+      </x:c>
+      <x:c r="CY47" s="3" t="n">
+        <x:v>572687</x:v>
+      </x:c>
+      <x:c r="CZ47" s="3" t="n">
+        <x:v>581894</x:v>
+      </x:c>
+      <x:c r="DA47" s="3" t="n">
+        <x:v>612914</x:v>
+      </x:c>
+      <x:c r="DB47" s="3" t="n">
+        <x:v>617536</x:v>
+      </x:c>
+      <x:c r="DC47" s="3" t="n">
+        <x:v>600701</x:v>
+      </x:c>
+      <x:c r="DD47" s="3" t="n">
+        <x:v>611000</x:v>
+      </x:c>
+      <x:c r="DE47" s="3" t="n">
+        <x:v>654988</x:v>
+      </x:c>
+      <x:c r="DF47" s="3" t="n">
+        <x:v>623182</x:v>
+      </x:c>
+      <x:c r="DG47" s="3" t="n">
+        <x:v>653755</x:v>
+      </x:c>
+      <x:c r="DH47" s="3" t="n">
+        <x:v>639691</x:v>
+      </x:c>
+      <x:c r="DI47" s="3" t="n">
+        <x:v>692379</x:v>
+      </x:c>
+      <x:c r="DJ47" s="3" t="n">
+        <x:v>677829</x:v>
+      </x:c>
+      <x:c r="DK47" s="3" t="n">
+        <x:v>667216</x:v>
+      </x:c>
+      <x:c r="DL47" s="3" t="n">
+        <x:v>670887</x:v>
+      </x:c>
+      <x:c r="DM47" s="3" t="n">
+        <x:v>736889</x:v>
+      </x:c>
+      <x:c r="DN47" s="3" t="n">
+        <x:v>719389</x:v>
+      </x:c>
+      <x:c r="DO47" s="3" t="n">
+        <x:v>708122</x:v>
+      </x:c>
+      <x:c r="DP47" s="3" t="n">
+        <x:v>722297</x:v>
+      </x:c>
+      <x:c r="DQ47" s="3" t="n">
+        <x:v>778443</x:v>
+      </x:c>
+      <x:c r="DR47" s="3" t="n">
+        <x:v>724601</x:v>
+      </x:c>
+      <x:c r="DS47" s="3" t="n">
+        <x:v>755829</x:v>
+      </x:c>
+      <x:c r="DT47" s="3" t="n">
+        <x:v>739556</x:v>
+      </x:c>
+      <x:c r="DU47" s="3" t="n">
+        <x:v>774011</x:v>
+      </x:c>
+      <x:c r="DV47" s="3" t="n">
+        <x:v>732893</x:v>
+      </x:c>
+      <x:c r="DW47" s="3" t="n">
+        <x:v>724753</x:v>
+      </x:c>
+      <x:c r="DX47" s="3" t="n">
+        <x:v>724909</x:v>
+      </x:c>
+      <x:c r="DY47" s="3" t="n">
+        <x:v>771330</x:v>
+      </x:c>
+      <x:c r="DZ47" s="3" t="n">
+        <x:v>748076</x:v>
+      </x:c>
+      <x:c r="EA47" s="3" t="n">
+        <x:v>745207</x:v>
+      </x:c>
+      <x:c r="EB47" s="3" t="n">
+        <x:v>742490</x:v>
+      </x:c>
+      <x:c r="EC47" s="3" t="n">
+        <x:v>783953</x:v>
+      </x:c>
+      <x:c r="ED47" s="3" t="n">
+        <x:v>756030</x:v>
+      </x:c>
+      <x:c r="EE47" s="3" t="n">
+        <x:v>760712</x:v>
+      </x:c>
+      <x:c r="EF47" s="3" t="n">
+        <x:v>763783</x:v>
+      </x:c>
+      <x:c r="EG47" s="3" t="n">
+        <x:v>805479</x:v>
+      </x:c>
+      <x:c r="EH47" s="3" t="n">
+        <x:v>792033</x:v>
+      </x:c>
+      <x:c r="EI47" s="3" t="n">
+        <x:v>786400</x:v>
+      </x:c>
+      <x:c r="EJ47" s="3" t="n">
+        <x:v>789714</x:v>
+      </x:c>
+      <x:c r="EK47" s="3" t="n">
+        <x:v>836638</x:v>
+      </x:c>
+      <x:c r="EL47" s="3" t="n">
+        <x:v>793661</x:v>
+      </x:c>
+      <x:c r="EM47" s="3" t="n">
+        <x:v>821530</x:v>
+      </x:c>
+      <x:c r="EN47" s="3" t="n">
+        <x:v>814441</x:v>
+      </x:c>
+      <x:c r="EO47" s="3" t="n">
+        <x:v>857341</x:v>
+      </x:c>
+      <x:c r="EP47" s="3" t="n">
+        <x:v>824684</x:v>
+      </x:c>
+      <x:c r="EQ47" s="3" t="n">
+        <x:v>829515</x:v>
+      </x:c>
+      <x:c r="ER47" s="3" t="n">
+        <x:v>832448</x:v>
+      </x:c>
+      <x:c r="ES47" s="3" t="n">
+        <x:v>874533</x:v>
+      </x:c>
+      <x:c r="ET47" s="3" t="n">
+        <x:v>839074</x:v>
+      </x:c>
+      <x:c r="EU47" s="3" t="n">
+        <x:v>848673</x:v>
+      </x:c>
+      <x:c r="EV47" s="3" t="n">
+        <x:v>847808</x:v>
+      </x:c>
+      <x:c r="EW47" s="3" t="n">
+        <x:v>881924</x:v>
+      </x:c>
+      <x:c r="EX47" s="3" t="n">
+        <x:v>842174</x:v>
+      </x:c>
+      <x:c r="EY47" s="3" t="n">
+        <x:v>868002</x:v>
+      </x:c>
+      <x:c r="EZ47" s="3" t="n">
+        <x:v>845278</x:v>
+      </x:c>
+      <x:c r="FA47" s="3" t="n">
+        <x:v>897731</x:v>
+      </x:c>
+      <x:c r="FB47" s="3" t="n">
+        <x:v>886993</x:v>
+      </x:c>
+      <x:c r="FC47" s="3" t="n">
+        <x:v>859307</x:v>
+      </x:c>
+      <x:c r="FD47" s="3" t="n">
+        <x:v>863524</x:v>
+      </x:c>
+      <x:c r="FE47" s="3" t="n">
+        <x:v>925641</x:v>
+      </x:c>
+      <x:c r="FF47" s="3" t="n">
+        <x:v>887817</x:v>
+      </x:c>
+      <x:c r="FG47" s="3" t="n">
+        <x:v>897784</x:v>
+      </x:c>
+      <x:c r="FH47" s="3" t="n">
+        <x:v>879011</x:v>
+      </x:c>
+      <x:c r="FI47" s="3" t="n">
+        <x:v>946727</x:v>
+      </x:c>
+      <x:c r="FJ47" s="3" t="n">
+        <x:v>919738</x:v>
+      </x:c>
+      <x:c r="FK47" s="3" t="n">
+        <x:v>903510</x:v>
+      </x:c>
+      <x:c r="FL47" s="3" t="n">
+        <x:v>915106</x:v>
+      </x:c>
+      <x:c r="FM47" s="3" t="n">
+        <x:v>970410</x:v>
+      </x:c>
+      <x:c r="FN47" s="3" t="n">
+        <x:v>918316</x:v>
+      </x:c>
+      <x:c r="FO47" s="3" t="n">
+        <x:v>848459</x:v>
+      </x:c>
+      <x:c r="FP47" s="3" t="n">
+        <x:v>885402</x:v>
+      </x:c>
+      <x:c r="FQ47" s="3" t="n">
+        <x:v>955458</x:v>
+      </x:c>
+      <x:c r="FR47" s="3" t="n">
+        <x:v>912535</x:v>
+      </x:c>
+      <x:c r="FS47" s="3" t="n">
+        <x:v>914231</x:v>
+      </x:c>
+      <x:c r="FT47" s="3" t="n">
+        <x:v>933595</x:v>
+      </x:c>
+      <x:c r="FU47" s="3" t="n">
+        <x:v>1016334</x:v>
+      </x:c>
+      <x:c r="FV47" s="3" t="n">
+        <x:v>985174</x:v>
+      </x:c>
+      <x:c r="FW47" s="3" t="n">
+        <x:v>973107</x:v>
+      </x:c>
+      <x:c r="FX47" s="3" t="n">
+        <x:v>978878</x:v>
+      </x:c>
+      <x:c r="FY47" s="3" t="n">
+        <x:v>1049172</x:v>
+      </x:c>
+      <x:c r="FZ47" s="3" t="n">
+        <x:v>1019559</x:v>
+      </x:c>
+      <x:c r="GA47" s="3" t="n">
+        <x:v>979485</x:v>
+      </x:c>
+      <x:c r="GB47" s="3" t="n">
+        <x:v>979157</x:v>
+      </x:c>
+      <x:c r="GC47" s="3" t="n">
+        <x:v>1043427</x:v>
+      </x:c>
+      <x:c r="GD47" s="3" t="n">
+        <x:v>994850</x:v>
+      </x:c>
+      <x:c r="GE47" s="3" t="n">
+        <x:v>1003123</x:v>
+      </x:c>
+      <x:c r="GF47" s="3" t="n">
+        <x:v>995045</x:v>
+      </x:c>
+      <x:c r="GG47" s="3" t="n">
+        <x:v>1050281</x:v>
+      </x:c>
+      <x:c r="GH47" s="3" t="n">
+        <x:v>1023443</x:v>
+      </x:c>
+      <x:c r="GI47" s="3" t="n">
+        <x:v>1008398</x:v>
+      </x:c>
+      <x:c r="GJ47" s="3" t="n">
+        <x:v>1007921</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:192">
+      <x:c r="A48" s="2" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="B48" s="3" t="n">
+        <x:v>58576</x:v>
+      </x:c>
+      <x:c r="C48" s="3" t="n">
+        <x:v>60170</x:v>
+      </x:c>
+      <x:c r="D48" s="3" t="n">
+        <x:v>69330</x:v>
+      </x:c>
+      <x:c r="E48" s="3" t="n">
+        <x:v>66399</x:v>
+      </x:c>
+      <x:c r="F48" s="3" t="n">
+        <x:v>60072</x:v>
+      </x:c>
+      <x:c r="G48" s="3" t="n">
+        <x:v>57576</x:v>
+      </x:c>
+      <x:c r="H48" s="3" t="n">
+        <x:v>84988</x:v>
+      </x:c>
+      <x:c r="I48" s="3" t="n">
+        <x:v>88107</x:v>
+      </x:c>
+      <x:c r="J48" s="3" t="n">
+        <x:v>93623</x:v>
+      </x:c>
+      <x:c r="K48" s="3" t="n">
+        <x:v>90082</x:v>
+      </x:c>
+      <x:c r="L48" s="3" t="n">
+        <x:v>80397</x:v>
+      </x:c>
+      <x:c r="M48" s="3" t="n">
+        <x:v>92362</x:v>
+      </x:c>
+      <x:c r="N48" s="3" t="n">
+        <x:v>89147</x:v>
+      </x:c>
+      <x:c r="O48" s="3" t="n">
+        <x:v>92479</x:v>
+      </x:c>
+      <x:c r="P48" s="3" t="n">
+        <x:v>89231</x:v>
+      </x:c>
+      <x:c r="Q48" s="3" t="n">
+        <x:v>89931</x:v>
+      </x:c>
+      <x:c r="R48" s="3" t="n">
+        <x:v>86787</x:v>
+      </x:c>
+      <x:c r="S48" s="3" t="n">
+        <x:v>90106</x:v>
+      </x:c>
+      <x:c r="T48" s="3" t="n">
+        <x:v>89347</x:v>
+      </x:c>
+      <x:c r="U48" s="3" t="n">
+        <x:v>91966</x:v>
+      </x:c>
+      <x:c r="V48" s="3" t="n">
+        <x:v>98047</x:v>
+      </x:c>
+      <x:c r="W48" s="3" t="n">
+        <x:v>102954</x:v>
+      </x:c>
+      <x:c r="X48" s="3" t="n">
+        <x:v>100026</x:v>
+      </x:c>
+      <x:c r="Y48" s="3" t="n">
+        <x:v>104912</x:v>
+      </x:c>
+      <x:c r="Z48" s="3" t="n">
+        <x:v>107824</x:v>
+      </x:c>
+      <x:c r="AA48" s="3" t="n">
+        <x:v>119861</x:v>
+      </x:c>
+      <x:c r="AB48" s="3" t="n">
+        <x:v>124861</x:v>
+      </x:c>
+      <x:c r="AC48" s="3" t="n">
+        <x:v>117142</x:v>
+      </x:c>
+      <x:c r="AD48" s="3" t="n">
+        <x:v>116629</x:v>
+      </x:c>
+      <x:c r="AE48" s="3" t="n">
+        <x:v>116857</x:v>
+      </x:c>
+      <x:c r="AF48" s="3" t="n">
+        <x:v>124999</x:v>
+      </x:c>
+      <x:c r="AG48" s="3" t="n">
+        <x:v>130276</x:v>
+      </x:c>
+      <x:c r="AH48" s="3" t="n">
+        <x:v>137655</x:v>
+      </x:c>
+      <x:c r="AI48" s="3" t="n">
+        <x:v>111974</x:v>
+      </x:c>
+      <x:c r="AJ48" s="3" t="n">
+        <x:v>132902</x:v>
+      </x:c>
+      <x:c r="AK48" s="3" t="n">
+        <x:v>141474</x:v>
+      </x:c>
+      <x:c r="AL48" s="3" t="n">
+        <x:v>135467</x:v>
+      </x:c>
+      <x:c r="AM48" s="3" t="n">
+        <x:v>140559</x:v>
+      </x:c>
+      <x:c r="AN48" s="3" t="n">
+        <x:v>131621</x:v>
+      </x:c>
+      <x:c r="AO48" s="3" t="n">
+        <x:v>144922</x:v>
+      </x:c>
+      <x:c r="AP48" s="3" t="n">
+        <x:v>151007</x:v>
+      </x:c>
+      <x:c r="AQ48" s="3" t="n">
+        <x:v>141588</x:v>
+      </x:c>
+      <x:c r="AR48" s="3" t="n">
+        <x:v>146343</x:v>
+      </x:c>
+      <x:c r="AS48" s="3" t="n">
+        <x:v>159153</x:v>
+      </x:c>
+      <x:c r="AT48" s="3" t="n">
+        <x:v>182119</x:v>
+      </x:c>
+      <x:c r="AU48" s="3" t="n">
+        <x:v>189827</x:v>
+      </x:c>
+      <x:c r="AV48" s="3" t="n">
+        <x:v>191868</x:v>
+      </x:c>
+      <x:c r="AW48" s="3" t="n">
+        <x:v>199883</x:v>
+      </x:c>
+      <x:c r="AX48" s="3" t="n">
+        <x:v>202575</x:v>
+      </x:c>
+      <x:c r="AY48" s="3" t="n">
+        <x:v>201798</x:v>
+      </x:c>
+      <x:c r="AZ48" s="3" t="n">
+        <x:v>194828</x:v>
+      </x:c>
+      <x:c r="BA48" s="3" t="n">
+        <x:v>229813</x:v>
+      </x:c>
+      <x:c r="BB48" s="3" t="n">
+        <x:v>233022</x:v>
+      </x:c>
+      <x:c r="BC48" s="3" t="n">
+        <x:v>232341</x:v>
+      </x:c>
+      <x:c r="BD48" s="3" t="n">
+        <x:v>220455</x:v>
+      </x:c>
+      <x:c r="BE48" s="3" t="n">
+        <x:v>245318</x:v>
+      </x:c>
+      <x:c r="BF48" s="3" t="n">
+        <x:v>253030</x:v>
+      </x:c>
+      <x:c r="BG48" s="3" t="n">
+        <x:v>248732</x:v>
+      </x:c>
+      <x:c r="BH48" s="3" t="n">
+        <x:v>251441</x:v>
+      </x:c>
+      <x:c r="BI48" s="3" t="n">
+        <x:v>262437</x:v>
+      </x:c>
+      <x:c r="BJ48" s="3" t="n">
+        <x:v>250403</x:v>
+      </x:c>
+      <x:c r="BK48" s="3" t="n">
+        <x:v>253198</x:v>
+      </x:c>
+      <x:c r="BL48" s="3" t="n">
+        <x:v>258220</x:v>
+      </x:c>
+      <x:c r="BM48" s="3" t="n">
+        <x:v>289160</x:v>
+      </x:c>
+      <x:c r="BN48" s="3" t="n">
+        <x:v>294728</x:v>
+      </x:c>
+      <x:c r="BO48" s="3" t="n">
+        <x:v>297433</x:v>
+      </x:c>
+      <x:c r="BP48" s="3" t="n">
+        <x:v>277202</x:v>
+      </x:c>
+      <x:c r="BQ48" s="3" t="n">
+        <x:v>323389</x:v>
+      </x:c>
+      <x:c r="BR48" s="3" t="n">
+        <x:v>313508</x:v>
+      </x:c>
+      <x:c r="BS48" s="3" t="n">
+        <x:v>310852</x:v>
+      </x:c>
+      <x:c r="BT48" s="3" t="n">
+        <x:v>319525</x:v>
+      </x:c>
+      <x:c r="BU48" s="3" t="n">
+        <x:v>355962</x:v>
+      </x:c>
+      <x:c r="BV48" s="3" t="n">
+        <x:v>352629</x:v>
+      </x:c>
+      <x:c r="BW48" s="3" t="n">
+        <x:v>352105</x:v>
+      </x:c>
+      <x:c r="BX48" s="3" t="n">
+        <x:v>364280</x:v>
+      </x:c>
+      <x:c r="BY48" s="3" t="n">
+        <x:v>371799</x:v>
+      </x:c>
+      <x:c r="BZ48" s="3" t="n">
+        <x:v>385759</x:v>
+      </x:c>
+      <x:c r="CA48" s="3" t="n">
+        <x:v>378455</x:v>
+      </x:c>
+      <x:c r="CB48" s="3" t="n">
+        <x:v>362675</x:v>
+      </x:c>
+      <x:c r="CC48" s="3" t="n">
+        <x:v>396874</x:v>
+      </x:c>
+      <x:c r="CD48" s="3" t="n">
+        <x:v>389421</x:v>
+      </x:c>
+      <x:c r="CE48" s="3" t="n">
+        <x:v>372504</x:v>
+      </x:c>
+      <x:c r="CF48" s="3" t="n">
+        <x:v>343923</x:v>
+      </x:c>
+      <x:c r="CG48" s="3" t="n">
+        <x:v>373941</x:v>
+      </x:c>
+      <x:c r="CH48" s="3" t="n">
+        <x:v>369003</x:v>
+      </x:c>
+      <x:c r="CI48" s="3" t="n">
+        <x:v>353345</x:v>
+      </x:c>
+      <x:c r="CJ48" s="3" t="n">
+        <x:v>358939</x:v>
+      </x:c>
+      <x:c r="CK48" s="3" t="n">
+        <x:v>398295</x:v>
+      </x:c>
+      <x:c r="CL48" s="3" t="n">
+        <x:v>405219</x:v>
+      </x:c>
+      <x:c r="CM48" s="3" t="n">
+        <x:v>371320</x:v>
+      </x:c>
+      <x:c r="CN48" s="3" t="n">
+        <x:v>374213</x:v>
+      </x:c>
+      <x:c r="CO48" s="3" t="n">
+        <x:v>410074</x:v>
+      </x:c>
+      <x:c r="CP48" s="3" t="n">
+        <x:v>400316</x:v>
+      </x:c>
+      <x:c r="CQ48" s="3" t="n">
+        <x:v>382434</x:v>
+      </x:c>
+      <x:c r="CR48" s="3" t="n">
+        <x:v>396706</x:v>
+      </x:c>
+      <x:c r="CS48" s="3" t="n">
+        <x:v>429337</x:v>
+      </x:c>
+      <x:c r="CT48" s="3" t="n">
+        <x:v>402980</x:v>
+      </x:c>
+      <x:c r="CU48" s="3" t="n">
+        <x:v>408960</x:v>
+      </x:c>
+      <x:c r="CV48" s="3" t="n">
+        <x:v>378878</x:v>
+      </x:c>
+      <x:c r="CW48" s="3" t="n">
+        <x:v>434594</x:v>
+      </x:c>
+      <x:c r="CX48" s="3" t="n">
+        <x:v>418859</x:v>
+      </x:c>
+      <x:c r="CY48" s="3" t="n">
+        <x:v>387987</x:v>
+      </x:c>
+      <x:c r="CZ48" s="3" t="n">
+        <x:v>388912</x:v>
+      </x:c>
+      <x:c r="DA48" s="3" t="n">
+        <x:v>426699</x:v>
+      </x:c>
+      <x:c r="DB48" s="3" t="n">
+        <x:v>432332</x:v>
+      </x:c>
+      <x:c r="DC48" s="3" t="n">
+        <x:v>406593</x:v>
+      </x:c>
+      <x:c r="DD48" s="3" t="n">
+        <x:v>371374</x:v>
+      </x:c>
+      <x:c r="DE48" s="3" t="n">
+        <x:v>411363</x:v>
+      </x:c>
+      <x:c r="DF48" s="3" t="n">
+        <x:v>401135</x:v>
+      </x:c>
+      <x:c r="DG48" s="3" t="n">
+        <x:v>380622</x:v>
+      </x:c>
+      <x:c r="DH48" s="3" t="n">
+        <x:v>375378</x:v>
+      </x:c>
+      <x:c r="DI48" s="3" t="n">
+        <x:v>390113</x:v>
+      </x:c>
+      <x:c r="DJ48" s="3" t="n">
+        <x:v>383820</x:v>
+      </x:c>
+      <x:c r="DK48" s="3" t="n">
+        <x:v>351451</x:v>
+      </x:c>
+      <x:c r="DL48" s="3" t="n">
+        <x:v>353791</x:v>
+      </x:c>
+      <x:c r="DM48" s="3" t="n">
+        <x:v>373054</x:v>
+      </x:c>
+      <x:c r="DN48" s="3" t="n">
+        <x:v>361844</x:v>
+      </x:c>
+      <x:c r="DO48" s="3" t="n">
+        <x:v>330116</x:v>
+      </x:c>
+      <x:c r="DP48" s="3" t="n">
+        <x:v>327805</x:v>
+      </x:c>
+      <x:c r="DQ48" s="3" t="n">
+        <x:v>364553</x:v>
+      </x:c>
+      <x:c r="DR48" s="3" t="n">
+        <x:v>348675</x:v>
+      </x:c>
+      <x:c r="DS48" s="3" t="n">
+        <x:v>316590</x:v>
+      </x:c>
+      <x:c r="DT48" s="3" t="n">
+        <x:v>305100</x:v>
+      </x:c>
+      <x:c r="DU48" s="3" t="n">
+        <x:v>356983</x:v>
+      </x:c>
+      <x:c r="DV48" s="3" t="n">
+        <x:v>352810</x:v>
+      </x:c>
+      <x:c r="DW48" s="3" t="n">
+        <x:v>301954</x:v>
+      </x:c>
+      <x:c r="DX48" s="3" t="n">
+        <x:v>306400</x:v>
+      </x:c>
+      <x:c r="DY48" s="3" t="n">
+        <x:v>334236</x:v>
+      </x:c>
+      <x:c r="DZ48" s="3" t="n">
+        <x:v>342610</x:v>
+      </x:c>
+      <x:c r="EA48" s="3" t="n">
+        <x:v>304900</x:v>
+      </x:c>
+      <x:c r="EB48" s="3" t="n">
+        <x:v>264658</x:v>
+      </x:c>
+      <x:c r="EC48" s="3" t="n">
+        <x:v>330239</x:v>
+      </x:c>
+      <x:c r="ED48" s="3" t="n">
+        <x:v>332152</x:v>
+      </x:c>
+      <x:c r="EE48" s="3" t="n">
+        <x:v>275747</x:v>
+      </x:c>
+      <x:c r="EF48" s="3" t="n">
+        <x:v>290580</x:v>
+      </x:c>
+      <x:c r="EG48" s="3" t="n">
+        <x:v>321141</x:v>
+      </x:c>
+      <x:c r="EH48" s="3" t="n">
+        <x:v>333114</x:v>
+      </x:c>
+      <x:c r="EI48" s="3" t="n">
+        <x:v>301351</x:v>
+      </x:c>
+      <x:c r="EJ48" s="3" t="n">
+        <x:v>270540</x:v>
+      </x:c>
+      <x:c r="EK48" s="3" t="n">
+        <x:v>306955</x:v>
+      </x:c>
+      <x:c r="EL48" s="3" t="n">
+        <x:v>296957</x:v>
+      </x:c>
+      <x:c r="EM48" s="3" t="n">
+        <x:v>290436</x:v>
+      </x:c>
+      <x:c r="EN48" s="3" t="n">
+        <x:v>281001</x:v>
+      </x:c>
+      <x:c r="EO48" s="3" t="n">
+        <x:v>305965</x:v>
+      </x:c>
+      <x:c r="EP48" s="3" t="n">
+        <x:v>308867</x:v>
+      </x:c>
+      <x:c r="EQ48" s="3" t="n">
+        <x:v>279284</x:v>
+      </x:c>
+      <x:c r="ER48" s="3" t="n">
+        <x:v>280484</x:v>
+      </x:c>
+      <x:c r="ES48" s="3" t="n">
+        <x:v>323337</x:v>
+      </x:c>
+      <x:c r="ET48" s="3" t="n">
+        <x:v>314428</x:v>
+      </x:c>
+      <x:c r="EU48" s="3" t="n">
+        <x:v>291096</x:v>
+      </x:c>
+      <x:c r="EV48" s="3" t="n">
+        <x:v>306471</x:v>
+      </x:c>
+      <x:c r="EW48" s="3" t="n">
+        <x:v>322411</x:v>
+      </x:c>
+      <x:c r="EX48" s="3" t="n">
+        <x:v>327128</x:v>
+      </x:c>
+      <x:c r="EY48" s="3" t="n">
+        <x:v>304407</x:v>
+      </x:c>
+      <x:c r="EZ48" s="3" t="n">
+        <x:v>289443</x:v>
+      </x:c>
+      <x:c r="FA48" s="3" t="n">
+        <x:v>345106</x:v>
+      </x:c>
+      <x:c r="FB48" s="3" t="n">
+        <x:v>341449</x:v>
+      </x:c>
+      <x:c r="FC48" s="3" t="n">
+        <x:v>325962</x:v>
+      </x:c>
+      <x:c r="FD48" s="3" t="n">
+        <x:v>323247</x:v>
+      </x:c>
+      <x:c r="FE48" s="3" t="n">
+        <x:v>332691</x:v>
+      </x:c>
+      <x:c r="FF48" s="3" t="n">
+        <x:v>329943</x:v>
+      </x:c>
+      <x:c r="FG48" s="3" t="n">
+        <x:v>303687</x:v>
+      </x:c>
+      <x:c r="FH48" s="3" t="n">
+        <x:v>308283</x:v>
+      </x:c>
+      <x:c r="FI48" s="3" t="n">
+        <x:v>321625</x:v>
+      </x:c>
+      <x:c r="FJ48" s="3" t="n">
+        <x:v>312443</x:v>
+      </x:c>
+      <x:c r="FK48" s="3" t="n">
+        <x:v>283444</x:v>
+      </x:c>
+      <x:c r="FL48" s="3" t="n">
+        <x:v>276456</x:v>
+      </x:c>
+      <x:c r="FM48" s="3" t="n">
+        <x:v>337789</x:v>
+      </x:c>
+      <x:c r="FN48" s="3" t="n">
+        <x:v>338833</x:v>
+      </x:c>
+      <x:c r="FO48" s="3" t="n">
+        <x:v>313611</x:v>
+      </x:c>
+      <x:c r="FP48" s="3" t="n">
+        <x:v>313206</x:v>
+      </x:c>
+      <x:c r="FQ48" s="3" t="n">
+        <x:v>325867</x:v>
+      </x:c>
+      <x:c r="FR48" s="3" t="n">
+        <x:v>331586</x:v>
+      </x:c>
+      <x:c r="FS48" s="3" t="n">
+        <x:v>297088</x:v>
+      </x:c>
+      <x:c r="FT48" s="3" t="n">
+        <x:v>320522</x:v>
+      </x:c>
+      <x:c r="FU48" s="3" t="n">
+        <x:v>339963</x:v>
+      </x:c>
+      <x:c r="FV48" s="3" t="n">
+        <x:v>325066</x:v>
+      </x:c>
+      <x:c r="FW48" s="3" t="n">
+        <x:v>305641</x:v>
+      </x:c>
+      <x:c r="FX48" s="3" t="n">
+        <x:v>323820</x:v>
+      </x:c>
+      <x:c r="FY48" s="3" t="n">
+        <x:v>337030</x:v>
+      </x:c>
+      <x:c r="FZ48" s="3" t="n">
+        <x:v>336958</x:v>
+      </x:c>
+      <x:c r="GA48" s="3" t="n">
+        <x:v>301843</x:v>
+      </x:c>
+      <x:c r="GB48" s="3" t="n">
+        <x:v>296632</x:v>
+      </x:c>
+      <x:c r="GC48" s="3" t="n">
+        <x:v>347836</x:v>
+      </x:c>
+      <x:c r="GD48" s="3" t="n">
+        <x:v>348336</x:v>
+      </x:c>
+      <x:c r="GE48" s="3" t="n">
+        <x:v>333612</x:v>
+      </x:c>
+      <x:c r="GF48" s="3" t="n">
+        <x:v>319811</x:v>
+      </x:c>
+      <x:c r="GG48" s="3" t="n">
+        <x:v>339105</x:v>
+      </x:c>
+      <x:c r="GH48" s="3" t="n">
+        <x:v>331184</x:v>
+      </x:c>
+      <x:c r="GI48" s="3" t="n">
+        <x:v>319683</x:v>
+      </x:c>
+      <x:c r="GJ48" s="3" t="n">
+        <x:v>334069</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:192">
+      <x:c r="A49" s="2" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="B49" s="3" t="n">
+        <x:v>286666</x:v>
+      </x:c>
+      <x:c r="C49" s="3" t="n">
+        <x:v>294758</x:v>
+      </x:c>
+      <x:c r="D49" s="3" t="n">
+        <x:v>284520</x:v>
+      </x:c>
+      <x:c r="E49" s="3" t="n">
+        <x:v>305364</x:v>
+      </x:c>
+      <x:c r="F49" s="3" t="n">
+        <x:v>307018</x:v>
+      </x:c>
+      <x:c r="G49" s="3" t="n">
+        <x:v>294160</x:v>
+      </x:c>
+      <x:c r="H49" s="3" t="n">
+        <x:v>292421</x:v>
+      </x:c>
+      <x:c r="I49" s="3" t="n">
+        <x:v>312818</x:v>
+      </x:c>
+      <x:c r="J49" s="3" t="n">
+        <x:v>318485</x:v>
+      </x:c>
+      <x:c r="K49" s="3" t="n">
+        <x:v>302277</x:v>
+      </x:c>
+      <x:c r="L49" s="3" t="n">
+        <x:v>298155</x:v>
+      </x:c>
+      <x:c r="M49" s="3" t="n">
+        <x:v>319613</x:v>
+      </x:c>
+      <x:c r="N49" s="3" t="n">
+        <x:v>321802</x:v>
+      </x:c>
+      <x:c r="O49" s="3" t="n">
+        <x:v>305970</x:v>
+      </x:c>
+      <x:c r="P49" s="3" t="n">
+        <x:v>302596</x:v>
+      </x:c>
+      <x:c r="Q49" s="3" t="n">
+        <x:v>324657</x:v>
+      </x:c>
+      <x:c r="R49" s="3" t="n">
+        <x:v>325095</x:v>
+      </x:c>
+      <x:c r="S49" s="3" t="n">
+        <x:v>308173</x:v>
+      </x:c>
+      <x:c r="T49" s="3" t="n">
+        <x:v>303964</x:v>
+      </x:c>
+      <x:c r="U49" s="3" t="n">
+        <x:v>327484</x:v>
+      </x:c>
+      <x:c r="V49" s="3" t="n">
+        <x:v>321634</x:v>
+      </x:c>
+      <x:c r="W49" s="3" t="n">
+        <x:v>318173</x:v>
+      </x:c>
+      <x:c r="X49" s="3" t="n">
+        <x:v>311053</x:v>
+      </x:c>
+      <x:c r="Y49" s="3" t="n">
+        <x:v>334751</x:v>
+      </x:c>
+      <x:c r="Z49" s="3" t="n">
+        <x:v>344895</x:v>
+      </x:c>
+      <x:c r="AA49" s="3" t="n">
+        <x:v>323480</x:v>
+      </x:c>
+      <x:c r="AB49" s="3" t="n">
+        <x:v>325243</x:v>
+      </x:c>
+      <x:c r="AC49" s="3" t="n">
+        <x:v>352717</x:v>
+      </x:c>
+      <x:c r="AD49" s="3" t="n">
+        <x:v>363502</x:v>
+      </x:c>
+      <x:c r="AE49" s="3" t="n">
+        <x:v>341575</x:v>
+      </x:c>
+      <x:c r="AF49" s="3" t="n">
+        <x:v>340153</x:v>
+      </x:c>
+      <x:c r="AG49" s="3" t="n">
+        <x:v>368735</x:v>
+      </x:c>
+      <x:c r="AH49" s="3" t="n">
+        <x:v>353637</x:v>
+      </x:c>
+      <x:c r="AI49" s="3" t="n">
+        <x:v>367834</x:v>
+      </x:c>
+      <x:c r="AJ49" s="3" t="n">
+        <x:v>349885</x:v>
+      </x:c>
+      <x:c r="AK49" s="3" t="n">
+        <x:v>377603</x:v>
+      </x:c>
+      <x:c r="AL49" s="3" t="n">
+        <x:v>373134</x:v>
+      </x:c>
+      <x:c r="AM49" s="3" t="n">
+        <x:v>366523</x:v>
+      </x:c>
+      <x:c r="AN49" s="3" t="n">
+        <x:v>353956</x:v>
+      </x:c>
+      <x:c r="AO49" s="3" t="n">
+        <x:v>388434</x:v>
+      </x:c>
+      <x:c r="AP49" s="3" t="n">
+        <x:v>377074</x:v>
+      </x:c>
+      <x:c r="AQ49" s="3" t="n">
+        <x:v>365148</x:v>
+      </x:c>
+      <x:c r="AR49" s="3" t="n">
+        <x:v>356796</x:v>
+      </x:c>
+      <x:c r="AS49" s="3" t="n">
+        <x:v>381661</x:v>
+      </x:c>
+      <x:c r="AT49" s="3" t="n">
+        <x:v>362836</x:v>
+      </x:c>
+      <x:c r="AU49" s="3" t="n">
+        <x:v>369332</x:v>
+      </x:c>
+      <x:c r="AV49" s="3" t="n">
+        <x:v>352428</x:v>
+      </x:c>
+      <x:c r="AW49" s="3" t="n">
+        <x:v>384729</x:v>
+      </x:c>
+      <x:c r="AX49" s="3" t="n">
+        <x:v>375533</x:v>
+      </x:c>
+      <x:c r="AY49" s="3" t="n">
+        <x:v>361037</x:v>
+      </x:c>
+      <x:c r="AZ49" s="3" t="n">
+        <x:v>359762</x:v>
+      </x:c>
+      <x:c r="BA49" s="3" t="n">
+        <x:v>384382</x:v>
+      </x:c>
+      <x:c r="BB49" s="3" t="n">
+        <x:v>370008</x:v>
+      </x:c>
+      <x:c r="BC49" s="3" t="n">
+        <x:v>377220</x:v>
+      </x:c>
+      <x:c r="BD49" s="3" t="n">
+        <x:v>365851</x:v>
+      </x:c>
+      <x:c r="BE49" s="3" t="n">
+        <x:v>386584</x:v>
+      </x:c>
+      <x:c r="BF49" s="3" t="n">
+        <x:v>391418</x:v>
+      </x:c>
+      <x:c r="BG49" s="3" t="n">
+        <x:v>372371</x:v>
+      </x:c>
+      <x:c r="BH49" s="3" t="n">
+        <x:v>375989</x:v>
+      </x:c>
+      <x:c r="BI49" s="3" t="n">
+        <x:v>397045</x:v>
+      </x:c>
+      <x:c r="BJ49" s="3" t="n">
+        <x:v>393367</x:v>
+      </x:c>
+      <x:c r="BK49" s="3" t="n">
+        <x:v>379839</x:v>
+      </x:c>
+      <x:c r="BL49" s="3" t="n">
+        <x:v>383601</x:v>
+      </x:c>
+      <x:c r="BM49" s="3" t="n">
+        <x:v>418037</x:v>
+      </x:c>
+      <x:c r="BN49" s="3" t="n">
+        <x:v>401506</x:v>
+      </x:c>
+      <x:c r="BO49" s="3" t="n">
+        <x:v>401774</x:v>
+      </x:c>
+      <x:c r="BP49" s="3" t="n">
+        <x:v>400348</x:v>
+      </x:c>
+      <x:c r="BQ49" s="3" t="n">
+        <x:v>428471</x:v>
+      </x:c>
+      <x:c r="BR49" s="3" t="n">
+        <x:v>426566</x:v>
+      </x:c>
+      <x:c r="BS49" s="3" t="n">
+        <x:v>403594</x:v>
+      </x:c>
+      <x:c r="BT49" s="3" t="n">
+        <x:v>413438</x:v>
+      </x:c>
+      <x:c r="BU49" s="3" t="n">
+        <x:v>435680</x:v>
+      </x:c>
+      <x:c r="BV49" s="3" t="n">
+        <x:v>441357</x:v>
+      </x:c>
+      <x:c r="BW49" s="3" t="n">
+        <x:v>416751</x:v>
+      </x:c>
+      <x:c r="BX49" s="3" t="n">
+        <x:v>426721</x:v>
+      </x:c>
+      <x:c r="BY49" s="3" t="n">
+        <x:v>450409</x:v>
+      </x:c>
+      <x:c r="BZ49" s="3" t="n">
+        <x:v>430560</x:v>
+      </x:c>
+      <x:c r="CA49" s="3" t="n">
+        <x:v>458067</x:v>
+      </x:c>
+      <x:c r="CB49" s="3" t="n">
+        <x:v>449002</x:v>
+      </x:c>
+      <x:c r="CC49" s="3" t="n">
+        <x:v>481462</x:v>
+      </x:c>
+      <x:c r="CD49" s="3" t="n">
+        <x:v>472456</x:v>
+      </x:c>
+      <x:c r="CE49" s="3" t="n">
+        <x:v>458394</x:v>
+      </x:c>
+      <x:c r="CF49" s="3" t="n">
+        <x:v>463653</x:v>
+      </x:c>
+      <x:c r="CG49" s="3" t="n">
+        <x:v>492231</x:v>
+      </x:c>
+      <x:c r="CH49" s="3" t="n">
+        <x:v>481219</x:v>
+      </x:c>
+      <x:c r="CI49" s="3" t="n">
+        <x:v>472334</x:v>
+      </x:c>
+      <x:c r="CJ49" s="3" t="n">
+        <x:v>475737</x:v>
+      </x:c>
+      <x:c r="CK49" s="3" t="n">
+        <x:v>504796</x:v>
+      </x:c>
+      <x:c r="CL49" s="3" t="n">
+        <x:v>510835</x:v>
+      </x:c>
+      <x:c r="CM49" s="3" t="n">
+        <x:v>483413</x:v>
+      </x:c>
+      <x:c r="CN49" s="3" t="n">
+        <x:v>487025</x:v>
+      </x:c>
+      <x:c r="CO49" s="3" t="n">
+        <x:v>512852</x:v>
+      </x:c>
+      <x:c r="CP49" s="3" t="n">
+        <x:v>520043</x:v>
+      </x:c>
+      <x:c r="CQ49" s="3" t="n">
+        <x:v>490286</x:v>
+      </x:c>
+      <x:c r="CR49" s="3" t="n">
+        <x:v>490585</x:v>
+      </x:c>
+      <x:c r="CS49" s="3" t="n">
+        <x:v>523711</x:v>
+      </x:c>
+      <x:c r="CT49" s="3" t="n">
+        <x:v>506031</x:v>
+      </x:c>
+      <x:c r="CU49" s="3" t="n">
+        <x:v>514173</x:v>
+      </x:c>
+      <x:c r="CV49" s="3" t="n">
+        <x:v>503036</x:v>
+      </x:c>
+      <x:c r="CW49" s="3" t="n">
+        <x:v>525285</x:v>
+      </x:c>
+      <x:c r="CX49" s="3" t="n">
+        <x:v>524206</x:v>
+      </x:c>
+      <x:c r="CY49" s="3" t="n">
+        <x:v>502965</x:v>
+      </x:c>
+      <x:c r="CZ49" s="3" t="n">
+        <x:v>511502</x:v>
+      </x:c>
+      <x:c r="DA49" s="3" t="n">
+        <x:v>538466</x:v>
+      </x:c>
+      <x:c r="DB49" s="3" t="n">
+        <x:v>547818</x:v>
+      </x:c>
+      <x:c r="DC49" s="3" t="n">
+        <x:v>527558</x:v>
+      </x:c>
+      <x:c r="DD49" s="3" t="n">
+        <x:v>537460</x:v>
+      </x:c>
+      <x:c r="DE49" s="3" t="n">
+        <x:v>575005</x:v>
+      </x:c>
+      <x:c r="DF49" s="3" t="n">
+        <x:v>552322</x:v>
+      </x:c>
+      <x:c r="DG49" s="3" t="n">
+        <x:v>576628</x:v>
+      </x:c>
+      <x:c r="DH49" s="3" t="n">
+        <x:v>562428</x:v>
+      </x:c>
+      <x:c r="DI49" s="3" t="n">
+        <x:v>610299</x:v>
+      </x:c>
+      <x:c r="DJ49" s="3" t="n">
+        <x:v>601738</x:v>
+      </x:c>
+      <x:c r="DK49" s="3" t="n">
+        <x:v>585773</x:v>
+      </x:c>
+      <x:c r="DL49" s="3" t="n">
+        <x:v>589330</x:v>
+      </x:c>
+      <x:c r="DM49" s="3" t="n">
+        <x:v>648918</x:v>
+      </x:c>
+      <x:c r="DN49" s="3" t="n">
+        <x:v>636172</x:v>
+      </x:c>
+      <x:c r="DO49" s="3" t="n">
+        <x:v>621264</x:v>
+      </x:c>
+      <x:c r="DP49" s="3" t="n">
+        <x:v>634871</x:v>
+      </x:c>
+      <x:c r="DQ49" s="3" t="n">
+        <x:v>685367</x:v>
+      </x:c>
+      <x:c r="DR49" s="3" t="n">
+        <x:v>641416</x:v>
+      </x:c>
+      <x:c r="DS49" s="3" t="n">
+        <x:v>667817</x:v>
+      </x:c>
+      <x:c r="DT49" s="3" t="n">
+        <x:v>654718</x:v>
+      </x:c>
+      <x:c r="DU49" s="3" t="n">
+        <x:v>686585</x:v>
+      </x:c>
+      <x:c r="DV49" s="3" t="n">
+        <x:v>653473</x:v>
+      </x:c>
+      <x:c r="DW49" s="3" t="n">
+        <x:v>639646</x:v>
+      </x:c>
+      <x:c r="DX49" s="3" t="n">
+        <x:v>638469</x:v>
+      </x:c>
+      <x:c r="DY49" s="3" t="n">
+        <x:v>679784</x:v>
+      </x:c>
+      <x:c r="DZ49" s="3" t="n">
+        <x:v>662272</x:v>
+      </x:c>
+      <x:c r="EA49" s="3" t="n">
+        <x:v>658365</x:v>
+      </x:c>
+      <x:c r="EB49" s="3" t="n">
+        <x:v>654513</x:v>
+      </x:c>
+      <x:c r="EC49" s="3" t="n">
+        <x:v>690976</x:v>
+      </x:c>
+      <x:c r="ED49" s="3" t="n">
+        <x:v>669270</x:v>
+      </x:c>
+      <x:c r="EE49" s="3" t="n">
+        <x:v>668989</x:v>
+      </x:c>
+      <x:c r="EF49" s="3" t="n">
+        <x:v>671798</x:v>
+      </x:c>
+      <x:c r="EG49" s="3" t="n">
+        <x:v>710028</x:v>
+      </x:c>
+      <x:c r="EH49" s="3" t="n">
+        <x:v>701811</x:v>
+      </x:c>
+      <x:c r="EI49" s="3" t="n">
+        <x:v>691904</x:v>
+      </x:c>
+      <x:c r="EJ49" s="3" t="n">
+        <x:v>694671</x:v>
+      </x:c>
+      <x:c r="EK49" s="3" t="n">
+        <x:v>738064</x:v>
+      </x:c>
+      <x:c r="EL49" s="3" t="n">
+        <x:v>702966</x:v>
+      </x:c>
+      <x:c r="EM49" s="3" t="n">
+        <x:v>725915</x:v>
+      </x:c>
+      <x:c r="EN49" s="3" t="n">
+        <x:v>717458</x:v>
+      </x:c>
+      <x:c r="EO49" s="3" t="n">
+        <x:v>756627</x:v>
+      </x:c>
+      <x:c r="EP49" s="3" t="n">
+        <x:v>731657</x:v>
+      </x:c>
+      <x:c r="EQ49" s="3" t="n">
+        <x:v>731253</x:v>
+      </x:c>
+      <x:c r="ER49" s="3" t="n">
+        <x:v>734636</x:v>
+      </x:c>
+      <x:c r="ES49" s="3" t="n">
+        <x:v>772074</x:v>
+      </x:c>
+      <x:c r="ET49" s="3" t="n">
+        <x:v>743709</x:v>
+      </x:c>
+      <x:c r="EU49" s="3" t="n">
+        <x:v>748365</x:v>
+      </x:c>
+      <x:c r="EV49" s="3" t="n">
+        <x:v>747293</x:v>
+      </x:c>
+      <x:c r="EW49" s="3" t="n">
+        <x:v>777425</x:v>
+      </x:c>
+      <x:c r="EX49" s="3" t="n">
+        <x:v>746714</x:v>
+      </x:c>
+      <x:c r="EY49" s="3" t="n">
+        <x:v>764272</x:v>
+      </x:c>
+      <x:c r="EZ49" s="3" t="n">
+        <x:v>744083</x:v>
+      </x:c>
+      <x:c r="FA49" s="3" t="n">
+        <x:v>788188</x:v>
+      </x:c>
+      <x:c r="FB49" s="3" t="n">
+        <x:v>786192</x:v>
+      </x:c>
+      <x:c r="FC49" s="3" t="n">
+        <x:v>754456</x:v>
+      </x:c>
+      <x:c r="FD49" s="3" t="n">
+        <x:v>759797</x:v>
+      </x:c>
+      <x:c r="FE49" s="3" t="n">
+        <x:v>813177</x:v>
+      </x:c>
+      <x:c r="FF49" s="3" t="n">
+        <x:v>786157</x:v>
+      </x:c>
+      <x:c r="FG49" s="3" t="n">
+        <x:v>789585</x:v>
+      </x:c>
+      <x:c r="FH49" s="3" t="n">
+        <x:v>773837</x:v>
+      </x:c>
+      <x:c r="FI49" s="3" t="n">
+        <x:v>833808</x:v>
+      </x:c>
+      <x:c r="FJ49" s="3" t="n">
+        <x:v>818135</x:v>
+      </x:c>
+      <x:c r="FK49" s="3" t="n">
+        <x:v>796425</x:v>
+      </x:c>
+      <x:c r="FL49" s="3" t="n">
+        <x:v>809164</x:v>
+      </x:c>
+      <x:c r="FM49" s="3" t="n">
+        <x:v>857224</x:v>
+      </x:c>
+      <x:c r="FN49" s="3" t="n">
+        <x:v>818565</x:v>
+      </x:c>
+      <x:c r="FO49" s="3" t="n">
+        <x:v>746474</x:v>
+      </x:c>
+      <x:c r="FP49" s="3" t="n">
+        <x:v>780029</x:v>
+      </x:c>
+      <x:c r="FQ49" s="3" t="n">
+        <x:v>841009</x:v>
+      </x:c>
+      <x:c r="FR49" s="3" t="n">
+        <x:v>810977</x:v>
+      </x:c>
+      <x:c r="FS49" s="3" t="n">
+        <x:v>805595</x:v>
+      </x:c>
+      <x:c r="FT49" s="3" t="n">
+        <x:v>823446</x:v>
+      </x:c>
+      <x:c r="FU49" s="3" t="n">
+        <x:v>895852</x:v>
+      </x:c>
+      <x:c r="FV49" s="3" t="n">
+        <x:v>879509</x:v>
+      </x:c>
+      <x:c r="FW49" s="3" t="n">
+        <x:v>859079</x:v>
+      </x:c>
+      <x:c r="FX49" s="3" t="n">
+        <x:v>868560</x:v>
+      </x:c>
+      <x:c r="FY49" s="3" t="n">
+        <x:v>927176</x:v>
+      </x:c>
+      <x:c r="FZ49" s="3" t="n">
+        <x:v>911783</x:v>
+      </x:c>
+      <x:c r="GA49" s="3" t="n">
+        <x:v>865805</x:v>
+      </x:c>
+      <x:c r="GB49" s="3" t="n">
+        <x:v>866993</x:v>
+      </x:c>
+      <x:c r="GC49" s="3" t="n">
+        <x:v>924168</x:v>
+      </x:c>
+      <x:c r="GD49" s="3" t="n">
+        <x:v>888784</x:v>
+      </x:c>
+      <x:c r="GE49" s="3" t="n">
+        <x:v>889388</x:v>
+      </x:c>
+      <x:c r="GF49" s="3" t="n">
+        <x:v>883607</x:v>
+      </x:c>
+      <x:c r="GG49" s="3" t="n">
+        <x:v>930316</x:v>
+      </x:c>
+      <x:c r="GH49" s="3" t="n">
+        <x:v>916652</x:v>
+      </x:c>
+      <x:c r="GI49" s="3" t="n">
+        <x:v>893878</x:v>
+      </x:c>
+      <x:c r="GJ49" s="3" t="n">
+        <x:v>895905</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:192">
+      <x:c r="A50" s="2" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="B50" s="3" t="n">
+        <x:v>206666</x:v>
+      </x:c>
+      <x:c r="C50" s="3" t="n">
+        <x:v>214073</x:v>
+      </x:c>
+      <x:c r="D50" s="3" t="n">
+        <x:v>208067</x:v>
+      </x:c>
+      <x:c r="E50" s="3" t="n">
+        <x:v>221328</x:v>
+      </x:c>
+      <x:c r="F50" s="3" t="n">
+        <x:v>220098</x:v>
+      </x:c>
+      <x:c r="G50" s="3" t="n">
+        <x:v>213721</x:v>
+      </x:c>
+      <x:c r="H50" s="3" t="n">
+        <x:v>213983</x:v>
+      </x:c>
+      <x:c r="I50" s="3" t="n">
+        <x:v>225577</x:v>
+      </x:c>
+      <x:c r="J50" s="3" t="n">
+        <x:v>227966</x:v>
+      </x:c>
+      <x:c r="K50" s="3" t="n">
+        <x:v>218363</x:v>
+      </x:c>
+      <x:c r="L50" s="3" t="n">
+        <x:v>217266</x:v>
+      </x:c>
+      <x:c r="M50" s="3" t="n">
+        <x:v>229540</x:v>
+      </x:c>
+      <x:c r="N50" s="3" t="n">
+        <x:v>228730</x:v>
+      </x:c>
+      <x:c r="O50" s="3" t="n">
+        <x:v>219458</x:v>
+      </x:c>
+      <x:c r="P50" s="3" t="n">
+        <x:v>217538</x:v>
+      </x:c>
+      <x:c r="Q50" s="3" t="n">
+        <x:v>230452</x:v>
+      </x:c>
+      <x:c r="R50" s="3" t="n">
+        <x:v>230110</x:v>
+      </x:c>
+      <x:c r="S50" s="3" t="n">
+        <x:v>220669</x:v>
+      </x:c>
+      <x:c r="T50" s="3" t="n">
+        <x:v>217374</x:v>
+      </x:c>
+      <x:c r="U50" s="3" t="n">
+        <x:v>231673</x:v>
+      </x:c>
+      <x:c r="V50" s="3" t="n">
+        <x:v>226205</x:v>
+      </x:c>
+      <x:c r="W50" s="3" t="n">
+        <x:v>225762</x:v>
+      </x:c>
+      <x:c r="X50" s="3" t="n">
+        <x:v>221419</x:v>
+      </x:c>
+      <x:c r="Y50" s="3" t="n">
+        <x:v>237808</x:v>
+      </x:c>
+      <x:c r="Z50" s="3" t="n">
+        <x:v>242507</x:v>
+      </x:c>
+      <x:c r="AA50" s="3" t="n">
+        <x:v>230297</x:v>
+      </x:c>
+      <x:c r="AB50" s="3" t="n">
+        <x:v>234837</x:v>
+      </x:c>
+      <x:c r="AC50" s="3" t="n">
+        <x:v>251890</x:v>
+      </x:c>
+      <x:c r="AD50" s="3" t="n">
+        <x:v>259116</x:v>
+      </x:c>
+      <x:c r="AE50" s="3" t="n">
+        <x:v>244781</x:v>
+      </x:c>
+      <x:c r="AF50" s="3" t="n">
+        <x:v>246020</x:v>
+      </x:c>
+      <x:c r="AG50" s="3" t="n">
+        <x:v>262637</x:v>
+      </x:c>
+      <x:c r="AH50" s="3" t="n">
+        <x:v>254632</x:v>
+      </x:c>
+      <x:c r="AI50" s="3" t="n">
+        <x:v>261034</x:v>
+      </x:c>
+      <x:c r="AJ50" s="3" t="n">
+        <x:v>253536</x:v>
+      </x:c>
+      <x:c r="AK50" s="3" t="n">
+        <x:v>269647</x:v>
+      </x:c>
+      <x:c r="AL50" s="3" t="n">
+        <x:v>267002</x:v>
+      </x:c>
+      <x:c r="AM50" s="3" t="n">
+        <x:v>261207</x:v>
+      </x:c>
+      <x:c r="AN50" s="3" t="n">
+        <x:v>255084</x:v>
+      </x:c>
+      <x:c r="AO50" s="3" t="n">
+        <x:v>276817</x:v>
+      </x:c>
+      <x:c r="AP50" s="3" t="n">
+        <x:v>267516</x:v>
+      </x:c>
+      <x:c r="AQ50" s="3" t="n">
+        <x:v>260363</x:v>
+      </x:c>
+      <x:c r="AR50" s="3" t="n">
+        <x:v>253938</x:v>
+      </x:c>
+      <x:c r="AS50" s="3" t="n">
+        <x:v>271049</x:v>
+      </x:c>
+      <x:c r="AT50" s="3" t="n">
+        <x:v>255901</x:v>
+      </x:c>
+      <x:c r="AU50" s="3" t="n">
+        <x:v>260437</x:v>
+      </x:c>
+      <x:c r="AV50" s="3" t="n">
+        <x:v>250956</x:v>
+      </x:c>
+      <x:c r="AW50" s="3" t="n">
+        <x:v>269307</x:v>
+      </x:c>
+      <x:c r="AX50" s="3" t="n">
+        <x:v>260578</x:v>
+      </x:c>
+      <x:c r="AY50" s="3" t="n">
+        <x:v>253608</x:v>
+      </x:c>
+      <x:c r="AZ50" s="3" t="n">
+        <x:v>254164</x:v>
+      </x:c>
+      <x:c r="BA50" s="3" t="n">
+        <x:v>266856</x:v>
+      </x:c>
+      <x:c r="BB50" s="3" t="n">
+        <x:v>256505</x:v>
+      </x:c>
+      <x:c r="BC50" s="3" t="n">
+        <x:v>261748</x:v>
+      </x:c>
+      <x:c r="BD50" s="3" t="n">
+        <x:v>253923</x:v>
+      </x:c>
+      <x:c r="BE50" s="3" t="n">
+        <x:v>265891</x:v>
+      </x:c>
+      <x:c r="BF50" s="3" t="n">
+        <x:v>267422</x:v>
+      </x:c>
+      <x:c r="BG50" s="3" t="n">
+        <x:v>257779</x:v>
+      </x:c>
+      <x:c r="BH50" s="3" t="n">
+        <x:v>260690</x:v>
+      </x:c>
+      <x:c r="BI50" s="3" t="n">
+        <x:v>273715</x:v>
+      </x:c>
+      <x:c r="BJ50" s="3" t="n">
+        <x:v>267954</x:v>
+      </x:c>
+      <x:c r="BK50" s="3" t="n">
+        <x:v>262044</x:v>
+      </x:c>
+      <x:c r="BL50" s="3" t="n">
+        <x:v>268284</x:v>
+      </x:c>
+      <x:c r="BM50" s="3" t="n">
+        <x:v>287989</x:v>
+      </x:c>
+      <x:c r="BN50" s="3" t="n">
+        <x:v>278855</x:v>
+      </x:c>
+      <x:c r="BO50" s="3" t="n">
+        <x:v>278967</x:v>
+      </x:c>
+      <x:c r="BP50" s="3" t="n">
+        <x:v>277751</x:v>
+      </x:c>
+      <x:c r="BQ50" s="3" t="n">
+        <x:v>296709</x:v>
+      </x:c>
+      <x:c r="BR50" s="3" t="n">
+        <x:v>294753</x:v>
+      </x:c>
+      <x:c r="BS50" s="3" t="n">
+        <x:v>284129</x:v>
+      </x:c>
+      <x:c r="BT50" s="3" t="n">
+        <x:v>291337</x:v>
+      </x:c>
+      <x:c r="BU50" s="3" t="n">
+        <x:v>305119</x:v>
+      </x:c>
+      <x:c r="BV50" s="3" t="n">
+        <x:v>307715</x:v>
+      </x:c>
+      <x:c r="BW50" s="3" t="n">
+        <x:v>293111</x:v>
+      </x:c>
+      <x:c r="BX50" s="3" t="n">
+        <x:v>300878</x:v>
+      </x:c>
+      <x:c r="BY50" s="3" t="n">
+        <x:v>316193</x:v>
+      </x:c>
+      <x:c r="BZ50" s="3" t="n">
+        <x:v>302192</x:v>
+      </x:c>
+      <x:c r="CA50" s="3" t="n">
+        <x:v>323133</x:v>
+      </x:c>
+      <x:c r="CB50" s="3" t="n">
+        <x:v>320371</x:v>
+      </x:c>
+      <x:c r="CC50" s="3" t="n">
+        <x:v>342436</x:v>
+      </x:c>
+      <x:c r="CD50" s="3" t="n">
+        <x:v>332708</x:v>
+      </x:c>
+      <x:c r="CE50" s="3" t="n">
+        <x:v>327027</x:v>
+      </x:c>
+      <x:c r="CF50" s="3" t="n">
+        <x:v>330980</x:v>
+      </x:c>
+      <x:c r="CG50" s="3" t="n">
+        <x:v>349994</x:v>
+      </x:c>
+      <x:c r="CH50" s="3" t="n">
+        <x:v>341561</x:v>
+      </x:c>
+      <x:c r="CI50" s="3" t="n">
+        <x:v>335046</x:v>
+      </x:c>
+      <x:c r="CJ50" s="3" t="n">
+        <x:v>339973</x:v>
+      </x:c>
+      <x:c r="CK50" s="3" t="n">
+        <x:v>358830</x:v>
+      </x:c>
+      <x:c r="CL50" s="3" t="n">
+        <x:v>362825</x:v>
+      </x:c>
+      <x:c r="CM50" s="3" t="n">
+        <x:v>347426</x:v>
+      </x:c>
+      <x:c r="CN50" s="3" t="n">
+        <x:v>349685</x:v>
+      </x:c>
+      <x:c r="CO50" s="3" t="n">
+        <x:v>368527</x:v>
+      </x:c>
+      <x:c r="CP50" s="3" t="n">
+        <x:v>372743</x:v>
+      </x:c>
+      <x:c r="CQ50" s="3" t="n">
+        <x:v>353997</x:v>
+      </x:c>
+      <x:c r="CR50" s="3" t="n">
+        <x:v>352691</x:v>
+      </x:c>
+      <x:c r="CS50" s="3" t="n">
+        <x:v>377456</x:v>
+      </x:c>
+      <x:c r="CT50" s="3" t="n">
+        <x:v>365563</x:v>
+      </x:c>
+      <x:c r="CU50" s="3" t="n">
+        <x:v>371018</x:v>
+      </x:c>
+      <x:c r="CV50" s="3" t="n">
+        <x:v>362117</x:v>
+      </x:c>
+      <x:c r="CW50" s="3" t="n">
+        <x:v>380850</x:v>
+      </x:c>
+      <x:c r="CX50" s="3" t="n">
+        <x:v>377073</x:v>
+      </x:c>
+      <x:c r="CY50" s="3" t="n">
+        <x:v>364184</x:v>
+      </x:c>
+      <x:c r="CZ50" s="3" t="n">
+        <x:v>370074</x:v>
+      </x:c>
+      <x:c r="DA50" s="3" t="n">
+        <x:v>392755</x:v>
+      </x:c>
+      <x:c r="DB50" s="3" t="n">
+        <x:v>399378</x:v>
+      </x:c>
+      <x:c r="DC50" s="3" t="n">
+        <x:v>388287</x:v>
+      </x:c>
+      <x:c r="DD50" s="3" t="n">
+        <x:v>395371</x:v>
+      </x:c>
+      <x:c r="DE50" s="3" t="n">
+        <x:v>422728</x:v>
+      </x:c>
+      <x:c r="DF50" s="3" t="n">
+        <x:v>406084</x:v>
+      </x:c>
+      <x:c r="DG50" s="3" t="n">
+        <x:v>423666</x:v>
+      </x:c>
+      <x:c r="DH50" s="3" t="n">
+        <x:v>417236</x:v>
+      </x:c>
+      <x:c r="DI50" s="3" t="n">
+        <x:v>455640</x:v>
+      </x:c>
+      <x:c r="DJ50" s="3" t="n">
+        <x:v>443349</x:v>
+      </x:c>
+      <x:c r="DK50" s="3" t="n">
+        <x:v>438234</x:v>
+      </x:c>
+      <x:c r="DL50" s="3" t="n">
+        <x:v>440426</x:v>
+      </x:c>
+      <x:c r="DM50" s="3" t="n">
+        <x:v>492251</x:v>
+      </x:c>
+      <x:c r="DN50" s="3" t="n">
+        <x:v>473832</x:v>
+      </x:c>
+      <x:c r="DO50" s="3" t="n">
+        <x:v>466786</x:v>
+      </x:c>
+      <x:c r="DP50" s="3" t="n">
+        <x:v>478361</x:v>
+      </x:c>
+      <x:c r="DQ50" s="3" t="n">
+        <x:v>521433</x:v>
+      </x:c>
+      <x:c r="DR50" s="3" t="n">
+        <x:v>480405</x:v>
+      </x:c>
+      <x:c r="DS50" s="3" t="n">
+        <x:v>504490</x:v>
+      </x:c>
+      <x:c r="DT50" s="3" t="n">
+        <x:v>491340</x:v>
+      </x:c>
+      <x:c r="DU50" s="3" t="n">
+        <x:v>521134</x:v>
+      </x:c>
+      <x:c r="DV50" s="3" t="n">
+        <x:v>487841</x:v>
+      </x:c>
+      <x:c r="DW50" s="3" t="n">
+        <x:v>476648</x:v>
+      </x:c>
+      <x:c r="DX50" s="3" t="n">
+        <x:v>473977</x:v>
+      </x:c>
+      <x:c r="DY50" s="3" t="n">
+        <x:v>512194</x:v>
+      </x:c>
+      <x:c r="DZ50" s="3" t="n">
+        <x:v>491747</x:v>
+      </x:c>
+      <x:c r="EA50" s="3" t="n">
+        <x:v>489824</x:v>
+      </x:c>
+      <x:c r="EB50" s="3" t="n">
+        <x:v>486572</x:v>
+      </x:c>
+      <x:c r="EC50" s="3" t="n">
+        <x:v>521936</x:v>
+      </x:c>
+      <x:c r="ED50" s="3" t="n">
+        <x:v>498844</x:v>
+      </x:c>
+      <x:c r="EE50" s="3" t="n">
+        <x:v>497976</x:v>
+      </x:c>
+      <x:c r="EF50" s="3" t="n">
+        <x:v>500023</x:v>
+      </x:c>
+      <x:c r="EG50" s="3" t="n">
+        <x:v>536818</x:v>
+      </x:c>
+      <x:c r="EH50" s="3" t="n">
+        <x:v>527222</x:v>
+      </x:c>
+      <x:c r="EI50" s="3" t="n">
+        <x:v>516419</x:v>
+      </x:c>
+      <x:c r="EJ50" s="3" t="n">
+        <x:v>518425</x:v>
+      </x:c>
+      <x:c r="EK50" s="3" t="n">
+        <x:v>561332</x:v>
+      </x:c>
+      <x:c r="EL50" s="3" t="n">
+        <x:v>526467</x:v>
+      </x:c>
+      <x:c r="EM50" s="3" t="n">
+        <x:v>549054</x:v>
+      </x:c>
+      <x:c r="EN50" s="3" t="n">
+        <x:v>539957</x:v>
+      </x:c>
+      <x:c r="EO50" s="3" t="n">
+        <x:v>578025</x:v>
+      </x:c>
+      <x:c r="EP50" s="3" t="n">
+        <x:v>552642</x:v>
+      </x:c>
+      <x:c r="EQ50" s="3" t="n">
+        <x:v>551281</x:v>
+      </x:c>
+      <x:c r="ER50" s="3" t="n">
+        <x:v>554388</x:v>
+      </x:c>
+      <x:c r="ES50" s="3" t="n">
+        <x:v>590845</x:v>
+      </x:c>
+      <x:c r="ET50" s="3" t="n">
+        <x:v>561714</x:v>
+      </x:c>
+      <x:c r="EU50" s="3" t="n">
+        <x:v>565184</x:v>
+      </x:c>
+      <x:c r="EV50" s="3" t="n">
+        <x:v>561893</x:v>
+      </x:c>
+      <x:c r="EW50" s="3" t="n">
+        <x:v>592087</x:v>
+      </x:c>
+      <x:c r="EX50" s="3" t="n">
+        <x:v>561687</x:v>
+      </x:c>
+      <x:c r="EY50" s="3" t="n">
+        <x:v>576302</x:v>
+      </x:c>
+      <x:c r="EZ50" s="3" t="n">
+        <x:v>555145</x:v>
+      </x:c>
+      <x:c r="FA50" s="3" t="n">
+        <x:v>597935</x:v>
+      </x:c>
+      <x:c r="FB50" s="3" t="n">
+        <x:v>597077</x:v>
+      </x:c>
+      <x:c r="FC50" s="3" t="n">
+        <x:v>562636</x:v>
+      </x:c>
+      <x:c r="FD50" s="3" t="n">
+        <x:v>568631</x:v>
+      </x:c>
+      <x:c r="FE50" s="3" t="n">
+        <x:v>620237</x:v>
+      </x:c>
+      <x:c r="FF50" s="3" t="n">
+        <x:v>594779</x:v>
+      </x:c>
+      <x:c r="FG50" s="3" t="n">
+        <x:v>596596</x:v>
+      </x:c>
+      <x:c r="FH50" s="3" t="n">
+        <x:v>581131</x:v>
+      </x:c>
+      <x:c r="FI50" s="3" t="n">
+        <x:v>640179</x:v>
+      </x:c>
+      <x:c r="FJ50" s="3" t="n">
+        <x:v>625766</x:v>
+      </x:c>
+      <x:c r="FK50" s="3" t="n">
+        <x:v>602245</x:v>
+      </x:c>
+      <x:c r="FL50" s="3" t="n">
+        <x:v>614770</x:v>
+      </x:c>
+      <x:c r="FM50" s="3" t="n">
+        <x:v>660917</x:v>
+      </x:c>
+      <x:c r="FN50" s="3" t="n">
+        <x:v>625684</x:v>
+      </x:c>
+      <x:c r="FO50" s="3" t="n">
+        <x:v>563692</x:v>
+      </x:c>
+      <x:c r="FP50" s="3" t="n">
+        <x:v>588532</x:v>
+      </x:c>
+      <x:c r="FQ50" s="3" t="n">
+        <x:v>647158</x:v>
+      </x:c>
+      <x:c r="FR50" s="3" t="n">
+        <x:v>620341</x:v>
+      </x:c>
+      <x:c r="FS50" s="3" t="n">
+        <x:v>612209</x:v>
+      </x:c>
+      <x:c r="FT50" s="3" t="n">
+        <x:v>626075</x:v>
+      </x:c>
+      <x:c r="FU50" s="3" t="n">
+        <x:v>696170</x:v>
+      </x:c>
+      <x:c r="FV50" s="3" t="n">
+        <x:v>681780</x:v>
+      </x:c>
+      <x:c r="FW50" s="3" t="n">
+        <x:v>657018</x:v>
+      </x:c>
+      <x:c r="FX50" s="3" t="n">
+        <x:v>664055</x:v>
+      </x:c>
+      <x:c r="FY50" s="3" t="n">
+        <x:v>720134</x:v>
+      </x:c>
+      <x:c r="FZ50" s="3" t="n">
+        <x:v>705170</x:v>
+      </x:c>
+      <x:c r="GA50" s="3" t="n">
+        <x:v>656963</x:v>
+      </x:c>
+      <x:c r="GB50" s="3" t="n">
+        <x:v>657984</x:v>
+      </x:c>
+      <x:c r="GC50" s="3" t="n">
+        <x:v>711760</x:v>
+      </x:c>
+      <x:c r="GD50" s="3" t="n">
+        <x:v>677998</x:v>
+      </x:c>
+      <x:c r="GE50" s="3" t="n">
+        <x:v>676023</x:v>
+      </x:c>
+      <x:c r="GF50" s="3" t="n">
+        <x:v>669900</x:v>
+      </x:c>
+      <x:c r="GG50" s="3" t="n">
+        <x:v>715374</x:v>
+      </x:c>
+      <x:c r="GH50" s="3" t="n">
+        <x:v>702199</x:v>
+      </x:c>
+      <x:c r="GI50" s="3" t="n">
+        <x:v>677209</x:v>
+      </x:c>
+      <x:c r="GJ50" s="3" t="n">
+        <x:v>680014</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:192">
+      <x:c r="A51" s="2" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="B51" s="3" t="n">
+        <x:v>55565</x:v>
+      </x:c>
+      <x:c r="C51" s="3" t="n">
+        <x:v>59425</x:v>
+      </x:c>
+      <x:c r="D51" s="3" t="n">
+        <x:v>49827</x:v>
+      </x:c>
+      <x:c r="E51" s="3" t="n">
+        <x:v>59064</x:v>
+      </x:c>
+      <x:c r="F51" s="3" t="n">
+        <x:v>60295</x:v>
+      </x:c>
+      <x:c r="G51" s="3" t="n">
+        <x:v>57669</x:v>
+      </x:c>
+      <x:c r="H51" s="3" t="n">
+        <x:v>53863</x:v>
+      </x:c>
+      <x:c r="I51" s="3" t="n">
+        <x:v>61676</x:v>
+      </x:c>
+      <x:c r="J51" s="3" t="n">
+        <x:v>60737</x:v>
+      </x:c>
+      <x:c r="K51" s="3" t="n">
+        <x:v>57912</x:v>
+      </x:c>
+      <x:c r="L51" s="3" t="n">
+        <x:v>52015</x:v>
+      </x:c>
+      <x:c r="M51" s="3" t="n">
+        <x:v>59614</x:v>
+      </x:c>
+      <x:c r="N51" s="3" t="n">
+        <x:v>59465</x:v>
+      </x:c>
+      <x:c r="O51" s="3" t="n">
+        <x:v>56011</x:v>
+      </x:c>
+      <x:c r="P51" s="3" t="n">
+        <x:v>51454</x:v>
+      </x:c>
+      <x:c r="Q51" s="3" t="n">
+        <x:v>59093</x:v>
+      </x:c>
+      <x:c r="R51" s="3" t="n">
+        <x:v>60721</x:v>
+      </x:c>
+      <x:c r="S51" s="3" t="n">
+        <x:v>56472</x:v>
+      </x:c>
+      <x:c r="T51" s="3" t="n">
+        <x:v>50800</x:v>
+      </x:c>
+      <x:c r="U51" s="3" t="n">
+        <x:v>57786</x:v>
+      </x:c>
+      <x:c r="V51" s="3" t="n">
+        <x:v>56956</x:v>
+      </x:c>
+      <x:c r="W51" s="3" t="n">
+        <x:v>56552</x:v>
+      </x:c>
+      <x:c r="X51" s="3" t="n">
+        <x:v>49758</x:v>
+      </x:c>
+      <x:c r="Y51" s="3" t="n">
+        <x:v>58373</x:v>
+      </x:c>
+      <x:c r="Z51" s="3" t="n">
+        <x:v>60986</x:v>
+      </x:c>
+      <x:c r="AA51" s="3" t="n">
+        <x:v>57852</x:v>
+      </x:c>
+      <x:c r="AB51" s="3" t="n">
+        <x:v>53214</x:v>
+      </x:c>
+      <x:c r="AC51" s="3" t="n">
+        <x:v>62090</x:v>
+      </x:c>
+      <x:c r="AD51" s="3" t="n">
+        <x:v>63075</x:v>
+      </x:c>
+      <x:c r="AE51" s="3" t="n">
+        <x:v>60717</x:v>
+      </x:c>
+      <x:c r="AF51" s="3" t="n">
+        <x:v>55747</x:v>
+      </x:c>
+      <x:c r="AG51" s="3" t="n">
+        <x:v>64201</x:v>
+      </x:c>
+      <x:c r="AH51" s="3" t="n">
+        <x:v>59696</x:v>
+      </x:c>
+      <x:c r="AI51" s="3" t="n">
+        <x:v>62361</x:v>
+      </x:c>
+      <x:c r="AJ51" s="3" t="n">
+        <x:v>57175</x:v>
+      </x:c>
+      <x:c r="AK51" s="3" t="n">
+        <x:v>64224</x:v>
+      </x:c>
+      <x:c r="AL51" s="3" t="n">
+        <x:v>63519</x:v>
+      </x:c>
+      <x:c r="AM51" s="3" t="n">
+        <x:v>61145</x:v>
+      </x:c>
+      <x:c r="AN51" s="3" t="n">
+        <x:v>58425</x:v>
+      </x:c>
+      <x:c r="AO51" s="3" t="n">
+        <x:v>65168</x:v>
+      </x:c>
+      <x:c r="AP51" s="3" t="n">
+        <x:v>60811</x:v>
+      </x:c>
+      <x:c r="AQ51" s="3" t="n">
+        <x:v>60370</x:v>
+      </x:c>
+      <x:c r="AR51" s="3" t="n">
+        <x:v>53104</x:v>
+      </x:c>
+      <x:c r="AS51" s="3" t="n">
+        <x:v>61411</x:v>
+      </x:c>
+      <x:c r="AT51" s="3" t="n">
+        <x:v>56714</x:v>
+      </x:c>
+      <x:c r="AU51" s="3" t="n">
+        <x:v>58543</x:v>
+      </x:c>
+      <x:c r="AV51" s="3" t="n">
+        <x:v>52011</x:v>
+      </x:c>
+      <x:c r="AW51" s="3" t="n">
+        <x:v>59554</x:v>
+      </x:c>
+      <x:c r="AX51" s="3" t="n">
+        <x:v>57685</x:v>
+      </x:c>
+      <x:c r="AY51" s="3" t="n">
+        <x:v>55780</x:v>
+      </x:c>
+      <x:c r="AZ51" s="3" t="n">
+        <x:v>51857</x:v>
+      </x:c>
+      <x:c r="BA51" s="3" t="n">
+        <x:v>58755</x:v>
+      </x:c>
+      <x:c r="BB51" s="3" t="n">
+        <x:v>54205</x:v>
+      </x:c>
+      <x:c r="BC51" s="3" t="n">
+        <x:v>56922</x:v>
+      </x:c>
+      <x:c r="BD51" s="3" t="n">
+        <x:v>50197</x:v>
+      </x:c>
+      <x:c r="BE51" s="3" t="n">
+        <x:v>57171</x:v>
+      </x:c>
+      <x:c r="BF51" s="3" t="n">
+        <x:v>56434</x:v>
+      </x:c>
+      <x:c r="BG51" s="3" t="n">
+        <x:v>55771</x:v>
+      </x:c>
+      <x:c r="BH51" s="3" t="n">
+        <x:v>51111</x:v>
+      </x:c>
+      <x:c r="BI51" s="3" t="n">
+        <x:v>57564</x:v>
+      </x:c>
+      <x:c r="BJ51" s="3" t="n">
+        <x:v>56167</x:v>
+      </x:c>
+      <x:c r="BK51" s="3" t="n">
+        <x:v>56114</x:v>
+      </x:c>
+      <x:c r="BL51" s="3" t="n">
+        <x:v>52772</x:v>
+      </x:c>
+      <x:c r="BM51" s="3" t="n">
+        <x:v>58986</x:v>
+      </x:c>
+      <x:c r="BN51" s="3" t="n">
+        <x:v>56437</x:v>
+      </x:c>
+      <x:c r="BO51" s="3" t="n">
+        <x:v>59429</x:v>
+      </x:c>
+      <x:c r="BP51" s="3" t="n">
+        <x:v>54406</x:v>
+      </x:c>
+      <x:c r="BQ51" s="3" t="n">
+        <x:v>60738</x:v>
+      </x:c>
+      <x:c r="BR51" s="3" t="n">
+        <x:v>60230</x:v>
+      </x:c>
+      <x:c r="BS51" s="3" t="n">
+        <x:v>58568</x:v>
+      </x:c>
+      <x:c r="BT51" s="3" t="n">
+        <x:v>53426</x:v>
+      </x:c>
+      <x:c r="BU51" s="3" t="n">
+        <x:v>59483</x:v>
+      </x:c>
+      <x:c r="BV51" s="3" t="n">
+        <x:v>63098</x:v>
+      </x:c>
+      <x:c r="BW51" s="3" t="n">
+        <x:v>59685</x:v>
+      </x:c>
+      <x:c r="BX51" s="3" t="n">
+        <x:v>56976</x:v>
+      </x:c>
+      <x:c r="BY51" s="3" t="n">
+        <x:v>62749</x:v>
+      </x:c>
+      <x:c r="BZ51" s="3" t="n">
+        <x:v>61850</x:v>
+      </x:c>
+      <x:c r="CA51" s="3" t="n">
+        <x:v>65729</x:v>
+      </x:c>
+      <x:c r="CB51" s="3" t="n">
+        <x:v>59858</x:v>
+      </x:c>
+      <x:c r="CC51" s="3" t="n">
+        <x:v>67160</x:v>
+      </x:c>
+      <x:c r="CD51" s="3" t="n">
+        <x:v>64809</x:v>
+      </x:c>
+      <x:c r="CE51" s="3" t="n">
+        <x:v>63062</x:v>
+      </x:c>
+      <x:c r="CF51" s="3" t="n">
+        <x:v>59025</x:v>
+      </x:c>
+      <x:c r="CG51" s="3" t="n">
+        <x:v>65224</x:v>
+      </x:c>
+      <x:c r="CH51" s="3" t="n">
+        <x:v>66004</x:v>
+      </x:c>
+      <x:c r="CI51" s="3" t="n">
+        <x:v>64003</x:v>
+      </x:c>
+      <x:c r="CJ51" s="3" t="n">
+        <x:v>59046</x:v>
+      </x:c>
+      <x:c r="CK51" s="3" t="n">
+        <x:v>64760</x:v>
+      </x:c>
+      <x:c r="CL51" s="3" t="n">
+        <x:v>68534</x:v>
+      </x:c>
+      <x:c r="CM51" s="3" t="n">
+        <x:v>62783</x:v>
+      </x:c>
+      <x:c r="CN51" s="3" t="n">
+        <x:v>59695</x:v>
+      </x:c>
+      <x:c r="CO51" s="3" t="n">
+        <x:v>65354</x:v>
+      </x:c>
+      <x:c r="CP51" s="3" t="n">
+        <x:v>67387</x:v>
+      </x:c>
+      <x:c r="CQ51" s="3" t="n">
+        <x:v>62977</x:v>
+      </x:c>
+      <x:c r="CR51" s="3" t="n">
+        <x:v>58904</x:v>
+      </x:c>
+      <x:c r="CS51" s="3" t="n">
+        <x:v>65786</x:v>
+      </x:c>
+      <x:c r="CT51" s="3" t="n">
+        <x:v>63697</x:v>
+      </x:c>
+      <x:c r="CU51" s="3" t="n">
+        <x:v>66568</x:v>
+      </x:c>
+      <x:c r="CV51" s="3" t="n">
+        <x:v>59749</x:v>
+      </x:c>
+      <x:c r="CW51" s="3" t="n">
+        <x:v>63969</x:v>
+      </x:c>
+      <x:c r="CX51" s="3" t="n">
+        <x:v>68358</x:v>
+      </x:c>
+      <x:c r="CY51" s="3" t="n">
+        <x:v>64088</x:v>
+      </x:c>
+      <x:c r="CZ51" s="3" t="n">
+        <x:v>61637</x:v>
+      </x:c>
+      <x:c r="DA51" s="3" t="n">
+        <x:v>67449</x:v>
+      </x:c>
+      <x:c r="DB51" s="3" t="n">
+        <x:v>69985</x:v>
+      </x:c>
+      <x:c r="DC51" s="3" t="n">
+        <x:v>66794</x:v>
+      </x:c>
+      <x:c r="DD51" s="3" t="n">
+        <x:v>65216</x:v>
+      </x:c>
+      <x:c r="DE51" s="3" t="n">
+        <x:v>71676</x:v>
+      </x:c>
+      <x:c r="DF51" s="3" t="n">
+        <x:v>69430</x:v>
+      </x:c>
+      <x:c r="DG51" s="3" t="n">
+        <x:v>73405</x:v>
+      </x:c>
+      <x:c r="DH51" s="3" t="n">
+        <x:v>66871</x:v>
+      </x:c>
+      <x:c r="DI51" s="3" t="n">
+        <x:v>74421</x:v>
+      </x:c>
+      <x:c r="DJ51" s="3" t="n">
+        <x:v>74783</x:v>
+      </x:c>
+      <x:c r="DK51" s="3" t="n">
+        <x:v>70903</x:v>
+      </x:c>
+      <x:c r="DL51" s="3" t="n">
+        <x:v>67658</x:v>
+      </x:c>
+      <x:c r="DM51" s="3" t="n">
+        <x:v>77765</x:v>
+      </x:c>
+      <x:c r="DN51" s="3" t="n">
+        <x:v>78567</x:v>
+      </x:c>
+      <x:c r="DO51" s="3" t="n">
+        <x:v>74571</x:v>
+      </x:c>
+      <x:c r="DP51" s="3" t="n">
+        <x:v>70639</x:v>
+      </x:c>
+      <x:c r="DQ51" s="3" t="n">
+        <x:v>79701</x:v>
+      </x:c>
+      <x:c r="DR51" s="3" t="n">
+        <x:v>76665</x:v>
+      </x:c>
+      <x:c r="DS51" s="3" t="n">
+        <x:v>83310</x:v>
+      </x:c>
+      <x:c r="DT51" s="3" t="n">
+        <x:v>73602</x:v>
+      </x:c>
+      <x:c r="DU51" s="3" t="n">
+        <x:v>79097</x:v>
+      </x:c>
+      <x:c r="DV51" s="3" t="n">
+        <x:v>76180</x:v>
+      </x:c>
+      <x:c r="DW51" s="3" t="n">
+        <x:v>70977</x:v>
+      </x:c>
+      <x:c r="DX51" s="3" t="n">
+        <x:v>67762</x:v>
+      </x:c>
+      <x:c r="DY51" s="3" t="n">
+        <x:v>75827</x:v>
+      </x:c>
+      <x:c r="DZ51" s="3" t="n">
+        <x:v>74369</x:v>
+      </x:c>
+      <x:c r="EA51" s="3" t="n">
+        <x:v>73950</x:v>
+      </x:c>
+      <x:c r="EB51" s="3" t="n">
+        <x:v>69842</x:v>
+      </x:c>
+      <x:c r="EC51" s="3" t="n">
+        <x:v>77578</x:v>
+      </x:c>
+      <x:c r="ED51" s="3" t="n">
+        <x:v>78722</x:v>
+      </x:c>
+      <x:c r="EE51" s="3" t="n">
+        <x:v>73737</x:v>
+      </x:c>
+      <x:c r="EF51" s="3" t="n">
+        <x:v>70899</x:v>
+      </x:c>
+      <x:c r="EG51" s="3" t="n">
+        <x:v>77809</x:v>
+      </x:c>
+      <x:c r="EH51" s="3" t="n">
+        <x:v>80527</x:v>
+      </x:c>
+      <x:c r="EI51" s="3" t="n">
+        <x:v>74173</x:v>
+      </x:c>
+      <x:c r="EJ51" s="3" t="n">
+        <x:v>72394</x:v>
+      </x:c>
+      <x:c r="EK51" s="3" t="n">
+        <x:v>79354</x:v>
+      </x:c>
+      <x:c r="EL51" s="3" t="n">
+        <x:v>76562</x:v>
+      </x:c>
+      <x:c r="EM51" s="3" t="n">
+        <x:v>80781</x:v>
+      </x:c>
+      <x:c r="EN51" s="3" t="n">
+        <x:v>76292</x:v>
+      </x:c>
+      <x:c r="EO51" s="3" t="n">
+        <x:v>81702</x:v>
+      </x:c>
+      <x:c r="EP51" s="3" t="n">
+        <x:v>81506</x:v>
+      </x:c>
+      <x:c r="EQ51" s="3" t="n">
+        <x:v>79326</x:v>
+      </x:c>
+      <x:c r="ER51" s="3" t="n">
+        <x:v>77969</x:v>
+      </x:c>
+      <x:c r="ES51" s="3" t="n">
+        <x:v>83684</x:v>
+      </x:c>
+      <x:c r="ET51" s="3" t="n">
+        <x:v>80543</x:v>
+      </x:c>
+      <x:c r="EU51" s="3" t="n">
+        <x:v>78308</x:v>
+      </x:c>
+      <x:c r="EV51" s="3" t="n">
+        <x:v>72957</x:v>
+      </x:c>
+      <x:c r="EW51" s="3" t="n">
+        <x:v>77021</x:v>
+      </x:c>
+      <x:c r="EX51" s="3" t="n">
+        <x:v>73344</x:v>
+      </x:c>
+      <x:c r="EY51" s="3" t="n">
+        <x:v>76295</x:v>
+      </x:c>
+      <x:c r="EZ51" s="3" t="n">
+        <x:v>70654</x:v>
+      </x:c>
+      <x:c r="FA51" s="3" t="n">
+        <x:v>75011</x:v>
+      </x:c>
+      <x:c r="FB51" s="3" t="n">
+        <x:v>75939</x:v>
+      </x:c>
+      <x:c r="FC51" s="3" t="n">
+        <x:v>72371</x:v>
+      </x:c>
+      <x:c r="FD51" s="3" t="n">
+        <x:v>70226</x:v>
+      </x:c>
+      <x:c r="FE51" s="3" t="n">
+        <x:v>76524</x:v>
+      </x:c>
+      <x:c r="FF51" s="3" t="n">
+        <x:v>73357</x:v>
+      </x:c>
+      <x:c r="FG51" s="3" t="n">
+        <x:v>75989</x:v>
+      </x:c>
+      <x:c r="FH51" s="3" t="n">
+        <x:v>71797</x:v>
+      </x:c>
+      <x:c r="FI51" s="3" t="n">
+        <x:v>78742</x:v>
+      </x:c>
+      <x:c r="FJ51" s="3" t="n">
+        <x:v>77481</x:v>
+      </x:c>
+      <x:c r="FK51" s="3" t="n">
+        <x:v>75938</x:v>
+      </x:c>
+      <x:c r="FL51" s="3" t="n">
+        <x:v>74230</x:v>
+      </x:c>
+      <x:c r="FM51" s="3" t="n">
+        <x:v>79123</x:v>
+      </x:c>
+      <x:c r="FN51" s="3" t="n">
+        <x:v>75490</x:v>
+      </x:c>
+      <x:c r="FO51" s="3" t="n">
+        <x:v>69518</x:v>
+      </x:c>
+      <x:c r="FP51" s="3" t="n">
+        <x:v>69139</x:v>
+      </x:c>
+      <x:c r="FQ51" s="3" t="n">
+        <x:v>76738</x:v>
+      </x:c>
+      <x:c r="FR51" s="3" t="n">
+        <x:v>76545</x:v>
+      </x:c>
+      <x:c r="FS51" s="3" t="n">
+        <x:v>76854</x:v>
+      </x:c>
+      <x:c r="FT51" s="3" t="n">
+        <x:v>74349</x:v>
+      </x:c>
+      <x:c r="FU51" s="3" t="n">
+        <x:v>79305</x:v>
+      </x:c>
+      <x:c r="FV51" s="3" t="n">
+        <x:v>79335</x:v>
+      </x:c>
+      <x:c r="FW51" s="3" t="n">
+        <x:v>75405</x:v>
+      </x:c>
+      <x:c r="FX51" s="3" t="n">
+        <x:v>74734</x:v>
+      </x:c>
+      <x:c r="FY51" s="3" t="n">
+        <x:v>78822</x:v>
+      </x:c>
+      <x:c r="FZ51" s="3" t="n">
+        <x:v>79880</x:v>
+      </x:c>
+      <x:c r="GA51" s="3" t="n">
+        <x:v>75187</x:v>
+      </x:c>
+      <x:c r="GB51" s="3" t="n">
+        <x:v>72841</x:v>
+      </x:c>
+      <x:c r="GC51" s="3" t="n">
+        <x:v>78648</x:v>
+      </x:c>
+      <x:c r="GD51" s="3" t="n">
+        <x:v>75999</x:v>
+      </x:c>
+      <x:c r="GE51" s="3" t="n">
+        <x:v>77854</x:v>
+      </x:c>
+      <x:c r="GF51" s="3" t="n">
+        <x:v>75754</x:v>
+      </x:c>
+      <x:c r="GG51" s="3" t="n">
+        <x:v>80876</x:v>
+      </x:c>
+      <x:c r="GH51" s="3" t="n">
+        <x:v>81087</x:v>
+      </x:c>
+      <x:c r="GI51" s="3" t="n">
+        <x:v>80976</x:v>
+      </x:c>
+      <x:c r="GJ51" s="3" t="n">
+        <x:v>78166</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:192">
+      <x:c r="A52" s="2" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="B52" s="3" t="n">
+        <x:v>53552</x:v>
+      </x:c>
+      <x:c r="C52" s="3" t="n">
+        <x:v>51808</x:v>
+      </x:c>
+      <x:c r="D52" s="3" t="n">
+        <x:v>56578</x:v>
+      </x:c>
+      <x:c r="E52" s="3" t="n">
+        <x:v>58754</x:v>
+      </x:c>
+      <x:c r="F52" s="3" t="n">
+        <x:v>52094</x:v>
+      </x:c>
+      <x:c r="G52" s="3" t="n">
+        <x:v>46544</x:v>
+      </x:c>
+      <x:c r="H52" s="3" t="n">
+        <x:v>53868</x:v>
+      </x:c>
+      <x:c r="I52" s="3" t="n">
+        <x:v>55570</x:v>
+      </x:c>
+      <x:c r="J52" s="3" t="n">
+        <x:v>56095</x:v>
+      </x:c>
+      <x:c r="K52" s="3" t="n">
+        <x:v>48577</x:v>
+      </x:c>
+      <x:c r="L52" s="3" t="n">
+        <x:v>55685</x:v>
+      </x:c>
+      <x:c r="M52" s="3" t="n">
+        <x:v>56592</x:v>
+      </x:c>
+      <x:c r="N52" s="3" t="n">
+        <x:v>55804</x:v>
+      </x:c>
+      <x:c r="O52" s="3" t="n">
+        <x:v>50352</x:v>
+      </x:c>
+      <x:c r="P52" s="3" t="n">
+        <x:v>57695</x:v>
+      </x:c>
+      <x:c r="Q52" s="3" t="n">
+        <x:v>59572</x:v>
+      </x:c>
+      <x:c r="R52" s="3" t="n">
+        <x:v>57743</x:v>
+      </x:c>
+      <x:c r="S52" s="3" t="n">
+        <x:v>50500</x:v>
+      </x:c>
+      <x:c r="T52" s="3" t="n">
+        <x:v>57750</x:v>
+      </x:c>
+      <x:c r="U52" s="3" t="n">
+        <x:v>59599</x:v>
+      </x:c>
+      <x:c r="V52" s="3" t="n">
+        <x:v>57059</x:v>
+      </x:c>
+      <x:c r="W52" s="3" t="n">
+        <x:v>53298</x:v>
+      </x:c>
+      <x:c r="X52" s="3" t="n">
+        <x:v>58683</x:v>
+      </x:c>
+      <x:c r="Y52" s="3" t="n">
+        <x:v>61473</x:v>
+      </x:c>
+      <x:c r="Z52" s="3" t="n">
+        <x:v>62018</x:v>
+      </x:c>
+      <x:c r="AA52" s="3" t="n">
+        <x:v>52270</x:v>
+      </x:c>
+      <x:c r="AB52" s="3" t="n">
+        <x:v>62874</x:v>
+      </x:c>
+      <x:c r="AC52" s="3" t="n">
+        <x:v>62420</x:v>
+      </x:c>
+      <x:c r="AD52" s="3" t="n">
+        <x:v>62013</x:v>
+      </x:c>
+      <x:c r="AE52" s="3" t="n">
+        <x:v>52071</x:v>
+      </x:c>
+      <x:c r="AF52" s="3" t="n">
+        <x:v>59604</x:v>
+      </x:c>
+      <x:c r="AG52" s="3" t="n">
+        <x:v>63082</x:v>
+      </x:c>
+      <x:c r="AH52" s="3" t="n">
+        <x:v>58780</x:v>
+      </x:c>
+      <x:c r="AI52" s="3" t="n">
+        <x:v>56757</x:v>
+      </x:c>
+      <x:c r="AJ52" s="3" t="n">
+        <x:v>58462</x:v>
+      </x:c>
+      <x:c r="AK52" s="3" t="n">
+        <x:v>62898</x:v>
+      </x:c>
+      <x:c r="AL52" s="3" t="n">
+        <x:v>63395</x:v>
+      </x:c>
+      <x:c r="AM52" s="3" t="n">
+        <x:v>57441</x:v>
+      </x:c>
+      <x:c r="AN52" s="3" t="n">
+        <x:v>58298</x:v>
+      </x:c>
+      <x:c r="AO52" s="3" t="n">
+        <x:v>65992</x:v>
+      </x:c>
+      <x:c r="AP52" s="3" t="n">
+        <x:v>63779</x:v>
+      </x:c>
+      <x:c r="AQ52" s="3" t="n">
+        <x:v>56196</x:v>
+      </x:c>
+      <x:c r="AR52" s="3" t="n">
+        <x:v>61393</x:v>
+      </x:c>
+      <x:c r="AS52" s="3" t="n">
+        <x:v>67277</x:v>
+      </x:c>
+      <x:c r="AT52" s="3" t="n">
+        <x:v>62375</x:v>
+      </x:c>
+      <x:c r="AU52" s="3" t="n">
+        <x:v>58533</x:v>
+      </x:c>
+      <x:c r="AV52" s="3" t="n">
+        <x:v>62591</x:v>
+      </x:c>
+      <x:c r="AW52" s="3" t="n">
+        <x:v>67952</x:v>
+      </x:c>
+      <x:c r="AX52" s="3" t="n">
+        <x:v>64787</x:v>
+      </x:c>
+      <x:c r="AY52" s="3" t="n">
+        <x:v>56595</x:v>
+      </x:c>
+      <x:c r="AZ52" s="3" t="n">
+        <x:v>64517</x:v>
+      </x:c>
+      <x:c r="BA52" s="3" t="n">
+        <x:v>67143</x:v>
+      </x:c>
+      <x:c r="BB52" s="3" t="n">
+        <x:v>65048</x:v>
+      </x:c>
+      <x:c r="BC52" s="3" t="n">
+        <x:v>57473</x:v>
+      </x:c>
+      <x:c r="BD52" s="3" t="n">
+        <x:v>62432</x:v>
+      </x:c>
+      <x:c r="BE52" s="3" t="n">
+        <x:v>65215</x:v>
+      </x:c>
+      <x:c r="BF52" s="3" t="n">
+        <x:v>65272</x:v>
+      </x:c>
+      <x:c r="BG52" s="3" t="n">
+        <x:v>56249</x:v>
+      </x:c>
+      <x:c r="BH52" s="3" t="n">
+        <x:v>62022</x:v>
+      </x:c>
+      <x:c r="BI52" s="3" t="n">
+        <x:v>67736</x:v>
+      </x:c>
+      <x:c r="BJ52" s="3" t="n">
+        <x:v>66199</x:v>
+      </x:c>
+      <x:c r="BK52" s="3" t="n">
+        <x:v>56089</x:v>
+      </x:c>
+      <x:c r="BL52" s="3" t="n">
+        <x:v>65390</x:v>
+      </x:c>
+      <x:c r="BM52" s="3" t="n">
+        <x:v>70065</x:v>
+      </x:c>
+      <x:c r="BN52" s="3" t="n">
+        <x:v>67266</x:v>
+      </x:c>
+      <x:c r="BO52" s="3" t="n">
+        <x:v>58996</x:v>
+      </x:c>
+      <x:c r="BP52" s="3" t="n">
+        <x:v>64414</x:v>
+      </x:c>
+      <x:c r="BQ52" s="3" t="n">
+        <x:v>69511</x:v>
+      </x:c>
+      <x:c r="BR52" s="3" t="n">
+        <x:v>69924</x:v>
+      </x:c>
+      <x:c r="BS52" s="3" t="n">
+        <x:v>60608</x:v>
+      </x:c>
+      <x:c r="BT52" s="3" t="n">
+        <x:v>73514</x:v>
+      </x:c>
+      <x:c r="BU52" s="3" t="n">
+        <x:v>76585</x:v>
+      </x:c>
+      <x:c r="BV52" s="3" t="n">
+        <x:v>73596</x:v>
+      </x:c>
+      <x:c r="BW52" s="3" t="n">
+        <x:v>59940</x:v>
+      </x:c>
+      <x:c r="BX52" s="3" t="n">
+        <x:v>69874</x:v>
+      </x:c>
+      <x:c r="BY52" s="3" t="n">
+        <x:v>72277</x:v>
+      </x:c>
+      <x:c r="BZ52" s="3" t="n">
+        <x:v>68170</x:v>
+      </x:c>
+      <x:c r="CA52" s="3" t="n">
+        <x:v>68076</x:v>
+      </x:c>
+      <x:c r="CB52" s="3" t="n">
+        <x:v>76737</x:v>
+      </x:c>
+      <x:c r="CC52" s="3" t="n">
+        <x:v>80216</x:v>
+      </x:c>
+      <x:c r="CD52" s="3" t="n">
+        <x:v>76657</x:v>
+      </x:c>
+      <x:c r="CE52" s="3" t="n">
+        <x:v>68906</x:v>
+      </x:c>
+      <x:c r="CF52" s="3" t="n">
+        <x:v>78616</x:v>
+      </x:c>
+      <x:c r="CG52" s="3" t="n">
+        <x:v>81209</x:v>
+      </x:c>
+      <x:c r="CH52" s="3" t="n">
+        <x:v>77728</x:v>
+      </x:c>
+      <x:c r="CI52" s="3" t="n">
+        <x:v>68090</x:v>
+      </x:c>
+      <x:c r="CJ52" s="3" t="n">
+        <x:v>77853</x:v>
+      </x:c>
+      <x:c r="CK52" s="3" t="n">
+        <x:v>81116</x:v>
+      </x:c>
+      <x:c r="CL52" s="3" t="n">
+        <x:v>80682</x:v>
+      </x:c>
+      <x:c r="CM52" s="3" t="n">
+        <x:v>71644</x:v>
+      </x:c>
+      <x:c r="CN52" s="3" t="n">
+        <x:v>77953</x:v>
+      </x:c>
+      <x:c r="CO52" s="3" t="n">
+        <x:v>80663</x:v>
+      </x:c>
+      <x:c r="CP52" s="3" t="n">
+        <x:v>82869</x:v>
+      </x:c>
+      <x:c r="CQ52" s="3" t="n">
+        <x:v>69127</x:v>
+      </x:c>
+      <x:c r="CR52" s="3" t="n">
+        <x:v>75276</x:v>
+      </x:c>
+      <x:c r="CS52" s="3" t="n">
+        <x:v>82086</x:v>
+      </x:c>
+      <x:c r="CT52" s="3" t="n">
+        <x:v>81227</x:v>
+      </x:c>
+      <x:c r="CU52" s="3" t="n">
+        <x:v>72286</x:v>
+      </x:c>
+      <x:c r="CV52" s="3" t="n">
+        <x:v>79700</x:v>
+      </x:c>
+      <x:c r="CW52" s="3" t="n">
+        <x:v>82698</x:v>
+      </x:c>
+      <x:c r="CX52" s="3" t="n">
+        <x:v>78603</x:v>
+      </x:c>
+      <x:c r="CY52" s="3" t="n">
+        <x:v>67666</x:v>
+      </x:c>
+      <x:c r="CZ52" s="3" t="n">
+        <x:v>76803</x:v>
+      </x:c>
+      <x:c r="DA52" s="3" t="n">
+        <x:v>81505</x:v>
+      </x:c>
+      <x:c r="DB52" s="3" t="n">
+        <x:v>83472</x:v>
+      </x:c>
+      <x:c r="DC52" s="3" t="n">
+        <x:v>72616</x:v>
+      </x:c>
+      <x:c r="DD52" s="3" t="n">
+        <x:v>83010</x:v>
+      </x:c>
+      <x:c r="DE52" s="3" t="n">
+        <x:v>88570</x:v>
+      </x:c>
+      <x:c r="DF52" s="3" t="n">
+        <x:v>90170</x:v>
+      </x:c>
+      <x:c r="DG52" s="3" t="n">
+        <x:v>81507</x:v>
+      </x:c>
+      <x:c r="DH52" s="3" t="n">
+        <x:v>88813</x:v>
+      </x:c>
+      <x:c r="DI52" s="3" t="n">
+        <x:v>96992</x:v>
+      </x:c>
+      <x:c r="DJ52" s="3" t="n">
+        <x:v>100004</x:v>
+      </x:c>
+      <x:c r="DK52" s="3" t="n">
+        <x:v>81664</x:v>
+      </x:c>
+      <x:c r="DL52" s="3" t="n">
+        <x:v>90468</x:v>
+      </x:c>
+      <x:c r="DM52" s="3" t="n">
+        <x:v>97154</x:v>
+      </x:c>
+      <x:c r="DN52" s="3" t="n">
+        <x:v>98320</x:v>
+      </x:c>
+      <x:c r="DO52" s="3" t="n">
+        <x:v>86408</x:v>
+      </x:c>
+      <x:c r="DP52" s="3" t="n">
+        <x:v>101116</x:v>
+      </x:c>
+      <x:c r="DQ52" s="3" t="n">
+        <x:v>108873</x:v>
+      </x:c>
+      <x:c r="DR52" s="3" t="n">
+        <x:v>102466</x:v>
+      </x:c>
+      <x:c r="DS52" s="3" t="n">
+        <x:v>92224</x:v>
+      </x:c>
+      <x:c r="DT52" s="3" t="n">
+        <x:v>99086</x:v>
+      </x:c>
+      <x:c r="DU52" s="3" t="n">
+        <x:v>103377</x:v>
+      </x:c>
+      <x:c r="DV52" s="3" t="n">
+        <x:v>99984</x:v>
+      </x:c>
+      <x:c r="DW52" s="3" t="n">
+        <x:v>79644</x:v>
+      </x:c>
+      <x:c r="DX52" s="3" t="n">
+        <x:v>93030</x:v>
+      </x:c>
+      <x:c r="DY52" s="3" t="n">
+        <x:v>100643</x:v>
+      </x:c>
+      <x:c r="DZ52" s="3" t="n">
+        <x:v>98643</x:v>
+      </x:c>
+      <x:c r="EA52" s="3" t="n">
+        <x:v>81930</x:v>
+      </x:c>
+      <x:c r="EB52" s="3" t="n">
+        <x:v>91218</x:v>
+      </x:c>
+      <x:c r="EC52" s="3" t="n">
+        <x:v>99324</x:v>
+      </x:c>
+      <x:c r="ED52" s="3" t="n">
+        <x:v>95250</x:v>
+      </x:c>
+      <x:c r="EE52" s="3" t="n">
+        <x:v>82337</x:v>
+      </x:c>
+      <x:c r="EF52" s="3" t="n">
+        <x:v>96015</x:v>
+      </x:c>
+      <x:c r="EG52" s="3" t="n">
+        <x:v>105978</x:v>
+      </x:c>
+      <x:c r="EH52" s="3" t="n">
+        <x:v>108597</x:v>
+      </x:c>
+      <x:c r="EI52" s="3" t="n">
+        <x:v>92983</x:v>
+      </x:c>
+      <x:c r="EJ52" s="3" t="n">
+        <x:v>100561</x:v>
+      </x:c>
+      <x:c r="EK52" s="3" t="n">
+        <x:v>112100</x:v>
+      </x:c>
+      <x:c r="EL52" s="3" t="n">
+        <x:v>103628</x:v>
+      </x:c>
+      <x:c r="EM52" s="3" t="n">
+        <x:v>94884</x:v>
+      </x:c>
+      <x:c r="EN52" s="3" t="n">
+        <x:v>101669</x:v>
+      </x:c>
+      <x:c r="EO52" s="3" t="n">
+        <x:v>113318</x:v>
+      </x:c>
+      <x:c r="EP52" s="3" t="n">
+        <x:v>108521</x:v>
+      </x:c>
+      <x:c r="EQ52" s="3" t="n">
+        <x:v>98186</x:v>
+      </x:c>
+      <x:c r="ER52" s="3" t="n">
+        <x:v>108804</x:v>
+      </x:c>
+      <x:c r="ES52" s="3" t="n">
+        <x:v>114304</x:v>
+      </x:c>
+      <x:c r="ET52" s="3" t="n">
+        <x:v>108129</x:v>
+      </x:c>
+      <x:c r="EU52" s="3" t="n">
+        <x:v>99542</x:v>
+      </x:c>
+      <x:c r="EV52" s="3" t="n">
+        <x:v>110930</x:v>
+      </x:c>
+      <x:c r="EW52" s="3" t="n">
+        <x:v>114516</x:v>
+      </x:c>
+      <x:c r="EX52" s="3" t="n">
+        <x:v>111444</x:v>
+      </x:c>
+      <x:c r="EY52" s="3" t="n">
+        <x:v>102947</x:v>
+      </x:c>
+      <x:c r="EZ52" s="3" t="n">
+        <x:v>106837</x:v>
+      </x:c>
+      <x:c r="FA52" s="3" t="n">
+        <x:v>118622</x:v>
+      </x:c>
+      <x:c r="FB52" s="3" t="n">
+        <x:v>118500</x:v>
+      </x:c>
+      <x:c r="FC52" s="3" t="n">
+        <x:v>99832</x:v>
+      </x:c>
+      <x:c r="FD52" s="3" t="n">
+        <x:v>109856</x:v>
+      </x:c>
+      <x:c r="FE52" s="3" t="n">
+        <x:v>124713</x:v>
+      </x:c>
+      <x:c r="FF52" s="3" t="n">
+        <x:v>119470</x:v>
+      </x:c>
+      <x:c r="FG52" s="3" t="n">
+        <x:v>102896</x:v>
+      </x:c>
+      <x:c r="FH52" s="3" t="n">
+        <x:v>107782</x:v>
+      </x:c>
+      <x:c r="FI52" s="3" t="n">
+        <x:v>126149</x:v>
+      </x:c>
+      <x:c r="FJ52" s="3" t="n">
+        <x:v>118674</x:v>
+      </x:c>
+      <x:c r="FK52" s="3" t="n">
+        <x:v>101917</x:v>
+      </x:c>
+      <x:c r="FL52" s="3" t="n">
+        <x:v>113893</x:v>
+      </x:c>
+      <x:c r="FM52" s="3" t="n">
+        <x:v>124367</x:v>
+      </x:c>
+      <x:c r="FN52" s="3" t="n">
+        <x:v>117371</x:v>
+      </x:c>
+      <x:c r="FO52" s="3" t="n">
+        <x:v>102386</x:v>
+      </x:c>
+      <x:c r="FP52" s="3" t="n">
+        <x:v>112581</x:v>
+      </x:c>
+      <x:c r="FQ52" s="3" t="n">
+        <x:v>127935</x:v>
+      </x:c>
+      <x:c r="FR52" s="3" t="n">
+        <x:v>122812</x:v>
+      </x:c>
+      <x:c r="FS52" s="3" t="n">
+        <x:v>107035</x:v>
+      </x:c>
+      <x:c r="FT52" s="3" t="n">
+        <x:v>118577</x:v>
+      </x:c>
+      <x:c r="FU52" s="3" t="n">
+        <x:v>132712</x:v>
+      </x:c>
+      <x:c r="FV52" s="3" t="n">
+        <x:v>127676</x:v>
+      </x:c>
+      <x:c r="FW52" s="3" t="n">
+        <x:v>108150</x:v>
+      </x:c>
+      <x:c r="FX52" s="3" t="n">
+        <x:v>120366</x:v>
+      </x:c>
+      <x:c r="FY52" s="3" t="n">
+        <x:v>130260</x:v>
+      </x:c>
+      <x:c r="FZ52" s="3" t="n">
+        <x:v>124521</x:v>
+      </x:c>
+      <x:c r="GA52" s="3" t="n">
+        <x:v>103568</x:v>
+      </x:c>
+      <x:c r="GB52" s="3" t="n">
+        <x:v>115919</x:v>
+      </x:c>
+      <x:c r="GC52" s="3" t="n">
+        <x:v>125017</x:v>
+      </x:c>
+      <x:c r="GD52" s="3" t="n">
+        <x:v>117793</x:v>
+      </x:c>
+      <x:c r="GE52" s="3" t="n">
+        <x:v>103279</x:v>
+      </x:c>
+      <x:c r="GF52" s="3" t="n">
+        <x:v>116211</x:v>
+      </x:c>
+      <x:c r="GG52" s="3" t="n">
+        <x:v>121795</x:v>
+      </x:c>
+      <x:c r="GH52" s="3" t="n">
+        <x:v>121707</x:v>
+      </x:c>
+      <x:c r="GI52" s="3" t="n">
+        <x:v>103667</x:v>
+      </x:c>
+      <x:c r="GJ52" s="3" t="n">
+        <x:v>116753</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:192">
+      <x:c r="A53" s="2" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="B53" s="3" t="n">
+        <x:v>106822</x:v>
+      </x:c>
+      <x:c r="C53" s="3" t="n">
+        <x:v>112263</x:v>
+      </x:c>
+      <x:c r="D53" s="3" t="n">
+        <x:v>111689</x:v>
+      </x:c>
+      <x:c r="E53" s="3" t="n">
+        <x:v>114113</x:v>
+      </x:c>
+      <x:c r="F53" s="3" t="n">
+        <x:v>116393</x:v>
+      </x:c>
+      <x:c r="G53" s="3" t="n">
+        <x:v>116981</x:v>
+      </x:c>
+      <x:c r="H53" s="3" t="n">
+        <x:v>115497</x:v>
+      </x:c>
+      <x:c r="I53" s="3" t="n">
+        <x:v>118266</x:v>
+      </x:c>
+      <x:c r="J53" s="3" t="n">
+        <x:v>120391</x:v>
+      </x:c>
+      <x:c r="K53" s="3" t="n">
+        <x:v>119664</x:v>
+      </x:c>
+      <x:c r="L53" s="3" t="n">
+        <x:v>119327</x:v>
+      </x:c>
+      <x:c r="M53" s="3" t="n">
+        <x:v>123208</x:v>
+      </x:c>
+      <x:c r="N53" s="3" t="n">
+        <x:v>122614</x:v>
+      </x:c>
+      <x:c r="O53" s="3" t="n">
+        <x:v>121132</x:v>
+      </x:c>
+      <x:c r="P53" s="3" t="n">
+        <x:v>118578</x:v>
+      </x:c>
+      <x:c r="Q53" s="3" t="n">
+        <x:v>122288</x:v>
+      </x:c>
+      <x:c r="R53" s="3" t="n">
+        <x:v>121149</x:v>
+      </x:c>
+      <x:c r="S53" s="3" t="n">
+        <x:v>121794</x:v>
+      </x:c>
+      <x:c r="T53" s="3" t="n">
+        <x:v>119081</x:v>
+      </x:c>
+      <x:c r="U53" s="3" t="n">
+        <x:v>124677</x:v>
+      </x:c>
+      <x:c r="V53" s="3" t="n">
+        <x:v>121348</x:v>
+      </x:c>
+      <x:c r="W53" s="3" t="n">
+        <x:v>124481</x:v>
+      </x:c>
+      <x:c r="X53" s="3" t="n">
+        <x:v>122719</x:v>
+      </x:c>
+      <x:c r="Y53" s="3" t="n">
+        <x:v>128286</x:v>
+      </x:c>
+      <x:c r="Z53" s="3" t="n">
+        <x:v>128884</x:v>
+      </x:c>
+      <x:c r="AA53" s="3" t="n">
+        <x:v>127873</x:v>
+      </x:c>
+      <x:c r="AB53" s="3" t="n">
+        <x:v>129999</x:v>
+      </x:c>
+      <x:c r="AC53" s="3" t="n">
+        <x:v>137829</x:v>
+      </x:c>
+      <x:c r="AD53" s="3" t="n">
+        <x:v>142143</x:v>
+      </x:c>
+      <x:c r="AE53" s="3" t="n">
+        <x:v>138897</x:v>
+      </x:c>
+      <x:c r="AF53" s="3" t="n">
+        <x:v>140640</x:v>
+      </x:c>
+      <x:c r="AG53" s="3" t="n">
+        <x:v>145051</x:v>
+      </x:c>
+      <x:c r="AH53" s="3" t="n">
+        <x:v>143658</x:v>
+      </x:c>
+      <x:c r="AI53" s="3" t="n">
+        <x:v>149609</x:v>
+      </x:c>
+      <x:c r="AJ53" s="3" t="n">
+        <x:v>146097</x:v>
+      </x:c>
+      <x:c r="AK53" s="3" t="n">
+        <x:v>151557</x:v>
+      </x:c>
+      <x:c r="AL53" s="3" t="n">
+        <x:v>148605</x:v>
+      </x:c>
+      <x:c r="AM53" s="3" t="n">
+        <x:v>150565</x:v>
+      </x:c>
+      <x:c r="AN53" s="3" t="n">
+        <x:v>146684</x:v>
+      </x:c>
+      <x:c r="AO53" s="3" t="n">
+        <x:v>154891</x:v>
+      </x:c>
+      <x:c r="AP53" s="3" t="n">
+        <x:v>151165</x:v>
+      </x:c>
+      <x:c r="AQ53" s="3" t="n">
+        <x:v>151262</x:v>
+      </x:c>
+      <x:c r="AR53" s="3" t="n">
+        <x:v>147450</x:v>
+      </x:c>
+      <x:c r="AS53" s="3" t="n">
+        <x:v>151475</x:v>
+      </x:c>
+      <x:c r="AT53" s="3" t="n">
+        <x:v>144998</x:v>
+      </x:c>
+      <x:c r="AU53" s="3" t="n">
+        <x:v>150946</x:v>
+      </x:c>
+      <x:c r="AV53" s="3" t="n">
+        <x:v>144554</x:v>
+      </x:c>
+      <x:c r="AW53" s="3" t="n">
+        <x:v>151102</x:v>
+      </x:c>
+      <x:c r="AX53" s="3" t="n">
+        <x:v>146784</x:v>
+      </x:c>
+      <x:c r="AY53" s="3" t="n">
+        <x:v>148160</x:v>
+      </x:c>
+      <x:c r="AZ53" s="3" t="n">
+        <x:v>146365</x:v>
+      </x:c>
+      <x:c r="BA53" s="3" t="n">
+        <x:v>150189</x:v>
+      </x:c>
+      <x:c r="BB53" s="3" t="n">
+        <x:v>144941</x:v>
+      </x:c>
+      <x:c r="BC53" s="3" t="n">
+        <x:v>153782</x:v>
+      </x:c>
+      <x:c r="BD53" s="3" t="n">
+        <x:v>149280</x:v>
+      </x:c>
+      <x:c r="BE53" s="3" t="n">
+        <x:v>151979</x:v>
+      </x:c>
+      <x:c r="BF53" s="3" t="n">
+        <x:v>153263</x:v>
+      </x:c>
+      <x:c r="BG53" s="3" t="n">
+        <x:v>151859</x:v>
+      </x:c>
+      <x:c r="BH53" s="3" t="n">
+        <x:v>154737</x:v>
+      </x:c>
+      <x:c r="BI53" s="3" t="n">
+        <x:v>156602</x:v>
+      </x:c>
+      <x:c r="BJ53" s="3" t="n">
+        <x:v>153214</x:v>
+      </x:c>
+      <x:c r="BK53" s="3" t="n">
+        <x:v>155655</x:v>
+      </x:c>
+      <x:c r="BL53" s="3" t="n">
+        <x:v>157957</x:v>
+      </x:c>
+      <x:c r="BM53" s="3" t="n">
+        <x:v>166916</x:v>
+      </x:c>
+      <x:c r="BN53" s="3" t="n">
+        <x:v>161717</x:v>
+      </x:c>
+      <x:c r="BO53" s="3" t="n">
+        <x:v>166088</x:v>
+      </x:c>
+      <x:c r="BP53" s="3" t="n">
+        <x:v>165512</x:v>
+      </x:c>
+      <x:c r="BQ53" s="3" t="n">
+        <x:v>173716</x:v>
+      </x:c>
+      <x:c r="BR53" s="3" t="n">
+        <x:v>171964</x:v>
+      </x:c>
+      <x:c r="BS53" s="3" t="n">
+        <x:v>170825</x:v>
+      </x:c>
+      <x:c r="BT53" s="3" t="n">
+        <x:v>172918</x:v>
+      </x:c>
+      <x:c r="BU53" s="3" t="n">
+        <x:v>177480</x:v>
+      </x:c>
+      <x:c r="BV53" s="3" t="n">
+        <x:v>177771</x:v>
+      </x:c>
+      <x:c r="BW53" s="3" t="n">
+        <x:v>178022</x:v>
+      </x:c>
+      <x:c r="BX53" s="3" t="n">
+        <x:v>181105</x:v>
+      </x:c>
+      <x:c r="BY53" s="3" t="n">
+        <x:v>188043</x:v>
+      </x:c>
+      <x:c r="BZ53" s="3" t="n">
+        <x:v>178466</x:v>
+      </x:c>
+      <x:c r="CA53" s="3" t="n">
+        <x:v>195031</x:v>
+      </x:c>
+      <x:c r="CB53" s="3" t="n">
+        <x:v>191354</x:v>
+      </x:c>
+      <x:c r="CC53" s="3" t="n">
+        <x:v>202619</x:v>
+      </x:c>
+      <x:c r="CD53" s="3" t="n">
+        <x:v>198173</x:v>
+      </x:c>
+      <x:c r="CE53" s="3" t="n">
+        <x:v>200666</x:v>
+      </x:c>
+      <x:c r="CF53" s="3" t="n">
+        <x:v>200705</x:v>
+      </x:c>
+      <x:c r="CG53" s="3" t="n">
+        <x:v>210613</x:v>
+      </x:c>
+      <x:c r="CH53" s="3" t="n">
+        <x:v>204522</x:v>
+      </x:c>
+      <x:c r="CI53" s="3" t="n">
+        <x:v>207963</x:v>
+      </x:c>
+      <x:c r="CJ53" s="3" t="n">
+        <x:v>209216</x:v>
+      </x:c>
+      <x:c r="CK53" s="3" t="n">
+        <x:v>219103</x:v>
+      </x:c>
+      <x:c r="CL53" s="3" t="n">
+        <x:v>219969</x:v>
+      </x:c>
+      <x:c r="CM53" s="3" t="n">
+        <x:v>217476</x:v>
+      </x:c>
+      <x:c r="CN53" s="3" t="n">
+        <x:v>217741</x:v>
+      </x:c>
+      <x:c r="CO53" s="3" t="n">
+        <x:v>228226</x:v>
+      </x:c>
+      <x:c r="CP53" s="3" t="n">
+        <x:v>227824</x:v>
+      </x:c>
+      <x:c r="CQ53" s="3" t="n">
+        <x:v>225890</x:v>
+      </x:c>
+      <x:c r="CR53" s="3" t="n">
+        <x:v>223514</x:v>
+      </x:c>
+      <x:c r="CS53" s="3" t="n">
+        <x:v>234642</x:v>
+      </x:c>
+      <x:c r="CT53" s="3" t="n">
+        <x:v>225928</x:v>
+      </x:c>
+      <x:c r="CU53" s="3" t="n">
+        <x:v>236696</x:v>
+      </x:c>
+      <x:c r="CV53" s="3" t="n">
+        <x:v>228027</x:v>
+      </x:c>
+      <x:c r="CW53" s="3" t="n">
+        <x:v>239329</x:v>
+      </x:c>
+      <x:c r="CX53" s="3" t="n">
+        <x:v>234428</x:v>
+      </x:c>
+      <x:c r="CY53" s="3" t="n">
+        <x:v>235208</x:v>
+      </x:c>
+      <x:c r="CZ53" s="3" t="n">
+        <x:v>235369</x:v>
+      </x:c>
+      <x:c r="DA53" s="3" t="n">
+        <x:v>247422</x:v>
+      </x:c>
+      <x:c r="DB53" s="3" t="n">
+        <x:v>250673</x:v>
+      </x:c>
+      <x:c r="DC53" s="3" t="n">
+        <x:v>251236</x:v>
+      </x:c>
+      <x:c r="DD53" s="3" t="n">
+        <x:v>251300</x:v>
+      </x:c>
+      <x:c r="DE53" s="3" t="n">
+        <x:v>267188</x:v>
+      </x:c>
+      <x:c r="DF53" s="3" t="n">
+        <x:v>252733</x:v>
+      </x:c>
+      <x:c r="DG53" s="3" t="n">
+        <x:v>272348</x:v>
+      </x:c>
+      <x:c r="DH53" s="3" t="n">
+        <x:v>266355</x:v>
+      </x:c>
+      <x:c r="DI53" s="3" t="n">
+        <x:v>289685</x:v>
+      </x:c>
+      <x:c r="DJ53" s="3" t="n">
+        <x:v>275452</x:v>
+      </x:c>
+      <x:c r="DK53" s="3" t="n">
+        <x:v>288101</x:v>
+      </x:c>
+      <x:c r="DL53" s="3" t="n">
+        <x:v>286116</x:v>
+      </x:c>
+      <x:c r="DM53" s="3" t="n">
+        <x:v>321019</x:v>
+      </x:c>
+      <x:c r="DN53" s="3" t="n">
+        <x:v>302445</x:v>
+      </x:c>
+      <x:c r="DO53" s="3" t="n">
+        <x:v>308355</x:v>
+      </x:c>
+      <x:c r="DP53" s="3" t="n">
+        <x:v>311368</x:v>
+      </x:c>
+      <x:c r="DQ53" s="3" t="n">
+        <x:v>338114</x:v>
+      </x:c>
+      <x:c r="DR53" s="3" t="n">
+        <x:v>306892</x:v>
+      </x:c>
+      <x:c r="DS53" s="3" t="n">
+        <x:v>331611</x:v>
+      </x:c>
+      <x:c r="DT53" s="3" t="n">
+        <x:v>322383</x:v>
+      </x:c>
+      <x:c r="DU53" s="3" t="n">
+        <x:v>342355</x:v>
+      </x:c>
+      <x:c r="DV53" s="3" t="n">
+        <x:v>316369</x:v>
+      </x:c>
+      <x:c r="DW53" s="3" t="n">
+        <x:v>326020</x:v>
+      </x:c>
+      <x:c r="DX53" s="3" t="n">
+        <x:v>315928</x:v>
+      </x:c>
+      <x:c r="DY53" s="3" t="n">
+        <x:v>339080</x:v>
+      </x:c>
+      <x:c r="DZ53" s="3" t="n">
+        <x:v>322475</x:v>
+      </x:c>
+      <x:c r="EA53" s="3" t="n">
+        <x:v>334043</x:v>
+      </x:c>
+      <x:c r="EB53" s="3" t="n">
+        <x:v>327303</x:v>
+      </x:c>
+      <x:c r="EC53" s="3" t="n">
+        <x:v>347636</x:v>
+      </x:c>
+      <x:c r="ED53" s="3" t="n">
+        <x:v>328043</x:v>
+      </x:c>
+      <x:c r="EE53" s="3" t="n">
+        <x:v>341544</x:v>
+      </x:c>
+      <x:c r="EF53" s="3" t="n">
+        <x:v>335364</x:v>
+      </x:c>
+      <x:c r="EG53" s="3" t="n">
+        <x:v>356330</x:v>
+      </x:c>
+      <x:c r="EH53" s="3" t="n">
+        <x:v>342892</x:v>
+      </x:c>
+      <x:c r="EI53" s="3" t="n">
+        <x:v>350309</x:v>
+      </x:c>
+      <x:c r="EJ53" s="3" t="n">
+        <x:v>347909</x:v>
+      </x:c>
+      <x:c r="EK53" s="3" t="n">
+        <x:v>373375</x:v>
+      </x:c>
+      <x:c r="EL53" s="3" t="n">
+        <x:v>349177</x:v>
+      </x:c>
+      <x:c r="EM53" s="3" t="n">
+        <x:v>373866</x:v>
+      </x:c>
+      <x:c r="EN53" s="3" t="n">
+        <x:v>363718</x:v>
+      </x:c>
+      <x:c r="EO53" s="3" t="n">
+        <x:v>385761</x:v>
+      </x:c>
+      <x:c r="EP53" s="3" t="n">
+        <x:v>365718</x:v>
+      </x:c>
+      <x:c r="EQ53" s="3" t="n">
+        <x:v>374731</x:v>
+      </x:c>
+      <x:c r="ER53" s="3" t="n">
+        <x:v>370333</x:v>
+      </x:c>
+      <x:c r="ES53" s="3" t="n">
+        <x:v>395498</x:v>
+      </x:c>
+      <x:c r="ET53" s="3" t="n">
+        <x:v>375181</x:v>
+      </x:c>
+      <x:c r="EU53" s="3" t="n">
+        <x:v>387485</x:v>
+      </x:c>
+      <x:c r="EV53" s="3" t="n">
+        <x:v>379920</x:v>
+      </x:c>
+      <x:c r="EW53" s="3" t="n">
+        <x:v>402136</x:v>
+      </x:c>
+      <x:c r="EX53" s="3" t="n">
+        <x:v>378104</x:v>
+      </x:c>
+      <x:c r="EY53" s="3" t="n">
+        <x:v>398523</x:v>
+      </x:c>
+      <x:c r="EZ53" s="3" t="n">
+        <x:v>378890</x:v>
+      </x:c>
+      <x:c r="FA53" s="3" t="n">
+        <x:v>405555</x:v>
+      </x:c>
+      <x:c r="FB53" s="3" t="n">
+        <x:v>403745</x:v>
+      </x:c>
+      <x:c r="FC53" s="3" t="n">
+        <x:v>391704</x:v>
+      </x:c>
+      <x:c r="FD53" s="3" t="n">
+        <x:v>389651</x:v>
+      </x:c>
+      <x:c r="FE53" s="3" t="n">
+        <x:v>420109</x:v>
+      </x:c>
+      <x:c r="FF53" s="3" t="n">
+        <x:v>402499</x:v>
+      </x:c>
+      <x:c r="FG53" s="3" t="n">
+        <x:v>418543</x:v>
+      </x:c>
+      <x:c r="FH53" s="3" t="n">
+        <x:v>402227</x:v>
+      </x:c>
+      <x:c r="FI53" s="3" t="n">
+        <x:v>435913</x:v>
+      </x:c>
+      <x:c r="FJ53" s="3" t="n">
+        <x:v>429688</x:v>
+      </x:c>
+      <x:c r="FK53" s="3" t="n">
+        <x:v>424562</x:v>
+      </x:c>
+      <x:c r="FL53" s="3" t="n">
+        <x:v>426712</x:v>
+      </x:c>
+      <x:c r="FM53" s="3" t="n">
+        <x:v>457475</x:v>
+      </x:c>
+      <x:c r="FN53" s="3" t="n">
+        <x:v>433289</x:v>
+      </x:c>
+      <x:c r="FO53" s="3" t="n">
+        <x:v>392248</x:v>
+      </x:c>
+      <x:c r="FP53" s="3" t="n">
+        <x:v>407240</x:v>
+      </x:c>
+      <x:c r="FQ53" s="3" t="n">
+        <x:v>442857</x:v>
+      </x:c>
+      <x:c r="FR53" s="3" t="n">
+        <x:v>421095</x:v>
+      </x:c>
+      <x:c r="FS53" s="3" t="n">
+        <x:v>428574</x:v>
+      </x:c>
+      <x:c r="FT53" s="3" t="n">
+        <x:v>433412</x:v>
+      </x:c>
+      <x:c r="FU53" s="3" t="n">
+        <x:v>484529</x:v>
+      </x:c>
+      <x:c r="FV53" s="3" t="n">
+        <x:v>473848</x:v>
+      </x:c>
+      <x:c r="FW53" s="3" t="n">
+        <x:v>472820</x:v>
+      </x:c>
+      <x:c r="FX53" s="3" t="n">
+        <x:v>468160</x:v>
+      </x:c>
+      <x:c r="FY53" s="3" t="n">
+        <x:v>510232</x:v>
+      </x:c>
+      <x:c r="FZ53" s="3" t="n">
+        <x:v>500769</x:v>
+      </x:c>
+      <x:c r="GA53" s="3" t="n">
+        <x:v>478208</x:v>
+      </x:c>
+      <x:c r="GB53" s="3" t="n">
+        <x:v>469224</x:v>
+      </x:c>
+      <x:c r="GC53" s="3" t="n">
+        <x:v>508095</x:v>
+      </x:c>
+      <x:c r="GD53" s="3" t="n">
+        <x:v>484206</x:v>
+      </x:c>
+      <x:c r="GE53" s="3" t="n">
+        <x:v>494891</x:v>
+      </x:c>
+      <x:c r="GF53" s="3" t="n">
+        <x:v>477935</x:v>
+      </x:c>
+      <x:c r="GG53" s="3" t="n">
+        <x:v>512702</x:v>
+      </x:c>
+      <x:c r="GH53" s="3" t="n">
+        <x:v>499405</x:v>
+      </x:c>
+      <x:c r="GI53" s="3" t="n">
+        <x:v>492567</x:v>
+      </x:c>
+      <x:c r="GJ53" s="3" t="n">
+        <x:v>485096</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:192">
+      <x:c r="A54" s="2" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="B54" s="3" t="n">
+        <x:v>80194</x:v>
+      </x:c>
+      <x:c r="C54" s="3" t="n">
+        <x:v>80361</x:v>
+      </x:c>
+      <x:c r="D54" s="3" t="n">
+        <x:v>75876</x:v>
+      </x:c>
+      <x:c r="E54" s="3" t="n">
+        <x:v>83742</x:v>
+      </x:c>
+      <x:c r="F54" s="3" t="n">
+        <x:v>87578</x:v>
+      </x:c>
+      <x:c r="G54" s="3" t="n">
+        <x:v>80151</x:v>
+      </x:c>
+      <x:c r="H54" s="3" t="n">
+        <x:v>78048</x:v>
+      </x:c>
+      <x:c r="I54" s="3" t="n">
+        <x:v>87452</x:v>
+      </x:c>
+      <x:c r="J54" s="3" t="n">
+        <x:v>91511</x:v>
+      </x:c>
+      <x:c r="K54" s="3" t="n">
+        <x:v>84223</x:v>
+      </x:c>
+      <x:c r="L54" s="3" t="n">
+        <x:v>81064</x:v>
+      </x:c>
+      <x:c r="M54" s="3" t="n">
+        <x:v>90744</x:v>
+      </x:c>
+      <x:c r="N54" s="3" t="n">
+        <x:v>95076</x:v>
+      </x:c>
+      <x:c r="O54" s="3" t="n">
+        <x:v>87903</x:v>
+      </x:c>
+      <x:c r="P54" s="3" t="n">
+        <x:v>86619</x:v>
+      </x:c>
+      <x:c r="Q54" s="3" t="n">
+        <x:v>96266</x:v>
+      </x:c>
+      <x:c r="R54" s="3" t="n">
+        <x:v>97451</x:v>
+      </x:c>
+      <x:c r="S54" s="3" t="n">
+        <x:v>89258</x:v>
+      </x:c>
+      <x:c r="T54" s="3" t="n">
+        <x:v>88690</x:v>
+      </x:c>
+      <x:c r="U54" s="3" t="n">
+        <x:v>98434</x:v>
+      </x:c>
+      <x:c r="V54" s="3" t="n">
+        <x:v>98582</x:v>
+      </x:c>
+      <x:c r="W54" s="3" t="n">
+        <x:v>95063</x:v>
+      </x:c>
+      <x:c r="X54" s="3" t="n">
+        <x:v>92256</x:v>
+      </x:c>
+      <x:c r="Y54" s="3" t="n">
+        <x:v>99613</x:v>
+      </x:c>
+      <x:c r="Z54" s="3" t="n">
+        <x:v>105406</x:v>
+      </x:c>
+      <x:c r="AA54" s="3" t="n">
+        <x:v>95195</x:v>
+      </x:c>
+      <x:c r="AB54" s="3" t="n">
+        <x:v>92006</x:v>
+      </x:c>
+      <x:c r="AC54" s="3" t="n">
+        <x:v>102749</x:v>
+      </x:c>
+      <x:c r="AD54" s="3" t="n">
+        <x:v>106205</x:v>
+      </x:c>
+      <x:c r="AE54" s="3" t="n">
+        <x:v>98148</x:v>
+      </x:c>
+      <x:c r="AF54" s="3" t="n">
+        <x:v>95514</x:v>
+      </x:c>
+      <x:c r="AG54" s="3" t="n">
+        <x:v>107849</x:v>
+      </x:c>
+      <x:c r="AH54" s="3" t="n">
+        <x:v>99890</x:v>
+      </x:c>
+      <x:c r="AI54" s="3" t="n">
+        <x:v>108924</x:v>
+      </x:c>
+      <x:c r="AJ54" s="3" t="n">
+        <x:v>97282</x:v>
+      </x:c>
+      <x:c r="AK54" s="3" t="n">
+        <x:v>109813</x:v>
+      </x:c>
+      <x:c r="AL54" s="3" t="n">
+        <x:v>107594</x:v>
+      </x:c>
+      <x:c r="AM54" s="3" t="n">
+        <x:v>107634</x:v>
+      </x:c>
+      <x:c r="AN54" s="3" t="n">
+        <x:v>100264</x:v>
+      </x:c>
+      <x:c r="AO54" s="3" t="n">
+        <x:v>113687</x:v>
+      </x:c>
+      <x:c r="AP54" s="3" t="n">
+        <x:v>112291</x:v>
+      </x:c>
+      <x:c r="AQ54" s="3" t="n">
+        <x:v>107153</x:v>
+      </x:c>
+      <x:c r="AR54" s="3" t="n">
+        <x:v>105611</x:v>
+      </x:c>
+      <x:c r="AS54" s="3" t="n">
+        <x:v>113268</x:v>
+      </x:c>
+      <x:c r="AT54" s="3" t="n">
+        <x:v>110760</x:v>
+      </x:c>
+      <x:c r="AU54" s="3" t="n">
+        <x:v>112483</x:v>
+      </x:c>
+      <x:c r="AV54" s="3" t="n">
+        <x:v>104858</x:v>
+      </x:c>
+      <x:c r="AW54" s="3" t="n">
+        <x:v>119644</x:v>
+      </x:c>
+      <x:c r="AX54" s="3" t="n">
+        <x:v>120520</x:v>
+      </x:c>
+      <x:c r="AY54" s="3" t="n">
+        <x:v>112006</x:v>
+      </x:c>
+      <x:c r="AZ54" s="3" t="n">
+        <x:v>110321</x:v>
+      </x:c>
+      <x:c r="BA54" s="3" t="n">
+        <x:v>123012</x:v>
+      </x:c>
+      <x:c r="BB54" s="3" t="n">
+        <x:v>119813</x:v>
+      </x:c>
+      <x:c r="BC54" s="3" t="n">
+        <x:v>121817</x:v>
+      </x:c>
+      <x:c r="BD54" s="3" t="n">
+        <x:v>118601</x:v>
+      </x:c>
+      <x:c r="BE54" s="3" t="n">
+        <x:v>127680</x:v>
+      </x:c>
+      <x:c r="BF54" s="3" t="n">
+        <x:v>131810</x:v>
+      </x:c>
+      <x:c r="BG54" s="3" t="n">
+        <x:v>121352</x:v>
+      </x:c>
+      <x:c r="BH54" s="3" t="n">
+        <x:v>122353</x:v>
+      </x:c>
+      <x:c r="BI54" s="3" t="n">
+        <x:v>130845</x:v>
+      </x:c>
+      <x:c r="BJ54" s="3" t="n">
+        <x:v>133351</x:v>
+      </x:c>
+      <x:c r="BK54" s="3" t="n">
+        <x:v>124799</x:v>
+      </x:c>
+      <x:c r="BL54" s="3" t="n">
+        <x:v>122269</x:v>
+      </x:c>
+      <x:c r="BM54" s="3" t="n">
+        <x:v>137791</x:v>
+      </x:c>
+      <x:c r="BN54" s="3" t="n">
+        <x:v>129507</x:v>
+      </x:c>
+      <x:c r="BO54" s="3" t="n">
+        <x:v>129425</x:v>
+      </x:c>
+      <x:c r="BP54" s="3" t="n">
+        <x:v>129438</x:v>
+      </x:c>
+      <x:c r="BQ54" s="3" t="n">
+        <x:v>138914</x:v>
+      </x:c>
+      <x:c r="BR54" s="3" t="n">
+        <x:v>138462</x:v>
+      </x:c>
+      <x:c r="BS54" s="3" t="n">
+        <x:v>124723</x:v>
+      </x:c>
+      <x:c r="BT54" s="3" t="n">
+        <x:v>127622</x:v>
+      </x:c>
+      <x:c r="BU54" s="3" t="n">
+        <x:v>136545</x:v>
+      </x:c>
+      <x:c r="BV54" s="3" t="n">
+        <x:v>139789</x:v>
+      </x:c>
+      <x:c r="BW54" s="3" t="n">
+        <x:v>128845</x:v>
+      </x:c>
+      <x:c r="BX54" s="3" t="n">
         <x:v>131422</x:v>
       </x:c>
-      <x:c r="BQ31" s="3" t="n">
-[...366 lines deleted...]
-        <x:v>245368</x:v>
+      <x:c r="BY54" s="3" t="n">
+        <x:v>139954</x:v>
+      </x:c>
+      <x:c r="BZ54" s="3" t="n">
+        <x:v>133401</x:v>
+      </x:c>
+      <x:c r="CA54" s="3" t="n">
+        <x:v>139907</x:v>
+      </x:c>
+      <x:c r="CB54" s="3" t="n">
+        <x:v>133240</x:v>
+      </x:c>
+      <x:c r="CC54" s="3" t="n">
+        <x:v>143604</x:v>
+      </x:c>
+      <x:c r="CD54" s="3" t="n">
+        <x:v>144814</x:v>
+      </x:c>
+      <x:c r="CE54" s="3" t="n">
+        <x:v>135446</x:v>
+      </x:c>
+      <x:c r="CF54" s="3" t="n">
+        <x:v>137082</x:v>
+      </x:c>
+      <x:c r="CG54" s="3" t="n">
+        <x:v>146784</x:v>
+      </x:c>
+      <x:c r="CH54" s="3" t="n">
+        <x:v>144261</x:v>
+      </x:c>
+      <x:c r="CI54" s="3" t="n">
+        <x:v>141769</x:v>
+      </x:c>
+      <x:c r="CJ54" s="3" t="n">
+        <x:v>140243</x:v>
+      </x:c>
+      <x:c r="CK54" s="3" t="n">
+        <x:v>150577</x:v>
+      </x:c>
+      <x:c r="CL54" s="3" t="n">
+        <x:v>152356</x:v>
+      </x:c>
+      <x:c r="CM54" s="3" t="n">
+        <x:v>139460</x:v>
+      </x:c>
+      <x:c r="CN54" s="3" t="n">
+        <x:v>141120</x:v>
+      </x:c>
+      <x:c r="CO54" s="3" t="n">
+        <x:v>148043</x:v>
+      </x:c>
+      <x:c r="CP54" s="3" t="n">
+        <x:v>150967</x:v>
+      </x:c>
+      <x:c r="CQ54" s="3" t="n">
+        <x:v>139380</x:v>
+      </x:c>
+      <x:c r="CR54" s="3" t="n">
+        <x:v>141456</x:v>
+      </x:c>
+      <x:c r="CS54" s="3" t="n">
+        <x:v>149501</x:v>
+      </x:c>
+      <x:c r="CT54" s="3" t="n">
+        <x:v>143390</x:v>
+      </x:c>
+      <x:c r="CU54" s="3" t="n">
+        <x:v>146199</x:v>
+      </x:c>
+      <x:c r="CV54" s="3" t="n">
+        <x:v>144397</x:v>
+      </x:c>
+      <x:c r="CW54" s="3" t="n">
+        <x:v>147279</x:v>
+      </x:c>
+      <x:c r="CX54" s="3" t="n">
+        <x:v>150205</x:v>
+      </x:c>
+      <x:c r="CY54" s="3" t="n">
+        <x:v>141641</x:v>
+      </x:c>
+      <x:c r="CZ54" s="3" t="n">
+        <x:v>144528</x:v>
+      </x:c>
+      <x:c r="DA54" s="3" t="n">
+        <x:v>148236</x:v>
+      </x:c>
+      <x:c r="DB54" s="3" t="n">
+        <x:v>150530</x:v>
+      </x:c>
+      <x:c r="DC54" s="3" t="n">
+        <x:v>140967</x:v>
+      </x:c>
+      <x:c r="DD54" s="3" t="n">
+        <x:v>143835</x:v>
+      </x:c>
+      <x:c r="DE54" s="3" t="n">
+        <x:v>154167</x:v>
+      </x:c>
+      <x:c r="DF54" s="3" t="n">
+        <x:v>147671</x:v>
+      </x:c>
+      <x:c r="DG54" s="3" t="n">
+        <x:v>154482</x:v>
+      </x:c>
+      <x:c r="DH54" s="3" t="n">
+        <x:v>146340</x:v>
+      </x:c>
+      <x:c r="DI54" s="3" t="n">
+        <x:v>155663</x:v>
+      </x:c>
+      <x:c r="DJ54" s="3" t="n">
+        <x:v>159182</x:v>
+      </x:c>
+      <x:c r="DK54" s="3" t="n">
+        <x:v>147805</x:v>
+      </x:c>
+      <x:c r="DL54" s="3" t="n">
+        <x:v>149207</x:v>
+      </x:c>
+      <x:c r="DM54" s="3" t="n">
+        <x:v>156446</x:v>
+      </x:c>
+      <x:c r="DN54" s="3" t="n">
+        <x:v>162318</x:v>
+      </x:c>
+      <x:c r="DO54" s="3" t="n">
+        <x:v>154207</x:v>
+      </x:c>
+      <x:c r="DP54" s="3" t="n">
+        <x:v>156150</x:v>
+      </x:c>
+      <x:c r="DQ54" s="3" t="n">
+        <x:v>163236</x:v>
+      </x:c>
+      <x:c r="DR54" s="3" t="n">
+        <x:v>160723</x:v>
+      </x:c>
+      <x:c r="DS54" s="3" t="n">
+        <x:v>162805</x:v>
+      </x:c>
+      <x:c r="DT54" s="3" t="n">
+        <x:v>163034</x:v>
+      </x:c>
+      <x:c r="DU54" s="3" t="n">
+        <x:v>164787</x:v>
+      </x:c>
+      <x:c r="DV54" s="3" t="n">
+        <x:v>165973</x:v>
+      </x:c>
+      <x:c r="DW54" s="3" t="n">
+        <x:v>163375</x:v>
+      </x:c>
+      <x:c r="DX54" s="3" t="n">
+        <x:v>164956</x:v>
+      </x:c>
+      <x:c r="DY54" s="3" t="n">
+        <x:v>167716</x:v>
+      </x:c>
+      <x:c r="DZ54" s="3" t="n">
+        <x:v>171017</x:v>
+      </x:c>
+      <x:c r="EA54" s="3" t="n">
+        <x:v>168989</x:v>
+      </x:c>
+      <x:c r="EB54" s="3" t="n">
+        <x:v>168403</x:v>
+      </x:c>
+      <x:c r="EC54" s="3" t="n">
+        <x:v>169186</x:v>
+      </x:c>
+      <x:c r="ED54" s="3" t="n">
+        <x:v>170750</x:v>
+      </x:c>
+      <x:c r="EE54" s="3" t="n">
+        <x:v>171360</x:v>
+      </x:c>
+      <x:c r="EF54" s="3" t="n">
+        <x:v>172125</x:v>
+      </x:c>
+      <x:c r="EG54" s="3" t="n">
+        <x:v>173298</x:v>
+      </x:c>
+      <x:c r="EH54" s="3" t="n">
+        <x:v>174611</x:v>
+      </x:c>
+      <x:c r="EI54" s="3" t="n">
+        <x:v>175610</x:v>
+      </x:c>
+      <x:c r="EJ54" s="3" t="n">
+        <x:v>176374</x:v>
+      </x:c>
+      <x:c r="EK54" s="3" t="n">
+        <x:v>176540</x:v>
+      </x:c>
+      <x:c r="EL54" s="3" t="n">
+        <x:v>176246</x:v>
+      </x:c>
+      <x:c r="EM54" s="3" t="n">
+        <x:v>176622</x:v>
+      </x:c>
+      <x:c r="EN54" s="3" t="n">
+        <x:v>177254</x:v>
+      </x:c>
+      <x:c r="EO54" s="3" t="n">
+        <x:v>178376</x:v>
+      </x:c>
+      <x:c r="EP54" s="3" t="n">
+        <x:v>178658</x:v>
+      </x:c>
+      <x:c r="EQ54" s="3" t="n">
+        <x:v>179594</x:v>
+      </x:c>
+      <x:c r="ER54" s="3" t="n">
+        <x:v>179879</x:v>
+      </x:c>
+      <x:c r="ES54" s="3" t="n">
+        <x:v>181004</x:v>
+      </x:c>
+      <x:c r="ET54" s="3" t="n">
+        <x:v>181699</x:v>
+      </x:c>
+      <x:c r="EU54" s="3" t="n">
+        <x:v>182882</x:v>
+      </x:c>
+      <x:c r="EV54" s="3" t="n">
+        <x:v>185035</x:v>
+      </x:c>
+      <x:c r="EW54" s="3" t="n">
+        <x:v>185159</x:v>
+      </x:c>
+      <x:c r="EX54" s="3" t="n">
+        <x:v>184850</x:v>
+      </x:c>
+      <x:c r="EY54" s="3" t="n">
+        <x:v>187781</x:v>
+      </x:c>
+      <x:c r="EZ54" s="3" t="n">
+        <x:v>188784</x:v>
+      </x:c>
+      <x:c r="FA54" s="3" t="n">
+        <x:v>190039</x:v>
+      </x:c>
+      <x:c r="FB54" s="3" t="n">
+        <x:v>188861</x:v>
+      </x:c>
+      <x:c r="FC54" s="3" t="n">
+        <x:v>191611</x:v>
+      </x:c>
+      <x:c r="FD54" s="3" t="n">
+        <x:v>190950</x:v>
+      </x:c>
+      <x:c r="FE54" s="3" t="n">
+        <x:v>192668</x:v>
+      </x:c>
+      <x:c r="FF54" s="3" t="n">
+        <x:v>191064</x:v>
+      </x:c>
+      <x:c r="FG54" s="3" t="n">
+        <x:v>192679</x:v>
+      </x:c>
+      <x:c r="FH54" s="3" t="n">
+        <x:v>192421</x:v>
+      </x:c>
+      <x:c r="FI54" s="3" t="n">
+        <x:v>193244</x:v>
+      </x:c>
+      <x:c r="FJ54" s="3" t="n">
+        <x:v>192006</x:v>
+      </x:c>
+      <x:c r="FK54" s="3" t="n">
+        <x:v>193847</x:v>
+      </x:c>
+      <x:c r="FL54" s="3" t="n">
+        <x:v>194048</x:v>
+      </x:c>
+      <x:c r="FM54" s="3" t="n">
+        <x:v>195913</x:v>
+      </x:c>
+      <x:c r="FN54" s="3" t="n">
+        <x:v>192464</x:v>
+      </x:c>
+      <x:c r="FO54" s="3" t="n">
+        <x:v>182484</x:v>
+      </x:c>
+      <x:c r="FP54" s="3" t="n">
+        <x:v>191192</x:v>
+      </x:c>
+      <x:c r="FQ54" s="3" t="n">
+        <x:v>193371</x:v>
+      </x:c>
+      <x:c r="FR54" s="3" t="n">
+        <x:v>190438</x:v>
+      </x:c>
+      <x:c r="FS54" s="3" t="n">
+        <x:v>193224</x:v>
+      </x:c>
+      <x:c r="FT54" s="3" t="n">
+        <x:v>197203</x:v>
+      </x:c>
+      <x:c r="FU54" s="3" t="n">
+        <x:v>199368</x:v>
+      </x:c>
+      <x:c r="FV54" s="3" t="n">
+        <x:v>197655</x:v>
+      </x:c>
+      <x:c r="FW54" s="3" t="n">
+        <x:v>202021</x:v>
+      </x:c>
+      <x:c r="FX54" s="3" t="n">
+        <x:v>204465</x:v>
+      </x:c>
+      <x:c r="FY54" s="3" t="n">
+        <x:v>206958</x:v>
+      </x:c>
+      <x:c r="FZ54" s="3" t="n">
+        <x:v>206613</x:v>
+      </x:c>
+      <x:c r="GA54" s="3" t="n">
+        <x:v>208841</x:v>
+      </x:c>
+      <x:c r="GB54" s="3" t="n">
+        <x:v>209009</x:v>
+      </x:c>
+      <x:c r="GC54" s="3" t="n">
+        <x:v>212408</x:v>
+      </x:c>
+      <x:c r="GD54" s="3" t="n">
+        <x:v>210786</x:v>
+      </x:c>
+      <x:c r="GE54" s="3" t="n">
+        <x:v>213365</x:v>
+      </x:c>
+      <x:c r="GF54" s="3" t="n">
+        <x:v>213706</x:v>
+      </x:c>
+      <x:c r="GG54" s="3" t="n">
+        <x:v>214942</x:v>
+      </x:c>
+      <x:c r="GH54" s="3" t="n">
+        <x:v>214452</x:v>
+      </x:c>
+      <x:c r="GI54" s="3" t="n">
+        <x:v>216669</x:v>
+      </x:c>
+      <x:c r="GJ54" s="3" t="n">
+        <x:v>215891</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:191">
-[...571 lines deleted...]
-        <x:v>1003936</x:v>
+    <x:row r="55" spans="1:192">
+      <x:c r="A55" s="2" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="B55" s="3" t="n">
+        <x:v>34552</x:v>
+      </x:c>
+      <x:c r="C55" s="3" t="n">
+        <x:v>36763</x:v>
+      </x:c>
+      <x:c r="D55" s="3" t="n">
+        <x:v>37269</x:v>
+      </x:c>
+      <x:c r="E55" s="3" t="n">
+        <x:v>39446</x:v>
+      </x:c>
+      <x:c r="F55" s="3" t="n">
+        <x:v>36356</x:v>
+      </x:c>
+      <x:c r="G55" s="3" t="n">
+        <x:v>38832</x:v>
+      </x:c>
+      <x:c r="H55" s="3" t="n">
+        <x:v>39207</x:v>
+      </x:c>
+      <x:c r="I55" s="3" t="n">
+        <x:v>42701</x:v>
+      </x:c>
+      <x:c r="J55" s="3" t="n">
+        <x:v>36572</x:v>
+      </x:c>
+      <x:c r="K55" s="3" t="n">
+        <x:v>37216</x:v>
+      </x:c>
+      <x:c r="L55" s="3" t="n">
+        <x:v>38909</x:v>
+      </x:c>
+      <x:c r="M55" s="3" t="n">
+        <x:v>42223</x:v>
+      </x:c>
+      <x:c r="N55" s="3" t="n">
+        <x:v>37998</x:v>
+      </x:c>
+      <x:c r="O55" s="3" t="n">
+        <x:v>40188</x:v>
+      </x:c>
+      <x:c r="P55" s="3" t="n">
+        <x:v>39887</x:v>
+      </x:c>
+      <x:c r="Q55" s="3" t="n">
+        <x:v>44190</x:v>
+      </x:c>
+      <x:c r="R55" s="3" t="n">
+        <x:v>37636</x:v>
+      </x:c>
+      <x:c r="S55" s="3" t="n">
+        <x:v>39812</x:v>
+      </x:c>
+      <x:c r="T55" s="3" t="n">
+        <x:v>39990</x:v>
+      </x:c>
+      <x:c r="U55" s="3" t="n">
+        <x:v>42157</x:v>
+      </x:c>
+      <x:c r="V55" s="3" t="n">
+        <x:v>39788</x:v>
+      </x:c>
+      <x:c r="W55" s="3" t="n">
+        <x:v>40695</x:v>
+      </x:c>
+      <x:c r="X55" s="3" t="n">
+        <x:v>42142</x:v>
+      </x:c>
+      <x:c r="Y55" s="3" t="n">
+        <x:v>44435</x:v>
+      </x:c>
+      <x:c r="Z55" s="3" t="n">
+        <x:v>39902</x:v>
+      </x:c>
+      <x:c r="AA55" s="3" t="n">
+        <x:v>39546</x:v>
+      </x:c>
+      <x:c r="AB55" s="3" t="n">
+        <x:v>40927</x:v>
+      </x:c>
+      <x:c r="AC55" s="3" t="n">
+        <x:v>45797</x:v>
+      </x:c>
+      <x:c r="AD55" s="3" t="n">
+        <x:v>43254</x:v>
+      </x:c>
+      <x:c r="AE55" s="3" t="n">
+        <x:v>45998</x:v>
+      </x:c>
+      <x:c r="AF55" s="3" t="n">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="AG55" s="3" t="n">
+        <x:v>50154</x:v>
+      </x:c>
+      <x:c r="AH55" s="3" t="n">
+        <x:v>46535</x:v>
+      </x:c>
+      <x:c r="AI55" s="3" t="n">
+        <x:v>51746</x:v>
+      </x:c>
+      <x:c r="AJ55" s="3" t="n">
+        <x:v>49099</x:v>
+      </x:c>
+      <x:c r="AK55" s="3" t="n">
+        <x:v>53426</x:v>
+      </x:c>
+      <x:c r="AL55" s="3" t="n">
+        <x:v>45106</x:v>
+      </x:c>
+      <x:c r="AM55" s="3" t="n">
+        <x:v>48118</x:v>
+      </x:c>
+      <x:c r="AN55" s="3" t="n">
+        <x:v>47841</x:v>
+      </x:c>
+      <x:c r="AO55" s="3" t="n">
+        <x:v>51309</x:v>
+      </x:c>
+      <x:c r="AP55" s="3" t="n">
+        <x:v>43604</x:v>
+      </x:c>
+      <x:c r="AQ55" s="3" t="n">
+        <x:v>43667</x:v>
+      </x:c>
+      <x:c r="AR55" s="3" t="n">
+        <x:v>43700</x:v>
+      </x:c>
+      <x:c r="AS55" s="3" t="n">
+        <x:v>45743</x:v>
+      </x:c>
+      <x:c r="AT55" s="3" t="n">
+        <x:v>40293</x:v>
+      </x:c>
+      <x:c r="AU55" s="3" t="n">
+        <x:v>39403</x:v>
+      </x:c>
+      <x:c r="AV55" s="3" t="n">
+        <x:v>41680</x:v>
+      </x:c>
+      <x:c r="AW55" s="3" t="n">
+        <x:v>44493</x:v>
+      </x:c>
+      <x:c r="AX55" s="3" t="n">
+        <x:v>42988</x:v>
+      </x:c>
+      <x:c r="AY55" s="3" t="n">
+        <x:v>42884</x:v>
+      </x:c>
+      <x:c r="AZ55" s="3" t="n">
+        <x:v>43892</x:v>
+      </x:c>
+      <x:c r="BA55" s="3" t="n">
+        <x:v>40326</x:v>
+      </x:c>
+      <x:c r="BB55" s="3" t="n">
+        <x:v>41409</x:v>
+      </x:c>
+      <x:c r="BC55" s="3" t="n">
+        <x:v>41108</x:v>
+      </x:c>
+      <x:c r="BD55" s="3" t="n">
+        <x:v>44551</x:v>
+      </x:c>
+      <x:c r="BE55" s="3" t="n">
+        <x:v>44463</x:v>
+      </x:c>
+      <x:c r="BF55" s="3" t="n">
+        <x:v>41294</x:v>
+      </x:c>
+      <x:c r="BG55" s="3" t="n">
+        <x:v>44647</x:v>
+      </x:c>
+      <x:c r="BH55" s="3" t="n">
+        <x:v>43421</x:v>
+      </x:c>
+      <x:c r="BI55" s="3" t="n">
+        <x:v>47594</x:v>
+      </x:c>
+      <x:c r="BJ55" s="3" t="n">
+        <x:v>42918</x:v>
+      </x:c>
+      <x:c r="BK55" s="3" t="n">
+        <x:v>44968</x:v>
+      </x:c>
+      <x:c r="BL55" s="3" t="n">
+        <x:v>46714</x:v>
+      </x:c>
+      <x:c r="BM55" s="3" t="n">
+        <x:v>50586</x:v>
+      </x:c>
+      <x:c r="BN55" s="3" t="n">
+        <x:v>45061</x:v>
+      </x:c>
+      <x:c r="BO55" s="3" t="n">
+        <x:v>47045</x:v>
+      </x:c>
+      <x:c r="BP55" s="3" t="n">
+        <x:v>47753</x:v>
+      </x:c>
+      <x:c r="BQ55" s="3" t="n">
+        <x:v>51489</x:v>
+      </x:c>
+      <x:c r="BR55" s="3" t="n">
+        <x:v>47827</x:v>
+      </x:c>
+      <x:c r="BS55" s="3" t="n">
+        <x:v>49587</x:v>
+      </x:c>
+      <x:c r="BT55" s="3" t="n">
+        <x:v>51212</x:v>
+      </x:c>
+      <x:c r="BU55" s="3" t="n">
+        <x:v>54084</x:v>
+      </x:c>
+      <x:c r="BV55" s="3" t="n">
+        <x:v>52203</x:v>
+      </x:c>
+      <x:c r="BW55" s="3" t="n">
+        <x:v>52844</x:v>
+      </x:c>
+      <x:c r="BX55" s="3" t="n">
+        <x:v>55003</x:v>
+      </x:c>
+      <x:c r="BY55" s="3" t="n">
+        <x:v>58236</x:v>
+      </x:c>
+      <x:c r="BZ55" s="3" t="n">
+        <x:v>53006</x:v>
+      </x:c>
+      <x:c r="CA55" s="3" t="n">
+        <x:v>57062</x:v>
+      </x:c>
+      <x:c r="CB55" s="3" t="n">
+        <x:v>58100</x:v>
+      </x:c>
+      <x:c r="CC55" s="3" t="n">
+        <x:v>62342</x:v>
+      </x:c>
+      <x:c r="CD55" s="3" t="n">
+        <x:v>55898</x:v>
+      </x:c>
+      <x:c r="CE55" s="3" t="n">
+        <x:v>60281</x:v>
+      </x:c>
+      <x:c r="CF55" s="3" t="n">
+        <x:v>61600</x:v>
+      </x:c>
+      <x:c r="CG55" s="3" t="n">
+        <x:v>63788</x:v>
+      </x:c>
+      <x:c r="CH55" s="3" t="n">
+        <x:v>58476</x:v>
+      </x:c>
+      <x:c r="CI55" s="3" t="n">
+        <x:v>59428</x:v>
+      </x:c>
+      <x:c r="CJ55" s="3" t="n">
+        <x:v>62718</x:v>
+      </x:c>
+      <x:c r="CK55" s="3" t="n">
+        <x:v>66777</x:v>
+      </x:c>
+      <x:c r="CL55" s="3" t="n">
+        <x:v>60900</x:v>
+      </x:c>
+      <x:c r="CM55" s="3" t="n">
+        <x:v>62782</x:v>
+      </x:c>
+      <x:c r="CN55" s="3" t="n">
+        <x:v>63473</x:v>
+      </x:c>
+      <x:c r="CO55" s="3" t="n">
+        <x:v>67458</x:v>
+      </x:c>
+      <x:c r="CP55" s="3" t="n">
+        <x:v>64548</x:v>
+      </x:c>
+      <x:c r="CQ55" s="3" t="n">
+        <x:v>66651</x:v>
+      </x:c>
+      <x:c r="CR55" s="3" t="n">
+        <x:v>63922</x:v>
+      </x:c>
+      <x:c r="CS55" s="3" t="n">
+        <x:v>68919</x:v>
+      </x:c>
+      <x:c r="CT55" s="3" t="n">
+        <x:v>64990</x:v>
+      </x:c>
+      <x:c r="CU55" s="3" t="n">
+        <x:v>68830</x:v>
+      </x:c>
+      <x:c r="CV55" s="3" t="n">
+        <x:v>68263</x:v>
+      </x:c>
+      <x:c r="CW55" s="3" t="n">
+        <x:v>72100</x:v>
+      </x:c>
+      <x:c r="CX55" s="3" t="n">
+        <x:v>65654</x:v>
+      </x:c>
+      <x:c r="CY55" s="3" t="n">
+        <x:v>69012</x:v>
+      </x:c>
+      <x:c r="CZ55" s="3" t="n">
+        <x:v>69768</x:v>
+      </x:c>
+      <x:c r="DA55" s="3" t="n">
+        <x:v>73828</x:v>
+      </x:c>
+      <x:c r="DB55" s="3" t="n">
+        <x:v>69644</x:v>
+      </x:c>
+      <x:c r="DC55" s="3" t="n">
+        <x:v>72523</x:v>
+      </x:c>
+      <x:c r="DD55" s="3" t="n">
+        <x:v>72998</x:v>
+      </x:c>
+      <x:c r="DE55" s="3" t="n">
+        <x:v>79284</x:v>
+      </x:c>
+      <x:c r="DF55" s="3" t="n">
+        <x:v>70817</x:v>
+      </x:c>
+      <x:c r="DG55" s="3" t="n">
+        <x:v>76788</x:v>
+      </x:c>
+      <x:c r="DH55" s="3" t="n">
+        <x:v>76742</x:v>
+      </x:c>
+      <x:c r="DI55" s="3" t="n">
+        <x:v>81680</x:v>
+      </x:c>
+      <x:c r="DJ55" s="3" t="n">
+        <x:v>76112</x:v>
+      </x:c>
+      <x:c r="DK55" s="3" t="n">
+        <x:v>80742</x:v>
+      </x:c>
+      <x:c r="DL55" s="3" t="n">
+        <x:v>80889</x:v>
+      </x:c>
+      <x:c r="DM55" s="3" t="n">
+        <x:v>87415</x:v>
+      </x:c>
+      <x:c r="DN55" s="3" t="n">
+        <x:v>82928</x:v>
+      </x:c>
+      <x:c r="DO55" s="3" t="n">
+        <x:v>86004</x:v>
+      </x:c>
+      <x:c r="DP55" s="3" t="n">
+        <x:v>86689</x:v>
+      </x:c>
+      <x:c r="DQ55" s="3" t="n">
+        <x:v>92415</x:v>
+      </x:c>
+      <x:c r="DR55" s="3" t="n">
+        <x:v>83231</x:v>
+      </x:c>
+      <x:c r="DS55" s="3" t="n">
+        <x:v>87902</x:v>
+      </x:c>
+      <x:c r="DT55" s="3" t="n">
+        <x:v>84893</x:v>
+      </x:c>
+      <x:c r="DU55" s="3" t="n">
+        <x:v>87657</x:v>
+      </x:c>
+      <x:c r="DV55" s="3" t="n">
+        <x:v>80054</x:v>
+      </x:c>
+      <x:c r="DW55" s="3" t="n">
+        <x:v>84895</x:v>
+      </x:c>
+      <x:c r="DX55" s="3" t="n">
+        <x:v>86061</x:v>
+      </x:c>
+      <x:c r="DY55" s="3" t="n">
+        <x:v>91197</x:v>
+      </x:c>
+      <x:c r="DZ55" s="3" t="n">
+        <x:v>85861</x:v>
+      </x:c>
+      <x:c r="EA55" s="3" t="n">
+        <x:v>86716</x:v>
+      </x:c>
+      <x:c r="EB55" s="3" t="n">
+        <x:v>87656</x:v>
+      </x:c>
+      <x:c r="EC55" s="3" t="n">
+        <x:v>92626</x:v>
+      </x:c>
+      <x:c r="ED55" s="3" t="n">
+        <x:v>86821</x:v>
+      </x:c>
+      <x:c r="EE55" s="3" t="n">
+        <x:v>91167</x:v>
+      </x:c>
+      <x:c r="EF55" s="3" t="n">
+        <x:v>91442</x:v>
+      </x:c>
+      <x:c r="EG55" s="3" t="n">
+        <x:v>95095</x:v>
+      </x:c>
+      <x:c r="EH55" s="3" t="n">
+        <x:v>90377</x:v>
+      </x:c>
+      <x:c r="EI55" s="3" t="n">
+        <x:v>93959</x:v>
+      </x:c>
+      <x:c r="EJ55" s="3" t="n">
+        <x:v>94483</x:v>
+      </x:c>
+      <x:c r="EK55" s="3" t="n">
+        <x:v>98279</x:v>
+      </x:c>
+      <x:c r="EL55" s="3" t="n">
+        <x:v>90757</x:v>
+      </x:c>
+      <x:c r="EM55" s="3" t="n">
+        <x:v>95459</x:v>
+      </x:c>
+      <x:c r="EN55" s="3" t="n">
+        <x:v>96549</x:v>
+      </x:c>
+      <x:c r="EO55" s="3" t="n">
+        <x:v>100433</x:v>
+      </x:c>
+      <x:c r="EP55" s="3" t="n">
+        <x:v>93206</x:v>
+      </x:c>
+      <x:c r="EQ55" s="3" t="n">
+        <x:v>97900</x:v>
+      </x:c>
+      <x:c r="ER55" s="3" t="n">
+        <x:v>97541</x:v>
+      </x:c>
+      <x:c r="ES55" s="3" t="n">
+        <x:v>102209</x:v>
+      </x:c>
+      <x:c r="ET55" s="3" t="n">
+        <x:v>95486</x:v>
+      </x:c>
+      <x:c r="EU55" s="3" t="n">
+        <x:v>99973</x:v>
+      </x:c>
+      <x:c r="EV55" s="3" t="n">
+        <x:v>100143</x:v>
+      </x:c>
+      <x:c r="EW55" s="3" t="n">
+        <x:v>104120</x:v>
+      </x:c>
+      <x:c r="EX55" s="3" t="n">
+        <x:v>95127</x:v>
+      </x:c>
+      <x:c r="EY55" s="3" t="n">
+        <x:v>103377</x:v>
+      </x:c>
+      <x:c r="EZ55" s="3" t="n">
+        <x:v>100850</x:v>
+      </x:c>
+      <x:c r="FA55" s="3" t="n">
+        <x:v>109173</x:v>
+      </x:c>
+      <x:c r="FB55" s="3" t="n">
+        <x:v>100427</x:v>
+      </x:c>
+      <x:c r="FC55" s="3" t="n">
+        <x:v>104438</x:v>
+      </x:c>
+      <x:c r="FD55" s="3" t="n">
+        <x:v>103324</x:v>
+      </x:c>
+      <x:c r="FE55" s="3" t="n">
+        <x:v>112023</x:v>
+      </x:c>
+      <x:c r="FF55" s="3" t="n">
+        <x:v>101344</x:v>
+      </x:c>
+      <x:c r="FG55" s="3" t="n">
+        <x:v>107838</x:v>
+      </x:c>
+      <x:c r="FH55" s="3" t="n">
+        <x:v>104827</x:v>
+      </x:c>
+      <x:c r="FI55" s="3" t="n">
+        <x:v>112548</x:v>
+      </x:c>
+      <x:c r="FJ55" s="3" t="n">
+        <x:v>101576</x:v>
+      </x:c>
+      <x:c r="FK55" s="3" t="n">
+        <x:v>106974</x:v>
+      </x:c>
+      <x:c r="FL55" s="3" t="n">
+        <x:v>105859</x:v>
+      </x:c>
+      <x:c r="FM55" s="3" t="n">
+        <x:v>113089</x:v>
+      </x:c>
+      <x:c r="FN55" s="3" t="n">
+        <x:v>99612</x:v>
+      </x:c>
+      <x:c r="FO55" s="3" t="n">
+        <x:v>101781</x:v>
+      </x:c>
+      <x:c r="FP55" s="3" t="n">
+        <x:v>105168</x:v>
+      </x:c>
+      <x:c r="FQ55" s="3" t="n">
+        <x:v>114221</x:v>
+      </x:c>
+      <x:c r="FR55" s="3" t="n">
+        <x:v>101415</x:v>
+      </x:c>
+      <x:c r="FS55" s="3" t="n">
+        <x:v>108432</x:v>
+      </x:c>
+      <x:c r="FT55" s="3" t="n">
+        <x:v>109947</x:v>
+      </x:c>
+      <x:c r="FU55" s="3" t="n">
+        <x:v>120258</x:v>
+      </x:c>
+      <x:c r="FV55" s="3" t="n">
+        <x:v>105668</x:v>
+      </x:c>
+      <x:c r="FW55" s="3" t="n">
+        <x:v>114070</x:v>
+      </x:c>
+      <x:c r="FX55" s="3" t="n">
+        <x:v>110342</x:v>
+      </x:c>
+      <x:c r="FY55" s="3" t="n">
+        <x:v>122038</x:v>
+      </x:c>
+      <x:c r="FZ55" s="3" t="n">
+        <x:v>107776</x:v>
+      </x:c>
+      <x:c r="GA55" s="3" t="n">
+        <x:v>113680</x:v>
+      </x:c>
+      <x:c r="GB55" s="3" t="n">
+        <x:v>112164</x:v>
+      </x:c>
+      <x:c r="GC55" s="3" t="n">
+        <x:v>119258</x:v>
+      </x:c>
+      <x:c r="GD55" s="3" t="n">
+        <x:v>106065</x:v>
+      </x:c>
+      <x:c r="GE55" s="3" t="n">
+        <x:v>113735</x:v>
+      </x:c>
+      <x:c r="GF55" s="3" t="n">
+        <x:v>111438</x:v>
+      </x:c>
+      <x:c r="GG55" s="3" t="n">
+        <x:v>119966</x:v>
+      </x:c>
+      <x:c r="GH55" s="3" t="n">
+        <x:v>106792</x:v>
+      </x:c>
+      <x:c r="GI55" s="3" t="n">
+        <x:v>114520</x:v>
+      </x:c>
+      <x:c r="GJ55" s="3" t="n">
+        <x:v>112016</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:191">
-[...571 lines deleted...]
-        <x:v>956425</x:v>
+    <x:row r="57" spans="1:192">
+      <x:c r="A57" s="0" t="s">
+        <x:v>244</x:v>
       </x:c>
     </x:row>
-    <x:row r="34" spans="1:191">
-[...571 lines deleted...]
-        <x:v>337928</x:v>
+    <x:row r="58" spans="1:192">
+      <x:c r="A58" s="0" t="s">
+        <x:v>245</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:191">
-[...571 lines deleted...]
-        <x:v>813160</x:v>
+    <x:row r="59" spans="1:192">
+      <x:c r="A59" s="0" t="s">
+        <x:v>246</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:191">
-[...571 lines deleted...]
-        <x:v>177518</x:v>
+    <x:row r="61" spans="1:192">
+      <x:c r="A61" s="0" t="s">
+        <x:v>247</x:v>
       </x:c>
     </x:row>
-    <x:row r="37" spans="1:191">
-[...571 lines deleted...]
-        <x:v>502029</x:v>
+    <x:row r="62" spans="1:192">
+      <x:c r="A62" s="0" t="s">
+        <x:v>248</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:191">
-[...571 lines deleted...]
-        <x:v>2322</x:v>
+    <x:row r="63" spans="1:192">
+      <x:c r="A63" s="0" t="s">
+        <x:v>249</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:191">
-[...571 lines deleted...]
-        <x:v>131291</x:v>
+    <x:row r="65" spans="1:192">
+      <x:c r="A65" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:191">
-[...571 lines deleted...]
-        <x:v>1817095</x:v>
+    <x:row r="66" spans="1:192">
+      <x:c r="A66" s="0" t="s">
+        <x:v>251</x:v>
       </x:c>
     </x:row>
-    <x:row r="41" spans="1:191">
-[...571 lines deleted...]
-        <x:v>399327</x:v>
+    <x:row r="68" spans="1:192">
+      <x:c r="A68" s="0" t="s">
+        <x:v>252</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:191">
-[...571 lines deleted...]
-        <x:v>252009</x:v>
+    <x:row r="69" spans="1:192">
+      <x:c r="A69" s="0" t="s">
+        <x:v>248</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:191">
-[...571 lines deleted...]
-        <x:v>5095</x:v>
+    <x:row r="70" spans="1:192">
+      <x:c r="A70" s="0" t="s">
+        <x:v>253</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:191">
-[...571 lines deleted...]
-        <x:v>5905</x:v>
+    <x:row r="71" spans="1:192">
+      <x:c r="A71" s="0" t="s">
+        <x:v>254</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:191">
-[...571 lines deleted...]
-        <x:v>136318</x:v>
+    <x:row r="72" spans="1:192">
+      <x:c r="A72" s="0" t="s">
+        <x:v>255</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:191">
-[...571 lines deleted...]
-        <x:v>1417768</x:v>
+    <x:row r="74" spans="1:192">
+      <x:c r="A74" s="0" t="s">
+        <x:v>256</x:v>
       </x:c>
     </x:row>
-    <x:row r="47" spans="1:191">
-[...571 lines deleted...]
-        <x:v>927447</x:v>
+    <x:row r="75" spans="1:192">
+      <x:c r="A75" s="0" t="s">
+        <x:v>257</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:191">
-[...571 lines deleted...]
-        <x:v>490321</x:v>
+    <x:row r="76" spans="1:192">
+      <x:c r="A76" s="0" t="s">
+        <x:v>258</x:v>
       </x:c>
     </x:row>
-    <x:row r="49" spans="1:191">
-[...571 lines deleted...]
-        <x:v>821394</x:v>
+    <x:row r="78" spans="1:192">
+      <x:c r="A78" s="0" t="s">
+        <x:v>259</x:v>
       </x:c>
     </x:row>
-    <x:row r="50" spans="1:191">
-[...571 lines deleted...]
-        <x:v>614946</x:v>
+    <x:row r="79" spans="1:192">
+      <x:c r="A79" s="0" t="s">
+        <x:v>260</x:v>
       </x:c>
     </x:row>
-    <x:row r="51" spans="1:191">
-[...571 lines deleted...]
-        <x:v>75796</x:v>
+    <x:row r="80" spans="1:192">
+      <x:c r="A80" s="0" t="s">
+        <x:v>261</x:v>
       </x:c>
     </x:row>
-    <x:row r="52" spans="1:191">
-[...571 lines deleted...]
-        <x:v>118318</x:v>
+    <x:row r="85" spans="1:192">
+      <x:c r="A85" s="0" t="s">
+        <x:v>262</x:v>
       </x:c>
     </x:row>
-    <x:row r="53" spans="1:191">
-[...571 lines deleted...]
-        <x:v>420831</x:v>
+    <x:row r="86" spans="1:192">
+      <x:c r="A86" s="0" t="s">
+        <x:v>248</x:v>
       </x:c>
     </x:row>
-    <x:row r="54" spans="1:191">
-[...571 lines deleted...]
-        <x:v>206448</x:v>
+    <x:row r="87" spans="1:192">
+      <x:c r="A87" s="0" t="s">
+        <x:v>263</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:191">
-[...571 lines deleted...]
-        <x:v>106053</x:v>
+    <x:row r="88" spans="1:192">
+      <x:c r="A88" s="0" t="s">
+        <x:v>264</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:191">
-[...1 lines deleted...]
-        <x:v>243</x:v>
+    <x:row r="89" spans="1:192">
+      <x:c r="A89" s="0" t="s">
+        <x:v>248</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:191">
-[...1 lines deleted...]
-        <x:v>244</x:v>
+    <x:row r="90" spans="1:192">
+      <x:c r="A90" s="0" t="s">
+        <x:v>265</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:191">
-[...1 lines deleted...]
-        <x:v>245</x:v>
+    <x:row r="92" spans="1:192">
+      <x:c r="A92" s="0" t="s">
+        <x:v>266</x:v>
       </x:c>
     </x:row>
-    <x:row r="61" spans="1:191">
-[...114 lines deleted...]
-    <x:row r="93" spans="1:191">
+    <x:row r="93" spans="1:192">
       <x:c r="A93" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="94" spans="1:191">
+    <x:row r="94" spans="1:192">
       <x:c r="A94" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
-    <x:row r="97" spans="1:191">
+    <x:row r="97" spans="1:192">
       <x:c r="A97" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
-    <x:row r="98" spans="1:191">
+    <x:row r="98" spans="1:192">
       <x:c r="A98" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
-    <x:row r="102" spans="1:191">
+    <x:row r="102" spans="1:192">
       <x:c r="A102" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
-    <x:row r="104" spans="1:191">
+    <x:row r="104" spans="1:192">
       <x:c r="A104" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
-    <x:row r="105" spans="1:191">
+    <x:row r="105" spans="1:192">
       <x:c r="A105" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
-    <x:row r="107" spans="1:191">
+    <x:row r="107" spans="1:192">
       <x:c r="A107" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
-    <x:row r="108" spans="1:191">
+    <x:row r="108" spans="1:192">
       <x:c r="A108" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Faste</vt:lpstr>
       <vt:lpstr>Faste!Print_Area</vt:lpstr>
       <vt:lpstr>Faste!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>