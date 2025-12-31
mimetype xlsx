--- v1 (2025-12-11)
+++ v2 (2025-12-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra278f487c4484522" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4aa22e380666466ea5c0be5923eb4c8b.psmdcp" Id="Rbeab1e377ffc4ce0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb61674ca4f104b91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/69528b910ba2488aa02b1351bb17be1b.psmdcp" Id="Ree8fb618d71f42ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Faste" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="274" uniqueCount="274">
   <x:si>
     <x:t>09190: Final expenditure and gross domestic product, by macroeconomic indicator, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Constant 2023-prices (NOK million)</x:t>
   </x:si>
   <x:si>