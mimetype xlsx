--- v2 (2025-12-31)
+++ v3 (2026-01-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb61674ca4f104b91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/69528b910ba2488aa02b1351bb17be1b.psmdcp" Id="Ree8fb618d71f42ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47ec3656183f47bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d42c5d14321a4cf2a644feac87b8486f.psmdcp" Id="R224db011002d4938" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Faste" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="274" uniqueCount="274">
   <x:si>
     <x:t>09190: Final expenditure and gross domestic product, by macroeconomic indicator, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Constant 2023-prices (NOK million)</x:t>
   </x:si>
   <x:si>